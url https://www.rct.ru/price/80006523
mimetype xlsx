--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1673">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1690">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -346,53 +346,50 @@
   <si>
     <t>Клеммник 15EDGB-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114093</t>
   </si>
   <si>
     <t xml:space="preserve">IMCV 1.5/ 8-G-3.81 PHOENIX CONTACT, MF204-38108 DECA, V70831500000G ANYTEK, </t>
   </si>
   <si>
     <t>Клеммники / Клеммники разъемные / 15EDG / 15EDG-3.81 / на кабель</t>
   </si>
   <si>
     <t>15EDGK-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113134</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGK-3.81-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108407</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EDGK-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113135</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EDGK-3.81-04P-14-00Z(H)</t>
@@ -493,50 +490,53 @@
   <si>
     <t>15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113144</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-13P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114106</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-16P-14-00 GOLTEN, </t>
   </si>
   <si>
+    <t>05.04.2026</t>
+  </si>
+  <si>
     <t>15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111303</t>
   </si>
   <si>
     <t>15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/90 WEIDMUELLER, EC381R-02P DINKLE, TS02315A0000G ANYTEK, MC520-38102 DECA, 15EDGKA-3.81-02P-14-100Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-EDCD-3.81-03P-4S KLS, MCVR 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/90 WEIDMUELLER, EC381R-03P DINKLE, TS03315A0000G ANYTEK, MC520-38103 DECA, 15EGTKA-3.81-03P-14-00A(H GOLTEN, 15EDGKA-3.81-03P-14-100Z(H) DEGSON, </t>
@@ -1249,51 +1249,51 @@
   <si>
     <t>15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114282</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 5-ST-3.81 PHOENIX CONTACT, HW0530500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113156</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 6-ST-3.81 PHOENIX CONTACT, HW0630500000G ANYTEK, 15EGTKD-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>03.03.2026</t>
   </si>
   <si>
     <t>15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114283</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 7-ST-3.81 PHOENIX CONTACT, HW0730500000G ANYTEK, 15EGTKD-3.81-07P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020658</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 8-ST-3.81 PHOENIX CONTACT, HW0830500000G ANYTEK, 15EDGKD-3.81-08P-14-00Z(H) DEGSON, 15EGTKD-3.81-08P-14-00 GOLTEN, </t>
   </si>
@@ -2200,50 +2200,53 @@
   <si>
     <t>15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113181</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/06/90G WEIDMUELLER, MCD 1.5/ 6-G1-3.81 PHOENIX CONTACT, ECHB381R-06P DINKLE, VL0631510000G ANYTEK, 15EGTRH-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111695</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/08/90G WEIDMUELLER, MCD 1.5/ 8-G1-3.81 PHOENIX CONTACT, ECHB381R-08P DINKLE, VL0831510000G ANYTEK, 15EGTRH-3.81-08P-14-00 GOLTEN, </t>
   </si>
   <si>
+    <t>21.02.2026</t>
+  </si>
+  <si>
     <t>15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>2 ряда по 6Р в каждом ряду / 15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114371</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/12/90G WEIDMUELLER, ECHB381R-12P DINKLE, VL1231510000G ANYTEK, 15EGTRH-3.81-12P-14-00 GOLTEN, MCD 1.5/12-G1-3.81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114373</t>
   </si>
   <si>
     <t xml:space="preserve">MCD 1.5/16-G1-3.81 PHOENIX CONTACT, SLD 3.81V/16/90G WEIDMUELLER, ECHB381R-16P DINKLE, VL1631510000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-18P-14-00Z(H)</t>
@@ -3208,53 +3211,50 @@
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-03P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-03P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140143</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-04P-14-00S(H) DEGSON, 15EGTK-3.81-04P-14-00A(H) GOLTEN, MC 1.5/ 4-ST-3.81 PHOENIX CONTACT, BL 3.81/04/180 WEIDMUELLER, EC381V-04P DINKLE, TJ0431530000G ANYTEK, MC420-38104 DECA, GSP002-3.81-04P-11-00A(H) GOOSVN, L-KLS2-EDK-3.81-04P-4S KLS, 15EDGK-3.81-04P-14-00Z(H) DEGSON, TLPS-100V-1066-04P-G12S Tianli, ULO-TB13-15K/3.81-04P ULO, </t>
   </si>
   <si>
-    <t>21.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EGTK-3.81-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-04P-14-00S(H) DEGSON, MC 1.5/ 4-ST-3.81 PHOENIX CONTACT, BL 3.81/04/180 WEIDMUELLER, EC381V-04P DINKLE, TJ0431530000G ANYTEK, MC420-38104 DECA, GSP002-3.81-04P-11-00A(H) GOOSVN, L-KLS2-EDK-3.81-04P-4S KLS, 15EDGK-3.81-04P-14-00Z(H) DEGSON, 15EGTK-3.81-04P-14-00 GOLTEN, TLPS-100V-1066-04P-G12S Tianli, ULO-TB13-15K/3.81-04P ULO, </t>
   </si>
   <si>
     <t>15EGTK-3.81-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140094</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 5-ST-3.81 PHOENIX CONTACT, BL 3.81/05/180 WEIDMUELLER, EC381V-05P DINKLE, TJ0531530000G ANYTEK, MC420-38105 DECA, CM-2EDG-R-3.81-5P-14 FUCON, L-KLS2-EDK-3.81-05P-4S KLS, 15EDGK-3.81-05P-14-00Z(H) DEGSON, SH220A-3.81-05P SANHE, TLPS-100V-1066-05P-G12S Tianli, SH220A-3.81-05P RAL7001 SANHE, </t>
   </si>
   <si>
     <t>15EGTK-3.81-06P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-06P-14-00</t>
@@ -4075,63 +4075,114 @@
   <si>
     <t xml:space="preserve">15EGTVM-3.81-06P-14-00A(H GOLTEN, MCV 1.5/ 6-GF-3.81 PHOENIX CONTACT, SL 3.81/06/180F WEIDMUELLER, ECH381VM-06P DINKLE, OQ0635500000G ANYTEK, ME060-38106 DECA, 15EDGVM-3.81-06P-14-00Z(H) DEGSON, TLPHW-100V-1112-06P-G12 Tianli, L-KLS2-EDLV-3.81-06P-4 KLS, </t>
   </si>
   <si>
     <t>15EGTVM-3.81-06P-14-00A(H</t>
   </si>
   <si>
     <t>15EGTVM-3.81-06P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 6-GF-3.81 PHOENIX CONTACT, SL 3.81/06/180F WEIDMUELLER, ECH381VM-06P DINKLE, OQ0635500000G ANYTEK, ME060-38106 DECA, 15EDGVM-3.81-06P-14-00Z(H) DEGSON, 15EGTVM-3.81-06P-14-00 GOLTEN, TLPHW-100V-1112-06P-G12 Tianli, L-KLS2-EDLV-3.81-06P-4 KLS, </t>
   </si>
   <si>
     <t>15EGTVM-3.81-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTVM-3.81-08P-14-00</t>
   </si>
   <si>
     <t>UT-00141397</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 8-GF-3.81 PHOENIX CONTACT, SL 3.81/08/180F WEIDMUELLER, ECH381VM-08P DINKLE, OQ0835500000G ANYTEK, ME060-38108 DECA, 15EDGVM-3.81-08P-14-00Z(H) DEGSON, TLPHW-100V-1112-08P-G12 Tianli, L-KLS2-EDLV-3.81-08P-4 KLS, </t>
   </si>
   <si>
+    <t>CM-2EDG-R-3.81-2P-14</t>
+  </si>
+  <si>
+    <t>Клеммник CM-2EDG-R-3.81-2P-14</t>
+  </si>
+  <si>
+    <t>UT-00153705</t>
+  </si>
+  <si>
+    <t>FUCON</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+  </si>
+  <si>
+    <t>24.02.2026</t>
+  </si>
+  <si>
     <t>CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>UT-00146169</t>
   </si>
   <si>
-    <t>FUCON</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>CM-2EDG-R-3.81-5P-14</t>
+  </si>
+  <si>
+    <t>Клеммник CM-2EDG-R-3.81-5P-14</t>
+  </si>
+  <si>
+    <t>UT-00153706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MC 1.5/ 5-ST-3.81 PHOENIX CONTACT, BL 3.81/05/180 WEIDMUELLER, EC381V-05P DINKLE, TJ0531530000G ANYTEK, MC420-38105 DECA, L-KLS2-EDK-3.81-05P-4S KLS, 15EDGK-3.81-05P-14-00Z(H) DEGSON, 15EGTK-3.81-05P-14-00 GOLTEN, SH220A-3.81-05P SANHE, TLPS-100V-1066-05P-G12S Tianli, SH220A-3.81-05P RAL7001 SANHE, </t>
+  </si>
+  <si>
+    <t>CM-2EDG-R-3.81-6P-14</t>
+  </si>
+  <si>
+    <t>Клеммник CM-2EDG-R-3.81-6P-14</t>
+  </si>
+  <si>
+    <t>UT-00153707</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15EGTK-3.81-06P-14-00A(H) GOLTEN, 691361300006 Wurth, MC 1.5/ 6-ST-3.81 PHOENIX CONTACT, BL 3.81/06/180 WEIDMUELLER, EC381V-06P DINKLE, TJ0631530000G ANYTEK, MC420-38106 DECA, L-KLS2-EDK-3.81-06P-4S KLS, 15EDGK-3.81-06P-14-00Z(H) DEGSON, 15EGTK-3.81-06P-14-00 GOLTEN, TLPS-100V-1066-06P-G12S Tianli, </t>
+  </si>
+  <si>
+    <t>CM-2EDG-ZR-3.81-3P-14</t>
+  </si>
+  <si>
+    <t>Клеммник CM-2EDG-ZR-3.81-3P-14</t>
+  </si>
+  <si>
+    <t>UT-00152755</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15EGTRC-3.81-03P-14-00A(H GOLTEN, L-KLS2-EDR-3.81-03P-4 KLS, MC 1.5/ 3-G-3.81 PHOENIX CONTACT, SL 3.81/03/90G WEIDMUELLER, ECH381R-03P DINKLE, OQ0332510000G ANYTEK, ME030-38103 DECA, 15EDGRC-3.81-03P-14-00Z(H) DEGSON, 15EGTRC-3.81-03P-14-00 GOLTEN, TLPHC-100R-1112-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>CM-2EDG-ZR-3.81-4P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-ZR-3.81-4P-14</t>
   </si>
   <si>
     <t>UT-00148400</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTRC-3.81-04P-14-00A(H GOLTEN, MC 1.5/ 4-G-3.81 PHOENIX CONTACT, SL 3.81/04/90G WEIDMUELLER, ECH381R-04P DINKLE, OQ0432510000G ANYTEK, ME030-38104 DECA, 15EGTRC-3.81-04P-14-100 GOLTEN, GSP002RC-3.81-04P-11-00A(H) GOOSVN, L-KLS2-EDR-3.81-04P-4 KLS, 15EDGRC-3.81-04P-14-00Z(H) DEGSON, ULO-TB13-15RC/3.81-04P ULO, 15EGTRC-3.81-04P-14-00 GOLTEN, TLPHC-100R-1112-04P-G12 Tianli, 15EDGRC-3.81-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-2EDG-ZR-3.81-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-ZR-3.81-5P-14</t>
   </si>
   <si>
     <t>UT-00146170</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGRC-3.81-05P-14-00Z(H) DEGSON, </t>
   </si>
@@ -5541,51 +5592,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R459"/>
+  <dimension ref="A1:R463"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -5797,255 +5848,253 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.78789</v>
       </c>
       <c r="L9" s="15">
         <v>0.7091</v>
       </c>
       <c r="M9" s="15">
         <v>0.6565800000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>288</v>
+        <v>332</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.80406</v>
       </c>
       <c r="L10" s="15">
         <v>0.69685</v>
       </c>
       <c r="M10" s="15">
         <v>0.67005</v>
       </c>
       <c r="N10" s="15">
-        <v>252</v>
+        <v>221</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080015893</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>700</v>
       </c>
       <c r="K11" s="15">
-        <v>1.4</v>
+        <v>0.88403</v>
       </c>
       <c r="L11" s="15">
-        <v>1.01</v>
+        <v>0.76616</v>
       </c>
       <c r="M11" s="15">
-        <v>0.88006</v>
+        <v>0.73669</v>
       </c>
       <c r="N11" s="15">
         <v>5</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>700</v>
       </c>
       <c r="K12" s="15">
-        <v>1.48</v>
+        <v>1.04</v>
       </c>
       <c r="L12" s="15">
-        <v>1.06</v>
+        <v>0.90513</v>
       </c>
       <c r="M12" s="15">
-        <v>0.95039</v>
+        <v>0.87031</v>
       </c>
       <c r="N12" s="15">
         <v>70</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>350</v>
       </c>
       <c r="K13" s="15">
-        <v>2.22</v>
+        <v>1.57</v>
       </c>
       <c r="L13" s="15">
-        <v>1.58</v>
+        <v>1.36</v>
       </c>
       <c r="M13" s="15">
-        <v>1.42</v>
+        <v>1.31</v>
       </c>
       <c r="N13" s="15">
         <v>75</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
-        <v>2.95</v>
+        <v>2.08</v>
       </c>
       <c r="L14" s="15">
-        <v>2.1</v>
+        <v>1.81</v>
       </c>
       <c r="M14" s="15">
-        <v>1.89</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.74</v>
+      </c>
+      <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
@@ -6071,1296 +6120,1290 @@
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
-        <v>3.32</v>
+        <v>2.35</v>
       </c>
       <c r="L16" s="15">
-        <v>2.37</v>
+        <v>2.04</v>
       </c>
       <c r="M16" s="15">
-        <v>2.13</v>
+        <v>1.96</v>
       </c>
       <c r="N16" s="15">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>1400</v>
       </c>
       <c r="K17" s="15">
-        <v>3.7</v>
+        <v>2.62</v>
       </c>
       <c r="L17" s="15">
-        <v>2.65</v>
+        <v>2.27</v>
       </c>
       <c r="M17" s="15">
-        <v>2.38</v>
+        <v>2.18</v>
       </c>
       <c r="N17" s="15">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>375</v>
       </c>
       <c r="K18" s="15">
         <v>3.43</v>
       </c>
       <c r="L18" s="15">
         <v>2.29</v>
       </c>
       <c r="M18" s="15">
         <v>2.08</v>
       </c>
       <c r="N18" s="15">
-        <v>112</v>
+        <v>131</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
-        <v>4.42</v>
+        <v>3.13</v>
       </c>
       <c r="L19" s="15">
-        <v>3.16</v>
+        <v>2.71</v>
       </c>
       <c r="M19" s="15">
-        <v>2.84</v>
+        <v>2.61</v>
       </c>
       <c r="N19" s="15">
         <v>16</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E20" s="15">
         <v>10080013547</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>250</v>
       </c>
       <c r="K20" s="15">
-        <v>0.28195</v>
+        <v>0.17378</v>
       </c>
       <c r="L20" s="15">
-        <v>0.2014</v>
+        <v>0.15061</v>
       </c>
       <c r="M20" s="15">
-        <v>0.17455</v>
+        <v>0.14481</v>
       </c>
       <c r="N20" s="15">
-        <v>765</v>
+        <v>744</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>1.14</v>
       </c>
       <c r="L21" s="15">
         <v>0.57087</v>
       </c>
       <c r="M21" s="15">
         <v>0.51902</v>
       </c>
       <c r="N21" s="15">
-        <v>749</v>
+        <v>628</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15">
         <v>10080001944</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="15">
         <v>1088</v>
       </c>
       <c r="K22" s="15">
-        <v>0.88453</v>
+        <v>0.55793</v>
       </c>
       <c r="L22" s="15">
-        <v>0.63768</v>
+        <v>0.48354</v>
       </c>
       <c r="M22" s="15">
-        <v>0.5554</v>
+        <v>0.46494</v>
       </c>
       <c r="N22" s="15">
-        <v>493</v>
+        <v>426</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>3740</v>
       </c>
       <c r="K23" s="15">
-        <v>1.02</v>
+        <v>0.64212</v>
       </c>
       <c r="L23" s="15">
-        <v>0.73372</v>
+        <v>0.5565</v>
       </c>
       <c r="M23" s="15">
-        <v>0.63905</v>
+        <v>0.5351</v>
       </c>
       <c r="N23" s="15">
-        <v>867</v>
+        <v>1113</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>660</v>
       </c>
       <c r="K24" s="15">
-        <v>1.27</v>
+        <v>0.80009</v>
       </c>
       <c r="L24" s="15">
-        <v>0.9155799999999999</v>
+        <v>0.69341</v>
       </c>
       <c r="M24" s="15">
-        <v>0.79743</v>
+        <v>0.66674</v>
       </c>
       <c r="N24" s="15">
-        <v>121</v>
+        <v>106</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2640</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J25" s="15">
         <v>4350</v>
       </c>
       <c r="K25" s="15">
-        <v>0.2966</v>
+        <v>0.18705</v>
       </c>
       <c r="L25" s="15">
-        <v>0.21383</v>
+        <v>0.16211</v>
       </c>
       <c r="M25" s="15">
-        <v>0.18624</v>
+        <v>0.15588</v>
       </c>
       <c r="N25" s="15">
-        <v>252</v>
+        <v>321</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15">
         <v>10080013554</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J26" s="15">
         <v>2400</v>
       </c>
       <c r="K26" s="15">
-        <v>0.58845</v>
+        <v>0.37116</v>
       </c>
       <c r="L26" s="15">
-        <v>0.42423</v>
+        <v>0.32167</v>
       </c>
       <c r="M26" s="15">
-        <v>0.36949</v>
+        <v>0.3093</v>
       </c>
       <c r="N26" s="15">
         <v>7</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="15">
         <v>2400</v>
       </c>
       <c r="K27" s="15">
         <v>0.381</v>
       </c>
       <c r="L27" s="15">
         <v>0.3302</v>
       </c>
       <c r="M27" s="15">
         <v>0.3175</v>
       </c>
       <c r="N27" s="15">
-        <v>257</v>
+        <v>270</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>100</v>
       </c>
       <c r="J28" s="15">
         <v>1950</v>
       </c>
       <c r="K28" s="15">
-        <v>0.69416</v>
+        <v>0.44645</v>
       </c>
       <c r="L28" s="15">
-        <v>0.50044</v>
+        <v>0.38692</v>
       </c>
       <c r="M28" s="15">
-        <v>0.43588</v>
+        <v>0.37204</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J29" s="15">
         <v>1230</v>
       </c>
       <c r="K29" s="15">
-        <v>1.12</v>
+        <v>0.71475</v>
       </c>
       <c r="L29" s="15">
-        <v>0.80408</v>
+        <v>0.6194499999999999</v>
       </c>
       <c r="M29" s="15">
-        <v>0.70034</v>
+        <v>0.59563</v>
       </c>
       <c r="N29" s="15">
-        <v>885</v>
+        <v>1164</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>4920</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>109</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
-        <v>0.20698</v>
+        <v>0.14652</v>
       </c>
       <c r="L30" s="15">
-        <v>0.14784</v>
+        <v>0.12698</v>
       </c>
       <c r="M30" s="15">
-        <v>0.13306</v>
+        <v>0.1221</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15">
-        <v>19430</v>
-[...3 lines deleted...]
-      </c>
+        <v>25713</v>
+      </c>
+      <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.41434</v>
       </c>
       <c r="L31" s="15">
         <v>0.27623</v>
       </c>
       <c r="M31" s="15">
         <v>0.24579</v>
       </c>
       <c r="N31" s="15">
         <v>6</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2201</v>
       </c>
       <c r="L32" s="15">
         <v>0.19809</v>
       </c>
       <c r="M32" s="15">
         <v>0.18341</v>
       </c>
       <c r="N32" s="15">
-        <v>19385</v>
+        <v>18169</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J33" s="15">
         <v>200</v>
       </c>
       <c r="K33" s="15">
-        <v>0.4175</v>
+        <v>0.28662</v>
       </c>
       <c r="L33" s="15">
-        <v>0.29822</v>
+        <v>0.2484</v>
       </c>
       <c r="M33" s="15">
-        <v>0.26839</v>
+        <v>0.23885</v>
       </c>
       <c r="N33" s="15">
-        <v>29191</v>
+        <v>37756</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>0.52435</v>
+        <v>0.37097</v>
       </c>
       <c r="L34" s="15">
-        <v>0.37454</v>
+        <v>0.3215</v>
       </c>
       <c r="M34" s="15">
-        <v>0.33708</v>
+        <v>0.30914</v>
       </c>
       <c r="N34" s="15">
-        <v>5421</v>
+        <v>6860</v>
       </c>
       <c r="O34" s="15">
-        <v>6656</v>
-[...3 lines deleted...]
-      </c>
+        <v>8424</v>
+      </c>
+      <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.43602</v>
       </c>
       <c r="L35" s="15">
         <v>0.37788</v>
       </c>
       <c r="M35" s="15">
         <v>0.36335</v>
       </c>
       <c r="N35" s="15">
-        <v>6770</v>
+        <v>10436</v>
       </c>
       <c r="O35" s="15">
-        <v>6324</v>
-[...3 lines deleted...]
-      </c>
+        <v>9078</v>
+      </c>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J36" s="15">
         <v>900</v>
       </c>
       <c r="K36" s="15">
-        <v>0.72599</v>
+        <v>0.51312</v>
       </c>
       <c r="L36" s="15">
-        <v>0.51857</v>
+        <v>0.4447</v>
       </c>
       <c r="M36" s="15">
-        <v>0.46671</v>
+        <v>0.4276</v>
       </c>
       <c r="N36" s="15">
-        <v>1372</v>
+        <v>1706</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
-        <v>0.82763</v>
+        <v>0.58496</v>
       </c>
       <c r="L37" s="15">
-        <v>0.59117</v>
+        <v>0.50696</v>
       </c>
       <c r="M37" s="15">
-        <v>0.53205</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.48746</v>
+      </c>
+      <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
-        <v>0.92232</v>
+        <v>0.65289</v>
       </c>
       <c r="L38" s="15">
-        <v>0.6588000000000001</v>
+        <v>0.56584</v>
       </c>
       <c r="M38" s="15">
-        <v>0.59292</v>
+        <v>0.54408</v>
       </c>
       <c r="N38" s="15">
-        <v>765</v>
+        <v>780</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="J39" s="15">
         <v>650</v>
       </c>
       <c r="K39" s="15">
-        <v>1.03</v>
+        <v>0.72744</v>
       </c>
       <c r="L39" s="15">
-        <v>0.73404</v>
+        <v>0.63045</v>
       </c>
       <c r="M39" s="15">
-        <v>0.66064</v>
+        <v>0.6062</v>
       </c>
       <c r="N39" s="15">
-        <v>1156</v>
+        <v>10</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="J40" s="15">
         <v>550</v>
       </c>
       <c r="K40" s="15">
         <v>0.84377</v>
       </c>
       <c r="L40" s="15">
         <v>0.73126</v>
       </c>
       <c r="M40" s="15">
         <v>0.70314</v>
       </c>
       <c r="N40" s="15">
-        <v>1518</v>
+        <v>1422</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J41" s="15">
         <v>525</v>
       </c>
       <c r="K41" s="15">
-        <v>0.96519</v>
+        <v>0.94335</v>
       </c>
       <c r="L41" s="15">
-        <v>0.8686700000000001</v>
+        <v>0.81757</v>
       </c>
       <c r="M41" s="15">
-        <v>0.80433</v>
+        <v>0.78613</v>
       </c>
       <c r="N41" s="15">
-        <v>692</v>
+        <v>649</v>
       </c>
       <c r="O41" s="15">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>788</v>
+      </c>
+      <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J42" s="15">
         <v>425</v>
       </c>
       <c r="K42" s="15">
-        <v>1.78</v>
+        <v>1.23</v>
       </c>
       <c r="L42" s="15">
-        <v>1.29</v>
+        <v>1.07</v>
       </c>
       <c r="M42" s="15">
-        <v>1.13</v>
+        <v>1.03</v>
       </c>
       <c r="N42" s="15"/>
-      <c r="O42" s="15"/>
-      <c r="P42" s="15"/>
+      <c r="O42" s="15">
+        <v>25</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>158</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>325</v>
       </c>
       <c r="K43" s="15">
-        <v>2.31</v>
+        <v>1.46</v>
       </c>
       <c r="L43" s="15">
-        <v>1.66</v>
+        <v>1.26</v>
       </c>
       <c r="M43" s="15">
-        <v>1.45</v>
+        <v>1.21</v>
       </c>
       <c r="N43" s="15">
         <v>18</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E44" s="15">
         <v>10000023275</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.28606</v>
+        <v>0.17661</v>
       </c>
       <c r="L44" s="15">
-        <v>0.20623</v>
+        <v>0.15306</v>
       </c>
       <c r="M44" s="15">
-        <v>0.17962</v>
+        <v>0.14718</v>
       </c>
       <c r="N44" s="15">
-        <v>1328</v>
+        <v>1112</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E45" s="15">
         <v>10000023276</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
-        <v>0.43361</v>
+        <v>0.26786</v>
       </c>
       <c r="L45" s="15">
-        <v>0.3126</v>
+        <v>0.23214</v>
       </c>
       <c r="M45" s="15">
-        <v>0.27227</v>
+        <v>0.22321</v>
       </c>
       <c r="N45" s="15">
-        <v>561</v>
+        <v>652</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
-        <v>0.488</v>
+        <v>0.35447</v>
       </c>
       <c r="L46" s="15">
-        <v>0.34857</v>
+        <v>0.3072</v>
       </c>
       <c r="M46" s="15">
-        <v>0.31371</v>
+        <v>0.29539</v>
       </c>
       <c r="N46" s="15">
-        <v>3855</v>
+        <v>3127</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -7438,93 +7481,91 @@
         <v>181</v>
       </c>
       <c r="E49" s="15">
         <v>10080007069</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>182</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>1.76</v>
       </c>
       <c r="L49" s="15">
         <v>0.87783</v>
       </c>
       <c r="M49" s="15">
         <v>0.798</v>
       </c>
-      <c r="N49" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>186</v>
       </c>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
-        <v>4.68</v>
+        <v>0.59415</v>
       </c>
       <c r="L50" s="15">
-        <v>0.58469</v>
+        <v>0.51493</v>
       </c>
       <c r="M50" s="15">
-        <v>0.52622</v>
+        <v>0.49513</v>
       </c>
       <c r="N50" s="15">
-        <v>2055</v>
+        <v>2042</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -7551,57 +7592,57 @@
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J52" s="15">
         <v>100</v>
       </c>
       <c r="K52" s="15">
-        <v>0.93887</v>
+        <v>0.64899</v>
       </c>
       <c r="L52" s="15">
-        <v>0.67928</v>
+        <v>0.56246</v>
       </c>
       <c r="M52" s="15">
-        <v>0.59274</v>
+        <v>0.54083</v>
       </c>
       <c r="N52" s="15">
         <v>52</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
@@ -7674,142 +7715,142 @@
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J55" s="15">
         <v>620</v>
       </c>
       <c r="K55" s="15">
-        <v>1.02</v>
+        <v>0.88911</v>
       </c>
       <c r="L55" s="15">
-        <v>0.89808</v>
+        <v>0.77056</v>
       </c>
       <c r="M55" s="15">
-        <v>0.77834</v>
+        <v>0.74093</v>
       </c>
       <c r="N55" s="15">
-        <v>631</v>
+        <v>497</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="J56" s="15">
         <v>570</v>
       </c>
       <c r="K56" s="15">
         <v>3.19</v>
       </c>
       <c r="L56" s="15">
         <v>1.59</v>
       </c>
       <c r="M56" s="15">
         <v>1.45</v>
       </c>
       <c r="N56" s="15">
-        <v>245</v>
+        <v>260</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J57" s="15">
         <v>515</v>
       </c>
       <c r="K57" s="15">
-        <v>1.51</v>
+        <v>1.07</v>
       </c>
       <c r="L57" s="15">
-        <v>1.08</v>
+        <v>0.92971</v>
       </c>
       <c r="M57" s="15">
-        <v>0.97234</v>
+        <v>0.89395</v>
       </c>
       <c r="N57" s="15">
-        <v>450</v>
+        <v>473</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
@@ -7871,60 +7912,60 @@
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E60" s="15">
         <v>10080013616</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
-        <v>2.84</v>
+        <v>1.75</v>
       </c>
       <c r="L60" s="15">
-        <v>2.05</v>
+        <v>1.52</v>
       </c>
       <c r="M60" s="15">
-        <v>1.78</v>
+        <v>1.46</v>
       </c>
       <c r="N60" s="15">
-        <v>741</v>
+        <v>976</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E61" s="15">
         <v>10080009972</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15" t="s">
@@ -7953,142 +7994,142 @@
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>227</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="J62" s="15">
         <v>1200</v>
       </c>
       <c r="K62" s="15">
-        <v>0.45833</v>
+        <v>0.33996</v>
       </c>
       <c r="L62" s="15">
-        <v>0.32738</v>
+        <v>0.29463</v>
       </c>
       <c r="M62" s="15">
-        <v>0.29464</v>
+        <v>0.2833</v>
       </c>
       <c r="N62" s="15">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
-        <v>0.54161</v>
+        <v>0.3869</v>
       </c>
       <c r="L63" s="15">
-        <v>0.38687</v>
+        <v>0.33531</v>
       </c>
       <c r="M63" s="15">
-        <v>0.34818</v>
+        <v>0.32241</v>
       </c>
       <c r="N63" s="15">
-        <v>1351</v>
+        <v>1451</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>238</v>
       </c>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
-        <v>0.7103699999999999</v>
+        <v>0.45569</v>
       </c>
       <c r="L64" s="15">
-        <v>0.51213</v>
+        <v>0.39493</v>
       </c>
       <c r="M64" s="15">
-        <v>0.44605</v>
+        <v>0.37974</v>
       </c>
       <c r="N64" s="15">
-        <v>2248</v>
+        <v>3125</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3200</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E65" s="15">
         <v>10080013643</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
@@ -8117,261 +8158,261 @@
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>245</v>
       </c>
       <c r="J66" s="15">
         <v>600</v>
       </c>
       <c r="K66" s="15">
-        <v>1.06</v>
+        <v>0.6657</v>
       </c>
       <c r="L66" s="15">
-        <v>0.76075</v>
+        <v>0.57694</v>
       </c>
       <c r="M66" s="15">
-        <v>0.6626</v>
+        <v>0.55475</v>
       </c>
       <c r="N66" s="15">
         <v>40</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.64089</v>
       </c>
       <c r="L67" s="15">
         <v>0.55544</v>
       </c>
       <c r="M67" s="15">
         <v>0.53408</v>
       </c>
       <c r="N67" s="15">
-        <v>438</v>
+        <v>350</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>1.08</v>
+        <v>0.77249</v>
       </c>
       <c r="L68" s="15">
-        <v>0.77241</v>
+        <v>0.66949</v>
       </c>
       <c r="M68" s="15">
-        <v>0.69517</v>
+        <v>0.64374</v>
       </c>
       <c r="N68" s="15">
-        <v>2699</v>
+        <v>2440</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E69" s="15">
         <v>10080013646</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>256</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.83491</v>
       </c>
       <c r="L69" s="15">
         <v>0.8028</v>
       </c>
       <c r="M69" s="15">
         <v>0.77069</v>
       </c>
       <c r="N69" s="15">
-        <v>112</v>
+        <v>76</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>260</v>
       </c>
       <c r="J70" s="15">
         <v>595</v>
       </c>
       <c r="K70" s="15">
         <v>0.82692</v>
       </c>
       <c r="L70" s="15">
         <v>0.71666</v>
       </c>
       <c r="M70" s="15">
         <v>0.6891</v>
       </c>
       <c r="N70" s="15">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>264</v>
       </c>
       <c r="J71" s="15">
         <v>535</v>
       </c>
       <c r="K71" s="15">
-        <v>1.35</v>
+        <v>0.96377</v>
       </c>
       <c r="L71" s="15">
-        <v>0.96368</v>
+        <v>0.83526</v>
       </c>
       <c r="M71" s="15">
-        <v>0.86731</v>
+        <v>0.80314</v>
       </c>
       <c r="N71" s="15">
-        <v>1615</v>
+        <v>1501</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -8398,573 +8439,573 @@
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>272</v>
       </c>
       <c r="J73" s="15">
         <v>515</v>
       </c>
       <c r="K73" s="15">
-        <v>1.48</v>
+        <v>1.06</v>
       </c>
       <c r="L73" s="15">
-        <v>1.06</v>
+        <v>0.91889</v>
       </c>
       <c r="M73" s="15">
-        <v>0.9541500000000001</v>
+        <v>0.8835499999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>1283</v>
+        <v>1206</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>276</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
         <v>3.51</v>
       </c>
       <c r="L74" s="15">
         <v>1.76</v>
       </c>
       <c r="M74" s="15">
         <v>1.6</v>
       </c>
       <c r="N74" s="15">
-        <v>149</v>
+        <v>202</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E75" s="15">
         <v>10080013650</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>279</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
-        <v>2.08</v>
+        <v>1.18</v>
       </c>
       <c r="L75" s="15">
-        <v>1.49</v>
+        <v>1.03</v>
       </c>
       <c r="M75" s="15">
-        <v>1.29</v>
+        <v>0.9874000000000001</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E76" s="15">
         <v>10080013652</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>380</v>
       </c>
       <c r="K76" s="15">
-        <v>2.64</v>
+        <v>1.62</v>
       </c>
       <c r="L76" s="15">
-        <v>1.89</v>
+        <v>1.41</v>
       </c>
       <c r="M76" s="15">
-        <v>1.64</v>
+        <v>1.35</v>
       </c>
       <c r="N76" s="15">
-        <v>630</v>
+        <v>689</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>325</v>
       </c>
       <c r="K77" s="15">
-        <v>2.24</v>
+        <v>1.58</v>
       </c>
       <c r="L77" s="15">
-        <v>1.6</v>
+        <v>1.37</v>
       </c>
       <c r="M77" s="15">
-        <v>1.44</v>
+        <v>1.32</v>
       </c>
       <c r="N77" s="15">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>288</v>
       </c>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
-        <v>0.28258</v>
+        <v>0.18126</v>
       </c>
       <c r="L78" s="15">
-        <v>0.20372</v>
+        <v>0.15709</v>
       </c>
       <c r="M78" s="15">
-        <v>0.17744</v>
+        <v>0.15105</v>
       </c>
       <c r="N78" s="15">
-        <v>4131</v>
+        <v>3672</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
-        <v>0.40642</v>
+        <v>0.28094</v>
       </c>
       <c r="L79" s="15">
-        <v>0.29405</v>
+        <v>0.24348</v>
       </c>
       <c r="M79" s="15">
-        <v>0.25659</v>
+        <v>0.23411</v>
       </c>
       <c r="N79" s="15">
-        <v>356</v>
+        <v>73</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>293</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>294</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
-        <v>0.51381</v>
+        <v>0.35649</v>
       </c>
       <c r="L80" s="15">
-        <v>0.35847</v>
+        <v>0.30896</v>
       </c>
       <c r="M80" s="15">
-        <v>0.32262</v>
+        <v>0.29708</v>
       </c>
       <c r="N80" s="15">
-        <v>2743</v>
+        <v>2620</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>300</v>
       </c>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
-        <v>0.6737</v>
+        <v>0.46569</v>
       </c>
       <c r="L81" s="15">
-        <v>0.48742</v>
+        <v>0.4036</v>
       </c>
       <c r="M81" s="15">
-        <v>0.42533</v>
+        <v>0.38808</v>
       </c>
       <c r="N81" s="15">
-        <v>2105</v>
+        <v>1891</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>700</v>
       </c>
       <c r="K82" s="15">
-        <v>0.93684</v>
+        <v>0.60048</v>
       </c>
       <c r="L82" s="15">
-        <v>0.67539</v>
+        <v>0.52042</v>
       </c>
       <c r="M82" s="15">
-        <v>0.5882500000000001</v>
+        <v>0.5004</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>1.15</v>
+        <v>0.7208</v>
       </c>
       <c r="L83" s="15">
-        <v>0.82756</v>
+        <v>0.62469</v>
       </c>
       <c r="M83" s="15">
-        <v>0.71867</v>
+        <v>0.60066</v>
       </c>
       <c r="N83" s="15">
         <v>80</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>307</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E84" s="15">
         <v>10080042838</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>790</v>
       </c>
       <c r="K84" s="15">
-        <v>1.35</v>
+        <v>0.84033</v>
       </c>
       <c r="L84" s="15">
-        <v>0.97185</v>
+        <v>0.72829</v>
       </c>
       <c r="M84" s="15">
-        <v>0.84646</v>
+        <v>0.70028</v>
       </c>
       <c r="N84" s="15">
-        <v>8023</v>
+        <v>11031</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>690</v>
       </c>
       <c r="K85" s="15">
-        <v>1.41</v>
+        <v>0.88749</v>
       </c>
       <c r="L85" s="15">
-        <v>1.02</v>
+        <v>0.76916</v>
       </c>
       <c r="M85" s="15">
-        <v>0.88553</v>
+        <v>0.73958</v>
       </c>
       <c r="N85" s="15">
         <v>312</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>315</v>
       </c>
       <c r="J86" s="15">
         <v>620</v>
       </c>
       <c r="K86" s="15">
-        <v>1.35</v>
+        <v>1</v>
       </c>
       <c r="L86" s="15">
-        <v>0.97356</v>
+        <v>0.86956</v>
       </c>
       <c r="M86" s="15">
-        <v>0.84954</v>
+        <v>0.83611</v>
       </c>
       <c r="N86" s="15">
-        <v>5099</v>
+        <v>5063</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
@@ -9028,57 +9069,57 @@
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>321</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>322</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>800</v>
       </c>
       <c r="K89" s="15">
-        <v>0.79372</v>
+        <v>0.49055</v>
       </c>
       <c r="L89" s="15">
-        <v>0.55376</v>
+        <v>0.42514</v>
       </c>
       <c r="M89" s="15">
-        <v>0.49838</v>
+        <v>0.40879</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E90" s="15">
         <v>10080047897</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
@@ -9111,89 +9152,89 @@
       <c r="D91" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>329</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.836</v>
       </c>
       <c r="L91" s="15">
         <v>0.643</v>
       </c>
       <c r="M91" s="15">
         <v>0.585</v>
       </c>
       <c r="N91" s="15">
-        <v>170</v>
+        <v>134</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E92" s="15">
         <v>10080013718</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>332</v>
       </c>
       <c r="J92" s="15">
         <v>515</v>
       </c>
       <c r="K92" s="15">
-        <v>1.71</v>
+        <v>1.08</v>
       </c>
       <c r="L92" s="15">
-        <v>1.24</v>
+        <v>0.93765</v>
       </c>
       <c r="M92" s="15">
-        <v>1.08</v>
+        <v>0.90159</v>
       </c>
       <c r="N92" s="15">
         <v>41</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E93" s="15">
         <v>10080013722</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
@@ -9223,301 +9264,301 @@
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>337</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>338</v>
       </c>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
-        <v>0.66801</v>
+        <v>0.47256</v>
       </c>
       <c r="L94" s="15">
-        <v>0.47715</v>
+        <v>0.40955</v>
       </c>
       <c r="M94" s="15">
-        <v>0.42944</v>
+        <v>0.3938</v>
       </c>
       <c r="N94" s="15">
         <v>756</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>339</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>340</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>341</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>342</v>
       </c>
       <c r="J95" s="15">
         <v>150</v>
       </c>
       <c r="K95" s="15">
-        <v>0.89479</v>
+        <v>0.64437</v>
       </c>
       <c r="L95" s="15">
-        <v>0.63914</v>
+        <v>0.55845</v>
       </c>
       <c r="M95" s="15">
-        <v>0.57522</v>
+        <v>0.53698</v>
       </c>
       <c r="N95" s="15">
-        <v>4903</v>
+        <v>5052</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>346</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
-        <v>1.2</v>
+        <v>0.83991</v>
       </c>
       <c r="L96" s="15">
-        <v>0.85805</v>
+        <v>0.72792</v>
       </c>
       <c r="M96" s="15">
-        <v>0.77224</v>
+        <v>0.6999300000000001</v>
       </c>
       <c r="N96" s="15">
-        <v>540</v>
+        <v>693</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>350</v>
       </c>
       <c r="J97" s="15">
         <v>800</v>
       </c>
       <c r="K97" s="15">
-        <v>1.34</v>
+        <v>0.80532</v>
       </c>
       <c r="L97" s="15">
-        <v>0.967</v>
+        <v>0.69794</v>
       </c>
       <c r="M97" s="15">
-        <v>0.84223</v>
+        <v>0.6711</v>
       </c>
       <c r="N97" s="15">
-        <v>273</v>
+        <v>246</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>354</v>
       </c>
       <c r="J98" s="15">
         <v>680</v>
       </c>
       <c r="K98" s="15">
-        <v>1.5</v>
+        <v>0.92291</v>
       </c>
       <c r="L98" s="15">
-        <v>1.08</v>
+        <v>0.7998499999999999</v>
       </c>
       <c r="M98" s="15">
-        <v>0.93875</v>
+        <v>0.7690900000000001</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="P98" s="15" t="s">
         <v>355</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E99" s="15">
         <v>10080039888</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>358</v>
       </c>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
-        <v>1.54</v>
+        <v>0.9519</v>
       </c>
       <c r="L99" s="15">
-        <v>1.11</v>
+        <v>0.82498</v>
       </c>
       <c r="M99" s="15">
-        <v>0.96643</v>
+        <v>0.79325</v>
       </c>
       <c r="N99" s="15">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>359</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>360</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>361</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>362</v>
       </c>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
-        <v>1.86</v>
+        <v>1.21</v>
       </c>
       <c r="L100" s="15">
-        <v>1.3</v>
+        <v>1.05</v>
       </c>
       <c r="M100" s="15">
-        <v>1.17</v>
+        <v>1.01</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>364</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
@@ -9554,51 +9595,51 @@
       </c>
       <c r="E102" s="15">
         <v>10080009975</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J102" s="15">
         <v>800</v>
       </c>
       <c r="K102" s="15">
         <v>1.05</v>
       </c>
       <c r="L102" s="15">
         <v>0.56407</v>
       </c>
       <c r="M102" s="15">
         <v>0.48886</v>
       </c>
       <c r="N102" s="15">
-        <v>85</v>
+        <v>116</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15" t="s">
@@ -9627,133 +9668,135 @@
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E104" s="15">
         <v>10080013729</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>376</v>
       </c>
       <c r="J104" s="15">
         <v>150</v>
       </c>
       <c r="K104" s="15">
-        <v>2.41</v>
+        <v>0.86691</v>
       </c>
       <c r="L104" s="15">
-        <v>1.2</v>
+        <v>0.75132</v>
       </c>
       <c r="M104" s="15">
-        <v>1.09</v>
-[...1 lines deleted...]
-      <c r="N104" s="15"/>
+        <v>0.72243</v>
+      </c>
+      <c r="N104" s="15">
+        <v>97</v>
+      </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>379</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>380</v>
       </c>
       <c r="J105" s="15">
         <v>550</v>
       </c>
       <c r="K105" s="15">
-        <v>1.64</v>
+        <v>1.04</v>
       </c>
       <c r="L105" s="15">
-        <v>1.19</v>
+        <v>0.89929</v>
       </c>
       <c r="M105" s="15">
-        <v>1.03</v>
+        <v>0.8647</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>382</v>
       </c>
       <c r="E106" s="15">
         <v>10080029064</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>383</v>
       </c>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>2.18</v>
+        <v>1.33</v>
       </c>
       <c r="L106" s="15">
-        <v>1.57</v>
+        <v>1.15</v>
       </c>
       <c r="M106" s="15">
-        <v>1.36</v>
+        <v>1.11</v>
       </c>
       <c r="N106" s="15">
         <v>6</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E107" s="15">
         <v>10080032008</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
@@ -9783,864 +9826,864 @@
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>387</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>388</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>389</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>390</v>
       </c>
       <c r="J108" s="15">
         <v>1</v>
       </c>
       <c r="K108" s="15">
-        <v>5.22</v>
+        <v>2.4</v>
       </c>
       <c r="L108" s="15">
-        <v>2.61</v>
+        <v>2.08</v>
       </c>
       <c r="M108" s="15">
-        <v>2.37</v>
+        <v>2</v>
       </c>
       <c r="N108" s="15">
         <v>90</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>391</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>394</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
-        <v>3.9</v>
+        <v>2.5</v>
       </c>
       <c r="L109" s="15">
-        <v>2.81</v>
+        <v>2.17</v>
       </c>
       <c r="M109" s="15">
-        <v>2.45</v>
+        <v>2.08</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>1000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>396</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>397</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
         <v>398</v>
       </c>
       <c r="J110" s="15">
         <v>1</v>
       </c>
       <c r="K110" s="15">
-        <v>0.34287</v>
+        <v>0.24257</v>
       </c>
       <c r="L110" s="15">
-        <v>0.24491</v>
+        <v>0.21022</v>
       </c>
       <c r="M110" s="15">
-        <v>0.22041</v>
+        <v>0.20214</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>399</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>400</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>401</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>402</v>
       </c>
       <c r="J111" s="15">
         <v>1</v>
       </c>
       <c r="K111" s="15">
-        <v>0.51024</v>
+        <v>0.36096</v>
       </c>
       <c r="L111" s="15">
-        <v>0.36446</v>
+        <v>0.31283</v>
       </c>
       <c r="M111" s="15">
-        <v>0.32801</v>
+        <v>0.3008</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>406</v>
       </c>
       <c r="J112" s="15">
         <v>950</v>
       </c>
       <c r="K112" s="15">
-        <v>0.84781</v>
+        <v>0.59978</v>
       </c>
       <c r="L112" s="15">
-        <v>0.60558</v>
+        <v>0.51981</v>
       </c>
       <c r="M112" s="15">
-        <v>0.5450199999999999</v>
+        <v>0.49981</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>409</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>410</v>
       </c>
       <c r="J113" s="15">
         <v>800</v>
       </c>
       <c r="K113" s="15">
-        <v>0.99895</v>
+        <v>0.707</v>
       </c>
       <c r="L113" s="15">
-        <v>0.71354</v>
+        <v>0.61273</v>
       </c>
       <c r="M113" s="15">
-        <v>0.64218</v>
+        <v>0.58916</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15">
-        <v>930</v>
+        <v>990</v>
       </c>
       <c r="P113" s="15" t="s">
         <v>411</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>415</v>
       </c>
       <c r="J114" s="15">
         <v>700</v>
       </c>
       <c r="K114" s="15">
-        <v>1.18</v>
+        <v>0.7598</v>
       </c>
       <c r="L114" s="15">
-        <v>0.8501300000000001</v>
+        <v>0.65849</v>
       </c>
       <c r="M114" s="15">
-        <v>0.74043</v>
+        <v>0.6331599999999999</v>
       </c>
       <c r="N114" s="15">
         <v>47</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2800</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>416</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>417</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>418</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>419</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
-        <v>1.33</v>
+        <v>0.84212</v>
       </c>
       <c r="L115" s="15">
-        <v>0.95678</v>
+        <v>0.72983</v>
       </c>
       <c r="M115" s="15">
-        <v>0.83334</v>
+        <v>0.7017600000000001</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>420</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>421</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>422</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>423</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>1.38</v>
+        <v>0.85034</v>
       </c>
       <c r="L116" s="15">
-        <v>0.99308</v>
+        <v>0.7369599999999999</v>
       </c>
       <c r="M116" s="15">
-        <v>0.86493</v>
+        <v>0.70861</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>427</v>
       </c>
       <c r="J117" s="15">
         <v>525</v>
       </c>
       <c r="K117" s="15">
-        <v>1.62</v>
+        <v>0.97113</v>
       </c>
       <c r="L117" s="15">
-        <v>1.17</v>
+        <v>0.84165</v>
       </c>
       <c r="M117" s="15">
-        <v>1.02</v>
+        <v>0.80928</v>
       </c>
       <c r="N117" s="15">
-        <v>352</v>
+        <v>397</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E118" s="15">
         <v>10000023297</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>430</v>
       </c>
       <c r="J118" s="15">
         <v>400</v>
       </c>
       <c r="K118" s="15">
-        <v>1.7</v>
+        <v>1.09</v>
       </c>
       <c r="L118" s="15">
-        <v>1.23</v>
+        <v>0.94155</v>
       </c>
       <c r="M118" s="15">
-        <v>1.07</v>
+        <v>0.90534</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>432</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>433</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
         <v>434</v>
       </c>
       <c r="J119" s="15">
         <v>400</v>
       </c>
       <c r="K119" s="15">
-        <v>1.61</v>
+        <v>1.02</v>
       </c>
       <c r="L119" s="15">
-        <v>1.16</v>
+        <v>0.88083</v>
       </c>
       <c r="M119" s="15">
-        <v>1.01</v>
+        <v>0.84695</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>435</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>436</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>437</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>438</v>
       </c>
       <c r="J120" s="15">
         <v>450</v>
       </c>
       <c r="K120" s="15">
-        <v>1.98</v>
+        <v>1.19</v>
       </c>
       <c r="L120" s="15">
-        <v>1.43</v>
+        <v>1.03</v>
       </c>
       <c r="M120" s="15">
-        <v>1.24</v>
+        <v>0.99004</v>
       </c>
       <c r="N120" s="15">
-        <v>269</v>
+        <v>196</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>1800</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J121" s="15">
         <v>400</v>
       </c>
       <c r="K121" s="15">
-        <v>2.06</v>
+        <v>1.27</v>
       </c>
       <c r="L121" s="15">
-        <v>1.49</v>
+        <v>1.1</v>
       </c>
       <c r="M121" s="15">
-        <v>1.3</v>
+        <v>1.06</v>
       </c>
       <c r="N121" s="15">
-        <v>201</v>
+        <v>247</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15">
         <v>1600</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E122" s="15">
         <v>10080043652</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15" t="s">
         <v>445</v>
       </c>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
-        <v>0.53635</v>
+        <v>0.33834</v>
       </c>
       <c r="L122" s="15">
-        <v>0.38667</v>
+        <v>0.29323</v>
       </c>
       <c r="M122" s="15">
-        <v>0.33678</v>
+        <v>0.28195</v>
       </c>
       <c r="N122" s="15">
-        <v>1562</v>
+        <v>1181</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
-        <v>0.55287</v>
+        <v>0.35445</v>
       </c>
       <c r="L123" s="15">
-        <v>0.39859</v>
+        <v>0.30719</v>
       </c>
       <c r="M123" s="15">
-        <v>0.34715</v>
+        <v>0.29538</v>
       </c>
       <c r="N123" s="15">
-        <v>3277</v>
+        <v>3571</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>453</v>
       </c>
       <c r="J124" s="15">
         <v>800</v>
       </c>
       <c r="K124" s="15">
-        <v>0.65877</v>
+        <v>0.42869</v>
       </c>
       <c r="L124" s="15">
-        <v>0.47493</v>
+        <v>0.37153</v>
       </c>
       <c r="M124" s="15">
-        <v>0.41365</v>
+        <v>0.35724</v>
       </c>
       <c r="N124" s="15">
-        <v>521</v>
+        <v>600</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>454</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>457</v>
       </c>
       <c r="J125" s="15">
         <v>700</v>
       </c>
       <c r="K125" s="15">
-        <v>0.86216</v>
+        <v>0.62859</v>
       </c>
       <c r="L125" s="15">
-        <v>0.61583</v>
+        <v>0.54478</v>
       </c>
       <c r="M125" s="15">
-        <v>0.55424</v>
+        <v>0.52383</v>
       </c>
       <c r="N125" s="15">
-        <v>3519</v>
+        <v>3135</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>458</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>459</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>460</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>461</v>
       </c>
       <c r="J126" s="15">
         <v>535</v>
       </c>
       <c r="K126" s="15">
-        <v>1.33</v>
+        <v>0.95016</v>
       </c>
       <c r="L126" s="15">
-        <v>0.95009</v>
+        <v>0.82347</v>
       </c>
       <c r="M126" s="15">
-        <v>0.85508</v>
+        <v>0.7917999999999999</v>
       </c>
       <c r="N126" s="15">
         <v>2255</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>462</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>450</v>
       </c>
       <c r="K127" s="15">
-        <v>1.48</v>
+        <v>0.94689</v>
       </c>
       <c r="L127" s="15">
-        <v>1.07</v>
+        <v>0.82064</v>
       </c>
       <c r="M127" s="15">
-        <v>0.92799</v>
+        <v>0.78908</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>468</v>
       </c>
       <c r="J128" s="15">
         <v>1</v>
       </c>
       <c r="K128" s="15">
-        <v>9.390000000000001</v>
+        <v>1.17</v>
       </c>
       <c r="L128" s="15">
-        <v>1.17</v>
+        <v>1.02</v>
       </c>
       <c r="M128" s="15">
-        <v>1.06</v>
+        <v>0.97899</v>
       </c>
       <c r="N128" s="15">
-        <v>1307</v>
+        <v>1573</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>471</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -10669,796 +10712,798 @@
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>472</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>473</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>474</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>475</v>
       </c>
       <c r="J130" s="15">
         <v>20</v>
       </c>
       <c r="K130" s="15">
-        <v>1.85</v>
+        <v>1.19</v>
       </c>
       <c r="L130" s="15">
-        <v>1.33</v>
+        <v>1.03</v>
       </c>
       <c r="M130" s="15">
-        <v>1.16</v>
+        <v>0.99125</v>
       </c>
       <c r="N130" s="15">
-        <v>650</v>
+        <v>678</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>476</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>479</v>
       </c>
       <c r="J131" s="15">
         <v>350</v>
       </c>
       <c r="K131" s="15">
         <v>2.22</v>
       </c>
       <c r="L131" s="15">
         <v>1.59</v>
       </c>
       <c r="M131" s="15">
         <v>1.43</v>
       </c>
       <c r="N131" s="15">
-        <v>558</v>
+        <v>594</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>480</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>481</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>482</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>483</v>
       </c>
       <c r="J132" s="15"/>
       <c r="K132" s="15">
-        <v>2.13</v>
+        <v>1.39</v>
       </c>
       <c r="L132" s="15">
-        <v>1.49</v>
+        <v>1.2</v>
       </c>
       <c r="M132" s="15">
-        <v>1.34</v>
+        <v>1.16</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>485</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>486</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15"/>
       <c r="K133" s="15">
-        <v>2.76</v>
+        <v>1.77</v>
       </c>
       <c r="L133" s="15">
-        <v>1.99</v>
+        <v>1.53</v>
       </c>
       <c r="M133" s="15">
-        <v>1.73</v>
+        <v>1.47</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>260</v>
       </c>
       <c r="K134" s="15">
-        <v>3.02</v>
+        <v>1.91</v>
       </c>
       <c r="L134" s="15">
-        <v>2.01</v>
+        <v>1.65</v>
       </c>
       <c r="M134" s="15">
-        <v>1.83</v>
+        <v>1.59</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15">
         <v>1040</v>
       </c>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>491</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>493</v>
       </c>
       <c r="J135" s="15">
         <v>235</v>
       </c>
       <c r="K135" s="15">
         <v>2.19</v>
       </c>
       <c r="L135" s="15">
         <v>1.9</v>
       </c>
       <c r="M135" s="15">
         <v>1.82</v>
       </c>
       <c r="N135" s="15">
-        <v>670</v>
+        <v>800</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>940</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>495</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>496</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>497</v>
       </c>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
-        <v>0.32745</v>
+        <v>0.23181</v>
       </c>
       <c r="L136" s="15">
-        <v>0.2339</v>
+        <v>0.2009</v>
       </c>
       <c r="M136" s="15">
-        <v>0.21051</v>
+        <v>0.19318</v>
       </c>
       <c r="N136" s="15">
-        <v>1713</v>
+        <v>2550</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>498</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>499</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>501</v>
       </c>
       <c r="J137" s="15">
         <v>200</v>
       </c>
       <c r="K137" s="15">
-        <v>0.42907</v>
+        <v>0.31917</v>
       </c>
       <c r="L137" s="15">
-        <v>0.30648</v>
+        <v>0.27661</v>
       </c>
       <c r="M137" s="15">
-        <v>0.27583</v>
+        <v>0.26598</v>
       </c>
       <c r="N137" s="15">
-        <v>916</v>
+        <v>283</v>
       </c>
       <c r="O137" s="15">
-        <v>1056</v>
+        <v>1992</v>
       </c>
       <c r="P137" s="15" t="s">
         <v>502</v>
       </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>503</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>504</v>
       </c>
       <c r="E138" s="15">
         <v>10080013770</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>505</v>
       </c>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
-        <v>0.59488</v>
+        <v>0.37631</v>
       </c>
       <c r="L138" s="15">
-        <v>0.42887</v>
+        <v>0.32613</v>
       </c>
       <c r="M138" s="15">
-        <v>0.37352</v>
+        <v>0.31359</v>
       </c>
       <c r="N138" s="15">
         <v>12</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>506</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>507</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>508</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>509</v>
       </c>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
         <v>0.37398</v>
       </c>
       <c r="L139" s="15">
         <v>0.32412</v>
       </c>
       <c r="M139" s="15">
         <v>0.31165</v>
       </c>
       <c r="N139" s="15">
-        <v>2561</v>
+        <v>2589</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>510</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>511</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>512</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>513</v>
       </c>
       <c r="J140" s="15">
         <v>100</v>
       </c>
       <c r="K140" s="15">
-        <v>0.74237</v>
+        <v>0.55017</v>
       </c>
       <c r="L140" s="15">
-        <v>0.53027</v>
+        <v>0.47681</v>
       </c>
       <c r="M140" s="15">
-        <v>0.47724</v>
+        <v>0.45848</v>
       </c>
       <c r="N140" s="15">
         <v>15</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>514</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>515</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>516</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>517</v>
       </c>
       <c r="J141" s="15">
         <v>825</v>
       </c>
       <c r="K141" s="15">
         <v>0.53138</v>
       </c>
       <c r="L141" s="15">
         <v>0.46053</v>
       </c>
       <c r="M141" s="15">
         <v>0.44281</v>
       </c>
       <c r="N141" s="15">
-        <v>537</v>
+        <v>503</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>518</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>519</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>520</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>521</v>
       </c>
       <c r="J142" s="15">
         <v>1</v>
       </c>
       <c r="K142" s="15">
-        <v>0.8594000000000001</v>
+        <v>0.60842</v>
       </c>
       <c r="L142" s="15">
-        <v>0.61386</v>
+        <v>0.52729</v>
       </c>
       <c r="M142" s="15">
-        <v>0.55247</v>
+        <v>0.50701</v>
       </c>
       <c r="N142" s="15">
-        <v>330</v>
+        <v>233</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>522</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>523</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>524</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>525</v>
       </c>
       <c r="J143" s="15">
         <v>650</v>
       </c>
       <c r="K143" s="15">
-        <v>1.1</v>
+        <v>0.76851</v>
       </c>
       <c r="L143" s="15">
-        <v>0.78662</v>
+        <v>0.66604</v>
       </c>
       <c r="M143" s="15">
-        <v>0.70795</v>
+        <v>0.6404300000000001</v>
       </c>
       <c r="N143" s="15">
-        <v>3747</v>
+        <v>3925</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15">
         <v>2600</v>
       </c>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>526</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>529</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.76188</v>
       </c>
       <c r="L144" s="15">
         <v>0.6603</v>
       </c>
       <c r="M144" s="15">
         <v>0.6349</v>
       </c>
       <c r="N144" s="15">
-        <v>333</v>
+        <v>304</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>530</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>531</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>532</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>533</v>
       </c>
       <c r="J145" s="15">
         <v>525</v>
       </c>
       <c r="K145" s="15">
-        <v>0.85095</v>
+        <v>0.83466</v>
       </c>
       <c r="L145" s="15">
-        <v>0.73749</v>
+        <v>0.72337</v>
       </c>
       <c r="M145" s="15">
-        <v>0.70913</v>
+        <v>0.69555</v>
       </c>
       <c r="N145" s="15">
-        <v>850</v>
-[...2 lines deleted...]
-      <c r="P145" s="15"/>
+        <v>761</v>
+      </c>
+      <c r="O145" s="15">
+        <v>25</v>
+      </c>
+      <c r="P145" s="15" t="s">
+        <v>158</v>
+      </c>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>534</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>535</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>536</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>537</v>
       </c>
       <c r="J146" s="15">
         <v>525</v>
       </c>
       <c r="K146" s="15">
-        <v>1.42</v>
+        <v>0.91539</v>
       </c>
       <c r="L146" s="15">
-        <v>1.02</v>
+        <v>0.79334</v>
       </c>
       <c r="M146" s="15">
-        <v>0.89151</v>
+        <v>0.76283</v>
       </c>
       <c r="N146" s="15">
         <v>65</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15">
         <v>2100</v>
       </c>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>538</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>541</v>
       </c>
       <c r="J147" s="15">
         <v>475</v>
       </c>
       <c r="K147" s="15">
-        <v>1.53</v>
+        <v>0.98408</v>
       </c>
       <c r="L147" s="15">
-        <v>1.11</v>
+        <v>0.85287</v>
       </c>
       <c r="M147" s="15">
-        <v>0.96343</v>
+        <v>0.82006</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>542</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>543</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>544</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>545</v>
       </c>
       <c r="J148" s="15">
         <v>1</v>
       </c>
       <c r="K148" s="15">
-        <v>1.72</v>
+        <v>1.27</v>
       </c>
       <c r="L148" s="15">
-        <v>1.23</v>
+        <v>1.1</v>
       </c>
       <c r="M148" s="15">
-        <v>1.1</v>
+        <v>1.06</v>
       </c>
       <c r="N148" s="15">
-        <v>184</v>
+        <v>162</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>546</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>547</v>
       </c>
       <c r="E149" s="15">
         <v>10080027560</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
@@ -11483,142 +11528,142 @@
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>548</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>549</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>550</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>551</v>
       </c>
       <c r="J150" s="15">
         <v>350</v>
       </c>
       <c r="K150" s="15">
-        <v>1.83</v>
+        <v>1.29</v>
       </c>
       <c r="L150" s="15">
-        <v>1.3</v>
+        <v>1.12</v>
       </c>
       <c r="M150" s="15">
-        <v>1.17</v>
+        <v>1.08</v>
       </c>
       <c r="N150" s="15">
-        <v>219</v>
+        <v>262</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15">
         <v>1400</v>
       </c>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>552</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>553</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>554</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1200</v>
       </c>
       <c r="K151" s="15">
-        <v>0.36094</v>
+        <v>0.22755</v>
       </c>
       <c r="L151" s="15">
-        <v>0.2602</v>
+        <v>0.19721</v>
       </c>
       <c r="M151" s="15">
-        <v>0.22665</v>
+        <v>0.18963</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15">
         <v>4800</v>
       </c>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>555</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>556</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>557</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>558</v>
       </c>
       <c r="J152" s="15">
         <v>800</v>
       </c>
       <c r="K152" s="15">
         <v>0.85451</v>
       </c>
       <c r="L152" s="15">
         <v>0.61037</v>
       </c>
       <c r="M152" s="15">
         <v>0.54933</v>
       </c>
       <c r="N152" s="15">
-        <v>473</v>
+        <v>511</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>3200</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>559</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>560</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>561</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
@@ -11652,89 +11697,89 @@
       <c r="D154" s="15" t="s">
         <v>564</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>565</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>566</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.72036</v>
       </c>
       <c r="L154" s="15">
         <v>0.62431</v>
       </c>
       <c r="M154" s="15">
         <v>0.6002999999999999</v>
       </c>
       <c r="N154" s="15">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>567</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>568</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>569</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>570</v>
       </c>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
-        <v>0.94088</v>
+        <v>0.61349</v>
       </c>
       <c r="L155" s="15">
-        <v>0.65643</v>
+        <v>0.53169</v>
       </c>
       <c r="M155" s="15">
-        <v>0.59079</v>
+        <v>0.51124</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
@@ -11756,294 +11801,294 @@
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>574</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>575</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>576</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
-        <v>1.39</v>
+        <v>1.01</v>
       </c>
       <c r="L157" s="15">
-        <v>0.99348</v>
+        <v>0.87627</v>
       </c>
       <c r="M157" s="15">
-        <v>0.89413</v>
+        <v>0.84256</v>
       </c>
       <c r="N157" s="15">
         <v>190</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15">
         <v>1600</v>
       </c>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>577</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>578</v>
       </c>
       <c r="E158" s="15">
         <v>10080057925</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>1200</v>
       </c>
       <c r="K158" s="15">
         <v>0.96457</v>
       </c>
       <c r="L158" s="15">
         <v>0.51991</v>
       </c>
       <c r="M158" s="15">
         <v>0.4515</v>
       </c>
       <c r="N158" s="15">
-        <v>248</v>
+        <v>352</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>580</v>
       </c>
       <c r="E159" s="15">
         <v>10080057926</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
         <v>1.21</v>
       </c>
       <c r="L159" s="15">
         <v>0.64993</v>
       </c>
       <c r="M159" s="15">
         <v>0.56441</v>
       </c>
       <c r="N159" s="15">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>581</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>582</v>
       </c>
       <c r="E160" s="15">
         <v>10080057928</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>800</v>
       </c>
       <c r="K160" s="15">
         <v>1.45</v>
       </c>
       <c r="L160" s="15">
         <v>0.78003</v>
       </c>
       <c r="M160" s="15">
         <v>0.6774</v>
       </c>
       <c r="N160" s="15">
-        <v>225</v>
+        <v>194</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E161" s="15" t="s">
         <v>585</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>50</v>
       </c>
       <c r="K161" s="15">
-        <v>1.4</v>
+        <v>0.98787</v>
       </c>
       <c r="L161" s="15">
-        <v>0.99756</v>
+        <v>0.85615</v>
       </c>
       <c r="M161" s="15">
-        <v>0.8978</v>
+        <v>0.82323</v>
       </c>
       <c r="N161" s="15">
-        <v>340</v>
+        <v>390</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E162" s="15" t="s">
         <v>588</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15"/>
       <c r="K162" s="15">
-        <v>0.59302</v>
+        <v>0.37412</v>
       </c>
       <c r="L162" s="15">
-        <v>0.42753</v>
+        <v>0.32423</v>
       </c>
       <c r="M162" s="15">
-        <v>0.37235</v>
+        <v>0.31176</v>
       </c>
       <c r="N162" s="15">
         <v>100</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>589</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>590</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>591</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.6843900000000001</v>
       </c>
       <c r="L163" s="15">
         <v>0.574</v>
       </c>
       <c r="M163" s="15">
         <v>0.55193</v>
       </c>
       <c r="N163" s="15">
-        <v>850</v>
+        <v>840</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>4000</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>592</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>593</v>
       </c>
       <c r="E164" s="15" t="s">
         <v>594</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
@@ -12072,96 +12117,96 @@
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>597</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>598</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>700</v>
       </c>
       <c r="K165" s="15">
-        <v>1.81</v>
+        <v>1.29</v>
       </c>
       <c r="L165" s="15">
-        <v>1.29</v>
+        <v>1.12</v>
       </c>
       <c r="M165" s="15">
-        <v>1.16</v>
+        <v>1.08</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>599</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>600</v>
       </c>
       <c r="E166" s="15" t="s">
         <v>601</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>602</v>
       </c>
       <c r="J166" s="15">
         <v>630</v>
       </c>
       <c r="K166" s="15">
-        <v>1.79</v>
+        <v>1.1</v>
       </c>
       <c r="L166" s="15">
-        <v>1.29</v>
+        <v>0.95553</v>
       </c>
       <c r="M166" s="15">
-        <v>1.12</v>
+        <v>0.91878</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15">
         <v>2520</v>
       </c>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>603</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>604</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>605</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
@@ -12230,175 +12275,175 @@
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>610</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>611</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>612</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15" t="s">
         <v>613</v>
       </c>
       <c r="J169" s="15">
         <v>200</v>
       </c>
       <c r="K169" s="15">
-        <v>0.6385999999999999</v>
+        <v>0.41567</v>
       </c>
       <c r="L169" s="15">
-        <v>0.46038</v>
+        <v>0.36024</v>
       </c>
       <c r="M169" s="15">
-        <v>0.40098</v>
+        <v>0.34639</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>614</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>615</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>616</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15" t="s">
         <v>617</v>
       </c>
       <c r="J170" s="15">
         <v>1</v>
       </c>
       <c r="K170" s="15">
-        <v>1.07</v>
+        <v>0.6927</v>
       </c>
       <c r="L170" s="15">
-        <v>0.76778</v>
+        <v>0.60034</v>
       </c>
       <c r="M170" s="15">
-        <v>0.69101</v>
+        <v>0.57725</v>
       </c>
       <c r="N170" s="15">
         <v>625</v>
       </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>618</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>619</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>620</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15"/>
       <c r="K171" s="15">
-        <v>1.45</v>
+        <v>0.89567</v>
       </c>
       <c r="L171" s="15">
-        <v>1.05</v>
+        <v>0.77624</v>
       </c>
       <c r="M171" s="15">
-        <v>0.91164</v>
+        <v>0.74639</v>
       </c>
       <c r="N171" s="15">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>621</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>622</v>
       </c>
       <c r="E172" s="15">
         <v>10080013792</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>400</v>
       </c>
       <c r="K172" s="15">
-        <v>1.41</v>
+        <v>1.01</v>
       </c>
       <c r="L172" s="15">
-        <v>1.01</v>
+        <v>0.87625</v>
       </c>
       <c r="M172" s="15">
-        <v>0.90459</v>
+        <v>0.84255</v>
       </c>
       <c r="N172" s="15">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>623</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>624</v>
       </c>
       <c r="E173" s="15">
         <v>10080043418</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
@@ -12425,57 +12470,57 @@
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>625</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>626</v>
       </c>
       <c r="E174" s="15" t="s">
         <v>627</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15" t="s">
         <v>628</v>
       </c>
       <c r="J174" s="15">
         <v>250</v>
       </c>
       <c r="K174" s="15">
-        <v>0.13358</v>
+        <v>0.08603</v>
       </c>
       <c r="L174" s="15">
-        <v>0.0963</v>
+        <v>0.07456</v>
       </c>
       <c r="M174" s="15">
-        <v>0.08388</v>
+        <v>0.07169</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>629</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>630</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>631</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
@@ -12670,878 +12715,878 @@
       </c>
       <c r="E180" s="15" t="s">
         <v>644</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15" t="s">
         <v>645</v>
       </c>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
         <v>0.08142000000000001</v>
       </c>
       <c r="L180" s="15">
         <v>0.052</v>
       </c>
       <c r="M180" s="15">
         <v>0.047</v>
       </c>
       <c r="N180" s="15">
-        <v>73024</v>
+        <v>42510</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15">
         <v>12000</v>
       </c>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>646</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>647</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>648</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15" t="s">
         <v>649</v>
       </c>
       <c r="J181" s="15">
         <v>250</v>
       </c>
       <c r="K181" s="15">
         <v>0.11</v>
       </c>
       <c r="L181" s="15">
         <v>0.081</v>
       </c>
       <c r="M181" s="15">
         <v>0.075</v>
       </c>
       <c r="N181" s="15">
-        <v>36147</v>
+        <v>32777</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>651</v>
       </c>
       <c r="E182" s="15">
         <v>10000021862</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15" t="s">
         <v>652</v>
       </c>
       <c r="J182" s="15">
         <v>200</v>
       </c>
       <c r="K182" s="15">
-        <v>0.2177</v>
+        <v>0.10781</v>
       </c>
       <c r="L182" s="15">
-        <v>0.14514</v>
+        <v>0.09343</v>
       </c>
       <c r="M182" s="15">
-        <v>0.13109</v>
+        <v>0.08984</v>
       </c>
       <c r="N182" s="15">
-        <v>2443</v>
+        <v>2574</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
         <v>653</v>
       </c>
       <c r="D183" s="15" t="s">
         <v>654</v>
       </c>
       <c r="E183" s="15" t="s">
         <v>655</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15" t="s">
         <v>656</v>
       </c>
       <c r="J183" s="15">
         <v>200</v>
       </c>
       <c r="K183" s="15">
         <v>0.15</v>
       </c>
       <c r="L183" s="15">
         <v>0.1</v>
       </c>
       <c r="M183" s="15">
         <v>0.091</v>
       </c>
       <c r="N183" s="15">
-        <v>42522</v>
+        <v>39476</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>657</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>658</v>
       </c>
       <c r="E184" s="15" t="s">
         <v>659</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
         <v>660</v>
       </c>
       <c r="J184" s="15">
         <v>200</v>
       </c>
       <c r="K184" s="15">
-        <v>0.20462</v>
+        <v>0.14492</v>
       </c>
       <c r="L184" s="15">
-        <v>0.14276</v>
+        <v>0.12559</v>
       </c>
       <c r="M184" s="15">
-        <v>0.12848</v>
+        <v>0.12076</v>
       </c>
       <c r="N184" s="15">
-        <v>24024</v>
+        <v>17599</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>662</v>
       </c>
       <c r="E185" s="15" t="s">
         <v>663</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15" t="s">
         <v>664</v>
       </c>
       <c r="J185" s="15">
         <v>100</v>
       </c>
       <c r="K185" s="15">
-        <v>0.2399</v>
+        <v>0.17216</v>
       </c>
       <c r="L185" s="15">
-        <v>0.16737</v>
+        <v>0.1492</v>
       </c>
       <c r="M185" s="15">
-        <v>0.15063</v>
+        <v>0.14346</v>
       </c>
       <c r="N185" s="15">
-        <v>4347</v>
+        <v>4898</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>665</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>666</v>
       </c>
       <c r="E186" s="15" t="s">
         <v>667</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
         <v>668</v>
       </c>
       <c r="J186" s="15">
         <v>1000</v>
       </c>
       <c r="K186" s="15">
         <v>0.19037</v>
       </c>
       <c r="L186" s="15">
         <v>0.16498</v>
       </c>
       <c r="M186" s="15">
         <v>0.15864</v>
       </c>
       <c r="N186" s="15">
-        <v>2904</v>
+        <v>2798</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>669</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>670</v>
       </c>
       <c r="E187" s="15" t="s">
         <v>671</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>672</v>
       </c>
       <c r="J187" s="15">
         <v>2100</v>
       </c>
       <c r="K187" s="15">
-        <v>0.30755</v>
+        <v>0.20826</v>
       </c>
       <c r="L187" s="15">
-        <v>0.21968</v>
+        <v>0.18049</v>
       </c>
       <c r="M187" s="15">
-        <v>0.19771</v>
+        <v>0.17355</v>
       </c>
       <c r="N187" s="15">
-        <v>532</v>
+        <v>663</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>673</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>674</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>675</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15" t="s">
         <v>676</v>
       </c>
       <c r="J188" s="15">
         <v>1825</v>
       </c>
       <c r="K188" s="15">
-        <v>0.40725</v>
+        <v>0.3021</v>
       </c>
       <c r="L188" s="15">
-        <v>0.2909</v>
+        <v>0.26182</v>
       </c>
       <c r="M188" s="15">
-        <v>0.26181</v>
+        <v>0.25175</v>
       </c>
       <c r="N188" s="15">
         <v>811</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>677</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>678</v>
       </c>
       <c r="E189" s="15">
         <v>10000021866</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="15" t="s">
         <v>679</v>
       </c>
       <c r="J189" s="15">
         <v>1675</v>
       </c>
       <c r="K189" s="15">
-        <v>0.47647</v>
+        <v>0.30074</v>
       </c>
       <c r="L189" s="15">
-        <v>0.3435</v>
+        <v>0.26064</v>
       </c>
       <c r="M189" s="15">
-        <v>0.29917</v>
+        <v>0.25061</v>
       </c>
       <c r="N189" s="15">
-        <v>2871</v>
+        <v>2193</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>680</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>681</v>
       </c>
       <c r="E190" s="15" t="s">
         <v>682</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
         <v>683</v>
       </c>
       <c r="J190" s="15">
         <v>1500</v>
       </c>
       <c r="K190" s="15">
-        <v>0.5013</v>
+        <v>0.32151</v>
       </c>
       <c r="L190" s="15">
-        <v>0.3614</v>
+        <v>0.27864</v>
       </c>
       <c r="M190" s="15">
-        <v>0.31476</v>
+        <v>0.26793</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>685</v>
       </c>
       <c r="E191" s="15" t="s">
         <v>686</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>687</v>
       </c>
       <c r="J191" s="15">
         <v>1400</v>
       </c>
       <c r="K191" s="15">
-        <v>0.46313</v>
+        <v>0.3278</v>
       </c>
       <c r="L191" s="15">
-        <v>0.33081</v>
+        <v>0.28409</v>
       </c>
       <c r="M191" s="15">
-        <v>0.29773</v>
+        <v>0.27316</v>
       </c>
       <c r="N191" s="15">
         <v>100</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>688</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>689</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>690</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>1</v>
       </c>
       <c r="K192" s="15">
-        <v>0.56873</v>
+        <v>0.37029</v>
       </c>
       <c r="L192" s="15">
-        <v>0.41001</v>
+        <v>0.32092</v>
       </c>
       <c r="M192" s="15">
-        <v>0.35711</v>
+        <v>0.30858</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>691</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>692</v>
       </c>
       <c r="E193" s="15" t="s">
         <v>693</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="15" t="s">
         <v>694</v>
       </c>
       <c r="J193" s="15">
         <v>1050</v>
       </c>
       <c r="K193" s="15">
-        <v>0.71911</v>
+        <v>0.46244</v>
       </c>
       <c r="L193" s="15">
-        <v>0.51844</v>
+        <v>0.40078</v>
       </c>
       <c r="M193" s="15">
-        <v>0.45154</v>
+        <v>0.38536</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>696</v>
       </c>
       <c r="E194" s="15">
         <v>10080013816</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15"/>
       <c r="K194" s="15">
-        <v>0.78922</v>
+        <v>0.48686</v>
       </c>
       <c r="L194" s="15">
-        <v>0.56896</v>
+        <v>0.42194</v>
       </c>
       <c r="M194" s="15">
-        <v>0.49555</v>
+        <v>0.40571</v>
       </c>
       <c r="N194" s="15">
-        <v>189</v>
+        <v>153</v>
       </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
         <v>697</v>
       </c>
       <c r="D195" s="15" t="s">
         <v>698</v>
       </c>
       <c r="E195" s="15" t="s">
         <v>699</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>875</v>
       </c>
       <c r="K195" s="15">
-        <v>0.93441</v>
+        <v>0.57677</v>
       </c>
       <c r="L195" s="15">
-        <v>0.67364</v>
+        <v>0.49986</v>
       </c>
       <c r="M195" s="15">
-        <v>0.58671</v>
+        <v>0.48064</v>
       </c>
       <c r="N195" s="15">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>700</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>701</v>
       </c>
       <c r="E196" s="15" t="s">
         <v>702</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>703</v>
       </c>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
-        <v>0.31448</v>
+        <v>0.22464</v>
       </c>
       <c r="L196" s="15">
-        <v>0.22463</v>
+        <v>0.19469</v>
       </c>
       <c r="M196" s="15">
-        <v>0.20216</v>
+        <v>0.1872</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>704</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>705</v>
       </c>
       <c r="E197" s="15">
         <v>10080033495</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15"/>
       <c r="K197" s="15">
         <v>0.20931</v>
       </c>
       <c r="L197" s="15">
         <v>0.13954</v>
       </c>
       <c r="M197" s="15">
         <v>0.12792</v>
       </c>
       <c r="N197" s="15">
-        <v>260</v>
+        <v>229</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>706</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>707</v>
       </c>
       <c r="E198" s="15">
         <v>10080033496</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.31977</v>
       </c>
       <c r="L198" s="15">
         <v>0.21279</v>
       </c>
       <c r="M198" s="15">
         <v>0.19419</v>
       </c>
       <c r="N198" s="15">
-        <v>276</v>
+        <v>311</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>708</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>709</v>
       </c>
       <c r="E199" s="15">
         <v>10080033497</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15">
         <v>350</v>
       </c>
       <c r="K199" s="15">
         <v>0.66914</v>
       </c>
       <c r="L199" s="15">
         <v>0.35549</v>
       </c>
       <c r="M199" s="15">
         <v>0.30321</v>
       </c>
       <c r="N199" s="15">
-        <v>241</v>
+        <v>256</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>710</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>711</v>
       </c>
       <c r="E200" s="15">
         <v>10080033498</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15"/>
       <c r="K200" s="15">
         <v>0.52327</v>
       </c>
       <c r="L200" s="15">
         <v>0.41862</v>
       </c>
       <c r="M200" s="15">
         <v>0.38373</v>
       </c>
       <c r="N200" s="15">
-        <v>249</v>
+        <v>214</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>712</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>713</v>
       </c>
       <c r="E201" s="15">
         <v>10080033499</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15"/>
       <c r="K201" s="15">
         <v>0.69769</v>
       </c>
       <c r="L201" s="15">
         <v>0.55815</v>
       </c>
       <c r="M201" s="15">
         <v>0.51164</v>
       </c>
       <c r="N201" s="15">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>714</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>715</v>
       </c>
       <c r="E202" s="15">
         <v>10080047906</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15"/>
@@ -13566,10254 +13611,10424 @@
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
         <v>716</v>
       </c>
       <c r="D203" s="15" t="s">
         <v>717</v>
       </c>
       <c r="E203" s="15" t="s">
         <v>718</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="15" t="s">
         <v>719</v>
       </c>
       <c r="J203" s="15">
         <v>925</v>
       </c>
       <c r="K203" s="15">
-        <v>0.35028</v>
+        <v>0.21632</v>
       </c>
       <c r="L203" s="15">
-        <v>0.25252</v>
+        <v>0.18747</v>
       </c>
       <c r="M203" s="15">
-        <v>0.21994</v>
+        <v>0.18026</v>
       </c>
       <c r="N203" s="15">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>720</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>721</v>
       </c>
       <c r="E204" s="15" t="s">
         <v>722</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>723</v>
       </c>
       <c r="J204" s="15">
         <v>640</v>
       </c>
       <c r="K204" s="15">
-        <v>0.52286</v>
+        <v>0.32273</v>
       </c>
       <c r="L204" s="15">
-        <v>0.37693</v>
+        <v>0.2797</v>
       </c>
       <c r="M204" s="15">
-        <v>0.32831</v>
+        <v>0.26894</v>
       </c>
       <c r="N204" s="15"/>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>724</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>725</v>
       </c>
       <c r="E205" s="15" t="s">
         <v>726</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
         <v>727</v>
       </c>
       <c r="J205" s="15">
         <v>640</v>
       </c>
       <c r="K205" s="15">
-        <v>0.60878</v>
+        <v>0.39695</v>
       </c>
       <c r="L205" s="15">
-        <v>0.43889</v>
+        <v>0.34402</v>
       </c>
       <c r="M205" s="15">
-        <v>0.38226</v>
+        <v>0.33079</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
-      <c r="P205" s="15"/>
+      <c r="P205" s="15" t="s">
+        <v>728</v>
+      </c>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="J206" s="15">
         <v>300</v>
       </c>
       <c r="K206" s="15">
         <v>0.78266</v>
       </c>
       <c r="L206" s="15">
         <v>0.6783</v>
       </c>
       <c r="M206" s="15">
         <v>0.65221</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15">
-        <v>445</v>
+        <v>404</v>
       </c>
       <c r="P206" s="15" t="s">
         <v>221</v>
       </c>
       <c r="Q206" s="15">
         <v>1200</v>
       </c>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="E207" s="15" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="J207" s="15">
         <v>1</v>
       </c>
       <c r="K207" s="15">
-        <v>1.39</v>
+        <v>0.86084</v>
       </c>
       <c r="L207" s="15">
-        <v>1.01</v>
+        <v>0.7460599999999999</v>
       </c>
       <c r="M207" s="15">
-        <v>0.87558</v>
+        <v>0.71736</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15"/>
       <c r="J208" s="15"/>
       <c r="K208" s="15">
-        <v>1.59</v>
+        <v>1.1</v>
       </c>
       <c r="L208" s="15">
-        <v>1.15</v>
+        <v>0.95034</v>
       </c>
       <c r="M208" s="15">
-        <v>1</v>
+        <v>0.91379</v>
       </c>
       <c r="N208" s="15">
-        <v>176</v>
+        <v>130</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="E209" s="15">
         <v>10080013860</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="J209" s="15">
         <v>445</v>
       </c>
       <c r="K209" s="15">
-        <v>0.6358</v>
+        <v>0.40091</v>
       </c>
       <c r="L209" s="15">
-        <v>0.45838</v>
+        <v>0.34745</v>
       </c>
       <c r="M209" s="15">
-        <v>0.39922</v>
+        <v>0.33409</v>
       </c>
       <c r="N209" s="15">
         <v>23</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="E210" s="15" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="J210" s="15">
         <v>380</v>
       </c>
       <c r="K210" s="15">
-        <v>0.80415</v>
+        <v>0.51564</v>
       </c>
       <c r="L210" s="15">
-        <v>0.57973</v>
+        <v>0.44689</v>
       </c>
       <c r="M210" s="15">
-        <v>0.50493</v>
+        <v>0.4297</v>
       </c>
       <c r="N210" s="15"/>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15">
         <v>1520</v>
       </c>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="E211" s="15" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="J211" s="15">
         <v>245</v>
       </c>
       <c r="K211" s="15">
-        <v>0.9835700000000001</v>
+        <v>0.63173</v>
       </c>
       <c r="L211" s="15">
-        <v>0.70909</v>
+        <v>0.5475</v>
       </c>
       <c r="M211" s="15">
-        <v>0.61759</v>
+        <v>0.52644</v>
       </c>
       <c r="N211" s="15">
         <v>30</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="J212" s="15"/>
       <c r="K212" s="15">
-        <v>1.34</v>
+        <v>0.85833</v>
       </c>
       <c r="L212" s="15">
-        <v>0.9649</v>
+        <v>0.7438900000000001</v>
       </c>
       <c r="M212" s="15">
-        <v>0.8404</v>
+        <v>0.71528</v>
       </c>
       <c r="N212" s="15">
         <v>33</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="E213" s="15">
         <v>10080039713</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15">
         <v>220</v>
       </c>
       <c r="K213" s="15">
         <v>2.8</v>
       </c>
       <c r="L213" s="15">
         <v>1.4</v>
       </c>
       <c r="M213" s="15">
         <v>1.27</v>
       </c>
       <c r="N213" s="15">
         <v>10</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="E214" s="15" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>1</v>
       </c>
       <c r="K214" s="15">
         <v>3.85</v>
       </c>
       <c r="L214" s="15">
         <v>1.92</v>
       </c>
       <c r="M214" s="15">
         <v>1.75</v>
       </c>
       <c r="N214" s="15">
         <v>13</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>1</v>
       </c>
       <c r="K215" s="15">
-        <v>2.05</v>
+        <v>1.32</v>
       </c>
       <c r="L215" s="15">
-        <v>1.48</v>
+        <v>1.14</v>
       </c>
       <c r="M215" s="15">
-        <v>1.29</v>
+        <v>1.1</v>
       </c>
       <c r="N215" s="15">
         <v>20</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="J216" s="15">
         <v>200</v>
       </c>
       <c r="K216" s="15">
-        <v>0.20412</v>
+        <v>0.14426</v>
       </c>
       <c r="L216" s="15">
-        <v>0.1458</v>
+        <v>0.12502</v>
       </c>
       <c r="M216" s="15">
-        <v>0.13122</v>
+        <v>0.12021</v>
       </c>
       <c r="N216" s="15">
-        <v>3191</v>
+        <v>3550</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="J217" s="15">
         <v>2000</v>
       </c>
       <c r="K217" s="15">
         <v>0.16856</v>
       </c>
       <c r="L217" s="15">
         <v>0.14608</v>
       </c>
       <c r="M217" s="15">
         <v>0.14046</v>
       </c>
       <c r="N217" s="15">
-        <v>6604</v>
+        <v>5361</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="E218" s="15" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="J218" s="15">
         <v>200</v>
       </c>
       <c r="K218" s="15">
-        <v>0.28304</v>
+        <v>0.20036</v>
       </c>
       <c r="L218" s="15">
-        <v>0.20217</v>
+        <v>0.17364</v>
       </c>
       <c r="M218" s="15">
-        <v>0.18195</v>
+        <v>0.16696</v>
       </c>
       <c r="N218" s="15">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="E219" s="15">
         <v>10080013873</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="J219" s="15">
         <v>1200</v>
       </c>
       <c r="K219" s="15">
-        <v>0.40941</v>
+        <v>0.21815</v>
       </c>
       <c r="L219" s="15">
-        <v>0.29243</v>
+        <v>0.18906</v>
       </c>
       <c r="M219" s="15">
-        <v>0.25345</v>
+        <v>0.18179</v>
       </c>
       <c r="N219" s="15">
-        <v>1117</v>
+        <v>872</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="E220" s="15" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="J220" s="15">
         <v>100</v>
       </c>
       <c r="K220" s="15">
-        <v>0.39542</v>
+        <v>0.27333</v>
       </c>
       <c r="L220" s="15">
-        <v>0.28609</v>
+        <v>0.23689</v>
       </c>
       <c r="M220" s="15">
-        <v>0.24964</v>
+        <v>0.22778</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="E221" s="15" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="J221" s="15">
         <v>800</v>
       </c>
       <c r="K221" s="15">
-        <v>0.4803</v>
+        <v>0.30758</v>
       </c>
       <c r="L221" s="15">
-        <v>0.34626</v>
+        <v>0.26657</v>
       </c>
       <c r="M221" s="15">
-        <v>0.30158</v>
+        <v>0.25631</v>
       </c>
       <c r="N221" s="15">
         <v>119</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="J222" s="15"/>
       <c r="K222" s="15">
-        <v>0.53757</v>
+        <v>0.33182</v>
       </c>
       <c r="L222" s="15">
-        <v>0.38754</v>
+        <v>0.28757</v>
       </c>
       <c r="M222" s="15">
-        <v>0.33754</v>
+        <v>0.27651</v>
       </c>
       <c r="N222" s="15">
-        <v>431</v>
+        <v>350</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="E223" s="15">
         <v>10080013877</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="J223" s="15">
         <v>1600</v>
       </c>
       <c r="K223" s="15">
         <v>0.5803</v>
       </c>
       <c r="L223" s="15">
         <v>0.41837</v>
       </c>
       <c r="M223" s="15">
         <v>0.36437</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="E224" s="15">
         <v>10080013878</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="J224" s="15">
         <v>1300</v>
       </c>
       <c r="K224" s="15">
-        <v>0.63528</v>
+        <v>0.39158</v>
       </c>
       <c r="L224" s="15">
-        <v>0.45548</v>
+        <v>0.33937</v>
       </c>
       <c r="M224" s="15">
-        <v>0.39556</v>
+        <v>0.32631</v>
       </c>
       <c r="N224" s="15">
         <v>6</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="E225" s="15" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="J225" s="15">
         <v>1300</v>
       </c>
       <c r="K225" s="15">
-        <v>0.56756</v>
+        <v>0.39233</v>
       </c>
       <c r="L225" s="15">
-        <v>0.41063</v>
+        <v>0.34002</v>
       </c>
       <c r="M225" s="15">
-        <v>0.35832</v>
+        <v>0.32694</v>
       </c>
       <c r="N225" s="15">
-        <v>794</v>
+        <v>818</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="E226" s="15" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J226" s="15"/>
       <c r="K226" s="15">
-        <v>0.66779</v>
+        <v>0.43005</v>
       </c>
       <c r="L226" s="15">
-        <v>0.48143</v>
+        <v>0.37271</v>
       </c>
       <c r="M226" s="15">
-        <v>0.4193</v>
+        <v>0.35838</v>
       </c>
       <c r="N226" s="15">
         <v>749</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="E227" s="15">
         <v>10080013879</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="J227" s="15">
         <v>1</v>
       </c>
       <c r="K227" s="15">
-        <v>0.7241300000000001</v>
+        <v>0.45023</v>
       </c>
       <c r="L227" s="15">
-        <v>0.52205</v>
+        <v>0.3902</v>
       </c>
       <c r="M227" s="15">
-        <v>0.4547</v>
+        <v>0.37519</v>
       </c>
       <c r="N227" s="15">
         <v>49</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="E228" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="J228" s="15">
         <v>1</v>
       </c>
       <c r="K228" s="15">
-        <v>0.71704</v>
+        <v>0.45948</v>
       </c>
       <c r="L228" s="15">
-        <v>0.51694</v>
+        <v>0.39822</v>
       </c>
       <c r="M228" s="15">
-        <v>0.45023</v>
+        <v>0.3829</v>
       </c>
       <c r="N228" s="15">
         <v>47</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="E229" s="15">
         <v>10080028499</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15"/>
       <c r="J229" s="15"/>
       <c r="K229" s="15">
         <v>0.72096</v>
       </c>
       <c r="L229" s="15">
         <v>0.48839</v>
       </c>
       <c r="M229" s="15">
         <v>0.43606</v>
       </c>
       <c r="N229" s="15">
         <v>73</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="E230" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
-        <v>0.85991</v>
+        <v>0.55374</v>
       </c>
       <c r="L230" s="15">
-        <v>0.61994</v>
+        <v>0.47991</v>
       </c>
       <c r="M230" s="15">
-        <v>0.53993</v>
+        <v>0.46145</v>
       </c>
       <c r="N230" s="15">
         <v>100</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="E231" s="15" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="J231" s="15">
         <v>900</v>
       </c>
       <c r="K231" s="15">
-        <v>0.88767</v>
+        <v>0.6593</v>
       </c>
       <c r="L231" s="15">
-        <v>0.63405</v>
+        <v>0.57139</v>
       </c>
       <c r="M231" s="15">
-        <v>0.57065</v>
+        <v>0.54941</v>
       </c>
       <c r="N231" s="15">
         <v>32</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15">
         <v>30</v>
       </c>
       <c r="K232" s="15">
-        <v>0.7388</v>
+        <v>0.47255</v>
       </c>
       <c r="L232" s="15">
-        <v>0.53262</v>
+        <v>0.40954</v>
       </c>
       <c r="M232" s="15">
-        <v>0.4639</v>
+        <v>0.39379</v>
       </c>
       <c r="N232" s="15">
         <v>17</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="E233" s="15">
         <v>10080033515</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
         <v>350</v>
       </c>
       <c r="K233" s="15">
         <v>0.41862</v>
       </c>
       <c r="L233" s="15">
         <v>0.27908</v>
       </c>
       <c r="M233" s="15">
         <v>0.25583</v>
       </c>
       <c r="N233" s="15"/>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E234" s="15" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="15" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="J234" s="15"/>
       <c r="K234" s="15">
         <v>0.52691</v>
       </c>
       <c r="L234" s="15">
         <v>0.37637</v>
       </c>
       <c r="M234" s="15">
         <v>0.33873</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="E235" s="15" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
-        <v>0.51874</v>
+        <v>0.38472</v>
       </c>
       <c r="L235" s="15">
-        <v>0.37053</v>
+        <v>0.33342</v>
       </c>
       <c r="M235" s="15">
-        <v>0.33348</v>
+        <v>0.3206</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="E236" s="15">
         <v>10080033517</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15"/>
       <c r="J236" s="15">
         <v>350</v>
       </c>
       <c r="K236" s="15">
         <v>0.62793</v>
       </c>
       <c r="L236" s="15">
         <v>0.41862</v>
       </c>
       <c r="M236" s="15">
         <v>0.38373</v>
       </c>
       <c r="N236" s="15">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="E237" s="15">
         <v>10080033518</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>350</v>
       </c>
       <c r="K237" s="15">
         <v>0.69769</v>
       </c>
       <c r="L237" s="15">
         <v>0.55815</v>
       </c>
       <c r="M237" s="15">
         <v>0.51164</v>
       </c>
       <c r="N237" s="15">
-        <v>239</v>
+        <v>308</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="E238" s="15" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>470</v>
       </c>
       <c r="K238" s="15">
-        <v>1.21</v>
+        <v>0.77333</v>
       </c>
       <c r="L238" s="15">
-        <v>0.8731</v>
+        <v>0.67022</v>
       </c>
       <c r="M238" s="15">
-        <v>0.76044</v>
+        <v>0.64444</v>
       </c>
       <c r="N238" s="15">
-        <v>2065</v>
+        <v>2042</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15">
         <v>2350</v>
       </c>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="E239" s="15">
         <v>10080057932</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>200</v>
       </c>
       <c r="K239" s="15">
-        <v>0.2592</v>
+        <v>0.16349</v>
       </c>
       <c r="L239" s="15">
-        <v>0.18686</v>
+        <v>0.14169</v>
       </c>
       <c r="M239" s="15">
-        <v>0.16275</v>
+        <v>0.13624</v>
       </c>
       <c r="N239" s="15">
-        <v>2292</v>
+        <v>2399</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="E240" s="15">
         <v>10080057933</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>200</v>
       </c>
       <c r="K240" s="15">
-        <v>0.31798</v>
+        <v>0.20057</v>
       </c>
       <c r="L240" s="15">
-        <v>0.22925</v>
+        <v>0.17382</v>
       </c>
       <c r="M240" s="15">
-        <v>0.19966</v>
+        <v>0.16714</v>
       </c>
       <c r="N240" s="15">
-        <v>872</v>
+        <v>809</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="E241" s="15" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
-        <v>0.29851</v>
+        <v>0.19224</v>
       </c>
       <c r="L241" s="15">
-        <v>0.2152</v>
+        <v>0.16661</v>
       </c>
       <c r="M241" s="15">
-        <v>0.18744</v>
+        <v>0.1602</v>
       </c>
       <c r="N241" s="15">
-        <v>2673</v>
+        <v>2541</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="E242" s="15">
         <v>10080057934</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>1600</v>
       </c>
       <c r="K242" s="15">
         <v>0.47557</v>
       </c>
       <c r="L242" s="15">
         <v>0.25634</v>
       </c>
       <c r="M242" s="15">
         <v>0.2226</v>
       </c>
       <c r="N242" s="15">
         <v>571</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="E243" s="15" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="15" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="J243" s="15">
         <v>100</v>
       </c>
       <c r="K243" s="15">
-        <v>0.31902</v>
+        <v>0.19461</v>
       </c>
       <c r="L243" s="15">
-        <v>0.22873</v>
+        <v>0.16866</v>
       </c>
       <c r="M243" s="15">
-        <v>0.19862</v>
+        <v>0.16218</v>
       </c>
       <c r="N243" s="15">
-        <v>259</v>
+        <v>280</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="E244" s="15" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="J244" s="15">
         <v>500</v>
       </c>
       <c r="K244" s="15">
-        <v>0.51093</v>
+        <v>0.32915</v>
       </c>
       <c r="L244" s="15">
-        <v>0.36834</v>
+        <v>0.28526</v>
       </c>
       <c r="M244" s="15">
-        <v>0.32081</v>
+        <v>0.27429</v>
       </c>
       <c r="N244" s="15">
-        <v>2145</v>
+        <v>2243</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="E245" s="15">
         <v>10000022907</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15"/>
       <c r="J245" s="15">
         <v>400</v>
       </c>
       <c r="K245" s="15">
         <v>1.14</v>
       </c>
       <c r="L245" s="15">
         <v>0.61006</v>
       </c>
       <c r="M245" s="15">
         <v>0.54906</v>
       </c>
       <c r="N245" s="15">
-        <v>188</v>
+        <v>272</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="E246" s="15" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
         <v>210</v>
       </c>
       <c r="K246" s="15">
-        <v>1.71</v>
+        <v>1.1</v>
       </c>
       <c r="L246" s="15">
-        <v>1.23</v>
+        <v>0.95294</v>
       </c>
       <c r="M246" s="15">
-        <v>1.07</v>
+        <v>0.91629</v>
       </c>
       <c r="N246" s="15">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="E247" s="15">
         <v>10080010133</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="J247" s="15">
         <v>1</v>
       </c>
       <c r="K247" s="15">
         <v>1.09</v>
       </c>
       <c r="L247" s="15">
         <v>0.54299</v>
       </c>
       <c r="M247" s="15">
         <v>0.49353</v>
       </c>
       <c r="N247" s="15">
         <v>31</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="E248" s="15">
         <v>10080042499</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="J248" s="15">
         <v>300</v>
       </c>
       <c r="K248" s="15">
         <v>0.35</v>
       </c>
       <c r="L248" s="15">
         <v>0.35</v>
       </c>
       <c r="M248" s="15">
         <v>0.35</v>
       </c>
       <c r="N248" s="15">
         <v>5</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="E249" s="15" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15"/>
       <c r="J249" s="15">
         <v>245</v>
       </c>
       <c r="K249" s="15">
-        <v>1.24</v>
+        <v>0.76508</v>
       </c>
       <c r="L249" s="15">
-        <v>0.86226</v>
+        <v>0.66307</v>
       </c>
       <c r="M249" s="15">
-        <v>0.77603</v>
+        <v>0.63756</v>
       </c>
       <c r="N249" s="15">
         <v>8</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15">
         <v>980</v>
       </c>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
         <v>190</v>
       </c>
       <c r="K250" s="15">
-        <v>1.57</v>
+        <v>0.97029</v>
       </c>
       <c r="L250" s="15">
-        <v>1.09</v>
+        <v>0.84092</v>
       </c>
       <c r="M250" s="15">
-        <v>0.9831299999999999</v>
+        <v>0.80858</v>
       </c>
       <c r="N250" s="15">
         <v>8</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15">
         <v>760</v>
       </c>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>100</v>
       </c>
       <c r="K251" s="15">
-        <v>3.2</v>
+        <v>1.98</v>
       </c>
       <c r="L251" s="15">
-        <v>2.31</v>
+        <v>1.71</v>
       </c>
       <c r="M251" s="15">
-        <v>2.01</v>
+        <v>1.65</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15">
         <v>400</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="J252" s="15">
         <v>500</v>
       </c>
       <c r="K252" s="15">
         <v>0.08041</v>
       </c>
       <c r="L252" s="15">
         <v>0.051</v>
       </c>
       <c r="M252" s="15">
         <v>0.047</v>
       </c>
       <c r="N252" s="15">
-        <v>54300</v>
+        <v>45375</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="J253" s="15">
         <v>250</v>
       </c>
       <c r="K253" s="15">
-        <v>0.11729</v>
+        <v>0.08574</v>
       </c>
       <c r="L253" s="15">
-        <v>0.08377999999999999</v>
+        <v>0.07431</v>
       </c>
       <c r="M253" s="15">
-        <v>0.07539999999999999</v>
+        <v>0.07145</v>
       </c>
       <c r="N253" s="15">
-        <v>28184</v>
+        <v>33720</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="E254" s="15" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="J254" s="15">
         <v>200</v>
       </c>
       <c r="K254" s="15">
-        <v>0.16441</v>
+        <v>0.11478</v>
       </c>
       <c r="L254" s="15">
-        <v>0.11471</v>
+        <v>0.09948</v>
       </c>
       <c r="M254" s="15">
-        <v>0.10323</v>
+        <v>0.09565</v>
       </c>
       <c r="N254" s="15">
-        <v>86342</v>
+        <v>83531</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
-        <v>0.20015</v>
+        <v>0.14336</v>
       </c>
       <c r="L255" s="15">
-        <v>0.14297</v>
+        <v>0.12424</v>
       </c>
       <c r="M255" s="15">
-        <v>0.12867</v>
+        <v>0.11946</v>
       </c>
       <c r="N255" s="15">
-        <v>11892</v>
+        <v>10370</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="J256" s="15">
         <v>100</v>
       </c>
       <c r="K256" s="15">
-        <v>0.23339</v>
+        <v>0.15678</v>
       </c>
       <c r="L256" s="15">
-        <v>0.16671</v>
+        <v>0.13588</v>
       </c>
       <c r="M256" s="15">
-        <v>0.15004</v>
+        <v>0.13065</v>
       </c>
       <c r="N256" s="15">
-        <v>15759</v>
+        <v>16657</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="J257" s="15">
         <v>100</v>
       </c>
       <c r="K257" s="15">
         <v>0.1892</v>
       </c>
       <c r="L257" s="15">
         <v>0.16397</v>
       </c>
       <c r="M257" s="15">
         <v>0.15766</v>
       </c>
       <c r="N257" s="15">
-        <v>483</v>
+        <v>553</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="E258" s="15" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="J258" s="15">
         <v>1000</v>
       </c>
       <c r="K258" s="15">
-        <v>0.31017</v>
+        <v>0.2192</v>
       </c>
       <c r="L258" s="15">
-        <v>0.22155</v>
+        <v>0.18997</v>
       </c>
       <c r="M258" s="15">
-        <v>0.1994</v>
+        <v>0.18266</v>
       </c>
       <c r="N258" s="15">
-        <v>1213</v>
+        <v>347</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="J259" s="15">
         <v>1350</v>
       </c>
       <c r="K259" s="15">
-        <v>0.37354</v>
+        <v>0.25821</v>
       </c>
       <c r="L259" s="15">
-        <v>0.27026</v>
+        <v>0.22378</v>
       </c>
       <c r="M259" s="15">
-        <v>0.23583</v>
+        <v>0.21518</v>
       </c>
       <c r="N259" s="15">
-        <v>761</v>
+        <v>873</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="J260" s="15">
         <v>1150</v>
       </c>
       <c r="K260" s="15">
         <v>0.27332</v>
       </c>
       <c r="L260" s="15">
         <v>0.23687</v>
       </c>
       <c r="M260" s="15">
         <v>0.22776</v>
       </c>
       <c r="N260" s="15">
-        <v>3944</v>
+        <v>2496</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="E261" s="15">
         <v>10080006154</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="J261" s="15">
         <v>1025</v>
       </c>
       <c r="K261" s="15">
-        <v>0.58638</v>
+        <v>0.35975</v>
       </c>
       <c r="L261" s="15">
-        <v>0.42044</v>
+        <v>0.31178</v>
       </c>
       <c r="M261" s="15">
-        <v>0.36512</v>
+        <v>0.29979</v>
       </c>
       <c r="N261" s="15">
         <v>1</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="E262" s="15" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="J262" s="15">
         <v>1025</v>
       </c>
       <c r="K262" s="15">
         <v>0.32645</v>
       </c>
       <c r="L262" s="15">
         <v>0.2938</v>
       </c>
       <c r="M262" s="15">
         <v>0.27204</v>
       </c>
       <c r="N262" s="15">
-        <v>533</v>
+        <v>379</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="E263" s="15" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15"/>
       <c r="J263" s="15">
         <v>755</v>
       </c>
       <c r="K263" s="15">
-        <v>0.61507</v>
+        <v>0.47021</v>
       </c>
       <c r="L263" s="15">
-        <v>0.43934</v>
+        <v>0.40751</v>
       </c>
       <c r="M263" s="15">
-        <v>0.3954</v>
+        <v>0.39184</v>
       </c>
       <c r="N263" s="15">
         <v>254</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="E264" s="15">
         <v>10080033505</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
         <v>270</v>
       </c>
       <c r="K264" s="15">
         <v>0.21512</v>
       </c>
       <c r="L264" s="15">
         <v>0.14303</v>
       </c>
       <c r="M264" s="15">
         <v>0.13047</v>
       </c>
       <c r="N264" s="15">
-        <v>173</v>
+        <v>238</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="E265" s="15">
         <v>10080033506</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15"/>
       <c r="K265" s="15">
         <v>0.31977</v>
       </c>
       <c r="L265" s="15">
         <v>0.21279</v>
       </c>
       <c r="M265" s="15">
         <v>0.19419</v>
       </c>
       <c r="N265" s="15">
-        <v>220</v>
+        <v>179</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E266" s="15">
         <v>10080033507</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15">
         <v>270</v>
       </c>
       <c r="K266" s="15">
         <v>0.4256</v>
       </c>
       <c r="L266" s="15">
         <v>0.28373</v>
       </c>
       <c r="M266" s="15">
         <v>0.25815</v>
       </c>
       <c r="N266" s="15">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="E267" s="15">
         <v>10080033508</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>270</v>
       </c>
       <c r="K267" s="15">
         <v>0.63606</v>
       </c>
       <c r="L267" s="15">
         <v>0.42444</v>
       </c>
       <c r="M267" s="15">
         <v>0.38489</v>
       </c>
       <c r="N267" s="15">
         <v>91</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="E268" s="15">
         <v>10080033509</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>270</v>
       </c>
       <c r="K268" s="15">
         <v>0.84422</v>
       </c>
       <c r="L268" s="15">
         <v>0.56281</v>
       </c>
       <c r="M268" s="15">
         <v>0.51164</v>
       </c>
       <c r="N268" s="15">
-        <v>168</v>
+        <v>243</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="E269" s="15" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="J269" s="15">
         <v>1</v>
       </c>
       <c r="K269" s="15">
-        <v>0.36245</v>
+        <v>0.23463</v>
       </c>
       <c r="L269" s="15">
-        <v>0.26132</v>
+        <v>0.20335</v>
       </c>
       <c r="M269" s="15">
-        <v>0.2276</v>
+        <v>0.19553</v>
       </c>
       <c r="N269" s="15">
         <v>30</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="E270" s="15">
         <v>10080013911</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="J270" s="15">
         <v>475</v>
       </c>
       <c r="K270" s="15">
         <v>1.44</v>
       </c>
       <c r="L270" s="15">
         <v>0.72102</v>
       </c>
       <c r="M270" s="15">
         <v>0.65542</v>
       </c>
       <c r="N270" s="15">
         <v>6</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="E271" s="15" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="J271" s="15">
         <v>1</v>
       </c>
       <c r="K271" s="15">
         <v>1.07</v>
       </c>
       <c r="L271" s="15">
         <v>0.53705</v>
       </c>
       <c r="M271" s="15">
         <v>0.48819</v>
       </c>
       <c r="N271" s="15">
         <v>65</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="E272" s="15" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="J272" s="15">
         <v>200</v>
       </c>
       <c r="K272" s="15">
-        <v>0.23949</v>
+        <v>0.15309</v>
       </c>
       <c r="L272" s="15">
-        <v>0.17266</v>
+        <v>0.13268</v>
       </c>
       <c r="M272" s="15">
-        <v>0.15038</v>
+        <v>0.12758</v>
       </c>
       <c r="N272" s="15">
-        <v>5240</v>
+        <v>4333</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="E273" s="15">
         <v>10080013923</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="J273" s="15">
         <v>200</v>
       </c>
       <c r="K273" s="15">
-        <v>0.2621</v>
+        <v>0.16179</v>
       </c>
       <c r="L273" s="15">
-        <v>0.18895</v>
+        <v>0.14022</v>
       </c>
       <c r="M273" s="15">
-        <v>0.16458</v>
+        <v>0.13483</v>
       </c>
       <c r="N273" s="15">
-        <v>1145</v>
+        <v>1253</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="E274" s="15" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
-        <v>0.29511</v>
+        <v>0.21375</v>
       </c>
       <c r="L274" s="15">
-        <v>0.2108</v>
+        <v>0.18525</v>
       </c>
       <c r="M274" s="15">
-        <v>0.18972</v>
+        <v>0.17813</v>
       </c>
       <c r="N274" s="15">
-        <v>27279</v>
+        <v>25948</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="E275" s="15" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="J275" s="15"/>
       <c r="K275" s="15">
-        <v>0.57063</v>
+        <v>0.22064</v>
       </c>
       <c r="L275" s="15">
-        <v>0.28526</v>
+        <v>0.19122</v>
       </c>
       <c r="M275" s="15">
-        <v>0.25939</v>
+        <v>0.18386</v>
       </c>
       <c r="N275" s="15">
         <v>56</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="J276" s="15"/>
       <c r="K276" s="15">
-        <v>0.35039</v>
+        <v>0.24221</v>
       </c>
       <c r="L276" s="15">
-        <v>0.25351</v>
+        <v>0.20991</v>
       </c>
       <c r="M276" s="15">
-        <v>0.22121</v>
+        <v>0.20184</v>
       </c>
       <c r="N276" s="15">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="J277" s="15">
         <v>100</v>
       </c>
       <c r="K277" s="15">
-        <v>0.42981</v>
+        <v>0.31871</v>
       </c>
       <c r="L277" s="15">
-        <v>0.30701</v>
+        <v>0.27621</v>
       </c>
       <c r="M277" s="15">
-        <v>0.2763</v>
+        <v>0.26559</v>
       </c>
       <c r="N277" s="15">
-        <v>5814</v>
+        <v>6304</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="J278" s="15">
         <v>800</v>
       </c>
       <c r="K278" s="15">
-        <v>0.41108</v>
+        <v>0.29081</v>
       </c>
       <c r="L278" s="15">
-        <v>0.29363</v>
+        <v>0.25203</v>
       </c>
       <c r="M278" s="15">
-        <v>0.26426</v>
+        <v>0.24234</v>
       </c>
       <c r="N278" s="15">
-        <v>584</v>
+        <v>636</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="J279" s="15">
         <v>1000</v>
       </c>
       <c r="K279" s="15">
-        <v>0.51517</v>
+        <v>0.38264</v>
       </c>
       <c r="L279" s="15">
-        <v>0.36798</v>
+        <v>0.33162</v>
       </c>
       <c r="M279" s="15">
-        <v>0.33118</v>
+        <v>0.31886</v>
       </c>
       <c r="N279" s="15">
-        <v>5811</v>
+        <v>6573</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="J280" s="15"/>
       <c r="K280" s="15">
-        <v>0.41891</v>
+        <v>0.29925</v>
       </c>
       <c r="L280" s="15">
-        <v>0.29922</v>
+        <v>0.25935</v>
       </c>
       <c r="M280" s="15">
-        <v>0.2693</v>
+        <v>0.24938</v>
       </c>
       <c r="N280" s="15">
-        <v>3417</v>
+        <v>3172</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15"/>
       <c r="J281" s="15">
         <v>4000</v>
       </c>
       <c r="K281" s="15">
-        <v>0.45293</v>
+        <v>0.32898</v>
       </c>
       <c r="L281" s="15">
-        <v>0.32352</v>
+        <v>0.28512</v>
       </c>
       <c r="M281" s="15">
-        <v>0.29117</v>
+        <v>0.27415</v>
       </c>
       <c r="N281" s="15">
-        <v>7984</v>
+        <v>7186</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
         <v>945</v>
       </c>
       <c r="K282" s="15">
-        <v>0.56162</v>
+        <v>0.41388</v>
       </c>
       <c r="L282" s="15">
-        <v>0.40116</v>
+        <v>0.3587</v>
       </c>
       <c r="M282" s="15">
-        <v>0.36104</v>
+        <v>0.3449</v>
       </c>
       <c r="N282" s="15">
-        <v>2563</v>
+        <v>2131</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15">
         <v>3780</v>
       </c>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>3360</v>
       </c>
       <c r="K283" s="15">
-        <v>3.44</v>
+        <v>0.41324</v>
       </c>
       <c r="L283" s="15">
-        <v>0.4296</v>
+        <v>0.35814</v>
       </c>
       <c r="M283" s="15">
-        <v>0.38664</v>
+        <v>0.34436</v>
       </c>
       <c r="N283" s="15">
-        <v>1824</v>
+        <v>2610</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="E284" s="15">
         <v>10080013928</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>750</v>
       </c>
       <c r="K284" s="15">
-        <v>0.7498</v>
+        <v>0.46373</v>
       </c>
       <c r="L284" s="15">
-        <v>0.5355799999999999</v>
+        <v>0.4019</v>
       </c>
       <c r="M284" s="15">
-        <v>0.46417</v>
+        <v>0.38644</v>
       </c>
       <c r="N284" s="15">
-        <v>266</v>
+        <v>218</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="E285" s="15" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="15" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="J285" s="15">
         <v>650</v>
       </c>
       <c r="K285" s="15">
-        <v>0.77547</v>
+        <v>0.5486</v>
       </c>
       <c r="L285" s="15">
-        <v>0.55391</v>
+        <v>0.47545</v>
       </c>
       <c r="M285" s="15">
-        <v>0.49851</v>
+        <v>0.45716</v>
       </c>
       <c r="N285" s="15">
-        <v>188</v>
+        <v>45</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="E286" s="15">
         <v>10080033525</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>270</v>
       </c>
       <c r="K286" s="15">
         <v>0.42444</v>
       </c>
       <c r="L286" s="15">
         <v>0.28257</v>
       </c>
       <c r="M286" s="15">
         <v>0.25698</v>
       </c>
       <c r="N286" s="15">
-        <v>187</v>
+        <v>227</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="E287" s="15">
         <v>10080033526</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>270</v>
       </c>
       <c r="K287" s="15">
         <v>0.53142</v>
       </c>
       <c r="L287" s="15">
         <v>0.35466</v>
       </c>
       <c r="M287" s="15">
         <v>0.3221</v>
       </c>
       <c r="N287" s="15">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="E288" s="15">
         <v>10080033527</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15"/>
       <c r="K288" s="15">
         <v>0.63723</v>
       </c>
       <c r="L288" s="15">
         <v>0.42444</v>
       </c>
       <c r="M288" s="15">
         <v>0.38606</v>
       </c>
       <c r="N288" s="15">
-        <v>200</v>
+        <v>170</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="E289" s="15">
         <v>10080033528</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15"/>
       <c r="K289" s="15">
         <v>0.8477</v>
       </c>
       <c r="L289" s="15">
         <v>0.56514</v>
       </c>
       <c r="M289" s="15">
         <v>0.51281</v>
       </c>
       <c r="N289" s="15">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="E290" s="15">
         <v>10080033529</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>1.06</v>
       </c>
       <c r="L290" s="15">
         <v>0.70468</v>
       </c>
       <c r="M290" s="15">
         <v>0.64072</v>
       </c>
       <c r="N290" s="15">
         <v>235</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="E291" s="15">
         <v>10080035384</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="J291" s="15">
         <v>600</v>
       </c>
       <c r="K291" s="15">
         <v>0.54713</v>
       </c>
       <c r="L291" s="15">
         <v>0.29067</v>
       </c>
       <c r="M291" s="15">
         <v>0.24792</v>
       </c>
       <c r="N291" s="15">
         <v>3</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="E292" s="15">
         <v>10080035385</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="J292" s="15">
         <v>640</v>
       </c>
       <c r="K292" s="15">
         <v>0.81731</v>
       </c>
       <c r="L292" s="15">
         <v>0.4342</v>
       </c>
       <c r="M292" s="15">
         <v>0.37033</v>
       </c>
       <c r="N292" s="15">
         <v>9</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E293" s="15" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="J293" s="15">
         <v>525</v>
       </c>
       <c r="K293" s="15">
         <v>0.30622</v>
       </c>
       <c r="L293" s="15">
         <v>0.22077</v>
       </c>
       <c r="M293" s="15">
         <v>0.19227</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="E294" s="15">
         <v>10080042539</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="J294" s="15"/>
       <c r="K294" s="15">
         <v>0.227</v>
       </c>
       <c r="L294" s="15">
         <v>0.227</v>
       </c>
       <c r="M294" s="15">
         <v>0.227</v>
       </c>
       <c r="N294" s="15">
         <v>1</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="E295" s="15" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J295" s="15">
         <v>510</v>
       </c>
       <c r="K295" s="15">
-        <v>0.6896600000000001</v>
+        <v>0.48434</v>
       </c>
       <c r="L295" s="15">
-        <v>0.49262</v>
+        <v>0.41976</v>
       </c>
       <c r="M295" s="15">
-        <v>0.44335</v>
+        <v>0.40361</v>
       </c>
       <c r="N295" s="15">
-        <v>2520</v>
+        <v>2550</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="E296" s="15">
         <v>10080013931</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="J296" s="15"/>
       <c r="K296" s="15">
         <v>1.8</v>
       </c>
       <c r="L296" s="15">
         <v>0.89775</v>
       </c>
       <c r="M296" s="15">
         <v>0.81613</v>
       </c>
       <c r="N296" s="15">
         <v>1</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="E297" s="15" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15"/>
       <c r="J297" s="15">
         <v>210</v>
       </c>
       <c r="K297" s="15">
-        <v>1.54</v>
+        <v>0.98942</v>
       </c>
       <c r="L297" s="15">
-        <v>1.11</v>
+        <v>0.85749</v>
       </c>
       <c r="M297" s="15">
-        <v>0.96447</v>
+        <v>0.82451</v>
       </c>
       <c r="N297" s="15">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15">
         <v>840</v>
       </c>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="J298" s="15">
         <v>100</v>
       </c>
       <c r="K298" s="15">
         <v>1.79</v>
       </c>
       <c r="L298" s="15">
         <v>0.89419</v>
       </c>
       <c r="M298" s="15">
         <v>0.8128300000000001</v>
       </c>
       <c r="N298" s="15">
         <v>60</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="E299" s="15" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>190</v>
       </c>
       <c r="K299" s="15">
-        <v>1.82</v>
+        <v>1.13</v>
       </c>
       <c r="L299" s="15">
-        <v>1.31</v>
+        <v>0.9757400000000001</v>
       </c>
       <c r="M299" s="15">
-        <v>1.14</v>
+        <v>0.93821</v>
       </c>
       <c r="N299" s="15">
-        <v>211</v>
+        <v>309</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15">
         <v>760</v>
       </c>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="J300" s="15"/>
       <c r="K300" s="15">
         <v>0.46784</v>
       </c>
       <c r="L300" s="15">
         <v>0.42105</v>
       </c>
       <c r="M300" s="15">
         <v>0.38986</v>
       </c>
       <c r="N300" s="15">
         <v>50</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E301" s="15" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I301" s="15" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="J301" s="15"/>
       <c r="K301" s="15">
         <v>0.48048</v>
       </c>
       <c r="L301" s="15">
         <v>0.43243</v>
       </c>
       <c r="M301" s="15">
         <v>0.4004</v>
       </c>
       <c r="N301" s="15">
-        <v>880</v>
+        <v>800</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C302" s="15" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D302" s="15" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="E302" s="15" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="J302" s="15">
         <v>2000</v>
       </c>
       <c r="K302" s="15">
         <v>0.14142</v>
       </c>
       <c r="L302" s="15">
         <v>0.12728</v>
       </c>
       <c r="M302" s="15">
         <v>0.11785</v>
       </c>
       <c r="N302" s="15">
-        <v>124</v>
+        <v>160</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15">
         <v>8000</v>
       </c>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="J303" s="15">
         <v>500</v>
       </c>
       <c r="K303" s="15">
         <v>0.13169</v>
       </c>
       <c r="L303" s="15">
         <v>0.107</v>
       </c>
       <c r="M303" s="15">
         <v>0.09798999999999999</v>
       </c>
       <c r="N303" s="15">
-        <v>12488</v>
+        <v>359</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15">
         <v>8000</v>
       </c>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="E304" s="15">
         <v>10080028294</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="J304" s="15">
         <v>500</v>
       </c>
       <c r="K304" s="15">
         <v>0.27482</v>
       </c>
       <c r="L304" s="15">
         <v>0.14723</v>
       </c>
       <c r="M304" s="15">
         <v>0.12759</v>
       </c>
       <c r="N304" s="15">
         <v>7</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="E305" s="15" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="J305" s="15">
         <v>400</v>
       </c>
       <c r="K305" s="15">
         <v>0.21438</v>
       </c>
       <c r="L305" s="15">
         <v>0.18672</v>
       </c>
       <c r="M305" s="15">
         <v>0.17289</v>
       </c>
       <c r="N305" s="15">
-        <v>14876</v>
+        <v>9592</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="E306" s="15">
         <v>10080028295</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="J306" s="15">
         <v>300</v>
       </c>
       <c r="K306" s="15">
         <v>0.37907</v>
       </c>
       <c r="L306" s="15">
         <v>0.21993</v>
       </c>
       <c r="M306" s="15">
         <v>0.19098</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="E307" s="15" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="J307" s="15">
         <v>250</v>
       </c>
       <c r="K307" s="15">
         <v>0.26111</v>
       </c>
       <c r="L307" s="15">
         <v>0.22629</v>
       </c>
       <c r="M307" s="15">
         <v>0.21759</v>
       </c>
       <c r="N307" s="15">
-        <v>6228</v>
+        <v>3458</v>
       </c>
       <c r="O307" s="15">
-        <v>9750</v>
-[...3 lines deleted...]
-      </c>
+        <v>11850</v>
+      </c>
+      <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="E308" s="15">
         <v>10080028296</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>1067</v>
       </c>
       <c r="J308" s="15">
         <v>250</v>
       </c>
       <c r="K308" s="15">
         <v>0.50507</v>
       </c>
       <c r="L308" s="15">
         <v>0.29302</v>
       </c>
       <c r="M308" s="15">
         <v>0.25447</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>1068</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>1069</v>
       </c>
       <c r="E309" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="J309" s="15">
         <v>1000</v>
       </c>
       <c r="K309" s="15">
         <v>0.35709</v>
       </c>
       <c r="L309" s="15">
         <v>0.31101</v>
       </c>
       <c r="M309" s="15">
         <v>0.28798</v>
       </c>
       <c r="N309" s="15">
-        <v>21834</v>
+        <v>6485</v>
       </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15">
         <v>4000</v>
       </c>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>1075</v>
       </c>
       <c r="J310" s="15"/>
       <c r="K310" s="15">
         <v>0.4058</v>
       </c>
       <c r="L310" s="15">
         <v>0.36522</v>
       </c>
       <c r="M310" s="15">
         <v>0.33816</v>
       </c>
       <c r="N310" s="15">
-        <v>13465</v>
+        <v>14515</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="E311" s="15">
         <v>10080028297</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I311" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="J311" s="15">
         <v>200</v>
       </c>
       <c r="K311" s="15">
         <v>0.80076</v>
       </c>
       <c r="L311" s="15">
         <v>0.43161</v>
       </c>
       <c r="M311" s="15">
         <v>0.37482</v>
       </c>
       <c r="N311" s="15">
         <v>3</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="E312" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I312" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="J312" s="15"/>
       <c r="K312" s="15">
         <v>0.49964</v>
       </c>
       <c r="L312" s="15">
         <v>0.43517</v>
       </c>
       <c r="M312" s="15">
         <v>0.40294</v>
       </c>
       <c r="N312" s="15">
-        <v>1103</v>
+        <v>1341</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>1086</v>
       </c>
       <c r="J313" s="15">
         <v>150</v>
       </c>
       <c r="K313" s="15">
         <v>0.57015</v>
       </c>
       <c r="L313" s="15">
         <v>0.49658</v>
       </c>
       <c r="M313" s="15">
         <v>0.4598</v>
       </c>
       <c r="N313" s="15">
-        <v>4134</v>
+        <v>4823</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>1087</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>1088</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I314" s="15" t="s">
         <v>1090</v>
       </c>
       <c r="J314" s="15">
         <v>100</v>
       </c>
       <c r="K314" s="15">
         <v>0.60939</v>
       </c>
       <c r="L314" s="15">
         <v>0.54845</v>
       </c>
       <c r="M314" s="15">
         <v>0.50783</v>
       </c>
       <c r="N314" s="15">
-        <v>892</v>
+        <v>1043</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>1091</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>1092</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>1093</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I315" s="15" t="s">
         <v>1094</v>
       </c>
       <c r="J315" s="15">
         <v>100</v>
       </c>
       <c r="K315" s="15">
         <v>0.71405</v>
       </c>
       <c r="L315" s="15">
         <v>0.62192</v>
       </c>
       <c r="M315" s="15">
         <v>0.57585</v>
       </c>
       <c r="N315" s="15">
-        <v>1640</v>
+        <v>1197</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>1095</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>1096</v>
       </c>
       <c r="E316" s="15">
         <v>10080038310</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I316" s="15" t="s">
         <v>1097</v>
       </c>
       <c r="J316" s="15">
         <v>800</v>
       </c>
       <c r="K316" s="15">
         <v>1.67</v>
       </c>
       <c r="L316" s="15">
         <v>0.92558</v>
       </c>
       <c r="M316" s="15">
         <v>0.77628</v>
       </c>
       <c r="N316" s="15">
-        <v>339</v>
+        <v>315</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C317" s="15" t="s">
         <v>1098</v>
       </c>
       <c r="D317" s="15" t="s">
         <v>1099</v>
       </c>
       <c r="E317" s="15" t="s">
         <v>1100</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I317" s="15" t="s">
         <v>1101</v>
       </c>
       <c r="J317" s="15"/>
       <c r="K317" s="15">
         <v>0.88031</v>
       </c>
       <c r="L317" s="15">
         <v>0.79227</v>
       </c>
       <c r="M317" s="15">
         <v>0.73359</v>
       </c>
       <c r="N317" s="15">
-        <v>1217</v>
+        <v>1452</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>1103</v>
       </c>
       <c r="E318" s="15" t="s">
         <v>1104</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I318" s="15" t="s">
         <v>1105</v>
       </c>
       <c r="J318" s="15">
         <v>480</v>
       </c>
       <c r="K318" s="15">
         <v>1.08</v>
       </c>
       <c r="L318" s="15">
         <v>0.97392</v>
       </c>
       <c r="M318" s="15">
         <v>0.90178</v>
       </c>
       <c r="N318" s="15">
-        <v>1658</v>
+        <v>1199</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15">
         <v>1920</v>
       </c>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>1106</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>1107</v>
       </c>
       <c r="E319" s="15">
         <v>10080044875</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I319" s="15" t="s">
         <v>1108</v>
       </c>
       <c r="J319" s="15">
         <v>200</v>
       </c>
       <c r="K319" s="15">
         <v>0.6832</v>
       </c>
       <c r="L319" s="15">
         <v>0.36601</v>
       </c>
       <c r="M319" s="15">
         <v>0.31719</v>
       </c>
       <c r="N319" s="15">
-        <v>948</v>
+        <v>1032</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>1109</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>1110</v>
       </c>
       <c r="E320" s="15" t="s">
         <v>1111</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I320" s="15" t="s">
         <v>1112</v>
       </c>
       <c r="J320" s="15">
         <v>100</v>
       </c>
       <c r="K320" s="15">
         <v>0.45861</v>
       </c>
       <c r="L320" s="15">
         <v>0.41275</v>
       </c>
       <c r="M320" s="15">
         <v>0.38218</v>
       </c>
       <c r="N320" s="15">
-        <v>311</v>
+        <v>345</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C321" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="D321" s="15" t="s">
         <v>1114</v>
       </c>
       <c r="E321" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I321" s="15" t="s">
         <v>1116</v>
       </c>
       <c r="J321" s="15"/>
       <c r="K321" s="15">
         <v>0.41517</v>
       </c>
       <c r="L321" s="15">
         <v>0.3616</v>
       </c>
       <c r="M321" s="15">
         <v>0.33481</v>
       </c>
       <c r="N321" s="15">
-        <v>445</v>
+        <v>355</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C322" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="D322" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="E322" s="15" t="s">
         <v>1119</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I322" s="15" t="s">
         <v>1120</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
         <v>0.5079</v>
       </c>
       <c r="L322" s="15">
         <v>0.44018</v>
       </c>
       <c r="M322" s="15">
         <v>0.42325</v>
       </c>
       <c r="N322" s="15">
-        <v>2072</v>
+        <v>2296</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>1121</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>1122</v>
       </c>
       <c r="E323" s="15" t="s">
         <v>1123</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I323" s="15" t="s">
         <v>1124</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
         <v>0.97196</v>
       </c>
       <c r="L323" s="15">
         <v>0.84654</v>
       </c>
       <c r="M323" s="15">
         <v>0.78384</v>
       </c>
       <c r="N323" s="15">
-        <v>737</v>
+        <v>787</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>1125</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>1126</v>
       </c>
       <c r="E324" s="15" t="s">
         <v>1127</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I324" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>2.23</v>
       </c>
       <c r="L324" s="15">
         <v>2.01</v>
       </c>
       <c r="M324" s="15">
         <v>1.86</v>
       </c>
       <c r="N324" s="15"/>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>1129</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>1130</v>
       </c>
       <c r="E325" s="15" t="s">
         <v>1131</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I325" s="15" t="s">
         <v>1132</v>
       </c>
       <c r="J325" s="15"/>
       <c r="K325" s="15">
         <v>0.20858</v>
       </c>
       <c r="L325" s="15">
         <v>0.18167</v>
       </c>
       <c r="M325" s="15">
         <v>0.16821</v>
       </c>
       <c r="N325" s="15">
-        <v>650</v>
+        <v>840</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>1133</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>1134</v>
       </c>
       <c r="E326" s="15" t="s">
         <v>1135</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I326" s="15" t="s">
         <v>1136</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
         <v>0.31251</v>
       </c>
       <c r="L326" s="15">
         <v>0.27219</v>
       </c>
       <c r="M326" s="15">
         <v>0.25203</v>
       </c>
       <c r="N326" s="15">
-        <v>826</v>
+        <v>647</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C327" s="15" t="s">
         <v>1137</v>
       </c>
       <c r="D327" s="15" t="s">
         <v>1138</v>
       </c>
       <c r="E327" s="15" t="s">
         <v>1139</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I327" s="15" t="s">
         <v>1140</v>
       </c>
       <c r="J327" s="15">
         <v>680</v>
       </c>
       <c r="K327" s="15">
         <v>0.41551</v>
       </c>
       <c r="L327" s="15">
         <v>0.36189</v>
       </c>
       <c r="M327" s="15">
         <v>0.33509</v>
       </c>
       <c r="N327" s="15">
-        <v>730</v>
+        <v>630</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15">
         <v>2720</v>
       </c>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>1141</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>1142</v>
       </c>
       <c r="E328" s="15" t="s">
         <v>1143</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I328" s="15" t="s">
         <v>1144</v>
       </c>
       <c r="J328" s="15"/>
       <c r="K328" s="15">
         <v>0.62183</v>
       </c>
       <c r="L328" s="15">
         <v>0.54159</v>
       </c>
       <c r="M328" s="15">
         <v>0.50148</v>
       </c>
       <c r="N328" s="15">
-        <v>303</v>
+        <v>272</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>1145</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>1146</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>1147</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I329" s="15" t="s">
         <v>1148</v>
       </c>
       <c r="J329" s="15"/>
       <c r="K329" s="15">
         <v>0.78776</v>
       </c>
       <c r="L329" s="15">
         <v>0.7089800000000001</v>
       </c>
       <c r="M329" s="15">
         <v>0.65646</v>
       </c>
       <c r="N329" s="15">
         <v>100</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>1149</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>1150</v>
       </c>
       <c r="E330" s="15" t="s">
         <v>1151</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I330" s="15" t="s">
         <v>1152</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>1.04</v>
       </c>
       <c r="L330" s="15">
         <v>0.90269</v>
       </c>
       <c r="M330" s="15">
         <v>0.83583</v>
       </c>
       <c r="N330" s="15">
-        <v>585</v>
+        <v>738</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C331" s="15" t="s">
         <v>1153</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>1154</v>
       </c>
       <c r="E331" s="15" t="s">
         <v>1155</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I331" s="15" t="s">
         <v>1156</v>
       </c>
       <c r="J331" s="15">
         <v>150</v>
       </c>
       <c r="K331" s="15">
         <v>0.50435</v>
       </c>
       <c r="L331" s="15">
         <v>0.45391</v>
       </c>
       <c r="M331" s="15">
         <v>0.42029</v>
       </c>
       <c r="N331" s="15">
         <v>1088</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>1157</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>1158</v>
       </c>
       <c r="E332" s="15" t="s">
         <v>1159</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I332" s="15" t="s">
         <v>1160</v>
       </c>
       <c r="J332" s="15">
         <v>100</v>
       </c>
       <c r="K332" s="15">
         <v>0.72728</v>
       </c>
       <c r="L332" s="15">
         <v>0.63343</v>
       </c>
       <c r="M332" s="15">
         <v>0.58651</v>
       </c>
       <c r="N332" s="15">
-        <v>1418</v>
+        <v>1538</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C333" s="15" t="s">
         <v>1161</v>
       </c>
       <c r="D333" s="15" t="s">
         <v>1162</v>
       </c>
       <c r="E333" s="15" t="s">
         <v>1163</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I333" s="15" t="s">
         <v>1164</v>
       </c>
       <c r="J333" s="15"/>
       <c r="K333" s="15">
         <v>0.9053099999999999</v>
       </c>
       <c r="L333" s="15">
         <v>0.8147799999999999</v>
       </c>
       <c r="M333" s="15">
         <v>0.75443</v>
       </c>
       <c r="N333" s="15">
-        <v>375</v>
+        <v>400</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C334" s="15" t="s">
         <v>1165</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>1166</v>
       </c>
       <c r="E334" s="15" t="s">
         <v>1167</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I334" s="15" t="s">
         <v>1168</v>
       </c>
       <c r="J334" s="15"/>
       <c r="K334" s="15">
         <v>1.14</v>
       </c>
       <c r="L334" s="15">
         <v>0.99347</v>
       </c>
       <c r="M334" s="15">
         <v>0.91988</v>
       </c>
       <c r="N334" s="15">
-        <v>740</v>
+        <v>670</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>1169</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>1170</v>
       </c>
       <c r="E335" s="15" t="s">
         <v>1171</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I335" s="15" t="s">
         <v>1172</v>
       </c>
       <c r="J335" s="15">
         <v>250</v>
       </c>
       <c r="K335" s="15">
         <v>1.14</v>
       </c>
       <c r="L335" s="15">
         <v>0.98935</v>
       </c>
       <c r="M335" s="15">
         <v>0.9513</v>
       </c>
       <c r="N335" s="15">
-        <v>620</v>
+        <v>730</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15">
         <v>1000</v>
       </c>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>1173</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>1174</v>
       </c>
       <c r="E336" s="15" t="s">
         <v>1175</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I336" s="15" t="s">
         <v>1176</v>
       </c>
       <c r="J336" s="15"/>
       <c r="K336" s="15">
         <v>1.3</v>
       </c>
       <c r="L336" s="15">
         <v>1.17</v>
       </c>
       <c r="M336" s="15">
         <v>1.09</v>
       </c>
       <c r="N336" s="15">
-        <v>440</v>
+        <v>420</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>1177</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>1178</v>
       </c>
       <c r="E337" s="15" t="s">
         <v>1179</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I337" s="15" t="s">
         <v>1180</v>
       </c>
       <c r="J337" s="15"/>
       <c r="K337" s="15">
         <v>1.67</v>
       </c>
       <c r="L337" s="15">
         <v>1.5</v>
       </c>
       <c r="M337" s="15">
         <v>1.39</v>
       </c>
       <c r="N337" s="15">
-        <v>1680</v>
+        <v>1280</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>1181</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>1182</v>
       </c>
       <c r="E338" s="15" t="s">
         <v>1183</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I338" s="15" t="s">
         <v>1184</v>
       </c>
       <c r="J338" s="15">
         <v>300</v>
       </c>
       <c r="K338" s="15">
         <v>0.21543</v>
       </c>
       <c r="L338" s="15">
         <v>0.18764</v>
       </c>
       <c r="M338" s="15">
         <v>0.17374</v>
       </c>
       <c r="N338" s="15">
-        <v>1075</v>
+        <v>765</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C339" s="15" t="s">
         <v>1185</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>1186</v>
       </c>
       <c r="E339" s="15" t="s">
         <v>1187</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I339" s="15" t="s">
         <v>1188</v>
       </c>
       <c r="J339" s="15"/>
       <c r="K339" s="15">
         <v>0.2154</v>
       </c>
       <c r="L339" s="15">
         <v>0.1876</v>
       </c>
       <c r="M339" s="15">
         <v>0.1737</v>
       </c>
       <c r="N339" s="15">
         <v>2</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>1189</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>1190</v>
       </c>
       <c r="E340" s="15" t="s">
         <v>1191</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I340" s="15" t="s">
         <v>1192</v>
       </c>
       <c r="J340" s="15"/>
       <c r="K340" s="15">
         <v>0.27141</v>
       </c>
       <c r="L340" s="15">
         <v>0.24427</v>
       </c>
       <c r="M340" s="15">
         <v>0.22618</v>
       </c>
       <c r="N340" s="15">
-        <v>2170</v>
+        <v>2590</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>1193</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>1194</v>
       </c>
       <c r="E341" s="15" t="s">
         <v>1195</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I341" s="15" t="s">
         <v>1196</v>
       </c>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
         <v>0.53255</v>
       </c>
       <c r="L341" s="15">
         <v>0.36213</v>
       </c>
       <c r="M341" s="15">
         <v>0.32885</v>
       </c>
       <c r="N341" s="15">
         <v>1</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>1197</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>1198</v>
       </c>
       <c r="E342" s="15" t="s">
         <v>1199</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I342" s="15" t="s">
         <v>1200</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
         <v>0.515</v>
       </c>
       <c r="L342" s="15">
         <v>0.515</v>
       </c>
       <c r="M342" s="15">
         <v>0.515</v>
       </c>
       <c r="N342" s="15">
         <v>2</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>1201</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>1202</v>
       </c>
       <c r="E343" s="15" t="s">
         <v>1203</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I343" s="15" t="s">
         <v>1204</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
         <v>0.52</v>
       </c>
       <c r="L343" s="15">
         <v>0.52</v>
       </c>
       <c r="M343" s="15">
         <v>0.52</v>
       </c>
       <c r="N343" s="15">
         <v>2</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>1205</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>1206</v>
       </c>
       <c r="E344" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I344" s="15" t="s">
         <v>1208</v>
       </c>
       <c r="J344" s="15">
         <v>150</v>
       </c>
       <c r="K344" s="15">
         <v>0.49952</v>
       </c>
       <c r="L344" s="15">
         <v>0.43506</v>
       </c>
       <c r="M344" s="15">
         <v>0.40284</v>
       </c>
       <c r="N344" s="15">
-        <v>1373</v>
+        <v>1556</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>1209</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>1210</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>1211</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I345" s="15" t="s">
         <v>1212</v>
       </c>
       <c r="J345" s="15">
         <v>650</v>
       </c>
       <c r="K345" s="15">
         <v>0.60954</v>
       </c>
       <c r="L345" s="15">
         <v>0.54859</v>
       </c>
       <c r="M345" s="15">
         <v>0.50795</v>
       </c>
       <c r="N345" s="15">
-        <v>1162</v>
+        <v>1050</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15">
         <v>2600</v>
       </c>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C346" s="15" t="s">
         <v>1213</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>1214</v>
       </c>
       <c r="E346" s="15" t="s">
         <v>1215</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I346" s="15" t="s">
         <v>1216</v>
       </c>
       <c r="J346" s="15"/>
       <c r="K346" s="15">
         <v>0.77808</v>
       </c>
       <c r="L346" s="15">
         <v>0.67769</v>
       </c>
       <c r="M346" s="15">
         <v>0.62749</v>
       </c>
       <c r="N346" s="15">
-        <v>296</v>
+        <v>351</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>1217</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>1218</v>
       </c>
       <c r="E347" s="15" t="s">
         <v>1219</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I347" s="15" t="s">
         <v>1220</v>
       </c>
       <c r="J347" s="15"/>
       <c r="K347" s="15">
         <v>1.15</v>
       </c>
       <c r="L347" s="15">
         <v>1.04</v>
       </c>
       <c r="M347" s="15">
         <v>0.9603</v>
       </c>
       <c r="N347" s="15">
-        <v>1220</v>
+        <v>1420</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C348" s="15" t="s">
         <v>1221</v>
       </c>
       <c r="D348" s="15" t="s">
         <v>1222</v>
       </c>
       <c r="E348" s="15" t="s">
         <v>1223</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I348" s="15" t="s">
         <v>1224</v>
       </c>
       <c r="J348" s="15">
         <v>500</v>
       </c>
       <c r="K348" s="15">
         <v>0.89046</v>
       </c>
       <c r="L348" s="15">
         <v>0.77173</v>
       </c>
       <c r="M348" s="15">
         <v>0.74205</v>
       </c>
       <c r="N348" s="15">
-        <v>880</v>
+        <v>740</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15">
         <v>2000</v>
       </c>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>1225</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>1226</v>
       </c>
       <c r="E349" s="15" t="s">
         <v>1227</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I349" s="15" t="s">
         <v>1228</v>
       </c>
       <c r="J349" s="15">
         <v>500</v>
       </c>
       <c r="K349" s="15">
         <v>0.1262</v>
       </c>
       <c r="L349" s="15">
         <v>0.06705</v>
       </c>
       <c r="M349" s="15">
         <v>0.05719</v>
       </c>
       <c r="N349" s="15">
-        <v>1051</v>
+        <v>1096</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1229</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1230</v>
       </c>
       <c r="E350" s="15" t="s">
         <v>1231</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I350" s="15" t="s">
         <v>1232</v>
       </c>
       <c r="J350" s="15">
         <v>3000</v>
       </c>
       <c r="K350" s="15">
         <v>0.05505</v>
       </c>
       <c r="L350" s="15">
         <v>0.04771</v>
       </c>
       <c r="M350" s="15">
         <v>0.04588</v>
       </c>
       <c r="N350" s="15"/>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C351" s="15" t="s">
         <v>1233</v>
       </c>
       <c r="D351" s="15" t="s">
         <v>1234</v>
       </c>
       <c r="E351" s="15" t="s">
         <v>1235</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I351" s="15" t="s">
         <v>1236</v>
       </c>
       <c r="J351" s="15">
         <v>500</v>
       </c>
       <c r="K351" s="15">
         <v>0.08875</v>
       </c>
       <c r="L351" s="15">
         <v>0.07729999999999999</v>
       </c>
       <c r="M351" s="15">
         <v>0.07158</v>
       </c>
       <c r="N351" s="15">
-        <v>7684</v>
+        <v>5439</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>1237</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>1238</v>
       </c>
       <c r="E352" s="15">
         <v>10080028307</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I352" s="15" t="s">
         <v>1239</v>
       </c>
       <c r="J352" s="15">
         <v>500</v>
       </c>
       <c r="K352" s="15">
         <v>0.18746</v>
       </c>
       <c r="L352" s="15">
         <v>0.10379</v>
       </c>
       <c r="M352" s="15">
         <v>0.08703</v>
       </c>
       <c r="N352" s="15">
         <v>7</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C353" s="15" t="s">
         <v>1240</v>
       </c>
       <c r="D353" s="15" t="s">
         <v>1241</v>
       </c>
       <c r="E353" s="15" t="s">
         <v>1242</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I353" s="15" t="s">
         <v>1243</v>
       </c>
       <c r="J353" s="15">
         <v>400</v>
       </c>
       <c r="K353" s="15">
         <v>0.11822</v>
       </c>
       <c r="L353" s="15">
         <v>0.10296</v>
       </c>
       <c r="M353" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="N353" s="15">
-        <v>1793</v>
+        <v>2287</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15">
         <v>6400</v>
       </c>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1244</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1245</v>
       </c>
       <c r="E354" s="15" t="s">
         <v>1246</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I354" s="15" t="s">
         <v>1247</v>
       </c>
       <c r="J354" s="15">
         <v>400</v>
       </c>
       <c r="K354" s="15">
         <v>0.24957</v>
       </c>
       <c r="L354" s="15">
         <v>0.13815</v>
       </c>
       <c r="M354" s="15">
         <v>0.11587</v>
       </c>
       <c r="N354" s="15">
         <v>12</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C355" s="15" t="s">
         <v>1248</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>1249</v>
       </c>
       <c r="E355" s="15" t="s">
         <v>1250</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I355" s="15" t="s">
         <v>1251</v>
       </c>
       <c r="J355" s="15">
         <v>400</v>
       </c>
       <c r="K355" s="15">
         <v>0.10368</v>
       </c>
       <c r="L355" s="15">
         <v>0.08986</v>
       </c>
       <c r="M355" s="15">
         <v>0.0864</v>
       </c>
       <c r="N355" s="15">
-        <v>22140</v>
+        <v>17820</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>1252</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>1253</v>
       </c>
       <c r="E356" s="15" t="s">
         <v>1254</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I356" s="15" t="s">
         <v>1255</v>
       </c>
       <c r="J356" s="15">
         <v>1500</v>
       </c>
       <c r="K356" s="15">
         <v>0.1479</v>
       </c>
       <c r="L356" s="15">
         <v>0.12882</v>
       </c>
       <c r="M356" s="15">
         <v>0.11928</v>
       </c>
       <c r="N356" s="15">
-        <v>10638</v>
+        <v>12950</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15">
         <v>6000</v>
       </c>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
         <v>1256</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>1257</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1258</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I357" s="15" t="s">
         <v>1259</v>
       </c>
       <c r="J357" s="15"/>
       <c r="K357" s="15">
         <v>0.16826</v>
       </c>
       <c r="L357" s="15">
         <v>0.15143</v>
       </c>
       <c r="M357" s="15">
         <v>0.14021</v>
       </c>
       <c r="N357" s="15">
-        <v>1380</v>
+        <v>1495</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1260</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1261</v>
       </c>
       <c r="E358" s="15">
         <v>10080038330</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I358" s="15" t="s">
         <v>1262</v>
       </c>
       <c r="J358" s="15">
         <v>400</v>
       </c>
       <c r="K358" s="15">
         <v>0.26054</v>
       </c>
       <c r="L358" s="15">
         <v>0.18789</v>
       </c>
       <c r="M358" s="15">
         <v>0.16283</v>
       </c>
       <c r="N358" s="15">
-        <v>244</v>
+        <v>290</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>1263</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>1264</v>
       </c>
       <c r="E359" s="15" t="s">
         <v>1265</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I359" s="15" t="s">
         <v>1266</v>
       </c>
       <c r="J359" s="15">
         <v>1000</v>
       </c>
       <c r="K359" s="15">
         <v>0.20001</v>
       </c>
       <c r="L359" s="15">
         <v>0.18001</v>
       </c>
       <c r="M359" s="15">
         <v>0.16668</v>
       </c>
       <c r="N359" s="15">
-        <v>816</v>
+        <v>856</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>1267</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>1268</v>
       </c>
       <c r="E360" s="15" t="s">
         <v>1269</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I360" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="J360" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K360" s="15">
-        <v>0.26748</v>
+        <v>0.23379</v>
       </c>
       <c r="L360" s="15">
-        <v>0.23601</v>
+        <v>0.20262</v>
       </c>
       <c r="M360" s="15">
-        <v>0.20454</v>
+        <v>0.19483</v>
       </c>
       <c r="N360" s="15">
-        <v>1640</v>
+        <v>1292</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15">
         <v>4000</v>
       </c>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C361" s="15" t="s">
         <v>1271</v>
       </c>
       <c r="D361" s="15" t="s">
         <v>1272</v>
       </c>
       <c r="E361" s="15">
         <v>10080033839</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I361" s="15" t="s">
         <v>1273</v>
       </c>
       <c r="J361" s="15">
         <v>2100</v>
       </c>
       <c r="K361" s="15">
         <v>0.50058</v>
       </c>
       <c r="L361" s="15">
         <v>0.26594</v>
       </c>
       <c r="M361" s="15">
         <v>0.22681</v>
       </c>
       <c r="N361" s="15">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C362" s="15" t="s">
         <v>1274</v>
       </c>
       <c r="D362" s="15" t="s">
         <v>1275</v>
       </c>
       <c r="E362" s="15" t="s">
         <v>1276</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I362" s="15" t="s">
         <v>1277</v>
       </c>
       <c r="J362" s="15">
         <v>750</v>
       </c>
       <c r="K362" s="15">
         <v>0.29298</v>
       </c>
       <c r="L362" s="15">
         <v>0.26368</v>
       </c>
       <c r="M362" s="15">
         <v>0.24415</v>
       </c>
       <c r="N362" s="15">
-        <v>2580</v>
+        <v>1920</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15">
         <v>3000</v>
       </c>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C363" s="15" t="s">
         <v>1278</v>
       </c>
       <c r="D363" s="15" t="s">
         <v>1279</v>
       </c>
       <c r="E363" s="15">
         <v>10080038332</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I363" s="15" t="s">
         <v>1280</v>
       </c>
       <c r="J363" s="15">
         <v>400</v>
       </c>
       <c r="K363" s="15">
         <v>0.74642</v>
       </c>
       <c r="L363" s="15">
         <v>0.4132</v>
       </c>
       <c r="M363" s="15">
         <v>0.34655</v>
       </c>
       <c r="N363" s="15">
-        <v>350</v>
+        <v>395</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C364" s="15" t="s">
         <v>1281</v>
       </c>
       <c r="D364" s="15" t="s">
         <v>1282</v>
       </c>
       <c r="E364" s="15" t="s">
         <v>1283</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I364" s="15" t="s">
         <v>1284</v>
       </c>
       <c r="J364" s="15"/>
       <c r="K364" s="15">
         <v>0.50634</v>
       </c>
       <c r="L364" s="15">
         <v>0.441</v>
       </c>
       <c r="M364" s="15">
         <v>0.40834</v>
       </c>
       <c r="N364" s="15">
-        <v>356</v>
+        <v>263</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C365" s="15" t="s">
         <v>1285</v>
       </c>
       <c r="D365" s="15" t="s">
         <v>1286</v>
       </c>
       <c r="E365" s="15" t="s">
         <v>1287</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I365" s="15" t="s">
         <v>1288</v>
       </c>
       <c r="J365" s="15"/>
       <c r="K365" s="15">
         <v>0.14073</v>
       </c>
       <c r="L365" s="15">
         <v>0.12666</v>
       </c>
       <c r="M365" s="15">
         <v>0.11728</v>
       </c>
       <c r="N365" s="15">
-        <v>5340</v>
+        <v>4320</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1289</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1290</v>
       </c>
       <c r="E366" s="15" t="s">
         <v>1291</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I366" s="15" t="s">
         <v>1292</v>
       </c>
       <c r="J366" s="15"/>
       <c r="K366" s="15">
         <v>0.50301</v>
       </c>
       <c r="L366" s="15">
         <v>0.45271</v>
       </c>
       <c r="M366" s="15">
         <v>0.41918</v>
       </c>
       <c r="N366" s="15">
-        <v>3650</v>
+        <v>4300</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C367" s="15" t="s">
         <v>1293</v>
       </c>
       <c r="D367" s="15" t="s">
         <v>1294</v>
       </c>
       <c r="E367" s="15" t="s">
         <v>1295</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I367" s="15" t="s">
         <v>1296</v>
       </c>
       <c r="J367" s="15">
         <v>500</v>
       </c>
       <c r="K367" s="15">
         <v>0.05741</v>
       </c>
       <c r="L367" s="15">
         <v>0.05166</v>
       </c>
       <c r="M367" s="15">
         <v>0.04784</v>
       </c>
       <c r="N367" s="15">
-        <v>21628</v>
+        <v>21019</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15">
         <v>12000</v>
       </c>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>1297</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>1298</v>
       </c>
       <c r="E368" s="15" t="s">
         <v>1299</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>1300</v>
       </c>
       <c r="J368" s="15">
         <v>500</v>
       </c>
       <c r="K368" s="15">
         <v>0.08634</v>
       </c>
       <c r="L368" s="15">
         <v>0.07771</v>
       </c>
       <c r="M368" s="15">
         <v>0.07195</v>
       </c>
       <c r="N368" s="15">
-        <v>19752</v>
+        <v>16856</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C369" s="15" t="s">
         <v>1301</v>
       </c>
       <c r="D369" s="15" t="s">
         <v>1302</v>
       </c>
       <c r="E369" s="15">
         <v>10080028301</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I369" s="15" t="s">
         <v>1303</v>
       </c>
       <c r="J369" s="15">
         <v>500</v>
       </c>
       <c r="K369" s="15">
         <v>0.1864</v>
       </c>
       <c r="L369" s="15">
         <v>0.09987</v>
       </c>
       <c r="M369" s="15">
         <v>0.08655</v>
       </c>
       <c r="N369" s="15">
-        <v>2537</v>
+        <v>2247</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C370" s="15" t="s">
         <v>1304</v>
       </c>
       <c r="D370" s="15" t="s">
         <v>1305</v>
       </c>
       <c r="E370" s="15">
         <v>10080038319</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I370" s="15" t="s">
         <v>1306</v>
       </c>
       <c r="J370" s="15"/>
       <c r="K370" s="15">
         <v>0.11483</v>
       </c>
       <c r="L370" s="15">
         <v>0.10334</v>
       </c>
       <c r="M370" s="15">
         <v>0.094</v>
       </c>
       <c r="N370" s="15">
-        <v>16244</v>
+        <v>15657</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C371" s="15" t="s">
         <v>1307</v>
       </c>
       <c r="D371" s="15" t="s">
         <v>1308</v>
       </c>
       <c r="E371" s="15" t="s">
         <v>1309</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I371" s="15" t="s">
         <v>1310</v>
       </c>
       <c r="J371" s="15"/>
       <c r="K371" s="15">
         <v>0.10824</v>
       </c>
       <c r="L371" s="15">
         <v>0.09381</v>
       </c>
       <c r="M371" s="15">
         <v>0.0902</v>
       </c>
       <c r="N371" s="15">
-        <v>6912</v>
+        <v>9072</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1311</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1312</v>
       </c>
       <c r="E372" s="15" t="s">
         <v>1313</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I372" s="15" t="s">
         <v>1314</v>
       </c>
       <c r="J372" s="15">
         <v>1500</v>
       </c>
       <c r="K372" s="15">
         <v>0.14328</v>
       </c>
       <c r="L372" s="15">
         <v>0.12895</v>
       </c>
       <c r="M372" s="15">
         <v>0.1194</v>
       </c>
       <c r="N372" s="15">
-        <v>5250</v>
+        <v>7350</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15">
         <v>6000</v>
       </c>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C373" s="15" t="s">
         <v>1315</v>
       </c>
       <c r="D373" s="15" t="s">
         <v>1316</v>
       </c>
       <c r="E373" s="15" t="s">
         <v>1317</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I373" s="15" t="s">
         <v>1318</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
         <v>0.16787</v>
       </c>
       <c r="L373" s="15">
         <v>0.15108</v>
       </c>
       <c r="M373" s="15">
         <v>0.13989</v>
       </c>
       <c r="N373" s="15">
-        <v>5623</v>
+        <v>5297</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C374" s="15" t="s">
         <v>1319</v>
       </c>
       <c r="D374" s="15" t="s">
         <v>1320</v>
       </c>
       <c r="E374" s="15" t="s">
         <v>1321</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I374" s="15" t="s">
         <v>1322</v>
       </c>
       <c r="J374" s="15">
         <v>250</v>
       </c>
       <c r="K374" s="15">
         <v>0.22397</v>
       </c>
       <c r="L374" s="15">
         <v>0.20157</v>
       </c>
       <c r="M374" s="15">
         <v>0.18664</v>
       </c>
       <c r="N374" s="15">
-        <v>1640</v>
+        <v>1320</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1323</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1324</v>
       </c>
       <c r="E375" s="15">
         <v>10080038322</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I375" s="15" t="s">
         <v>1325</v>
       </c>
       <c r="J375" s="15"/>
       <c r="K375" s="15">
         <v>0.49849</v>
       </c>
       <c r="L375" s="15">
         <v>0.27595</v>
       </c>
       <c r="M375" s="15">
         <v>0.23145</v>
       </c>
       <c r="N375" s="15"/>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
         <v>1326</v>
       </c>
       <c r="D376" s="15" t="s">
         <v>1327</v>
       </c>
       <c r="E376" s="15">
         <v>10080038323</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I376" s="15" t="s">
         <v>1328</v>
       </c>
       <c r="J376" s="15"/>
       <c r="K376" s="15">
         <v>0.56067</v>
       </c>
       <c r="L376" s="15">
         <v>0.31037</v>
       </c>
       <c r="M376" s="15">
         <v>0.26031</v>
       </c>
       <c r="N376" s="15">
         <v>95</v>
       </c>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
         <v>1329</v>
       </c>
       <c r="D377" s="15" t="s">
         <v>1330</v>
       </c>
       <c r="E377" s="15">
         <v>10080038324</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I377" s="15" t="s">
         <v>1331</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
         <v>0.27986</v>
       </c>
       <c r="L377" s="15">
         <v>0.25187</v>
       </c>
       <c r="M377" s="15">
         <v>0.23321</v>
       </c>
       <c r="N377" s="15">
-        <v>2011</v>
+        <v>2220</v>
       </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C378" s="15" t="s">
         <v>1332</v>
       </c>
       <c r="D378" s="15" t="s">
         <v>1333</v>
       </c>
       <c r="E378" s="15">
         <v>10080038325</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I378" s="15" t="s">
         <v>1334</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
         <v>0.51498</v>
       </c>
       <c r="L378" s="15">
         <v>0.36785</v>
       </c>
       <c r="M378" s="15">
         <v>0.3188</v>
       </c>
       <c r="N378" s="15">
-        <v>1002</v>
+        <v>1072</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C379" s="15" t="s">
         <v>1335</v>
       </c>
       <c r="D379" s="15" t="s">
         <v>1336</v>
       </c>
       <c r="E379" s="15" t="s">
         <v>1337</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I379" s="15" t="s">
         <v>1338</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
         <v>0.25356</v>
       </c>
       <c r="L379" s="15">
         <v>0.22085</v>
       </c>
       <c r="M379" s="15">
         <v>0.20449</v>
       </c>
       <c r="N379" s="15">
-        <v>11165</v>
+        <v>10150</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C380" s="15" t="s">
         <v>1339</v>
       </c>
       <c r="D380" s="15" t="s">
         <v>1340</v>
       </c>
       <c r="E380" s="15">
         <v>10080038335</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I380" s="15" t="s">
         <v>1341</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
         <v>0.18587</v>
       </c>
       <c r="L380" s="15">
         <v>0.18587</v>
       </c>
       <c r="M380" s="15">
         <v>0.18587</v>
       </c>
       <c r="N380" s="15">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C381" s="15" t="s">
         <v>1342</v>
       </c>
       <c r="D381" s="15" t="s">
         <v>1343</v>
       </c>
       <c r="E381" s="15" t="s">
         <v>1344</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I381" s="15" t="s">
         <v>1345</v>
       </c>
       <c r="J381" s="15">
         <v>250</v>
       </c>
       <c r="K381" s="15">
         <v>0.23868</v>
       </c>
       <c r="L381" s="15">
         <v>0.20789</v>
       </c>
       <c r="M381" s="15">
         <v>0.19249</v>
       </c>
       <c r="N381" s="15">
-        <v>725</v>
+        <v>784</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C382" s="15" t="s">
         <v>1346</v>
       </c>
       <c r="D382" s="15" t="s">
         <v>1347</v>
       </c>
       <c r="E382" s="15">
         <v>10080038336</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I382" s="15" t="s">
         <v>1348</v>
       </c>
       <c r="J382" s="15"/>
       <c r="K382" s="15">
         <v>0.50646</v>
       </c>
       <c r="L382" s="15">
         <v>0.28036</v>
       </c>
       <c r="M382" s="15">
         <v>0.23515</v>
       </c>
       <c r="N382" s="15">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C383" s="15" t="s">
         <v>1349</v>
       </c>
       <c r="D383" s="15" t="s">
         <v>1350</v>
       </c>
       <c r="E383" s="15" t="s">
         <v>1351</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="I383" s="15" t="s">
         <v>1352</v>
       </c>
       <c r="J383" s="15">
         <v>750</v>
       </c>
       <c r="K383" s="15">
         <v>0.2996</v>
       </c>
       <c r="L383" s="15">
         <v>0.26094</v>
       </c>
       <c r="M383" s="15">
         <v>0.24161</v>
       </c>
       <c r="N383" s="15">
-        <v>810</v>
+        <v>710</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15">
         <v>3000</v>
       </c>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C384" s="15" t="s">
         <v>1353</v>
       </c>
       <c r="D384" s="15" t="s">
         <v>1354</v>
       </c>
       <c r="E384" s="15" t="s">
         <v>1355</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
         <v>1356</v>
       </c>
       <c r="I384" s="15" t="s">
         <v>1357</v>
       </c>
-      <c r="J384" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J384" s="15"/>
       <c r="K384" s="15">
-        <v>0.18501</v>
+        <v>0.12839</v>
       </c>
       <c r="L384" s="15">
-        <v>0.16651</v>
+        <v>0.11127</v>
       </c>
       <c r="M384" s="15">
-        <v>0.15418</v>
-[...6 lines deleted...]
-      <c r="Q384" s="15"/>
+        <v>0.10699</v>
+      </c>
+      <c r="N384" s="15"/>
+      <c r="O384" s="15">
+        <v>4450</v>
+      </c>
+      <c r="P384" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="Q384" s="15">
+        <v>4800</v>
+      </c>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D385" s="15" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="E385" s="15" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
         <v>1356</v>
       </c>
       <c r="I385" s="15" t="s">
-        <v>1361</v>
-[...1 lines deleted...]
-      <c r="J385" s="15"/>
+        <v>1362</v>
+      </c>
+      <c r="J385" s="15">
+        <v>600</v>
+      </c>
       <c r="K385" s="15">
-        <v>0.11</v>
+        <v>0.18501</v>
       </c>
       <c r="L385" s="15">
-        <v>0.097</v>
+        <v>0.16651</v>
       </c>
       <c r="M385" s="15">
-        <v>0.093</v>
+        <v>0.15418</v>
       </c>
       <c r="N385" s="15">
-        <v>5</v>
+        <v>7625</v>
       </c>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C386" s="15" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D386" s="15" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="E386" s="15" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
         <v>1356</v>
       </c>
       <c r="I386" s="15" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="J386" s="15"/>
       <c r="K386" s="15">
-        <v>0.13782</v>
+        <v>0.31961</v>
       </c>
       <c r="L386" s="15">
-        <v>0.12404</v>
+        <v>0.27699</v>
       </c>
       <c r="M386" s="15">
-        <v>0.11485</v>
-[...6 lines deleted...]
-      <c r="Q386" s="15"/>
+        <v>0.26634</v>
+      </c>
+      <c r="N386" s="15"/>
+      <c r="O386" s="15">
+        <v>3401</v>
+      </c>
+      <c r="P386" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="Q386" s="15">
+        <v>2100</v>
+      </c>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C387" s="15" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="D387" s="15" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="E387" s="15" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
         <v>1356</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="J387" s="15"/>
       <c r="K387" s="15">
-        <v>0.52</v>
+        <v>0.38397</v>
       </c>
       <c r="L387" s="15">
-        <v>0.46</v>
+        <v>0.33277</v>
       </c>
       <c r="M387" s="15">
-        <v>0.43</v>
-[...6 lines deleted...]
-      <c r="Q387" s="15"/>
+        <v>0.31998</v>
+      </c>
+      <c r="N387" s="15"/>
+      <c r="O387" s="15">
+        <v>4300</v>
+      </c>
+      <c r="P387" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="Q387" s="15">
+        <v>1800</v>
+      </c>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C388" s="15" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D388" s="15" t="s">
-        <v>1371</v>
-[...2 lines deleted...]
-        <v>10080050294</v>
+        <v>1372</v>
+      </c>
+      <c r="E388" s="15" t="s">
+        <v>1373</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1372</v>
+        <v>1356</v>
       </c>
       <c r="I388" s="15" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="J388" s="15">
-        <v>250</v>
+        <v>2000</v>
       </c>
       <c r="K388" s="15">
-        <v>0.16253</v>
+        <v>0.0864</v>
       </c>
       <c r="L388" s="15">
-        <v>0.11759</v>
+        <v>0.07488</v>
       </c>
       <c r="M388" s="15">
-        <v>0.10261</v>
-[...6 lines deleted...]
-      <c r="Q388" s="15"/>
+        <v>0.07199999999999999</v>
+      </c>
+      <c r="N388" s="15"/>
+      <c r="O388" s="15">
+        <v>8375</v>
+      </c>
+      <c r="P388" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="Q388" s="15">
+        <v>8000</v>
+      </c>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C389" s="15" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="D389" s="15" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="E389" s="15" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1372</v>
+        <v>1356</v>
       </c>
       <c r="I389" s="15" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="J389" s="15"/>
       <c r="K389" s="15">
-        <v>0.32027</v>
+        <v>0.11</v>
       </c>
       <c r="L389" s="15">
-        <v>0.23172</v>
+        <v>0.097</v>
       </c>
       <c r="M389" s="15">
-        <v>0.2022</v>
+        <v>0.093</v>
       </c>
       <c r="N389" s="15">
-        <v>740</v>
+        <v>5</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C390" s="15" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D390" s="15" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="E390" s="15" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1372</v>
+        <v>1356</v>
       </c>
       <c r="I390" s="15" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
-        <v>0.42263</v>
+        <v>0.13782</v>
       </c>
       <c r="L390" s="15">
-        <v>0.30577</v>
+        <v>0.12404</v>
       </c>
       <c r="M390" s="15">
-        <v>0.26682</v>
+        <v>0.11485</v>
       </c>
       <c r="N390" s="15">
-        <v>720</v>
+        <v>9000</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C391" s="15" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D391" s="15" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="E391" s="15" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1372</v>
+        <v>1356</v>
       </c>
       <c r="I391" s="15" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
-        <v>0.76924</v>
+        <v>0.52</v>
       </c>
       <c r="L391" s="15">
-        <v>0.55655</v>
+        <v>0.46</v>
       </c>
       <c r="M391" s="15">
-        <v>0.48565</v>
+        <v>0.43</v>
       </c>
       <c r="N391" s="15">
-        <v>640</v>
+        <v>5</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C392" s="15" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D392" s="15" t="s">
-        <v>1387</v>
-[...1 lines deleted...]
-      <c r="E392" s="15" t="s">
         <v>1388</v>
+      </c>
+      <c r="E392" s="15">
+        <v>10080050294</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I392" s="15" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="J392" s="15"/>
+        <v>1390</v>
+      </c>
+      <c r="J392" s="15">
+        <v>250</v>
+      </c>
       <c r="K392" s="15">
-        <v>0.95217</v>
+        <v>0.16253</v>
       </c>
       <c r="L392" s="15">
-        <v>0.6889</v>
+        <v>0.11759</v>
       </c>
       <c r="M392" s="15">
-        <v>0.60114</v>
+        <v>0.10261</v>
       </c>
       <c r="N392" s="15">
-        <v>730</v>
+        <v>186</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C393" s="15" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D393" s="15" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="E393" s="15" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I393" s="15" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="J393" s="15"/>
       <c r="K393" s="15">
-        <v>1.64</v>
+        <v>0.32027</v>
       </c>
       <c r="L393" s="15">
-        <v>1.19</v>
+        <v>0.23172</v>
       </c>
       <c r="M393" s="15">
-        <v>1.04</v>
+        <v>0.2022</v>
       </c>
       <c r="N393" s="15">
         <v>900</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C394" s="15" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D394" s="15" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="E394" s="15" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I394" s="15" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="J394" s="15"/>
       <c r="K394" s="15">
-        <v>0.42154</v>
+        <v>0.42263</v>
       </c>
       <c r="L394" s="15">
-        <v>0.30499</v>
+        <v>0.30577</v>
       </c>
       <c r="M394" s="15">
-        <v>0.26614</v>
+        <v>0.26682</v>
       </c>
       <c r="N394" s="15">
-        <v>660</v>
+        <v>600</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C395" s="15" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D395" s="15" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="E395" s="15" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I395" s="15" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
-        <v>0.56092</v>
+        <v>0.76924</v>
       </c>
       <c r="L395" s="15">
-        <v>0.40583</v>
+        <v>0.55655</v>
       </c>
       <c r="M395" s="15">
-        <v>0.35413</v>
+        <v>0.48565</v>
       </c>
       <c r="N395" s="15">
-        <v>770</v>
+        <v>840</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C396" s="15" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="D396" s="15" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="E396" s="15" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I396" s="15" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="J396" s="15"/>
       <c r="K396" s="15">
-        <v>1.56</v>
+        <v>0.95217</v>
       </c>
       <c r="L396" s="15">
-        <v>1.13</v>
+        <v>0.6889</v>
       </c>
       <c r="M396" s="15">
-        <v>0.98187</v>
+        <v>0.60114</v>
       </c>
       <c r="N396" s="15">
-        <v>820</v>
+        <v>770</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C397" s="15" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D397" s="15" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="E397" s="15" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I397" s="15" t="s">
-        <v>1409</v>
-[...3 lines deleted...]
-      </c>
+        <v>1410</v>
+      </c>
+      <c r="J397" s="15"/>
       <c r="K397" s="15">
-        <v>3.28</v>
+        <v>1.64</v>
       </c>
       <c r="L397" s="15">
-        <v>2.75</v>
+        <v>1.19</v>
       </c>
       <c r="M397" s="15">
-        <v>2.65</v>
-[...1 lines deleted...]
-      <c r="N397" s="15"/>
+        <v>1.04</v>
+      </c>
+      <c r="N397" s="15">
+        <v>900</v>
+      </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C398" s="15" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D398" s="15" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-        <v>10080028523</v>
+        <v>1412</v>
+      </c>
+      <c r="E398" s="15" t="s">
+        <v>1413</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I398" s="15" t="s">
-        <v>1412</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="J398" s="15"/>
       <c r="K398" s="15">
-        <v>0.1435</v>
+        <v>0.42154</v>
       </c>
       <c r="L398" s="15">
-        <v>0.10382</v>
+        <v>0.30499</v>
       </c>
       <c r="M398" s="15">
-        <v>0.0906</v>
-[...1 lines deleted...]
-      <c r="N398" s="15"/>
+        <v>0.26614</v>
+      </c>
+      <c r="N398" s="15">
+        <v>660</v>
+      </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C399" s="15" t="s">
-        <v>1410</v>
+        <v>1415</v>
       </c>
       <c r="D399" s="15" t="s">
-        <v>1411</v>
+        <v>1416</v>
       </c>
       <c r="E399" s="15" t="s">
-        <v>1413</v>
+        <v>1417</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1372</v>
-[...4 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="I399" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J399" s="15"/>
       <c r="K399" s="15">
-        <v>0.13246</v>
+        <v>0.56092</v>
       </c>
       <c r="L399" s="15">
-        <v>0.09583</v>
+        <v>0.40583</v>
       </c>
       <c r="M399" s="15">
-        <v>0.08362</v>
+        <v>0.35413</v>
       </c>
       <c r="N399" s="15">
-        <v>4786</v>
+        <v>630</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C400" s="15" t="s">
-        <v>1414</v>
+        <v>1419</v>
       </c>
       <c r="D400" s="15" t="s">
-        <v>1415</v>
+        <v>1420</v>
       </c>
       <c r="E400" s="15" t="s">
-        <v>1416</v>
+        <v>1421</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1417</v>
-[...3 lines deleted...]
-      </c>
+        <v>1422</v>
+      </c>
+      <c r="J400" s="15"/>
       <c r="K400" s="15">
-        <v>0.13125</v>
+        <v>1.56</v>
       </c>
       <c r="L400" s="15">
-        <v>0.11375</v>
+        <v>1.13</v>
       </c>
       <c r="M400" s="15">
-        <v>0.10938</v>
+        <v>0.98187</v>
       </c>
       <c r="N400" s="15">
-        <v>8632</v>
+        <v>680</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C401" s="15" t="s">
-        <v>1418</v>
+        <v>1423</v>
       </c>
       <c r="D401" s="15" t="s">
-        <v>1419</v>
+        <v>1424</v>
       </c>
       <c r="E401" s="15" t="s">
-        <v>1420</v>
+        <v>1425</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1421</v>
+        <v>1426</v>
       </c>
       <c r="J401" s="15">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="K401" s="15">
-        <v>0.18647</v>
+        <v>3.28</v>
       </c>
       <c r="L401" s="15">
-        <v>0.1616</v>
+        <v>2.75</v>
       </c>
       <c r="M401" s="15">
-        <v>0.15539</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.65</v>
+      </c>
+      <c r="N401" s="15"/>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C402" s="15" t="s">
-        <v>1422</v>
+        <v>1427</v>
       </c>
       <c r="D402" s="15" t="s">
-        <v>1423</v>
-[...2 lines deleted...]
-        <v>1424</v>
+        <v>1428</v>
+      </c>
+      <c r="E402" s="15">
+        <v>10080028523</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="J402" s="15">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="K402" s="15">
-        <v>0.33114</v>
+        <v>0.1435</v>
       </c>
       <c r="L402" s="15">
-        <v>0.23958</v>
+        <v>0.10382</v>
       </c>
       <c r="M402" s="15">
-        <v>0.20906</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0906</v>
+      </c>
+      <c r="N402" s="15"/>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D403" s="15" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="E403" s="15" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1372</v>
-[...3 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="I403" s="15"/>
       <c r="J403" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K403" s="15">
-        <v>0.3967</v>
+        <v>0.13246</v>
       </c>
       <c r="L403" s="15">
-        <v>0.28701</v>
+        <v>0.09583</v>
       </c>
       <c r="M403" s="15">
-        <v>0.25045</v>
+        <v>0.08362</v>
       </c>
       <c r="N403" s="15">
-        <v>6621</v>
+        <v>5457</v>
       </c>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D404" s="15" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="E404" s="15" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="J404" s="15">
-        <v>150</v>
+        <v>400</v>
       </c>
       <c r="K404" s="15">
-        <v>0.36509</v>
+        <v>0.13125</v>
       </c>
       <c r="L404" s="15">
-        <v>0.32214</v>
+        <v>0.11375</v>
       </c>
       <c r="M404" s="15">
-        <v>0.28993</v>
+        <v>0.10938</v>
       </c>
       <c r="N404" s="15">
-        <v>1520</v>
+        <v>125</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C405" s="15" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D405" s="15" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="E405" s="15" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="J405" s="15">
-        <v>150</v>
+        <v>300</v>
       </c>
       <c r="K405" s="15">
-        <v>0.54999</v>
+        <v>0.18647</v>
       </c>
       <c r="L405" s="15">
-        <v>0.39792</v>
+        <v>0.1616</v>
       </c>
       <c r="M405" s="15">
-        <v>0.34723</v>
+        <v>0.15539</v>
       </c>
       <c r="N405" s="15">
-        <v>4199</v>
+        <v>17055</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D406" s="15" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="E406" s="15" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I406" s="15" t="s">
-        <v>1441</v>
-[...1 lines deleted...]
-      <c r="J406" s="15"/>
+        <v>1442</v>
+      </c>
+      <c r="J406" s="15">
+        <v>100</v>
+      </c>
       <c r="K406" s="15">
-        <v>0.72378</v>
+        <v>0.33114</v>
       </c>
       <c r="L406" s="15">
-        <v>0.60315</v>
+        <v>0.23958</v>
       </c>
       <c r="M406" s="15">
-        <v>0.57903</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.20906</v>
+      </c>
+      <c r="N406" s="15"/>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D407" s="15" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="E407" s="15" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="J407" s="15">
         <v>100</v>
       </c>
       <c r="K407" s="15">
-        <v>0.68898</v>
+        <v>0.3967</v>
       </c>
       <c r="L407" s="15">
-        <v>0.49848</v>
+        <v>0.28701</v>
       </c>
       <c r="M407" s="15">
-        <v>0.43498</v>
+        <v>0.25045</v>
       </c>
       <c r="N407" s="15">
-        <v>777</v>
+        <v>6027</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D408" s="15" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="E408" s="15" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I408" s="15" t="s">
-        <v>1449</v>
-[...1 lines deleted...]
-      <c r="J408" s="15"/>
+        <v>1450</v>
+      </c>
+      <c r="J408" s="15">
+        <v>150</v>
+      </c>
       <c r="K408" s="15">
-        <v>0.41603</v>
+        <v>0.36509</v>
       </c>
       <c r="L408" s="15">
-        <v>0.301</v>
+        <v>0.32214</v>
       </c>
       <c r="M408" s="15">
-        <v>0.26266</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.28993</v>
+      </c>
+      <c r="N408" s="15"/>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D409" s="15" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="E409" s="15" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1453</v>
-[...1 lines deleted...]
-      <c r="J409" s="15"/>
+        <v>1454</v>
+      </c>
+      <c r="J409" s="15">
+        <v>150</v>
+      </c>
       <c r="K409" s="15">
-        <v>0.60439</v>
+        <v>0.54999</v>
       </c>
       <c r="L409" s="15">
-        <v>0.43728</v>
+        <v>0.39792</v>
       </c>
       <c r="M409" s="15">
-        <v>0.38157</v>
+        <v>0.34723</v>
       </c>
       <c r="N409" s="15">
-        <v>650</v>
+        <v>6159</v>
       </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D410" s="15" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="E410" s="15" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="J410" s="15"/>
       <c r="K410" s="15">
-        <v>0.27461</v>
+        <v>0.72378</v>
       </c>
       <c r="L410" s="15">
-        <v>0.19868</v>
+        <v>0.60315</v>
       </c>
       <c r="M410" s="15">
-        <v>0.17337</v>
+        <v>0.57903</v>
       </c>
       <c r="N410" s="15">
-        <v>670</v>
+        <v>52</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D411" s="15" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="E411" s="15" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1461</v>
-[...1 lines deleted...]
-      <c r="J411" s="15"/>
+        <v>1462</v>
+      </c>
+      <c r="J411" s="15">
+        <v>100</v>
+      </c>
       <c r="K411" s="15">
-        <v>0.33802</v>
+        <v>0.68898</v>
       </c>
       <c r="L411" s="15">
-        <v>0.24456</v>
+        <v>0.49848</v>
       </c>
       <c r="M411" s="15">
-        <v>0.2134</v>
+        <v>0.43498</v>
       </c>
       <c r="N411" s="15">
-        <v>740</v>
+        <v>598</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D412" s="15" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="E412" s="15" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1372</v>
-[...1 lines deleted...]
-      <c r="I412" s="15"/>
+        <v>1389</v>
+      </c>
+      <c r="I412" s="15" t="s">
+        <v>1466</v>
+      </c>
       <c r="J412" s="15"/>
       <c r="K412" s="15">
-        <v>0.59999</v>
+        <v>0.41603</v>
       </c>
       <c r="L412" s="15">
-        <v>0.5</v>
+        <v>0.301</v>
       </c>
       <c r="M412" s="15">
-        <v>0.48</v>
+        <v>0.26266</v>
       </c>
       <c r="N412" s="15">
-        <v>100</v>
+        <v>323</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1465</v>
+        <v>1467</v>
       </c>
       <c r="D413" s="15" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="E413" s="15" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1372</v>
-[...1 lines deleted...]
-      <c r="I413" s="15"/>
+        <v>1389</v>
+      </c>
+      <c r="I413" s="15" t="s">
+        <v>1470</v>
+      </c>
       <c r="J413" s="15"/>
       <c r="K413" s="15">
-        <v>1.52</v>
+        <v>0.60439</v>
       </c>
       <c r="L413" s="15">
-        <v>1.27</v>
+        <v>0.43728</v>
       </c>
       <c r="M413" s="15">
-        <v>1.22</v>
+        <v>0.38157</v>
       </c>
       <c r="N413" s="15">
-        <v>100</v>
+        <v>600</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1469</v>
-[...2 lines deleted...]
-        <v>10080028524</v>
+        <v>1472</v>
+      </c>
+      <c r="E414" s="15" t="s">
+        <v>1473</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1470</v>
-[...3 lines deleted...]
-      </c>
+        <v>1474</v>
+      </c>
+      <c r="J414" s="15"/>
       <c r="K414" s="15">
-        <v>0.0364</v>
+        <v>0.27461</v>
       </c>
       <c r="L414" s="15">
-        <v>0.03212</v>
+        <v>0.19868</v>
       </c>
       <c r="M414" s="15">
-        <v>0.0289</v>
+        <v>0.17337</v>
       </c>
       <c r="N414" s="15">
-        <v>864</v>
+        <v>900</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>1471</v>
+        <v>1475</v>
       </c>
       <c r="D415" s="15" t="s">
-        <v>1472</v>
+        <v>1476</v>
       </c>
       <c r="E415" s="15" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1474</v>
-[...3 lines deleted...]
-      </c>
+        <v>1478</v>
+      </c>
+      <c r="J415" s="15"/>
       <c r="K415" s="15">
-        <v>0.06929</v>
+        <v>0.33802</v>
       </c>
       <c r="L415" s="15">
-        <v>0.05013</v>
+        <v>0.24456</v>
       </c>
       <c r="M415" s="15">
-        <v>0.04374</v>
+        <v>0.2134</v>
       </c>
       <c r="N415" s="15">
-        <v>15131</v>
+        <v>780</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>1475</v>
+        <v>1479</v>
       </c>
       <c r="D416" s="15" t="s">
-        <v>1476</v>
+        <v>1480</v>
       </c>
       <c r="E416" s="15" t="s">
-        <v>1477</v>
+        <v>1481</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1372</v>
-[...6 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="I416" s="15"/>
+      <c r="J416" s="15"/>
       <c r="K416" s="15">
-        <v>0.0799</v>
+        <v>0.59999</v>
       </c>
       <c r="L416" s="15">
-        <v>0.05781</v>
+        <v>0.5</v>
       </c>
       <c r="M416" s="15">
-        <v>0.05044</v>
-[...1 lines deleted...]
-      <c r="N416" s="15"/>
+        <v>0.48</v>
+      </c>
+      <c r="N416" s="15">
+        <v>100</v>
+      </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="E417" s="15" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1372</v>
-[...6 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="I417" s="15"/>
+      <c r="J417" s="15"/>
       <c r="K417" s="15">
-        <v>0.0955</v>
+        <v>0.88187</v>
       </c>
       <c r="L417" s="15">
-        <v>0.06909999999999999</v>
+        <v>0.88187</v>
       </c>
       <c r="M417" s="15">
-        <v>0.06029</v>
+        <v>0.88187</v>
       </c>
       <c r="N417" s="15">
-        <v>4300</v>
+        <v>100</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1484</v>
-[...2 lines deleted...]
-        <v>1485</v>
+        <v>1486</v>
+      </c>
+      <c r="E418" s="15">
+        <v>10080028524</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I418" s="15" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="J418" s="15">
-        <v>350</v>
+        <v>1000</v>
       </c>
       <c r="K418" s="15">
-        <v>0.11434</v>
+        <v>0.0364</v>
       </c>
       <c r="L418" s="15">
-        <v>0.08272</v>
+        <v>0.03212</v>
       </c>
       <c r="M418" s="15">
-        <v>0.07219</v>
+        <v>0.0289</v>
       </c>
       <c r="N418" s="15">
-        <v>504</v>
+        <v>408</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="E419" s="15" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I419" s="15" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="J419" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K419" s="15">
-        <v>0.13033</v>
+        <v>0.06929</v>
       </c>
       <c r="L419" s="15">
-        <v>0.09429</v>
+        <v>0.05013</v>
       </c>
       <c r="M419" s="15">
-        <v>0.08228000000000001</v>
+        <v>0.04374</v>
       </c>
       <c r="N419" s="15">
-        <v>2041</v>
+        <v>12183</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D420" s="15" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="E420" s="15" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="J420" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K420" s="15">
-        <v>0.02559</v>
+        <v>0.0799</v>
       </c>
       <c r="L420" s="15">
-        <v>0.02218</v>
+        <v>0.05781</v>
       </c>
       <c r="M420" s="15">
-        <v>0.02133</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05044</v>
+      </c>
+      <c r="N420" s="15"/>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D421" s="15" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="E421" s="15" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I421" s="15" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="J421" s="15">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="K421" s="15">
-        <v>0.03848</v>
+        <v>0.0955</v>
       </c>
       <c r="L421" s="15">
-        <v>0.03335</v>
+        <v>0.06909999999999999</v>
       </c>
       <c r="M421" s="15">
-        <v>0.03206</v>
+        <v>0.06029</v>
       </c>
       <c r="N421" s="15">
-        <v>28772</v>
+        <v>3450</v>
       </c>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D422" s="15" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="E422" s="15" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I422" s="15" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="J422" s="15">
-        <v>500</v>
+        <v>350</v>
       </c>
       <c r="K422" s="15">
-        <v>0.05936</v>
+        <v>0.11434</v>
       </c>
       <c r="L422" s="15">
-        <v>0.05238</v>
+        <v>0.08272</v>
       </c>
       <c r="M422" s="15">
-        <v>0.04714</v>
+        <v>0.07219</v>
       </c>
       <c r="N422" s="15">
-        <v>3200</v>
+        <v>511</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D423" s="15" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="E423" s="15" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I423" s="15" t="s">
-        <v>1506</v>
-[...1 lines deleted...]
-      <c r="J423" s="15"/>
+        <v>1507</v>
+      </c>
+      <c r="J423" s="15">
+        <v>250</v>
+      </c>
       <c r="K423" s="15">
-        <v>0.10973</v>
+        <v>0.13033</v>
       </c>
       <c r="L423" s="15">
-        <v>0.07868</v>
+        <v>0.09429</v>
       </c>
       <c r="M423" s="15">
-        <v>0.06833</v>
-[...1 lines deleted...]
-      <c r="N423" s="15"/>
+        <v>0.08228000000000001</v>
+      </c>
+      <c r="N423" s="15">
+        <v>2670</v>
+      </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D424" s="15" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="E424" s="15" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I424" s="15" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="J424" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K424" s="15">
-        <v>0.12275</v>
+        <v>0.02559</v>
       </c>
       <c r="L424" s="15">
-        <v>0.08881</v>
+        <v>0.02218</v>
       </c>
       <c r="M424" s="15">
-        <v>0.0775</v>
-[...1 lines deleted...]
-      <c r="N424" s="15"/>
+        <v>0.02133</v>
+      </c>
+      <c r="N424" s="15">
+        <v>16591</v>
+      </c>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="D425" s="15" t="s">
-        <v>1508</v>
+        <v>1513</v>
       </c>
       <c r="E425" s="15" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1372</v>
-[...1 lines deleted...]
-      <c r="I425" s="15"/>
+        <v>1389</v>
+      </c>
+      <c r="I425" s="15" t="s">
+        <v>1515</v>
+      </c>
       <c r="J425" s="15">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="K425" s="15">
-        <v>0.10896</v>
+        <v>0.03848</v>
       </c>
       <c r="L425" s="15">
-        <v>0.07883</v>
+        <v>0.03335</v>
       </c>
       <c r="M425" s="15">
-        <v>0.06879</v>
+        <v>0.03206</v>
       </c>
       <c r="N425" s="15">
-        <v>6160</v>
+        <v>30506</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>1512</v>
+        <v>1516</v>
       </c>
       <c r="D426" s="15" t="s">
-        <v>1513</v>
+        <v>1517</v>
       </c>
       <c r="E426" s="15" t="s">
-        <v>1514</v>
+        <v>1518</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I426" s="15" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="J426" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K426" s="15">
-        <v>0.12953</v>
+        <v>0.05936</v>
       </c>
       <c r="L426" s="15">
-        <v>0.09371</v>
+        <v>0.05238</v>
       </c>
       <c r="M426" s="15">
-        <v>0.08178000000000001</v>
+        <v>0.04714</v>
       </c>
       <c r="N426" s="15">
-        <v>1980</v>
+        <v>2560</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="D427" s="15" t="s">
-        <v>1517</v>
+        <v>1521</v>
       </c>
       <c r="E427" s="15" t="s">
-        <v>1518</v>
+        <v>1522</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1372</v>
+        <v>1389</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1519</v>
-[...3 lines deleted...]
-      </c>
+        <v>1523</v>
+      </c>
+      <c r="J427" s="15"/>
       <c r="K427" s="15">
-        <v>1.11</v>
+        <v>0.0644</v>
       </c>
       <c r="L427" s="15">
-        <v>0.9288</v>
+        <v>0.05581</v>
       </c>
       <c r="M427" s="15">
-        <v>0.89308</v>
+        <v>0.05366</v>
       </c>
       <c r="N427" s="15"/>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>1520</v>
+        <v>1524</v>
       </c>
       <c r="D428" s="15" t="s">
-        <v>1521</v>
+        <v>1525</v>
       </c>
       <c r="E428" s="15" t="s">
-        <v>1522</v>
+        <v>1526</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1523</v>
+        <v>1389</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="J428" s="15">
-        <v>150</v>
+        <v>200</v>
       </c>
       <c r="K428" s="15">
-        <v>0.52586</v>
+        <v>0.12275</v>
       </c>
       <c r="L428" s="15">
-        <v>0.49236</v>
+        <v>0.08881</v>
       </c>
       <c r="M428" s="15">
-        <v>0.47561</v>
+        <v>0.0775</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C429" s="15" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D429" s="15" t="s">
         <v>1525</v>
       </c>
-      <c r="D429" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E429" s="15" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1528</v>
-[...4 lines deleted...]
-      <c r="J429" s="15"/>
+        <v>1389</v>
+      </c>
+      <c r="I429" s="15"/>
+      <c r="J429" s="15">
+        <v>350</v>
+      </c>
       <c r="K429" s="15">
-        <v>0.08379</v>
+        <v>0.10896</v>
       </c>
       <c r="L429" s="15">
-        <v>0.07262</v>
+        <v>0.07883</v>
       </c>
       <c r="M429" s="15">
-        <v>0.06983</v>
+        <v>0.06879</v>
       </c>
       <c r="N429" s="15">
-        <v>13800</v>
+        <v>5236</v>
       </c>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C430" s="15" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D430" s="15" t="s">
         <v>1530</v>
       </c>
-      <c r="D430" s="15" t="s">
+      <c r="E430" s="15" t="s">
         <v>1531</v>
-      </c>
-[...1 lines deleted...]
-        <v>1532</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1528</v>
+        <v>1389</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1533</v>
-[...1 lines deleted...]
-      <c r="J430" s="15"/>
+        <v>1532</v>
+      </c>
+      <c r="J430" s="15">
+        <v>300</v>
+      </c>
       <c r="K430" s="15">
-        <v>0.13965</v>
+        <v>0.09012000000000001</v>
       </c>
       <c r="L430" s="15">
-        <v>0.12103</v>
+        <v>0.0781</v>
       </c>
       <c r="M430" s="15">
-        <v>0.11638</v>
+        <v>0.0751</v>
       </c>
       <c r="N430" s="15">
-        <v>10850</v>
+        <v>1562</v>
       </c>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C431" s="15" t="s">
+        <v>1533</v>
+      </c>
+      <c r="D431" s="15" t="s">
         <v>1534</v>
       </c>
-      <c r="D431" s="15" t="s">
+      <c r="E431" s="15" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1536</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1528</v>
+        <v>1389</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1537</v>
-[...1 lines deleted...]
-      <c r="J431" s="15"/>
+        <v>1536</v>
+      </c>
+      <c r="J431" s="15">
+        <v>100</v>
+      </c>
       <c r="K431" s="15">
-        <v>0.17293</v>
+        <v>1.11</v>
       </c>
       <c r="L431" s="15">
-        <v>0.15062</v>
+        <v>0.9288</v>
       </c>
       <c r="M431" s="15">
-        <v>0.13946</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.89308</v>
+      </c>
+      <c r="N431" s="15"/>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C432" s="15" t="s">
+        <v>1537</v>
+      </c>
+      <c r="D432" s="15" t="s">
         <v>1538</v>
       </c>
-      <c r="D432" s="15" t="s">
+      <c r="E432" s="15" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1528</v>
+        <v>1540</v>
       </c>
       <c r="I432" s="15" t="s">
         <v>1541</v>
       </c>
-      <c r="J432" s="15"/>
+      <c r="J432" s="15">
+        <v>150</v>
+      </c>
       <c r="K432" s="15">
-        <v>0.06119</v>
+        <v>0.52586</v>
       </c>
       <c r="L432" s="15">
-        <v>0.0533</v>
+        <v>0.49236</v>
       </c>
       <c r="M432" s="15">
-        <v>0.04935</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.47561</v>
+      </c>
+      <c r="N432" s="15"/>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C433" s="15" t="s">
         <v>1542</v>
       </c>
       <c r="D433" s="15" t="s">
         <v>1543</v>
       </c>
       <c r="E433" s="15" t="s">
         <v>1544</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="J433" s="15"/>
       <c r="K433" s="15">
-        <v>0.09024</v>
+        <v>0.08379</v>
       </c>
       <c r="L433" s="15">
-        <v>0.0786</v>
+        <v>0.07262</v>
       </c>
       <c r="M433" s="15">
-        <v>0.07278</v>
+        <v>0.06983</v>
       </c>
       <c r="N433" s="15">
-        <v>25800</v>
+        <v>15600</v>
       </c>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D434" s="15" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="E434" s="15" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="J434" s="15"/>
       <c r="K434" s="15">
-        <v>0.12792</v>
+        <v>0.13965</v>
       </c>
       <c r="L434" s="15">
-        <v>0.11142</v>
+        <v>0.12103</v>
       </c>
       <c r="M434" s="15">
-        <v>0.10316</v>
+        <v>0.11638</v>
       </c>
       <c r="N434" s="15">
-        <v>27300</v>
+        <v>14700</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="D435" s="15" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="E435" s="15" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="J435" s="15"/>
       <c r="K435" s="15">
-        <v>0.15963</v>
+        <v>0.17293</v>
       </c>
       <c r="L435" s="15">
-        <v>0.13904</v>
+        <v>0.15062</v>
       </c>
       <c r="M435" s="15">
-        <v>0.12874</v>
+        <v>0.13946</v>
       </c>
       <c r="N435" s="15">
-        <v>1025</v>
+        <v>2150</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D436" s="15" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="E436" s="15" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="J436" s="15"/>
       <c r="K436" s="15">
-        <v>0.18554</v>
+        <v>0.06119</v>
       </c>
       <c r="L436" s="15">
-        <v>0.1608</v>
+        <v>0.0533</v>
       </c>
       <c r="M436" s="15">
-        <v>0.15461</v>
+        <v>0.04935</v>
       </c>
       <c r="N436" s="15">
-        <v>5270</v>
+        <v>32401</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="D437" s="15" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="E437" s="15" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="J437" s="15"/>
       <c r="K437" s="15">
-        <v>0.2555</v>
+        <v>0.09024</v>
       </c>
       <c r="L437" s="15">
-        <v>0.22253</v>
+        <v>0.0786</v>
       </c>
       <c r="M437" s="15">
-        <v>0.20605</v>
+        <v>0.07278</v>
       </c>
       <c r="N437" s="15">
-        <v>711</v>
+        <v>26700</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="D438" s="15" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="E438" s="15" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
-        <v>0.62096</v>
+        <v>0.12792</v>
       </c>
       <c r="L438" s="15">
-        <v>0.53816</v>
+        <v>0.11142</v>
       </c>
       <c r="M438" s="15">
-        <v>0.51746</v>
+        <v>0.10316</v>
       </c>
       <c r="N438" s="15">
-        <v>740</v>
+        <v>27300</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D439" s="15" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="E439" s="15" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="J439" s="15"/>
       <c r="K439" s="15">
-        <v>0.27257</v>
+        <v>0.15963</v>
       </c>
       <c r="L439" s="15">
-        <v>0.23622</v>
+        <v>0.13904</v>
       </c>
       <c r="M439" s="15">
-        <v>0.22714</v>
+        <v>0.12874</v>
       </c>
       <c r="N439" s="15">
-        <v>730</v>
+        <v>1113</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="D440" s="15" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="E440" s="15" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="J440" s="15"/>
       <c r="K440" s="15">
-        <v>0.32933</v>
+        <v>0.18554</v>
       </c>
       <c r="L440" s="15">
-        <v>0.28542</v>
+        <v>0.1608</v>
       </c>
       <c r="M440" s="15">
-        <v>0.27444</v>
+        <v>0.15461</v>
       </c>
       <c r="N440" s="15">
-        <v>780</v>
+        <v>7565</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D441" s="15" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="E441" s="15" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="J441" s="15"/>
       <c r="K441" s="15">
-        <v>0.16322</v>
+        <v>0.2555</v>
       </c>
       <c r="L441" s="15">
-        <v>0.14145</v>
+        <v>0.22253</v>
       </c>
       <c r="M441" s="15">
-        <v>0.13601</v>
+        <v>0.20605</v>
       </c>
       <c r="N441" s="15">
-        <v>19750</v>
+        <v>675</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D442" s="15" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="E442" s="15" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
-        <v>0.24495</v>
+        <v>0.62096</v>
       </c>
       <c r="L442" s="15">
-        <v>0.21229</v>
+        <v>0.53816</v>
       </c>
       <c r="M442" s="15">
-        <v>0.20413</v>
+        <v>0.51746</v>
       </c>
       <c r="N442" s="15">
-        <v>20475</v>
+        <v>790</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="D443" s="15" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="E443" s="15" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
-        <v>0.326</v>
+        <v>0.27257</v>
       </c>
       <c r="L443" s="15">
-        <v>0.28253</v>
+        <v>0.23622</v>
       </c>
       <c r="M443" s="15">
-        <v>0.27166</v>
+        <v>0.22714</v>
       </c>
       <c r="N443" s="15">
-        <v>12593</v>
+        <v>830</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D444" s="15" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="E444" s="15" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="J444" s="15"/>
       <c r="K444" s="15">
-        <v>0.40806</v>
+        <v>0.32933</v>
       </c>
       <c r="L444" s="15">
-        <v>0.35365</v>
+        <v>0.28542</v>
       </c>
       <c r="M444" s="15">
-        <v>0.34005</v>
+        <v>0.27444</v>
       </c>
       <c r="N444" s="15">
-        <v>15438</v>
+        <v>670</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="D445" s="15" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="E445" s="15" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
-        <v>0.4422</v>
+        <v>0.16322</v>
       </c>
       <c r="L445" s="15">
-        <v>0.39798</v>
+        <v>0.14145</v>
       </c>
       <c r="M445" s="15">
-        <v>0.3685</v>
+        <v>0.13601</v>
       </c>
       <c r="N445" s="15">
-        <v>4620</v>
+        <v>16478</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D446" s="15" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="E446" s="15" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I446" s="15" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="J446" s="15"/>
       <c r="K446" s="15">
-        <v>0.6518699999999999</v>
+        <v>0.24495</v>
       </c>
       <c r="L446" s="15">
-        <v>0.56495</v>
+        <v>0.21229</v>
       </c>
       <c r="M446" s="15">
-        <v>0.54323</v>
+        <v>0.20413</v>
       </c>
       <c r="N446" s="15">
-        <v>4550</v>
+        <v>23310</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D447" s="15" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="E447" s="15" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I447" s="15" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="J447" s="15"/>
       <c r="K447" s="15">
-        <v>0.81602</v>
+        <v>0.326</v>
       </c>
       <c r="L447" s="15">
-        <v>0.70721</v>
+        <v>0.28253</v>
       </c>
       <c r="M447" s="15">
-        <v>0.68001</v>
+        <v>0.27166</v>
       </c>
       <c r="N447" s="15">
-        <v>335</v>
+        <v>11334</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="D448" s="15" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="E448" s="15" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="J448" s="15"/>
       <c r="K448" s="15">
-        <v>0.31941</v>
+        <v>0.40806</v>
       </c>
       <c r="L448" s="15">
-        <v>0.27682</v>
+        <v>0.35365</v>
       </c>
       <c r="M448" s="15">
-        <v>0.26618</v>
+        <v>0.34005</v>
       </c>
       <c r="N448" s="15">
-        <v>300</v>
+        <v>21138</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D449" s="15" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="E449" s="15" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
-        <v>0.25539</v>
+        <v>0.4422</v>
       </c>
       <c r="L449" s="15">
-        <v>0.22134</v>
+        <v>0.39798</v>
       </c>
       <c r="M449" s="15">
-        <v>0.21283</v>
+        <v>0.3685</v>
       </c>
       <c r="N449" s="15">
-        <v>620</v>
+        <v>4760</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D450" s="15" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="E450" s="15" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="J450" s="15"/>
       <c r="K450" s="15">
-        <v>0.33357</v>
+        <v>0.6518699999999999</v>
       </c>
       <c r="L450" s="15">
-        <v>0.28909</v>
+        <v>0.56495</v>
       </c>
       <c r="M450" s="15">
-        <v>0.27798</v>
+        <v>0.54323</v>
       </c>
       <c r="N450" s="15">
-        <v>830</v>
+        <v>5880</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D451" s="15" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="E451" s="15" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="J451" s="15"/>
       <c r="K451" s="15">
-        <v>0.56903</v>
+        <v>0.81602</v>
       </c>
       <c r="L451" s="15">
-        <v>0.49316</v>
+        <v>0.70721</v>
       </c>
       <c r="M451" s="15">
-        <v>0.47419</v>
+        <v>0.68001</v>
       </c>
       <c r="N451" s="15">
-        <v>790</v>
+        <v>390</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D452" s="15" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="E452" s="15" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="J452" s="15"/>
       <c r="K452" s="15">
-        <v>0.72722</v>
+        <v>0.31941</v>
       </c>
       <c r="L452" s="15">
-        <v>0.63025</v>
+        <v>0.27682</v>
       </c>
       <c r="M452" s="15">
-        <v>0.60601</v>
+        <v>0.26618</v>
       </c>
       <c r="N452" s="15">
-        <v>755</v>
+        <v>330</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D453" s="15" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="E453" s="15" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="J453" s="15"/>
       <c r="K453" s="15">
-        <v>1.36</v>
+        <v>0.25539</v>
       </c>
       <c r="L453" s="15">
-        <v>1.18</v>
+        <v>0.22134</v>
       </c>
       <c r="M453" s="15">
-        <v>1.13</v>
+        <v>0.21283</v>
       </c>
       <c r="N453" s="15">
-        <v>697</v>
+        <v>740</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D454" s="15" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="E454" s="15" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="J454" s="15"/>
       <c r="K454" s="15">
-        <v>0.61986</v>
+        <v>0.33357</v>
       </c>
       <c r="L454" s="15">
-        <v>0.53988</v>
+        <v>0.28909</v>
       </c>
       <c r="M454" s="15">
-        <v>0.49989</v>
+        <v>0.27798</v>
       </c>
       <c r="N454" s="15">
-        <v>1825</v>
+        <v>670</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D455" s="15" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="E455" s="15" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
-        <v>0.88162</v>
+        <v>0.56903</v>
       </c>
       <c r="L455" s="15">
-        <v>0.7678700000000001</v>
+        <v>0.49316</v>
       </c>
       <c r="M455" s="15">
-        <v>0.71099</v>
+        <v>0.47419</v>
       </c>
       <c r="N455" s="15">
-        <v>890</v>
+        <v>780</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="D456" s="15" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="E456" s="15" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="J456" s="15"/>
       <c r="K456" s="15">
-        <v>1.14</v>
+        <v>0.72722</v>
       </c>
       <c r="L456" s="15">
-        <v>0.99604</v>
+        <v>0.63025</v>
       </c>
       <c r="M456" s="15">
-        <v>0.92226</v>
+        <v>0.60601</v>
       </c>
       <c r="N456" s="15">
-        <v>380</v>
+        <v>686</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D457" s="15" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="E457" s="15" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I457" s="15" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="J457" s="15"/>
       <c r="K457" s="15">
-        <v>1.33</v>
+        <v>1.36</v>
       </c>
       <c r="L457" s="15">
-        <v>1.15</v>
+        <v>1.18</v>
       </c>
       <c r="M457" s="15">
-        <v>1.11</v>
+        <v>1.13</v>
       </c>
       <c r="N457" s="15">
-        <v>630</v>
+        <v>587</v>
       </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D458" s="15" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="E458" s="15" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>1528</v>
+        <v>1545</v>
       </c>
       <c r="I458" s="15" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="J458" s="15"/>
       <c r="K458" s="15">
-        <v>1.67</v>
+        <v>0.61986</v>
       </c>
       <c r="L458" s="15">
-        <v>1.45</v>
+        <v>0.53988</v>
       </c>
       <c r="M458" s="15">
-        <v>1.34</v>
+        <v>0.49989</v>
       </c>
       <c r="N458" s="15">
-        <v>415</v>
+        <v>1950</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
-      <c r="B459" s="14"/>
-[...2 lines deleted...]
-      <c r="E459" s="15"/>
+      <c r="B459" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C459" s="15" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D459" s="15" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E459" s="15" t="s">
+        <v>1649</v>
+      </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
-      <c r="H459" s="15"/>
-      <c r="I459" s="15"/>
+      <c r="H459" s="15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I459" s="15" t="s">
+        <v>1650</v>
+      </c>
       <c r="J459" s="15"/>
-      <c r="K459" s="15"/>
-[...2 lines deleted...]
-      <c r="N459" s="15"/>
+      <c r="K459" s="15">
+        <v>0.88162</v>
+      </c>
+      <c r="L459" s="15">
+        <v>0.7678700000000001</v>
+      </c>
+      <c r="M459" s="15">
+        <v>0.71099</v>
+      </c>
+      <c r="N459" s="15">
+        <v>900</v>
+      </c>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
+      <c r="R459"/>
+    </row>
+    <row r="460" spans="1:18">
+      <c r="B460" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C460" s="15" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D460" s="15" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E460" s="15" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F460" s="15"/>
+      <c r="G460" s="15"/>
+      <c r="H460" s="15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I460" s="15" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J460" s="15"/>
+      <c r="K460" s="15">
+        <v>1.14</v>
+      </c>
+      <c r="L460" s="15">
+        <v>0.99604</v>
+      </c>
+      <c r="M460" s="15">
+        <v>0.92226</v>
+      </c>
+      <c r="N460" s="15">
+        <v>335</v>
+      </c>
+      <c r="O460" s="15"/>
+      <c r="P460" s="15"/>
+      <c r="Q460" s="15"/>
+      <c r="R460"/>
+    </row>
+    <row r="461" spans="1:18">
+      <c r="B461" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C461" s="15" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D461" s="15" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E461" s="15" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F461" s="15"/>
+      <c r="G461" s="15"/>
+      <c r="H461" s="15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I461" s="15" t="s">
+        <v>1658</v>
+      </c>
+      <c r="J461" s="15"/>
+      <c r="K461" s="15">
+        <v>1.33</v>
+      </c>
+      <c r="L461" s="15">
+        <v>1.15</v>
+      </c>
+      <c r="M461" s="15">
+        <v>1.11</v>
+      </c>
+      <c r="N461" s="15">
+        <v>650</v>
+      </c>
+      <c r="O461" s="15"/>
+      <c r="P461" s="15"/>
+      <c r="Q461" s="15"/>
+      <c r="R461"/>
+    </row>
+    <row r="462" spans="1:18">
+      <c r="B462" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C462" s="15" t="s">
+        <v>1659</v>
+      </c>
+      <c r="D462" s="15" t="s">
+        <v>1660</v>
+      </c>
+      <c r="E462" s="15" t="s">
+        <v>1661</v>
+      </c>
+      <c r="F462" s="15"/>
+      <c r="G462" s="15"/>
+      <c r="H462" s="15" t="s">
+        <v>1545</v>
+      </c>
+      <c r="I462" s="15" t="s">
+        <v>1662</v>
+      </c>
+      <c r="J462" s="15"/>
+      <c r="K462" s="15">
+        <v>1.67</v>
+      </c>
+      <c r="L462" s="15">
+        <v>1.45</v>
+      </c>
+      <c r="M462" s="15">
+        <v>1.34</v>
+      </c>
+      <c r="N462" s="15">
+        <v>415</v>
+      </c>
+      <c r="O462" s="15"/>
+      <c r="P462" s="15"/>
+      <c r="Q462" s="15"/>
+      <c r="R462"/>
+    </row>
+    <row r="463" spans="1:18">
+      <c r="B463" s="14"/>
+      <c r="C463" s="15"/>
+      <c r="D463" s="15"/>
+      <c r="E463" s="15"/>
+      <c r="F463" s="15"/>
+      <c r="G463" s="15"/>
+      <c r="H463" s="15"/>
+      <c r="I463" s="15"/>
+      <c r="J463" s="15"/>
+      <c r="K463" s="15"/>
+      <c r="L463" s="15"/>
+      <c r="M463" s="15"/>
+      <c r="N463" s="15"/>
+      <c r="O463" s="15"/>
+      <c r="P463" s="15"/>
+      <c r="Q463" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -23833,317 +24048,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1646</v>
+        <v>1663</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1647</v>
+        <v>1664</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1648</v>
+        <v>1665</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1649</v>
+        <v>1666</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1650</v>
+        <v>1667</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1651</v>
+        <v>1668</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1652</v>
+        <v>1669</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1653</v>
+        <v>1670</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1654</v>
+        <v>1671</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1655</v>
+        <v>1672</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1656</v>
+        <v>1673</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1657</v>
+        <v>1674</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1658</v>
+        <v>1675</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1659</v>
+        <v>1676</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1660</v>
+        <v>1677</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1661</v>
+        <v>1678</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1662</v>
+        <v>1679</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1663</v>
+        <v>1680</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1664</v>
+        <v>1681</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1665</v>
+        <v>1682</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1666</v>
+        <v>1683</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1667</v>
+        <v>1684</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1668</v>
+        <v>1685</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1669</v>
+        <v>1686</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1670</v>
+        <v>1687</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1671</v>
+        <v>1688</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1672</v>
+        <v>1689</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>