--- v1 (2025-12-18)
+++ v2 (2026-01-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1694">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -679,51 +679,51 @@
   <si>
     <t>UT-00114144</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/12-ST-3.81 PHOENIX CONTACT, BL 3.81/12/90 WEIDMUELLER, EC381R-12P DINKLE, TS12315A0000G ANYTEK, MC520-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGKA-3.81-13P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-13P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020578</t>
   </si>
   <si>
     <t>15EDGKA-3.81-13P-14-100Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-13P-14-100Z(H)</t>
   </si>
   <si>
     <t>UT-00123808</t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>15EDGKA-3.81-18P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-18P-14-100A(H)</t>
   </si>
   <si>
     <t>15EDGKAM-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKAM-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-STF-3.81 PHOENIX CONTACT, BL 3.81/02/90F WEIDMUELLER, EC381RM-02P DINKLE, TS02315C0000G ANYTEK, MC521-38102 DECA, 15EDGKAM-3.81-02P-14-100Z(H) DEGSON, 15EGTKAM-3.81-02P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKAM-3.81-02P-14-100Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKAM-3.81-02P-14-100Z(H)</t>
   </si>
   <si>
     <t>UT-00114027</t>
   </si>
@@ -1249,51 +1249,51 @@
   <si>
     <t>15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114282</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 5-ST-3.81 PHOENIX CONTACT, HW0530500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113156</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 6-ST-3.81 PHOENIX CONTACT, HW0630500000G ANYTEK, 15EGTKD-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>03.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114283</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 7-ST-3.81 PHOENIX CONTACT, HW0730500000G ANYTEK, 15EGTKD-3.81-07P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020658</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 8-ST-3.81 PHOENIX CONTACT, HW0830500000G ANYTEK, 15EDGKD-3.81-08P-14-00Z(H) DEGSON, 15EGTKD-3.81-08P-14-00 GOLTEN, </t>
   </si>
@@ -1522,53 +1522,50 @@
   <si>
     <t>15EDGKM-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114302</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKM-3.81-02P-14-00A(H GOLTEN, MC 1.5/ 2-STF-3.81 PHOENIX CONTACT, BL 3.81/02/180F WEIDMUELLER, EC381VM-02P DINKLE, TJ0231520000G ANYTEK, MC421-38102 DECA, 15EGTKM-3.81-02P-14-00 GOLTEN, TLPSW-100V-1066-02P-G12S Tianli, L-KLS2-EDCKM-3.81-02P-4S KLS, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111311</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKM-3.81-03P-14-00A(H GOLTEN, MC 1.5/ 3-STF-3.81 PHOENIX CONTACT, BL 3.81/03/180F WEIDMUELLER, EC381VM-03P DINKLE, TJ0331520000G ANYTEK, MC421-38103 DECA, 15EGTKM-3.81-03P-14-00 GOLTEN, TLPSW-100V-1066-03P-G12S Tianli, L-KLS2-EDCKM-3.81-03P-4S KLS, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKM-3.81-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKM-3.81-04P-14-00A(H GOLTEN, MC 1.5/ 4-STF-3.81 PHOENIX CONTACT, BL 3.81/04/180F WEIDMUELLER, EC381VM-04P DINKLE, TJ0431520000G ANYTEK, MC421-38104 DECA, 15EDGKM-3.81-04P-14-00Z(H) DEGSON, 15EGTKM-3.81-04P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114303</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKM-3.81-04P-14-00A(H GOLTEN, MC 1.5/ 4-STF-3.81 PHOENIX CONTACT, BL 3.81/04/180F WEIDMUELLER, EC381VM-04P DINKLE, TJ0431520000G ANYTEK, MC421-38104 DECA, 15EGTKM-3.81-04P-14-00 GOLTEN, 15EDGKM-3.81-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-05P-14-00Z(H)</t>
@@ -1774,50 +1771,53 @@
   <si>
     <t xml:space="preserve">на кабель / 15EDGKNGB-3.81-02P-14-1000A(H) </t>
   </si>
   <si>
     <t>15EDGKNGB-3.81-03P-14-1000A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">на кабель / 15EDGKNGB-3.81-03P-14-1000A(H) </t>
   </si>
   <si>
     <t>15EDGKNGB-3.81-04P-14-1000A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">на кабель / 15EDGKNGB-3.81-04P-14-1000A(H) </t>
   </si>
   <si>
     <t>15EDGKNGB-3.81-05P-14-1000Z(H)</t>
   </si>
   <si>
     <t>на кабель / 15EDGKNGB-3.81-05P-14-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00108058</t>
   </si>
   <si>
+    <t xml:space="preserve">1817453 PHOENIX CONTACT, </t>
+  </si>
+  <si>
     <t>15EDGKNM-3.81-02P-14-1000Z(H)</t>
   </si>
   <si>
     <t>на кабель / 15EDGKNM-3.81-02P-14-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00112216</t>
   </si>
   <si>
     <t>15EDGKNM-3.81-03P-14-1000Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKNM-3.81-03P-14-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00117264</t>
   </si>
   <si>
     <t>15EDGKNM-3.81-04P-14-1000Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKNM-3.81-04P-14-1000Z(H)</t>
   </si>
   <si>
     <t>UT-00117861</t>
@@ -1858,50 +1858,62 @@
   <si>
     <t>15EDGKR-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKR-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114319</t>
   </si>
   <si>
     <t xml:space="preserve">IMC 1.5/ 3-ST-3.81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>15EDGKR-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKR-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114030</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-EDGF-3.81-04P-4S KLS, IMC 1.5/ 4-ST-3.81 PHOENIX CONTACT, 15EGTKR-3.81-04P-14-00 GOLTEN, </t>
   </si>
   <si>
+    <t>15EDGKR-3.81-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 15EDGKR-3.81-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00107865</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15EGTKR-3.81-05P-14-00 GOLTEN, </t>
+  </si>
+  <si>
     <t>15EDGKR-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKR-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114320</t>
   </si>
   <si>
     <t xml:space="preserve">IMC 1.5/ 6-ST-3.81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>15EDGKR-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKR-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020683</t>
   </si>
   <si>
     <t>15EDGKR-3.81-10P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKR-3.81-10P-14-00A(H)</t>
@@ -4090,51 +4102,51 @@
   <si>
     <t>Клеммник 15EGTVM-3.81-08P-14-00</t>
   </si>
   <si>
     <t>UT-00141397</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 8-GF-3.81 PHOENIX CONTACT, SL 3.81/08/180F WEIDMUELLER, ECH381VM-08P DINKLE, OQ0835500000G ANYTEK, ME060-38108 DECA, 15EDGVM-3.81-08P-14-00Z(H) DEGSON, TLPHW-100V-1112-08P-G12 Tianli, L-KLS2-EDLV-3.81-08P-4 KLS, </t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-2P-14</t>
   </si>
   <si>
     <t>UT-00153705</t>
   </si>
   <si>
     <t>FUCON</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
-    <t>24.02.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>UT-00146169</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-5P-14</t>
   </si>
   <si>
     <t>UT-00153706</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 5-ST-3.81 PHOENIX CONTACT, BL 3.81/05/180 WEIDMUELLER, EC381V-05P DINKLE, TJ0531530000G ANYTEK, MC420-38105 DECA, L-KLS2-EDK-3.81-05P-4S KLS, 15EDGK-3.81-05P-14-00Z(H) DEGSON, 15EGTK-3.81-05P-14-00 GOLTEN, SH220A-3.81-05P SANHE, TLPS-100V-1066-05P-G12S Tianli, SH220A-3.81-05P RAL7001 SANHE, </t>
   </si>
@@ -5592,51 +5604,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R463"/>
+  <dimension ref="A1:R464"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -5848,92 +5860,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.78789</v>
       </c>
       <c r="L9" s="15">
         <v>0.7091</v>
       </c>
       <c r="M9" s="15">
         <v>0.6565800000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>332</v>
+        <v>304</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.80406</v>
       </c>
       <c r="L10" s="15">
         <v>0.69685</v>
       </c>
       <c r="M10" s="15">
         <v>0.67005</v>
       </c>
       <c r="N10" s="15">
-        <v>221</v>
+        <v>270</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080015893</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -6129,131 +6141,131 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
         <v>2.35</v>
       </c>
       <c r="L16" s="15">
         <v>2.04</v>
       </c>
       <c r="M16" s="15">
         <v>1.96</v>
       </c>
       <c r="N16" s="15">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>1400</v>
       </c>
       <c r="K17" s="15">
         <v>2.62</v>
       </c>
       <c r="L17" s="15">
         <v>2.27</v>
       </c>
       <c r="M17" s="15">
         <v>2.18</v>
       </c>
       <c r="N17" s="15">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>375</v>
       </c>
       <c r="K18" s="15">
         <v>3.43</v>
       </c>
       <c r="L18" s="15">
         <v>2.29</v>
       </c>
       <c r="M18" s="15">
         <v>2.08</v>
       </c>
       <c r="N18" s="15">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
@@ -6289,256 +6301,256 @@
       </c>
       <c r="E20" s="15">
         <v>10080013547</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>250</v>
       </c>
       <c r="K20" s="15">
         <v>0.17378</v>
       </c>
       <c r="L20" s="15">
         <v>0.15061</v>
       </c>
       <c r="M20" s="15">
         <v>0.14481</v>
       </c>
       <c r="N20" s="15">
-        <v>744</v>
+        <v>894</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>1.14</v>
       </c>
       <c r="L21" s="15">
         <v>0.57087</v>
       </c>
       <c r="M21" s="15">
         <v>0.51902</v>
       </c>
       <c r="N21" s="15">
-        <v>628</v>
+        <v>820</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15">
         <v>10080001944</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="15">
         <v>1088</v>
       </c>
       <c r="K22" s="15">
         <v>0.55793</v>
       </c>
       <c r="L22" s="15">
         <v>0.48354</v>
       </c>
       <c r="M22" s="15">
         <v>0.46494</v>
       </c>
       <c r="N22" s="15">
-        <v>426</v>
+        <v>536</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>3740</v>
       </c>
       <c r="K23" s="15">
         <v>0.64212</v>
       </c>
       <c r="L23" s="15">
         <v>0.5565</v>
       </c>
       <c r="M23" s="15">
         <v>0.5351</v>
       </c>
       <c r="N23" s="15">
-        <v>1113</v>
+        <v>1229</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>660</v>
       </c>
       <c r="K24" s="15">
         <v>0.80009</v>
       </c>
       <c r="L24" s="15">
         <v>0.69341</v>
       </c>
       <c r="M24" s="15">
         <v>0.66674</v>
       </c>
       <c r="N24" s="15">
-        <v>106</v>
+        <v>132</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2640</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J25" s="15">
         <v>4350</v>
       </c>
       <c r="K25" s="15">
         <v>0.18705</v>
       </c>
       <c r="L25" s="15">
         <v>0.16211</v>
       </c>
       <c r="M25" s="15">
         <v>0.15588</v>
       </c>
       <c r="N25" s="15">
-        <v>321</v>
+        <v>227</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15">
         <v>10080013554</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -6576,51 +6588,51 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="15">
         <v>2400</v>
       </c>
       <c r="K27" s="15">
         <v>0.381</v>
       </c>
       <c r="L27" s="15">
         <v>0.3302</v>
       </c>
       <c r="M27" s="15">
         <v>0.3175</v>
       </c>
       <c r="N27" s="15">
-        <v>270</v>
+        <v>245</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
@@ -6656,95 +6668,95 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J29" s="15">
         <v>1230</v>
       </c>
       <c r="K29" s="15">
         <v>0.71475</v>
       </c>
       <c r="L29" s="15">
         <v>0.6194499999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.59563</v>
       </c>
       <c r="N29" s="15">
-        <v>1164</v>
+        <v>943</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>4920</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>109</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.14652</v>
       </c>
       <c r="L30" s="15">
         <v>0.12698</v>
       </c>
       <c r="M30" s="15">
         <v>0.1221</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15">
-        <v>25713</v>
+        <v>19935</v>
       </c>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>113</v>
@@ -6781,219 +6793,219 @@
       </c>
       <c r="E32" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2201</v>
       </c>
       <c r="L32" s="15">
         <v>0.19809</v>
       </c>
       <c r="M32" s="15">
         <v>0.18341</v>
       </c>
       <c r="N32" s="15">
-        <v>18169</v>
+        <v>16093</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J33" s="15">
         <v>200</v>
       </c>
       <c r="K33" s="15">
         <v>0.28662</v>
       </c>
       <c r="L33" s="15">
         <v>0.2484</v>
       </c>
       <c r="M33" s="15">
         <v>0.23885</v>
       </c>
       <c r="N33" s="15">
-        <v>37756</v>
+        <v>26621</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.37097</v>
       </c>
       <c r="L34" s="15">
         <v>0.3215</v>
       </c>
       <c r="M34" s="15">
         <v>0.30914</v>
       </c>
       <c r="N34" s="15">
-        <v>6860</v>
+        <v>6532</v>
       </c>
       <c r="O34" s="15">
-        <v>8424</v>
+        <v>8632</v>
       </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.43602</v>
       </c>
       <c r="L35" s="15">
         <v>0.37788</v>
       </c>
       <c r="M35" s="15">
         <v>0.36335</v>
       </c>
       <c r="N35" s="15">
-        <v>10436</v>
+        <v>7270</v>
       </c>
       <c r="O35" s="15">
-        <v>9078</v>
+        <v>6324</v>
       </c>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J36" s="15">
         <v>900</v>
       </c>
       <c r="K36" s="15">
         <v>0.51312</v>
       </c>
       <c r="L36" s="15">
         <v>0.4447</v>
       </c>
       <c r="M36" s="15">
         <v>0.4276</v>
       </c>
       <c r="N36" s="15">
-        <v>1706</v>
+        <v>1372</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
@@ -7029,51 +7041,51 @@
       </c>
       <c r="E38" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>141</v>
       </c>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>0.65289</v>
       </c>
       <c r="L38" s="15">
         <v>0.56584</v>
       </c>
       <c r="M38" s="15">
         <v>0.54408</v>
       </c>
       <c r="N38" s="15">
-        <v>780</v>
+        <v>629</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>142</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>143</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>144</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
@@ -7111,95 +7123,95 @@
       </c>
       <c r="E40" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J40" s="15">
         <v>550</v>
       </c>
       <c r="K40" s="15">
         <v>0.84377</v>
       </c>
       <c r="L40" s="15">
         <v>0.73126</v>
       </c>
       <c r="M40" s="15">
         <v>0.70314</v>
       </c>
       <c r="N40" s="15">
-        <v>1422</v>
+        <v>1600</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="J41" s="15">
         <v>525</v>
       </c>
       <c r="K41" s="15">
         <v>0.94335</v>
       </c>
       <c r="L41" s="15">
         <v>0.81757</v>
       </c>
       <c r="M41" s="15">
         <v>0.78613</v>
       </c>
       <c r="N41" s="15">
-        <v>649</v>
+        <v>439</v>
       </c>
       <c r="O41" s="15">
-        <v>788</v>
+        <v>693</v>
       </c>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>154</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>157</v>
@@ -7277,133 +7289,133 @@
       </c>
       <c r="E44" s="15">
         <v>10000023275</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.17661</v>
       </c>
       <c r="L44" s="15">
         <v>0.15306</v>
       </c>
       <c r="M44" s="15">
         <v>0.14718</v>
       </c>
       <c r="N44" s="15">
-        <v>1112</v>
+        <v>1375</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E45" s="15">
         <v>10000023276</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.26786</v>
       </c>
       <c r="L45" s="15">
         <v>0.23214</v>
       </c>
       <c r="M45" s="15">
         <v>0.22321</v>
       </c>
       <c r="N45" s="15">
-        <v>652</v>
+        <v>630</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.35447</v>
       </c>
       <c r="L46" s="15">
         <v>0.3072</v>
       </c>
       <c r="M46" s="15">
         <v>0.29539</v>
       </c>
       <c r="N46" s="15">
-        <v>3127</v>
+        <v>3256</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -7521,51 +7533,51 @@
       </c>
       <c r="E50" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>186</v>
       </c>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>0.59415</v>
       </c>
       <c r="L50" s="15">
         <v>0.51493</v>
       </c>
       <c r="M50" s="15">
         <v>0.49513</v>
       </c>
       <c r="N50" s="15">
-        <v>2042</v>
+        <v>2690</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -7683,174 +7695,174 @@
       </c>
       <c r="E54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="J54" s="15">
         <v>790</v>
       </c>
       <c r="K54" s="15">
         <v>0.69929</v>
       </c>
       <c r="L54" s="15">
         <v>0.60605</v>
       </c>
       <c r="M54" s="15">
         <v>0.58274</v>
       </c>
       <c r="N54" s="15">
-        <v>689</v>
+        <v>578</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J55" s="15">
         <v>620</v>
       </c>
       <c r="K55" s="15">
         <v>0.88911</v>
       </c>
       <c r="L55" s="15">
         <v>0.77056</v>
       </c>
       <c r="M55" s="15">
         <v>0.74093</v>
       </c>
       <c r="N55" s="15">
-        <v>497</v>
+        <v>446</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="J56" s="15">
         <v>570</v>
       </c>
       <c r="K56" s="15">
         <v>3.19</v>
       </c>
       <c r="L56" s="15">
         <v>1.59</v>
       </c>
       <c r="M56" s="15">
         <v>1.45</v>
       </c>
       <c r="N56" s="15">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>213</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>214</v>
       </c>
       <c r="J57" s="15">
         <v>515</v>
       </c>
       <c r="K57" s="15">
         <v>1.07</v>
       </c>
       <c r="L57" s="15">
         <v>0.92971</v>
       </c>
       <c r="M57" s="15">
         <v>0.89395</v>
       </c>
       <c r="N57" s="15">
-        <v>473</v>
+        <v>439</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
@@ -7921,51 +7933,51 @@
       <c r="D60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E60" s="15">
         <v>10080013616</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
         <v>1.75</v>
       </c>
       <c r="L60" s="15">
         <v>1.52</v>
       </c>
       <c r="M60" s="15">
         <v>1.46</v>
       </c>
       <c r="N60" s="15">
-        <v>976</v>
+        <v>870</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E61" s="15">
         <v>10080009972</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15" t="s">
@@ -8003,133 +8015,133 @@
       </c>
       <c r="E62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="J62" s="15">
         <v>1200</v>
       </c>
       <c r="K62" s="15">
         <v>0.33996</v>
       </c>
       <c r="L62" s="15">
         <v>0.29463</v>
       </c>
       <c r="M62" s="15">
         <v>0.2833</v>
       </c>
       <c r="N62" s="15">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
         <v>0.3869</v>
       </c>
       <c r="L63" s="15">
         <v>0.33531</v>
       </c>
       <c r="M63" s="15">
         <v>0.32241</v>
       </c>
       <c r="N63" s="15">
-        <v>1451</v>
+        <v>1101</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>238</v>
       </c>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
         <v>0.45569</v>
       </c>
       <c r="L64" s="15">
         <v>0.39493</v>
       </c>
       <c r="M64" s="15">
         <v>0.37974</v>
       </c>
       <c r="N64" s="15">
-        <v>3125</v>
+        <v>2704</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3200</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E65" s="15">
         <v>10080013643</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
@@ -8208,211 +8220,211 @@
       </c>
       <c r="E67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.64089</v>
       </c>
       <c r="L67" s="15">
         <v>0.55544</v>
       </c>
       <c r="M67" s="15">
         <v>0.53408</v>
       </c>
       <c r="N67" s="15">
-        <v>350</v>
+        <v>93</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.77249</v>
       </c>
       <c r="L68" s="15">
         <v>0.66949</v>
       </c>
       <c r="M68" s="15">
         <v>0.64374</v>
       </c>
       <c r="N68" s="15">
-        <v>2440</v>
+        <v>3068</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E69" s="15">
         <v>10080013646</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>256</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.83491</v>
       </c>
       <c r="L69" s="15">
         <v>0.8028</v>
       </c>
       <c r="M69" s="15">
         <v>0.77069</v>
       </c>
       <c r="N69" s="15">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>260</v>
       </c>
       <c r="J70" s="15">
         <v>595</v>
       </c>
       <c r="K70" s="15">
         <v>0.82692</v>
       </c>
       <c r="L70" s="15">
         <v>0.71666</v>
       </c>
       <c r="M70" s="15">
         <v>0.6891</v>
       </c>
       <c r="N70" s="15">
-        <v>154</v>
+        <v>122</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>264</v>
       </c>
       <c r="J71" s="15">
         <v>535</v>
       </c>
       <c r="K71" s="15">
         <v>0.96377</v>
       </c>
       <c r="L71" s="15">
         <v>0.83526</v>
       </c>
       <c r="M71" s="15">
         <v>0.80314</v>
       </c>
       <c r="N71" s="15">
-        <v>1501</v>
+        <v>1178</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
@@ -8448,92 +8460,92 @@
       </c>
       <c r="E73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>272</v>
       </c>
       <c r="J73" s="15">
         <v>515</v>
       </c>
       <c r="K73" s="15">
         <v>1.06</v>
       </c>
       <c r="L73" s="15">
         <v>0.91889</v>
       </c>
       <c r="M73" s="15">
         <v>0.8835499999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>1206</v>
+        <v>1705</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>276</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
         <v>3.51</v>
       </c>
       <c r="L74" s="15">
         <v>1.76</v>
       </c>
       <c r="M74" s="15">
         <v>1.6</v>
       </c>
       <c r="N74" s="15">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E75" s="15">
         <v>10080013650</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -8565,131 +8577,131 @@
       <c r="D76" s="15" t="s">
         <v>281</v>
       </c>
       <c r="E76" s="15">
         <v>10080013652</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>380</v>
       </c>
       <c r="K76" s="15">
         <v>1.62</v>
       </c>
       <c r="L76" s="15">
         <v>1.41</v>
       </c>
       <c r="M76" s="15">
         <v>1.35</v>
       </c>
       <c r="N76" s="15">
-        <v>689</v>
+        <v>731</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>325</v>
       </c>
       <c r="K77" s="15">
         <v>1.58</v>
       </c>
       <c r="L77" s="15">
         <v>1.37</v>
       </c>
       <c r="M77" s="15">
         <v>1.32</v>
       </c>
       <c r="N77" s="15">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>288</v>
       </c>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.18126</v>
       </c>
       <c r="L78" s="15">
         <v>0.15709</v>
       </c>
       <c r="M78" s="15">
         <v>0.15105</v>
       </c>
       <c r="N78" s="15">
-        <v>3672</v>
+        <v>4437</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>289</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>290</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
@@ -8727,92 +8739,92 @@
       </c>
       <c r="E80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
         <v>0.35649</v>
       </c>
       <c r="L80" s="15">
         <v>0.30896</v>
       </c>
       <c r="M80" s="15">
         <v>0.29708</v>
       </c>
       <c r="N80" s="15">
-        <v>2620</v>
+        <v>3152</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>300</v>
       </c>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.46569</v>
       </c>
       <c r="L81" s="15">
         <v>0.4036</v>
       </c>
       <c r="M81" s="15">
         <v>0.38808</v>
       </c>
       <c r="N81" s="15">
-        <v>1891</v>
+        <v>2623</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
@@ -8881,131 +8893,131 @@
       <c r="D84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E84" s="15">
         <v>10080042838</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>790</v>
       </c>
       <c r="K84" s="15">
         <v>0.84033</v>
       </c>
       <c r="L84" s="15">
         <v>0.72829</v>
       </c>
       <c r="M84" s="15">
         <v>0.70028</v>
       </c>
       <c r="N84" s="15">
-        <v>11031</v>
+        <v>8775</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>690</v>
       </c>
       <c r="K85" s="15">
         <v>0.88749</v>
       </c>
       <c r="L85" s="15">
         <v>0.76916</v>
       </c>
       <c r="M85" s="15">
         <v>0.73958</v>
       </c>
       <c r="N85" s="15">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
         <v>315</v>
       </c>
       <c r="J86" s="15">
         <v>620</v>
       </c>
       <c r="K86" s="15">
         <v>1</v>
       </c>
       <c r="L86" s="15">
         <v>0.86956</v>
       </c>
       <c r="M86" s="15">
         <v>0.83611</v>
       </c>
       <c r="N86" s="15">
-        <v>5063</v>
+        <v>5841</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
@@ -9152,51 +9164,51 @@
       <c r="D91" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>329</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.836</v>
       </c>
       <c r="L91" s="15">
         <v>0.643</v>
       </c>
       <c r="M91" s="15">
         <v>0.585</v>
       </c>
       <c r="N91" s="15">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>330</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>331</v>
       </c>
       <c r="E92" s="15">
         <v>10080013718</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -9273,256 +9285,256 @@
       </c>
       <c r="E94" s="15" t="s">
         <v>337</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>338</v>
       </c>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.47256</v>
       </c>
       <c r="L94" s="15">
         <v>0.40955</v>
       </c>
       <c r="M94" s="15">
         <v>0.3938</v>
       </c>
       <c r="N94" s="15">
-        <v>756</v>
+        <v>693</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>339</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>340</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>341</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>342</v>
       </c>
       <c r="J95" s="15">
         <v>150</v>
       </c>
       <c r="K95" s="15">
         <v>0.64437</v>
       </c>
       <c r="L95" s="15">
         <v>0.55845</v>
       </c>
       <c r="M95" s="15">
         <v>0.53698</v>
       </c>
       <c r="N95" s="15">
-        <v>5052</v>
+        <v>4829</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>346</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.83991</v>
       </c>
       <c r="L96" s="15">
         <v>0.72792</v>
       </c>
       <c r="M96" s="15">
         <v>0.6999300000000001</v>
       </c>
       <c r="N96" s="15">
-        <v>693</v>
+        <v>801</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>350</v>
       </c>
       <c r="J97" s="15">
         <v>800</v>
       </c>
       <c r="K97" s="15">
         <v>0.80532</v>
       </c>
       <c r="L97" s="15">
         <v>0.69794</v>
       </c>
       <c r="M97" s="15">
         <v>0.6711</v>
       </c>
       <c r="N97" s="15">
-        <v>246</v>
+        <v>344</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>354</v>
       </c>
       <c r="J98" s="15">
         <v>680</v>
       </c>
       <c r="K98" s="15">
         <v>0.92291</v>
       </c>
       <c r="L98" s="15">
         <v>0.7998499999999999</v>
       </c>
       <c r="M98" s="15">
         <v>0.7690900000000001</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>492</v>
+        <v>384</v>
       </c>
       <c r="P98" s="15" t="s">
         <v>355</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E99" s="15">
         <v>10080039888</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>358</v>
       </c>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.9519</v>
       </c>
       <c r="L99" s="15">
         <v>0.82498</v>
       </c>
       <c r="M99" s="15">
         <v>0.79325</v>
       </c>
       <c r="N99" s="15">
-        <v>87</v>
+        <v>96</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>359</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>360</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>361</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15" t="s">
@@ -9595,51 +9607,51 @@
       </c>
       <c r="E102" s="15">
         <v>10080009975</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J102" s="15">
         <v>800</v>
       </c>
       <c r="K102" s="15">
         <v>1.05</v>
       </c>
       <c r="L102" s="15">
         <v>0.56407</v>
       </c>
       <c r="M102" s="15">
         <v>0.48886</v>
       </c>
       <c r="N102" s="15">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15" t="s">
@@ -9677,51 +9689,51 @@
       </c>
       <c r="E104" s="15">
         <v>10080013729</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>376</v>
       </c>
       <c r="J104" s="15">
         <v>150</v>
       </c>
       <c r="K104" s="15">
         <v>0.86691</v>
       </c>
       <c r="L104" s="15">
         <v>0.75132</v>
       </c>
       <c r="M104" s="15">
         <v>0.72243</v>
       </c>
       <c r="N104" s="15">
-        <v>97</v>
+        <v>82</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>379</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
@@ -10025,61 +10037,61 @@
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>409</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>410</v>
       </c>
       <c r="J113" s="15">
         <v>800</v>
       </c>
       <c r="K113" s="15">
-        <v>0.707</v>
+        <v>0.70539</v>
       </c>
       <c r="L113" s="15">
-        <v>0.61273</v>
+        <v>0.61134</v>
       </c>
       <c r="M113" s="15">
-        <v>0.58916</v>
+        <v>0.58783</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15">
-        <v>990</v>
+        <v>900</v>
       </c>
       <c r="P113" s="15" t="s">
         <v>411</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>414</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
@@ -10194,51 +10206,51 @@
       </c>
       <c r="E117" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>427</v>
       </c>
       <c r="J117" s="15">
         <v>525</v>
       </c>
       <c r="K117" s="15">
         <v>0.97113</v>
       </c>
       <c r="L117" s="15">
         <v>0.84165</v>
       </c>
       <c r="M117" s="15">
         <v>0.80928</v>
       </c>
       <c r="N117" s="15">
-        <v>397</v>
+        <v>297</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E118" s="15">
         <v>10000023297</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
@@ -10313,299 +10325,299 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>437</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>438</v>
       </c>
       <c r="J120" s="15">
         <v>450</v>
       </c>
       <c r="K120" s="15">
         <v>1.19</v>
       </c>
       <c r="L120" s="15">
         <v>1.03</v>
       </c>
       <c r="M120" s="15">
         <v>0.99004</v>
       </c>
       <c r="N120" s="15">
-        <v>196</v>
+        <v>260</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>1800</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J121" s="15">
         <v>400</v>
       </c>
       <c r="K121" s="15">
         <v>1.27</v>
       </c>
       <c r="L121" s="15">
         <v>1.1</v>
       </c>
       <c r="M121" s="15">
         <v>1.06</v>
       </c>
       <c r="N121" s="15">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15">
         <v>1600</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E122" s="15">
         <v>10080043652</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15" t="s">
         <v>445</v>
       </c>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.33834</v>
       </c>
       <c r="L122" s="15">
         <v>0.29323</v>
       </c>
       <c r="M122" s="15">
         <v>0.28195</v>
       </c>
       <c r="N122" s="15">
-        <v>1181</v>
+        <v>1436</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E123" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
         <v>0.35445</v>
       </c>
       <c r="L123" s="15">
         <v>0.30719</v>
       </c>
       <c r="M123" s="15">
         <v>0.29538</v>
       </c>
       <c r="N123" s="15">
-        <v>3571</v>
+        <v>3255</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>453</v>
       </c>
       <c r="J124" s="15">
         <v>800</v>
       </c>
       <c r="K124" s="15">
         <v>0.42869</v>
       </c>
       <c r="L124" s="15">
         <v>0.37153</v>
       </c>
       <c r="M124" s="15">
         <v>0.35724</v>
       </c>
       <c r="N124" s="15">
-        <v>600</v>
+        <v>155</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>454</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>457</v>
       </c>
       <c r="J125" s="15">
         <v>700</v>
       </c>
       <c r="K125" s="15">
         <v>0.62859</v>
       </c>
       <c r="L125" s="15">
         <v>0.54478</v>
       </c>
       <c r="M125" s="15">
         <v>0.52383</v>
       </c>
       <c r="N125" s="15">
-        <v>3135</v>
+        <v>2606</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>458</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>459</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>460</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>461</v>
       </c>
       <c r="J126" s="15">
         <v>535</v>
       </c>
       <c r="K126" s="15">
         <v>0.95016</v>
       </c>
       <c r="L126" s="15">
         <v>0.82347</v>
       </c>
       <c r="M126" s="15">
         <v>0.7917999999999999</v>
       </c>
       <c r="N126" s="15">
-        <v>2255</v>
+        <v>2164</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>462</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>463</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>464</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
@@ -10639,51 +10651,51 @@
       </c>
       <c r="E128" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>468</v>
       </c>
       <c r="J128" s="15">
         <v>1</v>
       </c>
       <c r="K128" s="15">
         <v>1.17</v>
       </c>
       <c r="L128" s="15">
         <v>1.02</v>
       </c>
       <c r="M128" s="15">
         <v>0.97899</v>
       </c>
       <c r="N128" s="15">
-        <v>1573</v>
+        <v>1517</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>471</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
@@ -10721,92 +10733,92 @@
       </c>
       <c r="E130" s="15" t="s">
         <v>474</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>475</v>
       </c>
       <c r="J130" s="15">
         <v>20</v>
       </c>
       <c r="K130" s="15">
         <v>1.19</v>
       </c>
       <c r="L130" s="15">
         <v>1.03</v>
       </c>
       <c r="M130" s="15">
         <v>0.99125</v>
       </c>
       <c r="N130" s="15">
-        <v>678</v>
+        <v>623</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>476</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>479</v>
       </c>
       <c r="J131" s="15">
         <v>350</v>
       </c>
       <c r="K131" s="15">
         <v>2.22</v>
       </c>
       <c r="L131" s="15">
         <v>1.59</v>
       </c>
       <c r="M131" s="15">
         <v>1.43</v>
       </c>
       <c r="N131" s="15">
-        <v>594</v>
+        <v>720</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>480</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>481</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>482</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -10914,1105 +10926,1107 @@
       </c>
       <c r="E135" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>493</v>
       </c>
       <c r="J135" s="15">
         <v>235</v>
       </c>
       <c r="K135" s="15">
         <v>2.19</v>
       </c>
       <c r="L135" s="15">
         <v>1.9</v>
       </c>
       <c r="M135" s="15">
         <v>1.82</v>
       </c>
       <c r="N135" s="15">
-        <v>800</v>
+        <v>850</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>940</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>495</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>496</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>497</v>
       </c>
       <c r="J136" s="15">
         <v>200</v>
       </c>
       <c r="K136" s="15">
         <v>0.23181</v>
       </c>
       <c r="L136" s="15">
         <v>0.2009</v>
       </c>
       <c r="M136" s="15">
         <v>0.19318</v>
       </c>
       <c r="N136" s="15">
-        <v>2550</v>
+        <v>1765</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>498</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>499</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>501</v>
       </c>
       <c r="J137" s="15">
         <v>200</v>
       </c>
       <c r="K137" s="15">
-        <v>0.31917</v>
+        <v>0.30542</v>
       </c>
       <c r="L137" s="15">
-        <v>0.27661</v>
+        <v>0.26469</v>
       </c>
       <c r="M137" s="15">
-        <v>0.26598</v>
+        <v>0.25451</v>
       </c>
       <c r="N137" s="15">
-        <v>283</v>
+        <v>228</v>
       </c>
       <c r="O137" s="15">
-        <v>1992</v>
+        <v>1608</v>
       </c>
       <c r="P137" s="15" t="s">
-        <v>502</v>
+        <v>411</v>
       </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="E138" s="15">
         <v>10080013770</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
         <v>0.37631</v>
       </c>
       <c r="L138" s="15">
         <v>0.32613</v>
       </c>
       <c r="M138" s="15">
         <v>0.31359</v>
       </c>
       <c r="N138" s="15">
         <v>12</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>506</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
         <v>0.37398</v>
       </c>
       <c r="L139" s="15">
         <v>0.32412</v>
       </c>
       <c r="M139" s="15">
         <v>0.31165</v>
       </c>
       <c r="N139" s="15">
-        <v>2589</v>
+        <v>1853</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>510</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="J140" s="15">
         <v>100</v>
       </c>
       <c r="K140" s="15">
         <v>0.55017</v>
       </c>
       <c r="L140" s="15">
         <v>0.47681</v>
       </c>
       <c r="M140" s="15">
         <v>0.45848</v>
       </c>
       <c r="N140" s="15">
         <v>15</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>513</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>514</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>515</v>
-      </c>
-[...1 lines deleted...]
-        <v>516</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="J141" s="15">
         <v>825</v>
       </c>
       <c r="K141" s="15">
         <v>0.53138</v>
       </c>
       <c r="L141" s="15">
         <v>0.46053</v>
       </c>
       <c r="M141" s="15">
         <v>0.44281</v>
       </c>
       <c r="N141" s="15">
-        <v>503</v>
+        <v>528</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>518</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>519</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>521</v>
+        <v>520</v>
       </c>
       <c r="J142" s="15">
         <v>1</v>
       </c>
       <c r="K142" s="15">
         <v>0.60842</v>
       </c>
       <c r="L142" s="15">
         <v>0.52729</v>
       </c>
       <c r="M142" s="15">
         <v>0.50701</v>
       </c>
       <c r="N142" s="15">
-        <v>233</v>
+        <v>323</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>522</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="J143" s="15">
         <v>650</v>
       </c>
       <c r="K143" s="15">
         <v>0.76851</v>
       </c>
       <c r="L143" s="15">
         <v>0.66604</v>
       </c>
       <c r="M143" s="15">
         <v>0.6404300000000001</v>
       </c>
       <c r="N143" s="15">
-        <v>3925</v>
+        <v>3524</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15">
         <v>2600</v>
       </c>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>526</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.76188</v>
       </c>
       <c r="L144" s="15">
         <v>0.6603</v>
       </c>
       <c r="M144" s="15">
         <v>0.6349</v>
       </c>
       <c r="N144" s="15">
-        <v>304</v>
+        <v>274</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>529</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>530</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="J145" s="15">
         <v>525</v>
       </c>
       <c r="K145" s="15">
         <v>0.83466</v>
       </c>
       <c r="L145" s="15">
         <v>0.72337</v>
       </c>
       <c r="M145" s="15">
         <v>0.69555</v>
       </c>
       <c r="N145" s="15">
-        <v>761</v>
+        <v>875</v>
       </c>
       <c r="O145" s="15">
         <v>25</v>
       </c>
       <c r="P145" s="15" t="s">
         <v>158</v>
       </c>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>533</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>534</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="J146" s="15">
         <v>525</v>
       </c>
       <c r="K146" s="15">
         <v>0.91539</v>
       </c>
       <c r="L146" s="15">
         <v>0.79334</v>
       </c>
       <c r="M146" s="15">
         <v>0.76283</v>
       </c>
       <c r="N146" s="15">
         <v>65</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15">
         <v>2100</v>
       </c>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>538</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="J147" s="15">
         <v>475</v>
       </c>
       <c r="K147" s="15">
         <v>0.98408</v>
       </c>
       <c r="L147" s="15">
         <v>0.85287</v>
       </c>
       <c r="M147" s="15">
         <v>0.82006</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15">
-        <v>361</v>
+        <v>285</v>
       </c>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>542</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="J148" s="15">
         <v>1</v>
       </c>
       <c r="K148" s="15">
         <v>1.27</v>
       </c>
       <c r="L148" s="15">
         <v>1.1</v>
       </c>
       <c r="M148" s="15">
         <v>1.06</v>
       </c>
       <c r="N148" s="15">
-        <v>162</v>
+        <v>195</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="E149" s="15">
         <v>10080027560</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>1.83</v>
       </c>
       <c r="L149" s="15">
         <v>1.22</v>
       </c>
       <c r="M149" s="15">
         <v>1.1</v>
       </c>
       <c r="N149" s="15">
         <v>29</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>548</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="J150" s="15">
         <v>350</v>
       </c>
       <c r="K150" s="15">
         <v>1.29</v>
       </c>
       <c r="L150" s="15">
         <v>1.12</v>
       </c>
       <c r="M150" s="15">
         <v>1.08</v>
       </c>
       <c r="N150" s="15">
-        <v>262</v>
+        <v>225</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15">
         <v>1400</v>
       </c>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>552</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>553</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1200</v>
       </c>
       <c r="K151" s="15">
         <v>0.22755</v>
       </c>
       <c r="L151" s="15">
         <v>0.19721</v>
       </c>
       <c r="M151" s="15">
         <v>0.18963</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15">
         <v>4800</v>
       </c>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>555</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="J152" s="15">
         <v>800</v>
       </c>
       <c r="K152" s="15">
-        <v>0.85451</v>
+        <v>0.58677</v>
       </c>
       <c r="L152" s="15">
-        <v>0.61037</v>
+        <v>0.50853</v>
       </c>
       <c r="M152" s="15">
-        <v>0.54933</v>
+        <v>0.48898</v>
       </c>
       <c r="N152" s="15">
-        <v>511</v>
+        <v>435</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>3200</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.98384</v>
       </c>
       <c r="L153" s="15">
         <v>0.73788</v>
       </c>
       <c r="M153" s="15">
         <v>0.66409</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>563</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.72036</v>
       </c>
       <c r="L154" s="15">
         <v>0.62431</v>
       </c>
       <c r="M154" s="15">
         <v>0.6002999999999999</v>
       </c>
       <c r="N154" s="15">
-        <v>1201</v>
+        <v>1112</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>567</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="J155" s="15">
         <v>400</v>
       </c>
       <c r="K155" s="15">
         <v>0.61349</v>
       </c>
       <c r="L155" s="15">
         <v>0.53169</v>
       </c>
       <c r="M155" s="15">
         <v>0.51124</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>571</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>1.38</v>
       </c>
       <c r="L156" s="15">
         <v>1.03</v>
       </c>
       <c r="M156" s="15">
         <v>0.9302</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>574</v>
       </c>
-      <c r="D157" s="15" t="s">
+      <c r="E157" s="15" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>400</v>
       </c>
       <c r="K157" s="15">
         <v>1.01</v>
       </c>
       <c r="L157" s="15">
         <v>0.87627</v>
       </c>
       <c r="M157" s="15">
         <v>0.84256</v>
       </c>
       <c r="N157" s="15">
         <v>190</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15">
         <v>1600</v>
       </c>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
       <c r="E158" s="15">
         <v>10080057925</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>1200</v>
       </c>
       <c r="K158" s="15">
         <v>0.96457</v>
       </c>
       <c r="L158" s="15">
         <v>0.51991</v>
       </c>
       <c r="M158" s="15">
         <v>0.4515</v>
       </c>
       <c r="N158" s="15">
-        <v>352</v>
+        <v>308</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
       <c r="E159" s="15">
         <v>10080057926</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1000</v>
       </c>
       <c r="K159" s="15">
         <v>1.21</v>
       </c>
       <c r="L159" s="15">
         <v>0.64993</v>
       </c>
       <c r="M159" s="15">
         <v>0.56441</v>
       </c>
       <c r="N159" s="15">
-        <v>219</v>
+        <v>255</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
       <c r="E160" s="15">
         <v>10080057928</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>800</v>
       </c>
       <c r="K160" s="15">
         <v>1.45</v>
       </c>
       <c r="L160" s="15">
         <v>0.78003</v>
       </c>
       <c r="M160" s="15">
         <v>0.6774</v>
       </c>
       <c r="N160" s="15">
-        <v>194</v>
+        <v>248</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>582</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>583</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I161" s="15"/>
+      <c r="I161" s="15" t="s">
+        <v>585</v>
+      </c>
       <c r="J161" s="15">
         <v>50</v>
       </c>
       <c r="K161" s="15">
         <v>0.98787</v>
       </c>
       <c r="L161" s="15">
         <v>0.85615</v>
       </c>
       <c r="M161" s="15">
         <v>0.82323</v>
       </c>
       <c r="N161" s="15">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>586</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>587</v>
       </c>
       <c r="E162" s="15" t="s">
         <v>588</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
@@ -12044,51 +12058,51 @@
       <c r="D163" s="15" t="s">
         <v>590</v>
       </c>
       <c r="E163" s="15" t="s">
         <v>591</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>1000</v>
       </c>
       <c r="K163" s="15">
         <v>0.6843900000000001</v>
       </c>
       <c r="L163" s="15">
         <v>0.574</v>
       </c>
       <c r="M163" s="15">
         <v>0.55193</v>
       </c>
       <c r="N163" s="15">
-        <v>840</v>
+        <v>800</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15">
         <v>4000</v>
       </c>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>592</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>593</v>
       </c>
       <c r="E164" s="15" t="s">
         <v>594</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
@@ -12311,11724 +12325,11763 @@
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>614</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>615</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>616</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15" t="s">
         <v>617</v>
       </c>
       <c r="J170" s="15">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="K170" s="15">
-        <v>0.6927</v>
+        <v>0.65078</v>
       </c>
       <c r="L170" s="15">
-        <v>0.60034</v>
+        <v>0.56401</v>
       </c>
       <c r="M170" s="15">
-        <v>0.57725</v>
-[...5 lines deleted...]
-      <c r="P170" s="15"/>
+        <v>0.54231</v>
+      </c>
+      <c r="N170" s="15"/>
+      <c r="O170" s="15">
+        <v>4176</v>
+      </c>
+      <c r="P170" s="15" t="s">
+        <v>411</v>
+      </c>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>618</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>619</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>620</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I171" s="15"/>
-      <c r="J171" s="15"/>
+      <c r="I171" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="J171" s="15">
+        <v>1</v>
+      </c>
       <c r="K171" s="15">
-        <v>0.89567</v>
+        <v>0.6927</v>
       </c>
       <c r="L171" s="15">
-        <v>0.77624</v>
+        <v>0.60034</v>
       </c>
       <c r="M171" s="15">
-        <v>0.74639</v>
+        <v>0.57725</v>
       </c>
       <c r="N171" s="15">
-        <v>332</v>
+        <v>564</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-        <v>10080013792</v>
+        <v>623</v>
+      </c>
+      <c r="E172" s="15" t="s">
+        <v>624</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
-      <c r="J172" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J172" s="15"/>
       <c r="K172" s="15">
-        <v>1.01</v>
+        <v>0.89567</v>
       </c>
       <c r="L172" s="15">
-        <v>0.87625</v>
+        <v>0.77624</v>
       </c>
       <c r="M172" s="15">
-        <v>0.84255</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.74639</v>
+      </c>
+      <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="E173" s="15">
-        <v>10080043418</v>
+        <v>10080013792</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>400</v>
       </c>
       <c r="K173" s="15">
-        <v>4.43</v>
+        <v>1.01</v>
       </c>
       <c r="L173" s="15">
-        <v>2.22</v>
+        <v>0.87625</v>
       </c>
       <c r="M173" s="15">
-        <v>2.01</v>
+        <v>0.84255</v>
       </c>
       <c r="N173" s="15">
-        <v>10</v>
+        <v>245</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>627</v>
+        <v>628</v>
+      </c>
+      <c r="E174" s="15">
+        <v>10080043418</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I174" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I174" s="15"/>
       <c r="J174" s="15">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="K174" s="15">
-        <v>0.08603</v>
+        <v>4.43</v>
       </c>
       <c r="L174" s="15">
-        <v>0.07456</v>
+        <v>2.22</v>
       </c>
       <c r="M174" s="15">
-        <v>0.07169</v>
-[...1 lines deleted...]
-      <c r="N174" s="15"/>
+        <v>2.01</v>
+      </c>
+      <c r="N174" s="15">
+        <v>10</v>
+      </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>629</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>630</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>631</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15" t="s">
         <v>632</v>
       </c>
       <c r="J175" s="15">
-        <v>1600</v>
+        <v>250</v>
       </c>
       <c r="K175" s="15">
-        <v>0.19984</v>
+        <v>0.08603</v>
       </c>
       <c r="L175" s="15">
-        <v>0.14406</v>
+        <v>0.07456</v>
       </c>
       <c r="M175" s="15">
-        <v>0.12549</v>
+        <v>0.07169</v>
       </c>
       <c r="N175" s="15"/>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
-      <c r="Q175" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>633</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>634</v>
       </c>
-      <c r="E176" s="15">
-        <v>10080047903</v>
+      <c r="E176" s="15" t="s">
+        <v>635</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I176" s="15"/>
-      <c r="J176" s="15"/>
+      <c r="I176" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="J176" s="15">
+        <v>1600</v>
+      </c>
       <c r="K176" s="15">
-        <v>0.13</v>
+        <v>0.19984</v>
       </c>
       <c r="L176" s="15">
-        <v>0.13</v>
+        <v>0.14406</v>
       </c>
       <c r="M176" s="15">
-        <v>0.13</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12549</v>
+      </c>
+      <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
-      <c r="Q176" s="15"/>
+      <c r="Q176" s="15">
+        <v>6400</v>
+      </c>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="E177" s="15">
-        <v>10080010131</v>
+        <v>10080047903</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I177" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I177" s="15"/>
+      <c r="J177" s="15"/>
       <c r="K177" s="15">
-        <v>0.60775</v>
+        <v>0.13</v>
       </c>
       <c r="L177" s="15">
-        <v>0.30388</v>
+        <v>0.13</v>
       </c>
       <c r="M177" s="15">
-        <v>0.27624</v>
+        <v>0.13</v>
       </c>
       <c r="N177" s="15">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E178" s="15">
-        <v>10080044400</v>
+        <v>10080010131</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I178" s="15"/>
+      <c r="I178" s="15" t="s">
+        <v>641</v>
+      </c>
       <c r="J178" s="15">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="K178" s="15">
-        <v>0.193</v>
+        <v>0.60775</v>
       </c>
       <c r="L178" s="15">
-        <v>0.193</v>
+        <v>0.30388</v>
       </c>
       <c r="M178" s="15">
-        <v>0.193</v>
+        <v>0.27624</v>
       </c>
       <c r="N178" s="15">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E179" s="15">
-        <v>10080044401</v>
+        <v>10080044400</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
-        <v>1015</v>
+        <v>800</v>
       </c>
       <c r="K179" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="L179" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="M179" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="N179" s="15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>644</v>
+        <v>645</v>
+      </c>
+      <c r="E180" s="15">
+        <v>10080044401</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I180" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I180" s="15"/>
       <c r="J180" s="15">
-        <v>500</v>
+        <v>1015</v>
       </c>
       <c r="K180" s="15">
-        <v>0.08142000000000001</v>
+        <v>0.21</v>
       </c>
       <c r="L180" s="15">
-        <v>0.052</v>
+        <v>0.21</v>
       </c>
       <c r="M180" s="15">
-        <v>0.047</v>
+        <v>0.21</v>
       </c>
       <c r="N180" s="15">
-        <v>42510</v>
+        <v>3</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
-      <c r="Q180" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>646</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>647</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>648</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15" t="s">
         <v>649</v>
       </c>
       <c r="J181" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.11</v>
+        <v>0.08142000000000001</v>
       </c>
       <c r="L181" s="15">
-        <v>0.081</v>
+        <v>0.052</v>
       </c>
       <c r="M181" s="15">
-        <v>0.075</v>
+        <v>0.047</v>
       </c>
       <c r="N181" s="15">
-        <v>32777</v>
+        <v>59899</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
-      <c r="Q181" s="15"/>
+      <c r="Q181" s="15">
+        <v>12000</v>
+      </c>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
         <v>650</v>
       </c>
       <c r="D182" s="15" t="s">
         <v>651</v>
       </c>
-      <c r="E182" s="15">
-        <v>10000021862</v>
+      <c r="E182" s="15" t="s">
+        <v>652</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J182" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K182" s="15">
-        <v>0.10781</v>
+        <v>0.11</v>
       </c>
       <c r="L182" s="15">
-        <v>0.09343</v>
+        <v>0.081</v>
       </c>
       <c r="M182" s="15">
-        <v>0.08984</v>
+        <v>0.075</v>
       </c>
       <c r="N182" s="15">
-        <v>2574</v>
+        <v>31639</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>654</v>
-[...1 lines deleted...]
-      <c r="E183" s="15" t="s">
         <v>655</v>
+      </c>
+      <c r="E183" s="15">
+        <v>10000021862</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15" t="s">
         <v>656</v>
       </c>
       <c r="J183" s="15">
         <v>200</v>
       </c>
       <c r="K183" s="15">
-        <v>0.15</v>
+        <v>0.12211</v>
       </c>
       <c r="L183" s="15">
-        <v>0.1</v>
+        <v>0.11723</v>
       </c>
       <c r="M183" s="15">
-        <v>0.091</v>
+        <v>0.11234</v>
       </c>
       <c r="N183" s="15">
-        <v>39476</v>
+        <v>2157</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
         <v>657</v>
       </c>
       <c r="D184" s="15" t="s">
         <v>658</v>
       </c>
       <c r="E184" s="15" t="s">
         <v>659</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
         <v>660</v>
       </c>
       <c r="J184" s="15">
         <v>200</v>
       </c>
       <c r="K184" s="15">
-        <v>0.14492</v>
+        <v>0.15</v>
       </c>
       <c r="L184" s="15">
-        <v>0.12559</v>
+        <v>0.1</v>
       </c>
       <c r="M184" s="15">
-        <v>0.12076</v>
+        <v>0.091</v>
       </c>
       <c r="N184" s="15">
-        <v>17599</v>
+        <v>35471</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>662</v>
       </c>
       <c r="E185" s="15" t="s">
         <v>663</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15" t="s">
         <v>664</v>
       </c>
       <c r="J185" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K185" s="15">
-        <v>0.17216</v>
+        <v>0.14492</v>
       </c>
       <c r="L185" s="15">
-        <v>0.1492</v>
+        <v>0.12559</v>
       </c>
       <c r="M185" s="15">
-        <v>0.14346</v>
+        <v>0.12076</v>
       </c>
       <c r="N185" s="15">
-        <v>4898</v>
+        <v>21654</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
         <v>665</v>
       </c>
       <c r="D186" s="15" t="s">
         <v>666</v>
       </c>
       <c r="E186" s="15" t="s">
         <v>667</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
         <v>668</v>
       </c>
       <c r="J186" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K186" s="15">
-        <v>0.19037</v>
+        <v>0.17216</v>
       </c>
       <c r="L186" s="15">
-        <v>0.16498</v>
+        <v>0.1492</v>
       </c>
       <c r="M186" s="15">
-        <v>0.15864</v>
+        <v>0.14346</v>
       </c>
       <c r="N186" s="15">
-        <v>2798</v>
+        <v>4816</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>669</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>670</v>
       </c>
       <c r="E187" s="15" t="s">
         <v>671</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>672</v>
       </c>
       <c r="J187" s="15">
-        <v>2100</v>
+        <v>1000</v>
       </c>
       <c r="K187" s="15">
-        <v>0.20826</v>
+        <v>0.19037</v>
       </c>
       <c r="L187" s="15">
-        <v>0.18049</v>
+        <v>0.16498</v>
       </c>
       <c r="M187" s="15">
-        <v>0.17355</v>
+        <v>0.15864</v>
       </c>
       <c r="N187" s="15">
-        <v>663</v>
+        <v>2940</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>673</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>674</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>675</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15" t="s">
         <v>676</v>
       </c>
       <c r="J188" s="15">
-        <v>1825</v>
+        <v>2100</v>
       </c>
       <c r="K188" s="15">
-        <v>0.3021</v>
+        <v>0.20826</v>
       </c>
       <c r="L188" s="15">
-        <v>0.26182</v>
+        <v>0.18049</v>
       </c>
       <c r="M188" s="15">
-        <v>0.25175</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17355</v>
+      </c>
+      <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>677</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>678</v>
       </c>
-      <c r="E189" s="15">
-        <v>10000021866</v>
+      <c r="E189" s="15" t="s">
+        <v>679</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J189" s="15">
-        <v>1675</v>
+        <v>1825</v>
       </c>
       <c r="K189" s="15">
-        <v>0.30074</v>
+        <v>0.3021</v>
       </c>
       <c r="L189" s="15">
-        <v>0.26064</v>
+        <v>0.26182</v>
       </c>
       <c r="M189" s="15">
-        <v>0.25061</v>
+        <v>0.25175</v>
       </c>
       <c r="N189" s="15">
-        <v>2193</v>
+        <v>1046</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>681</v>
-[...1 lines deleted...]
-      <c r="E190" s="15" t="s">
         <v>682</v>
+      </c>
+      <c r="E190" s="15">
+        <v>10000021866</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
         <v>683</v>
       </c>
       <c r="J190" s="15">
-        <v>1500</v>
+        <v>1675</v>
       </c>
       <c r="K190" s="15">
-        <v>0.32151</v>
+        <v>0.30074</v>
       </c>
       <c r="L190" s="15">
-        <v>0.27864</v>
+        <v>0.26064</v>
       </c>
       <c r="M190" s="15">
-        <v>0.26793</v>
-[...1 lines deleted...]
-      <c r="N190" s="15"/>
+        <v>0.25061</v>
+      </c>
+      <c r="N190" s="15">
+        <v>882</v>
+      </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>685</v>
       </c>
       <c r="E191" s="15" t="s">
         <v>686</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>687</v>
       </c>
       <c r="J191" s="15">
-        <v>1400</v>
+        <v>1500</v>
       </c>
       <c r="K191" s="15">
-        <v>0.3278</v>
+        <v>0.32151</v>
       </c>
       <c r="L191" s="15">
-        <v>0.28409</v>
+        <v>0.27864</v>
       </c>
       <c r="M191" s="15">
-        <v>0.27316</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26793</v>
+      </c>
+      <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>688</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>689</v>
       </c>
       <c r="E192" s="15" t="s">
         <v>690</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I192" s="15"/>
+      <c r="I192" s="15" t="s">
+        <v>691</v>
+      </c>
       <c r="J192" s="15">
-        <v>1</v>
+        <v>1400</v>
       </c>
       <c r="K192" s="15">
-        <v>0.37029</v>
+        <v>0.3278</v>
       </c>
       <c r="L192" s="15">
-        <v>0.32092</v>
+        <v>0.28409</v>
       </c>
       <c r="M192" s="15">
-        <v>0.30858</v>
-[...1 lines deleted...]
-      <c r="N192" s="15"/>
+        <v>0.27316</v>
+      </c>
+      <c r="N192" s="15">
+        <v>100</v>
+      </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="E193" s="15" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I193" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I193" s="15"/>
       <c r="J193" s="15">
-        <v>1050</v>
+        <v>1</v>
       </c>
       <c r="K193" s="15">
-        <v>0.46244</v>
+        <v>0.37029</v>
       </c>
       <c r="L193" s="15">
-        <v>0.40078</v>
+        <v>0.32092</v>
       </c>
       <c r="M193" s="15">
-        <v>0.38536</v>
+        <v>0.30858</v>
       </c>
       <c r="N193" s="15"/>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>695</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>696</v>
       </c>
-      <c r="E194" s="15">
-        <v>10080013816</v>
+      <c r="E194" s="15" t="s">
+        <v>697</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I194" s="15"/>
-      <c r="J194" s="15"/>
+      <c r="I194" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="J194" s="15">
+        <v>1050</v>
+      </c>
       <c r="K194" s="15">
-        <v>0.48686</v>
+        <v>0.46244</v>
       </c>
       <c r="L194" s="15">
-        <v>0.42194</v>
+        <v>0.40078</v>
       </c>
       <c r="M194" s="15">
-        <v>0.40571</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.38536</v>
+      </c>
+      <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>700</v>
+      </c>
+      <c r="E195" s="15">
+        <v>10080013816</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15"/>
-      <c r="J195" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J195" s="15"/>
       <c r="K195" s="15">
-        <v>0.57677</v>
+        <v>0.48686</v>
       </c>
       <c r="L195" s="15">
-        <v>0.49986</v>
+        <v>0.42194</v>
       </c>
       <c r="M195" s="15">
-        <v>0.48064</v>
+        <v>0.40571</v>
       </c>
       <c r="N195" s="15">
-        <v>190</v>
+        <v>113</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="E196" s="15" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I196" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J196" s="15"/>
+      <c r="I196" s="15"/>
+      <c r="J196" s="15">
+        <v>875</v>
+      </c>
       <c r="K196" s="15">
-        <v>0.22464</v>
+        <v>0.57677</v>
       </c>
       <c r="L196" s="15">
-        <v>0.19469</v>
+        <v>0.49986</v>
       </c>
       <c r="M196" s="15">
-        <v>0.1872</v>
-[...1 lines deleted...]
-      <c r="N196" s="15"/>
+        <v>0.48064</v>
+      </c>
+      <c r="N196" s="15">
+        <v>177</v>
+      </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>704</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>705</v>
       </c>
-      <c r="E197" s="15">
-        <v>10080033495</v>
+      <c r="E197" s="15" t="s">
+        <v>706</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I197" s="15"/>
+      <c r="I197" s="15" t="s">
+        <v>707</v>
+      </c>
       <c r="J197" s="15"/>
       <c r="K197" s="15">
-        <v>0.20931</v>
+        <v>0.22464</v>
       </c>
       <c r="L197" s="15">
-        <v>0.13954</v>
+        <v>0.19469</v>
       </c>
       <c r="M197" s="15">
-        <v>0.12792</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1872</v>
+      </c>
+      <c r="N197" s="15"/>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="E198" s="15">
-        <v>10080033496</v>
+        <v>10080033495</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
-        <v>0.31977</v>
+        <v>0.20931</v>
       </c>
       <c r="L198" s="15">
-        <v>0.21279</v>
+        <v>0.13954</v>
       </c>
       <c r="M198" s="15">
-        <v>0.19419</v>
+        <v>0.12792</v>
       </c>
       <c r="N198" s="15">
-        <v>311</v>
+        <v>269</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="E199" s="15">
-        <v>10080033497</v>
+        <v>10080033496</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15"/>
-      <c r="J199" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J199" s="15"/>
       <c r="K199" s="15">
-        <v>0.66914</v>
+        <v>0.31977</v>
       </c>
       <c r="L199" s="15">
-        <v>0.35549</v>
+        <v>0.21279</v>
       </c>
       <c r="M199" s="15">
-        <v>0.30321</v>
+        <v>0.19419</v>
       </c>
       <c r="N199" s="15">
-        <v>256</v>
+        <v>210</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="E200" s="15">
-        <v>10080033498</v>
+        <v>10080033497</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
-      <c r="J200" s="15"/>
+      <c r="J200" s="15">
+        <v>350</v>
+      </c>
       <c r="K200" s="15">
-        <v>0.52327</v>
+        <v>0.66914</v>
       </c>
       <c r="L200" s="15">
-        <v>0.41862</v>
+        <v>0.35549</v>
       </c>
       <c r="M200" s="15">
-        <v>0.38373</v>
+        <v>0.30321</v>
       </c>
       <c r="N200" s="15">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="E201" s="15">
-        <v>10080033499</v>
+        <v>10080033498</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15"/>
       <c r="K201" s="15">
-        <v>0.69769</v>
+        <v>0.52327</v>
       </c>
       <c r="L201" s="15">
-        <v>0.55815</v>
+        <v>0.41862</v>
       </c>
       <c r="M201" s="15">
-        <v>0.51164</v>
+        <v>0.38373</v>
       </c>
       <c r="N201" s="15">
-        <v>217</v>
+        <v>242</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="E202" s="15">
-        <v>10080047906</v>
+        <v>10080033499</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>0.69769</v>
       </c>
       <c r="L202" s="15">
-        <v>0.47676</v>
+        <v>0.55815</v>
       </c>
       <c r="M202" s="15">
-        <v>0.43025</v>
+        <v>0.51164</v>
       </c>
       <c r="N202" s="15">
-        <v>12</v>
+        <v>301</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>717</v>
-[...2 lines deleted...]
-        <v>718</v>
+        <v>719</v>
+      </c>
+      <c r="E203" s="15">
+        <v>10080047906</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I203" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I203" s="15"/>
+      <c r="J203" s="15"/>
       <c r="K203" s="15">
-        <v>0.21632</v>
+        <v>0.69769</v>
       </c>
       <c r="L203" s="15">
-        <v>0.18747</v>
+        <v>0.47676</v>
       </c>
       <c r="M203" s="15">
-        <v>0.18026</v>
+        <v>0.43025</v>
       </c>
       <c r="N203" s="15">
-        <v>105</v>
+        <v>12</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>720</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>721</v>
       </c>
       <c r="E204" s="15" t="s">
         <v>722</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
         <v>723</v>
       </c>
       <c r="J204" s="15">
-        <v>640</v>
+        <v>925</v>
       </c>
       <c r="K204" s="15">
-        <v>0.32273</v>
+        <v>0.21632</v>
       </c>
       <c r="L204" s="15">
-        <v>0.2797</v>
+        <v>0.18747</v>
       </c>
       <c r="M204" s="15">
-        <v>0.26894</v>
-[...1 lines deleted...]
-      <c r="N204" s="15"/>
+        <v>0.18026</v>
+      </c>
+      <c r="N204" s="15">
+        <v>130</v>
+      </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>724</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>725</v>
       </c>
       <c r="E205" s="15" t="s">
         <v>726</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
         <v>727</v>
       </c>
       <c r="J205" s="15">
         <v>640</v>
       </c>
       <c r="K205" s="15">
-        <v>0.39695</v>
+        <v>0.32273</v>
       </c>
       <c r="L205" s="15">
-        <v>0.34402</v>
+        <v>0.2797</v>
       </c>
       <c r="M205" s="15">
-        <v>0.33079</v>
+        <v>0.26894</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
-      <c r="P205" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="D206" s="15" t="s">
         <v>729</v>
       </c>
-      <c r="D206" s="15" t="s">
+      <c r="E206" s="15" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="J206" s="15">
+        <v>640</v>
+      </c>
+      <c r="K206" s="15">
+        <v>0.39695</v>
+      </c>
+      <c r="L206" s="15">
+        <v>0.34402</v>
+      </c>
+      <c r="M206" s="15">
+        <v>0.33079</v>
+      </c>
+      <c r="N206" s="15"/>
+      <c r="O206" s="15"/>
+      <c r="P206" s="15" t="s">
         <v>732</v>
       </c>
-      <c r="J206" s="15">
-[...20 lines deleted...]
-      </c>
+      <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>733</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>734</v>
       </c>
       <c r="E207" s="15" t="s">
         <v>735</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
         <v>736</v>
       </c>
       <c r="J207" s="15">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="K207" s="15">
-        <v>0.86084</v>
+        <v>0.78266</v>
       </c>
       <c r="L207" s="15">
-        <v>0.7460599999999999</v>
+        <v>0.6783</v>
       </c>
       <c r="M207" s="15">
-        <v>0.71736</v>
+        <v>0.65221</v>
       </c>
       <c r="N207" s="15"/>
-      <c r="O207" s="15"/>
-[...1 lines deleted...]
-      <c r="Q207" s="15"/>
+      <c r="O207" s="15">
+        <v>439</v>
+      </c>
+      <c r="P207" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="Q207" s="15">
+        <v>1200</v>
+      </c>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>737</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>738</v>
       </c>
       <c r="E208" s="15" t="s">
         <v>739</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I208" s="15"/>
-      <c r="J208" s="15"/>
+      <c r="I208" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="J208" s="15">
+        <v>1</v>
+      </c>
       <c r="K208" s="15">
-        <v>1.1</v>
+        <v>0.86084</v>
       </c>
       <c r="L208" s="15">
-        <v>0.95034</v>
+        <v>0.7460599999999999</v>
       </c>
       <c r="M208" s="15">
-        <v>0.91379</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.71736</v>
+      </c>
+      <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>10080013860</v>
+        <v>742</v>
+      </c>
+      <c r="E209" s="15" t="s">
+        <v>743</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I209" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I209" s="15"/>
+      <c r="J209" s="15"/>
       <c r="K209" s="15">
-        <v>0.40091</v>
+        <v>1.1</v>
       </c>
       <c r="L209" s="15">
-        <v>0.34745</v>
+        <v>0.95034</v>
       </c>
       <c r="M209" s="15">
-        <v>0.33409</v>
+        <v>0.91379</v>
       </c>
       <c r="N209" s="15">
-        <v>23</v>
+        <v>162</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="E210" s="15" t="s">
         <v>745</v>
+      </c>
+      <c r="E210" s="15">
+        <v>10080013860</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>746</v>
       </c>
       <c r="J210" s="15">
-        <v>380</v>
+        <v>445</v>
       </c>
       <c r="K210" s="15">
-        <v>0.51564</v>
+        <v>0.40091</v>
       </c>
       <c r="L210" s="15">
-        <v>0.44689</v>
+        <v>0.34745</v>
       </c>
       <c r="M210" s="15">
-        <v>0.4297</v>
-[...1 lines deleted...]
-      <c r="N210" s="15"/>
+        <v>0.33409</v>
+      </c>
+      <c r="N210" s="15">
+        <v>23</v>
+      </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
-      <c r="Q210" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>747</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>748</v>
       </c>
       <c r="E211" s="15" t="s">
         <v>749</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15" t="s">
         <v>750</v>
       </c>
       <c r="J211" s="15">
-        <v>245</v>
+        <v>380</v>
       </c>
       <c r="K211" s="15">
-        <v>0.63173</v>
+        <v>0.51564</v>
       </c>
       <c r="L211" s="15">
-        <v>0.5475</v>
+        <v>0.44689</v>
       </c>
       <c r="M211" s="15">
-        <v>0.52644</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.4297</v>
+      </c>
+      <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
-      <c r="Q211" s="15"/>
+      <c r="Q211" s="15">
+        <v>1520</v>
+      </c>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>751</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>752</v>
       </c>
       <c r="E212" s="15" t="s">
         <v>753</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
         <v>754</v>
       </c>
-      <c r="J212" s="15"/>
+      <c r="J212" s="15">
+        <v>245</v>
+      </c>
       <c r="K212" s="15">
-        <v>0.85833</v>
+        <v>0.63173</v>
       </c>
       <c r="L212" s="15">
-        <v>0.7438900000000001</v>
+        <v>0.5475</v>
       </c>
       <c r="M212" s="15">
-        <v>0.71528</v>
+        <v>0.52644</v>
       </c>
       <c r="N212" s="15">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>755</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>756</v>
       </c>
-      <c r="E213" s="15">
-        <v>10080039713</v>
+      <c r="E213" s="15" t="s">
+        <v>757</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I213" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I213" s="15" t="s">
+        <v>758</v>
+      </c>
+      <c r="J213" s="15"/>
       <c r="K213" s="15">
-        <v>2.8</v>
+        <v>0.85833</v>
       </c>
       <c r="L213" s="15">
-        <v>1.4</v>
+        <v>0.7438900000000001</v>
       </c>
       <c r="M213" s="15">
-        <v>1.27</v>
+        <v>0.71528</v>
       </c>
       <c r="N213" s="15">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>760</v>
+      </c>
+      <c r="E214" s="15">
+        <v>10080039713</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
-        <v>1</v>
+        <v>220</v>
       </c>
       <c r="K214" s="15">
-        <v>3.85</v>
+        <v>2.8</v>
       </c>
       <c r="L214" s="15">
-        <v>1.92</v>
+        <v>1.4</v>
       </c>
       <c r="M214" s="15">
-        <v>1.75</v>
+        <v>1.27</v>
       </c>
       <c r="N214" s="15">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>1</v>
       </c>
       <c r="K215" s="15">
-        <v>1.32</v>
+        <v>3.85</v>
       </c>
       <c r="L215" s="15">
-        <v>1.14</v>
+        <v>1.92</v>
       </c>
       <c r="M215" s="15">
-        <v>1.1</v>
+        <v>1.75</v>
       </c>
       <c r="N215" s="15">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I216" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I216" s="15"/>
       <c r="J216" s="15">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="K216" s="15">
-        <v>0.14426</v>
+        <v>1.32</v>
       </c>
       <c r="L216" s="15">
-        <v>0.12502</v>
+        <v>1.14</v>
       </c>
       <c r="M216" s="15">
-        <v>0.12021</v>
+        <v>1.1</v>
       </c>
       <c r="N216" s="15">
-        <v>3550</v>
+        <v>20</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
         <v>767</v>
       </c>
       <c r="D217" s="15" t="s">
         <v>768</v>
       </c>
       <c r="E217" s="15" t="s">
         <v>769</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15" t="s">
         <v>770</v>
       </c>
       <c r="J217" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K217" s="15">
-        <v>0.16856</v>
+        <v>0.14426</v>
       </c>
       <c r="L217" s="15">
-        <v>0.14608</v>
+        <v>0.12502</v>
       </c>
       <c r="M217" s="15">
-        <v>0.14046</v>
+        <v>0.12021</v>
       </c>
       <c r="N217" s="15">
-        <v>5361</v>
+        <v>2912</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E218" s="15" t="s">
         <v>773</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>774</v>
       </c>
       <c r="J218" s="15">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="K218" s="15">
-        <v>0.20036</v>
+        <v>0.16856</v>
       </c>
       <c r="L218" s="15">
-        <v>0.17364</v>
+        <v>0.14608</v>
       </c>
       <c r="M218" s="15">
-        <v>0.16696</v>
+        <v>0.14046</v>
       </c>
       <c r="N218" s="15">
-        <v>724</v>
+        <v>5905</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>775</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>776</v>
       </c>
-      <c r="E219" s="15">
-        <v>10080013873</v>
+      <c r="E219" s="15" t="s">
+        <v>777</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="J219" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K219" s="15">
-        <v>0.21815</v>
+        <v>0.20036</v>
       </c>
       <c r="L219" s="15">
-        <v>0.18906</v>
+        <v>0.17364</v>
       </c>
       <c r="M219" s="15">
-        <v>0.18179</v>
+        <v>0.16696</v>
       </c>
       <c r="N219" s="15">
-        <v>872</v>
+        <v>702</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>779</v>
-[...1 lines deleted...]
-      <c r="E220" s="15" t="s">
         <v>780</v>
+      </c>
+      <c r="E220" s="15">
+        <v>10080013873</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>781</v>
       </c>
       <c r="J220" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K220" s="15">
-        <v>0.27333</v>
+        <v>0.21815</v>
       </c>
       <c r="L220" s="15">
-        <v>0.23689</v>
+        <v>0.18906</v>
       </c>
       <c r="M220" s="15">
-        <v>0.22778</v>
-[...1 lines deleted...]
-      <c r="N220" s="15"/>
+        <v>0.18179</v>
+      </c>
+      <c r="N220" s="15">
+        <v>1145</v>
+      </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
         <v>782</v>
       </c>
       <c r="D221" s="15" t="s">
         <v>783</v>
       </c>
       <c r="E221" s="15" t="s">
         <v>784</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
         <v>785</v>
       </c>
       <c r="J221" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K221" s="15">
-        <v>0.30758</v>
+        <v>0.27333</v>
       </c>
       <c r="L221" s="15">
-        <v>0.26657</v>
+        <v>0.23689</v>
       </c>
       <c r="M221" s="15">
-        <v>0.25631</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.22778</v>
+      </c>
+      <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
         <v>786</v>
       </c>
       <c r="D222" s="15" t="s">
         <v>787</v>
       </c>
       <c r="E222" s="15" t="s">
         <v>788</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15" t="s">
         <v>789</v>
       </c>
-      <c r="J222" s="15"/>
+      <c r="J222" s="15">
+        <v>800</v>
+      </c>
       <c r="K222" s="15">
-        <v>0.33182</v>
+        <v>0.30758</v>
       </c>
       <c r="L222" s="15">
-        <v>0.28757</v>
+        <v>0.26657</v>
       </c>
       <c r="M222" s="15">
-        <v>0.27651</v>
+        <v>0.25631</v>
       </c>
       <c r="N222" s="15">
-        <v>350</v>
+        <v>121</v>
       </c>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>790</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>791</v>
       </c>
-      <c r="E223" s="15">
-        <v>10080013877</v>
+      <c r="E223" s="15" t="s">
+        <v>792</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>792</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="J223" s="15"/>
       <c r="K223" s="15">
-        <v>0.5803</v>
+        <v>0.33182</v>
       </c>
       <c r="L223" s="15">
-        <v>0.41837</v>
+        <v>0.28757</v>
       </c>
       <c r="M223" s="15">
-        <v>0.36437</v>
-[...1 lines deleted...]
-      <c r="N223" s="15"/>
+        <v>0.27651</v>
+      </c>
+      <c r="N223" s="15">
+        <v>457</v>
+      </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="E224" s="15">
-        <v>10080013878</v>
+        <v>10080013877</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J224" s="15">
-        <v>1300</v>
+        <v>1600</v>
       </c>
       <c r="K224" s="15">
-        <v>0.39158</v>
+        <v>0.5803</v>
       </c>
       <c r="L224" s="15">
-        <v>0.33937</v>
+        <v>0.41837</v>
       </c>
       <c r="M224" s="15">
-        <v>0.32631</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.36437</v>
+      </c>
+      <c r="N224" s="15"/>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>797</v>
-[...1 lines deleted...]
-      <c r="E225" s="15" t="s">
         <v>798</v>
+      </c>
+      <c r="E225" s="15">
+        <v>10080013878</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15" t="s">
         <v>799</v>
       </c>
       <c r="J225" s="15">
         <v>1300</v>
       </c>
       <c r="K225" s="15">
-        <v>0.39233</v>
+        <v>0.39158</v>
       </c>
       <c r="L225" s="15">
-        <v>0.34002</v>
+        <v>0.33937</v>
       </c>
       <c r="M225" s="15">
-        <v>0.32694</v>
+        <v>0.32631</v>
       </c>
       <c r="N225" s="15">
-        <v>818</v>
+        <v>6</v>
       </c>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>800</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>801</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>802</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
         <v>803</v>
       </c>
-      <c r="J226" s="15"/>
+      <c r="J226" s="15">
+        <v>1300</v>
+      </c>
       <c r="K226" s="15">
-        <v>0.43005</v>
+        <v>0.39233</v>
       </c>
       <c r="L226" s="15">
-        <v>0.37271</v>
+        <v>0.34002</v>
       </c>
       <c r="M226" s="15">
-        <v>0.35838</v>
+        <v>0.32694</v>
       </c>
       <c r="N226" s="15">
-        <v>749</v>
+        <v>948</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>804</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>805</v>
       </c>
-      <c r="E227" s="15">
-        <v>10080013879</v>
+      <c r="E227" s="15" t="s">
+        <v>806</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>806</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="J227" s="15"/>
       <c r="K227" s="15">
-        <v>0.45023</v>
+        <v>0.43005</v>
       </c>
       <c r="L227" s="15">
-        <v>0.3902</v>
+        <v>0.37271</v>
       </c>
       <c r="M227" s="15">
-        <v>0.37519</v>
+        <v>0.35838</v>
       </c>
       <c r="N227" s="15">
-        <v>49</v>
+        <v>878</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>808</v>
-[...1 lines deleted...]
-      <c r="E228" s="15" t="s">
         <v>809</v>
+      </c>
+      <c r="E228" s="15">
+        <v>10080013879</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15" t="s">
         <v>810</v>
       </c>
       <c r="J228" s="15">
         <v>1</v>
       </c>
       <c r="K228" s="15">
-        <v>0.45948</v>
+        <v>0.45023</v>
       </c>
       <c r="L228" s="15">
-        <v>0.39822</v>
+        <v>0.3902</v>
       </c>
       <c r="M228" s="15">
-        <v>0.3829</v>
+        <v>0.37519</v>
       </c>
       <c r="N228" s="15">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
         <v>811</v>
       </c>
       <c r="D229" s="15" t="s">
         <v>812</v>
       </c>
-      <c r="E229" s="15">
-        <v>10080028499</v>
+      <c r="E229" s="15" t="s">
+        <v>813</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I229" s="15"/>
-      <c r="J229" s="15"/>
+      <c r="I229" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="J229" s="15">
+        <v>1</v>
+      </c>
       <c r="K229" s="15">
-        <v>0.72096</v>
+        <v>0.45948</v>
       </c>
       <c r="L229" s="15">
-        <v>0.48839</v>
+        <v>0.39822</v>
       </c>
       <c r="M229" s="15">
-        <v>0.43606</v>
+        <v>0.3829</v>
       </c>
       <c r="N229" s="15">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>815</v>
+        <v>816</v>
+      </c>
+      <c r="E230" s="15">
+        <v>10080028499</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15"/>
       <c r="J230" s="15"/>
       <c r="K230" s="15">
-        <v>0.55374</v>
+        <v>0.72096</v>
       </c>
       <c r="L230" s="15">
-        <v>0.47991</v>
+        <v>0.48839</v>
       </c>
       <c r="M230" s="15">
-        <v>0.46145</v>
+        <v>0.43606</v>
       </c>
       <c r="N230" s="15">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="E231" s="15" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I231" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I231" s="15"/>
+      <c r="J231" s="15"/>
       <c r="K231" s="15">
-        <v>0.6593</v>
+        <v>0.55374</v>
       </c>
       <c r="L231" s="15">
-        <v>0.57139</v>
+        <v>0.47991</v>
       </c>
       <c r="M231" s="15">
-        <v>0.54941</v>
+        <v>0.46145</v>
       </c>
       <c r="N231" s="15">
-        <v>32</v>
+        <v>100</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
         <v>820</v>
       </c>
       <c r="D232" s="15" t="s">
         <v>821</v>
       </c>
       <c r="E232" s="15" t="s">
         <v>822</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I232" s="15"/>
+      <c r="I232" s="15" t="s">
+        <v>823</v>
+      </c>
       <c r="J232" s="15">
-        <v>30</v>
+        <v>900</v>
       </c>
       <c r="K232" s="15">
-        <v>0.47255</v>
+        <v>0.6593</v>
       </c>
       <c r="L232" s="15">
-        <v>0.40954</v>
+        <v>0.57139</v>
       </c>
       <c r="M232" s="15">
-        <v>0.39379</v>
+        <v>0.54941</v>
       </c>
       <c r="N232" s="15">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>824</v>
-[...2 lines deleted...]
-        <v>10080033515</v>
+        <v>825</v>
+      </c>
+      <c r="E233" s="15" t="s">
+        <v>826</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15"/>
       <c r="J233" s="15">
-        <v>350</v>
+        <v>30</v>
       </c>
       <c r="K233" s="15">
-        <v>0.41862</v>
+        <v>0.47255</v>
       </c>
       <c r="L233" s="15">
-        <v>0.27908</v>
+        <v>0.40954</v>
       </c>
       <c r="M233" s="15">
-        <v>0.25583</v>
-[...1 lines deleted...]
-      <c r="N233" s="15"/>
+        <v>0.39379</v>
+      </c>
+      <c r="N233" s="15">
+        <v>17</v>
+      </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>826</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>828</v>
+      </c>
+      <c r="E234" s="15">
+        <v>10080033515</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I234" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J234" s="15"/>
+      <c r="I234" s="15"/>
+      <c r="J234" s="15">
+        <v>350</v>
+      </c>
       <c r="K234" s="15">
-        <v>0.52691</v>
+        <v>0.41862</v>
       </c>
       <c r="L234" s="15">
-        <v>0.37637</v>
+        <v>0.27908</v>
       </c>
       <c r="M234" s="15">
-        <v>0.33873</v>
+        <v>0.25583</v>
       </c>
       <c r="N234" s="15"/>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
         <v>829</v>
       </c>
       <c r="D235" s="15" t="s">
         <v>830</v>
       </c>
       <c r="E235" s="15" t="s">
         <v>831</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15" t="s">
         <v>832</v>
       </c>
       <c r="J235" s="15"/>
       <c r="K235" s="15">
-        <v>0.38472</v>
+        <v>0.52691</v>
       </c>
       <c r="L235" s="15">
-        <v>0.33342</v>
+        <v>0.37637</v>
       </c>
       <c r="M235" s="15">
-        <v>0.3206</v>
+        <v>0.33873</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
         <v>833</v>
       </c>
       <c r="D236" s="15" t="s">
         <v>834</v>
       </c>
-      <c r="E236" s="15">
-        <v>10080033517</v>
+      <c r="E236" s="15" t="s">
+        <v>835</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I236" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I236" s="15" t="s">
+        <v>836</v>
+      </c>
+      <c r="J236" s="15"/>
       <c r="K236" s="15">
-        <v>0.62793</v>
+        <v>0.38472</v>
       </c>
       <c r="L236" s="15">
-        <v>0.41862</v>
+        <v>0.33342</v>
       </c>
       <c r="M236" s="15">
-        <v>0.38373</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.3206</v>
+      </c>
+      <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="E237" s="15">
-        <v>10080033518</v>
+        <v>10080033517</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15"/>
       <c r="J237" s="15">
         <v>350</v>
       </c>
       <c r="K237" s="15">
-        <v>0.69769</v>
+        <v>0.62793</v>
       </c>
       <c r="L237" s="15">
-        <v>0.55815</v>
+        <v>0.41862</v>
       </c>
       <c r="M237" s="15">
-        <v>0.51164</v>
+        <v>0.38373</v>
       </c>
       <c r="N237" s="15">
-        <v>308</v>
+        <v>107</v>
       </c>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>840</v>
+      </c>
+      <c r="E238" s="15">
+        <v>10080033518</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
-        <v>470</v>
+        <v>350</v>
       </c>
       <c r="K238" s="15">
-        <v>0.77333</v>
+        <v>0.69769</v>
       </c>
       <c r="L238" s="15">
-        <v>0.67022</v>
+        <v>0.55815</v>
       </c>
       <c r="M238" s="15">
-        <v>0.64444</v>
+        <v>0.51164</v>
       </c>
       <c r="N238" s="15">
-        <v>2042</v>
+        <v>242</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
-      <c r="Q238" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>10080057932</v>
+        <v>842</v>
+      </c>
+      <c r="E239" s="15" t="s">
+        <v>843</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>200</v>
+        <v>470</v>
       </c>
       <c r="K239" s="15">
-        <v>0.16349</v>
+        <v>0.77333</v>
       </c>
       <c r="L239" s="15">
-        <v>0.14169</v>
+        <v>0.67022</v>
       </c>
       <c r="M239" s="15">
-        <v>0.13624</v>
+        <v>0.64444</v>
       </c>
       <c r="N239" s="15">
-        <v>2399</v>
+        <v>1856</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
-      <c r="Q239" s="15"/>
+      <c r="Q239" s="15">
+        <v>2350</v>
+      </c>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="E240" s="15">
-        <v>10080057933</v>
+        <v>10080057932</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>200</v>
       </c>
       <c r="K240" s="15">
-        <v>0.20057</v>
+        <v>0.16349</v>
       </c>
       <c r="L240" s="15">
-        <v>0.17382</v>
+        <v>0.14169</v>
       </c>
       <c r="M240" s="15">
-        <v>0.16714</v>
+        <v>0.13624</v>
       </c>
       <c r="N240" s="15">
-        <v>809</v>
+        <v>2757</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15"/>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>847</v>
+      </c>
+      <c r="E241" s="15">
+        <v>10080057933</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
-        <v>0.19224</v>
+        <v>0.20057</v>
       </c>
       <c r="L241" s="15">
-        <v>0.16661</v>
+        <v>0.17382</v>
       </c>
       <c r="M241" s="15">
-        <v>0.1602</v>
+        <v>0.16714</v>
       </c>
       <c r="N241" s="15">
-        <v>2541</v>
+        <v>662</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>848</v>
-[...2 lines deleted...]
-        <v>10080057934</v>
+        <v>849</v>
+      </c>
+      <c r="E242" s="15" t="s">
+        <v>850</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
-        <v>1600</v>
+        <v>200</v>
       </c>
       <c r="K242" s="15">
-        <v>0.47557</v>
+        <v>0.19224</v>
       </c>
       <c r="L242" s="15">
-        <v>0.25634</v>
+        <v>0.16661</v>
       </c>
       <c r="M242" s="15">
-        <v>0.2226</v>
+        <v>0.1602</v>
       </c>
       <c r="N242" s="15">
-        <v>571</v>
+        <v>2541</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>850</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>852</v>
+      </c>
+      <c r="E243" s="15">
+        <v>10080057934</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I243" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="K243" s="15">
-        <v>0.19461</v>
+        <v>0.47557</v>
       </c>
       <c r="L243" s="15">
-        <v>0.16866</v>
+        <v>0.25634</v>
       </c>
       <c r="M243" s="15">
-        <v>0.16218</v>
+        <v>0.2226</v>
       </c>
       <c r="N243" s="15">
-        <v>280</v>
+        <v>547</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>853</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>854</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>855</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15" t="s">
         <v>856</v>
       </c>
       <c r="J244" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K244" s="15">
-        <v>0.32915</v>
+        <v>0.19461</v>
       </c>
       <c r="L244" s="15">
-        <v>0.28526</v>
+        <v>0.16866</v>
       </c>
       <c r="M244" s="15">
-        <v>0.27429</v>
+        <v>0.16218</v>
       </c>
       <c r="N244" s="15">
-        <v>2243</v>
+        <v>283</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>857</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>858</v>
       </c>
-      <c r="E245" s="15">
-        <v>10000022907</v>
+      <c r="E245" s="15" t="s">
+        <v>859</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I245" s="15"/>
+      <c r="I245" s="15" t="s">
+        <v>860</v>
+      </c>
       <c r="J245" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K245" s="15">
-        <v>1.14</v>
+        <v>0.32915</v>
       </c>
       <c r="L245" s="15">
-        <v>0.61006</v>
+        <v>0.28526</v>
       </c>
       <c r="M245" s="15">
-        <v>0.54906</v>
+        <v>0.27429</v>
       </c>
       <c r="N245" s="15">
-        <v>272</v>
+        <v>2600</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>860</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>862</v>
+      </c>
+      <c r="E246" s="15">
+        <v>10000022907</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15"/>
       <c r="J246" s="15">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="K246" s="15">
-        <v>1.1</v>
+        <v>1.14</v>
       </c>
       <c r="L246" s="15">
-        <v>0.95294</v>
+        <v>0.61006</v>
       </c>
       <c r="M246" s="15">
-        <v>0.91629</v>
+        <v>0.54906</v>
       </c>
       <c r="N246" s="15">
-        <v>61</v>
+        <v>265</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-        <v>10080010133</v>
+        <v>864</v>
+      </c>
+      <c r="E247" s="15" t="s">
+        <v>865</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I247" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I247" s="15"/>
       <c r="J247" s="15">
+        <v>210</v>
+      </c>
+      <c r="K247" s="15">
+        <v>1.1</v>
+      </c>
+      <c r="L247" s="15">
+        <v>0.95294</v>
+      </c>
+      <c r="M247" s="15">
+        <v>0.91629</v>
+      </c>
+      <c r="N247" s="15">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="E248" s="15">
-        <v>10080042499</v>
+        <v>10080010133</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="J248" s="15">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="K248" s="15">
-        <v>0.35</v>
+        <v>1.09</v>
       </c>
       <c r="L248" s="15">
-        <v>0.35</v>
+        <v>0.54299</v>
       </c>
       <c r="M248" s="15">
-        <v>0.35</v>
+        <v>0.49353</v>
       </c>
       <c r="N248" s="15">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>869</v>
-[...1 lines deleted...]
-      <c r="E249" s="15" t="s">
         <v>870</v>
+      </c>
+      <c r="E249" s="15">
+        <v>10080042499</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I249" s="15"/>
+      <c r="I249" s="15" t="s">
+        <v>871</v>
+      </c>
       <c r="J249" s="15">
-        <v>245</v>
+        <v>300</v>
       </c>
       <c r="K249" s="15">
-        <v>0.76508</v>
+        <v>0.35</v>
       </c>
       <c r="L249" s="15">
-        <v>0.66307</v>
+        <v>0.35</v>
       </c>
       <c r="M249" s="15">
-        <v>0.63756</v>
+        <v>0.35</v>
       </c>
       <c r="N249" s="15">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
-      <c r="Q249" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="E250" s="15" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15"/>
       <c r="J250" s="15">
-        <v>190</v>
+        <v>245</v>
       </c>
       <c r="K250" s="15">
-        <v>0.97029</v>
+        <v>0.76508</v>
       </c>
       <c r="L250" s="15">
-        <v>0.84092</v>
+        <v>0.66307</v>
       </c>
       <c r="M250" s="15">
-        <v>0.80858</v>
+        <v>0.63756</v>
       </c>
       <c r="N250" s="15">
         <v>8</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15">
-        <v>760</v>
+        <v>980</v>
       </c>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="K251" s="15">
-        <v>1.98</v>
+        <v>0.97029</v>
       </c>
       <c r="L251" s="15">
-        <v>1.71</v>
+        <v>0.84092</v>
       </c>
       <c r="M251" s="15">
-        <v>1.65</v>
-[...1 lines deleted...]
-      <c r="N251" s="15"/>
+        <v>0.80858</v>
+      </c>
+      <c r="N251" s="15">
+        <v>8</v>
+      </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15">
-        <v>400</v>
+        <v>760</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I252" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K252" s="15">
-        <v>0.08041</v>
+        <v>1.98</v>
       </c>
       <c r="L252" s="15">
-        <v>0.051</v>
+        <v>1.71</v>
       </c>
       <c r="M252" s="15">
-        <v>0.047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.65</v>
+      </c>
+      <c r="N252" s="15"/>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
-      <c r="Q252" s="15"/>
+      <c r="Q252" s="15">
+        <v>400</v>
+      </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D253" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E253" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15" t="s">
         <v>884</v>
       </c>
       <c r="J253" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K253" s="15">
-        <v>0.08574</v>
+        <v>0.08041</v>
       </c>
       <c r="L253" s="15">
-        <v>0.07431</v>
+        <v>0.051</v>
       </c>
       <c r="M253" s="15">
-        <v>0.07145</v>
+        <v>0.047</v>
       </c>
       <c r="N253" s="15">
-        <v>33720</v>
+        <v>48708</v>
       </c>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
         <v>885</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>886</v>
       </c>
       <c r="E254" s="15" t="s">
         <v>887</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15" t="s">
         <v>888</v>
       </c>
       <c r="J254" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K254" s="15">
-        <v>0.11478</v>
+        <v>0.08574</v>
       </c>
       <c r="L254" s="15">
-        <v>0.09948</v>
+        <v>0.07431</v>
       </c>
       <c r="M254" s="15">
-        <v>0.09565</v>
+        <v>0.07145</v>
       </c>
       <c r="N254" s="15">
-        <v>83531</v>
+        <v>26271</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>889</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>890</v>
       </c>
       <c r="E255" s="15" t="s">
         <v>891</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15" t="s">
         <v>892</v>
       </c>
       <c r="J255" s="15">
         <v>200</v>
       </c>
       <c r="K255" s="15">
-        <v>0.14336</v>
+        <v>0.11478</v>
       </c>
       <c r="L255" s="15">
-        <v>0.12424</v>
+        <v>0.09948</v>
       </c>
       <c r="M255" s="15">
-        <v>0.11946</v>
+        <v>0.09565</v>
       </c>
       <c r="N255" s="15">
-        <v>10370</v>
+        <v>61144</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>893</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>894</v>
       </c>
       <c r="E256" s="15" t="s">
         <v>895</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15" t="s">
         <v>896</v>
       </c>
       <c r="J256" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K256" s="15">
-        <v>0.15678</v>
+        <v>0.14336</v>
       </c>
       <c r="L256" s="15">
-        <v>0.13588</v>
+        <v>0.12424</v>
       </c>
       <c r="M256" s="15">
-        <v>0.13065</v>
+        <v>0.11946</v>
       </c>
       <c r="N256" s="15">
-        <v>16657</v>
+        <v>8836</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
         <v>897</v>
       </c>
       <c r="D257" s="15" t="s">
         <v>898</v>
       </c>
       <c r="E257" s="15" t="s">
         <v>899</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15" t="s">
         <v>900</v>
       </c>
       <c r="J257" s="15">
         <v>100</v>
       </c>
       <c r="K257" s="15">
-        <v>0.1892</v>
+        <v>0.15678</v>
       </c>
       <c r="L257" s="15">
-        <v>0.16397</v>
+        <v>0.13588</v>
       </c>
       <c r="M257" s="15">
-        <v>0.15766</v>
+        <v>0.13065</v>
       </c>
       <c r="N257" s="15">
-        <v>553</v>
+        <v>17979</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
         <v>901</v>
       </c>
       <c r="D258" s="15" t="s">
         <v>902</v>
       </c>
       <c r="E258" s="15" t="s">
         <v>903</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
         <v>904</v>
       </c>
       <c r="J258" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K258" s="15">
-        <v>0.2192</v>
+        <v>0.1892</v>
       </c>
       <c r="L258" s="15">
-        <v>0.18997</v>
+        <v>0.16397</v>
       </c>
       <c r="M258" s="15">
-        <v>0.18266</v>
+        <v>0.15766</v>
       </c>
       <c r="N258" s="15">
-        <v>347</v>
+        <v>427</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>905</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>906</v>
       </c>
       <c r="E259" s="15" t="s">
         <v>907</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
         <v>908</v>
       </c>
       <c r="J259" s="15">
-        <v>1350</v>
+        <v>1000</v>
       </c>
       <c r="K259" s="15">
-        <v>0.25821</v>
+        <v>0.2192</v>
       </c>
       <c r="L259" s="15">
-        <v>0.22378</v>
+        <v>0.18997</v>
       </c>
       <c r="M259" s="15">
-        <v>0.21518</v>
+        <v>0.18266</v>
       </c>
       <c r="N259" s="15">
-        <v>873</v>
+        <v>319</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>909</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>910</v>
       </c>
       <c r="E260" s="15" t="s">
         <v>911</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>912</v>
       </c>
       <c r="J260" s="15">
-        <v>1150</v>
+        <v>1350</v>
       </c>
       <c r="K260" s="15">
-        <v>0.27332</v>
+        <v>0.25821</v>
       </c>
       <c r="L260" s="15">
-        <v>0.23687</v>
+        <v>0.22378</v>
       </c>
       <c r="M260" s="15">
-        <v>0.22776</v>
+        <v>0.21518</v>
       </c>
       <c r="N260" s="15">
-        <v>2496</v>
+        <v>936</v>
       </c>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
         <v>913</v>
       </c>
       <c r="D261" s="15" t="s">
         <v>914</v>
       </c>
-      <c r="E261" s="15">
-        <v>10080006154</v>
+      <c r="E261" s="15" t="s">
+        <v>915</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="J261" s="15">
-        <v>1025</v>
+        <v>1150</v>
       </c>
       <c r="K261" s="15">
-        <v>0.35975</v>
+        <v>0.27332</v>
       </c>
       <c r="L261" s="15">
-        <v>0.31178</v>
+        <v>0.23687</v>
       </c>
       <c r="M261" s="15">
-        <v>0.29979</v>
+        <v>0.22776</v>
       </c>
       <c r="N261" s="15">
-        <v>1</v>
+        <v>2247</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="E262" s="15" t="s">
         <v>918</v>
+      </c>
+      <c r="E262" s="15">
+        <v>10080006154</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15" t="s">
         <v>919</v>
       </c>
       <c r="J262" s="15">
         <v>1025</v>
       </c>
       <c r="K262" s="15">
-        <v>0.32645</v>
+        <v>0.35975</v>
       </c>
       <c r="L262" s="15">
-        <v>0.2938</v>
+        <v>0.31178</v>
       </c>
       <c r="M262" s="15">
-        <v>0.27204</v>
+        <v>0.29979</v>
       </c>
       <c r="N262" s="15">
-        <v>379</v>
+        <v>1</v>
       </c>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>920</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>921</v>
       </c>
       <c r="E263" s="15" t="s">
         <v>922</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I263" s="15"/>
+      <c r="I263" s="15" t="s">
+        <v>923</v>
+      </c>
       <c r="J263" s="15">
-        <v>755</v>
+        <v>1025</v>
       </c>
       <c r="K263" s="15">
-        <v>0.47021</v>
+        <v>0.32645</v>
       </c>
       <c r="L263" s="15">
-        <v>0.40751</v>
+        <v>0.2938</v>
       </c>
       <c r="M263" s="15">
-        <v>0.39184</v>
+        <v>0.27204</v>
       </c>
       <c r="N263" s="15">
-        <v>254</v>
+        <v>552</v>
       </c>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-        <v>10080033505</v>
+        <v>925</v>
+      </c>
+      <c r="E264" s="15" t="s">
+        <v>926</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15"/>
       <c r="J264" s="15">
-        <v>270</v>
+        <v>755</v>
       </c>
       <c r="K264" s="15">
-        <v>0.21512</v>
+        <v>0.47021</v>
       </c>
       <c r="L264" s="15">
-        <v>0.14303</v>
+        <v>0.40751</v>
       </c>
       <c r="M264" s="15">
-        <v>0.13047</v>
+        <v>0.39184</v>
       </c>
       <c r="N264" s="15">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="E265" s="15">
-        <v>10080033506</v>
+        <v>10080033505</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
-      <c r="J265" s="15"/>
+      <c r="J265" s="15">
+        <v>270</v>
+      </c>
       <c r="K265" s="15">
-        <v>0.31977</v>
+        <v>0.21512</v>
       </c>
       <c r="L265" s="15">
-        <v>0.21279</v>
+        <v>0.14303</v>
       </c>
       <c r="M265" s="15">
-        <v>0.19419</v>
+        <v>0.13047</v>
       </c>
       <c r="N265" s="15">
-        <v>179</v>
+        <v>203</v>
       </c>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="E266" s="15">
-        <v>10080033507</v>
+        <v>10080033506</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
-      <c r="J266" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J266" s="15"/>
       <c r="K266" s="15">
-        <v>0.4256</v>
+        <v>0.31977</v>
       </c>
       <c r="L266" s="15">
-        <v>0.28373</v>
+        <v>0.21279</v>
       </c>
       <c r="M266" s="15">
-        <v>0.25815</v>
+        <v>0.19419</v>
       </c>
       <c r="N266" s="15">
-        <v>103</v>
+        <v>222</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="E267" s="15">
-        <v>10080033508</v>
+        <v>10080033507</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15">
         <v>270</v>
       </c>
       <c r="K267" s="15">
-        <v>0.63606</v>
+        <v>0.4256</v>
       </c>
       <c r="L267" s="15">
-        <v>0.42444</v>
+        <v>0.28373</v>
       </c>
       <c r="M267" s="15">
-        <v>0.38489</v>
+        <v>0.25815</v>
       </c>
       <c r="N267" s="15">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="E268" s="15">
-        <v>10080033509</v>
+        <v>10080033508</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>270</v>
       </c>
       <c r="K268" s="15">
-        <v>0.84422</v>
+        <v>0.63606</v>
       </c>
       <c r="L268" s="15">
-        <v>0.56281</v>
+        <v>0.42444</v>
       </c>
       <c r="M268" s="15">
-        <v>0.51164</v>
+        <v>0.38489</v>
       </c>
       <c r="N268" s="15">
-        <v>243</v>
+        <v>91</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>934</v>
-[...2 lines deleted...]
-        <v>935</v>
+        <v>936</v>
+      </c>
+      <c r="E269" s="15">
+        <v>10080033509</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I269" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I269" s="15"/>
       <c r="J269" s="15">
-        <v>1</v>
+        <v>270</v>
       </c>
       <c r="K269" s="15">
-        <v>0.23463</v>
+        <v>0.84422</v>
       </c>
       <c r="L269" s="15">
-        <v>0.20335</v>
+        <v>0.56281</v>
       </c>
       <c r="M269" s="15">
-        <v>0.19553</v>
+        <v>0.51164</v>
       </c>
       <c r="N269" s="15">
-        <v>30</v>
+        <v>225</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
         <v>937</v>
       </c>
       <c r="D270" s="15" t="s">
         <v>938</v>
       </c>
-      <c r="E270" s="15">
-        <v>10080013911</v>
+      <c r="E270" s="15" t="s">
+        <v>939</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="J270" s="15">
-        <v>475</v>
+        <v>1</v>
       </c>
       <c r="K270" s="15">
-        <v>1.44</v>
+        <v>0.23463</v>
       </c>
       <c r="L270" s="15">
-        <v>0.72102</v>
+        <v>0.20335</v>
       </c>
       <c r="M270" s="15">
-        <v>0.65542</v>
+        <v>0.19553</v>
       </c>
       <c r="N270" s="15">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>941</v>
-[...1 lines deleted...]
-      <c r="E271" s="15" t="s">
         <v>942</v>
+      </c>
+      <c r="E271" s="15">
+        <v>10080013911</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
         <v>943</v>
       </c>
       <c r="J271" s="15">
-        <v>1</v>
+        <v>475</v>
       </c>
       <c r="K271" s="15">
-        <v>1.07</v>
+        <v>1.44</v>
       </c>
       <c r="L271" s="15">
-        <v>0.53705</v>
+        <v>0.72102</v>
       </c>
       <c r="M271" s="15">
-        <v>0.48819</v>
+        <v>0.65542</v>
       </c>
       <c r="N271" s="15">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
         <v>944</v>
       </c>
       <c r="D272" s="15" t="s">
         <v>945</v>
       </c>
       <c r="E272" s="15" t="s">
         <v>946</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
         <v>947</v>
       </c>
       <c r="J272" s="15">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="K272" s="15">
-        <v>0.15309</v>
+        <v>1.07</v>
       </c>
       <c r="L272" s="15">
-        <v>0.13268</v>
+        <v>0.53705</v>
       </c>
       <c r="M272" s="15">
-        <v>0.12758</v>
+        <v>0.48819</v>
       </c>
       <c r="N272" s="15">
-        <v>4333</v>
+        <v>65</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>948</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>949</v>
       </c>
-      <c r="E273" s="15">
-        <v>10080013923</v>
+      <c r="E273" s="15" t="s">
+        <v>950</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="J273" s="15">
         <v>200</v>
       </c>
       <c r="K273" s="15">
-        <v>0.16179</v>
+        <v>0.15309</v>
       </c>
       <c r="L273" s="15">
-        <v>0.14022</v>
+        <v>0.13268</v>
       </c>
       <c r="M273" s="15">
-        <v>0.13483</v>
+        <v>0.12758</v>
       </c>
       <c r="N273" s="15">
-        <v>1253</v>
+        <v>4089</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="E274" s="15" t="s">
         <v>953</v>
+      </c>
+      <c r="E274" s="15">
+        <v>10080013923</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15" t="s">
         <v>954</v>
       </c>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
-        <v>0.21375</v>
+        <v>0.16179</v>
       </c>
       <c r="L274" s="15">
-        <v>0.18525</v>
+        <v>0.14022</v>
       </c>
       <c r="M274" s="15">
-        <v>0.17813</v>
+        <v>0.13483</v>
       </c>
       <c r="N274" s="15">
-        <v>25948</v>
+        <v>1005</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
         <v>955</v>
       </c>
       <c r="D275" s="15" t="s">
         <v>956</v>
       </c>
       <c r="E275" s="15" t="s">
         <v>957</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15" t="s">
         <v>958</v>
       </c>
-      <c r="J275" s="15"/>
+      <c r="J275" s="15">
+        <v>200</v>
+      </c>
       <c r="K275" s="15">
-        <v>0.22064</v>
+        <v>0.21375</v>
       </c>
       <c r="L275" s="15">
-        <v>0.19122</v>
+        <v>0.18525</v>
       </c>
       <c r="M275" s="15">
-        <v>0.18386</v>
+        <v>0.17813</v>
       </c>
       <c r="N275" s="15">
-        <v>56</v>
+        <v>20293</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>959</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>960</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>961</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15" t="s">
         <v>962</v>
       </c>
       <c r="J276" s="15"/>
       <c r="K276" s="15">
-        <v>0.24221</v>
+        <v>0.22064</v>
       </c>
       <c r="L276" s="15">
-        <v>0.20991</v>
+        <v>0.19122</v>
       </c>
       <c r="M276" s="15">
-        <v>0.20184</v>
+        <v>0.18386</v>
       </c>
       <c r="N276" s="15">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>963</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>964</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>965</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15" t="s">
         <v>966</v>
       </c>
-      <c r="J277" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J277" s="15"/>
       <c r="K277" s="15">
-        <v>0.31871</v>
+        <v>0.24221</v>
       </c>
       <c r="L277" s="15">
-        <v>0.27621</v>
+        <v>0.20991</v>
       </c>
       <c r="M277" s="15">
-        <v>0.26559</v>
+        <v>0.20184</v>
       </c>
       <c r="N277" s="15">
-        <v>6304</v>
+        <v>84</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>967</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>968</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>969</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
         <v>970</v>
       </c>
       <c r="J278" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K278" s="15">
-        <v>0.29081</v>
+        <v>0.31871</v>
       </c>
       <c r="L278" s="15">
-        <v>0.25203</v>
+        <v>0.27621</v>
       </c>
       <c r="M278" s="15">
-        <v>0.24234</v>
+        <v>0.26559</v>
       </c>
       <c r="N278" s="15">
-        <v>636</v>
+        <v>4483</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>971</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>972</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>973</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
         <v>974</v>
       </c>
       <c r="J279" s="15">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="K279" s="15">
-        <v>0.38264</v>
+        <v>0.29081</v>
       </c>
       <c r="L279" s="15">
-        <v>0.33162</v>
+        <v>0.25203</v>
       </c>
       <c r="M279" s="15">
-        <v>0.31886</v>
+        <v>0.24234</v>
       </c>
       <c r="N279" s="15">
-        <v>6573</v>
+        <v>502</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>975</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>976</v>
       </c>
       <c r="E280" s="15" t="s">
         <v>977</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>978</v>
       </c>
-      <c r="J280" s="15"/>
+      <c r="J280" s="15">
+        <v>1000</v>
+      </c>
       <c r="K280" s="15">
-        <v>0.29925</v>
+        <v>0.38264</v>
       </c>
       <c r="L280" s="15">
-        <v>0.25935</v>
+        <v>0.33162</v>
       </c>
       <c r="M280" s="15">
-        <v>0.24938</v>
+        <v>0.31886</v>
       </c>
       <c r="N280" s="15">
-        <v>3172</v>
+        <v>6383</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>979</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>980</v>
       </c>
       <c r="E281" s="15" t="s">
         <v>981</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I281" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I281" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="J281" s="15"/>
       <c r="K281" s="15">
-        <v>0.32898</v>
+        <v>0.29925</v>
       </c>
       <c r="L281" s="15">
-        <v>0.28512</v>
+        <v>0.25935</v>
       </c>
       <c r="M281" s="15">
-        <v>0.27415</v>
+        <v>0.24938</v>
       </c>
       <c r="N281" s="15">
-        <v>7186</v>
+        <v>2731</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15"/>
       <c r="J282" s="15">
-        <v>945</v>
+        <v>4000</v>
       </c>
       <c r="K282" s="15">
-        <v>0.41388</v>
+        <v>0.32898</v>
       </c>
       <c r="L282" s="15">
-        <v>0.3587</v>
+        <v>0.28512</v>
       </c>
       <c r="M282" s="15">
-        <v>0.3449</v>
+        <v>0.27415</v>
       </c>
       <c r="N282" s="15">
-        <v>2131</v>
+        <v>6299</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
-      <c r="Q282" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>3360</v>
+        <v>945</v>
       </c>
       <c r="K283" s="15">
-        <v>0.41324</v>
+        <v>0.41388</v>
       </c>
       <c r="L283" s="15">
-        <v>0.35814</v>
+        <v>0.3587</v>
       </c>
       <c r="M283" s="15">
-        <v>0.34436</v>
+        <v>0.3449</v>
       </c>
       <c r="N283" s="15">
-        <v>2610</v>
+        <v>1785</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
-      <c r="Q283" s="15"/>
+      <c r="Q283" s="15">
+        <v>3780</v>
+      </c>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>10080013928</v>
+        <v>990</v>
+      </c>
+      <c r="E284" s="15" t="s">
+        <v>991</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>750</v>
+        <v>3360</v>
       </c>
       <c r="K284" s="15">
-        <v>0.46373</v>
+        <v>0.41324</v>
       </c>
       <c r="L284" s="15">
-        <v>0.4019</v>
+        <v>0.35814</v>
       </c>
       <c r="M284" s="15">
-        <v>0.38644</v>
+        <v>0.34436</v>
       </c>
       <c r="N284" s="15">
-        <v>218</v>
+        <v>2117</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-        <v>992</v>
+        <v>993</v>
+      </c>
+      <c r="E285" s="15">
+        <v>10080013928</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I285" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>650</v>
+        <v>750</v>
       </c>
       <c r="K285" s="15">
-        <v>0.5486</v>
+        <v>0.46373</v>
       </c>
       <c r="L285" s="15">
-        <v>0.47545</v>
+        <v>0.4019</v>
       </c>
       <c r="M285" s="15">
-        <v>0.45716</v>
+        <v>0.38644</v>
       </c>
       <c r="N285" s="15">
-        <v>45</v>
+        <v>306</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
         <v>994</v>
       </c>
       <c r="D286" s="15" t="s">
         <v>995</v>
       </c>
-      <c r="E286" s="15">
-        <v>10080033525</v>
+      <c r="E286" s="15" t="s">
+        <v>996</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I286" s="15"/>
+      <c r="I286" s="15" t="s">
+        <v>997</v>
+      </c>
       <c r="J286" s="15">
-        <v>270</v>
+        <v>650</v>
       </c>
       <c r="K286" s="15">
-        <v>0.42444</v>
+        <v>0.5486</v>
       </c>
       <c r="L286" s="15">
-        <v>0.28257</v>
+        <v>0.47545</v>
       </c>
       <c r="M286" s="15">
-        <v>0.25698</v>
+        <v>0.45716</v>
       </c>
       <c r="N286" s="15">
-        <v>227</v>
+        <v>20</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="E287" s="15">
-        <v>10080033526</v>
+        <v>10080033525</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="15"/>
       <c r="J287" s="15">
         <v>270</v>
       </c>
       <c r="K287" s="15">
-        <v>0.53142</v>
+        <v>0.42444</v>
       </c>
       <c r="L287" s="15">
-        <v>0.35466</v>
+        <v>0.28257</v>
       </c>
       <c r="M287" s="15">
-        <v>0.3221</v>
+        <v>0.25698</v>
       </c>
       <c r="N287" s="15">
         <v>162</v>
       </c>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="E288" s="15">
-        <v>10080033527</v>
+        <v>10080033526</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15"/>
-      <c r="J288" s="15"/>
+      <c r="J288" s="15">
+        <v>270</v>
+      </c>
       <c r="K288" s="15">
-        <v>0.63723</v>
+        <v>0.53142</v>
       </c>
       <c r="L288" s="15">
-        <v>0.42444</v>
+        <v>0.35466</v>
       </c>
       <c r="M288" s="15">
-        <v>0.38606</v>
+        <v>0.3221</v>
       </c>
       <c r="N288" s="15">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="E289" s="15">
-        <v>10080033528</v>
+        <v>10080033527</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15"/>
       <c r="K289" s="15">
-        <v>0.8477</v>
+        <v>0.63723</v>
       </c>
       <c r="L289" s="15">
-        <v>0.56514</v>
+        <v>0.42444</v>
       </c>
       <c r="M289" s="15">
-        <v>0.51281</v>
+        <v>0.38606</v>
       </c>
       <c r="N289" s="15">
-        <v>169</v>
+        <v>211</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="E290" s="15">
-        <v>10080033529</v>
+        <v>10080033528</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
-        <v>1.06</v>
+        <v>0.8477</v>
       </c>
       <c r="L290" s="15">
-        <v>0.70468</v>
+        <v>0.56514</v>
       </c>
       <c r="M290" s="15">
-        <v>0.64072</v>
+        <v>0.51281</v>
       </c>
       <c r="N290" s="15">
-        <v>235</v>
+        <v>125</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="E291" s="15">
-        <v>10080035384</v>
+        <v>10080033529</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I291" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I291" s="15"/>
+      <c r="J291" s="15"/>
       <c r="K291" s="15">
-        <v>0.54713</v>
+        <v>1.06</v>
       </c>
       <c r="L291" s="15">
-        <v>0.29067</v>
+        <v>0.70468</v>
       </c>
       <c r="M291" s="15">
-        <v>0.24792</v>
+        <v>0.64072</v>
       </c>
       <c r="N291" s="15">
-        <v>3</v>
+        <v>206</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E292" s="15">
-        <v>10080035385</v>
+        <v>10080035384</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="J292" s="15">
-        <v>640</v>
+        <v>600</v>
       </c>
       <c r="K292" s="15">
-        <v>0.81731</v>
+        <v>0.54713</v>
       </c>
       <c r="L292" s="15">
-        <v>0.4342</v>
+        <v>0.29067</v>
       </c>
       <c r="M292" s="15">
-        <v>0.37033</v>
+        <v>0.24792</v>
       </c>
       <c r="N292" s="15">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>1011</v>
-[...1 lines deleted...]
-      <c r="E293" s="15" t="s">
         <v>1012</v>
+      </c>
+      <c r="E293" s="15">
+        <v>10080035385</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15" t="s">
         <v>1013</v>
       </c>
       <c r="J293" s="15">
-        <v>525</v>
+        <v>640</v>
       </c>
       <c r="K293" s="15">
-        <v>0.30622</v>
+        <v>0.81731</v>
       </c>
       <c r="L293" s="15">
-        <v>0.22077</v>
+        <v>0.4342</v>
       </c>
       <c r="M293" s="15">
-        <v>0.19227</v>
-[...1 lines deleted...]
-      <c r="N293" s="15"/>
+        <v>0.37033</v>
+      </c>
+      <c r="N293" s="15">
+        <v>9</v>
+      </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>1014</v>
       </c>
       <c r="D294" s="15" t="s">
         <v>1015</v>
       </c>
-      <c r="E294" s="15">
-        <v>10080042539</v>
+      <c r="E294" s="15" t="s">
+        <v>1016</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>1016</v>
-[...1 lines deleted...]
-      <c r="J294" s="15"/>
+        <v>1017</v>
+      </c>
+      <c r="J294" s="15">
+        <v>525</v>
+      </c>
       <c r="K294" s="15">
-        <v>0.227</v>
+        <v>0.30622</v>
       </c>
       <c r="L294" s="15">
-        <v>0.227</v>
+        <v>0.22077</v>
       </c>
       <c r="M294" s="15">
-        <v>0.227</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19227</v>
+      </c>
+      <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>1018</v>
-[...1 lines deleted...]
-      <c r="E295" s="15" t="s">
         <v>1019</v>
+      </c>
+      <c r="E295" s="15">
+        <v>10080042539</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15" t="s">
         <v>1020</v>
       </c>
-      <c r="J295" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J295" s="15"/>
       <c r="K295" s="15">
-        <v>0.48434</v>
+        <v>0.227</v>
       </c>
       <c r="L295" s="15">
-        <v>0.41976</v>
+        <v>0.227</v>
       </c>
       <c r="M295" s="15">
-        <v>0.40361</v>
+        <v>0.227</v>
       </c>
       <c r="N295" s="15">
-        <v>2550</v>
+        <v>1</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>1021</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>1022</v>
       </c>
-      <c r="E296" s="15">
-        <v>10080013931</v>
+      <c r="E296" s="15" t="s">
+        <v>1023</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>1023</v>
-[...1 lines deleted...]
-      <c r="J296" s="15"/>
+        <v>1024</v>
+      </c>
+      <c r="J296" s="15">
+        <v>510</v>
+      </c>
       <c r="K296" s="15">
-        <v>1.8</v>
+        <v>0.48434</v>
       </c>
       <c r="L296" s="15">
-        <v>0.89775</v>
+        <v>0.41976</v>
       </c>
       <c r="M296" s="15">
-        <v>0.81613</v>
+        <v>0.40361</v>
       </c>
       <c r="N296" s="15">
-        <v>1</v>
+        <v>2190</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>1025</v>
-[...1 lines deleted...]
-      <c r="E297" s="15" t="s">
         <v>1026</v>
+      </c>
+      <c r="E297" s="15">
+        <v>10080013931</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I297" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I297" s="15" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J297" s="15"/>
       <c r="K297" s="15">
-        <v>0.98942</v>
+        <v>1.8</v>
       </c>
       <c r="L297" s="15">
-        <v>0.85749</v>
+        <v>0.89775</v>
       </c>
       <c r="M297" s="15">
-        <v>0.82451</v>
+        <v>0.81613</v>
       </c>
       <c r="N297" s="15">
-        <v>135</v>
+        <v>1</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
-      <c r="Q297" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="E298" s="15" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I298" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I298" s="15"/>
       <c r="J298" s="15">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="K298" s="15">
-        <v>1.79</v>
+        <v>0.98942</v>
       </c>
       <c r="L298" s="15">
-        <v>0.89419</v>
+        <v>0.85749</v>
       </c>
       <c r="M298" s="15">
-        <v>0.8128300000000001</v>
+        <v>0.82451</v>
       </c>
       <c r="N298" s="15">
-        <v>60</v>
+        <v>135</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
-      <c r="Q298" s="15"/>
+      <c r="Q298" s="15">
+        <v>840</v>
+      </c>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="D299" s="15" t="s">
         <v>1032</v>
       </c>
       <c r="E299" s="15" t="s">
         <v>1033</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I299" s="15"/>
+      <c r="I299" s="15" t="s">
+        <v>1034</v>
+      </c>
       <c r="J299" s="15">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="K299" s="15">
-        <v>1.13</v>
+        <v>1.79</v>
       </c>
       <c r="L299" s="15">
-        <v>0.9757400000000001</v>
+        <v>0.89419</v>
       </c>
       <c r="M299" s="15">
-        <v>0.93821</v>
+        <v>0.8128300000000001</v>
       </c>
       <c r="N299" s="15">
-        <v>309</v>
+        <v>60</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
-      <c r="Q299" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q299" s="15"/>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
-        <v>1037</v>
-[...4 lines deleted...]
-      <c r="J300" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I300" s="15"/>
+      <c r="J300" s="15">
+        <v>190</v>
+      </c>
       <c r="K300" s="15">
-        <v>0.46784</v>
+        <v>1.13</v>
       </c>
       <c r="L300" s="15">
-        <v>0.42105</v>
+        <v>0.9757400000000001</v>
       </c>
       <c r="M300" s="15">
-        <v>0.38986</v>
+        <v>0.93821</v>
       </c>
       <c r="N300" s="15">
-        <v>50</v>
+        <v>285</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
-      <c r="Q300" s="15"/>
+      <c r="Q300" s="15">
+        <v>760</v>
+      </c>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D301" s="15" t="s">
         <v>1039</v>
       </c>
-      <c r="D301" s="15" t="s">
+      <c r="E301" s="15" t="s">
         <v>1040</v>
-      </c>
-[...1 lines deleted...]
-        <v>1041</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I301" s="15" t="s">
         <v>1042</v>
       </c>
       <c r="J301" s="15"/>
       <c r="K301" s="15">
-        <v>0.48048</v>
+        <v>0.46784</v>
       </c>
       <c r="L301" s="15">
-        <v>0.43243</v>
+        <v>0.42105</v>
       </c>
       <c r="M301" s="15">
-        <v>0.4004</v>
+        <v>0.38986</v>
       </c>
       <c r="N301" s="15">
-        <v>800</v>
+        <v>50</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15"/>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>1044</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>1045</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I302" s="15" t="s">
         <v>1046</v>
       </c>
-      <c r="J302" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J302" s="15"/>
       <c r="K302" s="15">
-        <v>0.14142</v>
+        <v>0.48048</v>
       </c>
       <c r="L302" s="15">
-        <v>0.12728</v>
+        <v>0.43243</v>
       </c>
       <c r="M302" s="15">
-        <v>0.11785</v>
+        <v>0.4004</v>
       </c>
       <c r="N302" s="15">
-        <v>160</v>
+        <v>750</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
-      <c r="Q302" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C303" s="15" t="s">
         <v>1047</v>
       </c>
       <c r="D303" s="15" t="s">
         <v>1048</v>
       </c>
       <c r="E303" s="15" t="s">
         <v>1049</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I303" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="J303" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K303" s="15">
-        <v>0.13169</v>
+        <v>0.14142</v>
       </c>
       <c r="L303" s="15">
-        <v>0.107</v>
+        <v>0.12728</v>
       </c>
       <c r="M303" s="15">
-        <v>0.09798999999999999</v>
+        <v>0.11785</v>
       </c>
       <c r="N303" s="15">
-        <v>359</v>
+        <v>178</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15">
         <v>8000</v>
       </c>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>1051</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>1052</v>
       </c>
-      <c r="E304" s="15">
-        <v>10080028294</v>
+      <c r="E304" s="15" t="s">
+        <v>1053</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="J304" s="15">
         <v>500</v>
       </c>
       <c r="K304" s="15">
-        <v>0.27482</v>
+        <v>0.13169</v>
       </c>
       <c r="L304" s="15">
-        <v>0.14723</v>
+        <v>0.107</v>
       </c>
       <c r="M304" s="15">
-        <v>0.12759</v>
+        <v>0.09798999999999999</v>
       </c>
       <c r="N304" s="15">
-        <v>7</v>
+        <v>344</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
-      <c r="Q304" s="15"/>
+      <c r="Q304" s="15">
+        <v>8000</v>
+      </c>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>1055</v>
-[...1 lines deleted...]
-      <c r="E305" s="15" t="s">
         <v>1056</v>
+      </c>
+      <c r="E305" s="15">
+        <v>10080028294</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I305" s="15" t="s">
         <v>1057</v>
       </c>
       <c r="J305" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K305" s="15">
-        <v>0.21438</v>
+        <v>0.27482</v>
       </c>
       <c r="L305" s="15">
-        <v>0.18672</v>
+        <v>0.14723</v>
       </c>
       <c r="M305" s="15">
-        <v>0.17289</v>
+        <v>0.12759</v>
       </c>
       <c r="N305" s="15">
-        <v>9592</v>
+        <v>7</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>1058</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>1059</v>
       </c>
-      <c r="E306" s="15">
-        <v>10080028295</v>
+      <c r="E306" s="15" t="s">
+        <v>1060</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="J306" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K306" s="15">
-        <v>0.37907</v>
+        <v>0.21438</v>
       </c>
       <c r="L306" s="15">
-        <v>0.21993</v>
+        <v>0.18672</v>
       </c>
       <c r="M306" s="15">
-        <v>0.19098</v>
-[...1 lines deleted...]
-      <c r="N306" s="15"/>
+        <v>0.17289</v>
+      </c>
+      <c r="N306" s="15">
+        <v>9697</v>
+      </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>1062</v>
-[...1 lines deleted...]
-      <c r="E307" s="15" t="s">
         <v>1063</v>
+      </c>
+      <c r="E307" s="15">
+        <v>10080028295</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I307" s="15" t="s">
         <v>1064</v>
       </c>
       <c r="J307" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K307" s="15">
-        <v>0.26111</v>
+        <v>0.37907</v>
       </c>
       <c r="L307" s="15">
-        <v>0.22629</v>
+        <v>0.21993</v>
       </c>
       <c r="M307" s="15">
-        <v>0.21759</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.19098</v>
+      </c>
+      <c r="N307" s="15"/>
+      <c r="O307" s="15"/>
       <c r="P307" s="15"/>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C308" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="D308" s="15" t="s">
         <v>1066</v>
       </c>
-      <c r="E308" s="15">
-        <v>10080028296</v>
+      <c r="E308" s="15" t="s">
+        <v>1067</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="J308" s="15">
         <v>250</v>
       </c>
       <c r="K308" s="15">
-        <v>0.50507</v>
+        <v>0.26111</v>
       </c>
       <c r="L308" s="15">
-        <v>0.29302</v>
+        <v>0.22629</v>
       </c>
       <c r="M308" s="15">
-        <v>0.25447</v>
-[...2 lines deleted...]
-      <c r="O308" s="15"/>
+        <v>0.21759</v>
+      </c>
+      <c r="N308" s="15">
+        <v>3064</v>
+      </c>
+      <c r="O308" s="15">
+        <v>10500</v>
+      </c>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>1069</v>
-[...1 lines deleted...]
-      <c r="E309" s="15" t="s">
         <v>1070</v>
+      </c>
+      <c r="E309" s="15">
+        <v>10080028296</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="J309" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K309" s="15">
-        <v>0.35709</v>
+        <v>0.50507</v>
       </c>
       <c r="L309" s="15">
-        <v>0.31101</v>
+        <v>0.29302</v>
       </c>
       <c r="M309" s="15">
-        <v>0.28798</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25447</v>
+      </c>
+      <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
-      <c r="Q309" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>1074</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>1075</v>
       </c>
-      <c r="J310" s="15"/>
+      <c r="J310" s="15">
+        <v>1000</v>
+      </c>
       <c r="K310" s="15">
-        <v>0.4058</v>
+        <v>0.35709</v>
       </c>
       <c r="L310" s="15">
-        <v>0.36522</v>
+        <v>0.31101</v>
       </c>
       <c r="M310" s="15">
-        <v>0.33816</v>
+        <v>0.28798</v>
       </c>
       <c r="N310" s="15">
-        <v>14515</v>
+        <v>6181</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
-      <c r="Q310" s="15"/>
+      <c r="Q310" s="15">
+        <v>4000</v>
+      </c>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C311" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="D311" s="15" t="s">
         <v>1077</v>
       </c>
-      <c r="E311" s="15">
-        <v>10080028297</v>
+      <c r="E311" s="15" t="s">
+        <v>1078</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>1078</v>
-[...3 lines deleted...]
-      </c>
+        <v>1079</v>
+      </c>
+      <c r="J311" s="15"/>
       <c r="K311" s="15">
-        <v>0.80076</v>
+        <v>0.4058</v>
       </c>
       <c r="L311" s="15">
-        <v>0.43161</v>
+        <v>0.36522</v>
       </c>
       <c r="M311" s="15">
-        <v>0.37482</v>
+        <v>0.33816</v>
       </c>
       <c r="N311" s="15">
-        <v>3</v>
+        <v>10668</v>
       </c>
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>1080</v>
-[...1 lines deleted...]
-      <c r="E312" s="15" t="s">
         <v>1081</v>
+      </c>
+      <c r="E312" s="15">
+        <v>10080028297</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I312" s="15" t="s">
         <v>1082</v>
       </c>
-      <c r="J312" s="15"/>
+      <c r="J312" s="15">
+        <v>200</v>
+      </c>
       <c r="K312" s="15">
-        <v>0.49964</v>
+        <v>0.80076</v>
       </c>
       <c r="L312" s="15">
-        <v>0.43517</v>
+        <v>0.43161</v>
       </c>
       <c r="M312" s="15">
-        <v>0.40294</v>
+        <v>0.37482</v>
       </c>
       <c r="N312" s="15">
-        <v>1341</v>
+        <v>3</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C313" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="D313" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="E313" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I313" s="15" t="s">
         <v>1086</v>
       </c>
-      <c r="J313" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J313" s="15"/>
       <c r="K313" s="15">
-        <v>0.57015</v>
+        <v>0.49964</v>
       </c>
       <c r="L313" s="15">
-        <v>0.49658</v>
+        <v>0.43517</v>
       </c>
       <c r="M313" s="15">
-        <v>0.4598</v>
+        <v>0.40294</v>
       </c>
       <c r="N313" s="15">
-        <v>4823</v>
+        <v>1341</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C314" s="15" t="s">
         <v>1087</v>
       </c>
       <c r="D314" s="15" t="s">
         <v>1088</v>
       </c>
       <c r="E314" s="15" t="s">
         <v>1089</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I314" s="15" t="s">
         <v>1090</v>
       </c>
       <c r="J314" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K314" s="15">
-        <v>0.60939</v>
+        <v>0.57015</v>
       </c>
       <c r="L314" s="15">
-        <v>0.54845</v>
+        <v>0.49658</v>
       </c>
       <c r="M314" s="15">
-        <v>0.50783</v>
+        <v>0.4598</v>
       </c>
       <c r="N314" s="15">
-        <v>1043</v>
+        <v>4259</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>1091</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>1092</v>
       </c>
       <c r="E315" s="15" t="s">
         <v>1093</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I315" s="15" t="s">
         <v>1094</v>
       </c>
       <c r="J315" s="15">
         <v>100</v>
       </c>
       <c r="K315" s="15">
-        <v>0.71405</v>
+        <v>0.60939</v>
       </c>
       <c r="L315" s="15">
-        <v>0.62192</v>
+        <v>0.54845</v>
       </c>
       <c r="M315" s="15">
-        <v>0.57585</v>
+        <v>0.50783</v>
       </c>
       <c r="N315" s="15">
-        <v>1197</v>
+        <v>947</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>1095</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>1096</v>
       </c>
-      <c r="E316" s="15">
-        <v>10080038310</v>
+      <c r="E316" s="15" t="s">
+        <v>1097</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="J316" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K316" s="15">
-        <v>1.67</v>
+        <v>0.71405</v>
       </c>
       <c r="L316" s="15">
-        <v>0.92558</v>
+        <v>0.62192</v>
       </c>
       <c r="M316" s="15">
-        <v>0.77628</v>
+        <v>0.57585</v>
       </c>
       <c r="N316" s="15">
-        <v>315</v>
+        <v>1500</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>1099</v>
-[...1 lines deleted...]
-      <c r="E317" s="15" t="s">
         <v>1100</v>
+      </c>
+      <c r="E317" s="15">
+        <v>10080038310</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I317" s="15" t="s">
         <v>1101</v>
       </c>
-      <c r="J317" s="15"/>
+      <c r="J317" s="15">
+        <v>800</v>
+      </c>
       <c r="K317" s="15">
-        <v>0.88031</v>
+        <v>1.67</v>
       </c>
       <c r="L317" s="15">
-        <v>0.79227</v>
+        <v>0.92558</v>
       </c>
       <c r="M317" s="15">
-        <v>0.73359</v>
+        <v>0.77628</v>
       </c>
       <c r="N317" s="15">
-        <v>1452</v>
+        <v>287</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C318" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="D318" s="15" t="s">
         <v>1103</v>
       </c>
       <c r="E318" s="15" t="s">
         <v>1104</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I318" s="15" t="s">
         <v>1105</v>
       </c>
-      <c r="J318" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J318" s="15"/>
       <c r="K318" s="15">
-        <v>1.08</v>
+        <v>0.88031</v>
       </c>
       <c r="L318" s="15">
-        <v>0.97392</v>
+        <v>0.79227</v>
       </c>
       <c r="M318" s="15">
-        <v>0.90178</v>
+        <v>0.73359</v>
       </c>
       <c r="N318" s="15">
-        <v>1199</v>
+        <v>1315</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
-      <c r="Q318" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>1106</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>1107</v>
       </c>
-      <c r="E319" s="15">
-        <v>10080044875</v>
+      <c r="E319" s="15" t="s">
+        <v>1108</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="J319" s="15">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="K319" s="15">
-        <v>0.6832</v>
+        <v>1.08</v>
       </c>
       <c r="L319" s="15">
-        <v>0.36601</v>
+        <v>0.97392</v>
       </c>
       <c r="M319" s="15">
-        <v>0.31719</v>
+        <v>0.90178</v>
       </c>
       <c r="N319" s="15">
-        <v>1032</v>
+        <v>1279</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
-      <c r="Q319" s="15"/>
+      <c r="Q319" s="15">
+        <v>1920</v>
+      </c>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>1110</v>
-[...1 lines deleted...]
-      <c r="E320" s="15" t="s">
         <v>1111</v>
+      </c>
+      <c r="E320" s="15">
+        <v>10080044875</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I320" s="15" t="s">
         <v>1112</v>
       </c>
       <c r="J320" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K320" s="15">
-        <v>0.45861</v>
+        <v>0.6832</v>
       </c>
       <c r="L320" s="15">
-        <v>0.41275</v>
+        <v>0.36601</v>
       </c>
       <c r="M320" s="15">
-        <v>0.38218</v>
+        <v>0.31719</v>
       </c>
       <c r="N320" s="15">
-        <v>345</v>
+        <v>828</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C321" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="D321" s="15" t="s">
         <v>1114</v>
       </c>
       <c r="E321" s="15" t="s">
         <v>1115</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I321" s="15" t="s">
         <v>1116</v>
       </c>
-      <c r="J321" s="15"/>
+      <c r="J321" s="15">
+        <v>100</v>
+      </c>
       <c r="K321" s="15">
-        <v>0.41517</v>
+        <v>0.45861</v>
       </c>
       <c r="L321" s="15">
-        <v>0.3616</v>
+        <v>0.41275</v>
       </c>
       <c r="M321" s="15">
-        <v>0.33481</v>
+        <v>0.38218</v>
       </c>
       <c r="N321" s="15">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C322" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="D322" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="E322" s="15" t="s">
         <v>1119</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I322" s="15" t="s">
         <v>1120</v>
       </c>
       <c r="J322" s="15"/>
       <c r="K322" s="15">
-        <v>0.5079</v>
+        <v>0.41517</v>
       </c>
       <c r="L322" s="15">
-        <v>0.44018</v>
+        <v>0.3616</v>
       </c>
       <c r="M322" s="15">
-        <v>0.42325</v>
+        <v>0.33481</v>
       </c>
       <c r="N322" s="15">
-        <v>2296</v>
+        <v>330</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>1121</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>1122</v>
       </c>
       <c r="E323" s="15" t="s">
         <v>1123</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I323" s="15" t="s">
         <v>1124</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
-        <v>0.97196</v>
+        <v>0.5079</v>
       </c>
       <c r="L323" s="15">
-        <v>0.84654</v>
+        <v>0.44018</v>
       </c>
       <c r="M323" s="15">
-        <v>0.78384</v>
+        <v>0.42325</v>
       </c>
       <c r="N323" s="15">
-        <v>787</v>
+        <v>2044</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C324" s="15" t="s">
         <v>1125</v>
       </c>
       <c r="D324" s="15" t="s">
         <v>1126</v>
       </c>
       <c r="E324" s="15" t="s">
         <v>1127</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I324" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
-        <v>2.23</v>
+        <v>0.97196</v>
       </c>
       <c r="L324" s="15">
-        <v>2.01</v>
+        <v>0.84654</v>
       </c>
       <c r="M324" s="15">
-        <v>1.86</v>
-[...1 lines deleted...]
-      <c r="N324" s="15"/>
+        <v>0.78384</v>
+      </c>
+      <c r="N324" s="15">
+        <v>637</v>
+      </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>1129</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>1130</v>
       </c>
       <c r="E325" s="15" t="s">
         <v>1131</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I325" s="15" t="s">
         <v>1132</v>
       </c>
       <c r="J325" s="15"/>
       <c r="K325" s="15">
-        <v>0.20858</v>
+        <v>2.23</v>
       </c>
       <c r="L325" s="15">
-        <v>0.18167</v>
+        <v>2.01</v>
       </c>
       <c r="M325" s="15">
-        <v>0.16821</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.86</v>
+      </c>
+      <c r="N325" s="15"/>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C326" s="15" t="s">
         <v>1133</v>
       </c>
       <c r="D326" s="15" t="s">
         <v>1134</v>
       </c>
       <c r="E326" s="15" t="s">
         <v>1135</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I326" s="15" t="s">
         <v>1136</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
-        <v>0.31251</v>
+        <v>0.20858</v>
       </c>
       <c r="L326" s="15">
-        <v>0.27219</v>
+        <v>0.18167</v>
       </c>
       <c r="M326" s="15">
-        <v>0.25203</v>
+        <v>0.16821</v>
       </c>
       <c r="N326" s="15">
-        <v>647</v>
+        <v>794</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C327" s="15" t="s">
         <v>1137</v>
       </c>
       <c r="D327" s="15" t="s">
         <v>1138</v>
       </c>
       <c r="E327" s="15" t="s">
         <v>1139</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I327" s="15" t="s">
         <v>1140</v>
       </c>
-      <c r="J327" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J327" s="15"/>
       <c r="K327" s="15">
-        <v>0.41551</v>
+        <v>0.31251</v>
       </c>
       <c r="L327" s="15">
-        <v>0.36189</v>
+        <v>0.27219</v>
       </c>
       <c r="M327" s="15">
-        <v>0.33509</v>
+        <v>0.25203</v>
       </c>
       <c r="N327" s="15">
-        <v>630</v>
+        <v>561</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
-      <c r="Q327" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>1141</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>1142</v>
       </c>
       <c r="E328" s="15" t="s">
         <v>1143</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I328" s="15" t="s">
         <v>1144</v>
       </c>
-      <c r="J328" s="15"/>
+      <c r="J328" s="15">
+        <v>680</v>
+      </c>
       <c r="K328" s="15">
-        <v>0.62183</v>
+        <v>0.41551</v>
       </c>
       <c r="L328" s="15">
-        <v>0.54159</v>
+        <v>0.36189</v>
       </c>
       <c r="M328" s="15">
-        <v>0.50148</v>
+        <v>0.33509</v>
       </c>
       <c r="N328" s="15">
-        <v>272</v>
+        <v>600</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
-      <c r="Q328" s="15"/>
+      <c r="Q328" s="15">
+        <v>2720</v>
+      </c>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>1145</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>1146</v>
       </c>
       <c r="E329" s="15" t="s">
         <v>1147</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I329" s="15" t="s">
         <v>1148</v>
       </c>
       <c r="J329" s="15"/>
       <c r="K329" s="15">
-        <v>0.78776</v>
+        <v>0.62183</v>
       </c>
       <c r="L329" s="15">
-        <v>0.7089800000000001</v>
+        <v>0.54159</v>
       </c>
       <c r="M329" s="15">
-        <v>0.65646</v>
+        <v>0.50148</v>
       </c>
       <c r="N329" s="15">
-        <v>100</v>
+        <v>293</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C330" s="15" t="s">
         <v>1149</v>
       </c>
       <c r="D330" s="15" t="s">
         <v>1150</v>
       </c>
       <c r="E330" s="15" t="s">
         <v>1151</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I330" s="15" t="s">
         <v>1152</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>1.04</v>
+        <v>0.78776</v>
       </c>
       <c r="L330" s="15">
-        <v>0.90269</v>
+        <v>0.7089800000000001</v>
       </c>
       <c r="M330" s="15">
-        <v>0.83583</v>
+        <v>0.65646</v>
       </c>
       <c r="N330" s="15">
-        <v>738</v>
+        <v>80</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C331" s="15" t="s">
         <v>1153</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>1154</v>
       </c>
       <c r="E331" s="15" t="s">
         <v>1155</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I331" s="15" t="s">
         <v>1156</v>
       </c>
-      <c r="J331" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J331" s="15"/>
       <c r="K331" s="15">
-        <v>0.50435</v>
+        <v>1.04</v>
       </c>
       <c r="L331" s="15">
-        <v>0.45391</v>
+        <v>0.90269</v>
       </c>
       <c r="M331" s="15">
-        <v>0.42029</v>
+        <v>0.83583</v>
       </c>
       <c r="N331" s="15">
-        <v>1088</v>
+        <v>608</v>
       </c>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C332" s="15" t="s">
         <v>1157</v>
       </c>
       <c r="D332" s="15" t="s">
         <v>1158</v>
       </c>
       <c r="E332" s="15" t="s">
         <v>1159</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I332" s="15" t="s">
         <v>1160</v>
       </c>
       <c r="J332" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K332" s="15">
-        <v>0.72728</v>
+        <v>0.50435</v>
       </c>
       <c r="L332" s="15">
-        <v>0.63343</v>
+        <v>0.45391</v>
       </c>
       <c r="M332" s="15">
-        <v>0.58651</v>
+        <v>0.42029</v>
       </c>
       <c r="N332" s="15">
-        <v>1538</v>
+        <v>1173</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C333" s="15" t="s">
         <v>1161</v>
       </c>
       <c r="D333" s="15" t="s">
         <v>1162</v>
       </c>
       <c r="E333" s="15" t="s">
         <v>1163</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I333" s="15" t="s">
         <v>1164</v>
       </c>
-      <c r="J333" s="15"/>
+      <c r="J333" s="15">
+        <v>100</v>
+      </c>
       <c r="K333" s="15">
-        <v>0.9053099999999999</v>
+        <v>0.72728</v>
       </c>
       <c r="L333" s="15">
-        <v>0.8147799999999999</v>
+        <v>0.63343</v>
       </c>
       <c r="M333" s="15">
-        <v>0.75443</v>
+        <v>0.58651</v>
       </c>
       <c r="N333" s="15">
-        <v>400</v>
+        <v>1319</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C334" s="15" t="s">
         <v>1165</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>1166</v>
       </c>
       <c r="E334" s="15" t="s">
         <v>1167</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I334" s="15" t="s">
         <v>1168</v>
       </c>
       <c r="J334" s="15"/>
       <c r="K334" s="15">
-        <v>1.14</v>
+        <v>0.9053099999999999</v>
       </c>
       <c r="L334" s="15">
-        <v>0.99347</v>
+        <v>0.8147799999999999</v>
       </c>
       <c r="M334" s="15">
-        <v>0.91988</v>
+        <v>0.75443</v>
       </c>
       <c r="N334" s="15">
-        <v>670</v>
+        <v>345</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C335" s="15" t="s">
         <v>1169</v>
       </c>
       <c r="D335" s="15" t="s">
         <v>1170</v>
       </c>
       <c r="E335" s="15" t="s">
         <v>1171</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I335" s="15" t="s">
         <v>1172</v>
       </c>
-      <c r="J335" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J335" s="15"/>
       <c r="K335" s="15">
         <v>1.14</v>
       </c>
       <c r="L335" s="15">
-        <v>0.98935</v>
+        <v>0.99347</v>
       </c>
       <c r="M335" s="15">
-        <v>0.9513</v>
+        <v>0.91988</v>
       </c>
       <c r="N335" s="15">
-        <v>730</v>
+        <v>810</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
-      <c r="Q335" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>1173</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>1174</v>
       </c>
       <c r="E336" s="15" t="s">
         <v>1175</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I336" s="15" t="s">
         <v>1176</v>
       </c>
-      <c r="J336" s="15"/>
+      <c r="J336" s="15">
+        <v>250</v>
+      </c>
       <c r="K336" s="15">
-        <v>1.3</v>
+        <v>1.14</v>
       </c>
       <c r="L336" s="15">
-        <v>1.17</v>
+        <v>0.98935</v>
       </c>
       <c r="M336" s="15">
-        <v>1.09</v>
+        <v>0.9513</v>
       </c>
       <c r="N336" s="15">
-        <v>420</v>
+        <v>730</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
-      <c r="Q336" s="15"/>
+      <c r="Q336" s="15">
+        <v>1000</v>
+      </c>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>1177</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>1178</v>
       </c>
       <c r="E337" s="15" t="s">
         <v>1179</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I337" s="15" t="s">
         <v>1180</v>
       </c>
       <c r="J337" s="15"/>
       <c r="K337" s="15">
-        <v>1.67</v>
+        <v>1.3</v>
       </c>
       <c r="L337" s="15">
-        <v>1.5</v>
+        <v>1.17</v>
       </c>
       <c r="M337" s="15">
-        <v>1.39</v>
+        <v>1.09</v>
       </c>
       <c r="N337" s="15">
-        <v>1280</v>
+        <v>445</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C338" s="15" t="s">
         <v>1181</v>
       </c>
       <c r="D338" s="15" t="s">
         <v>1182</v>
       </c>
       <c r="E338" s="15" t="s">
         <v>1183</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I338" s="15" t="s">
         <v>1184</v>
       </c>
-      <c r="J338" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J338" s="15"/>
       <c r="K338" s="15">
-        <v>0.21543</v>
+        <v>1.67</v>
       </c>
       <c r="L338" s="15">
-        <v>0.18764</v>
+        <v>1.5</v>
       </c>
       <c r="M338" s="15">
-        <v>0.17374</v>
+        <v>1.39</v>
       </c>
       <c r="N338" s="15">
-        <v>765</v>
+        <v>1560</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C339" s="15" t="s">
         <v>1185</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>1186</v>
       </c>
       <c r="E339" s="15" t="s">
         <v>1187</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I339" s="15" t="s">
         <v>1188</v>
       </c>
-      <c r="J339" s="15"/>
+      <c r="J339" s="15">
+        <v>300</v>
+      </c>
       <c r="K339" s="15">
-        <v>0.2154</v>
+        <v>0.21543</v>
       </c>
       <c r="L339" s="15">
-        <v>0.1876</v>
+        <v>0.18764</v>
       </c>
       <c r="M339" s="15">
-        <v>0.1737</v>
+        <v>0.17374</v>
       </c>
       <c r="N339" s="15">
-        <v>2</v>
+        <v>956</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C340" s="15" t="s">
         <v>1189</v>
       </c>
       <c r="D340" s="15" t="s">
         <v>1190</v>
       </c>
       <c r="E340" s="15" t="s">
         <v>1191</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I340" s="15" t="s">
         <v>1192</v>
       </c>
       <c r="J340" s="15"/>
       <c r="K340" s="15">
-        <v>0.27141</v>
+        <v>0.2154</v>
       </c>
       <c r="L340" s="15">
-        <v>0.24427</v>
+        <v>0.1876</v>
       </c>
       <c r="M340" s="15">
-        <v>0.22618</v>
+        <v>0.1737</v>
       </c>
       <c r="N340" s="15">
-        <v>2590</v>
+        <v>2</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C341" s="15" t="s">
         <v>1193</v>
       </c>
       <c r="D341" s="15" t="s">
         <v>1194</v>
       </c>
       <c r="E341" s="15" t="s">
         <v>1195</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I341" s="15" t="s">
         <v>1196</v>
       </c>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
-        <v>0.53255</v>
+        <v>0.27141</v>
       </c>
       <c r="L341" s="15">
-        <v>0.36213</v>
+        <v>0.24427</v>
       </c>
       <c r="M341" s="15">
-        <v>0.32885</v>
+        <v>0.22618</v>
       </c>
       <c r="N341" s="15">
-        <v>1</v>
+        <v>3010</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>1197</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>1198</v>
       </c>
       <c r="E342" s="15" t="s">
         <v>1199</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I342" s="15" t="s">
         <v>1200</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
-        <v>0.515</v>
+        <v>0.53255</v>
       </c>
       <c r="L342" s="15">
-        <v>0.515</v>
+        <v>0.36213</v>
       </c>
       <c r="M342" s="15">
-        <v>0.515</v>
+        <v>0.32885</v>
       </c>
       <c r="N342" s="15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C343" s="15" t="s">
         <v>1201</v>
       </c>
       <c r="D343" s="15" t="s">
         <v>1202</v>
       </c>
       <c r="E343" s="15" t="s">
         <v>1203</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I343" s="15" t="s">
         <v>1204</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="L343" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="M343" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="N343" s="15">
         <v>2</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C344" s="15" t="s">
         <v>1205</v>
       </c>
       <c r="D344" s="15" t="s">
         <v>1206</v>
       </c>
       <c r="E344" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I344" s="15" t="s">
         <v>1208</v>
       </c>
-      <c r="J344" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J344" s="15"/>
       <c r="K344" s="15">
-        <v>0.49952</v>
+        <v>0.52</v>
       </c>
       <c r="L344" s="15">
-        <v>0.43506</v>
+        <v>0.52</v>
       </c>
       <c r="M344" s="15">
-        <v>0.40284</v>
+        <v>0.52</v>
       </c>
       <c r="N344" s="15">
-        <v>1556</v>
+        <v>2</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>1209</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>1210</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>1211</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I345" s="15" t="s">
         <v>1212</v>
       </c>
       <c r="J345" s="15">
-        <v>650</v>
+        <v>150</v>
       </c>
       <c r="K345" s="15">
-        <v>0.60954</v>
+        <v>0.49952</v>
       </c>
       <c r="L345" s="15">
-        <v>0.54859</v>
+        <v>0.43506</v>
       </c>
       <c r="M345" s="15">
-        <v>0.50795</v>
+        <v>0.40284</v>
       </c>
       <c r="N345" s="15">
-        <v>1050</v>
+        <v>1716</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
-      <c r="Q345" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C346" s="15" t="s">
         <v>1213</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>1214</v>
       </c>
       <c r="E346" s="15" t="s">
         <v>1215</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I346" s="15" t="s">
         <v>1216</v>
       </c>
-      <c r="J346" s="15"/>
+      <c r="J346" s="15">
+        <v>650</v>
+      </c>
       <c r="K346" s="15">
-        <v>0.77808</v>
+        <v>0.60954</v>
       </c>
       <c r="L346" s="15">
-        <v>0.67769</v>
+        <v>0.54859</v>
       </c>
       <c r="M346" s="15">
-        <v>0.62749</v>
+        <v>0.50795</v>
       </c>
       <c r="N346" s="15">
-        <v>351</v>
+        <v>1106</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
-      <c r="Q346" s="15"/>
+      <c r="Q346" s="15">
+        <v>2600</v>
+      </c>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>1217</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>1218</v>
       </c>
       <c r="E347" s="15" t="s">
         <v>1219</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I347" s="15" t="s">
         <v>1220</v>
       </c>
       <c r="J347" s="15"/>
       <c r="K347" s="15">
-        <v>1.15</v>
+        <v>0.77808</v>
       </c>
       <c r="L347" s="15">
-        <v>1.04</v>
+        <v>0.67769</v>
       </c>
       <c r="M347" s="15">
-        <v>0.9603</v>
+        <v>0.62749</v>
       </c>
       <c r="N347" s="15">
-        <v>1420</v>
+        <v>324</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C348" s="15" t="s">
         <v>1221</v>
       </c>
       <c r="D348" s="15" t="s">
         <v>1222</v>
       </c>
       <c r="E348" s="15" t="s">
         <v>1223</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I348" s="15" t="s">
         <v>1224</v>
       </c>
-      <c r="J348" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J348" s="15"/>
       <c r="K348" s="15">
-        <v>0.89046</v>
+        <v>1.15</v>
       </c>
       <c r="L348" s="15">
-        <v>0.77173</v>
+        <v>1.04</v>
       </c>
       <c r="M348" s="15">
-        <v>0.74205</v>
+        <v>0.9603</v>
       </c>
       <c r="N348" s="15">
-        <v>740</v>
+        <v>1400</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
-      <c r="Q348" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C349" s="15" t="s">
         <v>1225</v>
       </c>
       <c r="D349" s="15" t="s">
         <v>1226</v>
       </c>
       <c r="E349" s="15" t="s">
         <v>1227</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I349" s="15" t="s">
         <v>1228</v>
       </c>
       <c r="J349" s="15">
         <v>500</v>
       </c>
       <c r="K349" s="15">
-        <v>0.1262</v>
+        <v>0.89046</v>
       </c>
       <c r="L349" s="15">
-        <v>0.06705</v>
+        <v>0.77173</v>
       </c>
       <c r="M349" s="15">
-        <v>0.05719</v>
+        <v>0.74205</v>
       </c>
       <c r="N349" s="15">
-        <v>1096</v>
+        <v>750</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
-      <c r="Q349" s="15"/>
+      <c r="Q349" s="15">
+        <v>2000</v>
+      </c>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1229</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1230</v>
       </c>
       <c r="E350" s="15" t="s">
         <v>1231</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I350" s="15" t="s">
         <v>1232</v>
       </c>
       <c r="J350" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K350" s="15">
-        <v>0.05505</v>
+        <v>0.1262</v>
       </c>
       <c r="L350" s="15">
-        <v>0.04771</v>
+        <v>0.06705</v>
       </c>
       <c r="M350" s="15">
-        <v>0.04588</v>
-[...1 lines deleted...]
-      <c r="N350" s="15"/>
+        <v>0.05719</v>
+      </c>
+      <c r="N350" s="15">
+        <v>832</v>
+      </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15"/>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C351" s="15" t="s">
         <v>1233</v>
       </c>
       <c r="D351" s="15" t="s">
         <v>1234</v>
       </c>
       <c r="E351" s="15" t="s">
         <v>1235</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I351" s="15" t="s">
         <v>1236</v>
       </c>
       <c r="J351" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K351" s="15">
-        <v>0.08875</v>
+        <v>0.05505</v>
       </c>
       <c r="L351" s="15">
-        <v>0.07729999999999999</v>
+        <v>0.04771</v>
       </c>
       <c r="M351" s="15">
-        <v>0.07158</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04588</v>
+      </c>
+      <c r="N351" s="15"/>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>1237</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>1238</v>
       </c>
-      <c r="E352" s="15">
-        <v>10080028307</v>
+      <c r="E352" s="15" t="s">
+        <v>1239</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I352" s="15" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="J352" s="15">
         <v>500</v>
       </c>
       <c r="K352" s="15">
-        <v>0.18746</v>
+        <v>0.08875</v>
       </c>
       <c r="L352" s="15">
-        <v>0.10379</v>
+        <v>0.07729999999999999</v>
       </c>
       <c r="M352" s="15">
-        <v>0.08703</v>
+        <v>0.07158</v>
       </c>
       <c r="N352" s="15">
-        <v>7</v>
+        <v>6475</v>
       </c>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1241</v>
-[...1 lines deleted...]
-      <c r="E353" s="15" t="s">
         <v>1242</v>
+      </c>
+      <c r="E353" s="15">
+        <v>10080028307</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I353" s="15" t="s">
         <v>1243</v>
       </c>
       <c r="J353" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K353" s="15">
-        <v>0.11822</v>
+        <v>0.18746</v>
       </c>
       <c r="L353" s="15">
-        <v>0.10296</v>
+        <v>0.10379</v>
       </c>
       <c r="M353" s="15">
-        <v>0.09533999999999999</v>
+        <v>0.08703</v>
       </c>
       <c r="N353" s="15">
-        <v>2287</v>
+        <v>7</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
-      <c r="Q353" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1244</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1245</v>
       </c>
       <c r="E354" s="15" t="s">
         <v>1246</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I354" s="15" t="s">
         <v>1247</v>
       </c>
       <c r="J354" s="15">
         <v>400</v>
       </c>
       <c r="K354" s="15">
-        <v>0.24957</v>
+        <v>0.11822</v>
       </c>
       <c r="L354" s="15">
-        <v>0.13815</v>
+        <v>0.10296</v>
       </c>
       <c r="M354" s="15">
-        <v>0.11587</v>
+        <v>0.09533999999999999</v>
       </c>
       <c r="N354" s="15">
-        <v>12</v>
+        <v>2157</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
-      <c r="Q354" s="15"/>
+      <c r="Q354" s="15">
+        <v>6400</v>
+      </c>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C355" s="15" t="s">
         <v>1248</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>1249</v>
       </c>
       <c r="E355" s="15" t="s">
         <v>1250</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I355" s="15" t="s">
         <v>1251</v>
       </c>
       <c r="J355" s="15">
         <v>400</v>
       </c>
       <c r="K355" s="15">
-        <v>0.10368</v>
+        <v>0.24957</v>
       </c>
       <c r="L355" s="15">
-        <v>0.08986</v>
+        <v>0.13815</v>
       </c>
       <c r="M355" s="15">
-        <v>0.0864</v>
+        <v>0.11587</v>
       </c>
       <c r="N355" s="15">
-        <v>17820</v>
+        <v>12</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C356" s="15" t="s">
         <v>1252</v>
       </c>
       <c r="D356" s="15" t="s">
         <v>1253</v>
       </c>
       <c r="E356" s="15" t="s">
         <v>1254</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I356" s="15" t="s">
         <v>1255</v>
       </c>
       <c r="J356" s="15">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="K356" s="15">
-        <v>0.1479</v>
+        <v>0.10368</v>
       </c>
       <c r="L356" s="15">
-        <v>0.12882</v>
+        <v>0.08986</v>
       </c>
       <c r="M356" s="15">
-        <v>0.11928</v>
+        <v>0.0864</v>
       </c>
       <c r="N356" s="15">
-        <v>12950</v>
+        <v>18360</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
-      <c r="Q356" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
         <v>1256</v>
       </c>
       <c r="D357" s="15" t="s">
         <v>1257</v>
       </c>
       <c r="E357" s="15" t="s">
         <v>1258</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I357" s="15" t="s">
         <v>1259</v>
       </c>
-      <c r="J357" s="15"/>
+      <c r="J357" s="15">
+        <v>1500</v>
+      </c>
       <c r="K357" s="15">
-        <v>0.16826</v>
+        <v>0.1479</v>
       </c>
       <c r="L357" s="15">
-        <v>0.15143</v>
+        <v>0.12882</v>
       </c>
       <c r="M357" s="15">
-        <v>0.14021</v>
+        <v>0.11928</v>
       </c>
       <c r="N357" s="15">
-        <v>1495</v>
+        <v>10946</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
-      <c r="Q357" s="15"/>
+      <c r="Q357" s="15">
+        <v>6000</v>
+      </c>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1260</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1261</v>
       </c>
-      <c r="E358" s="15">
-        <v>10080038330</v>
+      <c r="E358" s="15" t="s">
+        <v>1262</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I358" s="15" t="s">
-        <v>1262</v>
-[...3 lines deleted...]
-      </c>
+        <v>1263</v>
+      </c>
+      <c r="J358" s="15"/>
       <c r="K358" s="15">
-        <v>0.26054</v>
+        <v>0.16826</v>
       </c>
       <c r="L358" s="15">
-        <v>0.18789</v>
+        <v>0.15143</v>
       </c>
       <c r="M358" s="15">
-        <v>0.16283</v>
+        <v>0.14021</v>
       </c>
       <c r="N358" s="15">
-        <v>290</v>
+        <v>2047</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1264</v>
-[...1 lines deleted...]
-      <c r="E359" s="15" t="s">
         <v>1265</v>
+      </c>
+      <c r="E359" s="15">
+        <v>10080038330</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I359" s="15" t="s">
         <v>1266</v>
       </c>
       <c r="J359" s="15">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="K359" s="15">
-        <v>0.20001</v>
+        <v>0.26054</v>
       </c>
       <c r="L359" s="15">
-        <v>0.18001</v>
+        <v>0.18789</v>
       </c>
       <c r="M359" s="15">
-        <v>0.16668</v>
+        <v>0.16283</v>
       </c>
       <c r="N359" s="15">
-        <v>856</v>
+        <v>340</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>1267</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>1268</v>
       </c>
       <c r="E360" s="15" t="s">
         <v>1269</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I360" s="15" t="s">
         <v>1270</v>
       </c>
       <c r="J360" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K360" s="15">
-        <v>0.23379</v>
+        <v>0.20001</v>
       </c>
       <c r="L360" s="15">
-        <v>0.20262</v>
+        <v>0.18001</v>
       </c>
       <c r="M360" s="15">
-        <v>0.19483</v>
+        <v>0.16668</v>
       </c>
       <c r="N360" s="15">
-        <v>1292</v>
+        <v>826</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
-      <c r="Q360" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C361" s="15" t="s">
         <v>1271</v>
       </c>
       <c r="D361" s="15" t="s">
         <v>1272</v>
       </c>
-      <c r="E361" s="15">
-        <v>10080033839</v>
+      <c r="E361" s="15" t="s">
+        <v>1273</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I361" s="15" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="J361" s="15">
-        <v>2100</v>
+        <v>250</v>
       </c>
       <c r="K361" s="15">
-        <v>0.50058</v>
+        <v>0.23379</v>
       </c>
       <c r="L361" s="15">
-        <v>0.26594</v>
+        <v>0.20262</v>
       </c>
       <c r="M361" s="15">
-        <v>0.22681</v>
+        <v>0.19483</v>
       </c>
       <c r="N361" s="15">
-        <v>127</v>
+        <v>1377</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
-      <c r="Q361" s="15"/>
+      <c r="Q361" s="15">
+        <v>4000</v>
+      </c>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1275</v>
-[...1 lines deleted...]
-      <c r="E362" s="15" t="s">
         <v>1276</v>
+      </c>
+      <c r="E362" s="15">
+        <v>10080033839</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I362" s="15" t="s">
         <v>1277</v>
       </c>
       <c r="J362" s="15">
-        <v>750</v>
+        <v>2100</v>
       </c>
       <c r="K362" s="15">
-        <v>0.29298</v>
+        <v>0.50058</v>
       </c>
       <c r="L362" s="15">
-        <v>0.26368</v>
+        <v>0.26594</v>
       </c>
       <c r="M362" s="15">
-        <v>0.24415</v>
+        <v>0.22681</v>
       </c>
       <c r="N362" s="15">
-        <v>1920</v>
+        <v>87</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
-      <c r="Q362" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q362" s="15"/>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C363" s="15" t="s">
         <v>1278</v>
       </c>
       <c r="D363" s="15" t="s">
         <v>1279</v>
       </c>
-      <c r="E363" s="15">
-        <v>10080038332</v>
+      <c r="E363" s="15" t="s">
+        <v>1280</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I363" s="15" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="J363" s="15">
-        <v>400</v>
+        <v>750</v>
       </c>
       <c r="K363" s="15">
-        <v>0.74642</v>
+        <v>0.29298</v>
       </c>
       <c r="L363" s="15">
-        <v>0.4132</v>
+        <v>0.26368</v>
       </c>
       <c r="M363" s="15">
-        <v>0.34655</v>
+        <v>0.24415</v>
       </c>
       <c r="N363" s="15">
-        <v>395</v>
+        <v>2190</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
-      <c r="Q363" s="15"/>
+      <c r="Q363" s="15">
+        <v>3000</v>
+      </c>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="E364" s="15" t="s">
         <v>1283</v>
+      </c>
+      <c r="E364" s="15">
+        <v>10080038332</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I364" s="15" t="s">
         <v>1284</v>
       </c>
-      <c r="J364" s="15"/>
+      <c r="J364" s="15">
+        <v>400</v>
+      </c>
       <c r="K364" s="15">
-        <v>0.50634</v>
+        <v>0.74642</v>
       </c>
       <c r="L364" s="15">
-        <v>0.441</v>
+        <v>0.4132</v>
       </c>
       <c r="M364" s="15">
-        <v>0.40834</v>
+        <v>0.34655</v>
       </c>
       <c r="N364" s="15">
-        <v>263</v>
+        <v>390</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C365" s="15" t="s">
         <v>1285</v>
       </c>
       <c r="D365" s="15" t="s">
         <v>1286</v>
       </c>
       <c r="E365" s="15" t="s">
         <v>1287</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I365" s="15" t="s">
         <v>1288</v>
       </c>
       <c r="J365" s="15"/>
       <c r="K365" s="15">
-        <v>0.14073</v>
+        <v>0.50634</v>
       </c>
       <c r="L365" s="15">
-        <v>0.12666</v>
+        <v>0.441</v>
       </c>
       <c r="M365" s="15">
-        <v>0.11728</v>
+        <v>0.40834</v>
       </c>
       <c r="N365" s="15">
-        <v>4320</v>
+        <v>182</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1289</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1290</v>
       </c>
       <c r="E366" s="15" t="s">
         <v>1291</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I366" s="15" t="s">
         <v>1292</v>
       </c>
       <c r="J366" s="15"/>
       <c r="K366" s="15">
-        <v>0.50301</v>
+        <v>0.14073</v>
       </c>
       <c r="L366" s="15">
-        <v>0.45271</v>
+        <v>0.12666</v>
       </c>
       <c r="M366" s="15">
-        <v>0.41918</v>
+        <v>0.11728</v>
       </c>
       <c r="N366" s="15">
-        <v>4300</v>
+        <v>4320</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C367" s="15" t="s">
         <v>1293</v>
       </c>
       <c r="D367" s="15" t="s">
         <v>1294</v>
       </c>
       <c r="E367" s="15" t="s">
         <v>1295</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I367" s="15" t="s">
         <v>1296</v>
       </c>
-      <c r="J367" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J367" s="15"/>
       <c r="K367" s="15">
-        <v>0.05741</v>
+        <v>0.50301</v>
       </c>
       <c r="L367" s="15">
-        <v>0.05166</v>
+        <v>0.45271</v>
       </c>
       <c r="M367" s="15">
-        <v>0.04784</v>
+        <v>0.41918</v>
       </c>
       <c r="N367" s="15">
-        <v>21019</v>
+        <v>3450</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
-      <c r="Q367" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>1297</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>1298</v>
       </c>
       <c r="E368" s="15" t="s">
         <v>1299</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>1300</v>
       </c>
       <c r="J368" s="15">
         <v>500</v>
       </c>
       <c r="K368" s="15">
-        <v>0.08634</v>
+        <v>0.05741</v>
       </c>
       <c r="L368" s="15">
-        <v>0.07771</v>
+        <v>0.05166</v>
       </c>
       <c r="M368" s="15">
-        <v>0.07195</v>
+        <v>0.04784</v>
       </c>
       <c r="N368" s="15">
-        <v>16856</v>
+        <v>26502</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
-      <c r="Q368" s="15"/>
+      <c r="Q368" s="15">
+        <v>12000</v>
+      </c>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C369" s="15" t="s">
         <v>1301</v>
       </c>
       <c r="D369" s="15" t="s">
         <v>1302</v>
       </c>
-      <c r="E369" s="15">
-        <v>10080028301</v>
+      <c r="E369" s="15" t="s">
+        <v>1303</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="J369" s="15">
         <v>500</v>
       </c>
       <c r="K369" s="15">
-        <v>0.1864</v>
+        <v>0.08634</v>
       </c>
       <c r="L369" s="15">
-        <v>0.09987</v>
+        <v>0.07771</v>
       </c>
       <c r="M369" s="15">
-        <v>0.08655</v>
+        <v>0.07195</v>
       </c>
       <c r="N369" s="15">
-        <v>2247</v>
+        <v>18699</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D370" s="15" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="E370" s="15">
-        <v>10080038319</v>
+        <v>10080028301</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1306</v>
-[...1 lines deleted...]
-      <c r="J370" s="15"/>
+        <v>1307</v>
+      </c>
+      <c r="J370" s="15">
+        <v>500</v>
+      </c>
       <c r="K370" s="15">
-        <v>0.11483</v>
+        <v>0.1864</v>
       </c>
       <c r="L370" s="15">
-        <v>0.10334</v>
+        <v>0.09987</v>
       </c>
       <c r="M370" s="15">
-        <v>0.094</v>
+        <v>0.08655</v>
       </c>
       <c r="N370" s="15">
-        <v>15657</v>
+        <v>2645</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1308</v>
-[...1 lines deleted...]
-      <c r="E371" s="15" t="s">
         <v>1309</v>
+      </c>
+      <c r="E371" s="15">
+        <v>10080038319</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I371" s="15" t="s">
         <v>1310</v>
       </c>
       <c r="J371" s="15"/>
       <c r="K371" s="15">
-        <v>0.10824</v>
+        <v>0.11483</v>
       </c>
       <c r="L371" s="15">
-        <v>0.09381</v>
+        <v>0.10334</v>
       </c>
       <c r="M371" s="15">
-        <v>0.0902</v>
+        <v>0.094</v>
       </c>
       <c r="N371" s="15">
-        <v>9072</v>
+        <v>12722</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1311</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1312</v>
       </c>
       <c r="E372" s="15" t="s">
         <v>1313</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I372" s="15" t="s">
         <v>1314</v>
       </c>
-      <c r="J372" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J372" s="15"/>
       <c r="K372" s="15">
-        <v>0.14328</v>
+        <v>0.10824</v>
       </c>
       <c r="L372" s="15">
-        <v>0.12895</v>
+        <v>0.09381</v>
       </c>
       <c r="M372" s="15">
-        <v>0.1194</v>
+        <v>0.0902</v>
       </c>
       <c r="N372" s="15">
-        <v>7350</v>
+        <v>7992</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
-      <c r="Q372" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C373" s="15" t="s">
         <v>1315</v>
       </c>
       <c r="D373" s="15" t="s">
         <v>1316</v>
       </c>
       <c r="E373" s="15" t="s">
         <v>1317</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I373" s="15" t="s">
         <v>1318</v>
       </c>
-      <c r="J373" s="15"/>
+      <c r="J373" s="15">
+        <v>1500</v>
+      </c>
       <c r="K373" s="15">
-        <v>0.16787</v>
+        <v>0.14328</v>
       </c>
       <c r="L373" s="15">
-        <v>0.15108</v>
+        <v>0.12895</v>
       </c>
       <c r="M373" s="15">
-        <v>0.13989</v>
+        <v>0.1194</v>
       </c>
       <c r="N373" s="15">
-        <v>5297</v>
+        <v>6475</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
-      <c r="Q373" s="15"/>
+      <c r="Q373" s="15">
+        <v>6000</v>
+      </c>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C374" s="15" t="s">
         <v>1319</v>
       </c>
       <c r="D374" s="15" t="s">
         <v>1320</v>
       </c>
       <c r="E374" s="15" t="s">
         <v>1321</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I374" s="15" t="s">
         <v>1322</v>
       </c>
-      <c r="J374" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J374" s="15"/>
       <c r="K374" s="15">
-        <v>0.22397</v>
+        <v>0.16787</v>
       </c>
       <c r="L374" s="15">
-        <v>0.20157</v>
+        <v>0.15108</v>
       </c>
       <c r="M374" s="15">
-        <v>0.18664</v>
+        <v>0.13989</v>
       </c>
       <c r="N374" s="15">
-        <v>1320</v>
+        <v>5949</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1323</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1324</v>
       </c>
-      <c r="E375" s="15">
-        <v>10080038322</v>
+      <c r="E375" s="15" t="s">
+        <v>1325</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1325</v>
-[...1 lines deleted...]
-      <c r="J375" s="15"/>
+        <v>1326</v>
+      </c>
+      <c r="J375" s="15">
+        <v>250</v>
+      </c>
       <c r="K375" s="15">
-        <v>0.49849</v>
+        <v>0.22397</v>
       </c>
       <c r="L375" s="15">
-        <v>0.27595</v>
+        <v>0.20157</v>
       </c>
       <c r="M375" s="15">
-        <v>0.23145</v>
-[...1 lines deleted...]
-      <c r="N375" s="15"/>
+        <v>0.18664</v>
+      </c>
+      <c r="N375" s="15">
+        <v>1460</v>
+      </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D376" s="15" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="E376" s="15">
-        <v>10080038323</v>
+        <v>10080038322</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="J376" s="15"/>
       <c r="K376" s="15">
-        <v>0.56067</v>
+        <v>0.49849</v>
       </c>
       <c r="L376" s="15">
-        <v>0.31037</v>
+        <v>0.27595</v>
       </c>
       <c r="M376" s="15">
-        <v>0.26031</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.23145</v>
+      </c>
+      <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="D377" s="15" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="E377" s="15">
-        <v>10080038324</v>
+        <v>10080038323</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
-        <v>0.27986</v>
+        <v>0.56067</v>
       </c>
       <c r="L377" s="15">
-        <v>0.25187</v>
+        <v>0.31037</v>
       </c>
       <c r="M377" s="15">
-        <v>0.23321</v>
+        <v>0.26031</v>
       </c>
       <c r="N377" s="15">
-        <v>2220</v>
+        <v>95</v>
       </c>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="D378" s="15" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="E378" s="15">
-        <v>10080038325</v>
+        <v>10080038324</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
-        <v>0.51498</v>
+        <v>0.27986</v>
       </c>
       <c r="L378" s="15">
-        <v>0.36785</v>
+        <v>0.25187</v>
       </c>
       <c r="M378" s="15">
-        <v>0.3188</v>
+        <v>0.23321</v>
       </c>
       <c r="N378" s="15">
-        <v>1072</v>
+        <v>2340</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D379" s="15" t="s">
-        <v>1336</v>
-[...1 lines deleted...]
-      <c r="E379" s="15" t="s">
         <v>1337</v>
+      </c>
+      <c r="E379" s="15">
+        <v>10080038325</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I379" s="15" t="s">
         <v>1338</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
-        <v>0.25356</v>
+        <v>0.51498</v>
       </c>
       <c r="L379" s="15">
-        <v>0.22085</v>
+        <v>0.36785</v>
       </c>
       <c r="M379" s="15">
-        <v>0.20449</v>
+        <v>0.3188</v>
       </c>
       <c r="N379" s="15">
-        <v>10150</v>
+        <v>1155</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C380" s="15" t="s">
         <v>1339</v>
       </c>
       <c r="D380" s="15" t="s">
         <v>1340</v>
       </c>
-      <c r="E380" s="15">
-        <v>10080038335</v>
+      <c r="E380" s="15" t="s">
+        <v>1341</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
-        <v>0.18587</v>
+        <v>0.25356</v>
       </c>
       <c r="L380" s="15">
-        <v>0.18587</v>
+        <v>0.22085</v>
       </c>
       <c r="M380" s="15">
-        <v>0.18587</v>
+        <v>0.20449</v>
       </c>
       <c r="N380" s="15">
-        <v>1464</v>
+        <v>11455</v>
       </c>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D381" s="15" t="s">
-        <v>1343</v>
-[...1 lines deleted...]
-      <c r="E381" s="15" t="s">
         <v>1344</v>
+      </c>
+      <c r="E381" s="15">
+        <v>10080038335</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I381" s="15" t="s">
         <v>1345</v>
       </c>
-      <c r="J381" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J381" s="15"/>
       <c r="K381" s="15">
-        <v>0.23868</v>
+        <v>0.18587</v>
       </c>
       <c r="L381" s="15">
-        <v>0.20789</v>
+        <v>0.18587</v>
       </c>
       <c r="M381" s="15">
-        <v>0.19249</v>
+        <v>0.18587</v>
       </c>
       <c r="N381" s="15">
-        <v>784</v>
+        <v>1293</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C382" s="15" t="s">
         <v>1346</v>
       </c>
       <c r="D382" s="15" t="s">
         <v>1347</v>
       </c>
-      <c r="E382" s="15">
-        <v>10080038336</v>
+      <c r="E382" s="15" t="s">
+        <v>1348</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I382" s="15" t="s">
-        <v>1348</v>
-[...1 lines deleted...]
-      <c r="J382" s="15"/>
+        <v>1349</v>
+      </c>
+      <c r="J382" s="15">
+        <v>250</v>
+      </c>
       <c r="K382" s="15">
-        <v>0.50646</v>
+        <v>0.23868</v>
       </c>
       <c r="L382" s="15">
-        <v>0.28036</v>
+        <v>0.20789</v>
       </c>
       <c r="M382" s="15">
-        <v>0.23515</v>
+        <v>0.19249</v>
       </c>
       <c r="N382" s="15">
-        <v>284</v>
+        <v>814</v>
       </c>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D383" s="15" t="s">
-        <v>1350</v>
-[...1 lines deleted...]
-      <c r="E383" s="15" t="s">
         <v>1351</v>
+      </c>
+      <c r="E383" s="15">
+        <v>10080038336</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="I383" s="15" t="s">
         <v>1352</v>
       </c>
-      <c r="J383" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J383" s="15"/>
       <c r="K383" s="15">
-        <v>0.2996</v>
+        <v>0.50646</v>
       </c>
       <c r="L383" s="15">
-        <v>0.26094</v>
+        <v>0.28036</v>
       </c>
       <c r="M383" s="15">
-        <v>0.24161</v>
+        <v>0.23515</v>
       </c>
       <c r="N383" s="15">
-        <v>710</v>
+        <v>210</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
-      <c r="Q383" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C384" s="15" t="s">
         <v>1353</v>
       </c>
       <c r="D384" s="15" t="s">
         <v>1354</v>
       </c>
       <c r="E384" s="15" t="s">
         <v>1355</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I384" s="15" t="s">
         <v>1356</v>
       </c>
-      <c r="I384" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J384" s="15"/>
+      <c r="J384" s="15">
+        <v>750</v>
+      </c>
       <c r="K384" s="15">
-        <v>0.12839</v>
+        <v>0.2996</v>
       </c>
       <c r="L384" s="15">
-        <v>0.11127</v>
+        <v>0.26094</v>
       </c>
       <c r="M384" s="15">
-        <v>0.10699</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.24161</v>
+      </c>
+      <c r="N384" s="15">
+        <v>870</v>
+      </c>
+      <c r="O384" s="15"/>
+      <c r="P384" s="15"/>
       <c r="Q384" s="15">
-        <v>4800</v>
+        <v>3000</v>
       </c>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C385" s="15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D385" s="15" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E385" s="15" t="s">
         <v>1359</v>
-      </c>
-[...4 lines deleted...]
-        <v>1361</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I385" s="15" t="s">
+        <v>1361</v>
+      </c>
+      <c r="J385" s="15"/>
+      <c r="K385" s="15">
+        <v>0.12839</v>
+      </c>
+      <c r="L385" s="15">
+        <v>0.11127</v>
+      </c>
+      <c r="M385" s="15">
+        <v>0.10699</v>
+      </c>
+      <c r="N385" s="15"/>
+      <c r="O385" s="15">
+        <v>4300</v>
+      </c>
+      <c r="P385" s="15" t="s">
         <v>1362</v>
       </c>
-      <c r="J385" s="15">
-[...16 lines deleted...]
-      <c r="Q385" s="15"/>
+      <c r="Q385" s="15">
+        <v>4800</v>
+      </c>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C386" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="D386" s="15" t="s">
         <v>1364</v>
       </c>
       <c r="E386" s="15" t="s">
         <v>1365</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I386" s="15" t="s">
         <v>1366</v>
       </c>
-      <c r="J386" s="15"/>
+      <c r="J386" s="15">
+        <v>600</v>
+      </c>
       <c r="K386" s="15">
-        <v>0.31961</v>
+        <v>0.18501</v>
       </c>
       <c r="L386" s="15">
-        <v>0.27699</v>
+        <v>0.16651</v>
       </c>
       <c r="M386" s="15">
-        <v>0.26634</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.15418</v>
+      </c>
+      <c r="N386" s="15">
+        <v>10209</v>
+      </c>
+      <c r="O386" s="15"/>
+      <c r="P386" s="15"/>
+      <c r="Q386" s="15"/>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C387" s="15" t="s">
         <v>1367</v>
       </c>
       <c r="D387" s="15" t="s">
         <v>1368</v>
       </c>
       <c r="E387" s="15" t="s">
         <v>1369</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I387" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="J387" s="15"/>
       <c r="K387" s="15">
-        <v>0.38397</v>
+        <v>0.31961</v>
       </c>
       <c r="L387" s="15">
-        <v>0.33277</v>
+        <v>0.27699</v>
       </c>
       <c r="M387" s="15">
-        <v>0.31998</v>
+        <v>0.26634</v>
       </c>
       <c r="N387" s="15"/>
       <c r="O387" s="15">
-        <v>4300</v>
+        <v>3800</v>
       </c>
       <c r="P387" s="15" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="Q387" s="15">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C388" s="15" t="s">
         <v>1371</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>1372</v>
       </c>
       <c r="E388" s="15" t="s">
         <v>1373</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I388" s="15" t="s">
         <v>1374</v>
       </c>
-      <c r="J388" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J388" s="15"/>
       <c r="K388" s="15">
-        <v>0.0864</v>
+        <v>0.38397</v>
       </c>
       <c r="L388" s="15">
-        <v>0.07488</v>
+        <v>0.33277</v>
       </c>
       <c r="M388" s="15">
-        <v>0.07199999999999999</v>
+        <v>0.31998</v>
       </c>
       <c r="N388" s="15"/>
       <c r="O388" s="15">
-        <v>8375</v>
+        <v>3900</v>
       </c>
       <c r="P388" s="15" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="Q388" s="15">
-        <v>8000</v>
+        <v>1800</v>
       </c>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C389" s="15" t="s">
         <v>1375</v>
       </c>
       <c r="D389" s="15" t="s">
         <v>1376</v>
       </c>
       <c r="E389" s="15" t="s">
         <v>1377</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I389" s="15" t="s">
         <v>1378</v>
       </c>
-      <c r="J389" s="15"/>
+      <c r="J389" s="15">
+        <v>2000</v>
+      </c>
       <c r="K389" s="15">
-        <v>0.11</v>
+        <v>0.0864</v>
       </c>
       <c r="L389" s="15">
-        <v>0.097</v>
+        <v>0.07488</v>
       </c>
       <c r="M389" s="15">
-        <v>0.093</v>
-[...6 lines deleted...]
-      <c r="Q389" s="15"/>
+        <v>0.07199999999999999</v>
+      </c>
+      <c r="N389" s="15"/>
+      <c r="O389" s="15">
+        <v>11125</v>
+      </c>
+      <c r="P389" s="15" t="s">
+        <v>1362</v>
+      </c>
+      <c r="Q389" s="15">
+        <v>8000</v>
+      </c>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1379</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>1380</v>
       </c>
       <c r="E390" s="15" t="s">
         <v>1381</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I390" s="15" t="s">
         <v>1382</v>
       </c>
       <c r="J390" s="15"/>
       <c r="K390" s="15">
-        <v>0.13782</v>
+        <v>0.11</v>
       </c>
       <c r="L390" s="15">
-        <v>0.12404</v>
+        <v>0.097</v>
       </c>
       <c r="M390" s="15">
-        <v>0.11485</v>
+        <v>0.093</v>
       </c>
       <c r="N390" s="15">
-        <v>9000</v>
+        <v>5</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>1383</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>1384</v>
       </c>
       <c r="E391" s="15" t="s">
         <v>1385</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I391" s="15" t="s">
         <v>1386</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
-        <v>0.52</v>
+        <v>0.13782</v>
       </c>
       <c r="L391" s="15">
-        <v>0.46</v>
+        <v>0.12404</v>
       </c>
       <c r="M391" s="15">
-        <v>0.43</v>
+        <v>0.11485</v>
       </c>
       <c r="N391" s="15">
-        <v>5</v>
+        <v>7750</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C392" s="15" t="s">
         <v>1387</v>
       </c>
       <c r="D392" s="15" t="s">
         <v>1388</v>
       </c>
-      <c r="E392" s="15">
-        <v>10080050294</v>
+      <c r="E392" s="15" t="s">
+        <v>1389</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1389</v>
+        <v>1360</v>
       </c>
       <c r="I392" s="15" t="s">
         <v>1390</v>
       </c>
-      <c r="J392" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J392" s="15"/>
       <c r="K392" s="15">
-        <v>0.16253</v>
+        <v>0.52</v>
       </c>
       <c r="L392" s="15">
-        <v>0.11759</v>
+        <v>0.46</v>
       </c>
       <c r="M392" s="15">
-        <v>0.10261</v>
+        <v>0.43</v>
       </c>
       <c r="N392" s="15">
-        <v>186</v>
+        <v>5</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C393" s="15" t="s">
         <v>1391</v>
       </c>
       <c r="D393" s="15" t="s">
         <v>1392</v>
       </c>
-      <c r="E393" s="15" t="s">
-        <v>1393</v>
+      <c r="E393" s="15">
+        <v>10080050294</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I393" s="15" t="s">
         <v>1394</v>
       </c>
-      <c r="J393" s="15"/>
+      <c r="J393" s="15">
+        <v>250</v>
+      </c>
       <c r="K393" s="15">
-        <v>0.32027</v>
+        <v>0.11433</v>
       </c>
       <c r="L393" s="15">
-        <v>0.23172</v>
+        <v>0.09909</v>
       </c>
       <c r="M393" s="15">
-        <v>0.2022</v>
+        <v>0.09528</v>
       </c>
       <c r="N393" s="15">
-        <v>900</v>
+        <v>198</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C394" s="15" t="s">
         <v>1395</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>1396</v>
       </c>
       <c r="E394" s="15" t="s">
         <v>1397</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I394" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="J394" s="15"/>
       <c r="K394" s="15">
-        <v>0.42263</v>
+        <v>0.22769</v>
       </c>
       <c r="L394" s="15">
-        <v>0.30577</v>
+        <v>0.19733</v>
       </c>
       <c r="M394" s="15">
-        <v>0.26682</v>
+        <v>0.18974</v>
       </c>
       <c r="N394" s="15">
-        <v>600</v>
+        <v>660</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C395" s="15" t="s">
         <v>1399</v>
       </c>
       <c r="D395" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="E395" s="15" t="s">
         <v>1401</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I395" s="15" t="s">
         <v>1402</v>
       </c>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
-        <v>0.76924</v>
+        <v>0.30036</v>
       </c>
       <c r="L395" s="15">
-        <v>0.55655</v>
+        <v>0.26031</v>
       </c>
       <c r="M395" s="15">
-        <v>0.48565</v>
+        <v>0.2503</v>
       </c>
       <c r="N395" s="15">
-        <v>840</v>
+        <v>750</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C396" s="15" t="s">
         <v>1403</v>
       </c>
       <c r="D396" s="15" t="s">
         <v>1404</v>
       </c>
       <c r="E396" s="15" t="s">
         <v>1405</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I396" s="15" t="s">
         <v>1406</v>
       </c>
       <c r="J396" s="15"/>
       <c r="K396" s="15">
-        <v>0.95217</v>
+        <v>0.5315299999999999</v>
       </c>
       <c r="L396" s="15">
-        <v>0.6889</v>
+        <v>0.46066</v>
       </c>
       <c r="M396" s="15">
-        <v>0.60114</v>
+        <v>0.44294</v>
       </c>
       <c r="N396" s="15">
-        <v>770</v>
+        <v>810</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C397" s="15" t="s">
         <v>1407</v>
       </c>
       <c r="D397" s="15" t="s">
         <v>1408</v>
       </c>
       <c r="E397" s="15" t="s">
         <v>1409</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I397" s="15" t="s">
         <v>1410</v>
       </c>
       <c r="J397" s="15"/>
       <c r="K397" s="15">
-        <v>1.64</v>
+        <v>0.67665</v>
       </c>
       <c r="L397" s="15">
-        <v>1.19</v>
+        <v>0.58643</v>
       </c>
       <c r="M397" s="15">
-        <v>1.04</v>
+        <v>0.56388</v>
       </c>
       <c r="N397" s="15">
-        <v>900</v>
+        <v>720</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>1411</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>1412</v>
       </c>
       <c r="E398" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I398" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
-        <v>0.42154</v>
+        <v>1.13</v>
       </c>
       <c r="L398" s="15">
-        <v>0.30499</v>
+        <v>0.98303</v>
       </c>
       <c r="M398" s="15">
-        <v>0.26614</v>
+        <v>0.94523</v>
       </c>
       <c r="N398" s="15">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C399" s="15" t="s">
         <v>1415</v>
       </c>
       <c r="D399" s="15" t="s">
         <v>1416</v>
       </c>
       <c r="E399" s="15" t="s">
         <v>1417</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I399" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
-        <v>0.56092</v>
+        <v>0.29954</v>
       </c>
       <c r="L399" s="15">
-        <v>0.40583</v>
+        <v>0.2596</v>
       </c>
       <c r="M399" s="15">
-        <v>0.35413</v>
+        <v>0.24961</v>
       </c>
       <c r="N399" s="15">
-        <v>630</v>
+        <v>760</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>1419</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>1420</v>
       </c>
       <c r="E400" s="15" t="s">
         <v>1421</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I400" s="15" t="s">
         <v>1422</v>
       </c>
       <c r="J400" s="15"/>
       <c r="K400" s="15">
-        <v>1.56</v>
+        <v>0.39851</v>
       </c>
       <c r="L400" s="15">
-        <v>1.13</v>
+        <v>0.34537</v>
       </c>
       <c r="M400" s="15">
-        <v>0.98187</v>
+        <v>0.33209</v>
       </c>
       <c r="N400" s="15">
-        <v>680</v>
+        <v>817</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C401" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="D401" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="E401" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I401" s="15" t="s">
         <v>1426</v>
       </c>
-      <c r="J401" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J401" s="15"/>
       <c r="K401" s="15">
-        <v>3.28</v>
+        <v>1.1</v>
       </c>
       <c r="L401" s="15">
-        <v>2.75</v>
+        <v>0.95755</v>
       </c>
       <c r="M401" s="15">
-        <v>2.65</v>
-[...1 lines deleted...]
-      <c r="N401" s="15"/>
+        <v>0.92073</v>
+      </c>
+      <c r="N401" s="15">
+        <v>640</v>
+      </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C402" s="15" t="s">
         <v>1427</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>1428</v>
       </c>
-      <c r="E402" s="15">
-        <v>10080028523</v>
+      <c r="E402" s="15" t="s">
+        <v>1429</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="J402" s="15">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="K402" s="15">
-        <v>0.1435</v>
+        <v>3.28</v>
       </c>
       <c r="L402" s="15">
-        <v>0.10382</v>
+        <v>2.75</v>
       </c>
       <c r="M402" s="15">
-        <v>0.0906</v>
+        <v>2.65</v>
       </c>
       <c r="N402" s="15"/>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C403" s="15" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="D403" s="15" t="s">
-        <v>1428</v>
-[...2 lines deleted...]
-        <v>1430</v>
+        <v>1432</v>
+      </c>
+      <c r="E403" s="15">
+        <v>10080028523</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="I403" s="15"/>
+        <v>1393</v>
+      </c>
+      <c r="I403" s="15" t="s">
+        <v>1433</v>
+      </c>
       <c r="J403" s="15">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="K403" s="15">
-        <v>0.13246</v>
+        <v>0.08946</v>
       </c>
       <c r="L403" s="15">
-        <v>0.09583</v>
+        <v>0.07753</v>
       </c>
       <c r="M403" s="15">
-        <v>0.08362</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07455000000000001</v>
+      </c>
+      <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C404" s="15" t="s">
         <v>1431</v>
       </c>
       <c r="D404" s="15" t="s">
         <v>1432</v>
       </c>
       <c r="E404" s="15" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1389</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="I404" s="15"/>
       <c r="J404" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K404" s="15">
-        <v>0.13125</v>
+        <v>0.0915</v>
       </c>
       <c r="L404" s="15">
-        <v>0.11375</v>
+        <v>0.0793</v>
       </c>
       <c r="M404" s="15">
-        <v>0.10938</v>
+        <v>0.07625</v>
       </c>
       <c r="N404" s="15">
-        <v>125</v>
+        <v>3728</v>
       </c>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C405" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="D405" s="15" t="s">
         <v>1436</v>
       </c>
       <c r="E405" s="15" t="s">
         <v>1437</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I405" s="15" t="s">
         <v>1438</v>
       </c>
       <c r="J405" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K405" s="15">
-        <v>0.18647</v>
+        <v>0.13125</v>
       </c>
       <c r="L405" s="15">
-        <v>0.1616</v>
+        <v>0.11375</v>
       </c>
       <c r="M405" s="15">
-        <v>0.15539</v>
+        <v>0.10938</v>
       </c>
       <c r="N405" s="15">
-        <v>17055</v>
+        <v>131</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C406" s="15" t="s">
         <v>1439</v>
       </c>
       <c r="D406" s="15" t="s">
         <v>1440</v>
       </c>
       <c r="E406" s="15" t="s">
         <v>1441</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I406" s="15" t="s">
         <v>1442</v>
       </c>
       <c r="J406" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K406" s="15">
-        <v>0.33114</v>
+        <v>0.18647</v>
       </c>
       <c r="L406" s="15">
-        <v>0.23958</v>
+        <v>0.1616</v>
       </c>
       <c r="M406" s="15">
-        <v>0.20906</v>
-[...1 lines deleted...]
-      <c r="N406" s="15"/>
+        <v>0.15539</v>
+      </c>
+      <c r="N406" s="15">
+        <v>13076</v>
+      </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C407" s="15" t="s">
         <v>1443</v>
       </c>
       <c r="D407" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="E407" s="15" t="s">
         <v>1445</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I407" s="15" t="s">
         <v>1446</v>
       </c>
       <c r="J407" s="15">
         <v>100</v>
       </c>
       <c r="K407" s="15">
-        <v>0.3967</v>
+        <v>0.22874</v>
       </c>
       <c r="L407" s="15">
-        <v>0.28701</v>
+        <v>0.19824</v>
       </c>
       <c r="M407" s="15">
-        <v>0.25045</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19061</v>
+      </c>
+      <c r="N407" s="15"/>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C408" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>1448</v>
       </c>
       <c r="E408" s="15" t="s">
         <v>1449</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I408" s="15" t="s">
         <v>1450</v>
       </c>
       <c r="J408" s="15">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="K408" s="15">
-        <v>0.36509</v>
+        <v>0.27404</v>
       </c>
       <c r="L408" s="15">
-        <v>0.32214</v>
+        <v>0.2375</v>
       </c>
       <c r="M408" s="15">
-        <v>0.28993</v>
-[...1 lines deleted...]
-      <c r="N408" s="15"/>
+        <v>0.22836</v>
+      </c>
+      <c r="N408" s="15">
+        <v>6509</v>
+      </c>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C409" s="15" t="s">
         <v>1451</v>
       </c>
       <c r="D409" s="15" t="s">
         <v>1452</v>
       </c>
       <c r="E409" s="15" t="s">
         <v>1453</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I409" s="15" t="s">
         <v>1454</v>
       </c>
       <c r="J409" s="15">
         <v>150</v>
       </c>
       <c r="K409" s="15">
-        <v>0.54999</v>
+        <v>0.3333</v>
       </c>
       <c r="L409" s="15">
-        <v>0.39792</v>
+        <v>0.28886</v>
       </c>
       <c r="M409" s="15">
-        <v>0.34723</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27775</v>
+      </c>
+      <c r="N409" s="15"/>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C410" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="D410" s="15" t="s">
         <v>1456</v>
       </c>
       <c r="E410" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I410" s="15" t="s">
         <v>1458</v>
       </c>
-      <c r="J410" s="15"/>
+      <c r="J410" s="15">
+        <v>150</v>
+      </c>
       <c r="K410" s="15">
-        <v>0.72378</v>
+        <v>0.37994</v>
       </c>
       <c r="L410" s="15">
-        <v>0.60315</v>
+        <v>0.32928</v>
       </c>
       <c r="M410" s="15">
-        <v>0.57903</v>
+        <v>0.31661</v>
       </c>
       <c r="N410" s="15">
-        <v>52</v>
+        <v>5459</v>
       </c>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C411" s="15" t="s">
         <v>1459</v>
       </c>
       <c r="D411" s="15" t="s">
         <v>1460</v>
       </c>
       <c r="E411" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I411" s="15" t="s">
         <v>1462</v>
       </c>
-      <c r="J411" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J411" s="15"/>
       <c r="K411" s="15">
-        <v>0.68898</v>
+        <v>0.72378</v>
       </c>
       <c r="L411" s="15">
-        <v>0.49848</v>
+        <v>0.60315</v>
       </c>
       <c r="M411" s="15">
-        <v>0.43498</v>
+        <v>0.57903</v>
       </c>
       <c r="N411" s="15">
-        <v>598</v>
+        <v>52</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C412" s="15" t="s">
         <v>1463</v>
       </c>
       <c r="D412" s="15" t="s">
         <v>1464</v>
       </c>
       <c r="E412" s="15" t="s">
         <v>1465</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I412" s="15" t="s">
         <v>1466</v>
       </c>
-      <c r="J412" s="15"/>
+      <c r="J412" s="15">
+        <v>100</v>
+      </c>
       <c r="K412" s="15">
-        <v>0.41603</v>
+        <v>0.47592</v>
       </c>
       <c r="L412" s="15">
-        <v>0.301</v>
+        <v>0.41246</v>
       </c>
       <c r="M412" s="15">
-        <v>0.26266</v>
+        <v>0.3966</v>
       </c>
       <c r="N412" s="15">
-        <v>323</v>
+        <v>827</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C413" s="15" t="s">
         <v>1467</v>
       </c>
       <c r="D413" s="15" t="s">
         <v>1468</v>
       </c>
       <c r="E413" s="15" t="s">
         <v>1469</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I413" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="J413" s="15"/>
       <c r="K413" s="15">
-        <v>0.60439</v>
+        <v>0.29537</v>
       </c>
       <c r="L413" s="15">
-        <v>0.43728</v>
+        <v>0.25598</v>
       </c>
       <c r="M413" s="15">
-        <v>0.38157</v>
+        <v>0.24614</v>
       </c>
       <c r="N413" s="15">
-        <v>600</v>
+        <v>372</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
         <v>1471</v>
       </c>
       <c r="D414" s="15" t="s">
         <v>1472</v>
       </c>
       <c r="E414" s="15" t="s">
         <v>1473</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I414" s="15" t="s">
         <v>1474</v>
       </c>
       <c r="J414" s="15"/>
       <c r="K414" s="15">
-        <v>0.27461</v>
+        <v>0.42932</v>
       </c>
       <c r="L414" s="15">
-        <v>0.19868</v>
+        <v>0.37207</v>
       </c>
       <c r="M414" s="15">
-        <v>0.17337</v>
+        <v>0.35776</v>
       </c>
       <c r="N414" s="15">
-        <v>900</v>
+        <v>810</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C415" s="15" t="s">
         <v>1475</v>
       </c>
       <c r="D415" s="15" t="s">
         <v>1476</v>
       </c>
       <c r="E415" s="15" t="s">
         <v>1477</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I415" s="15" t="s">
         <v>1478</v>
       </c>
       <c r="J415" s="15"/>
       <c r="K415" s="15">
-        <v>0.33802</v>
+        <v>0.19529</v>
       </c>
       <c r="L415" s="15">
-        <v>0.24456</v>
+        <v>0.16925</v>
       </c>
       <c r="M415" s="15">
-        <v>0.2134</v>
+        <v>0.16274</v>
       </c>
       <c r="N415" s="15">
-        <v>780</v>
+        <v>870</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C416" s="15" t="s">
         <v>1479</v>
       </c>
       <c r="D416" s="15" t="s">
         <v>1480</v>
       </c>
       <c r="E416" s="15" t="s">
         <v>1481</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="I416" s="15"/>
+        <v>1393</v>
+      </c>
+      <c r="I416" s="15" t="s">
+        <v>1482</v>
+      </c>
       <c r="J416" s="15"/>
       <c r="K416" s="15">
-        <v>0.59999</v>
+        <v>0.24024</v>
       </c>
       <c r="L416" s="15">
-        <v>0.5</v>
+        <v>0.20821</v>
       </c>
       <c r="M416" s="15">
-        <v>0.48</v>
+        <v>0.2002</v>
       </c>
       <c r="N416" s="15">
-        <v>100</v>
+        <v>880</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="E417" s="15" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I417" s="15"/>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
-        <v>0.88187</v>
+        <v>0.59999</v>
       </c>
       <c r="L417" s="15">
-        <v>0.88187</v>
+        <v>0.5</v>
       </c>
       <c r="M417" s="15">
-        <v>0.88187</v>
+        <v>0.48</v>
       </c>
       <c r="N417" s="15">
         <v>100</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1486</v>
-[...2 lines deleted...]
-        <v>10080028524</v>
+        <v>1487</v>
+      </c>
+      <c r="E418" s="15" t="s">
+        <v>1488</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1389</v>
-[...6 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="I418" s="15"/>
+      <c r="J418" s="15"/>
       <c r="K418" s="15">
-        <v>0.0364</v>
+        <v>0.88187</v>
       </c>
       <c r="L418" s="15">
-        <v>0.03212</v>
+        <v>0.88187</v>
       </c>
       <c r="M418" s="15">
-        <v>0.0289</v>
+        <v>0.88187</v>
       </c>
       <c r="N418" s="15">
-        <v>408</v>
+        <v>100</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1489</v>
-[...1 lines deleted...]
-      <c r="E419" s="15" t="s">
         <v>1490</v>
+      </c>
+      <c r="E419" s="15">
+        <v>10080028524</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I419" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="J419" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K419" s="15">
-        <v>0.06929</v>
+        <v>0.03206</v>
       </c>
       <c r="L419" s="15">
-        <v>0.05013</v>
+        <v>0.02778</v>
       </c>
       <c r="M419" s="15">
-        <v>0.04374</v>
+        <v>0.02671</v>
       </c>
       <c r="N419" s="15">
-        <v>12183</v>
+        <v>489</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C420" s="15" t="s">
         <v>1492</v>
       </c>
       <c r="D420" s="15" t="s">
         <v>1493</v>
       </c>
       <c r="E420" s="15" t="s">
         <v>1494</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I420" s="15" t="s">
         <v>1495</v>
       </c>
       <c r="J420" s="15">
         <v>500</v>
       </c>
       <c r="K420" s="15">
-        <v>0.0799</v>
+        <v>0.04787</v>
       </c>
       <c r="L420" s="15">
-        <v>0.05781</v>
+        <v>0.04148</v>
       </c>
       <c r="M420" s="15">
-        <v>0.05044</v>
-[...1 lines deleted...]
-      <c r="N420" s="15"/>
+        <v>0.03989</v>
+      </c>
+      <c r="N420" s="15">
+        <v>11670</v>
+      </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C421" s="15" t="s">
         <v>1496</v>
       </c>
       <c r="D421" s="15" t="s">
         <v>1497</v>
       </c>
       <c r="E421" s="15" t="s">
         <v>1498</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I421" s="15" t="s">
         <v>1499</v>
       </c>
       <c r="J421" s="15">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="K421" s="15">
-        <v>0.0955</v>
+        <v>0.05333</v>
       </c>
       <c r="L421" s="15">
-        <v>0.06909999999999999</v>
+        <v>0.04622</v>
       </c>
       <c r="M421" s="15">
-        <v>0.06029</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04444</v>
+      </c>
+      <c r="N421" s="15"/>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C422" s="15" t="s">
         <v>1500</v>
       </c>
       <c r="D422" s="15" t="s">
         <v>1501</v>
       </c>
       <c r="E422" s="15" t="s">
         <v>1502</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I422" s="15" t="s">
         <v>1503</v>
       </c>
       <c r="J422" s="15">
         <v>350</v>
       </c>
       <c r="K422" s="15">
-        <v>0.11434</v>
+        <v>0.06716999999999999</v>
       </c>
       <c r="L422" s="15">
-        <v>0.08272</v>
+        <v>0.05821</v>
       </c>
       <c r="M422" s="15">
-        <v>0.07219</v>
+        <v>0.05598</v>
       </c>
       <c r="N422" s="15">
-        <v>511</v>
+        <v>3150</v>
       </c>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C423" s="15" t="s">
         <v>1504</v>
       </c>
       <c r="D423" s="15" t="s">
         <v>1505</v>
       </c>
       <c r="E423" s="15" t="s">
         <v>1506</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I423" s="15" t="s">
         <v>1507</v>
       </c>
       <c r="J423" s="15">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="K423" s="15">
-        <v>0.13033</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="L423" s="15">
-        <v>0.09429</v>
+        <v>0.06994</v>
       </c>
       <c r="M423" s="15">
-        <v>0.08228000000000001</v>
+        <v>0.06725</v>
       </c>
       <c r="N423" s="15">
-        <v>2670</v>
+        <v>462</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
         <v>1508</v>
       </c>
       <c r="D424" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="E424" s="15" t="s">
         <v>1510</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I424" s="15" t="s">
         <v>1511</v>
       </c>
       <c r="J424" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K424" s="15">
-        <v>0.02559</v>
+        <v>0.09329</v>
       </c>
       <c r="L424" s="15">
-        <v>0.02218</v>
+        <v>0.08085000000000001</v>
       </c>
       <c r="M424" s="15">
-        <v>0.02133</v>
+        <v>0.07774</v>
       </c>
       <c r="N424" s="15">
-        <v>16591</v>
+        <v>1800</v>
       </c>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C425" s="15" t="s">
         <v>1512</v>
       </c>
       <c r="D425" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="E425" s="15" t="s">
         <v>1514</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I425" s="15" t="s">
         <v>1515</v>
       </c>
       <c r="J425" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K425" s="15">
-        <v>0.03848</v>
+        <v>0.02559</v>
       </c>
       <c r="L425" s="15">
-        <v>0.03335</v>
+        <v>0.02218</v>
       </c>
       <c r="M425" s="15">
-        <v>0.03206</v>
+        <v>0.02133</v>
       </c>
       <c r="N425" s="15">
-        <v>30506</v>
+        <v>12777</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C426" s="15" t="s">
         <v>1516</v>
       </c>
       <c r="D426" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="E426" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I426" s="15" t="s">
         <v>1519</v>
       </c>
       <c r="J426" s="15">
         <v>500</v>
       </c>
       <c r="K426" s="15">
-        <v>0.05936</v>
+        <v>0.03848</v>
       </c>
       <c r="L426" s="15">
-        <v>0.05238</v>
+        <v>0.03335</v>
       </c>
       <c r="M426" s="15">
-        <v>0.04714</v>
+        <v>0.03206</v>
       </c>
       <c r="N426" s="15">
-        <v>2560</v>
+        <v>22186</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C427" s="15" t="s">
         <v>1520</v>
       </c>
       <c r="D427" s="15" t="s">
         <v>1521</v>
       </c>
       <c r="E427" s="15" t="s">
         <v>1522</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I427" s="15" t="s">
         <v>1523</v>
       </c>
-      <c r="J427" s="15"/>
+      <c r="J427" s="15">
+        <v>500</v>
+      </c>
       <c r="K427" s="15">
-        <v>0.0644</v>
+        <v>0.0525</v>
       </c>
       <c r="L427" s="15">
-        <v>0.05581</v>
+        <v>0.0455</v>
       </c>
       <c r="M427" s="15">
-        <v>0.05366</v>
-[...1 lines deleted...]
-      <c r="N427" s="15"/>
+        <v>0.04375</v>
+      </c>
+      <c r="N427" s="15">
+        <v>2835</v>
+      </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
         <v>1524</v>
       </c>
       <c r="D428" s="15" t="s">
         <v>1525</v>
       </c>
       <c r="E428" s="15" t="s">
         <v>1526</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I428" s="15" t="s">
         <v>1527</v>
       </c>
-      <c r="J428" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J428" s="15"/>
       <c r="K428" s="15">
-        <v>0.12275</v>
+        <v>0.0644</v>
       </c>
       <c r="L428" s="15">
-        <v>0.08881</v>
+        <v>0.05581</v>
       </c>
       <c r="M428" s="15">
-        <v>0.0775</v>
+        <v>0.05366</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>1524</v>
+        <v>1528</v>
       </c>
       <c r="D429" s="15" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="E429" s="15" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1389</v>
-[...1 lines deleted...]
-      <c r="I429" s="15"/>
+        <v>1393</v>
+      </c>
+      <c r="I429" s="15" t="s">
+        <v>1531</v>
+      </c>
       <c r="J429" s="15">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="K429" s="15">
-        <v>0.10896</v>
+        <v>0.07385</v>
       </c>
       <c r="L429" s="15">
-        <v>0.07883</v>
+        <v>0.064</v>
       </c>
       <c r="M429" s="15">
-        <v>0.06879</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06154</v>
+      </c>
+      <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C430" s="15" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D430" s="15" t="s">
         <v>1529</v>
       </c>
-      <c r="D430" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E430" s="15" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1389</v>
-[...3 lines deleted...]
-      </c>
+        <v>1393</v>
+      </c>
+      <c r="I430" s="15"/>
       <c r="J430" s="15">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="K430" s="15">
-        <v>0.09012000000000001</v>
+        <v>0.07541</v>
       </c>
       <c r="L430" s="15">
-        <v>0.0781</v>
+        <v>0.06535000000000001</v>
       </c>
       <c r="M430" s="15">
-        <v>0.0751</v>
+        <v>0.06283999999999999</v>
       </c>
       <c r="N430" s="15">
-        <v>1562</v>
+        <v>4774</v>
       </c>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C431" s="15" t="s">
         <v>1533</v>
       </c>
       <c r="D431" s="15" t="s">
         <v>1534</v>
       </c>
       <c r="E431" s="15" t="s">
         <v>1535</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="I431" s="15" t="s">
         <v>1536</v>
       </c>
       <c r="J431" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K431" s="15">
-        <v>1.11</v>
+        <v>0.09012000000000001</v>
       </c>
       <c r="L431" s="15">
-        <v>0.9288</v>
+        <v>0.0781</v>
       </c>
       <c r="M431" s="15">
-        <v>0.89308</v>
-[...1 lines deleted...]
-      <c r="N431" s="15"/>
+        <v>0.0751</v>
+      </c>
+      <c r="N431" s="15">
+        <v>1980</v>
+      </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C432" s="15" t="s">
         <v>1537</v>
       </c>
       <c r="D432" s="15" t="s">
         <v>1538</v>
       </c>
       <c r="E432" s="15" t="s">
         <v>1539</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
+        <v>1393</v>
+      </c>
+      <c r="I432" s="15" t="s">
         <v>1540</v>
       </c>
-      <c r="I432" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J432" s="15">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="K432" s="15">
-        <v>0.52586</v>
+        <v>1.11</v>
       </c>
       <c r="L432" s="15">
-        <v>0.49236</v>
+        <v>0.9288</v>
       </c>
       <c r="M432" s="15">
-        <v>0.47561</v>
+        <v>0.89308</v>
       </c>
       <c r="N432" s="15"/>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C433" s="15" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D433" s="15" t="s">
         <v>1542</v>
       </c>
-      <c r="D433" s="15" t="s">
+      <c r="E433" s="15" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>1544</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I433" s="15" t="s">
         <v>1545</v>
       </c>
-      <c r="I433" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J433" s="15"/>
+      <c r="J433" s="15">
+        <v>150</v>
+      </c>
       <c r="K433" s="15">
-        <v>0.08379</v>
+        <v>0.52586</v>
       </c>
       <c r="L433" s="15">
-        <v>0.07262</v>
+        <v>0.49236</v>
       </c>
       <c r="M433" s="15">
-        <v>0.06983</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.47561</v>
+      </c>
+      <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C434" s="15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D434" s="15" t="s">
         <v>1547</v>
       </c>
-      <c r="D434" s="15" t="s">
+      <c r="E434" s="15" t="s">
         <v>1548</v>
-      </c>
-[...1 lines deleted...]
-        <v>1549</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I434" s="15" t="s">
         <v>1550</v>
       </c>
       <c r="J434" s="15"/>
       <c r="K434" s="15">
-        <v>0.13965</v>
+        <v>0.08379</v>
       </c>
       <c r="L434" s="15">
-        <v>0.12103</v>
+        <v>0.07262</v>
       </c>
       <c r="M434" s="15">
-        <v>0.11638</v>
+        <v>0.06983</v>
       </c>
       <c r="N434" s="15">
-        <v>14700</v>
+        <v>15800</v>
       </c>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
         <v>1551</v>
       </c>
       <c r="D435" s="15" t="s">
         <v>1552</v>
       </c>
       <c r="E435" s="15" t="s">
         <v>1553</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I435" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="J435" s="15"/>
       <c r="K435" s="15">
-        <v>0.17293</v>
+        <v>0.13965</v>
       </c>
       <c r="L435" s="15">
-        <v>0.15062</v>
+        <v>0.12103</v>
       </c>
       <c r="M435" s="15">
-        <v>0.13946</v>
+        <v>0.11638</v>
       </c>
       <c r="N435" s="15">
-        <v>2150</v>
+        <v>12425</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
         <v>1555</v>
       </c>
       <c r="D436" s="15" t="s">
         <v>1556</v>
       </c>
       <c r="E436" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I436" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="J436" s="15"/>
       <c r="K436" s="15">
-        <v>0.06119</v>
+        <v>0.17293</v>
       </c>
       <c r="L436" s="15">
-        <v>0.0533</v>
+        <v>0.15062</v>
       </c>
       <c r="M436" s="15">
-        <v>0.04935</v>
+        <v>0.13946</v>
       </c>
       <c r="N436" s="15">
-        <v>32401</v>
+        <v>1675</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C437" s="15" t="s">
         <v>1559</v>
       </c>
       <c r="D437" s="15" t="s">
         <v>1560</v>
       </c>
       <c r="E437" s="15" t="s">
         <v>1561</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I437" s="15" t="s">
         <v>1562</v>
       </c>
       <c r="J437" s="15"/>
       <c r="K437" s="15">
-        <v>0.09024</v>
+        <v>0.06119</v>
       </c>
       <c r="L437" s="15">
-        <v>0.0786</v>
+        <v>0.0533</v>
       </c>
       <c r="M437" s="15">
-        <v>0.07278</v>
+        <v>0.04935</v>
       </c>
       <c r="N437" s="15">
-        <v>26700</v>
+        <v>28000</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C438" s="15" t="s">
         <v>1563</v>
       </c>
       <c r="D438" s="15" t="s">
         <v>1564</v>
       </c>
       <c r="E438" s="15" t="s">
         <v>1565</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I438" s="15" t="s">
         <v>1566</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
-        <v>0.12792</v>
+        <v>0.09024</v>
       </c>
       <c r="L438" s="15">
-        <v>0.11142</v>
+        <v>0.0786</v>
       </c>
       <c r="M438" s="15">
-        <v>0.10316</v>
+        <v>0.07278</v>
       </c>
       <c r="N438" s="15">
-        <v>27300</v>
+        <v>23700</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C439" s="15" t="s">
         <v>1567</v>
       </c>
       <c r="D439" s="15" t="s">
         <v>1568</v>
       </c>
       <c r="E439" s="15" t="s">
         <v>1569</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I439" s="15" t="s">
         <v>1570</v>
       </c>
       <c r="J439" s="15"/>
       <c r="K439" s="15">
-        <v>0.15963</v>
+        <v>0.12792</v>
       </c>
       <c r="L439" s="15">
-        <v>0.13904</v>
+        <v>0.11142</v>
       </c>
       <c r="M439" s="15">
-        <v>0.12874</v>
+        <v>0.10316</v>
       </c>
       <c r="N439" s="15">
-        <v>1113</v>
+        <v>29400</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C440" s="15" t="s">
         <v>1571</v>
       </c>
       <c r="D440" s="15" t="s">
         <v>1572</v>
       </c>
       <c r="E440" s="15" t="s">
         <v>1573</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I440" s="15" t="s">
         <v>1574</v>
       </c>
       <c r="J440" s="15"/>
       <c r="K440" s="15">
-        <v>0.18554</v>
+        <v>0.15963</v>
       </c>
       <c r="L440" s="15">
-        <v>0.1608</v>
+        <v>0.13904</v>
       </c>
       <c r="M440" s="15">
-        <v>0.15461</v>
+        <v>0.12874</v>
       </c>
       <c r="N440" s="15">
-        <v>7565</v>
+        <v>963</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
         <v>1575</v>
       </c>
       <c r="D441" s="15" t="s">
         <v>1576</v>
       </c>
       <c r="E441" s="15" t="s">
         <v>1577</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I441" s="15" t="s">
         <v>1578</v>
       </c>
       <c r="J441" s="15"/>
       <c r="K441" s="15">
-        <v>0.2555</v>
+        <v>0.18554</v>
       </c>
       <c r="L441" s="15">
-        <v>0.22253</v>
+        <v>0.1608</v>
       </c>
       <c r="M441" s="15">
-        <v>0.20605</v>
+        <v>0.15461</v>
       </c>
       <c r="N441" s="15">
-        <v>675</v>
+        <v>5100</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
         <v>1579</v>
       </c>
       <c r="D442" s="15" t="s">
         <v>1580</v>
       </c>
       <c r="E442" s="15" t="s">
         <v>1581</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I442" s="15" t="s">
         <v>1582</v>
       </c>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
-        <v>0.62096</v>
+        <v>0.2555</v>
       </c>
       <c r="L442" s="15">
-        <v>0.53816</v>
+        <v>0.22253</v>
       </c>
       <c r="M442" s="15">
-        <v>0.51746</v>
+        <v>0.20605</v>
       </c>
       <c r="N442" s="15">
-        <v>790</v>
+        <v>630</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
         <v>1583</v>
       </c>
       <c r="D443" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="E443" s="15" t="s">
         <v>1585</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I443" s="15" t="s">
         <v>1586</v>
       </c>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
-        <v>0.27257</v>
+        <v>0.62096</v>
       </c>
       <c r="L443" s="15">
-        <v>0.23622</v>
+        <v>0.53816</v>
       </c>
       <c r="M443" s="15">
-        <v>0.22714</v>
+        <v>0.51746</v>
       </c>
       <c r="N443" s="15">
-        <v>830</v>
+        <v>760</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
         <v>1587</v>
       </c>
       <c r="D444" s="15" t="s">
         <v>1588</v>
       </c>
       <c r="E444" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I444" s="15" t="s">
         <v>1590</v>
       </c>
       <c r="J444" s="15"/>
       <c r="K444" s="15">
-        <v>0.32933</v>
+        <v>0.27257</v>
       </c>
       <c r="L444" s="15">
-        <v>0.28542</v>
+        <v>0.23622</v>
       </c>
       <c r="M444" s="15">
-        <v>0.27444</v>
+        <v>0.22714</v>
       </c>
       <c r="N444" s="15">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
         <v>1591</v>
       </c>
       <c r="D445" s="15" t="s">
         <v>1592</v>
       </c>
       <c r="E445" s="15" t="s">
         <v>1593</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I445" s="15" t="s">
         <v>1594</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
-        <v>0.16322</v>
+        <v>0.32933</v>
       </c>
       <c r="L445" s="15">
-        <v>0.14145</v>
+        <v>0.28542</v>
       </c>
       <c r="M445" s="15">
-        <v>0.13601</v>
+        <v>0.27444</v>
       </c>
       <c r="N445" s="15">
-        <v>16478</v>
+        <v>880</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C446" s="15" t="s">
         <v>1595</v>
       </c>
       <c r="D446" s="15" t="s">
         <v>1596</v>
       </c>
       <c r="E446" s="15" t="s">
         <v>1597</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I446" s="15" t="s">
         <v>1598</v>
       </c>
       <c r="J446" s="15"/>
       <c r="K446" s="15">
-        <v>0.24495</v>
+        <v>0.16322</v>
       </c>
       <c r="L446" s="15">
-        <v>0.21229</v>
+        <v>0.14145</v>
       </c>
       <c r="M446" s="15">
-        <v>0.20413</v>
+        <v>0.13601</v>
       </c>
       <c r="N446" s="15">
-        <v>23310</v>
+        <v>17046</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C447" s="15" t="s">
         <v>1599</v>
       </c>
       <c r="D447" s="15" t="s">
         <v>1600</v>
       </c>
       <c r="E447" s="15" t="s">
         <v>1601</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I447" s="15" t="s">
         <v>1602</v>
       </c>
       <c r="J447" s="15"/>
       <c r="K447" s="15">
-        <v>0.326</v>
+        <v>0.24495</v>
       </c>
       <c r="L447" s="15">
-        <v>0.28253</v>
+        <v>0.21229</v>
       </c>
       <c r="M447" s="15">
-        <v>0.27166</v>
+        <v>0.20413</v>
       </c>
       <c r="N447" s="15">
-        <v>11334</v>
+        <v>24570</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C448" s="15" t="s">
         <v>1603</v>
       </c>
       <c r="D448" s="15" t="s">
         <v>1604</v>
       </c>
       <c r="E448" s="15" t="s">
         <v>1605</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I448" s="15" t="s">
         <v>1606</v>
       </c>
       <c r="J448" s="15"/>
       <c r="K448" s="15">
-        <v>0.40806</v>
+        <v>0.326</v>
       </c>
       <c r="L448" s="15">
-        <v>0.35365</v>
+        <v>0.28253</v>
       </c>
       <c r="M448" s="15">
-        <v>0.34005</v>
+        <v>0.27166</v>
       </c>
       <c r="N448" s="15">
-        <v>21138</v>
+        <v>12593</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C449" s="15" t="s">
         <v>1607</v>
       </c>
       <c r="D449" s="15" t="s">
         <v>1608</v>
       </c>
       <c r="E449" s="15" t="s">
         <v>1609</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I449" s="15" t="s">
         <v>1610</v>
       </c>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
-        <v>0.4422</v>
+        <v>0.40806</v>
       </c>
       <c r="L449" s="15">
-        <v>0.39798</v>
+        <v>0.35365</v>
       </c>
       <c r="M449" s="15">
-        <v>0.3685</v>
+        <v>0.34005</v>
       </c>
       <c r="N449" s="15">
-        <v>4760</v>
+        <v>14250</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C450" s="15" t="s">
         <v>1611</v>
       </c>
       <c r="D450" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="E450" s="15" t="s">
         <v>1613</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I450" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="J450" s="15"/>
       <c r="K450" s="15">
-        <v>0.6518699999999999</v>
+        <v>0.4422</v>
       </c>
       <c r="L450" s="15">
-        <v>0.56495</v>
+        <v>0.39798</v>
       </c>
       <c r="M450" s="15">
-        <v>0.54323</v>
+        <v>0.3685</v>
       </c>
       <c r="N450" s="15">
-        <v>5880</v>
+        <v>4480</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C451" s="15" t="s">
         <v>1615</v>
       </c>
       <c r="D451" s="15" t="s">
         <v>1616</v>
       </c>
       <c r="E451" s="15" t="s">
         <v>1617</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I451" s="15" t="s">
         <v>1618</v>
       </c>
       <c r="J451" s="15"/>
       <c r="K451" s="15">
-        <v>0.81602</v>
+        <v>0.6518699999999999</v>
       </c>
       <c r="L451" s="15">
-        <v>0.70721</v>
+        <v>0.56495</v>
       </c>
       <c r="M451" s="15">
-        <v>0.68001</v>
+        <v>0.54323</v>
       </c>
       <c r="N451" s="15">
-        <v>390</v>
+        <v>5250</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C452" s="15" t="s">
         <v>1619</v>
       </c>
       <c r="D452" s="15" t="s">
         <v>1620</v>
       </c>
       <c r="E452" s="15" t="s">
         <v>1621</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I452" s="15" t="s">
         <v>1622</v>
       </c>
       <c r="J452" s="15"/>
       <c r="K452" s="15">
-        <v>0.31941</v>
+        <v>0.81602</v>
       </c>
       <c r="L452" s="15">
-        <v>0.27682</v>
+        <v>0.70721</v>
       </c>
       <c r="M452" s="15">
-        <v>0.26618</v>
+        <v>0.68001</v>
       </c>
       <c r="N452" s="15">
-        <v>330</v>
+        <v>430</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C453" s="15" t="s">
         <v>1623</v>
       </c>
       <c r="D453" s="15" t="s">
         <v>1624</v>
       </c>
       <c r="E453" s="15" t="s">
         <v>1625</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I453" s="15" t="s">
         <v>1626</v>
       </c>
       <c r="J453" s="15"/>
       <c r="K453" s="15">
-        <v>0.25539</v>
+        <v>0.31941</v>
       </c>
       <c r="L453" s="15">
-        <v>0.22134</v>
+        <v>0.27682</v>
       </c>
       <c r="M453" s="15">
-        <v>0.21283</v>
+        <v>0.26618</v>
       </c>
       <c r="N453" s="15">
-        <v>740</v>
+        <v>315</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C454" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="D454" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="E454" s="15" t="s">
         <v>1629</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I454" s="15" t="s">
         <v>1630</v>
       </c>
       <c r="J454" s="15"/>
       <c r="K454" s="15">
-        <v>0.33357</v>
+        <v>0.25539</v>
       </c>
       <c r="L454" s="15">
-        <v>0.28909</v>
+        <v>0.22134</v>
       </c>
       <c r="M454" s="15">
-        <v>0.27798</v>
+        <v>0.21283</v>
       </c>
       <c r="N454" s="15">
-        <v>670</v>
+        <v>690</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C455" s="15" t="s">
         <v>1631</v>
       </c>
       <c r="D455" s="15" t="s">
         <v>1632</v>
       </c>
       <c r="E455" s="15" t="s">
         <v>1633</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I455" s="15" t="s">
         <v>1634</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
-        <v>0.56903</v>
+        <v>0.33357</v>
       </c>
       <c r="L455" s="15">
-        <v>0.49316</v>
+        <v>0.28909</v>
       </c>
       <c r="M455" s="15">
-        <v>0.47419</v>
+        <v>0.27798</v>
       </c>
       <c r="N455" s="15">
-        <v>780</v>
+        <v>880</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C456" s="15" t="s">
         <v>1635</v>
       </c>
       <c r="D456" s="15" t="s">
         <v>1636</v>
       </c>
       <c r="E456" s="15" t="s">
         <v>1637</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I456" s="15" t="s">
         <v>1638</v>
       </c>
       <c r="J456" s="15"/>
       <c r="K456" s="15">
-        <v>0.72722</v>
+        <v>0.56903</v>
       </c>
       <c r="L456" s="15">
-        <v>0.63025</v>
+        <v>0.49316</v>
       </c>
       <c r="M456" s="15">
-        <v>0.60601</v>
+        <v>0.47419</v>
       </c>
       <c r="N456" s="15">
-        <v>686</v>
+        <v>720</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C457" s="15" t="s">
         <v>1639</v>
       </c>
       <c r="D457" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="E457" s="15" t="s">
         <v>1641</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I457" s="15" t="s">
         <v>1642</v>
       </c>
       <c r="J457" s="15"/>
       <c r="K457" s="15">
-        <v>1.36</v>
+        <v>0.72722</v>
       </c>
       <c r="L457" s="15">
-        <v>1.18</v>
+        <v>0.63025</v>
       </c>
       <c r="M457" s="15">
-        <v>1.13</v>
+        <v>0.60601</v>
       </c>
       <c r="N457" s="15">
-        <v>587</v>
+        <v>647</v>
       </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C458" s="15" t="s">
         <v>1643</v>
       </c>
       <c r="D458" s="15" t="s">
         <v>1644</v>
       </c>
       <c r="E458" s="15" t="s">
         <v>1645</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I458" s="15" t="s">
         <v>1646</v>
       </c>
       <c r="J458" s="15"/>
       <c r="K458" s="15">
-        <v>0.61986</v>
+        <v>1.36</v>
       </c>
       <c r="L458" s="15">
-        <v>0.53988</v>
+        <v>1.18</v>
       </c>
       <c r="M458" s="15">
-        <v>0.49989</v>
+        <v>1.13</v>
       </c>
       <c r="N458" s="15">
-        <v>1950</v>
+        <v>544</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C459" s="15" t="s">
         <v>1647</v>
       </c>
       <c r="D459" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="E459" s="15" t="s">
         <v>1649</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I459" s="15" t="s">
         <v>1650</v>
       </c>
       <c r="J459" s="15"/>
       <c r="K459" s="15">
-        <v>0.88162</v>
+        <v>0.61986</v>
       </c>
       <c r="L459" s="15">
-        <v>0.7678700000000001</v>
+        <v>0.53988</v>
       </c>
       <c r="M459" s="15">
-        <v>0.71099</v>
+        <v>0.49989</v>
       </c>
       <c r="N459" s="15">
-        <v>900</v>
+        <v>1675</v>
       </c>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C460" s="15" t="s">
         <v>1651</v>
       </c>
       <c r="D460" s="15" t="s">
         <v>1652</v>
       </c>
       <c r="E460" s="15" t="s">
         <v>1653</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I460" s="15" t="s">
         <v>1654</v>
       </c>
       <c r="J460" s="15"/>
       <c r="K460" s="15">
-        <v>1.14</v>
+        <v>0.88162</v>
       </c>
       <c r="L460" s="15">
-        <v>0.99604</v>
+        <v>0.7678700000000001</v>
       </c>
       <c r="M460" s="15">
-        <v>0.92226</v>
+        <v>0.71099</v>
       </c>
       <c r="N460" s="15">
-        <v>335</v>
+        <v>700</v>
       </c>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C461" s="15" t="s">
         <v>1655</v>
       </c>
       <c r="D461" s="15" t="s">
         <v>1656</v>
       </c>
       <c r="E461" s="15" t="s">
         <v>1657</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I461" s="15" t="s">
         <v>1658</v>
       </c>
       <c r="J461" s="15"/>
       <c r="K461" s="15">
-        <v>1.33</v>
+        <v>1.14</v>
       </c>
       <c r="L461" s="15">
-        <v>1.15</v>
+        <v>0.99604</v>
       </c>
       <c r="M461" s="15">
-        <v>1.11</v>
+        <v>0.92226</v>
       </c>
       <c r="N461" s="15">
-        <v>650</v>
+        <v>335</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C462" s="15" t="s">
         <v>1659</v>
       </c>
       <c r="D462" s="15" t="s">
         <v>1660</v>
       </c>
       <c r="E462" s="15" t="s">
         <v>1661</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
-        <v>1545</v>
+        <v>1549</v>
       </c>
       <c r="I462" s="15" t="s">
         <v>1662</v>
       </c>
       <c r="J462" s="15"/>
       <c r="K462" s="15">
-        <v>1.67</v>
+        <v>1.33</v>
       </c>
       <c r="L462" s="15">
-        <v>1.45</v>
+        <v>1.15</v>
       </c>
       <c r="M462" s="15">
-        <v>1.34</v>
+        <v>1.11</v>
       </c>
       <c r="N462" s="15">
-        <v>415</v>
+        <v>600</v>
       </c>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
-      <c r="B463" s="14"/>
-[...2 lines deleted...]
-      <c r="E463" s="15"/>
+      <c r="B463" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C463" s="15" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D463" s="15" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E463" s="15" t="s">
+        <v>1665</v>
+      </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
-      <c r="H463" s="15"/>
-      <c r="I463" s="15"/>
+      <c r="H463" s="15" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I463" s="15" t="s">
+        <v>1666</v>
+      </c>
       <c r="J463" s="15"/>
-      <c r="K463" s="15"/>
-[...2 lines deleted...]
-      <c r="N463" s="15"/>
+      <c r="K463" s="15">
+        <v>1.67</v>
+      </c>
+      <c r="L463" s="15">
+        <v>1.45</v>
+      </c>
+      <c r="M463" s="15">
+        <v>1.34</v>
+      </c>
+      <c r="N463" s="15">
+        <v>390</v>
+      </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
+      <c r="R463"/>
+    </row>
+    <row r="464" spans="1:18">
+      <c r="B464" s="14"/>
+      <c r="C464" s="15"/>
+      <c r="D464" s="15"/>
+      <c r="E464" s="15"/>
+      <c r="F464" s="15"/>
+      <c r="G464" s="15"/>
+      <c r="H464" s="15"/>
+      <c r="I464" s="15"/>
+      <c r="J464" s="15"/>
+      <c r="K464" s="15"/>
+      <c r="L464" s="15"/>
+      <c r="M464" s="15"/>
+      <c r="N464" s="15"/>
+      <c r="O464" s="15"/>
+      <c r="P464" s="15"/>
+      <c r="Q464" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -24048,317 +24101,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>