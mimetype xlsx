--- v2 (2026-01-11)
+++ v3 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1694">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1700">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -343,51 +343,51 @@
   <si>
     <t>15EDGB-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGB-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114093</t>
   </si>
   <si>
     <t xml:space="preserve">IMCV 1.5/ 8-G-3.81 PHOENIX CONTACT, MF204-38108 DECA, V70831500000G ANYTEK, </t>
   </si>
   <si>
     <t>Клеммники / Клеммники разъемные / 15EDG / 15EDG-3.81 / на кабель</t>
   </si>
   <si>
     <t>15EDGK-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113134</t>
   </si>
   <si>
-    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>15EDGK-3.81-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-03P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108407</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EDGK-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113135</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
@@ -430,111 +430,117 @@
   <si>
     <t>15EDGK-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113139</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 7-ST-3.81 PHOENIX CONTACT, BL 3.81/07/180 WEIDMUELLER, EC381V-07P DINKLE, TJ0731530000G ANYTEK, MC420-38107 DECA, L-KLS2-EDK-3.81-07P-4S KLS, 15EGTK-3.81-07P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGK-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113140</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 8-ST-3.81 PHOENIX CONTACT, BL 3.81/08/180 WEIDMUELLER, EC381V-08P DINKLE, TJ0831530000G ANYTEK, MC420-38108 DECA, 15EGTK-3.81-08P-14-00 GOLTEN, TLPS-100V-1066-08P-G12S Tianli, L-KLS2-EDK-3.81-08P-4S KLS, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>15EDGK-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113141</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 9-ST-3.81 PHOENIX CONTACT, BL 3.81/09/180 WEIDMUELLER, EC381V-09P DINKLE, TJ0931530000G ANYTEK, MC420-38109 DECA, 15EGTK-3.81-09P-14-00 GOLTEN, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>15EDGK-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113142</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/10-ST-3.81 PHOENIX CONTACT, BL 3.81/10/180 WEIDMUELLER, EC381V-10P DINKLE, TJ1031530000G ANYTEK, MC420-38110 DECA, L-KLS2-EDK-3.81-10P-4C KLS, 15EGTK-3.81-10P-14-00 GOLTEN, TLPS-100V-1066-10P-G12S Tianli, L-KLS2-EDK-3.81-10P-4S KLS, </t>
   </si>
   <si>
     <t>15EDGK-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113749</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-12P-14-00A(H) GOLTEN, MC 1.5/12-ST-3.81 PHOENIX CONTACT, BL 3.81/12/180 WEIDMUELLER, EC381V-12P DINKLE, TJ1231530000G ANYTEK, MC420-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113144</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-13P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114106</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-16P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>05.04.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111303</t>
   </si>
   <si>
     <t>15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/90 WEIDMUELLER, EC381R-02P DINKLE, TS02315A0000G ANYTEK, MC520-38102 DECA, 15EDGKA-3.81-02P-14-100Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
@@ -679,53 +685,50 @@
   <si>
     <t>UT-00114144</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/12-ST-3.81 PHOENIX CONTACT, BL 3.81/12/90 WEIDMUELLER, EC381R-12P DINKLE, TS12315A0000G ANYTEK, MC520-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGKA-3.81-13P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-13P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020578</t>
   </si>
   <si>
     <t>15EDGKA-3.81-13P-14-100Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-13P-14-100Z(H)</t>
   </si>
   <si>
     <t>UT-00123808</t>
   </si>
   <si>
-    <t>23.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKA-3.81-18P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-18P-14-100A(H)</t>
   </si>
   <si>
     <t>15EDGKAM-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKAM-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-STF-3.81 PHOENIX CONTACT, BL 3.81/02/90F WEIDMUELLER, EC381RM-02P DINKLE, TS02315C0000G ANYTEK, MC521-38102 DECA, 15EDGKAM-3.81-02P-14-100Z(H) DEGSON, 15EGTKAM-3.81-02P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKAM-3.81-02P-14-100Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKAM-3.81-02P-14-100Z(H)</t>
   </si>
   <si>
     <t>UT-00114027</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-STF-3.81 PHOENIX CONTACT, BL 3.81/02/90F WEIDMUELLER, EC381RM-02P DINKLE, TS02315C0000G ANYTEK, MC521-38102 DECA, 15EGTKAM-3.81-02P-14-00 GOLTEN, 15EDGKAM-3.81-02P-14-100A(H) DEGSON, </t>
@@ -1081,53 +1084,50 @@
   <si>
     <t>15EDGKC-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKC-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108886</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 6-ST-3.81 PHOENIX CONTACT, EC381F-06P DINKLE, VM0635500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKC-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKC-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108887</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 7-ST-3.81 PHOENIX CONTACT, EC381F-07P DINKLE, VM0735500000G ANYTEK, </t>
   </si>
   <si>
-    <t>26.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKC-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKC-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 8-ST-3.81 PHOENIX CONTACT, EC381F-08P DINKLE, VM0835500000G ANYTEK, 15EDGKC-3.81-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKC-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKC-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107956</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/10-ST-3.81 PHOENIX CONTACT, EC381F-10P DINKLE, VM1035500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKC-3.81-12P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKC-3.81-12P-14-00A(H)</t>
@@ -1147,50 +1147,62 @@
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 2-STF-3.81 PHOENIX CONTACT, EC381FM-02P DINKLE, VM0235520000G ANYTEK, 15EDGKCM-3.81-02P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKCM-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKCM-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108421</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 4-STF-3.81 PHOENIX CONTACT, EC381FM-04P DINKLE, VM0435520000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKCM-3.81-05P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKCM-3.81-05P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 5-STF-3.81 PHOENIX CONTACT, EC381FM-05P DINKLE, VM0535520000G ANYTEK, 15EDGKCM-3.81-05P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
+    <t>15EDGKCM-3.81-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>Клеммник 15EDGKCM-3.81-05P-14-00Z(H)</t>
+  </si>
+  <si>
+    <t>UT-00114262</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FRONT-MC 1.5/ 5-STF-3.81 PHOENIX CONTACT, EC381FM-05P DINKLE, VM0535520000G ANYTEK, 15EDGKCM-3.81-05P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
     <t>15EDGKCM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKCM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00108422</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 6-STF-3.81 PHOENIX CONTACT, EC381FM-06P DINKLE, VM0635520000G ANYTEK, 15EGTKCM-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKCM-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKCM-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">FRONT-MC 1.5/ 8-STF-3.81 PHOENIX CONTACT, EC381FM-08P DINKLE, VM0835520000G ANYTEK, 15EDGKCM-3.81-08P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKCM-3.81-09P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKCM-3.81-09P-14-00A(H)</t>
@@ -1249,53 +1261,50 @@
   <si>
     <t>15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114282</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 5-ST-3.81 PHOENIX CONTACT, HW0530500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113156</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 6-ST-3.81 PHOENIX CONTACT, HW0630500000G ANYTEK, 15EGTKD-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114283</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 7-ST-3.81 PHOENIX CONTACT, HW0730500000G ANYTEK, 15EGTKD-3.81-07P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t>10-00020658</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 8-ST-3.81 PHOENIX CONTACT, HW0830500000G ANYTEK, 15EDGKD-3.81-08P-14-00Z(H) DEGSON, 15EGTKD-3.81-08P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-08P-14-00Z(H)</t>
@@ -1411,50 +1420,53 @@
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 4-STF-3.81 PHOENIX CONTACT, ESC381VM-04P DINKLE, HW0430520000G ANYTEK, 15EGTKDM-3.81-04P-14-00 GOLTEN, TLPSW-101V-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109725</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKDM-3.81-06P-14-00 GOLTEN, TLPSW-101V-06P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111817</t>
   </si>
   <si>
+    <t>14.04.2026</t>
+  </si>
+  <si>
     <t>15EDGKDM-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113159</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 8-STF-3.81 PHOENIX CONTACT, ESC381VM-08P DINKLE, HW0830520000G ANYTEK, 15EGTKDM-3.81-08P-14-00 GOLTEN, TLPSW-101V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107085</t>
   </si>
   <si>
     <t>15EDGKDM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-10P-14-00Z(H)</t>
@@ -1615,50 +1627,53 @@
   <si>
     <t>15EDGKM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114308</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 9-STF-3.81 PHOENIX CONTACT, BL 3.81/09/180F WEIDMUELLER, EC381VM-09P DINKLE, TJ0931520000G ANYTEK, MC421-38109 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114309</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/10-STF-3.81 PHOENIX CONTACT, BL 3.81/10/180F WEIDMUELLER, EC381VM-10P DINKLE, TJ1031520000G ANYTEK, MC421-38110 DECA, 15EGTKM-3.81-10P-14-00 GOLTEN, </t>
   </si>
   <si>
+    <t>22.03.2026</t>
+  </si>
+  <si>
     <t>15EDGKM-3.81-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107022</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/11-STF-3.81 PHOENIX CONTACT, BL 3.81/11/180F WEIDMUELLER, EC381VM-11P DINKLE, TJ1131520000G ANYTEK, MC421-38111 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114310</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/12-STF-3.81 PHOENIX CONTACT, BL 3.81/12/180F WEIDMUELLER, EC381VM-12P DINKLE, TJ1231520000G ANYTEK, MC421-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-13P-14-00Z(H)</t>
@@ -2197,66 +2212,66 @@
   <si>
     <t>Клеммник 15EDGRC-THT-3.81-07P-13-00A(H)</t>
   </si>
   <si>
     <t>15EDGRH-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114369</t>
   </si>
   <si>
     <t xml:space="preserve">ECHB381R-04P DINKLE, SLD 3.81V/04/90G WEIDMUELLER, MCD 1.5/ 4-G1-3.81 PHOENIX CONTACT, VL0431510000G ANYTEK, 15EGTRH-3.81-04P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113181</t>
   </si>
   <si>
-    <t xml:space="preserve">SLD 3.81V/06/90G WEIDMUELLER, MCD 1.5/ 6-G1-3.81 PHOENIX CONTACT, ECHB381R-06P DINKLE, VL0631510000G ANYTEK, 15EGTRH-3.81-06P-14-00 GOLTEN, </t>
+    <t xml:space="preserve">SLD 3.81V/06/90G WEIDMUELLER, MCD 1.5/ 6-G1-3.81 PHOENIX CONTACT, ECHB381R-06P DINKLE, VL0631510000G ANYTEK, TLPHDC-108R-06P-G12 Tianli, 15EGTRH-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111695</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/08/90G WEIDMUELLER, MCD 1.5/ 8-G1-3.81 PHOENIX CONTACT, ECHB381R-08P DINKLE, VL0831510000G ANYTEK, 15EGTRH-3.81-08P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>21.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>2 ряда по 6Р в каждом ряду / 15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114371</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/12/90G WEIDMUELLER, ECHB381R-12P DINKLE, VL1231510000G ANYTEK, 15EGTRH-3.81-12P-14-00 GOLTEN, MCD 1.5/12-G1-3.81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114373</t>
   </si>
   <si>
     <t xml:space="preserve">MCD 1.5/16-G1-3.81 PHOENIX CONTACT, SLD 3.81V/16/90G WEIDMUELLER, ECHB381R-16P DINKLE, VL1631510000G ANYTEK, </t>
   </si>
@@ -2716,51 +2731,51 @@
   <si>
     <t xml:space="preserve">L-KLS2-EDV-3.81-04P-4 KLS, 15EGTVC-3.81-04P-14-00 GOLTEN, MCV 1.5/ 4-G-3.81 PHOENIX CONTACT, SL 3.81/04/180G WEIDMUELLER, ECH381V-04P DINKLE, OQ0432500000G ANYTEK, ME040-38104 DECA, 15EGTVC-3.81-04P-14-100 GOLTEN, GSP002SC-3.81-04P-11-00A(H) GOOSVN, TLPHC-100V-1112-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGVC-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113194</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 5-G-3.81 PHOENIX CONTACT, SL 3.81/05/180G WEIDMUELLER, ECH381V-05P DINKLE, OQ0532500000G ANYTEK, ME040-38105 DECA, L-KLS2-EDV-3.81-05P-4 KLS, 15EGTVC-3.81-05P-14-00 GOLTEN, TLPHC-100V-1112-05P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGVC-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111574</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EGTVC-3.81-06P-14-00 GOLTEN, TLPHC-100V-1112-06P-G12 Tianli, </t>
+    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, L-KLS2-EDV-3.81-06P-4 KLS, 15EGTVC-3.81-06P-14-00 GOLTEN, TLPHC-100V-1112-06P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGVC-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111351</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 7-G-3.81 PHOENIX CONTACT, SL 3.81/07/180G WEIDMUELLER, ECH381V-07P DINKLE, OQ0732500000G ANYTEK, ME040-38107 DECA, L-KLS2-EDV-3.81-07P-4 KLS, </t>
   </si>
   <si>
     <t>15EDGVC-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGVC-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111352</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTVC-3.81-08P-14-00A(H GOLTEN, MCV 1.5/ 8-G-3.81 PHOENIX CONTACT, SL 3.81/08/180G WEIDMUELLER, ECH381V-08P DINKLE, OQ0832500000G ANYTEK, ME040-38108 DECA, 15EGTVC-3.81-08P-14-00 GOLTEN, TLPHC-100V-1112-08P-G12 Tianli, </t>
   </si>
@@ -3178,60 +3193,60 @@
   <si>
     <t xml:space="preserve">IMCV 1.5/ 4-G-3.81 PHOENIX CONTACT, V70431500000G ANYTEK, MF204-38104 DECA, 15EDGB-3.81-04P-14-00Z(H) DEGSON, 15EDGB-3.81-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140085</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140141</t>
   </si>
   <si>
-    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, DS1159-12-02G6 CONNFLY, </t>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-14-00A(H)</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+    <t xml:space="preserve">L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>15EGTK-3.81-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140142</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-03P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-03P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-04P-14-00</t>
   </si>
@@ -3982,51 +3997,51 @@
   <si>
     <t xml:space="preserve">L-KLS2-EDV-3.81-04P-4 KLS, 15EGTVC-3.81-04P-14-00 GOLTEN, MCV 1.5/ 4-G-3.81 PHOENIX CONTACT, SL 3.81/04/180G WEIDMUELLER, ECH381V-04P DINKLE, OQ0432500000G ANYTEK, ME040-38104 DECA, GSP002SC-3.81-04P-11-00A(H) GOOSVN, 15EDGVC-3.81-04P-14-00Z(H) DEGSON, TLPHC-100V-1112-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTVC-3.81-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTVC-3.81-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140095</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 5-G-3.81 PHOENIX CONTACT, SL 3.81/05/180G WEIDMUELLER, ECH381V-05P DINKLE, OQ0532500000G ANYTEK, ME040-38105 DECA, L-KLS2-EDV-3.81-05P-4 KLS, 15EDGVC-3.81-05P-14-00Z(H) DEGSON, TLPHC-100V-1112-05P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTVC-3.81-06P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTVC-3.81-06P-14-00</t>
   </si>
   <si>
     <t>UT-00140182</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, TLPHC-100V-1112-06P-G12 Tianli, </t>
+    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, L-KLS2-EDV-3.81-06P-4 KLS, TLPHC-100V-1112-06P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTVC-3.81-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTVC-3.81-08P-14-00</t>
   </si>
   <si>
     <t>UT-00140183</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTVC-3.81-08P-14-00A(H GOLTEN, MCV 1.5/ 8-G-3.81 PHOENIX CONTACT, SL 3.81/08/180G WEIDMUELLER, ECH381V-08P DINKLE, OQ0832500000G ANYTEK, ME040-38108 DECA, 15EDGVC-3.81-08P-14-00Z(H) DEGSON, TLPHC-100V-1112-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTVC-3.81-08P-14-00A(H</t>
   </si>
   <si>
     <t>15EGTVC-3.81-08P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 8-G-3.81 PHOENIX CONTACT, SL 3.81/08/180G WEIDMUELLER, ECH381V-08P DINKLE, OQ0832500000G ANYTEK, ME040-38108 DECA, 15EDGVC-3.81-08P-14-00Z(H) DEGSON, 15EGTVC-3.81-08P-14-00 GOLTEN, TLPHC-100V-1112-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EGTVC-3.81-09P-14-00A(H</t>
   </si>
@@ -4099,54 +4114,51 @@
   <si>
     <t>15EGTVM-3.81-08P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTVM-3.81-08P-14-00</t>
   </si>
   <si>
     <t>UT-00141397</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 8-GF-3.81 PHOENIX CONTACT, SL 3.81/08/180F WEIDMUELLER, ECH381VM-08P DINKLE, OQ0835500000G ANYTEK, ME060-38108 DECA, 15EDGVM-3.81-08P-14-00Z(H) DEGSON, TLPHW-100V-1112-08P-G12 Tianli, L-KLS2-EDLV-3.81-08P-4 KLS, </t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-2P-14</t>
   </si>
   <si>
     <t>UT-00153705</t>
   </si>
   <si>
     <t>FUCON</t>
   </si>
   <si>
-    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
-[...2 lines deleted...]
-    <t>13.02.2026</t>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-3P-14</t>
   </si>
   <si>
     <t>UT-00146169</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>CM-2EDG-R-3.81-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-2EDG-R-3.81-5P-14</t>
   </si>
   <si>
     <t>UT-00153706</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 5-ST-3.81 PHOENIX CONTACT, BL 3.81/05/180 WEIDMUELLER, EC381V-05P DINKLE, TJ0531530000G ANYTEK, MC420-38105 DECA, L-KLS2-EDK-3.81-05P-4S KLS, 15EDGK-3.81-05P-14-00Z(H) DEGSON, 15EGTK-3.81-05P-14-00 GOLTEN, SH220A-3.81-05P SANHE, TLPS-100V-1066-05P-G12S Tianli, SH220A-3.81-05P RAL7001 SANHE, </t>
   </si>
@@ -4315,56 +4327,59 @@
   <si>
     <t>UT-00144432</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGKDM-3.81-10P-14-00Z(H) DEGSON, 15EGTKDM-3.81-10P-14-00 GOLTEN, TLPSW-101V-10P-G12 Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-EDGKDM-3.81-16P-4S</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDGKDM-3.81-16P-4S</t>
   </si>
   <si>
     <t>UT-00098629</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/16-STF-3.81 PHOENIX CONTACT, ESC381VM-16P DINKLE, HW1630520000G ANYTEK, 15EDGKDM-3.81-16P-14-00Z(H) DEGSON, 15EGTKDM-3.81-16P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>L-KLS2-EDK-3.81-02P-4S</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDK-3.81-02P-4S</t>
   </si>
   <si>
-    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>UT-00136497</t>
   </si>
   <si>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+  </si>
+  <si>
     <t>L-KLS2-EDK-3.81-03P-4S</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDK-3.81-03P-4S</t>
   </si>
   <si>
     <t>10-00020524</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-EDK-3.81-04P-4S</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDK-3.81-04P-4S</t>
   </si>
   <si>
     <t>10-00020527</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-04P-14-00S(H) DEGSON, 15EGTK-3.81-04P-14-00A(H) GOLTEN, MC 1.5/ 4-ST-3.81 PHOENIX CONTACT, BL 3.81/04/180 WEIDMUELLER, EC381V-04P DINKLE, TJ0431530000G ANYTEK, MC420-38104 DECA, GSP002-3.81-04P-11-00A(H) GOOSVN, 15EDGK-3.81-04P-14-00Z(H) DEGSON, 15EGTK-3.81-04P-14-00 GOLTEN, TLPS-100V-1066-04P-G12S Tianli, ULO-TB13-15K/3.81-04P ULO, </t>
   </si>
   <si>
     <t>L-KLS2-EDK-3.81-05P-4S</t>
@@ -4609,56 +4624,59 @@
   <si>
     <t xml:space="preserve">15EGTVC-3.81-04P-14-00 GOLTEN, MCV 1.5/ 4-G-3.81 PHOENIX CONTACT, SL 3.81/04/180G WEIDMUELLER, ECH381V-04P DINKLE, OQ0432500000G ANYTEK, ME040-38104 DECA, 15EGTVC-3.81-04P-14-100 GOLTEN, GSP002SC-3.81-04P-11-00A(H) GOOSVN, 15EDGVC-3.81-04P-14-00Z(H) DEGSON, TLPHC-100V-1112-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-EDV-3.81-05P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDV-3.81-05P-4</t>
   </si>
   <si>
     <t>10-00020256</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 5-G-3.81 PHOENIX CONTACT, SL 3.81/05/180G WEIDMUELLER, ECH381V-05P DINKLE, OQ0532500000G ANYTEK, ME040-38105 DECA, 15EDGVC-3.81-05P-14-00Z(H) DEGSON, 15EGTVC-3.81-05P-14-00 GOLTEN, TLPHC-100V-1112-05P-G12 Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-EDV-3.81-06P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDV-3.81-06P-4</t>
   </si>
   <si>
     <t>10-00020093</t>
   </si>
   <si>
-    <t xml:space="preserve">MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, 15EGTVC-3.81-06P-14-00 GOLTEN, TLPHC-100V-1112-06P-G12 Tianli, </t>
+    <t xml:space="preserve">MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, L-KLS2-EDV-3.81-06P-4 KLS, 15EGTVC-3.81-06P-14-00 GOLTEN, TLPHC-100V-1112-06P-G12 Tianli, </t>
   </si>
   <si>
     <t>UT-00135957</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, 15EGTVC-3.81-06P-14-00 GOLTEN, TLPHC-100V-1112-06P-G12 Tianli, </t>
+  </si>
+  <si>
     <t>L-KLS2-EDV-3.81-07P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-EDV-3.81-07P-4</t>
   </si>
   <si>
     <t>10-00020257</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 7-G-3.81 PHOENIX CONTACT, SL 3.81/07/180G WEIDMUELLER, ECH381V-07P DINKLE, OQ0732500000G ANYTEK, ME040-38107 DECA, 15EDGVC-3.81-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-FMC-3.81-06P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-FMC-3.81-06P-4</t>
   </si>
   <si>
     <t>UT-00121049</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGKN-3.81-06P-14-1000Z(H) DEGSON, FMC 1,5/ 6-ST-3,81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>SH220A-3.81-05P RAL7001</t>
@@ -4750,51 +4768,51 @@
   <si>
     <t xml:space="preserve">L-KLS2-EDV-3.81-04P-4 KLS, 15EGTVC-3.81-04P-14-00 GOLTEN, MCV 1.5/ 4-G-3.81 PHOENIX CONTACT, SL 3.81/04/180G WEIDMUELLER, ECH381V-04P DINKLE, OQ0432500000G ANYTEK, ME040-38104 DECA, 15EGTVC-3.81-04P-14-100 GOLTEN, GSP002SC-3.81-04P-11-00A(H) GOOSVN, 15EDGVC-3.81-04P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>TLPHC-100V-1112-05P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHC-100V-1112-05P-G12</t>
   </si>
   <si>
     <t>UT-00141279</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 5-G-3.81 PHOENIX CONTACT, SL 3.81/05/180G WEIDMUELLER, ECH381V-05P DINKLE, OQ0532500000G ANYTEK, ME040-38105 DECA, L-KLS2-EDV-3.81-05P-4 KLS, 15EDGVC-3.81-05P-14-00Z(H) DEGSON, 15EGTVC-3.81-05P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHC-100V-1112-06P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHC-100V-1112-06P-G12</t>
   </si>
   <si>
     <t>UT-00141280</t>
   </si>
   <si>
-    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, 15EGTVC-3.81-06P-14-00 GOLTEN, </t>
+    <t xml:space="preserve">L-KLS2-EDV-3.81-06P-4 KLS, MCV 1.5/ 6-G-3.81 PHOENIX CONTACT, SL 3.81/06/180G WEIDMUELLER, ECH381V-06P DINKLE, OQ0632500000G ANYTEK, ME040-38106 DECA, 15EDGVC-3.81-06P-14-00Z(H) DEGSON, L-KLS2-EDV-3.81-06P-4 KLS, 15EGTVC-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHC-100V-1112-08P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHC-100V-1112-08P-G12</t>
   </si>
   <si>
     <t>UT-00141281</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTVC-3.81-08P-14-00A(H GOLTEN, MCV 1.5/ 8-G-3.81 PHOENIX CONTACT, SL 3.81/08/180G WEIDMUELLER, ECH381V-08P DINKLE, OQ0832500000G ANYTEK, ME040-38108 DECA, 15EDGVC-3.81-08P-14-00Z(H) DEGSON, 15EGTVC-3.81-08P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>TLPHW-100R-1112-16P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHW-100R-1112-16P-G12</t>
   </si>
   <si>
     <t>UT-00144221</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGRM-3.81-16P-14-00Z(H) DEGSON, 15EGTRM-3.81-16P-14-00 GOLTEN, L-KLS2-EDLR-3.81-16P-4 KLS, </t>
   </si>
@@ -4810,51 +4828,51 @@
   <si>
     <t xml:space="preserve">15EGTVM-3.81-06P-14-00A(H GOLTEN, MCV 1.5/ 6-GF-3.81 PHOENIX CONTACT, SL 3.81/06/180F WEIDMUELLER, ECH381VM-06P DINKLE, OQ0635500000G ANYTEK, ME060-38106 DECA, 15EDGVM-3.81-06P-14-00Z(H) DEGSON, 15EGTVM-3.81-06P-14-00 GOLTEN, L-KLS2-EDLV-3.81-06P-4 KLS, </t>
   </si>
   <si>
     <t>TLPHW-100V-1112-08P-G12</t>
   </si>
   <si>
     <t>Клеммник TLPHW-100V-1112-08P-G12</t>
   </si>
   <si>
     <t>UT-00144224</t>
   </si>
   <si>
     <t xml:space="preserve">MCV 1.5/ 8-GF-3.81 PHOENIX CONTACT, SL 3.81/08/180F WEIDMUELLER, ECH381VM-08P DINKLE, OQ0835500000G ANYTEK, ME060-38108 DECA, 15EDGVM-3.81-08P-14-00Z(H) DEGSON, 15EGTVM-3.81-08P-14-00 GOLTEN, L-KLS2-EDLV-3.81-08P-4 KLS, </t>
   </si>
   <si>
     <t>TLPS-100V-1066-02P-G12S</t>
   </si>
   <si>
     <t>Клеммник TLPS-100V-1066-02P-G12S</t>
   </si>
   <si>
     <t>UT-00139891</t>
   </si>
   <si>
-    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
+    <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>TLPS-100V-1066-03P-G12S</t>
   </si>
   <si>
     <t>Клеммник TLPS-100V-1066-03P-G12S</t>
   </si>
   <si>
     <t>UT-00139892</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, 15EGTK-3.81-03P-14-00 GOLTEN, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>TLPS-100V-1066-04P-G12S</t>
   </si>
   <si>
     <t>Клеммник TLPS-100V-1066-04P-G12S</t>
   </si>
   <si>
     <t>UT-00141268</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-04P-14-00S(H) DEGSON, 15EGTK-3.81-04P-14-00A(H) GOLTEN, MC 1.5/ 4-ST-3.81 PHOENIX CONTACT, BL 3.81/04/180 WEIDMUELLER, EC381V-04P DINKLE, TJ0431530000G ANYTEK, MC420-38104 DECA, GSP002-3.81-04P-11-00A(H) GOOSVN, L-KLS2-EDK-3.81-04P-4S KLS, 15EDGK-3.81-04P-14-00Z(H) DEGSON, 15EGTK-3.81-04P-14-00 GOLTEN, ULO-TB13-15K/3.81-04P ULO, </t>
   </si>
@@ -5604,51 +5622,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R464"/>
+  <dimension ref="A1:R465"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -5860,92 +5878,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.78789</v>
       </c>
       <c r="L9" s="15">
         <v>0.7091</v>
       </c>
       <c r="M9" s="15">
         <v>0.6565800000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>304</v>
+        <v>280</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.80406</v>
       </c>
       <c r="L10" s="15">
         <v>0.69685</v>
       </c>
       <c r="M10" s="15">
         <v>0.67005</v>
       </c>
       <c r="N10" s="15">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080015893</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -5983,51 +6001,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>700</v>
       </c>
       <c r="K12" s="15">
         <v>1.04</v>
       </c>
       <c r="L12" s="15">
         <v>0.90513</v>
       </c>
       <c r="M12" s="15">
         <v>0.87031</v>
       </c>
       <c r="N12" s="15">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -6141,131 +6159,131 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
         <v>2.35</v>
       </c>
       <c r="L16" s="15">
         <v>2.04</v>
       </c>
       <c r="M16" s="15">
         <v>1.96</v>
       </c>
       <c r="N16" s="15">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>1400</v>
       </c>
       <c r="K17" s="15">
         <v>2.62</v>
       </c>
       <c r="L17" s="15">
         <v>2.27</v>
       </c>
       <c r="M17" s="15">
         <v>2.18</v>
       </c>
       <c r="N17" s="15">
-        <v>115</v>
+        <v>139</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>375</v>
       </c>
       <c r="K18" s="15">
         <v>3.43</v>
       </c>
       <c r="L18" s="15">
         <v>2.29</v>
       </c>
       <c r="M18" s="15">
         <v>2.08</v>
       </c>
       <c r="N18" s="15">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
@@ -6301,256 +6319,256 @@
       </c>
       <c r="E20" s="15">
         <v>10080013547</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>250</v>
       </c>
       <c r="K20" s="15">
         <v>0.17378</v>
       </c>
       <c r="L20" s="15">
         <v>0.15061</v>
       </c>
       <c r="M20" s="15">
         <v>0.14481</v>
       </c>
       <c r="N20" s="15">
-        <v>894</v>
+        <v>551</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>1.14</v>
       </c>
       <c r="L21" s="15">
         <v>0.57087</v>
       </c>
       <c r="M21" s="15">
         <v>0.51902</v>
       </c>
       <c r="N21" s="15">
-        <v>820</v>
+        <v>891</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15">
         <v>10080001944</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="15">
         <v>1088</v>
       </c>
       <c r="K22" s="15">
         <v>0.55793</v>
       </c>
       <c r="L22" s="15">
         <v>0.48354</v>
       </c>
       <c r="M22" s="15">
         <v>0.46494</v>
       </c>
       <c r="N22" s="15">
-        <v>536</v>
+        <v>396</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>3740</v>
       </c>
       <c r="K23" s="15">
         <v>0.64212</v>
       </c>
       <c r="L23" s="15">
         <v>0.5565</v>
       </c>
       <c r="M23" s="15">
         <v>0.5351</v>
       </c>
       <c r="N23" s="15">
-        <v>1229</v>
+        <v>1026</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>660</v>
       </c>
       <c r="K24" s="15">
         <v>0.80009</v>
       </c>
       <c r="L24" s="15">
         <v>0.69341</v>
       </c>
       <c r="M24" s="15">
         <v>0.66674</v>
       </c>
       <c r="N24" s="15">
-        <v>132</v>
+        <v>29</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>2640</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J25" s="15">
         <v>4350</v>
       </c>
       <c r="K25" s="15">
         <v>0.18705</v>
       </c>
       <c r="L25" s="15">
         <v>0.16211</v>
       </c>
       <c r="M25" s="15">
         <v>0.15588</v>
       </c>
       <c r="N25" s="15">
-        <v>227</v>
+        <v>205</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15">
         <v>10080013554</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -6588,51 +6606,51 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="15">
         <v>2400</v>
       </c>
       <c r="K27" s="15">
         <v>0.381</v>
       </c>
       <c r="L27" s="15">
         <v>0.3302</v>
       </c>
       <c r="M27" s="15">
         <v>0.3175</v>
       </c>
       <c r="N27" s="15">
-        <v>245</v>
+        <v>210</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
@@ -6668,96 +6686,96 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J29" s="15">
         <v>1230</v>
       </c>
       <c r="K29" s="15">
         <v>0.71475</v>
       </c>
       <c r="L29" s="15">
         <v>0.6194499999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.59563</v>
       </c>
       <c r="N29" s="15">
-        <v>943</v>
+        <v>914</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>4920</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>109</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
-        <v>0.14652</v>
+        <v>0.13913</v>
       </c>
       <c r="L30" s="15">
-        <v>0.12698</v>
+        <v>0.12058</v>
       </c>
       <c r="M30" s="15">
-        <v>0.1221</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.11594</v>
+      </c>
+      <c r="N30" s="15">
+        <v>15380</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>113</v>
       </c>
@@ -6793,2748 +6811,2762 @@
       </c>
       <c r="E32" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2201</v>
       </c>
       <c r="L32" s="15">
         <v>0.19809</v>
       </c>
       <c r="M32" s="15">
         <v>0.18341</v>
       </c>
       <c r="N32" s="15">
-        <v>16093</v>
+        <v>16572</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J33" s="15">
         <v>200</v>
       </c>
       <c r="K33" s="15">
         <v>0.28662</v>
       </c>
       <c r="L33" s="15">
         <v>0.2484</v>
       </c>
       <c r="M33" s="15">
         <v>0.23885</v>
       </c>
       <c r="N33" s="15">
-        <v>26621</v>
+        <v>14248</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>0.37097</v>
+        <v>0.34925</v>
       </c>
       <c r="L34" s="15">
-        <v>0.3215</v>
+        <v>0.30268</v>
       </c>
       <c r="M34" s="15">
-        <v>0.30914</v>
+        <v>0.29104</v>
       </c>
       <c r="N34" s="15">
-        <v>6532</v>
-[...3 lines deleted...]
-      </c>
+        <v>12764</v>
+      </c>
+      <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
-        <v>0.43602</v>
+        <v>0.41726</v>
       </c>
       <c r="L35" s="15">
-        <v>0.37788</v>
+        <v>0.36162</v>
       </c>
       <c r="M35" s="15">
-        <v>0.36335</v>
+        <v>0.34771</v>
       </c>
       <c r="N35" s="15">
-        <v>7270</v>
-[...3 lines deleted...]
-      </c>
+        <v>12682</v>
+      </c>
+      <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J36" s="15">
         <v>900</v>
       </c>
       <c r="K36" s="15">
         <v>0.51312</v>
       </c>
       <c r="L36" s="15">
         <v>0.4447</v>
       </c>
       <c r="M36" s="15">
         <v>0.4276</v>
       </c>
       <c r="N36" s="15">
-        <v>1372</v>
+        <v>1037</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.58496</v>
       </c>
       <c r="L37" s="15">
         <v>0.50696</v>
       </c>
       <c r="M37" s="15">
         <v>0.48746</v>
       </c>
-      <c r="N37" s="15"/>
-[...1 lines deleted...]
-      <c r="P37" s="15"/>
+      <c r="N37" s="15">
+        <v>842</v>
+      </c>
+      <c r="O37" s="15">
+        <v>4864</v>
+      </c>
+      <c r="P37" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>0.65289</v>
       </c>
       <c r="L38" s="15">
         <v>0.56584</v>
       </c>
       <c r="M38" s="15">
         <v>0.54408</v>
       </c>
       <c r="N38" s="15">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="P38" s="15"/>
+        <v>160</v>
+      </c>
+      <c r="O38" s="15">
+        <v>1156</v>
+      </c>
+      <c r="P38" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="J39" s="15">
         <v>650</v>
       </c>
       <c r="K39" s="15">
         <v>0.72744</v>
       </c>
       <c r="L39" s="15">
         <v>0.63045</v>
       </c>
       <c r="M39" s="15">
         <v>0.6062</v>
       </c>
       <c r="N39" s="15">
-        <v>10</v>
-[...2 lines deleted...]
-      <c r="P39" s="15"/>
+        <v>1173</v>
+      </c>
+      <c r="O39" s="15">
+        <v>2145</v>
+      </c>
+      <c r="P39" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="J40" s="15">
         <v>550</v>
       </c>
       <c r="K40" s="15">
         <v>0.84377</v>
       </c>
       <c r="L40" s="15">
         <v>0.73126</v>
       </c>
       <c r="M40" s="15">
         <v>0.70314</v>
       </c>
       <c r="N40" s="15">
-        <v>1600</v>
-[...2 lines deleted...]
-      <c r="P40" s="15"/>
+        <v>1030</v>
+      </c>
+      <c r="O40" s="15">
+        <v>2838</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="J41" s="15">
         <v>525</v>
       </c>
       <c r="K41" s="15">
-        <v>0.94335</v>
+        <v>0.906</v>
       </c>
       <c r="L41" s="15">
-        <v>0.81757</v>
+        <v>0.7852</v>
       </c>
       <c r="M41" s="15">
-        <v>0.78613</v>
+        <v>0.755</v>
       </c>
       <c r="N41" s="15">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="J42" s="15">
         <v>425</v>
       </c>
       <c r="K42" s="15">
-        <v>1.23</v>
+        <v>1.16</v>
       </c>
       <c r="L42" s="15">
-        <v>1.07</v>
+        <v>1</v>
       </c>
       <c r="M42" s="15">
-        <v>1.03</v>
+        <v>0.96365</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15">
         <v>25</v>
       </c>
       <c r="P42" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>325</v>
       </c>
       <c r="K43" s="15">
         <v>1.46</v>
       </c>
       <c r="L43" s="15">
         <v>1.26</v>
       </c>
       <c r="M43" s="15">
         <v>1.21</v>
       </c>
       <c r="N43" s="15">
         <v>18</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E44" s="15">
         <v>10000023275</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.17661</v>
       </c>
       <c r="L44" s="15">
         <v>0.15306</v>
       </c>
       <c r="M44" s="15">
         <v>0.14718</v>
       </c>
       <c r="N44" s="15">
-        <v>1375</v>
+        <v>775</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E45" s="15">
         <v>10000023276</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.26786</v>
       </c>
       <c r="L45" s="15">
         <v>0.23214</v>
       </c>
       <c r="M45" s="15">
         <v>0.22321</v>
       </c>
       <c r="N45" s="15">
-        <v>630</v>
+        <v>33</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.35447</v>
       </c>
       <c r="L46" s="15">
         <v>0.3072</v>
       </c>
       <c r="M46" s="15">
         <v>0.29539</v>
       </c>
       <c r="N46" s="15">
-        <v>3256</v>
+        <v>2568</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.43824</v>
       </c>
       <c r="L47" s="15">
         <v>0.37981</v>
       </c>
       <c r="M47" s="15">
         <v>0.3652</v>
       </c>
       <c r="N47" s="15">
         <v>1</v>
       </c>
-      <c r="O47" s="15"/>
-      <c r="P47" s="15"/>
+      <c r="O47" s="15">
+        <v>1312</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q47" s="15">
         <v>3200</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>0.55</v>
       </c>
       <c r="L48" s="15">
         <v>0.55</v>
       </c>
       <c r="M48" s="15">
         <v>0.55</v>
       </c>
       <c r="N48" s="15">
         <v>1</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E49" s="15">
         <v>10080007069</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>1.76</v>
       </c>
       <c r="L49" s="15">
         <v>0.87783</v>
       </c>
       <c r="M49" s="15">
         <v>0.798</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>0.59415</v>
       </c>
       <c r="L50" s="15">
         <v>0.51493</v>
       </c>
       <c r="M50" s="15">
         <v>0.49513</v>
       </c>
       <c r="N50" s="15">
         <v>2690</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>1.45</v>
       </c>
       <c r="L51" s="15">
         <v>0.96282</v>
       </c>
       <c r="M51" s="15">
         <v>0.87561</v>
       </c>
       <c r="N51" s="15">
         <v>29</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="J52" s="15">
         <v>100</v>
       </c>
       <c r="K52" s="15">
         <v>0.64899</v>
       </c>
       <c r="L52" s="15">
         <v>0.56246</v>
       </c>
       <c r="M52" s="15">
         <v>0.54083</v>
       </c>
       <c r="N52" s="15">
         <v>52</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>0.6967</v>
       </c>
       <c r="L53" s="15">
         <v>0.6038</v>
       </c>
       <c r="M53" s="15">
         <v>0.5806</v>
       </c>
       <c r="N53" s="15">
         <v>5</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="J54" s="15">
         <v>790</v>
       </c>
       <c r="K54" s="15">
         <v>0.69929</v>
       </c>
       <c r="L54" s="15">
         <v>0.60605</v>
       </c>
       <c r="M54" s="15">
         <v>0.58274</v>
       </c>
       <c r="N54" s="15">
-        <v>578</v>
+        <v>609</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="J55" s="15">
         <v>620</v>
       </c>
       <c r="K55" s="15">
         <v>0.88911</v>
       </c>
       <c r="L55" s="15">
         <v>0.77056</v>
       </c>
       <c r="M55" s="15">
         <v>0.74093</v>
       </c>
       <c r="N55" s="15">
-        <v>446</v>
+        <v>467</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="J56" s="15">
         <v>570</v>
       </c>
       <c r="K56" s="15">
         <v>3.19</v>
       </c>
       <c r="L56" s="15">
         <v>1.59</v>
       </c>
       <c r="M56" s="15">
         <v>1.45</v>
       </c>
       <c r="N56" s="15">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="J57" s="15">
         <v>515</v>
       </c>
       <c r="K57" s="15">
         <v>1.07</v>
       </c>
       <c r="L57" s="15">
         <v>0.92971</v>
       </c>
       <c r="M57" s="15">
         <v>0.89395</v>
       </c>
       <c r="N57" s="15">
-        <v>439</v>
+        <v>353</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1</v>
       </c>
       <c r="K58" s="15">
         <v>3.8</v>
       </c>
       <c r="L58" s="15">
         <v>1.9</v>
       </c>
       <c r="M58" s="15">
         <v>1.73</v>
       </c>
       <c r="N58" s="15">
         <v>1</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
-        <v>1.33</v>
+        <v>1.37</v>
       </c>
       <c r="L59" s="15">
-        <v>1.15</v>
+        <v>1.19</v>
       </c>
       <c r="M59" s="15">
-        <v>1.11</v>
+        <v>1.14</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
-      <c r="P59" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E60" s="15">
         <v>10080013616</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
         <v>1.75</v>
       </c>
       <c r="L60" s="15">
         <v>1.52</v>
       </c>
       <c r="M60" s="15">
         <v>1.46</v>
       </c>
-      <c r="N60" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E61" s="15">
         <v>10080009972</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J61" s="15">
         <v>300</v>
       </c>
       <c r="K61" s="15">
         <v>0.62844</v>
       </c>
       <c r="L61" s="15">
         <v>0.33874</v>
       </c>
       <c r="M61" s="15">
         <v>0.29416</v>
       </c>
       <c r="N61" s="15">
         <v>3</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J62" s="15">
         <v>1200</v>
       </c>
       <c r="K62" s="15">
         <v>0.33996</v>
       </c>
       <c r="L62" s="15">
         <v>0.29463</v>
       </c>
       <c r="M62" s="15">
         <v>0.2833</v>
       </c>
       <c r="N62" s="15">
-        <v>143</v>
+        <v>156</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
         <v>0.3869</v>
       </c>
       <c r="L63" s="15">
         <v>0.33531</v>
       </c>
       <c r="M63" s="15">
         <v>0.32241</v>
       </c>
       <c r="N63" s="15">
-        <v>1101</v>
+        <v>1180</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
         <v>0.45569</v>
       </c>
       <c r="L64" s="15">
         <v>0.39493</v>
       </c>
       <c r="M64" s="15">
         <v>0.37974</v>
       </c>
       <c r="N64" s="15">
-        <v>2704</v>
+        <v>2945</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3200</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E65" s="15">
         <v>10080013643</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>1.42</v>
       </c>
       <c r="L65" s="15">
         <v>0.75983</v>
       </c>
       <c r="M65" s="15">
         <v>0.65851</v>
       </c>
       <c r="N65" s="15">
         <v>9</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J66" s="15">
         <v>600</v>
       </c>
       <c r="K66" s="15">
         <v>0.6657</v>
       </c>
       <c r="L66" s="15">
         <v>0.57694</v>
       </c>
       <c r="M66" s="15">
         <v>0.55475</v>
       </c>
       <c r="N66" s="15">
         <v>40</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.64089</v>
       </c>
       <c r="L67" s="15">
         <v>0.55544</v>
       </c>
       <c r="M67" s="15">
         <v>0.53408</v>
       </c>
       <c r="N67" s="15">
         <v>93</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.77249</v>
       </c>
       <c r="L68" s="15">
         <v>0.66949</v>
       </c>
       <c r="M68" s="15">
         <v>0.64374</v>
       </c>
       <c r="N68" s="15">
-        <v>3068</v>
+        <v>2329</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E69" s="15">
         <v>10080013646</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.83491</v>
       </c>
       <c r="L69" s="15">
         <v>0.8028</v>
       </c>
       <c r="M69" s="15">
         <v>0.77069</v>
       </c>
       <c r="N69" s="15">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J70" s="15">
         <v>595</v>
       </c>
       <c r="K70" s="15">
         <v>0.82692</v>
       </c>
       <c r="L70" s="15">
         <v>0.71666</v>
       </c>
       <c r="M70" s="15">
         <v>0.6891</v>
       </c>
       <c r="N70" s="15">
-        <v>122</v>
+        <v>171</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J71" s="15">
         <v>535</v>
       </c>
       <c r="K71" s="15">
         <v>0.96377</v>
       </c>
       <c r="L71" s="15">
         <v>0.83526</v>
       </c>
       <c r="M71" s="15">
         <v>0.80314</v>
       </c>
       <c r="N71" s="15">
-        <v>1178</v>
+        <v>1365</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>3.2</v>
       </c>
       <c r="L72" s="15">
         <v>1.6</v>
       </c>
       <c r="M72" s="15">
         <v>1.45</v>
       </c>
       <c r="N72" s="15">
         <v>1</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J73" s="15">
         <v>515</v>
       </c>
       <c r="K73" s="15">
         <v>1.06</v>
       </c>
       <c r="L73" s="15">
         <v>0.91889</v>
       </c>
       <c r="M73" s="15">
         <v>0.8835499999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>1705</v>
+        <v>1436</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
         <v>3.51</v>
       </c>
       <c r="L74" s="15">
         <v>1.76</v>
       </c>
       <c r="M74" s="15">
         <v>1.6</v>
       </c>
       <c r="N74" s="15">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E75" s="15">
         <v>10080013650</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>1.18</v>
       </c>
       <c r="L75" s="15">
         <v>1.03</v>
       </c>
       <c r="M75" s="15">
         <v>0.9874000000000001</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E76" s="15">
         <v>10080013652</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>380</v>
       </c>
       <c r="K76" s="15">
         <v>1.62</v>
       </c>
       <c r="L76" s="15">
         <v>1.41</v>
       </c>
       <c r="M76" s="15">
         <v>1.35</v>
       </c>
       <c r="N76" s="15">
-        <v>731</v>
+        <v>530</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>325</v>
       </c>
       <c r="K77" s="15">
         <v>1.58</v>
       </c>
       <c r="L77" s="15">
         <v>1.37</v>
       </c>
       <c r="M77" s="15">
         <v>1.32</v>
       </c>
       <c r="N77" s="15">
-        <v>270</v>
+        <v>243</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.18126</v>
       </c>
       <c r="L78" s="15">
         <v>0.15709</v>
       </c>
       <c r="M78" s="15">
         <v>0.15105</v>
       </c>
       <c r="N78" s="15">
-        <v>4437</v>
+        <v>3087</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.28094</v>
       </c>
       <c r="L79" s="15">
         <v>0.24348</v>
       </c>
       <c r="M79" s="15">
         <v>0.23411</v>
       </c>
-      <c r="N79" s="15">
-[...3 lines deleted...]
-      <c r="P79" s="15"/>
+      <c r="N79" s="15"/>
+      <c r="O79" s="15">
+        <v>984</v>
+      </c>
+      <c r="P79" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
         <v>0.35649</v>
       </c>
       <c r="L80" s="15">
         <v>0.30896</v>
       </c>
       <c r="M80" s="15">
         <v>0.29708</v>
       </c>
       <c r="N80" s="15">
-        <v>3152</v>
+        <v>3376</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.46569</v>
       </c>
       <c r="L81" s="15">
         <v>0.4036</v>
       </c>
       <c r="M81" s="15">
         <v>0.38808</v>
       </c>
       <c r="N81" s="15">
-        <v>2623</v>
+        <v>2480</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>700</v>
       </c>
       <c r="K82" s="15">
         <v>0.60048</v>
       </c>
       <c r="L82" s="15">
         <v>0.52042</v>
       </c>
       <c r="M82" s="15">
         <v>0.5004</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.7208</v>
       </c>
       <c r="L83" s="15">
         <v>0.62469</v>
       </c>
       <c r="M83" s="15">
         <v>0.60066</v>
       </c>
       <c r="N83" s="15">
         <v>80</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E84" s="15">
         <v>10080042838</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>790</v>
       </c>
       <c r="K84" s="15">
         <v>0.84033</v>
       </c>
       <c r="L84" s="15">
         <v>0.72829</v>
       </c>
       <c r="M84" s="15">
         <v>0.70028</v>
       </c>
       <c r="N84" s="15">
-        <v>8775</v>
+        <v>10530</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>690</v>
       </c>
       <c r="K85" s="15">
         <v>0.88749</v>
       </c>
       <c r="L85" s="15">
         <v>0.76916</v>
       </c>
       <c r="M85" s="15">
         <v>0.73958</v>
       </c>
       <c r="N85" s="15">
-        <v>297</v>
+        <v>278</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J86" s="15">
         <v>620</v>
       </c>
       <c r="K86" s="15">
         <v>1</v>
       </c>
       <c r="L86" s="15">
         <v>0.86956</v>
       </c>
       <c r="M86" s="15">
         <v>0.83611</v>
       </c>
       <c r="N86" s="15">
-        <v>5841</v>
+        <v>4643</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.71002</v>
       </c>
       <c r="L87" s="15">
         <v>0.51188</v>
       </c>
       <c r="M87" s="15">
         <v>0.44583</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15">
         <v>4000</v>
       </c>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E88" s="15">
         <v>10080047202</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>800</v>
       </c>
       <c r="K88" s="15">
         <v>0.76515</v>
       </c>
       <c r="L88" s="15">
         <v>0.51048</v>
       </c>
       <c r="M88" s="15">
         <v>0.46396</v>
       </c>
       <c r="N88" s="15">
         <v>1</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>800</v>
       </c>
       <c r="K89" s="15">
         <v>0.49055</v>
       </c>
       <c r="L89" s="15">
         <v>0.42514</v>
       </c>
       <c r="M89" s="15">
         <v>0.40879</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E90" s="15">
         <v>10080047897</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.402</v>
       </c>
       <c r="L90" s="15">
         <v>0.402</v>
       </c>
       <c r="M90" s="15">
         <v>0.402</v>
       </c>
       <c r="N90" s="15">
         <v>1</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.836</v>
       </c>
       <c r="L91" s="15">
         <v>0.643</v>
       </c>
       <c r="M91" s="15">
         <v>0.585</v>
       </c>
       <c r="N91" s="15">
-        <v>122</v>
+        <v>136</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E92" s="15">
         <v>10080013718</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J92" s="15">
         <v>515</v>
       </c>
       <c r="K92" s="15">
         <v>1.08</v>
       </c>
       <c r="L92" s="15">
         <v>0.93765</v>
       </c>
       <c r="M92" s="15">
         <v>0.90159</v>
       </c>
       <c r="N92" s="15">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E93" s="15">
         <v>10080013722</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>380</v>
       </c>
       <c r="K93" s="15">
         <v>3.19</v>
       </c>
       <c r="L93" s="15">
         <v>1.72</v>
       </c>
       <c r="M93" s="15">
         <v>1.5</v>
       </c>
       <c r="N93" s="15">
         <v>100</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.47256</v>
       </c>
       <c r="L94" s="15">
         <v>0.40955</v>
       </c>
       <c r="M94" s="15">
         <v>0.3938</v>
       </c>
       <c r="N94" s="15">
-        <v>693</v>
+        <v>657</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J95" s="15">
         <v>150</v>
       </c>
       <c r="K95" s="15">
         <v>0.64437</v>
       </c>
       <c r="L95" s="15">
         <v>0.55845</v>
       </c>
       <c r="M95" s="15">
         <v>0.53698</v>
       </c>
       <c r="N95" s="15">
-        <v>4829</v>
+        <v>6449</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.83991</v>
       </c>
       <c r="L96" s="15">
         <v>0.72792</v>
       </c>
       <c r="M96" s="15">
         <v>0.6999300000000001</v>
       </c>
       <c r="N96" s="15">
-        <v>801</v>
+        <v>449</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="J97" s="15">
         <v>800</v>
       </c>
       <c r="K97" s="15">
         <v>0.80532</v>
       </c>
       <c r="L97" s="15">
         <v>0.69794</v>
       </c>
       <c r="M97" s="15">
         <v>0.6711</v>
       </c>
       <c r="N97" s="15">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="J98" s="15">
         <v>680</v>
       </c>
       <c r="K98" s="15">
         <v>0.92291</v>
       </c>
       <c r="L98" s="15">
         <v>0.7998499999999999</v>
       </c>
       <c r="M98" s="15">
         <v>0.7690900000000001</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>384</v>
+        <v>534</v>
       </c>
       <c r="P98" s="15" t="s">
-        <v>355</v>
+        <v>160</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>356</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>357</v>
       </c>
       <c r="E99" s="15">
         <v>10080039888</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>358</v>
       </c>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.9519</v>
       </c>
       <c r="L99" s="15">
         <v>0.82498</v>
       </c>
       <c r="M99" s="15">
         <v>0.79325</v>
       </c>
       <c r="N99" s="15">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>359</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>360</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>361</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15" t="s">
@@ -9607,14481 +9639,14552 @@
       </c>
       <c r="E102" s="15">
         <v>10080009975</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J102" s="15">
         <v>800</v>
       </c>
       <c r="K102" s="15">
         <v>1.05</v>
       </c>
       <c r="L102" s="15">
         <v>0.56407</v>
       </c>
       <c r="M102" s="15">
         <v>0.48886</v>
       </c>
       <c r="N102" s="15">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>373</v>
       </c>
       <c r="J103" s="15">
         <v>150</v>
       </c>
       <c r="K103" s="15">
-        <v>0.98037</v>
+        <v>1.01</v>
       </c>
       <c r="L103" s="15">
-        <v>0.84965</v>
+        <v>0.87797</v>
       </c>
       <c r="M103" s="15">
-        <v>0.81698</v>
+        <v>0.8442</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
-      <c r="P103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E104" s="15">
         <v>10080013729</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>376</v>
       </c>
       <c r="J104" s="15">
         <v>150</v>
       </c>
       <c r="K104" s="15">
         <v>0.86691</v>
       </c>
       <c r="L104" s="15">
         <v>0.75132</v>
       </c>
       <c r="M104" s="15">
         <v>0.72243</v>
       </c>
       <c r="N104" s="15">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>377</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>378</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>379</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>380</v>
       </c>
       <c r="J105" s="15">
-        <v>550</v>
+        <v>150</v>
       </c>
       <c r="K105" s="15">
-        <v>1.04</v>
+        <v>1.12</v>
       </c>
       <c r="L105" s="15">
-        <v>0.89929</v>
+        <v>0.96898</v>
       </c>
       <c r="M105" s="15">
-        <v>0.8647</v>
+        <v>0.93171</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>382</v>
       </c>
-      <c r="E106" s="15">
-        <v>10080029064</v>
+      <c r="E106" s="15" t="s">
+        <v>383</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="J106" s="15"/>
+        <v>384</v>
+      </c>
+      <c r="J106" s="15">
+        <v>550</v>
+      </c>
       <c r="K106" s="15">
-        <v>1.33</v>
+        <v>1.04</v>
       </c>
       <c r="L106" s="15">
-        <v>1.15</v>
+        <v>0.89929</v>
       </c>
       <c r="M106" s="15">
-        <v>1.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.8647</v>
+      </c>
+      <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E107" s="15">
-        <v>10080032008</v>
+        <v>10080029064</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
-        <v>2.1</v>
+        <v>1.33</v>
       </c>
       <c r="L107" s="15">
-        <v>2.1</v>
+        <v>1.15</v>
       </c>
       <c r="M107" s="15">
-        <v>2.1</v>
+        <v>1.11</v>
       </c>
       <c r="N107" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="E108" s="15" t="s">
         <v>389</v>
+      </c>
+      <c r="E108" s="15">
+        <v>10080032008</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>390</v>
       </c>
-      <c r="J108" s="15">
+      <c r="J108" s="15"/>
+      <c r="K108" s="15">
+        <v>2.1</v>
+      </c>
+      <c r="L108" s="15">
+        <v>2.1</v>
+      </c>
+      <c r="M108" s="15">
+        <v>2.1</v>
+      </c>
+      <c r="N108" s="15">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>391</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>392</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>393</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>394</v>
       </c>
       <c r="J109" s="15">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="K109" s="15">
-        <v>2.5</v>
+        <v>2.4</v>
       </c>
       <c r="L109" s="15">
-        <v>2.17</v>
+        <v>2.08</v>
       </c>
       <c r="M109" s="15">
-        <v>2.08</v>
-[...1 lines deleted...]
-      <c r="N109" s="15"/>
+        <v>2</v>
+      </c>
+      <c r="N109" s="15">
+        <v>87</v>
+      </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
-      <c r="Q109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>396</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>397</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
         <v>398</v>
       </c>
       <c r="J110" s="15">
-        <v>1</v>
+        <v>250</v>
       </c>
       <c r="K110" s="15">
-        <v>0.24257</v>
+        <v>2.5</v>
       </c>
       <c r="L110" s="15">
-        <v>0.21022</v>
+        <v>2.17</v>
       </c>
       <c r="M110" s="15">
-        <v>0.20214</v>
+        <v>2.08</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
-      <c r="Q110" s="15"/>
+      <c r="Q110" s="15">
+        <v>1000</v>
+      </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>399</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>400</v>
       </c>
       <c r="E111" s="15" t="s">
         <v>401</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>402</v>
       </c>
       <c r="J111" s="15">
         <v>1</v>
       </c>
       <c r="K111" s="15">
-        <v>0.36096</v>
+        <v>0.24257</v>
       </c>
       <c r="L111" s="15">
-        <v>0.31283</v>
+        <v>0.21022</v>
       </c>
       <c r="M111" s="15">
-        <v>0.3008</v>
+        <v>0.20214</v>
       </c>
       <c r="N111" s="15"/>
-      <c r="O111" s="15"/>
-      <c r="P111" s="15"/>
+      <c r="O111" s="15">
+        <v>2160</v>
+      </c>
+      <c r="P111" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>403</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>405</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>406</v>
       </c>
       <c r="J112" s="15">
-        <v>950</v>
+        <v>1</v>
       </c>
       <c r="K112" s="15">
-        <v>0.59978</v>
+        <v>0.36096</v>
       </c>
       <c r="L112" s="15">
-        <v>0.51981</v>
+        <v>0.31283</v>
       </c>
       <c r="M112" s="15">
-        <v>0.49981</v>
+        <v>0.3008</v>
       </c>
       <c r="N112" s="15"/>
-      <c r="O112" s="15"/>
+      <c r="O112" s="15">
+        <v>1780</v>
+      </c>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>409</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>410</v>
       </c>
       <c r="J113" s="15">
-        <v>800</v>
+        <v>950</v>
       </c>
       <c r="K113" s="15">
-        <v>0.70539</v>
+        <v>0.59978</v>
       </c>
       <c r="L113" s="15">
-        <v>0.61134</v>
+        <v>0.51981</v>
       </c>
       <c r="M113" s="15">
-        <v>0.58783</v>
+        <v>0.49981</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15">
-        <v>900</v>
+        <v>2480</v>
       </c>
       <c r="P113" s="15" t="s">
-        <v>411</v>
+        <v>138</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="J114" s="15">
-        <v>700</v>
+        <v>800</v>
       </c>
       <c r="K114" s="15">
-        <v>0.7598</v>
+        <v>0.70539</v>
       </c>
       <c r="L114" s="15">
-        <v>0.65849</v>
+        <v>0.61134</v>
       </c>
       <c r="M114" s="15">
-        <v>0.6331599999999999</v>
+        <v>0.58783</v>
       </c>
       <c r="N114" s="15">
-        <v>47</v>
-[...5 lines deleted...]
-      </c>
+        <v>153</v>
+      </c>
+      <c r="O114" s="15">
+        <v>458</v>
+      </c>
+      <c r="P114" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>416</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="J115" s="15"/>
+        <v>418</v>
+      </c>
+      <c r="J115" s="15">
+        <v>700</v>
+      </c>
       <c r="K115" s="15">
-        <v>0.84212</v>
+        <v>0.7598</v>
       </c>
       <c r="L115" s="15">
-        <v>0.72983</v>
+        <v>0.65849</v>
       </c>
       <c r="M115" s="15">
-        <v>0.7017600000000001</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.6331599999999999</v>
+      </c>
+      <c r="N115" s="15">
+        <v>47</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
-      <c r="Q115" s="15"/>
+      <c r="Q115" s="15">
+        <v>2800</v>
+      </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>420</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
-        <v>0.85034</v>
+        <v>0.84212</v>
       </c>
       <c r="L116" s="15">
-        <v>0.7369599999999999</v>
+        <v>0.72983</v>
       </c>
       <c r="M116" s="15">
-        <v>0.70861</v>
+        <v>0.7017600000000001</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>424</v>
       </c>
-      <c r="D117" s="15" t="s">
+      <c r="E117" s="15" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>427</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="J117" s="15"/>
       <c r="K117" s="15">
-        <v>0.97113</v>
+        <v>0.85034</v>
       </c>
       <c r="L117" s="15">
-        <v>0.84165</v>
+        <v>0.7369599999999999</v>
       </c>
       <c r="M117" s="15">
-        <v>0.80928</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.70861</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>428</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000023297</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>430</v>
       </c>
       <c r="J118" s="15">
-        <v>400</v>
+        <v>525</v>
       </c>
       <c r="K118" s="15">
-        <v>1.09</v>
+        <v>0.97113</v>
       </c>
       <c r="L118" s="15">
-        <v>0.94155</v>
+        <v>0.84165</v>
       </c>
       <c r="M118" s="15">
-        <v>0.90534</v>
-[...1 lines deleted...]
-      <c r="N118" s="15"/>
+        <v>0.80928</v>
+      </c>
+      <c r="N118" s="15">
+        <v>361</v>
+      </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>432</v>
       </c>
-      <c r="E119" s="15" t="s">
-        <v>433</v>
+      <c r="E119" s="15">
+        <v>10000023297</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="J119" s="15">
         <v>400</v>
       </c>
       <c r="K119" s="15">
-        <v>1.02</v>
+        <v>1.09</v>
       </c>
       <c r="L119" s="15">
-        <v>0.88083</v>
+        <v>0.94155</v>
       </c>
       <c r="M119" s="15">
-        <v>0.84695</v>
+        <v>0.90534</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>435</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="J120" s="15">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="K120" s="15">
-        <v>1.19</v>
+        <v>1.02</v>
       </c>
       <c r="L120" s="15">
-        <v>1.03</v>
+        <v>0.88083</v>
       </c>
       <c r="M120" s="15">
-        <v>0.99004</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.84695</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
-      <c r="Q120" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>442</v>
+        <v>441</v>
       </c>
       <c r="J121" s="15">
-        <v>400</v>
+        <v>450</v>
       </c>
       <c r="K121" s="15">
-        <v>1.27</v>
+        <v>1.19</v>
       </c>
       <c r="L121" s="15">
-        <v>1.1</v>
+        <v>1.03</v>
       </c>
       <c r="M121" s="15">
-        <v>1.06</v>
+        <v>0.99004</v>
       </c>
       <c r="N121" s="15">
-        <v>203</v>
+        <v>260</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15">
-        <v>1600</v>
+        <v>1800</v>
       </c>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>443</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080043652</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15" t="s">
         <v>445</v>
       </c>
       <c r="J122" s="15">
-        <v>200</v>
+        <v>400</v>
       </c>
       <c r="K122" s="15">
-        <v>0.33834</v>
+        <v>1.27</v>
       </c>
       <c r="L122" s="15">
-        <v>0.29323</v>
+        <v>1.1</v>
       </c>
       <c r="M122" s="15">
-        <v>0.28195</v>
+        <v>1.06</v>
       </c>
       <c r="N122" s="15">
-        <v>1436</v>
+        <v>236</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
-      <c r="Q122" s="15"/>
+      <c r="Q122" s="15">
+        <v>1600</v>
+      </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>447</v>
       </c>
-      <c r="E123" s="15" t="s">
-        <v>448</v>
+      <c r="E123" s="15">
+        <v>10080043652</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>449</v>
-[...1 lines deleted...]
-      <c r="J123" s="15"/>
+        <v>448</v>
+      </c>
+      <c r="J123" s="15">
+        <v>200</v>
+      </c>
       <c r="K123" s="15">
-        <v>0.35445</v>
+        <v>0.33834</v>
       </c>
       <c r="L123" s="15">
-        <v>0.30719</v>
+        <v>0.29323</v>
       </c>
       <c r="M123" s="15">
-        <v>0.29538</v>
+        <v>0.28195</v>
       </c>
       <c r="N123" s="15">
-        <v>3255</v>
+        <v>760</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>449</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>450</v>
       </c>
-      <c r="D124" s="15" t="s">
+      <c r="E124" s="15" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>452</v>
+      </c>
+      <c r="J124" s="15"/>
       <c r="K124" s="15">
-        <v>0.42869</v>
+        <v>0.35445</v>
       </c>
       <c r="L124" s="15">
-        <v>0.37153</v>
+        <v>0.30719</v>
       </c>
       <c r="M124" s="15">
-        <v>0.35724</v>
+        <v>0.29538</v>
       </c>
       <c r="N124" s="15">
-        <v>155</v>
+        <v>2915</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>454</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="J125" s="15">
-        <v>700</v>
+        <v>800</v>
       </c>
       <c r="K125" s="15">
-        <v>0.62859</v>
+        <v>0.42869</v>
       </c>
       <c r="L125" s="15">
-        <v>0.54478</v>
+        <v>0.37153</v>
       </c>
       <c r="M125" s="15">
-        <v>0.52383</v>
+        <v>0.35724</v>
       </c>
       <c r="N125" s="15">
-        <v>2606</v>
-[...2 lines deleted...]
-      <c r="P125" s="15"/>
+        <v>91</v>
+      </c>
+      <c r="O125" s="15">
+        <v>504</v>
+      </c>
+      <c r="P125" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>458</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>461</v>
+        <v>460</v>
       </c>
       <c r="J126" s="15">
-        <v>535</v>
+        <v>700</v>
       </c>
       <c r="K126" s="15">
-        <v>0.95016</v>
+        <v>0.62859</v>
       </c>
       <c r="L126" s="15">
-        <v>0.82347</v>
+        <v>0.54478</v>
       </c>
       <c r="M126" s="15">
-        <v>0.7917999999999999</v>
+        <v>0.52383</v>
       </c>
       <c r="N126" s="15">
-        <v>2164</v>
+        <v>2711</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>462</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I127" s="15"/>
+      <c r="I127" s="15" t="s">
+        <v>464</v>
+      </c>
       <c r="J127" s="15">
-        <v>450</v>
+        <v>535</v>
       </c>
       <c r="K127" s="15">
-        <v>0.94689</v>
+        <v>0.95016</v>
       </c>
       <c r="L127" s="15">
-        <v>0.82064</v>
+        <v>0.82347</v>
       </c>
       <c r="M127" s="15">
-        <v>0.78908</v>
-[...1 lines deleted...]
-      <c r="N127" s="15"/>
+        <v>0.7917999999999999</v>
+      </c>
+      <c r="N127" s="15">
+        <v>2499</v>
+      </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I128" s="15" t="s">
+      <c r="I128" s="15"/>
+      <c r="J128" s="15">
+        <v>450</v>
+      </c>
+      <c r="K128" s="15">
+        <v>0.94689</v>
+      </c>
+      <c r="L128" s="15">
+        <v>0.82064</v>
+      </c>
+      <c r="M128" s="15">
+        <v>0.78908</v>
+      </c>
+      <c r="N128" s="15"/>
+      <c r="O128" s="15"/>
+      <c r="P128" s="15" t="s">
         <v>468</v>
       </c>
-      <c r="J128" s="15">
-[...15 lines deleted...]
-      <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>469</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>470</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>471</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I129" s="15"/>
+      <c r="I129" s="15" t="s">
+        <v>472</v>
+      </c>
       <c r="J129" s="15">
-        <v>400</v>
+        <v>1</v>
       </c>
       <c r="K129" s="15">
-        <v>1.47</v>
+        <v>1.17</v>
       </c>
       <c r="L129" s="15">
-        <v>1.28</v>
+        <v>1.02</v>
       </c>
       <c r="M129" s="15">
-        <v>1.23</v>
-[...1 lines deleted...]
-      <c r="N129" s="15"/>
+        <v>0.97899</v>
+      </c>
+      <c r="N129" s="15">
+        <v>1256</v>
+      </c>
       <c r="O129" s="15"/>
-      <c r="P129" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="P129" s="15"/>
+      <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I130" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I130" s="15"/>
       <c r="J130" s="15">
-        <v>20</v>
+        <v>400</v>
       </c>
       <c r="K130" s="15">
-        <v>1.19</v>
+        <v>1.5</v>
       </c>
       <c r="L130" s="15">
-        <v>1.03</v>
+        <v>1.3</v>
       </c>
       <c r="M130" s="15">
-        <v>0.99125</v>
-[...6 lines deleted...]
-      <c r="Q130" s="15"/>
+        <v>1.25</v>
+      </c>
+      <c r="N130" s="15"/>
+      <c r="O130" s="15">
+        <v>276</v>
+      </c>
+      <c r="P130" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="Q130" s="15">
+        <v>1600</v>
+      </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>476</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>479</v>
       </c>
       <c r="J131" s="15">
-        <v>350</v>
+        <v>20</v>
       </c>
       <c r="K131" s="15">
-        <v>2.22</v>
+        <v>1.19</v>
       </c>
       <c r="L131" s="15">
-        <v>1.59</v>
+        <v>1.03</v>
       </c>
       <c r="M131" s="15">
-        <v>1.43</v>
+        <v>0.99125</v>
       </c>
       <c r="N131" s="15">
-        <v>720</v>
+        <v>668</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>480</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>481</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>482</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>483</v>
       </c>
-      <c r="J132" s="15"/>
+      <c r="J132" s="15">
+        <v>350</v>
+      </c>
       <c r="K132" s="15">
-        <v>1.39</v>
+        <v>2.22</v>
       </c>
       <c r="L132" s="15">
-        <v>1.2</v>
+        <v>1.59</v>
       </c>
       <c r="M132" s="15">
-        <v>1.16</v>
-[...3 lines deleted...]
-      <c r="P132" s="15"/>
+        <v>1.43</v>
+      </c>
+      <c r="N132" s="15">
+        <v>603</v>
+      </c>
+      <c r="O132" s="15">
+        <v>704</v>
+      </c>
+      <c r="P132" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>485</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>486</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I133" s="15"/>
+      <c r="I133" s="15" t="s">
+        <v>487</v>
+      </c>
       <c r="J133" s="15"/>
       <c r="K133" s="15">
-        <v>1.77</v>
+        <v>1.39</v>
       </c>
       <c r="L133" s="15">
-        <v>1.53</v>
+        <v>1.2</v>
       </c>
       <c r="M133" s="15">
-        <v>1.47</v>
+        <v>1.16</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
-      <c r="J134" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J134" s="15"/>
       <c r="K134" s="15">
-        <v>1.91</v>
+        <v>1.77</v>
       </c>
       <c r="L134" s="15">
-        <v>1.65</v>
+        <v>1.53</v>
       </c>
       <c r="M134" s="15">
-        <v>1.59</v>
+        <v>1.47</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
-      <c r="Q134" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I135" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>235</v>
+        <v>260</v>
       </c>
       <c r="K135" s="15">
-        <v>2.19</v>
+        <v>1.91</v>
       </c>
       <c r="L135" s="15">
-        <v>1.9</v>
+        <v>1.65</v>
       </c>
       <c r="M135" s="15">
-        <v>1.82</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.59</v>
+      </c>
+      <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
-        <v>940</v>
+        <v>1040</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>495</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>496</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>497</v>
       </c>
       <c r="J136" s="15">
-        <v>200</v>
+        <v>235</v>
       </c>
       <c r="K136" s="15">
-        <v>0.23181</v>
+        <v>2.19</v>
       </c>
       <c r="L136" s="15">
-        <v>0.2009</v>
+        <v>1.9</v>
       </c>
       <c r="M136" s="15">
-        <v>0.19318</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.82</v>
+      </c>
+      <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
-      <c r="Q136" s="15"/>
+      <c r="Q136" s="15">
+        <v>940</v>
+      </c>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>498</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>499</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>501</v>
       </c>
       <c r="J137" s="15">
         <v>200</v>
       </c>
       <c r="K137" s="15">
-        <v>0.30542</v>
+        <v>0.23181</v>
       </c>
       <c r="L137" s="15">
-        <v>0.26469</v>
+        <v>0.2009</v>
       </c>
       <c r="M137" s="15">
-        <v>0.25451</v>
+        <v>0.19318</v>
       </c>
       <c r="N137" s="15">
-        <v>228</v>
-[...6 lines deleted...]
-      </c>
+        <v>2354</v>
+      </c>
+      <c r="O137" s="15"/>
+      <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>502</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>503</v>
       </c>
-      <c r="E138" s="15">
-        <v>10080013770</v>
+      <c r="E138" s="15" t="s">
+        <v>504</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
-        <v>0.37631</v>
+        <v>0.30542</v>
       </c>
       <c r="L138" s="15">
-        <v>0.32613</v>
+        <v>0.26469</v>
       </c>
       <c r="M138" s="15">
-        <v>0.31359</v>
+        <v>0.25451</v>
       </c>
       <c r="N138" s="15">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="P138" s="15"/>
+        <v>664</v>
+      </c>
+      <c r="O138" s="15">
+        <v>1945</v>
+      </c>
+      <c r="P138" s="15" t="s">
+        <v>160</v>
+      </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>506</v>
-[...1 lines deleted...]
-      <c r="E139" s="15" t="s">
         <v>507</v>
+      </c>
+      <c r="E139" s="15">
+        <v>10080013770</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>508</v>
       </c>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
-        <v>0.37398</v>
+        <v>0.37631</v>
       </c>
       <c r="L139" s="15">
-        <v>0.32412</v>
+        <v>0.32613</v>
       </c>
       <c r="M139" s="15">
-        <v>0.31165</v>
+        <v>0.31359</v>
       </c>
       <c r="N139" s="15">
-        <v>1853</v>
+        <v>12</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>509</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>510</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>511</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>512</v>
       </c>
       <c r="J140" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K140" s="15">
-        <v>0.55017</v>
+        <v>0.37398</v>
       </c>
       <c r="L140" s="15">
-        <v>0.47681</v>
+        <v>0.32412</v>
       </c>
       <c r="M140" s="15">
-        <v>0.45848</v>
+        <v>0.31165</v>
       </c>
       <c r="N140" s="15">
-        <v>15</v>
+        <v>1838</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>513</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>514</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>515</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>516</v>
       </c>
       <c r="J141" s="15">
-        <v>825</v>
+        <v>100</v>
       </c>
       <c r="K141" s="15">
-        <v>0.53138</v>
+        <v>0.55017</v>
       </c>
       <c r="L141" s="15">
-        <v>0.46053</v>
+        <v>0.47681</v>
       </c>
       <c r="M141" s="15">
-        <v>0.44281</v>
+        <v>0.45848</v>
       </c>
       <c r="N141" s="15">
-        <v>528</v>
+        <v>15</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>517</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>518</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>519</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>520</v>
       </c>
       <c r="J142" s="15">
-        <v>1</v>
+        <v>825</v>
       </c>
       <c r="K142" s="15">
-        <v>0.60842</v>
+        <v>0.53138</v>
       </c>
       <c r="L142" s="15">
-        <v>0.52729</v>
+        <v>0.46053</v>
       </c>
       <c r="M142" s="15">
-        <v>0.50701</v>
-[...5 lines deleted...]
-      <c r="P142" s="15"/>
+        <v>0.44281</v>
+      </c>
+      <c r="N142" s="15"/>
+      <c r="O142" s="15">
+        <v>1139</v>
+      </c>
+      <c r="P142" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>521</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>522</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>523</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>524</v>
       </c>
       <c r="J143" s="15">
-        <v>650</v>
+        <v>1</v>
       </c>
       <c r="K143" s="15">
-        <v>0.76851</v>
+        <v>0.60842</v>
       </c>
       <c r="L143" s="15">
-        <v>0.66604</v>
+        <v>0.52729</v>
       </c>
       <c r="M143" s="15">
-        <v>0.6404300000000001</v>
+        <v>0.50701</v>
       </c>
       <c r="N143" s="15">
-        <v>3524</v>
+        <v>253</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
-      <c r="Q143" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>525</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>526</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>527</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>528</v>
       </c>
-      <c r="J144" s="15"/>
+      <c r="J144" s="15">
+        <v>650</v>
+      </c>
       <c r="K144" s="15">
-        <v>0.76188</v>
+        <v>0.76851</v>
       </c>
       <c r="L144" s="15">
-        <v>0.6603</v>
+        <v>0.66604</v>
       </c>
       <c r="M144" s="15">
-        <v>0.6349</v>
+        <v>0.6404300000000001</v>
       </c>
       <c r="N144" s="15">
-        <v>274</v>
+        <v>3747</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
-      <c r="Q144" s="15"/>
+      <c r="Q144" s="15">
+        <v>2600</v>
+      </c>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>529</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>530</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>531</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>532</v>
       </c>
-      <c r="J145" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J145" s="15"/>
       <c r="K145" s="15">
-        <v>0.83466</v>
+        <v>0.76188</v>
       </c>
       <c r="L145" s="15">
-        <v>0.72337</v>
+        <v>0.6603</v>
       </c>
       <c r="M145" s="15">
-        <v>0.69555</v>
+        <v>0.6349</v>
       </c>
       <c r="N145" s="15">
-        <v>875</v>
-[...6 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="O145" s="15"/>
+      <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>533</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>534</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>535</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>536</v>
       </c>
       <c r="J146" s="15">
         <v>525</v>
       </c>
       <c r="K146" s="15">
-        <v>0.91539</v>
+        <v>0.83466</v>
       </c>
       <c r="L146" s="15">
-        <v>0.79334</v>
+        <v>0.72337</v>
       </c>
       <c r="M146" s="15">
-        <v>0.76283</v>
+        <v>0.69555</v>
       </c>
       <c r="N146" s="15">
-        <v>65</v>
-[...5 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="O146" s="15">
+        <v>33</v>
+      </c>
+      <c r="P146" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="J147" s="15">
-        <v>475</v>
+        <v>525</v>
       </c>
       <c r="K147" s="15">
-        <v>0.98408</v>
+        <v>0.91539</v>
       </c>
       <c r="L147" s="15">
-        <v>0.85287</v>
+        <v>0.79334</v>
       </c>
       <c r="M147" s="15">
-        <v>0.82006</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.76283</v>
+      </c>
+      <c r="N147" s="15">
+        <v>65</v>
+      </c>
+      <c r="O147" s="15"/>
       <c r="P147" s="15"/>
-      <c r="Q147" s="15"/>
+      <c r="Q147" s="15">
+        <v>2100</v>
+      </c>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="J148" s="15">
-        <v>1</v>
+        <v>475</v>
       </c>
       <c r="K148" s="15">
-        <v>1.27</v>
+        <v>0.94746</v>
       </c>
       <c r="L148" s="15">
-        <v>1.1</v>
+        <v>0.82113</v>
       </c>
       <c r="M148" s="15">
-        <v>1.06</v>
+        <v>0.78955</v>
       </c>
       <c r="N148" s="15">
-        <v>195</v>
+        <v>385</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-        <v>10080027560</v>
+        <v>547</v>
+      </c>
+      <c r="E149" s="15" t="s">
+        <v>548</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I149" s="15"/>
-      <c r="J149" s="15"/>
+      <c r="I149" s="15" t="s">
+        <v>549</v>
+      </c>
+      <c r="J149" s="15">
+        <v>1</v>
+      </c>
       <c r="K149" s="15">
-        <v>1.83</v>
+        <v>1.27</v>
       </c>
       <c r="L149" s="15">
-        <v>1.22</v>
+        <v>1.1</v>
       </c>
       <c r="M149" s="15">
-        <v>1.1</v>
+        <v>1.06</v>
       </c>
       <c r="N149" s="15">
-        <v>29</v>
+        <v>182</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>549</v>
+        <v>551</v>
+      </c>
+      <c r="E150" s="15">
+        <v>10080027560</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I150" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I150" s="15"/>
+      <c r="J150" s="15"/>
       <c r="K150" s="15">
-        <v>1.29</v>
+        <v>1.83</v>
       </c>
       <c r="L150" s="15">
-        <v>1.12</v>
+        <v>1.22</v>
       </c>
       <c r="M150" s="15">
-        <v>1.08</v>
+        <v>1.1</v>
       </c>
       <c r="N150" s="15">
-        <v>225</v>
+        <v>19</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
-      <c r="Q150" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I151" s="15"/>
+      <c r="I151" s="15" t="s">
+        <v>555</v>
+      </c>
       <c r="J151" s="15">
-        <v>1200</v>
+        <v>350</v>
       </c>
       <c r="K151" s="15">
-        <v>0.22755</v>
+        <v>1.29</v>
       </c>
       <c r="L151" s="15">
-        <v>0.19721</v>
+        <v>1.12</v>
       </c>
       <c r="M151" s="15">
-        <v>0.18963</v>
-[...1 lines deleted...]
-      <c r="N151" s="15"/>
+        <v>1.08</v>
+      </c>
+      <c r="N151" s="15">
+        <v>202</v>
+      </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15">
-        <v>4800</v>
+        <v>1400</v>
       </c>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I152" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I152" s="15"/>
       <c r="J152" s="15">
-        <v>800</v>
+        <v>1200</v>
       </c>
       <c r="K152" s="15">
-        <v>0.58677</v>
+        <v>0.22755</v>
       </c>
       <c r="L152" s="15">
-        <v>0.50853</v>
+        <v>0.19721</v>
       </c>
       <c r="M152" s="15">
-        <v>0.48898</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.18963</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
-        <v>3200</v>
+        <v>4800</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="J153" s="15"/>
+        <v>562</v>
+      </c>
+      <c r="J153" s="15">
+        <v>800</v>
+      </c>
       <c r="K153" s="15">
-        <v>0.98384</v>
+        <v>0.58677</v>
       </c>
       <c r="L153" s="15">
-        <v>0.73788</v>
+        <v>0.50853</v>
       </c>
       <c r="M153" s="15">
-        <v>0.66409</v>
-[...1 lines deleted...]
-      <c r="N153" s="15"/>
+        <v>0.48898</v>
+      </c>
+      <c r="N153" s="15">
+        <v>423</v>
+      </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
-      <c r="Q153" s="15"/>
+      <c r="Q153" s="15">
+        <v>3200</v>
+      </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
-        <v>0.72036</v>
+        <v>0.98384</v>
       </c>
       <c r="L154" s="15">
-        <v>0.62431</v>
+        <v>0.73788</v>
       </c>
       <c r="M154" s="15">
-        <v>0.6002999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66409</v>
+      </c>
+      <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>569</v>
-[...3 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="J155" s="15"/>
       <c r="K155" s="15">
-        <v>0.61349</v>
+        <v>0.72036</v>
       </c>
       <c r="L155" s="15">
-        <v>0.53169</v>
+        <v>0.62431</v>
       </c>
       <c r="M155" s="15">
-        <v>0.51124</v>
-[...1 lines deleted...]
-      <c r="N155" s="15"/>
+        <v>0.6002999999999999</v>
+      </c>
+      <c r="N155" s="15">
+        <v>1072</v>
+      </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I156" s="15"/>
-      <c r="J156" s="15"/>
+      <c r="I156" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="J156" s="15">
+        <v>400</v>
+      </c>
       <c r="K156" s="15">
-        <v>1.38</v>
+        <v>0.61349</v>
       </c>
       <c r="L156" s="15">
-        <v>1.03</v>
+        <v>0.53169</v>
       </c>
       <c r="M156" s="15">
-        <v>0.9302</v>
+        <v>0.51124</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
-      <c r="J157" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J157" s="15"/>
       <c r="K157" s="15">
-        <v>1.01</v>
+        <v>1.38</v>
       </c>
       <c r="L157" s="15">
-        <v>0.87627</v>
+        <v>1.03</v>
       </c>
       <c r="M157" s="15">
-        <v>0.84256</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.9302</v>
+      </c>
+      <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
-      <c r="Q157" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-        <v>10080057925</v>
+        <v>579</v>
+      </c>
+      <c r="E158" s="15" t="s">
+        <v>580</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
-        <v>1200</v>
+        <v>400</v>
       </c>
       <c r="K158" s="15">
-        <v>0.96457</v>
+        <v>1.01</v>
       </c>
       <c r="L158" s="15">
-        <v>0.51991</v>
+        <v>0.87627</v>
       </c>
       <c r="M158" s="15">
-        <v>0.4515</v>
+        <v>0.84256</v>
       </c>
       <c r="N158" s="15">
-        <v>308</v>
+        <v>183</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
-      <c r="Q158" s="15"/>
+      <c r="Q158" s="15">
+        <v>1600</v>
+      </c>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="E159" s="15">
-        <v>10080057926</v>
+        <v>10080057925</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
-        <v>1000</v>
+        <v>1200</v>
       </c>
       <c r="K159" s="15">
-        <v>1.21</v>
+        <v>0.96457</v>
       </c>
       <c r="L159" s="15">
-        <v>0.64993</v>
+        <v>0.51991</v>
       </c>
       <c r="M159" s="15">
-        <v>0.56441</v>
+        <v>0.4515</v>
       </c>
       <c r="N159" s="15">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="E160" s="15">
-        <v>10080057928</v>
+        <v>10080057926</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
-        <v>800</v>
+        <v>1000</v>
       </c>
       <c r="K160" s="15">
-        <v>1.45</v>
+        <v>1.21</v>
       </c>
       <c r="L160" s="15">
-        <v>0.78003</v>
+        <v>0.64993</v>
       </c>
       <c r="M160" s="15">
-        <v>0.6774</v>
+        <v>0.56441</v>
       </c>
       <c r="N160" s="15">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>586</v>
+      </c>
+      <c r="E161" s="15">
+        <v>10080057928</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I161" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I161" s="15"/>
       <c r="J161" s="15">
-        <v>50</v>
+        <v>800</v>
       </c>
       <c r="K161" s="15">
-        <v>0.98787</v>
+        <v>1.45</v>
       </c>
       <c r="L161" s="15">
-        <v>0.85615</v>
+        <v>0.78003</v>
       </c>
       <c r="M161" s="15">
-        <v>0.82323</v>
+        <v>0.6774</v>
       </c>
       <c r="N161" s="15">
-        <v>375</v>
+        <v>253</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I162" s="15"/>
-      <c r="J162" s="15"/>
+      <c r="I162" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="J162" s="15">
+        <v>50</v>
+      </c>
       <c r="K162" s="15">
-        <v>0.37412</v>
+        <v>0.98787</v>
       </c>
       <c r="L162" s="15">
-        <v>0.32423</v>
+        <v>0.85615</v>
       </c>
       <c r="M162" s="15">
-        <v>0.31176</v>
+        <v>0.82323</v>
       </c>
       <c r="N162" s="15">
-        <v>100</v>
+        <v>425</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
-      <c r="J163" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J163" s="15"/>
       <c r="K163" s="15">
-        <v>0.6843900000000001</v>
+        <v>0.37412</v>
       </c>
       <c r="L163" s="15">
-        <v>0.574</v>
+        <v>0.32423</v>
       </c>
       <c r="M163" s="15">
-        <v>0.55193</v>
+        <v>0.31176</v>
       </c>
       <c r="N163" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
-      <c r="Q163" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I164" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I164" s="15"/>
       <c r="J164" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K164" s="15">
-        <v>0.8597399999999999</v>
+        <v>0.6843900000000001</v>
       </c>
       <c r="L164" s="15">
-        <v>0.72107</v>
+        <v>0.574</v>
       </c>
       <c r="M164" s="15">
-        <v>0.69334</v>
-[...1 lines deleted...]
-      <c r="N164" s="15"/>
+        <v>0.55193</v>
+      </c>
+      <c r="N164" s="15">
+        <v>780</v>
+      </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I165" s="15"/>
+      <c r="I165" s="15" t="s">
+        <v>600</v>
+      </c>
       <c r="J165" s="15">
-        <v>700</v>
+        <v>500</v>
       </c>
       <c r="K165" s="15">
-        <v>1.29</v>
+        <v>0.8597399999999999</v>
       </c>
       <c r="L165" s="15">
-        <v>1.12</v>
+        <v>0.72107</v>
       </c>
       <c r="M165" s="15">
-        <v>1.08</v>
+        <v>0.69334</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
-      <c r="Q165" s="15"/>
+      <c r="Q165" s="15">
+        <v>2000</v>
+      </c>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="E166" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I166" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I166" s="15"/>
       <c r="J166" s="15">
-        <v>630</v>
+        <v>700</v>
       </c>
       <c r="K166" s="15">
-        <v>1.1</v>
+        <v>1.29</v>
       </c>
       <c r="L166" s="15">
-        <v>0.95553</v>
+        <v>1.12</v>
       </c>
       <c r="M166" s="15">
-        <v>0.91878</v>
+        <v>1.08</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
-      <c r="Q166" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I167" s="15"/>
+      <c r="I167" s="15" t="s">
+        <v>607</v>
+      </c>
       <c r="J167" s="15">
-        <v>470</v>
+        <v>630</v>
       </c>
       <c r="K167" s="15">
-        <v>0.21</v>
+        <v>1.1</v>
       </c>
       <c r="L167" s="15">
-        <v>0.21</v>
+        <v>0.95553</v>
       </c>
       <c r="M167" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.91878</v>
+      </c>
+      <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
-      <c r="Q167" s="15"/>
+      <c r="Q167" s="15">
+        <v>2520</v>
+      </c>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I168" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I168" s="15"/>
       <c r="J168" s="15">
-        <v>100</v>
+        <v>470</v>
       </c>
       <c r="K168" s="15">
-        <v>0.3765</v>
+        <v>0.21</v>
       </c>
       <c r="L168" s="15">
-        <v>0.3263</v>
+        <v>0.21</v>
       </c>
       <c r="M168" s="15">
-        <v>0.31375</v>
-[...1 lines deleted...]
-      <c r="N168" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N168" s="15">
+        <v>5</v>
+      </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J169" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K169" s="15">
-        <v>0.41567</v>
+        <v>0.3765</v>
       </c>
       <c r="L169" s="15">
-        <v>0.36024</v>
+        <v>0.3263</v>
       </c>
       <c r="M169" s="15">
-        <v>0.34639</v>
+        <v>0.31375</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="J170" s="15">
-        <v>1100</v>
+        <v>200</v>
       </c>
       <c r="K170" s="15">
-        <v>0.65078</v>
+        <v>0.41567</v>
       </c>
       <c r="L170" s="15">
-        <v>0.56401</v>
+        <v>0.36024</v>
       </c>
       <c r="M170" s="15">
-        <v>0.54231</v>
+        <v>0.34639</v>
       </c>
       <c r="N170" s="15"/>
-      <c r="O170" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O170" s="15"/>
+      <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J171" s="15">
-        <v>1</v>
+        <v>1100</v>
       </c>
       <c r="K171" s="15">
-        <v>0.6927</v>
+        <v>0.65078</v>
       </c>
       <c r="L171" s="15">
-        <v>0.60034</v>
+        <v>0.56401</v>
       </c>
       <c r="M171" s="15">
-        <v>0.57725</v>
+        <v>0.54231</v>
       </c>
       <c r="N171" s="15">
-        <v>564</v>
+        <v>4032</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E172" s="15" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I172" s="15"/>
-      <c r="J172" s="15"/>
+      <c r="I172" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="J172" s="15">
+        <v>1</v>
+      </c>
       <c r="K172" s="15">
-        <v>0.89567</v>
+        <v>0.6927</v>
       </c>
       <c r="L172" s="15">
-        <v>0.77624</v>
+        <v>0.60034</v>
       </c>
       <c r="M172" s="15">
-        <v>0.74639</v>
-[...1 lines deleted...]
-      <c r="N172" s="15"/>
+        <v>0.57725</v>
+      </c>
+      <c r="N172" s="15">
+        <v>625</v>
+      </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-        <v>10080013792</v>
+        <v>628</v>
+      </c>
+      <c r="E173" s="15" t="s">
+        <v>629</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
-      <c r="J173" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J173" s="15"/>
       <c r="K173" s="15">
-        <v>1.01</v>
+        <v>0.89567</v>
       </c>
       <c r="L173" s="15">
-        <v>0.87625</v>
+        <v>0.77624</v>
       </c>
       <c r="M173" s="15">
-        <v>0.84255</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.74639</v>
+      </c>
+      <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="E174" s="15">
-        <v>10080043418</v>
+        <v>10080013792</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>400</v>
       </c>
       <c r="K174" s="15">
-        <v>4.43</v>
+        <v>1.01</v>
       </c>
       <c r="L174" s="15">
-        <v>2.22</v>
+        <v>0.87625</v>
       </c>
       <c r="M174" s="15">
-        <v>2.01</v>
+        <v>0.84255</v>
       </c>
       <c r="N174" s="15">
-        <v>10</v>
+        <v>70</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-        <v>631</v>
+        <v>633</v>
+      </c>
+      <c r="E175" s="15">
+        <v>10080043418</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I175" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I175" s="15"/>
       <c r="J175" s="15">
-        <v>250</v>
+        <v>400</v>
       </c>
       <c r="K175" s="15">
-        <v>0.08603</v>
+        <v>4.43</v>
       </c>
       <c r="L175" s="15">
-        <v>0.07456</v>
+        <v>2.22</v>
       </c>
       <c r="M175" s="15">
-        <v>0.07169</v>
-[...1 lines deleted...]
-      <c r="N175" s="15"/>
+        <v>2.01</v>
+      </c>
+      <c r="N175" s="15">
+        <v>10</v>
+      </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="E176" s="15" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="J176" s="15">
-        <v>1600</v>
+        <v>250</v>
       </c>
       <c r="K176" s="15">
-        <v>0.19984</v>
+        <v>0.08603</v>
       </c>
       <c r="L176" s="15">
-        <v>0.14406</v>
+        <v>0.07456</v>
       </c>
       <c r="M176" s="15">
-        <v>0.12549</v>
+        <v>0.07169</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
-      <c r="Q176" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>10080047903</v>
+        <v>639</v>
+      </c>
+      <c r="E177" s="15" t="s">
+        <v>640</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I177" s="15"/>
-      <c r="J177" s="15"/>
+      <c r="I177" s="15" t="s">
+        <v>641</v>
+      </c>
+      <c r="J177" s="15">
+        <v>1600</v>
+      </c>
       <c r="K177" s="15">
-        <v>0.13</v>
+        <v>0.19984</v>
       </c>
       <c r="L177" s="15">
-        <v>0.13</v>
+        <v>0.14406</v>
       </c>
       <c r="M177" s="15">
-        <v>0.13</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12549</v>
+      </c>
+      <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
-      <c r="Q177" s="15"/>
+      <c r="Q177" s="15">
+        <v>6400</v>
+      </c>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="E178" s="15">
-        <v>10080010131</v>
+        <v>10080047903</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I178" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I178" s="15"/>
+      <c r="J178" s="15"/>
       <c r="K178" s="15">
-        <v>0.60775</v>
+        <v>0.13</v>
       </c>
       <c r="L178" s="15">
-        <v>0.30388</v>
+        <v>0.13</v>
       </c>
       <c r="M178" s="15">
-        <v>0.27624</v>
+        <v>0.13</v>
       </c>
       <c r="N178" s="15">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="E179" s="15">
-        <v>10080044400</v>
+        <v>10080010131</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I179" s="15"/>
+      <c r="I179" s="15" t="s">
+        <v>646</v>
+      </c>
       <c r="J179" s="15">
-        <v>800</v>
+        <v>2000</v>
       </c>
       <c r="K179" s="15">
-        <v>0.193</v>
+        <v>0.60775</v>
       </c>
       <c r="L179" s="15">
-        <v>0.193</v>
+        <v>0.30388</v>
       </c>
       <c r="M179" s="15">
-        <v>0.193</v>
+        <v>0.27624</v>
       </c>
       <c r="N179" s="15">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="E180" s="15">
-        <v>10080044401</v>
+        <v>10080044400</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
-        <v>1015</v>
+        <v>800</v>
       </c>
       <c r="K180" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="L180" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="M180" s="15">
-        <v>0.21</v>
+        <v>0.193</v>
       </c>
       <c r="N180" s="15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>650</v>
+      </c>
+      <c r="E181" s="15">
+        <v>10080044401</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I181" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I181" s="15"/>
       <c r="J181" s="15">
-        <v>500</v>
+        <v>1015</v>
       </c>
       <c r="K181" s="15">
-        <v>0.08142000000000001</v>
+        <v>0.21</v>
       </c>
       <c r="L181" s="15">
-        <v>0.052</v>
+        <v>0.21</v>
       </c>
       <c r="M181" s="15">
-        <v>0.047</v>
+        <v>0.21</v>
       </c>
       <c r="N181" s="15">
-        <v>59899</v>
+        <v>3</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
-      <c r="Q181" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E182" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="J182" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K182" s="15">
-        <v>0.11</v>
+        <v>0.08142000000000001</v>
       </c>
       <c r="L182" s="15">
-        <v>0.081</v>
+        <v>0.052</v>
       </c>
       <c r="M182" s="15">
-        <v>0.075</v>
+        <v>0.047</v>
       </c>
       <c r="N182" s="15">
-        <v>31639</v>
+        <v>27421</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
-      <c r="Q182" s="15"/>
+      <c r="Q182" s="15">
+        <v>12000</v>
+      </c>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>10000021862</v>
+        <v>656</v>
+      </c>
+      <c r="E183" s="15" t="s">
+        <v>657</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J183" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K183" s="15">
-        <v>0.12211</v>
+        <v>0.11</v>
       </c>
       <c r="L183" s="15">
-        <v>0.11723</v>
+        <v>0.081</v>
       </c>
       <c r="M183" s="15">
-        <v>0.11234</v>
+        <v>0.075</v>
       </c>
       <c r="N183" s="15">
-        <v>2157</v>
+        <v>31155</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>658</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>660</v>
+      </c>
+      <c r="E184" s="15">
+        <v>10000021862</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="J184" s="15">
         <v>200</v>
       </c>
       <c r="K184" s="15">
-        <v>0.15</v>
+        <v>0.12211</v>
       </c>
       <c r="L184" s="15">
-        <v>0.1</v>
+        <v>0.11723</v>
       </c>
       <c r="M184" s="15">
-        <v>0.091</v>
+        <v>0.11234</v>
       </c>
       <c r="N184" s="15">
-        <v>35471</v>
+        <v>2268</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="E185" s="15" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="J185" s="15">
         <v>200</v>
       </c>
       <c r="K185" s="15">
-        <v>0.14492</v>
+        <v>0.15</v>
       </c>
       <c r="L185" s="15">
-        <v>0.12559</v>
+        <v>0.1</v>
       </c>
       <c r="M185" s="15">
-        <v>0.12076</v>
+        <v>0.091</v>
       </c>
       <c r="N185" s="15">
-        <v>21654</v>
+        <v>44248</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="J186" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K186" s="15">
-        <v>0.17216</v>
+        <v>0.14492</v>
       </c>
       <c r="L186" s="15">
-        <v>0.1492</v>
+        <v>0.12559</v>
       </c>
       <c r="M186" s="15">
-        <v>0.14346</v>
+        <v>0.12076</v>
       </c>
       <c r="N186" s="15">
-        <v>4816</v>
+        <v>13223</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E187" s="15" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="J187" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K187" s="15">
-        <v>0.19037</v>
+        <v>0.17216</v>
       </c>
       <c r="L187" s="15">
-        <v>0.16498</v>
+        <v>0.1492</v>
       </c>
       <c r="M187" s="15">
-        <v>0.15864</v>
+        <v>0.14346</v>
       </c>
       <c r="N187" s="15">
-        <v>2940</v>
+        <v>3330</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="E188" s="15" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="J188" s="15">
-        <v>2100</v>
+        <v>1000</v>
       </c>
       <c r="K188" s="15">
-        <v>0.20826</v>
+        <v>0.19037</v>
       </c>
       <c r="L188" s="15">
-        <v>0.18049</v>
+        <v>0.16498</v>
       </c>
       <c r="M188" s="15">
-        <v>0.17355</v>
-[...1 lines deleted...]
-      <c r="N188" s="15"/>
+        <v>0.15864</v>
+      </c>
+      <c r="N188" s="15">
+        <v>2941</v>
+      </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E189" s="15" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="J189" s="15">
-        <v>1825</v>
+        <v>2100</v>
       </c>
       <c r="K189" s="15">
-        <v>0.3021</v>
+        <v>0.20826</v>
       </c>
       <c r="L189" s="15">
-        <v>0.26182</v>
+        <v>0.18049</v>
       </c>
       <c r="M189" s="15">
-        <v>0.25175</v>
-[...5 lines deleted...]
-      <c r="P189" s="15"/>
+        <v>0.17355</v>
+      </c>
+      <c r="N189" s="15"/>
+      <c r="O189" s="15">
+        <v>5544</v>
+      </c>
+      <c r="P189" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>10000021866</v>
+        <v>683</v>
+      </c>
+      <c r="E190" s="15" t="s">
+        <v>684</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="J190" s="15">
-        <v>1675</v>
+        <v>1825</v>
       </c>
       <c r="K190" s="15">
-        <v>0.30074</v>
+        <v>0.3021</v>
       </c>
       <c r="L190" s="15">
-        <v>0.26064</v>
+        <v>0.26182</v>
       </c>
       <c r="M190" s="15">
-        <v>0.25061</v>
+        <v>0.25175</v>
       </c>
       <c r="N190" s="15">
-        <v>882</v>
+        <v>776</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>685</v>
-[...2 lines deleted...]
-        <v>686</v>
+        <v>687</v>
+      </c>
+      <c r="E191" s="15">
+        <v>10000021866</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="J191" s="15">
-        <v>1500</v>
+        <v>1675</v>
       </c>
       <c r="K191" s="15">
-        <v>0.32151</v>
+        <v>0.30074</v>
       </c>
       <c r="L191" s="15">
-        <v>0.27864</v>
+        <v>0.26064</v>
       </c>
       <c r="M191" s="15">
-        <v>0.26793</v>
-[...1 lines deleted...]
-      <c r="N191" s="15"/>
+        <v>0.25061</v>
+      </c>
+      <c r="N191" s="15">
+        <v>1078</v>
+      </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="E192" s="15" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="J192" s="15">
-        <v>1400</v>
+        <v>1500</v>
       </c>
       <c r="K192" s="15">
-        <v>0.3278</v>
+        <v>0.32151</v>
       </c>
       <c r="L192" s="15">
-        <v>0.28409</v>
+        <v>0.27864</v>
       </c>
       <c r="M192" s="15">
-        <v>0.27316</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26793</v>
+      </c>
+      <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="E193" s="15" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I193" s="15"/>
+      <c r="I193" s="15" t="s">
+        <v>696</v>
+      </c>
       <c r="J193" s="15">
-        <v>1</v>
+        <v>1400</v>
       </c>
       <c r="K193" s="15">
-        <v>0.37029</v>
+        <v>0.3278</v>
       </c>
       <c r="L193" s="15">
-        <v>0.32092</v>
+        <v>0.28409</v>
       </c>
       <c r="M193" s="15">
-        <v>0.30858</v>
-[...1 lines deleted...]
-      <c r="N193" s="15"/>
+        <v>0.27316</v>
+      </c>
+      <c r="N193" s="15">
+        <v>100</v>
+      </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="E194" s="15" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I194" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I194" s="15"/>
       <c r="J194" s="15">
-        <v>1050</v>
+        <v>1</v>
       </c>
       <c r="K194" s="15">
-        <v>0.46244</v>
+        <v>0.37029</v>
       </c>
       <c r="L194" s="15">
-        <v>0.40078</v>
+        <v>0.32092</v>
       </c>
       <c r="M194" s="15">
-        <v>0.38536</v>
+        <v>0.30858</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-        <v>10080013816</v>
+        <v>701</v>
+      </c>
+      <c r="E195" s="15" t="s">
+        <v>702</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I195" s="15"/>
-      <c r="J195" s="15"/>
+      <c r="I195" s="15" t="s">
+        <v>703</v>
+      </c>
+      <c r="J195" s="15">
+        <v>1050</v>
+      </c>
       <c r="K195" s="15">
-        <v>0.48686</v>
+        <v>0.46244</v>
       </c>
       <c r="L195" s="15">
-        <v>0.42194</v>
+        <v>0.40078</v>
       </c>
       <c r="M195" s="15">
-        <v>0.40571</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.38536</v>
+      </c>
+      <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>702</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>705</v>
+      </c>
+      <c r="E196" s="15">
+        <v>10080013816</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
-      <c r="J196" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J196" s="15"/>
       <c r="K196" s="15">
-        <v>0.57677</v>
+        <v>0.48686</v>
       </c>
       <c r="L196" s="15">
-        <v>0.49986</v>
+        <v>0.42194</v>
       </c>
       <c r="M196" s="15">
-        <v>0.48064</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.40571</v>
+      </c>
+      <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="E197" s="15" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I197" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J197" s="15"/>
+      <c r="I197" s="15"/>
+      <c r="J197" s="15">
+        <v>875</v>
+      </c>
       <c r="K197" s="15">
-        <v>0.22464</v>
+        <v>0.57677</v>
       </c>
       <c r="L197" s="15">
-        <v>0.19469</v>
+        <v>0.49986</v>
       </c>
       <c r="M197" s="15">
-        <v>0.1872</v>
-[...1 lines deleted...]
-      <c r="N197" s="15"/>
+        <v>0.48064</v>
+      </c>
+      <c r="N197" s="15">
+        <v>143</v>
+      </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>10080033495</v>
+        <v>710</v>
+      </c>
+      <c r="E198" s="15" t="s">
+        <v>711</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I198" s="15"/>
+      <c r="I198" s="15" t="s">
+        <v>712</v>
+      </c>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
-        <v>0.20931</v>
+        <v>0.22464</v>
       </c>
       <c r="L198" s="15">
-        <v>0.13954</v>
+        <v>0.19469</v>
       </c>
       <c r="M198" s="15">
-        <v>0.12792</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1872</v>
+      </c>
+      <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="E199" s="15">
-        <v>10080033496</v>
+        <v>10080033495</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15"/>
       <c r="K199" s="15">
-        <v>0.31977</v>
+        <v>0.20931</v>
       </c>
       <c r="L199" s="15">
-        <v>0.21279</v>
+        <v>0.13954</v>
       </c>
       <c r="M199" s="15">
-        <v>0.19419</v>
+        <v>0.12792</v>
       </c>
       <c r="N199" s="15">
-        <v>210</v>
+        <v>199</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="E200" s="15">
-        <v>10080033497</v>
+        <v>10080033496</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
-      <c r="J200" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J200" s="15"/>
       <c r="K200" s="15">
-        <v>0.66914</v>
+        <v>0.31977</v>
       </c>
       <c r="L200" s="15">
-        <v>0.35549</v>
+        <v>0.21279</v>
       </c>
       <c r="M200" s="15">
-        <v>0.30321</v>
+        <v>0.19419</v>
       </c>
       <c r="N200" s="15">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="E201" s="15">
-        <v>10080033498</v>
+        <v>10080033497</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15"/>
-      <c r="J201" s="15"/>
+      <c r="J201" s="15">
+        <v>350</v>
+      </c>
       <c r="K201" s="15">
-        <v>0.52327</v>
+        <v>0.66914</v>
       </c>
       <c r="L201" s="15">
-        <v>0.41862</v>
+        <v>0.35549</v>
       </c>
       <c r="M201" s="15">
-        <v>0.38373</v>
+        <v>0.30321</v>
       </c>
       <c r="N201" s="15">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="E202" s="15">
-        <v>10080033499</v>
+        <v>10080033498</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
-        <v>0.69769</v>
+        <v>0.52327</v>
       </c>
       <c r="L202" s="15">
-        <v>0.55815</v>
+        <v>0.41862</v>
       </c>
       <c r="M202" s="15">
-        <v>0.51164</v>
+        <v>0.38373</v>
       </c>
       <c r="N202" s="15">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="E203" s="15">
-        <v>10080047906</v>
+        <v>10080033499</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15"/>
       <c r="K203" s="15">
         <v>0.69769</v>
       </c>
       <c r="L203" s="15">
-        <v>0.47676</v>
+        <v>0.55815</v>
       </c>
       <c r="M203" s="15">
-        <v>0.43025</v>
+        <v>0.51164</v>
       </c>
       <c r="N203" s="15">
-        <v>12</v>
+        <v>249</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>722</v>
+        <v>724</v>
+      </c>
+      <c r="E204" s="15">
+        <v>10080047906</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I204" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I204" s="15"/>
+      <c r="J204" s="15"/>
       <c r="K204" s="15">
-        <v>0.21632</v>
+        <v>0.69769</v>
       </c>
       <c r="L204" s="15">
-        <v>0.18747</v>
+        <v>0.47676</v>
       </c>
       <c r="M204" s="15">
-        <v>0.18026</v>
+        <v>0.43025</v>
       </c>
       <c r="N204" s="15">
-        <v>130</v>
+        <v>12</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="E205" s="15" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="J205" s="15">
-        <v>640</v>
+        <v>925</v>
       </c>
       <c r="K205" s="15">
-        <v>0.32273</v>
+        <v>0.21632</v>
       </c>
       <c r="L205" s="15">
-        <v>0.2797</v>
+        <v>0.18747</v>
       </c>
       <c r="M205" s="15">
-        <v>0.26894</v>
-[...1 lines deleted...]
-      <c r="N205" s="15"/>
+        <v>0.18026</v>
+      </c>
+      <c r="N205" s="15">
+        <v>121</v>
+      </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="J206" s="15">
         <v>640</v>
       </c>
       <c r="K206" s="15">
-        <v>0.39695</v>
+        <v>0.32273</v>
       </c>
       <c r="L206" s="15">
-        <v>0.34402</v>
+        <v>0.2797</v>
       </c>
       <c r="M206" s="15">
-        <v>0.33079</v>
+        <v>0.26894</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
-      <c r="P206" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
         <v>733</v>
       </c>
       <c r="D207" s="15" t="s">
         <v>734</v>
       </c>
       <c r="E207" s="15" t="s">
         <v>735</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
         <v>736</v>
       </c>
       <c r="J207" s="15">
-        <v>300</v>
+        <v>640</v>
       </c>
       <c r="K207" s="15">
-        <v>0.78266</v>
+        <v>0.49518</v>
       </c>
       <c r="L207" s="15">
-        <v>0.6783</v>
+        <v>0.42916</v>
       </c>
       <c r="M207" s="15">
-        <v>0.65221</v>
+        <v>0.41265</v>
       </c>
       <c r="N207" s="15"/>
-      <c r="O207" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O207" s="15"/>
       <c r="P207" s="15" t="s">
-        <v>221</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J208" s="15">
-        <v>1</v>
+        <v>300</v>
       </c>
       <c r="K208" s="15">
-        <v>0.86084</v>
+        <v>0.82758</v>
       </c>
       <c r="L208" s="15">
-        <v>0.7460599999999999</v>
+        <v>0.71724</v>
       </c>
       <c r="M208" s="15">
-        <v>0.71736</v>
-[...1 lines deleted...]
-      <c r="N208" s="15"/>
+        <v>0.68965</v>
+      </c>
+      <c r="N208" s="15">
+        <v>255</v>
+      </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
-      <c r="Q208" s="15"/>
+      <c r="Q208" s="15">
+        <v>1200</v>
+      </c>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I209" s="15"/>
-      <c r="J209" s="15"/>
+      <c r="I209" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="J209" s="15">
+        <v>1</v>
+      </c>
       <c r="K209" s="15">
-        <v>1.1</v>
+        <v>0.86084</v>
       </c>
       <c r="L209" s="15">
-        <v>0.95034</v>
+        <v>0.7460599999999999</v>
       </c>
       <c r="M209" s="15">
-        <v>0.91379</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.71736</v>
+      </c>
+      <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>745</v>
-[...2 lines deleted...]
-        <v>10080013860</v>
+        <v>747</v>
+      </c>
+      <c r="E210" s="15" t="s">
+        <v>748</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I210" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I210" s="15"/>
+      <c r="J210" s="15"/>
       <c r="K210" s="15">
-        <v>0.40091</v>
+        <v>1.1</v>
       </c>
       <c r="L210" s="15">
-        <v>0.34745</v>
+        <v>0.95034</v>
       </c>
       <c r="M210" s="15">
-        <v>0.33409</v>
+        <v>0.91379</v>
       </c>
       <c r="N210" s="15">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>748</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>750</v>
+      </c>
+      <c r="E211" s="15">
+        <v>10080013860</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="J211" s="15">
-        <v>380</v>
+        <v>445</v>
       </c>
       <c r="K211" s="15">
-        <v>0.51564</v>
+        <v>0.40091</v>
       </c>
       <c r="L211" s="15">
-        <v>0.44689</v>
+        <v>0.34745</v>
       </c>
       <c r="M211" s="15">
-        <v>0.4297</v>
-[...1 lines deleted...]
-      <c r="N211" s="15"/>
+        <v>0.33409</v>
+      </c>
+      <c r="N211" s="15">
+        <v>23</v>
+      </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
-      <c r="Q211" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="J212" s="15">
-        <v>245</v>
+        <v>380</v>
       </c>
       <c r="K212" s="15">
-        <v>0.63173</v>
+        <v>0.51564</v>
       </c>
       <c r="L212" s="15">
-        <v>0.5475</v>
+        <v>0.44689</v>
       </c>
       <c r="M212" s="15">
-        <v>0.52644</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.4297</v>
+      </c>
+      <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
-      <c r="Q212" s="15"/>
+      <c r="Q212" s="15">
+        <v>1520</v>
+      </c>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="E213" s="15" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>758</v>
-[...1 lines deleted...]
-      <c r="J213" s="15"/>
+        <v>759</v>
+      </c>
+      <c r="J213" s="15">
+        <v>245</v>
+      </c>
       <c r="K213" s="15">
-        <v>0.85833</v>
+        <v>0.63173</v>
       </c>
       <c r="L213" s="15">
-        <v>0.7438900000000001</v>
+        <v>0.5475</v>
       </c>
       <c r="M213" s="15">
-        <v>0.71528</v>
+        <v>0.52644</v>
       </c>
       <c r="N213" s="15">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>10080039713</v>
+        <v>761</v>
+      </c>
+      <c r="E214" s="15" t="s">
+        <v>762</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I214" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I214" s="15" t="s">
+        <v>763</v>
+      </c>
+      <c r="J214" s="15"/>
       <c r="K214" s="15">
-        <v>2.8</v>
+        <v>0.85833</v>
       </c>
       <c r="L214" s="15">
-        <v>1.4</v>
+        <v>0.7438900000000001</v>
       </c>
       <c r="M214" s="15">
-        <v>1.27</v>
+        <v>0.71528</v>
       </c>
       <c r="N214" s="15">
-        <v>10</v>
+        <v>33</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>765</v>
+      </c>
+      <c r="E215" s="15">
+        <v>10080039713</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
-        <v>1</v>
+        <v>220</v>
       </c>
       <c r="K215" s="15">
-        <v>3.85</v>
+        <v>2.8</v>
       </c>
       <c r="L215" s="15">
-        <v>1.92</v>
+        <v>1.4</v>
       </c>
       <c r="M215" s="15">
-        <v>1.75</v>
+        <v>1.27</v>
       </c>
       <c r="N215" s="15">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>1</v>
       </c>
       <c r="K216" s="15">
-        <v>1.32</v>
+        <v>3.85</v>
       </c>
       <c r="L216" s="15">
-        <v>1.14</v>
+        <v>1.92</v>
       </c>
       <c r="M216" s="15">
-        <v>1.1</v>
+        <v>1.75</v>
       </c>
       <c r="N216" s="15">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I217" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I217" s="15"/>
       <c r="J217" s="15">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="K217" s="15">
-        <v>0.14426</v>
+        <v>1.32</v>
       </c>
       <c r="L217" s="15">
-        <v>0.12502</v>
+        <v>1.14</v>
       </c>
       <c r="M217" s="15">
-        <v>0.12021</v>
+        <v>1.1</v>
       </c>
       <c r="N217" s="15">
-        <v>2912</v>
+        <v>20</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="E218" s="15" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="J218" s="15">
-        <v>2000</v>
+        <v>200</v>
       </c>
       <c r="K218" s="15">
-        <v>0.16856</v>
+        <v>0.14426</v>
       </c>
       <c r="L218" s="15">
-        <v>0.14608</v>
+        <v>0.12502</v>
       </c>
       <c r="M218" s="15">
-        <v>0.14046</v>
+        <v>0.12021</v>
       </c>
       <c r="N218" s="15">
-        <v>5905</v>
+        <v>2513</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="J219" s="15">
-        <v>200</v>
+        <v>2000</v>
       </c>
       <c r="K219" s="15">
-        <v>0.20036</v>
+        <v>0.16856</v>
       </c>
       <c r="L219" s="15">
-        <v>0.17364</v>
+        <v>0.14608</v>
       </c>
       <c r="M219" s="15">
-        <v>0.16696</v>
+        <v>0.14046</v>
       </c>
       <c r="N219" s="15">
-        <v>702</v>
+        <v>4985</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>10080013873</v>
+        <v>781</v>
+      </c>
+      <c r="E220" s="15" t="s">
+        <v>782</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="J220" s="15">
-        <v>1200</v>
+        <v>200</v>
       </c>
       <c r="K220" s="15">
-        <v>0.21815</v>
+        <v>0.20036</v>
       </c>
       <c r="L220" s="15">
-        <v>0.18906</v>
+        <v>0.17364</v>
       </c>
       <c r="M220" s="15">
-        <v>0.18179</v>
+        <v>0.16696</v>
       </c>
       <c r="N220" s="15">
-        <v>1145</v>
+        <v>517</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-        <v>784</v>
+        <v>785</v>
+      </c>
+      <c r="E221" s="15">
+        <v>10080013873</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="J221" s="15">
-        <v>100</v>
+        <v>1200</v>
       </c>
       <c r="K221" s="15">
-        <v>0.27333</v>
+        <v>0.21815</v>
       </c>
       <c r="L221" s="15">
-        <v>0.23689</v>
+        <v>0.18906</v>
       </c>
       <c r="M221" s="15">
-        <v>0.22778</v>
-[...1 lines deleted...]
-      <c r="N221" s="15"/>
+        <v>0.18179</v>
+      </c>
+      <c r="N221" s="15">
+        <v>859</v>
+      </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D222" s="15" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="E222" s="15" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="J222" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K222" s="15">
-        <v>0.30758</v>
+        <v>0.27333</v>
       </c>
       <c r="L222" s="15">
-        <v>0.26657</v>
+        <v>0.23689</v>
       </c>
       <c r="M222" s="15">
-        <v>0.25631</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.22778</v>
+      </c>
+      <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="D223" s="15" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="E223" s="15" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="J223" s="15"/>
+        <v>794</v>
+      </c>
+      <c r="J223" s="15">
+        <v>800</v>
+      </c>
       <c r="K223" s="15">
-        <v>0.33182</v>
+        <v>0.30758</v>
       </c>
       <c r="L223" s="15">
-        <v>0.28757</v>
+        <v>0.26657</v>
       </c>
       <c r="M223" s="15">
-        <v>0.27651</v>
+        <v>0.25631</v>
       </c>
       <c r="N223" s="15">
-        <v>457</v>
+        <v>151</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D224" s="15" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>10080013877</v>
+        <v>796</v>
+      </c>
+      <c r="E224" s="15" t="s">
+        <v>797</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>796</v>
-[...3 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="J224" s="15"/>
       <c r="K224" s="15">
-        <v>0.5803</v>
+        <v>0.33182</v>
       </c>
       <c r="L224" s="15">
-        <v>0.41837</v>
+        <v>0.28757</v>
       </c>
       <c r="M224" s="15">
-        <v>0.36437</v>
-[...1 lines deleted...]
-      <c r="N224" s="15"/>
+        <v>0.27651</v>
+      </c>
+      <c r="N224" s="15">
+        <v>401</v>
+      </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="E225" s="15">
-        <v>10080013878</v>
+        <v>10080013877</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="J225" s="15">
-        <v>1300</v>
+        <v>1600</v>
       </c>
       <c r="K225" s="15">
-        <v>0.39158</v>
+        <v>0.5803</v>
       </c>
       <c r="L225" s="15">
-        <v>0.33937</v>
+        <v>0.41837</v>
       </c>
       <c r="M225" s="15">
-        <v>0.32631</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.36437</v>
+      </c>
+      <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>803</v>
+      </c>
+      <c r="E226" s="15">
+        <v>10080013878</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="J226" s="15">
         <v>1300</v>
       </c>
       <c r="K226" s="15">
-        <v>0.39233</v>
+        <v>0.39158</v>
       </c>
       <c r="L226" s="15">
-        <v>0.34002</v>
+        <v>0.33937</v>
       </c>
       <c r="M226" s="15">
-        <v>0.32694</v>
+        <v>0.32631</v>
       </c>
       <c r="N226" s="15">
-        <v>948</v>
+        <v>6</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D227" s="15" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="E227" s="15" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="J227" s="15"/>
+        <v>808</v>
+      </c>
+      <c r="J227" s="15">
+        <v>1300</v>
+      </c>
       <c r="K227" s="15">
-        <v>0.43005</v>
+        <v>0.39233</v>
       </c>
       <c r="L227" s="15">
-        <v>0.37271</v>
+        <v>0.34002</v>
       </c>
       <c r="M227" s="15">
-        <v>0.35838</v>
+        <v>0.32694</v>
       </c>
       <c r="N227" s="15">
-        <v>878</v>
+        <v>783</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D228" s="15" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-        <v>10080013879</v>
+        <v>810</v>
+      </c>
+      <c r="E228" s="15" t="s">
+        <v>811</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>810</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="J228" s="15"/>
       <c r="K228" s="15">
-        <v>0.45023</v>
+        <v>0.43005</v>
       </c>
       <c r="L228" s="15">
-        <v>0.3902</v>
+        <v>0.37271</v>
       </c>
       <c r="M228" s="15">
-        <v>0.37519</v>
+        <v>0.35838</v>
       </c>
       <c r="N228" s="15">
-        <v>49</v>
+        <v>866</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>814</v>
+      </c>
+      <c r="E229" s="15">
+        <v>10080013879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J229" s="15">
         <v>1</v>
       </c>
       <c r="K229" s="15">
-        <v>0.45948</v>
+        <v>0.45023</v>
       </c>
       <c r="L229" s="15">
-        <v>0.39822</v>
+        <v>0.3902</v>
       </c>
       <c r="M229" s="15">
-        <v>0.3829</v>
+        <v>0.37519</v>
       </c>
       <c r="N229" s="15">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D230" s="15" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>10080028499</v>
+        <v>817</v>
+      </c>
+      <c r="E230" s="15" t="s">
+        <v>818</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I230" s="15"/>
-      <c r="J230" s="15"/>
+      <c r="I230" s="15" t="s">
+        <v>819</v>
+      </c>
+      <c r="J230" s="15">
+        <v>1</v>
+      </c>
       <c r="K230" s="15">
-        <v>0.72096</v>
+        <v>0.45948</v>
       </c>
       <c r="L230" s="15">
-        <v>0.48839</v>
+        <v>0.39822</v>
       </c>
       <c r="M230" s="15">
-        <v>0.43606</v>
+        <v>0.3829</v>
       </c>
       <c r="N230" s="15">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>818</v>
-[...2 lines deleted...]
-        <v>819</v>
+        <v>821</v>
+      </c>
+      <c r="E231" s="15">
+        <v>10080028499</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
-        <v>0.55374</v>
+        <v>0.72096</v>
       </c>
       <c r="L231" s="15">
-        <v>0.47991</v>
+        <v>0.48839</v>
       </c>
       <c r="M231" s="15">
-        <v>0.46145</v>
+        <v>0.43606</v>
       </c>
       <c r="N231" s="15">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="D232" s="15" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="E232" s="15" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I232" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I232" s="15"/>
+      <c r="J232" s="15"/>
       <c r="K232" s="15">
-        <v>0.6593</v>
+        <v>0.55374</v>
       </c>
       <c r="L232" s="15">
-        <v>0.57139</v>
+        <v>0.47991</v>
       </c>
       <c r="M232" s="15">
-        <v>0.54941</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46145</v>
+      </c>
+      <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D233" s="15" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="E233" s="15" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I233" s="15"/>
+      <c r="I233" s="15" t="s">
+        <v>828</v>
+      </c>
       <c r="J233" s="15">
-        <v>30</v>
+        <v>900</v>
       </c>
       <c r="K233" s="15">
-        <v>0.47255</v>
+        <v>0.6593</v>
       </c>
       <c r="L233" s="15">
-        <v>0.40954</v>
+        <v>0.57139</v>
       </c>
       <c r="M233" s="15">
-        <v>0.39379</v>
+        <v>0.54941</v>
       </c>
       <c r="N233" s="15">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="D234" s="15" t="s">
-        <v>828</v>
-[...2 lines deleted...]
-        <v>10080033515</v>
+        <v>830</v>
+      </c>
+      <c r="E234" s="15" t="s">
+        <v>831</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
-        <v>350</v>
+        <v>30</v>
       </c>
       <c r="K234" s="15">
-        <v>0.41862</v>
+        <v>0.47255</v>
       </c>
       <c r="L234" s="15">
-        <v>0.27908</v>
+        <v>0.40954</v>
       </c>
       <c r="M234" s="15">
-        <v>0.25583</v>
-[...1 lines deleted...]
-      <c r="N234" s="15"/>
+        <v>0.39379</v>
+      </c>
+      <c r="N234" s="15">
+        <v>17</v>
+      </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>833</v>
+      </c>
+      <c r="E235" s="15">
+        <v>10080033515</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I235" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J235" s="15"/>
+      <c r="I235" s="15"/>
+      <c r="J235" s="15">
+        <v>350</v>
+      </c>
       <c r="K235" s="15">
-        <v>0.52691</v>
+        <v>0.41862</v>
       </c>
       <c r="L235" s="15">
-        <v>0.37637</v>
+        <v>0.27908</v>
       </c>
       <c r="M235" s="15">
-        <v>0.33873</v>
+        <v>0.25583</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D236" s="15" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="E236" s="15" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
-        <v>0.38472</v>
+        <v>0.52691</v>
       </c>
       <c r="L236" s="15">
-        <v>0.33342</v>
+        <v>0.37637</v>
       </c>
       <c r="M236" s="15">
-        <v>0.3206</v>
+        <v>0.33873</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D237" s="15" t="s">
-        <v>838</v>
-[...2 lines deleted...]
-        <v>10080033517</v>
+        <v>839</v>
+      </c>
+      <c r="E237" s="15" t="s">
+        <v>840</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I237" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I237" s="15" t="s">
+        <v>841</v>
+      </c>
+      <c r="J237" s="15"/>
       <c r="K237" s="15">
-        <v>0.62793</v>
+        <v>0.38472</v>
       </c>
       <c r="L237" s="15">
-        <v>0.41862</v>
+        <v>0.33342</v>
       </c>
       <c r="M237" s="15">
-        <v>0.38373</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.3206</v>
+      </c>
+      <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="E238" s="15">
-        <v>10080033518</v>
+        <v>10080033517</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>350</v>
       </c>
       <c r="K238" s="15">
-        <v>0.69769</v>
+        <v>0.62793</v>
       </c>
       <c r="L238" s="15">
-        <v>0.55815</v>
+        <v>0.41862</v>
       </c>
       <c r="M238" s="15">
-        <v>0.51164</v>
+        <v>0.38373</v>
       </c>
       <c r="N238" s="15">
-        <v>242</v>
+        <v>84</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>845</v>
+      </c>
+      <c r="E239" s="15">
+        <v>10080033518</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
-        <v>470</v>
+        <v>350</v>
       </c>
       <c r="K239" s="15">
-        <v>0.77333</v>
+        <v>0.69769</v>
       </c>
       <c r="L239" s="15">
-        <v>0.67022</v>
+        <v>0.55815</v>
       </c>
       <c r="M239" s="15">
-        <v>0.64444</v>
+        <v>0.51164</v>
       </c>
       <c r="N239" s="15">
-        <v>1856</v>
+        <v>50</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
-      <c r="Q239" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D240" s="15" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>10080057932</v>
+        <v>847</v>
+      </c>
+      <c r="E240" s="15" t="s">
+        <v>848</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
-        <v>200</v>
+        <v>470</v>
       </c>
       <c r="K240" s="15">
-        <v>0.16349</v>
+        <v>0.77333</v>
       </c>
       <c r="L240" s="15">
-        <v>0.14169</v>
+        <v>0.67022</v>
       </c>
       <c r="M240" s="15">
-        <v>0.13624</v>
+        <v>0.64444</v>
       </c>
       <c r="N240" s="15">
-        <v>2757</v>
+        <v>2019</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
-      <c r="Q240" s="15"/>
+      <c r="Q240" s="15">
+        <v>2350</v>
+      </c>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="E241" s="15">
-        <v>10080057933</v>
+        <v>10080057932</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
-        <v>0.20057</v>
+        <v>0.16349</v>
       </c>
       <c r="L241" s="15">
-        <v>0.17382</v>
+        <v>0.14169</v>
       </c>
       <c r="M241" s="15">
-        <v>0.16714</v>
+        <v>0.13624</v>
       </c>
       <c r="N241" s="15">
-        <v>662</v>
+        <v>3008</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>852</v>
+      </c>
+      <c r="E242" s="15">
+        <v>10080057933</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>200</v>
       </c>
       <c r="K242" s="15">
-        <v>0.19224</v>
+        <v>0.20057</v>
       </c>
       <c r="L242" s="15">
-        <v>0.16661</v>
+        <v>0.17382</v>
       </c>
       <c r="M242" s="15">
-        <v>0.1602</v>
+        <v>0.16714</v>
       </c>
       <c r="N242" s="15">
-        <v>2541</v>
+        <v>756</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D243" s="15" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-        <v>10080057934</v>
+        <v>854</v>
+      </c>
+      <c r="E243" s="15" t="s">
+        <v>855</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
-        <v>1600</v>
+        <v>200</v>
       </c>
       <c r="K243" s="15">
-        <v>0.47557</v>
+        <v>0.19224</v>
       </c>
       <c r="L243" s="15">
-        <v>0.25634</v>
+        <v>0.16661</v>
       </c>
       <c r="M243" s="15">
-        <v>0.2226</v>
+        <v>0.1602</v>
       </c>
       <c r="N243" s="15">
-        <v>547</v>
+        <v>2739</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>857</v>
+      </c>
+      <c r="E244" s="15">
+        <v>10080057934</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I244" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I244" s="15"/>
       <c r="J244" s="15">
-        <v>100</v>
+        <v>1600</v>
       </c>
       <c r="K244" s="15">
-        <v>0.19461</v>
+        <v>0.47557</v>
       </c>
       <c r="L244" s="15">
-        <v>0.16866</v>
+        <v>0.25634</v>
       </c>
       <c r="M244" s="15">
-        <v>0.16218</v>
+        <v>0.2226</v>
       </c>
       <c r="N244" s="15">
-        <v>283</v>
+        <v>571</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D245" s="15" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="E245" s="15" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="J245" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K245" s="15">
-        <v>0.32915</v>
+        <v>0.19461</v>
       </c>
       <c r="L245" s="15">
-        <v>0.28526</v>
+        <v>0.16866</v>
       </c>
       <c r="M245" s="15">
-        <v>0.27429</v>
+        <v>0.16218</v>
       </c>
       <c r="N245" s="15">
-        <v>2600</v>
+        <v>242</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D246" s="15" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>10000022907</v>
+        <v>863</v>
+      </c>
+      <c r="E246" s="15" t="s">
+        <v>864</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I246" s="15"/>
+      <c r="I246" s="15" t="s">
+        <v>865</v>
+      </c>
       <c r="J246" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K246" s="15">
-        <v>1.14</v>
+        <v>0.32915</v>
       </c>
       <c r="L246" s="15">
-        <v>0.61006</v>
+        <v>0.28526</v>
       </c>
       <c r="M246" s="15">
-        <v>0.54906</v>
+        <v>0.27429</v>
       </c>
       <c r="N246" s="15">
-        <v>265</v>
+        <v>2528</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>864</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>867</v>
+      </c>
+      <c r="E247" s="15">
+        <v>10000022907</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
-        <v>210</v>
+        <v>400</v>
       </c>
       <c r="K247" s="15">
-        <v>1.1</v>
+        <v>1.14</v>
       </c>
       <c r="L247" s="15">
-        <v>0.95294</v>
+        <v>0.61006</v>
       </c>
       <c r="M247" s="15">
-        <v>0.91629</v>
+        <v>0.54906</v>
       </c>
       <c r="N247" s="15">
-        <v>1</v>
+        <v>185</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D248" s="15" t="s">
-        <v>867</v>
-[...2 lines deleted...]
-        <v>10080010133</v>
+        <v>869</v>
+      </c>
+      <c r="E248" s="15" t="s">
+        <v>870</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I248" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I248" s="15"/>
       <c r="J248" s="15">
+        <v>210</v>
+      </c>
+      <c r="K248" s="15">
+        <v>1.1</v>
+      </c>
+      <c r="L248" s="15">
+        <v>0.95294</v>
+      </c>
+      <c r="M248" s="15">
+        <v>0.91629</v>
+      </c>
+      <c r="N248" s="15">
         <v>1</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="E249" s="15">
-        <v>10080042499</v>
+        <v>10080010133</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="J249" s="15">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="K249" s="15">
-        <v>0.35</v>
+        <v>1.09</v>
       </c>
       <c r="L249" s="15">
-        <v>0.35</v>
+        <v>0.54299</v>
       </c>
       <c r="M249" s="15">
-        <v>0.35</v>
+        <v>0.49353</v>
       </c>
       <c r="N249" s="15">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>873</v>
-[...2 lines deleted...]
-        <v>874</v>
+        <v>875</v>
+      </c>
+      <c r="E250" s="15">
+        <v>10080042499</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I250" s="15"/>
+      <c r="I250" s="15" t="s">
+        <v>876</v>
+      </c>
       <c r="J250" s="15">
-        <v>245</v>
+        <v>300</v>
       </c>
       <c r="K250" s="15">
-        <v>0.76508</v>
+        <v>0.35</v>
       </c>
       <c r="L250" s="15">
-        <v>0.66307</v>
+        <v>0.35</v>
       </c>
       <c r="M250" s="15">
-        <v>0.63756</v>
+        <v>0.35</v>
       </c>
       <c r="N250" s="15">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
-      <c r="Q250" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="D251" s="15" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="E251" s="15" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
-        <v>190</v>
+        <v>245</v>
       </c>
       <c r="K251" s="15">
-        <v>0.97029</v>
+        <v>0.76508</v>
       </c>
       <c r="L251" s="15">
-        <v>0.84092</v>
+        <v>0.66307</v>
       </c>
       <c r="M251" s="15">
-        <v>0.80858</v>
+        <v>0.63756</v>
       </c>
       <c r="N251" s="15">
         <v>8</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15">
-        <v>760</v>
+        <v>980</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D252" s="15" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="E252" s="15" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
-        <v>100</v>
+        <v>190</v>
       </c>
       <c r="K252" s="15">
-        <v>1.98</v>
+        <v>0.97029</v>
       </c>
       <c r="L252" s="15">
-        <v>1.71</v>
+        <v>0.84092</v>
       </c>
       <c r="M252" s="15">
-        <v>1.65</v>
-[...1 lines deleted...]
-      <c r="N252" s="15"/>
+        <v>0.80858</v>
+      </c>
+      <c r="N252" s="15">
+        <v>8</v>
+      </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15">
-        <v>400</v>
+        <v>760</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D253" s="15" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="E253" s="15" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I253" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I253" s="15"/>
       <c r="J253" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K253" s="15">
-        <v>0.08041</v>
+        <v>1.98</v>
       </c>
       <c r="L253" s="15">
-        <v>0.051</v>
+        <v>1.71</v>
       </c>
       <c r="M253" s="15">
-        <v>0.047</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.65</v>
+      </c>
+      <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
-      <c r="Q253" s="15"/>
+      <c r="Q253" s="15">
+        <v>400</v>
+      </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D254" s="15" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="E254" s="15" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="J254" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K254" s="15">
-        <v>0.08574</v>
+        <v>0.08041</v>
       </c>
       <c r="L254" s="15">
-        <v>0.07431</v>
+        <v>0.051</v>
       </c>
       <c r="M254" s="15">
-        <v>0.07145</v>
+        <v>0.047</v>
       </c>
       <c r="N254" s="15">
-        <v>26271</v>
+        <v>48361</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D255" s="15" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="E255" s="15" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="J255" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K255" s="15">
-        <v>0.11478</v>
+        <v>0.08574</v>
       </c>
       <c r="L255" s="15">
-        <v>0.09948</v>
+        <v>0.07431</v>
       </c>
       <c r="M255" s="15">
-        <v>0.09565</v>
+        <v>0.07145</v>
       </c>
       <c r="N255" s="15">
-        <v>61144</v>
+        <v>26024</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="D256" s="15" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="E256" s="15" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="J256" s="15">
         <v>200</v>
       </c>
       <c r="K256" s="15">
-        <v>0.14336</v>
+        <v>0.11478</v>
       </c>
       <c r="L256" s="15">
-        <v>0.12424</v>
+        <v>0.09948</v>
       </c>
       <c r="M256" s="15">
-        <v>0.11946</v>
+        <v>0.09565</v>
       </c>
       <c r="N256" s="15">
-        <v>8836</v>
+        <v>58010</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="D257" s="15" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="E257" s="15" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="J257" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K257" s="15">
-        <v>0.15678</v>
+        <v>0.14336</v>
       </c>
       <c r="L257" s="15">
-        <v>0.13588</v>
+        <v>0.12424</v>
       </c>
       <c r="M257" s="15">
-        <v>0.13065</v>
+        <v>0.11946</v>
       </c>
       <c r="N257" s="15">
-        <v>17979</v>
+        <v>7805</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D258" s="15" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="E258" s="15" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="J258" s="15">
         <v>100</v>
       </c>
       <c r="K258" s="15">
-        <v>0.1892</v>
+        <v>0.15678</v>
       </c>
       <c r="L258" s="15">
-        <v>0.16397</v>
+        <v>0.13588</v>
       </c>
       <c r="M258" s="15">
-        <v>0.15766</v>
+        <v>0.13065</v>
       </c>
       <c r="N258" s="15">
-        <v>427</v>
+        <v>16697</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D259" s="15" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="E259" s="15" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="J259" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K259" s="15">
-        <v>0.2192</v>
+        <v>0.1892</v>
       </c>
       <c r="L259" s="15">
-        <v>0.18997</v>
+        <v>0.16397</v>
       </c>
       <c r="M259" s="15">
-        <v>0.18266</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.15766</v>
+      </c>
+      <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D260" s="15" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="E260" s="15" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="J260" s="15">
-        <v>1350</v>
+        <v>1000</v>
       </c>
       <c r="K260" s="15">
-        <v>0.25821</v>
+        <v>0.2192</v>
       </c>
       <c r="L260" s="15">
-        <v>0.22378</v>
+        <v>0.18997</v>
       </c>
       <c r="M260" s="15">
-        <v>0.21518</v>
+        <v>0.18266</v>
       </c>
       <c r="N260" s="15">
-        <v>936</v>
-[...2 lines deleted...]
-      <c r="P260" s="15"/>
+        <v>216</v>
+      </c>
+      <c r="O260" s="15">
+        <v>2130</v>
+      </c>
+      <c r="P260" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D261" s="15" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E261" s="15" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="J261" s="15">
-        <v>1150</v>
+        <v>1350</v>
       </c>
       <c r="K261" s="15">
-        <v>0.27332</v>
+        <v>0.25821</v>
       </c>
       <c r="L261" s="15">
-        <v>0.23687</v>
+        <v>0.22378</v>
       </c>
       <c r="M261" s="15">
-        <v>0.22776</v>
+        <v>0.21518</v>
       </c>
       <c r="N261" s="15">
-        <v>2247</v>
+        <v>1011</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D262" s="15" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>10080006154</v>
+        <v>919</v>
+      </c>
+      <c r="E262" s="15" t="s">
+        <v>920</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="J262" s="15">
-        <v>1025</v>
+        <v>1150</v>
       </c>
       <c r="K262" s="15">
-        <v>0.35975</v>
+        <v>0.27332</v>
       </c>
       <c r="L262" s="15">
-        <v>0.31178</v>
+        <v>0.23687</v>
       </c>
       <c r="M262" s="15">
-        <v>0.29979</v>
+        <v>0.22776</v>
       </c>
       <c r="N262" s="15">
-        <v>1</v>
-[...2 lines deleted...]
-      <c r="P262" s="15"/>
+        <v>1595</v>
+      </c>
+      <c r="O262" s="15">
+        <v>1656</v>
+      </c>
+      <c r="P262" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>922</v>
+        <v>923</v>
+      </c>
+      <c r="E263" s="15">
+        <v>10080006154</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="J263" s="15">
         <v>1025</v>
       </c>
       <c r="K263" s="15">
-        <v>0.32645</v>
+        <v>0.35975</v>
       </c>
       <c r="L263" s="15">
-        <v>0.2938</v>
+        <v>0.31178</v>
       </c>
       <c r="M263" s="15">
-        <v>0.27204</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.29979</v>
+      </c>
+      <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="D264" s="15" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="E264" s="15" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I264" s="15"/>
+      <c r="I264" s="15" t="s">
+        <v>928</v>
+      </c>
       <c r="J264" s="15">
-        <v>755</v>
+        <v>1025</v>
       </c>
       <c r="K264" s="15">
-        <v>0.47021</v>
+        <v>0.32645</v>
       </c>
       <c r="L264" s="15">
-        <v>0.40751</v>
+        <v>0.2938</v>
       </c>
       <c r="M264" s="15">
-        <v>0.39184</v>
+        <v>0.27204</v>
       </c>
       <c r="N264" s="15">
-        <v>233</v>
+        <v>96</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D265" s="15" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>10080033505</v>
+        <v>930</v>
+      </c>
+      <c r="E265" s="15" t="s">
+        <v>931</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
-        <v>270</v>
+        <v>755</v>
       </c>
       <c r="K265" s="15">
-        <v>0.21512</v>
+        <v>0.47021</v>
       </c>
       <c r="L265" s="15">
-        <v>0.14303</v>
+        <v>0.40751</v>
       </c>
       <c r="M265" s="15">
-        <v>0.13047</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.39184</v>
+      </c>
+      <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="E266" s="15">
-        <v>10080033506</v>
+        <v>10080033505</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
-      <c r="J266" s="15"/>
+      <c r="J266" s="15">
+        <v>270</v>
+      </c>
       <c r="K266" s="15">
-        <v>0.31977</v>
+        <v>0.21512</v>
       </c>
       <c r="L266" s="15">
-        <v>0.21279</v>
+        <v>0.14303</v>
       </c>
       <c r="M266" s="15">
-        <v>0.19419</v>
+        <v>0.13047</v>
       </c>
       <c r="N266" s="15">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="E267" s="15">
-        <v>10080033507</v>
+        <v>10080033506</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
-      <c r="J267" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J267" s="15"/>
       <c r="K267" s="15">
-        <v>0.4256</v>
+        <v>0.31977</v>
       </c>
       <c r="L267" s="15">
-        <v>0.28373</v>
+        <v>0.21279</v>
       </c>
       <c r="M267" s="15">
-        <v>0.25815</v>
+        <v>0.19419</v>
       </c>
       <c r="N267" s="15">
-        <v>88</v>
+        <v>173</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="E268" s="15">
-        <v>10080033508</v>
+        <v>10080033507</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>270</v>
       </c>
       <c r="K268" s="15">
-        <v>0.63606</v>
+        <v>0.4256</v>
       </c>
       <c r="L268" s="15">
-        <v>0.42444</v>
+        <v>0.28373</v>
       </c>
       <c r="M268" s="15">
-        <v>0.38489</v>
+        <v>0.25815</v>
       </c>
       <c r="N268" s="15">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>936</v>
+        <v>939</v>
       </c>
       <c r="E269" s="15">
-        <v>10080033509</v>
+        <v>10080033508</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>270</v>
       </c>
       <c r="K269" s="15">
-        <v>0.84422</v>
+        <v>0.63606</v>
       </c>
       <c r="L269" s="15">
-        <v>0.56281</v>
+        <v>0.42444</v>
       </c>
       <c r="M269" s="15">
-        <v>0.51164</v>
+        <v>0.38489</v>
       </c>
       <c r="N269" s="15">
-        <v>225</v>
+        <v>91</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>937</v>
+        <v>940</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>939</v>
+        <v>941</v>
+      </c>
+      <c r="E270" s="15">
+        <v>10080033509</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I270" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I270" s="15"/>
       <c r="J270" s="15">
-        <v>1</v>
+        <v>270</v>
       </c>
       <c r="K270" s="15">
-        <v>0.23463</v>
+        <v>0.84422</v>
       </c>
       <c r="L270" s="15">
-        <v>0.20335</v>
+        <v>0.56281</v>
       </c>
       <c r="M270" s="15">
-        <v>0.19553</v>
+        <v>0.51164</v>
       </c>
       <c r="N270" s="15">
-        <v>30</v>
+        <v>225</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D271" s="15" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>10080013911</v>
+        <v>943</v>
+      </c>
+      <c r="E271" s="15" t="s">
+        <v>944</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="J271" s="15">
-        <v>475</v>
+        <v>1</v>
       </c>
       <c r="K271" s="15">
-        <v>1.44</v>
+        <v>0.23463</v>
       </c>
       <c r="L271" s="15">
-        <v>0.72102</v>
+        <v>0.20335</v>
       </c>
       <c r="M271" s="15">
-        <v>0.65542</v>
+        <v>0.19553</v>
       </c>
       <c r="N271" s="15">
-        <v>6</v>
+        <v>30</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>945</v>
-[...2 lines deleted...]
-        <v>946</v>
+        <v>947</v>
+      </c>
+      <c r="E272" s="15">
+        <v>10080013911</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="J272" s="15">
-        <v>1</v>
+        <v>475</v>
       </c>
       <c r="K272" s="15">
-        <v>1.07</v>
+        <v>1.44</v>
       </c>
       <c r="L272" s="15">
-        <v>0.53705</v>
+        <v>0.72102</v>
       </c>
       <c r="M272" s="15">
-        <v>0.48819</v>
+        <v>0.65542</v>
       </c>
       <c r="N272" s="15">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D273" s="15" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="E273" s="15" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="J273" s="15">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="K273" s="15">
-        <v>0.15309</v>
+        <v>1.07</v>
       </c>
       <c r="L273" s="15">
-        <v>0.13268</v>
+        <v>0.53705</v>
       </c>
       <c r="M273" s="15">
-        <v>0.12758</v>
+        <v>0.48819</v>
       </c>
       <c r="N273" s="15">
-        <v>4089</v>
+        <v>65</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D274" s="15" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-        <v>10080013923</v>
+        <v>954</v>
+      </c>
+      <c r="E274" s="15" t="s">
+        <v>955</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
-        <v>0.16179</v>
+        <v>0.15309</v>
       </c>
       <c r="L274" s="15">
-        <v>0.14022</v>
+        <v>0.13268</v>
       </c>
       <c r="M274" s="15">
-        <v>0.13483</v>
+        <v>0.12758</v>
       </c>
       <c r="N274" s="15">
-        <v>1005</v>
+        <v>4455</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>957</v>
+        <v>958</v>
+      </c>
+      <c r="E275" s="15">
+        <v>10080013923</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
-        <v>0.21375</v>
+        <v>0.16179</v>
       </c>
       <c r="L275" s="15">
-        <v>0.18525</v>
+        <v>0.14022</v>
       </c>
       <c r="M275" s="15">
-        <v>0.17813</v>
+        <v>0.13483</v>
       </c>
       <c r="N275" s="15">
-        <v>20293</v>
+        <v>900</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D276" s="15" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="E276" s="15" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>962</v>
-[...1 lines deleted...]
-      <c r="J276" s="15"/>
+        <v>963</v>
+      </c>
+      <c r="J276" s="15">
+        <v>200</v>
+      </c>
       <c r="K276" s="15">
-        <v>0.22064</v>
+        <v>0.21375</v>
       </c>
       <c r="L276" s="15">
-        <v>0.19122</v>
+        <v>0.18525</v>
       </c>
       <c r="M276" s="15">
-        <v>0.18386</v>
+        <v>0.17813</v>
       </c>
       <c r="N276" s="15">
-        <v>56</v>
+        <v>29933</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D277" s="15" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="E277" s="15" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="J277" s="15"/>
       <c r="K277" s="15">
-        <v>0.24221</v>
+        <v>0.22064</v>
       </c>
       <c r="L277" s="15">
-        <v>0.20991</v>
+        <v>0.19122</v>
       </c>
       <c r="M277" s="15">
-        <v>0.20184</v>
+        <v>0.18386</v>
       </c>
       <c r="N277" s="15">
-        <v>84</v>
+        <v>56</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D278" s="15" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="E278" s="15" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>971</v>
+      </c>
+      <c r="J278" s="15"/>
       <c r="K278" s="15">
-        <v>0.31871</v>
+        <v>0.24221</v>
       </c>
       <c r="L278" s="15">
-        <v>0.27621</v>
+        <v>0.20991</v>
       </c>
       <c r="M278" s="15">
-        <v>0.26559</v>
+        <v>0.20184</v>
       </c>
       <c r="N278" s="15">
-        <v>4483</v>
+        <v>101</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D279" s="15" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="E279" s="15" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="J279" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K279" s="15">
-        <v>0.29081</v>
+        <v>0.31871</v>
       </c>
       <c r="L279" s="15">
-        <v>0.25203</v>
+        <v>0.27621</v>
       </c>
       <c r="M279" s="15">
-        <v>0.24234</v>
+        <v>0.26559</v>
       </c>
       <c r="N279" s="15">
-        <v>502</v>
+        <v>4833</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D280" s="15" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="E280" s="15" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="J280" s="15">
-        <v>1000</v>
+        <v>800</v>
       </c>
       <c r="K280" s="15">
-        <v>0.38264</v>
+        <v>0.29081</v>
       </c>
       <c r="L280" s="15">
-        <v>0.33162</v>
+        <v>0.25203</v>
       </c>
       <c r="M280" s="15">
-        <v>0.31886</v>
+        <v>0.24234</v>
       </c>
       <c r="N280" s="15">
-        <v>6383</v>
+        <v>659</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="D281" s="15" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="E281" s="15" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15" t="s">
-        <v>982</v>
-[...1 lines deleted...]
-      <c r="J281" s="15"/>
+        <v>983</v>
+      </c>
+      <c r="J281" s="15">
+        <v>1000</v>
+      </c>
       <c r="K281" s="15">
-        <v>0.29925</v>
+        <v>0.38264</v>
       </c>
       <c r="L281" s="15">
-        <v>0.25935</v>
+        <v>0.33162</v>
       </c>
       <c r="M281" s="15">
-        <v>0.24938</v>
+        <v>0.31886</v>
       </c>
       <c r="N281" s="15">
-        <v>2731</v>
+        <v>7812</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="D282" s="15" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="E282" s="15" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I282" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I282" s="15" t="s">
+        <v>987</v>
+      </c>
+      <c r="J282" s="15"/>
       <c r="K282" s="15">
-        <v>0.32898</v>
+        <v>0.29925</v>
       </c>
       <c r="L282" s="15">
-        <v>0.28512</v>
+        <v>0.25935</v>
       </c>
       <c r="M282" s="15">
-        <v>0.27415</v>
+        <v>0.24938</v>
       </c>
       <c r="N282" s="15">
-        <v>6299</v>
+        <v>3409</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D283" s="15" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="E283" s="15" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
-        <v>945</v>
+        <v>4000</v>
       </c>
       <c r="K283" s="15">
-        <v>0.41388</v>
+        <v>0.32898</v>
       </c>
       <c r="L283" s="15">
-        <v>0.3587</v>
+        <v>0.28512</v>
       </c>
       <c r="M283" s="15">
-        <v>0.3449</v>
+        <v>0.27415</v>
       </c>
       <c r="N283" s="15">
-        <v>1785</v>
+        <v>5323</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
-      <c r="Q283" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="D284" s="15" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="E284" s="15" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
-        <v>3360</v>
+        <v>945</v>
       </c>
       <c r="K284" s="15">
-        <v>0.41324</v>
+        <v>0.41388</v>
       </c>
       <c r="L284" s="15">
-        <v>0.35814</v>
+        <v>0.3587</v>
       </c>
       <c r="M284" s="15">
-        <v>0.34436</v>
+        <v>0.3449</v>
       </c>
       <c r="N284" s="15">
-        <v>2117</v>
+        <v>2592</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
-      <c r="Q284" s="15"/>
+      <c r="Q284" s="15">
+        <v>3780</v>
+      </c>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D285" s="15" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>10080013928</v>
+        <v>995</v>
+      </c>
+      <c r="E285" s="15" t="s">
+        <v>996</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
-        <v>750</v>
+        <v>3360</v>
       </c>
       <c r="K285" s="15">
-        <v>0.46373</v>
+        <v>0.41324</v>
       </c>
       <c r="L285" s="15">
-        <v>0.4019</v>
+        <v>0.35814</v>
       </c>
       <c r="M285" s="15">
-        <v>0.38644</v>
+        <v>0.34436</v>
       </c>
       <c r="N285" s="15">
-        <v>306</v>
+        <v>1512</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>996</v>
+        <v>998</v>
+      </c>
+      <c r="E286" s="15">
+        <v>10080013928</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I286" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I286" s="15"/>
       <c r="J286" s="15">
-        <v>650</v>
+        <v>750</v>
       </c>
       <c r="K286" s="15">
-        <v>0.5486</v>
+        <v>0.46373</v>
       </c>
       <c r="L286" s="15">
-        <v>0.47545</v>
+        <v>0.4019</v>
       </c>
       <c r="M286" s="15">
-        <v>0.45716</v>
+        <v>0.38644</v>
       </c>
       <c r="N286" s="15">
-        <v>20</v>
+        <v>218</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D287" s="15" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>10080033525</v>
+        <v>1000</v>
+      </c>
+      <c r="E287" s="15" t="s">
+        <v>1001</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I287" s="15"/>
+      <c r="I287" s="15" t="s">
+        <v>1002</v>
+      </c>
       <c r="J287" s="15">
-        <v>270</v>
+        <v>650</v>
       </c>
       <c r="K287" s="15">
-        <v>0.42444</v>
+        <v>0.5486</v>
       </c>
       <c r="L287" s="15">
-        <v>0.28257</v>
+        <v>0.47545</v>
       </c>
       <c r="M287" s="15">
-        <v>0.25698</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45716</v>
+      </c>
+      <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="E288" s="15">
-        <v>10080033526</v>
+        <v>10080033525</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>270</v>
       </c>
       <c r="K288" s="15">
-        <v>0.53142</v>
+        <v>0.42444</v>
       </c>
       <c r="L288" s="15">
-        <v>0.35466</v>
+        <v>0.28257</v>
       </c>
       <c r="M288" s="15">
-        <v>0.3221</v>
+        <v>0.25698</v>
       </c>
       <c r="N288" s="15">
-        <v>166</v>
+        <v>227</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="E289" s="15">
-        <v>10080033527</v>
+        <v>10080033526</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
-      <c r="J289" s="15"/>
+      <c r="J289" s="15">
+        <v>270</v>
+      </c>
       <c r="K289" s="15">
-        <v>0.63723</v>
+        <v>0.53142</v>
       </c>
       <c r="L289" s="15">
-        <v>0.42444</v>
+        <v>0.35466</v>
       </c>
       <c r="M289" s="15">
-        <v>0.38606</v>
+        <v>0.3221</v>
       </c>
       <c r="N289" s="15">
-        <v>211</v>
+        <v>166</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="E290" s="15">
-        <v>10080033528</v>
+        <v>10080033527</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
-        <v>0.8477</v>
+        <v>0.63723</v>
       </c>
       <c r="L290" s="15">
-        <v>0.56514</v>
+        <v>0.42444</v>
       </c>
       <c r="M290" s="15">
-        <v>0.51281</v>
+        <v>0.38606</v>
       </c>
       <c r="N290" s="15">
-        <v>125</v>
+        <v>181</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="E291" s="15">
-        <v>10080033529</v>
+        <v>10080033528</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15"/>
       <c r="K291" s="15">
-        <v>1.06</v>
+        <v>0.8477</v>
       </c>
       <c r="L291" s="15">
-        <v>0.70468</v>
+        <v>0.56514</v>
       </c>
       <c r="M291" s="15">
-        <v>0.64072</v>
+        <v>0.51281</v>
       </c>
       <c r="N291" s="15">
-        <v>206</v>
+        <v>181</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="E292" s="15">
-        <v>10080035384</v>
+        <v>10080033529</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I292" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I292" s="15"/>
+      <c r="J292" s="15"/>
       <c r="K292" s="15">
-        <v>0.54713</v>
+        <v>1.06</v>
       </c>
       <c r="L292" s="15">
-        <v>0.29067</v>
+        <v>0.70468</v>
       </c>
       <c r="M292" s="15">
-        <v>0.24792</v>
+        <v>0.64072</v>
       </c>
       <c r="N292" s="15">
-        <v>3</v>
+        <v>227</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="E293" s="15">
-        <v>10080035385</v>
+        <v>10080035384</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="J293" s="15">
-        <v>640</v>
+        <v>600</v>
       </c>
       <c r="K293" s="15">
-        <v>0.81731</v>
+        <v>0.54713</v>
       </c>
       <c r="L293" s="15">
-        <v>0.4342</v>
+        <v>0.29067</v>
       </c>
       <c r="M293" s="15">
-        <v>0.37033</v>
+        <v>0.24792</v>
       </c>
       <c r="N293" s="15">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>1016</v>
+        <v>1017</v>
+      </c>
+      <c r="E294" s="15">
+        <v>10080035385</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="J294" s="15">
-        <v>525</v>
+        <v>640</v>
       </c>
       <c r="K294" s="15">
-        <v>0.30622</v>
+        <v>0.81731</v>
       </c>
       <c r="L294" s="15">
-        <v>0.22077</v>
+        <v>0.4342</v>
       </c>
       <c r="M294" s="15">
-        <v>0.19227</v>
-[...1 lines deleted...]
-      <c r="N294" s="15"/>
+        <v>0.37033</v>
+      </c>
+      <c r="N294" s="15">
+        <v>9</v>
+      </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="D295" s="15" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>10080042539</v>
+        <v>1020</v>
+      </c>
+      <c r="E295" s="15" t="s">
+        <v>1021</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>1020</v>
-[...1 lines deleted...]
-      <c r="J295" s="15"/>
+        <v>1022</v>
+      </c>
+      <c r="J295" s="15">
+        <v>525</v>
+      </c>
       <c r="K295" s="15">
-        <v>0.227</v>
+        <v>0.30622</v>
       </c>
       <c r="L295" s="15">
-        <v>0.227</v>
+        <v>0.22077</v>
       </c>
       <c r="M295" s="15">
-        <v>0.227</v>
-[...5 lines deleted...]
-      <c r="P295" s="15"/>
+        <v>0.19227</v>
+      </c>
+      <c r="N295" s="15"/>
+      <c r="O295" s="15">
+        <v>1068</v>
+      </c>
+      <c r="P295" s="15" t="s">
+        <v>138</v>
+      </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>1022</v>
-[...2 lines deleted...]
-        <v>1023</v>
+        <v>1024</v>
+      </c>
+      <c r="E296" s="15">
+        <v>10080042539</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>1024</v>
-[...3 lines deleted...]
-      </c>
+        <v>1025</v>
+      </c>
+      <c r="J296" s="15"/>
       <c r="K296" s="15">
-        <v>0.48434</v>
+        <v>0.227</v>
       </c>
       <c r="L296" s="15">
-        <v>0.41976</v>
+        <v>0.227</v>
       </c>
       <c r="M296" s="15">
-        <v>0.40361</v>
+        <v>0.227</v>
       </c>
       <c r="N296" s="15">
-        <v>2190</v>
+        <v>1</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D297" s="15" t="s">
-        <v>1026</v>
-[...2 lines deleted...]
-        <v>10080013931</v>
+        <v>1027</v>
+      </c>
+      <c r="E297" s="15" t="s">
+        <v>1028</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>1027</v>
-[...1 lines deleted...]
-      <c r="J297" s="15"/>
+        <v>1029</v>
+      </c>
+      <c r="J297" s="15">
+        <v>510</v>
+      </c>
       <c r="K297" s="15">
-        <v>1.8</v>
+        <v>0.48434</v>
       </c>
       <c r="L297" s="15">
-        <v>0.89775</v>
+        <v>0.41976</v>
       </c>
       <c r="M297" s="15">
-        <v>0.81613</v>
+        <v>0.40361</v>
       </c>
       <c r="N297" s="15">
-        <v>1</v>
+        <v>2053</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>1030</v>
+        <v>1031</v>
+      </c>
+      <c r="E298" s="15">
+        <v>10080013931</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I298" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I298" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="J298" s="15"/>
       <c r="K298" s="15">
-        <v>0.98942</v>
+        <v>1.8</v>
       </c>
       <c r="L298" s="15">
-        <v>0.85749</v>
+        <v>0.89775</v>
       </c>
       <c r="M298" s="15">
-        <v>0.82451</v>
+        <v>0.81613</v>
       </c>
       <c r="N298" s="15">
-        <v>135</v>
+        <v>1</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
-      <c r="Q298" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="D299" s="15" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="E299" s="15" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I299" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I299" s="15"/>
       <c r="J299" s="15">
-        <v>100</v>
+        <v>210</v>
       </c>
       <c r="K299" s="15">
-        <v>1.79</v>
+        <v>0.98942</v>
       </c>
       <c r="L299" s="15">
-        <v>0.89419</v>
+        <v>0.85749</v>
       </c>
       <c r="M299" s="15">
-        <v>0.8128300000000001</v>
+        <v>0.82451</v>
       </c>
       <c r="N299" s="15">
-        <v>60</v>
+        <v>139</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
-      <c r="Q299" s="15"/>
+      <c r="Q299" s="15">
+        <v>840</v>
+      </c>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D300" s="15" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="E300" s="15" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I300" s="15"/>
+      <c r="I300" s="15" t="s">
+        <v>1039</v>
+      </c>
       <c r="J300" s="15">
-        <v>190</v>
+        <v>100</v>
       </c>
       <c r="K300" s="15">
-        <v>1.13</v>
+        <v>1.79</v>
       </c>
       <c r="L300" s="15">
-        <v>0.9757400000000001</v>
+        <v>0.89419</v>
       </c>
       <c r="M300" s="15">
-        <v>0.93821</v>
+        <v>0.8128300000000001</v>
       </c>
       <c r="N300" s="15">
-        <v>285</v>
+        <v>60</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
-      <c r="Q300" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D301" s="15" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="E301" s="15" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
-        <v>1041</v>
-[...4 lines deleted...]
-      <c r="J301" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I301" s="15"/>
+      <c r="J301" s="15">
+        <v>190</v>
+      </c>
       <c r="K301" s="15">
-        <v>0.46784</v>
+        <v>1.13</v>
       </c>
       <c r="L301" s="15">
-        <v>0.42105</v>
+        <v>0.9757400000000001</v>
       </c>
       <c r="M301" s="15">
-        <v>0.38986</v>
+        <v>0.93821</v>
       </c>
       <c r="N301" s="15">
-        <v>50</v>
+        <v>302</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
-      <c r="Q301" s="15"/>
+      <c r="Q301" s="15">
+        <v>760</v>
+      </c>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C302" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="D302" s="15" t="s">
         <v>1044</v>
       </c>
       <c r="E302" s="15" t="s">
         <v>1045</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
-        <v>0.48048</v>
+        <v>0.46784</v>
       </c>
       <c r="L302" s="15">
-        <v>0.43243</v>
+        <v>0.42105</v>
       </c>
       <c r="M302" s="15">
-        <v>0.4004</v>
+        <v>0.38986</v>
       </c>
       <c r="N302" s="15">
-        <v>750</v>
+        <v>50</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="D303" s="15" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="E303" s="15" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1050</v>
-[...3 lines deleted...]
-      </c>
+        <v>1051</v>
+      </c>
+      <c r="J303" s="15"/>
       <c r="K303" s="15">
-        <v>0.14142</v>
+        <v>0.48048</v>
       </c>
       <c r="L303" s="15">
-        <v>0.12728</v>
+        <v>0.43243</v>
       </c>
       <c r="M303" s="15">
-        <v>0.11785</v>
+        <v>0.4004</v>
       </c>
       <c r="N303" s="15">
-        <v>178</v>
+        <v>610</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
-      <c r="Q303" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C304" s="15" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="D304" s="15" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="E304" s="15" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="J304" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K304" s="15">
-        <v>0.13169</v>
+        <v>0.14142</v>
       </c>
       <c r="L304" s="15">
-        <v>0.107</v>
+        <v>0.12728</v>
       </c>
       <c r="M304" s="15">
-        <v>0.09798999999999999</v>
+        <v>0.11785</v>
       </c>
       <c r="N304" s="15">
-        <v>344</v>
+        <v>120</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15">
         <v>8000</v>
       </c>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C305" s="15" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="D305" s="15" t="s">
-        <v>1056</v>
-[...2 lines deleted...]
-        <v>10080028294</v>
+        <v>1057</v>
+      </c>
+      <c r="E305" s="15" t="s">
+        <v>1058</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="J305" s="15">
         <v>500</v>
       </c>
       <c r="K305" s="15">
-        <v>0.27482</v>
+        <v>0.13169</v>
       </c>
       <c r="L305" s="15">
-        <v>0.14723</v>
+        <v>0.107</v>
       </c>
       <c r="M305" s="15">
-        <v>0.12759</v>
+        <v>0.09798999999999999</v>
       </c>
       <c r="N305" s="15">
-        <v>7</v>
-[...3 lines deleted...]
-      <c r="Q305" s="15"/>
+        <v>411</v>
+      </c>
+      <c r="O305" s="15">
+        <v>8700</v>
+      </c>
+      <c r="P305" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q305" s="15">
+        <v>8000</v>
+      </c>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C306" s="15" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D306" s="15" t="s">
-        <v>1059</v>
-[...2 lines deleted...]
-        <v>1060</v>
+        <v>1061</v>
+      </c>
+      <c r="E306" s="15">
+        <v>10080028294</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="J306" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K306" s="15">
-        <v>0.21438</v>
+        <v>0.27482</v>
       </c>
       <c r="L306" s="15">
-        <v>0.18672</v>
+        <v>0.14723</v>
       </c>
       <c r="M306" s="15">
-        <v>0.17289</v>
+        <v>0.12759</v>
       </c>
       <c r="N306" s="15">
-        <v>9697</v>
+        <v>7</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C307" s="15" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D307" s="15" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-        <v>10080028295</v>
+        <v>1064</v>
+      </c>
+      <c r="E307" s="15" t="s">
+        <v>1065</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="J307" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K307" s="15">
-        <v>0.37907</v>
+        <v>0.21438</v>
       </c>
       <c r="L307" s="15">
-        <v>0.21993</v>
+        <v>0.18672</v>
       </c>
       <c r="M307" s="15">
-        <v>0.19098</v>
-[...3 lines deleted...]
-      <c r="P307" s="15"/>
+        <v>0.17289</v>
+      </c>
+      <c r="N307" s="15">
+        <v>8331</v>
+      </c>
+      <c r="O307" s="15">
+        <v>6900</v>
+      </c>
+      <c r="P307" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C308" s="15" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="D308" s="15" t="s">
-        <v>1066</v>
-[...2 lines deleted...]
-        <v>1067</v>
+        <v>1068</v>
+      </c>
+      <c r="E308" s="15">
+        <v>10080028295</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="J308" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K308" s="15">
-        <v>0.26111</v>
+        <v>0.37907</v>
       </c>
       <c r="L308" s="15">
-        <v>0.22629</v>
+        <v>0.21993</v>
       </c>
       <c r="M308" s="15">
-        <v>0.21759</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.19098</v>
+      </c>
+      <c r="N308" s="15"/>
+      <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C309" s="15" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D309" s="15" t="s">
-        <v>1070</v>
-[...2 lines deleted...]
-        <v>10080028296</v>
+        <v>1071</v>
+      </c>
+      <c r="E309" s="15" t="s">
+        <v>1072</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="J309" s="15">
         <v>250</v>
       </c>
       <c r="K309" s="15">
-        <v>0.50507</v>
+        <v>0.27441</v>
       </c>
       <c r="L309" s="15">
-        <v>0.29302</v>
+        <v>0.23782</v>
       </c>
       <c r="M309" s="15">
-        <v>0.25447</v>
-[...1 lines deleted...]
-      <c r="N309" s="15"/>
+        <v>0.22868</v>
+      </c>
+      <c r="N309" s="15">
+        <v>11601</v>
+      </c>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C310" s="15" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="D310" s="15" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-        <v>1074</v>
+        <v>1075</v>
+      </c>
+      <c r="E310" s="15">
+        <v>10080028296</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="J310" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K310" s="15">
-        <v>0.35709</v>
+        <v>0.50507</v>
       </c>
       <c r="L310" s="15">
-        <v>0.31101</v>
+        <v>0.29302</v>
       </c>
       <c r="M310" s="15">
-        <v>0.28798</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.25447</v>
+      </c>
+      <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
-      <c r="Q310" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C311" s="15" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="D311" s="15" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="E311" s="15" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>1079</v>
-[...1 lines deleted...]
-      <c r="J311" s="15"/>
+        <v>1080</v>
+      </c>
+      <c r="J311" s="15">
+        <v>1000</v>
+      </c>
       <c r="K311" s="15">
-        <v>0.4058</v>
+        <v>0.35709</v>
       </c>
       <c r="L311" s="15">
-        <v>0.36522</v>
+        <v>0.31101</v>
       </c>
       <c r="M311" s="15">
-        <v>0.33816</v>
+        <v>0.28798</v>
       </c>
       <c r="N311" s="15">
-        <v>10668</v>
-[...3 lines deleted...]
-      <c r="Q311" s="15"/>
+        <v>7498</v>
+      </c>
+      <c r="O311" s="15">
+        <v>7400</v>
+      </c>
+      <c r="P311" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="Q311" s="15">
+        <v>4000</v>
+      </c>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C312" s="15" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="D312" s="15" t="s">
-        <v>1081</v>
-[...2 lines deleted...]
-        <v>10080028297</v>
+        <v>1082</v>
+      </c>
+      <c r="E312" s="15" t="s">
+        <v>1083</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>1084</v>
+      </c>
+      <c r="J312" s="15"/>
       <c r="K312" s="15">
-        <v>0.80076</v>
+        <v>0.4058</v>
       </c>
       <c r="L312" s="15">
-        <v>0.43161</v>
+        <v>0.36522</v>
       </c>
       <c r="M312" s="15">
-        <v>0.37482</v>
+        <v>0.33816</v>
       </c>
       <c r="N312" s="15">
-        <v>3</v>
+        <v>15014</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C313" s="15" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D313" s="15" t="s">
-        <v>1084</v>
-[...2 lines deleted...]
-        <v>1085</v>
+        <v>1086</v>
+      </c>
+      <c r="E313" s="15">
+        <v>10080028297</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>1086</v>
-[...1 lines deleted...]
-      <c r="J313" s="15"/>
+        <v>1087</v>
+      </c>
+      <c r="J313" s="15">
+        <v>200</v>
+      </c>
       <c r="K313" s="15">
-        <v>0.49964</v>
+        <v>0.80076</v>
       </c>
       <c r="L313" s="15">
-        <v>0.43517</v>
+        <v>0.43161</v>
       </c>
       <c r="M313" s="15">
-        <v>0.40294</v>
+        <v>0.37482</v>
       </c>
       <c r="N313" s="15">
-        <v>1341</v>
+        <v>3</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C314" s="15" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D314" s="15" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="E314" s="15" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-      </c>
+        <v>1091</v>
+      </c>
+      <c r="J314" s="15"/>
       <c r="K314" s="15">
-        <v>0.57015</v>
+        <v>0.49964</v>
       </c>
       <c r="L314" s="15">
-        <v>0.49658</v>
+        <v>0.43517</v>
       </c>
       <c r="M314" s="15">
-        <v>0.4598</v>
+        <v>0.40294</v>
       </c>
       <c r="N314" s="15">
-        <v>4259</v>
+        <v>1327</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C315" s="15" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D315" s="15" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E315" s="15" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="J315" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K315" s="15">
-        <v>0.60939</v>
+        <v>0.57015</v>
       </c>
       <c r="L315" s="15">
-        <v>0.54845</v>
+        <v>0.49658</v>
       </c>
       <c r="M315" s="15">
-        <v>0.50783</v>
+        <v>0.4598</v>
       </c>
       <c r="N315" s="15">
-        <v>947</v>
+        <v>3884</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C316" s="15" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D316" s="15" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="E316" s="15" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="J316" s="15">
         <v>100</v>
       </c>
       <c r="K316" s="15">
-        <v>0.71405</v>
+        <v>0.60939</v>
       </c>
       <c r="L316" s="15">
-        <v>0.62192</v>
+        <v>0.54845</v>
       </c>
       <c r="M316" s="15">
-        <v>0.57585</v>
+        <v>0.50783</v>
       </c>
       <c r="N316" s="15">
-        <v>1500</v>
+        <v>955</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C317" s="15" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D317" s="15" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-        <v>10080038310</v>
+        <v>1101</v>
+      </c>
+      <c r="E317" s="15" t="s">
+        <v>1102</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="J317" s="15">
-        <v>800</v>
+        <v>100</v>
       </c>
       <c r="K317" s="15">
-        <v>1.67</v>
+        <v>0.71405</v>
       </c>
       <c r="L317" s="15">
-        <v>0.92558</v>
+        <v>0.62192</v>
       </c>
       <c r="M317" s="15">
-        <v>0.77628</v>
+        <v>0.57585</v>
       </c>
       <c r="N317" s="15">
-        <v>287</v>
+        <v>949</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C318" s="15" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D318" s="15" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-        <v>1104</v>
+        <v>1105</v>
+      </c>
+      <c r="E318" s="15">
+        <v>10080038310</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>1105</v>
-[...1 lines deleted...]
-      <c r="J318" s="15"/>
+        <v>1106</v>
+      </c>
+      <c r="J318" s="15">
+        <v>800</v>
+      </c>
       <c r="K318" s="15">
-        <v>0.88031</v>
+        <v>1.67</v>
       </c>
       <c r="L318" s="15">
-        <v>0.79227</v>
+        <v>0.92558</v>
       </c>
       <c r="M318" s="15">
-        <v>0.73359</v>
+        <v>0.77628</v>
       </c>
       <c r="N318" s="15">
-        <v>1315</v>
+        <v>423</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C319" s="15" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D319" s="15" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E319" s="15" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>1109</v>
-[...3 lines deleted...]
-      </c>
+        <v>1110</v>
+      </c>
+      <c r="J319" s="15"/>
       <c r="K319" s="15">
-        <v>1.08</v>
+        <v>0.88031</v>
       </c>
       <c r="L319" s="15">
-        <v>0.97392</v>
+        <v>0.79227</v>
       </c>
       <c r="M319" s="15">
-        <v>0.90178</v>
+        <v>0.73359</v>
       </c>
       <c r="N319" s="15">
-        <v>1279</v>
+        <v>1629</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
-      <c r="Q319" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C320" s="15" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D320" s="15" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>10080044875</v>
+        <v>1112</v>
+      </c>
+      <c r="E320" s="15" t="s">
+        <v>1113</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I320" s="15" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="J320" s="15">
-        <v>200</v>
+        <v>480</v>
       </c>
       <c r="K320" s="15">
-        <v>0.6832</v>
+        <v>1.08</v>
       </c>
       <c r="L320" s="15">
-        <v>0.36601</v>
+        <v>0.97392</v>
       </c>
       <c r="M320" s="15">
-        <v>0.31719</v>
+        <v>0.90178</v>
       </c>
       <c r="N320" s="15">
-        <v>828</v>
+        <v>1418</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
-      <c r="Q320" s="15"/>
+      <c r="Q320" s="15">
+        <v>1920</v>
+      </c>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C321" s="15" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="D321" s="15" t="s">
-        <v>1114</v>
-[...2 lines deleted...]
-        <v>1115</v>
+        <v>1116</v>
+      </c>
+      <c r="E321" s="15">
+        <v>10080044875</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="J321" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K321" s="15">
-        <v>0.45861</v>
+        <v>0.6832</v>
       </c>
       <c r="L321" s="15">
-        <v>0.41275</v>
+        <v>0.36601</v>
       </c>
       <c r="M321" s="15">
-        <v>0.38218</v>
+        <v>0.31719</v>
       </c>
       <c r="N321" s="15">
-        <v>345</v>
+        <v>1068</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C322" s="15" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D322" s="15" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="E322" s="15" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="J322" s="15"/>
+        <v>1121</v>
+      </c>
+      <c r="J322" s="15">
+        <v>100</v>
+      </c>
       <c r="K322" s="15">
-        <v>0.41517</v>
+        <v>0.45861</v>
       </c>
       <c r="L322" s="15">
-        <v>0.3616</v>
+        <v>0.41275</v>
       </c>
       <c r="M322" s="15">
-        <v>0.33481</v>
+        <v>0.38218</v>
       </c>
       <c r="N322" s="15">
-        <v>330</v>
+        <v>10</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C323" s="15" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D323" s="15" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E323" s="15" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
-        <v>0.5079</v>
+        <v>0.41517</v>
       </c>
       <c r="L323" s="15">
-        <v>0.44018</v>
+        <v>0.3616</v>
       </c>
       <c r="M323" s="15">
-        <v>0.42325</v>
+        <v>0.33481</v>
       </c>
       <c r="N323" s="15">
-        <v>2044</v>
+        <v>440</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C324" s="15" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D324" s="15" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="E324" s="15" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
-        <v>0.97196</v>
+        <v>0.5079</v>
       </c>
       <c r="L324" s="15">
-        <v>0.84654</v>
+        <v>0.44018</v>
       </c>
       <c r="M324" s="15">
-        <v>0.78384</v>
+        <v>0.42325</v>
       </c>
       <c r="N324" s="15">
-        <v>637</v>
+        <v>2520</v>
       </c>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C325" s="15" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="D325" s="15" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="E325" s="15" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="J325" s="15"/>
       <c r="K325" s="15">
-        <v>2.23</v>
+        <v>0.97196</v>
       </c>
       <c r="L325" s="15">
-        <v>2.01</v>
+        <v>0.84654</v>
       </c>
       <c r="M325" s="15">
-        <v>1.86</v>
-[...1 lines deleted...]
-      <c r="N325" s="15"/>
+        <v>0.78384</v>
+      </c>
+      <c r="N325" s="15">
+        <v>597</v>
+      </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C326" s="15" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D326" s="15" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="E326" s="15" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
-        <v>0.20858</v>
+        <v>2.23</v>
       </c>
       <c r="L326" s="15">
-        <v>0.18167</v>
+        <v>2.01</v>
       </c>
       <c r="M326" s="15">
-        <v>0.16821</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.86</v>
+      </c>
+      <c r="N326" s="15"/>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C327" s="15" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D327" s="15" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="E327" s="15" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J327" s="15"/>
       <c r="K327" s="15">
-        <v>0.31251</v>
+        <v>0.20858</v>
       </c>
       <c r="L327" s="15">
-        <v>0.27219</v>
+        <v>0.18167</v>
       </c>
       <c r="M327" s="15">
-        <v>0.25203</v>
+        <v>0.16821</v>
       </c>
       <c r="N327" s="15">
-        <v>561</v>
+        <v>180</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C328" s="15" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D328" s="15" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E328" s="15" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1144</v>
-[...3 lines deleted...]
-      </c>
+        <v>1145</v>
+      </c>
+      <c r="J328" s="15"/>
       <c r="K328" s="15">
-        <v>0.41551</v>
+        <v>0.31251</v>
       </c>
       <c r="L328" s="15">
-        <v>0.36189</v>
+        <v>0.27219</v>
       </c>
       <c r="M328" s="15">
-        <v>0.33509</v>
+        <v>0.25203</v>
       </c>
       <c r="N328" s="15">
-        <v>600</v>
+        <v>581</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
-      <c r="Q328" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C329" s="15" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D329" s="15" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="E329" s="15" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="J329" s="15"/>
+        <v>1149</v>
+      </c>
+      <c r="J329" s="15">
+        <v>680</v>
+      </c>
       <c r="K329" s="15">
-        <v>0.62183</v>
+        <v>0.41551</v>
       </c>
       <c r="L329" s="15">
-        <v>0.54159</v>
+        <v>0.36189</v>
       </c>
       <c r="M329" s="15">
-        <v>0.50148</v>
+        <v>0.33509</v>
       </c>
       <c r="N329" s="15">
-        <v>293</v>
+        <v>850</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
-      <c r="Q329" s="15"/>
+      <c r="Q329" s="15">
+        <v>2720</v>
+      </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C330" s="15" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D330" s="15" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="E330" s="15" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
-        <v>0.78776</v>
+        <v>0.62183</v>
       </c>
       <c r="L330" s="15">
-        <v>0.7089800000000001</v>
+        <v>0.54159</v>
       </c>
       <c r="M330" s="15">
-        <v>0.65646</v>
+        <v>0.50148</v>
       </c>
       <c r="N330" s="15">
-        <v>80</v>
+        <v>265</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C331" s="15" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D331" s="15" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="E331" s="15" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="J331" s="15"/>
       <c r="K331" s="15">
-        <v>1.04</v>
+        <v>0.78776</v>
       </c>
       <c r="L331" s="15">
-        <v>0.90269</v>
+        <v>0.7089800000000001</v>
       </c>
       <c r="M331" s="15">
-        <v>0.83583</v>
-[...5 lines deleted...]
-      <c r="P331" s="15"/>
+        <v>0.65646</v>
+      </c>
+      <c r="N331" s="15"/>
+      <c r="O331" s="15">
+        <v>100</v>
+      </c>
+      <c r="P331" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C332" s="15" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D332" s="15" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="E332" s="15" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1160</v>
-[...3 lines deleted...]
-      </c>
+        <v>1161</v>
+      </c>
+      <c r="J332" s="15"/>
       <c r="K332" s="15">
-        <v>0.50435</v>
+        <v>1.04</v>
       </c>
       <c r="L332" s="15">
-        <v>0.45391</v>
+        <v>0.90269</v>
       </c>
       <c r="M332" s="15">
-        <v>0.42029</v>
+        <v>0.83583</v>
       </c>
       <c r="N332" s="15">
-        <v>1173</v>
+        <v>482</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C333" s="15" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D333" s="15" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="E333" s="15" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="J333" s="15">
-        <v>100</v>
+        <v>150</v>
       </c>
       <c r="K333" s="15">
-        <v>0.72728</v>
+        <v>0.50435</v>
       </c>
       <c r="L333" s="15">
-        <v>0.63343</v>
+        <v>0.45391</v>
       </c>
       <c r="M333" s="15">
-        <v>0.58651</v>
+        <v>0.42029</v>
       </c>
       <c r="N333" s="15">
-        <v>1319</v>
+        <v>1530</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C334" s="15" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D334" s="15" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="E334" s="15" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1168</v>
-[...1 lines deleted...]
-      <c r="J334" s="15"/>
+        <v>1169</v>
+      </c>
+      <c r="J334" s="15">
+        <v>100</v>
+      </c>
       <c r="K334" s="15">
-        <v>0.9053099999999999</v>
+        <v>0.72728</v>
       </c>
       <c r="L334" s="15">
-        <v>0.8147799999999999</v>
+        <v>0.63343</v>
       </c>
       <c r="M334" s="15">
-        <v>0.75443</v>
+        <v>0.58651</v>
       </c>
       <c r="N334" s="15">
-        <v>345</v>
+        <v>1438</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C335" s="15" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D335" s="15" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="E335" s="15" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J335" s="15"/>
       <c r="K335" s="15">
-        <v>1.14</v>
+        <v>0.9053099999999999</v>
       </c>
       <c r="L335" s="15">
-        <v>0.99347</v>
+        <v>0.8147799999999999</v>
       </c>
       <c r="M335" s="15">
-        <v>0.91988</v>
+        <v>0.75443</v>
       </c>
       <c r="N335" s="15">
-        <v>810</v>
+        <v>420</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C336" s="15" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D336" s="15" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="E336" s="15" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1177</v>
+      </c>
+      <c r="J336" s="15"/>
       <c r="K336" s="15">
         <v>1.14</v>
       </c>
       <c r="L336" s="15">
-        <v>0.98935</v>
+        <v>0.99347</v>
       </c>
       <c r="M336" s="15">
-        <v>0.9513</v>
+        <v>0.91988</v>
       </c>
       <c r="N336" s="15">
-        <v>730</v>
+        <v>630</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
-      <c r="Q336" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C337" s="15" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D337" s="15" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E337" s="15" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1180</v>
-[...1 lines deleted...]
-      <c r="J337" s="15"/>
+        <v>1181</v>
+      </c>
+      <c r="J337" s="15">
+        <v>250</v>
+      </c>
       <c r="K337" s="15">
-        <v>1.3</v>
+        <v>1.14</v>
       </c>
       <c r="L337" s="15">
-        <v>1.17</v>
+        <v>0.98935</v>
       </c>
       <c r="M337" s="15">
-        <v>1.09</v>
+        <v>0.9513</v>
       </c>
       <c r="N337" s="15">
-        <v>445</v>
+        <v>840</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
-      <c r="Q337" s="15"/>
+      <c r="Q337" s="15">
+        <v>1000</v>
+      </c>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C338" s="15" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D338" s="15" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="E338" s="15" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="J338" s="15"/>
       <c r="K338" s="15">
-        <v>1.67</v>
+        <v>1.3</v>
       </c>
       <c r="L338" s="15">
-        <v>1.5</v>
+        <v>1.17</v>
       </c>
       <c r="M338" s="15">
-        <v>1.39</v>
+        <v>1.09</v>
       </c>
       <c r="N338" s="15">
-        <v>1560</v>
+        <v>315</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C339" s="15" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D339" s="15" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="E339" s="15" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1188</v>
-[...3 lines deleted...]
-      </c>
+        <v>1189</v>
+      </c>
+      <c r="J339" s="15"/>
       <c r="K339" s="15">
-        <v>0.21543</v>
+        <v>1.67</v>
       </c>
       <c r="L339" s="15">
-        <v>0.18764</v>
+        <v>1.5</v>
       </c>
       <c r="M339" s="15">
-        <v>0.17374</v>
+        <v>1.39</v>
       </c>
       <c r="N339" s="15">
-        <v>956</v>
+        <v>1240</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C340" s="15" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D340" s="15" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="E340" s="15" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1192</v>
-[...1 lines deleted...]
-      <c r="J340" s="15"/>
+        <v>1193</v>
+      </c>
+      <c r="J340" s="15">
+        <v>300</v>
+      </c>
       <c r="K340" s="15">
-        <v>0.2154</v>
+        <v>0.21543</v>
       </c>
       <c r="L340" s="15">
-        <v>0.1876</v>
+        <v>0.18764</v>
       </c>
       <c r="M340" s="15">
-        <v>0.1737</v>
+        <v>0.17374</v>
       </c>
       <c r="N340" s="15">
-        <v>2</v>
+        <v>800</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C341" s="15" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D341" s="15" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="E341" s="15" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
-        <v>0.27141</v>
+        <v>0.2154</v>
       </c>
       <c r="L341" s="15">
-        <v>0.24427</v>
+        <v>0.1876</v>
       </c>
       <c r="M341" s="15">
-        <v>0.22618</v>
+        <v>0.1737</v>
       </c>
       <c r="N341" s="15">
-        <v>3010</v>
+        <v>2</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C342" s="15" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D342" s="15" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="E342" s="15" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
-        <v>0.53255</v>
+        <v>0.27141</v>
       </c>
       <c r="L342" s="15">
-        <v>0.36213</v>
+        <v>0.24427</v>
       </c>
       <c r="M342" s="15">
-        <v>0.32885</v>
+        <v>0.22618</v>
       </c>
       <c r="N342" s="15">
-        <v>1</v>
+        <v>2800</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C343" s="15" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D343" s="15" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="E343" s="15" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
-        <v>0.515</v>
+        <v>0.53255</v>
       </c>
       <c r="L343" s="15">
-        <v>0.515</v>
+        <v>0.36213</v>
       </c>
       <c r="M343" s="15">
-        <v>0.515</v>
+        <v>0.32885</v>
       </c>
       <c r="N343" s="15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C344" s="15" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D344" s="15" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="E344" s="15" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="J344" s="15"/>
       <c r="K344" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="L344" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="M344" s="15">
-        <v>0.52</v>
+        <v>0.515</v>
       </c>
       <c r="N344" s="15">
         <v>2</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C345" s="15" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D345" s="15" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="E345" s="15" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1212</v>
-[...3 lines deleted...]
-      </c>
+        <v>1213</v>
+      </c>
+      <c r="J345" s="15"/>
       <c r="K345" s="15">
-        <v>0.49952</v>
+        <v>0.52</v>
       </c>
       <c r="L345" s="15">
-        <v>0.43506</v>
+        <v>0.52</v>
       </c>
       <c r="M345" s="15">
-        <v>0.40284</v>
+        <v>0.52</v>
       </c>
       <c r="N345" s="15">
-        <v>1716</v>
+        <v>2</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C346" s="15" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D346" s="15" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="E346" s="15" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="J346" s="15">
-        <v>650</v>
+        <v>150</v>
       </c>
       <c r="K346" s="15">
-        <v>0.60954</v>
+        <v>0.49952</v>
       </c>
       <c r="L346" s="15">
-        <v>0.54859</v>
+        <v>0.43506</v>
       </c>
       <c r="M346" s="15">
-        <v>0.50795</v>
+        <v>0.40284</v>
       </c>
       <c r="N346" s="15">
-        <v>1106</v>
+        <v>1602</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
-      <c r="Q346" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C347" s="15" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D347" s="15" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="E347" s="15" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I347" s="15" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="J347" s="15"/>
+        <v>1221</v>
+      </c>
+      <c r="J347" s="15">
+        <v>650</v>
+      </c>
       <c r="K347" s="15">
-        <v>0.77808</v>
+        <v>0.60954</v>
       </c>
       <c r="L347" s="15">
-        <v>0.67769</v>
+        <v>0.54859</v>
       </c>
       <c r="M347" s="15">
-        <v>0.62749</v>
+        <v>0.50795</v>
       </c>
       <c r="N347" s="15">
-        <v>324</v>
+        <v>1008</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
-      <c r="Q347" s="15"/>
+      <c r="Q347" s="15">
+        <v>2600</v>
+      </c>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C348" s="15" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D348" s="15" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="E348" s="15" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I348" s="15" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J348" s="15"/>
       <c r="K348" s="15">
-        <v>1.15</v>
+        <v>0.77808</v>
       </c>
       <c r="L348" s="15">
-        <v>1.04</v>
+        <v>0.67769</v>
       </c>
       <c r="M348" s="15">
-        <v>0.9603</v>
+        <v>0.62749</v>
       </c>
       <c r="N348" s="15">
-        <v>1400</v>
+        <v>355</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C349" s="15" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D349" s="15" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="E349" s="15" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I349" s="15" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="J349" s="15"/>
       <c r="K349" s="15">
-        <v>0.89046</v>
+        <v>1.15</v>
       </c>
       <c r="L349" s="15">
-        <v>0.77173</v>
+        <v>1.04</v>
       </c>
       <c r="M349" s="15">
-        <v>0.74205</v>
+        <v>0.9603</v>
       </c>
       <c r="N349" s="15">
-        <v>750</v>
+        <v>768</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
-      <c r="Q349" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C350" s="15" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="D350" s="15" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="E350" s="15" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I350" s="15" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="J350" s="15">
         <v>500</v>
       </c>
       <c r="K350" s="15">
-        <v>0.1262</v>
+        <v>0.89046</v>
       </c>
       <c r="L350" s="15">
-        <v>0.06705</v>
+        <v>0.77173</v>
       </c>
       <c r="M350" s="15">
-        <v>0.05719</v>
+        <v>0.74205</v>
       </c>
       <c r="N350" s="15">
-        <v>832</v>
+        <v>900</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
-      <c r="Q350" s="15"/>
+      <c r="Q350" s="15">
+        <v>2000</v>
+      </c>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C351" s="15" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D351" s="15" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="E351" s="15" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I351" s="15" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="J351" s="15">
-        <v>3000</v>
+        <v>500</v>
       </c>
       <c r="K351" s="15">
-        <v>0.05505</v>
+        <v>0.1262</v>
       </c>
       <c r="L351" s="15">
-        <v>0.04771</v>
+        <v>0.06705</v>
       </c>
       <c r="M351" s="15">
-        <v>0.04588</v>
-[...1 lines deleted...]
-      <c r="N351" s="15"/>
+        <v>0.05719</v>
+      </c>
+      <c r="N351" s="15">
+        <v>1136</v>
+      </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C352" s="15" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D352" s="15" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="E352" s="15" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I352" s="15" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="J352" s="15">
-        <v>500</v>
+        <v>3000</v>
       </c>
       <c r="K352" s="15">
-        <v>0.08875</v>
+        <v>0.05505</v>
       </c>
       <c r="L352" s="15">
-        <v>0.07729999999999999</v>
+        <v>0.04771</v>
       </c>
       <c r="M352" s="15">
-        <v>0.07158</v>
-[...5 lines deleted...]
-      <c r="P352" s="15"/>
+        <v>0.04588</v>
+      </c>
+      <c r="N352" s="15"/>
+      <c r="O352" s="15">
+        <v>870</v>
+      </c>
+      <c r="P352" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C353" s="15" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D353" s="15" t="s">
-        <v>1242</v>
-[...2 lines deleted...]
-        <v>10080028307</v>
+        <v>1243</v>
+      </c>
+      <c r="E353" s="15" t="s">
+        <v>1244</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I353" s="15" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="J353" s="15">
         <v>500</v>
       </c>
       <c r="K353" s="15">
-        <v>0.18746</v>
+        <v>0.08875</v>
       </c>
       <c r="L353" s="15">
-        <v>0.10379</v>
+        <v>0.07729999999999999</v>
       </c>
       <c r="M353" s="15">
-        <v>0.08703</v>
+        <v>0.07158</v>
       </c>
       <c r="N353" s="15">
-        <v>7</v>
+        <v>6475</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C354" s="15" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D354" s="15" t="s">
-        <v>1245</v>
-[...2 lines deleted...]
-        <v>1246</v>
+        <v>1247</v>
+      </c>
+      <c r="E354" s="15">
+        <v>10080028307</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I354" s="15" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="J354" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K354" s="15">
-        <v>0.11822</v>
+        <v>0.18746</v>
       </c>
       <c r="L354" s="15">
-        <v>0.10296</v>
+        <v>0.10379</v>
       </c>
       <c r="M354" s="15">
-        <v>0.09533999999999999</v>
+        <v>0.08703</v>
       </c>
       <c r="N354" s="15">
-        <v>2157</v>
+        <v>7</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
-      <c r="Q354" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C355" s="15" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D355" s="15" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="E355" s="15" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I355" s="15" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="J355" s="15">
         <v>400</v>
       </c>
       <c r="K355" s="15">
-        <v>0.24957</v>
+        <v>0.11822</v>
       </c>
       <c r="L355" s="15">
-        <v>0.13815</v>
+        <v>0.10296</v>
       </c>
       <c r="M355" s="15">
-        <v>0.11587</v>
+        <v>0.09533999999999999</v>
       </c>
       <c r="N355" s="15">
-        <v>12</v>
+        <v>2261</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
-      <c r="Q355" s="15"/>
+      <c r="Q355" s="15">
+        <v>6400</v>
+      </c>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C356" s="15" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D356" s="15" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="E356" s="15" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I356" s="15" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="J356" s="15">
         <v>400</v>
       </c>
       <c r="K356" s="15">
-        <v>0.10368</v>
+        <v>0.24957</v>
       </c>
       <c r="L356" s="15">
-        <v>0.08986</v>
+        <v>0.13815</v>
       </c>
       <c r="M356" s="15">
-        <v>0.0864</v>
+        <v>0.11587</v>
       </c>
       <c r="N356" s="15">
-        <v>18360</v>
+        <v>12</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="D357" s="15" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="E357" s="15" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I357" s="15" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="J357" s="15">
-        <v>1500</v>
+        <v>400</v>
       </c>
       <c r="K357" s="15">
-        <v>0.1479</v>
+        <v>0.10368</v>
       </c>
       <c r="L357" s="15">
-        <v>0.12882</v>
+        <v>0.08986</v>
       </c>
       <c r="M357" s="15">
-        <v>0.11928</v>
+        <v>0.0864</v>
       </c>
       <c r="N357" s="15">
-        <v>10946</v>
+        <v>13800</v>
       </c>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
-      <c r="Q357" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C358" s="15" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="D358" s="15" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="E358" s="15" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I358" s="15" t="s">
-        <v>1263</v>
-[...1 lines deleted...]
-      <c r="J358" s="15"/>
+        <v>1264</v>
+      </c>
+      <c r="J358" s="15">
+        <v>1500</v>
+      </c>
       <c r="K358" s="15">
-        <v>0.16826</v>
+        <v>0.1479</v>
       </c>
       <c r="L358" s="15">
-        <v>0.15143</v>
+        <v>0.12882</v>
       </c>
       <c r="M358" s="15">
-        <v>0.14021</v>
+        <v>0.11928</v>
       </c>
       <c r="N358" s="15">
-        <v>2047</v>
+        <v>12333</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
-      <c r="Q358" s="15"/>
+      <c r="Q358" s="15">
+        <v>6000</v>
+      </c>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C359" s="15" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="D359" s="15" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>10080038330</v>
+        <v>1266</v>
+      </c>
+      <c r="E359" s="15" t="s">
+        <v>1267</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I359" s="15" t="s">
-        <v>1266</v>
-[...3 lines deleted...]
-      </c>
+        <v>1268</v>
+      </c>
+      <c r="J359" s="15"/>
       <c r="K359" s="15">
-        <v>0.26054</v>
+        <v>0.16826</v>
       </c>
       <c r="L359" s="15">
-        <v>0.18789</v>
+        <v>0.15143</v>
       </c>
       <c r="M359" s="15">
-        <v>0.16283</v>
+        <v>0.14021</v>
       </c>
       <c r="N359" s="15">
-        <v>340</v>
+        <v>1518</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C360" s="15" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="D360" s="15" t="s">
-        <v>1268</v>
-[...2 lines deleted...]
-        <v>1269</v>
+        <v>1270</v>
+      </c>
+      <c r="E360" s="15">
+        <v>10080038330</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I360" s="15" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="J360" s="15">
-        <v>1000</v>
+        <v>400</v>
       </c>
       <c r="K360" s="15">
-        <v>0.20001</v>
+        <v>0.26054</v>
       </c>
       <c r="L360" s="15">
-        <v>0.18001</v>
+        <v>0.18789</v>
       </c>
       <c r="M360" s="15">
-        <v>0.16668</v>
+        <v>0.16283</v>
       </c>
       <c r="N360" s="15">
-        <v>826</v>
+        <v>256</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C361" s="15" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D361" s="15" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="E361" s="15" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I361" s="15" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="J361" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K361" s="15">
-        <v>0.23379</v>
+        <v>0.20001</v>
       </c>
       <c r="L361" s="15">
-        <v>0.20262</v>
+        <v>0.18001</v>
       </c>
       <c r="M361" s="15">
-        <v>0.19483</v>
+        <v>0.16668</v>
       </c>
       <c r="N361" s="15">
-        <v>1377</v>
+        <v>717</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
-      <c r="Q361" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C362" s="15" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D362" s="15" t="s">
-        <v>1276</v>
-[...2 lines deleted...]
-        <v>10080033839</v>
+        <v>1277</v>
+      </c>
+      <c r="E362" s="15" t="s">
+        <v>1278</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I362" s="15" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="J362" s="15">
-        <v>2100</v>
+        <v>250</v>
       </c>
       <c r="K362" s="15">
-        <v>0.50058</v>
+        <v>0.23379</v>
       </c>
       <c r="L362" s="15">
-        <v>0.26594</v>
+        <v>0.20262</v>
       </c>
       <c r="M362" s="15">
-        <v>0.22681</v>
+        <v>0.19483</v>
       </c>
       <c r="N362" s="15">
-        <v>87</v>
+        <v>1445</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
-      <c r="Q362" s="15"/>
+      <c r="Q362" s="15">
+        <v>4000</v>
+      </c>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C363" s="15" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D363" s="15" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>1280</v>
+        <v>1281</v>
+      </c>
+      <c r="E363" s="15">
+        <v>10080033839</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I363" s="15" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="J363" s="15">
-        <v>750</v>
+        <v>2100</v>
       </c>
       <c r="K363" s="15">
-        <v>0.29298</v>
+        <v>0.50058</v>
       </c>
       <c r="L363" s="15">
-        <v>0.26368</v>
+        <v>0.26594</v>
       </c>
       <c r="M363" s="15">
-        <v>0.24415</v>
+        <v>0.22681</v>
       </c>
       <c r="N363" s="15">
-        <v>2190</v>
+        <v>96</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
-      <c r="Q363" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C364" s="15" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D364" s="15" t="s">
-        <v>1283</v>
-[...2 lines deleted...]
-        <v>10080038332</v>
+        <v>1284</v>
+      </c>
+      <c r="E364" s="15" t="s">
+        <v>1285</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I364" s="15" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="J364" s="15">
-        <v>400</v>
+        <v>750</v>
       </c>
       <c r="K364" s="15">
-        <v>0.74642</v>
+        <v>0.29298</v>
       </c>
       <c r="L364" s="15">
-        <v>0.4132</v>
+        <v>0.26368</v>
       </c>
       <c r="M364" s="15">
-        <v>0.34655</v>
+        <v>0.24415</v>
       </c>
       <c r="N364" s="15">
-        <v>390</v>
+        <v>2291</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
-      <c r="Q364" s="15"/>
+      <c r="Q364" s="15">
+        <v>3000</v>
+      </c>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C365" s="15" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D365" s="15" t="s">
-        <v>1286</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>1288</v>
+      </c>
+      <c r="E365" s="15">
+        <v>10080038332</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I365" s="15" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="J365" s="15"/>
+        <v>1289</v>
+      </c>
+      <c r="J365" s="15">
+        <v>400</v>
+      </c>
       <c r="K365" s="15">
-        <v>0.50634</v>
+        <v>0.74642</v>
       </c>
       <c r="L365" s="15">
-        <v>0.441</v>
+        <v>0.4132</v>
       </c>
       <c r="M365" s="15">
-        <v>0.40834</v>
+        <v>0.34655</v>
       </c>
       <c r="N365" s="15">
-        <v>182</v>
+        <v>435</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C366" s="15" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="D366" s="15" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="E366" s="15" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I366" s="15" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="J366" s="15"/>
       <c r="K366" s="15">
-        <v>0.14073</v>
+        <v>0.50634</v>
       </c>
       <c r="L366" s="15">
-        <v>0.12666</v>
+        <v>0.441</v>
       </c>
       <c r="M366" s="15">
-        <v>0.11728</v>
+        <v>0.40834</v>
       </c>
       <c r="N366" s="15">
-        <v>4320</v>
+        <v>215</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C367" s="15" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D367" s="15" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="E367" s="15" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I367" s="15" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="J367" s="15"/>
       <c r="K367" s="15">
-        <v>0.50301</v>
+        <v>0.14073</v>
       </c>
       <c r="L367" s="15">
-        <v>0.45271</v>
+        <v>0.12666</v>
       </c>
       <c r="M367" s="15">
-        <v>0.41918</v>
+        <v>0.11728</v>
       </c>
       <c r="N367" s="15">
-        <v>3450</v>
+        <v>5040</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C368" s="15" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D368" s="15" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="E368" s="15" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I368" s="15" t="s">
-        <v>1300</v>
-[...3 lines deleted...]
-      </c>
+        <v>1301</v>
+      </c>
+      <c r="J368" s="15"/>
       <c r="K368" s="15">
-        <v>0.05741</v>
+        <v>0.50301</v>
       </c>
       <c r="L368" s="15">
-        <v>0.05166</v>
+        <v>0.45271</v>
       </c>
       <c r="M368" s="15">
-        <v>0.04784</v>
+        <v>0.41918</v>
       </c>
       <c r="N368" s="15">
-        <v>26502</v>
+        <v>3548</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
-      <c r="Q368" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C369" s="15" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D369" s="15" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="E369" s="15" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="J369" s="15">
         <v>500</v>
       </c>
       <c r="K369" s="15">
-        <v>0.08634</v>
+        <v>0.05741</v>
       </c>
       <c r="L369" s="15">
-        <v>0.07771</v>
+        <v>0.05166</v>
       </c>
       <c r="M369" s="15">
-        <v>0.07195</v>
+        <v>0.04784</v>
       </c>
       <c r="N369" s="15">
-        <v>18699</v>
+        <v>21592</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
-      <c r="Q369" s="15"/>
+      <c r="Q369" s="15">
+        <v>12000</v>
+      </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C370" s="15" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D370" s="15" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>10080028301</v>
+        <v>1307</v>
+      </c>
+      <c r="E370" s="15" t="s">
+        <v>1308</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="J370" s="15">
         <v>500</v>
       </c>
       <c r="K370" s="15">
-        <v>0.1864</v>
+        <v>0.08634</v>
       </c>
       <c r="L370" s="15">
-        <v>0.09987</v>
+        <v>0.07771</v>
       </c>
       <c r="M370" s="15">
-        <v>0.08655</v>
+        <v>0.07195</v>
       </c>
       <c r="N370" s="15">
-        <v>2645</v>
+        <v>19715</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C371" s="15" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="D371" s="15" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="E371" s="15">
-        <v>10080038319</v>
+        <v>10080028301</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1310</v>
-[...1 lines deleted...]
-      <c r="J371" s="15"/>
+        <v>1312</v>
+      </c>
+      <c r="J371" s="15">
+        <v>500</v>
+      </c>
       <c r="K371" s="15">
-        <v>0.11483</v>
+        <v>0.1864</v>
       </c>
       <c r="L371" s="15">
-        <v>0.10334</v>
+        <v>0.09987</v>
       </c>
       <c r="M371" s="15">
-        <v>0.094</v>
+        <v>0.08655</v>
       </c>
       <c r="N371" s="15">
-        <v>12722</v>
+        <v>3153</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C372" s="15" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="D372" s="15" t="s">
-        <v>1312</v>
-[...2 lines deleted...]
-        <v>1313</v>
+        <v>1314</v>
+      </c>
+      <c r="E372" s="15">
+        <v>10080038319</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="J372" s="15"/>
       <c r="K372" s="15">
-        <v>0.10824</v>
+        <v>0.11483</v>
       </c>
       <c r="L372" s="15">
-        <v>0.09381</v>
+        <v>0.10334</v>
       </c>
       <c r="M372" s="15">
-        <v>0.0902</v>
+        <v>0.094</v>
       </c>
       <c r="N372" s="15">
-        <v>7992</v>
+        <v>14287</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C373" s="15" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D373" s="15" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="E373" s="15" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1318</v>
-[...3 lines deleted...]
-      </c>
+        <v>1319</v>
+      </c>
+      <c r="J373" s="15"/>
       <c r="K373" s="15">
-        <v>0.14328</v>
+        <v>0.10824</v>
       </c>
       <c r="L373" s="15">
-        <v>0.12895</v>
+        <v>0.09381</v>
       </c>
       <c r="M373" s="15">
-        <v>0.1194</v>
+        <v>0.0902</v>
       </c>
       <c r="N373" s="15">
-        <v>6475</v>
+        <v>6804</v>
       </c>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
-      <c r="Q373" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C374" s="15" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D374" s="15" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="E374" s="15" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1322</v>
-[...1 lines deleted...]
-      <c r="J374" s="15"/>
+        <v>1323</v>
+      </c>
+      <c r="J374" s="15">
+        <v>1500</v>
+      </c>
       <c r="K374" s="15">
-        <v>0.16787</v>
+        <v>0.14328</v>
       </c>
       <c r="L374" s="15">
-        <v>0.15108</v>
+        <v>0.12895</v>
       </c>
       <c r="M374" s="15">
-        <v>0.13989</v>
+        <v>0.1194</v>
       </c>
       <c r="N374" s="15">
-        <v>5949</v>
+        <v>5863</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
-      <c r="Q374" s="15"/>
+      <c r="Q374" s="15">
+        <v>6000</v>
+      </c>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C375" s="15" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D375" s="15" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="E375" s="15" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1326</v>
-[...3 lines deleted...]
-      </c>
+        <v>1327</v>
+      </c>
+      <c r="J375" s="15"/>
       <c r="K375" s="15">
-        <v>0.22397</v>
+        <v>0.16787</v>
       </c>
       <c r="L375" s="15">
-        <v>0.20157</v>
+        <v>0.15108</v>
       </c>
       <c r="M375" s="15">
-        <v>0.18664</v>
+        <v>0.13989</v>
       </c>
       <c r="N375" s="15">
-        <v>1460</v>
+        <v>6520</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="D376" s="15" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-        <v>10080038322</v>
+        <v>1329</v>
+      </c>
+      <c r="E376" s="15" t="s">
+        <v>1330</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1329</v>
-[...1 lines deleted...]
-      <c r="J376" s="15"/>
+        <v>1331</v>
+      </c>
+      <c r="J376" s="15">
+        <v>250</v>
+      </c>
       <c r="K376" s="15">
-        <v>0.49849</v>
+        <v>0.22397</v>
       </c>
       <c r="L376" s="15">
-        <v>0.27595</v>
+        <v>0.20157</v>
       </c>
       <c r="M376" s="15">
-        <v>0.23145</v>
+        <v>0.18664</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="D377" s="15" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="E377" s="15">
-        <v>10080038323</v>
+        <v>10080038322</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
-        <v>0.56067</v>
+        <v>0.49849</v>
       </c>
       <c r="L377" s="15">
-        <v>0.31037</v>
+        <v>0.27595</v>
       </c>
       <c r="M377" s="15">
-        <v>0.26031</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.23145</v>
+      </c>
+      <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C378" s="15" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D378" s="15" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="E378" s="15">
-        <v>10080038324</v>
+        <v>10080038323</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
-        <v>0.27986</v>
+        <v>0.56067</v>
       </c>
       <c r="L378" s="15">
-        <v>0.25187</v>
+        <v>0.31037</v>
       </c>
       <c r="M378" s="15">
-        <v>0.23321</v>
+        <v>0.26031</v>
       </c>
       <c r="N378" s="15">
-        <v>2340</v>
+        <v>95</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C379" s="15" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="D379" s="15" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="E379" s="15">
-        <v>10080038325</v>
+        <v>10080038324</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
-        <v>0.51498</v>
+        <v>0.27986</v>
       </c>
       <c r="L379" s="15">
-        <v>0.36785</v>
+        <v>0.25187</v>
       </c>
       <c r="M379" s="15">
-        <v>0.3188</v>
+        <v>0.23321</v>
       </c>
       <c r="N379" s="15">
-        <v>1155</v>
+        <v>2011</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C380" s="15" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D380" s="15" t="s">
-        <v>1340</v>
-[...2 lines deleted...]
-        <v>1341</v>
+        <v>1342</v>
+      </c>
+      <c r="E380" s="15">
+        <v>10080038325</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
-        <v>0.25356</v>
+        <v>0.51498</v>
       </c>
       <c r="L380" s="15">
-        <v>0.22085</v>
+        <v>0.36785</v>
       </c>
       <c r="M380" s="15">
-        <v>0.20449</v>
+        <v>0.3188</v>
       </c>
       <c r="N380" s="15">
-        <v>11455</v>
+        <v>932</v>
       </c>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C381" s="15" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D381" s="15" t="s">
-        <v>1344</v>
-[...2 lines deleted...]
-        <v>10080038335</v>
+        <v>1345</v>
+      </c>
+      <c r="E381" s="15" t="s">
+        <v>1346</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I381" s="15" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="J381" s="15"/>
       <c r="K381" s="15">
-        <v>0.18587</v>
+        <v>0.25356</v>
       </c>
       <c r="L381" s="15">
-        <v>0.18587</v>
+        <v>0.22085</v>
       </c>
       <c r="M381" s="15">
-        <v>0.18587</v>
+        <v>0.20449</v>
       </c>
       <c r="N381" s="15">
-        <v>1293</v>
+        <v>11165</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C382" s="15" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="D382" s="15" t="s">
-        <v>1347</v>
-[...2 lines deleted...]
-        <v>1348</v>
+        <v>1349</v>
+      </c>
+      <c r="E382" s="15">
+        <v>10080038335</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I382" s="15" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1350</v>
+      </c>
+      <c r="J382" s="15"/>
       <c r="K382" s="15">
-        <v>0.23868</v>
+        <v>0.18587</v>
       </c>
       <c r="L382" s="15">
-        <v>0.20789</v>
+        <v>0.18587</v>
       </c>
       <c r="M382" s="15">
-        <v>0.19249</v>
+        <v>0.18587</v>
       </c>
       <c r="N382" s="15">
-        <v>814</v>
+        <v>1445</v>
       </c>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C383" s="15" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D383" s="15" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-        <v>10080038336</v>
+        <v>1352</v>
+      </c>
+      <c r="E383" s="15" t="s">
+        <v>1353</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1352</v>
-[...1 lines deleted...]
-      <c r="J383" s="15"/>
+        <v>1354</v>
+      </c>
+      <c r="J383" s="15">
+        <v>250</v>
+      </c>
       <c r="K383" s="15">
-        <v>0.50646</v>
+        <v>0.23868</v>
       </c>
       <c r="L383" s="15">
-        <v>0.28036</v>
+        <v>0.20789</v>
       </c>
       <c r="M383" s="15">
-        <v>0.23515</v>
+        <v>0.19249</v>
       </c>
       <c r="N383" s="15">
-        <v>210</v>
+        <v>645</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C384" s="15" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="D384" s="15" t="s">
-        <v>1354</v>
-[...2 lines deleted...]
-        <v>1355</v>
+        <v>1356</v>
+      </c>
+      <c r="E384" s="15">
+        <v>10080038336</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1356</v>
-[...3 lines deleted...]
-      </c>
+        <v>1357</v>
+      </c>
+      <c r="J384" s="15"/>
       <c r="K384" s="15">
-        <v>0.2996</v>
+        <v>0.50646</v>
       </c>
       <c r="L384" s="15">
-        <v>0.26094</v>
+        <v>0.28036</v>
       </c>
       <c r="M384" s="15">
-        <v>0.24161</v>
+        <v>0.23515</v>
       </c>
       <c r="N384" s="15">
-        <v>870</v>
+        <v>245</v>
       </c>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
-      <c r="Q384" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C385" s="15" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D385" s="15" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="E385" s="15" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1360</v>
+        <v>1046</v>
       </c>
       <c r="I385" s="15" t="s">
         <v>1361</v>
       </c>
-      <c r="J385" s="15"/>
+      <c r="J385" s="15">
+        <v>750</v>
+      </c>
       <c r="K385" s="15">
-        <v>0.12839</v>
+        <v>0.2996</v>
       </c>
       <c r="L385" s="15">
-        <v>0.11127</v>
+        <v>0.26094</v>
       </c>
       <c r="M385" s="15">
-        <v>0.10699</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.24161</v>
+      </c>
+      <c r="N385" s="15">
+        <v>840</v>
+      </c>
+      <c r="O385" s="15"/>
+      <c r="P385" s="15"/>
       <c r="Q385" s="15">
-        <v>4800</v>
+        <v>3000</v>
       </c>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C386" s="15" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D386" s="15" t="s">
         <v>1363</v>
       </c>
-      <c r="D386" s="15" t="s">
+      <c r="E386" s="15" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I386" s="15" t="s">
         <v>1366</v>
       </c>
-      <c r="J386" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J386" s="15"/>
       <c r="K386" s="15">
-        <v>0.18501</v>
+        <v>0.12839</v>
       </c>
       <c r="L386" s="15">
-        <v>0.16651</v>
+        <v>0.11127</v>
       </c>
       <c r="M386" s="15">
-        <v>0.15418</v>
+        <v>0.10699</v>
       </c>
       <c r="N386" s="15">
-        <v>10209</v>
+        <v>3050</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
-      <c r="Q386" s="15"/>
+      <c r="Q386" s="15">
+        <v>4800</v>
+      </c>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C387" s="15" t="s">
         <v>1367</v>
       </c>
       <c r="D387" s="15" t="s">
         <v>1368</v>
       </c>
       <c r="E387" s="15" t="s">
         <v>1369</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I387" s="15" t="s">
         <v>1370</v>
       </c>
-      <c r="J387" s="15"/>
+      <c r="J387" s="15">
+        <v>600</v>
+      </c>
       <c r="K387" s="15">
-        <v>0.31961</v>
+        <v>0.18501</v>
       </c>
       <c r="L387" s="15">
-        <v>0.27699</v>
+        <v>0.16651</v>
       </c>
       <c r="M387" s="15">
-        <v>0.26634</v>
-[...10 lines deleted...]
-      </c>
+        <v>0.15418</v>
+      </c>
+      <c r="N387" s="15">
+        <v>7380</v>
+      </c>
+      <c r="O387" s="15"/>
+      <c r="P387" s="15"/>
+      <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C388" s="15" t="s">
         <v>1371</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>1372</v>
       </c>
       <c r="E388" s="15" t="s">
         <v>1373</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I388" s="15" t="s">
         <v>1374</v>
       </c>
       <c r="J388" s="15"/>
       <c r="K388" s="15">
-        <v>0.38397</v>
+        <v>0.31961</v>
       </c>
       <c r="L388" s="15">
-        <v>0.33277</v>
+        <v>0.27699</v>
       </c>
       <c r="M388" s="15">
-        <v>0.31998</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.26634</v>
+      </c>
+      <c r="N388" s="15">
+        <v>3350</v>
+      </c>
+      <c r="O388" s="15"/>
+      <c r="P388" s="15"/>
       <c r="Q388" s="15">
-        <v>1800</v>
+        <v>2100</v>
       </c>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C389" s="15" t="s">
         <v>1375</v>
       </c>
       <c r="D389" s="15" t="s">
         <v>1376</v>
       </c>
       <c r="E389" s="15" t="s">
         <v>1377</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I389" s="15" t="s">
         <v>1378</v>
       </c>
-      <c r="J389" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J389" s="15"/>
       <c r="K389" s="15">
-        <v>0.0864</v>
+        <v>0.38397</v>
       </c>
       <c r="L389" s="15">
-        <v>0.07488</v>
+        <v>0.33277</v>
       </c>
       <c r="M389" s="15">
-        <v>0.07199999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.31998</v>
+      </c>
+      <c r="N389" s="15">
+        <v>3100</v>
+      </c>
+      <c r="O389" s="15"/>
+      <c r="P389" s="15"/>
       <c r="Q389" s="15">
-        <v>8000</v>
+        <v>1800</v>
       </c>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1379</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>1380</v>
       </c>
       <c r="E390" s="15" t="s">
         <v>1381</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I390" s="15" t="s">
         <v>1382</v>
       </c>
-      <c r="J390" s="15"/>
+      <c r="J390" s="15">
+        <v>2000</v>
+      </c>
       <c r="K390" s="15">
-        <v>0.11</v>
+        <v>0.0864</v>
       </c>
       <c r="L390" s="15">
-        <v>0.097</v>
+        <v>0.07488</v>
       </c>
       <c r="M390" s="15">
-        <v>0.093</v>
+        <v>0.07199999999999999</v>
       </c>
       <c r="N390" s="15">
-        <v>5</v>
+        <v>10000</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
-      <c r="Q390" s="15"/>
+      <c r="Q390" s="15">
+        <v>8000</v>
+      </c>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>1383</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>1384</v>
       </c>
       <c r="E391" s="15" t="s">
         <v>1385</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I391" s="15" t="s">
         <v>1386</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
-        <v>0.13782</v>
+        <v>0.11</v>
       </c>
       <c r="L391" s="15">
-        <v>0.12404</v>
+        <v>0.097</v>
       </c>
       <c r="M391" s="15">
-        <v>0.11485</v>
+        <v>0.093</v>
       </c>
       <c r="N391" s="15">
-        <v>7750</v>
+        <v>5</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C392" s="15" t="s">
         <v>1387</v>
       </c>
       <c r="D392" s="15" t="s">
         <v>1388</v>
       </c>
       <c r="E392" s="15" t="s">
         <v>1389</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="I392" s="15" t="s">
         <v>1390</v>
       </c>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
-        <v>0.52</v>
+        <v>0.13782</v>
       </c>
       <c r="L392" s="15">
-        <v>0.46</v>
+        <v>0.12404</v>
       </c>
       <c r="M392" s="15">
-        <v>0.43</v>
+        <v>0.11485</v>
       </c>
       <c r="N392" s="15">
-        <v>5</v>
+        <v>7750</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C393" s="15" t="s">
         <v>1391</v>
       </c>
       <c r="D393" s="15" t="s">
         <v>1392</v>
       </c>
-      <c r="E393" s="15">
-        <v>10080050294</v>
+      <c r="E393" s="15" t="s">
+        <v>1393</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1393</v>
+        <v>1365</v>
       </c>
       <c r="I393" s="15" t="s">
         <v>1394</v>
       </c>
-      <c r="J393" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J393" s="15"/>
       <c r="K393" s="15">
-        <v>0.11433</v>
+        <v>0.52</v>
       </c>
       <c r="L393" s="15">
-        <v>0.09909</v>
+        <v>0.46</v>
       </c>
       <c r="M393" s="15">
-        <v>0.09528</v>
+        <v>0.43</v>
       </c>
       <c r="N393" s="15">
-        <v>198</v>
+        <v>5</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C394" s="15" t="s">
         <v>1395</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>1396</v>
       </c>
-      <c r="E394" s="15" t="s">
-        <v>1397</v>
+      <c r="E394" s="15">
+        <v>10080050294</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I394" s="15" t="s">
         <v>1398</v>
       </c>
-      <c r="J394" s="15"/>
+      <c r="J394" s="15">
+        <v>250</v>
+      </c>
       <c r="K394" s="15">
-        <v>0.22769</v>
+        <v>0.11433</v>
       </c>
       <c r="L394" s="15">
-        <v>0.19733</v>
+        <v>0.09909</v>
       </c>
       <c r="M394" s="15">
-        <v>0.18974</v>
+        <v>0.09528</v>
       </c>
       <c r="N394" s="15">
-        <v>660</v>
+        <v>255</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C395" s="15" t="s">
         <v>1399</v>
       </c>
       <c r="D395" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="E395" s="15" t="s">
         <v>1401</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I395" s="15" t="s">
         <v>1402</v>
       </c>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
-        <v>0.30036</v>
+        <v>0.22769</v>
       </c>
       <c r="L395" s="15">
-        <v>0.26031</v>
+        <v>0.19733</v>
       </c>
       <c r="M395" s="15">
-        <v>0.2503</v>
+        <v>0.18974</v>
       </c>
       <c r="N395" s="15">
         <v>750</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C396" s="15" t="s">
         <v>1403</v>
       </c>
       <c r="D396" s="15" t="s">
         <v>1404</v>
       </c>
       <c r="E396" s="15" t="s">
         <v>1405</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I396" s="15" t="s">
         <v>1406</v>
       </c>
       <c r="J396" s="15"/>
       <c r="K396" s="15">
-        <v>0.5315299999999999</v>
+        <v>0.30036</v>
       </c>
       <c r="L396" s="15">
-        <v>0.46066</v>
+        <v>0.26031</v>
       </c>
       <c r="M396" s="15">
-        <v>0.44294</v>
+        <v>0.2503</v>
       </c>
       <c r="N396" s="15">
-        <v>810</v>
+        <v>780</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C397" s="15" t="s">
         <v>1407</v>
       </c>
       <c r="D397" s="15" t="s">
         <v>1408</v>
       </c>
       <c r="E397" s="15" t="s">
         <v>1409</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I397" s="15" t="s">
         <v>1410</v>
       </c>
       <c r="J397" s="15"/>
       <c r="K397" s="15">
-        <v>0.67665</v>
+        <v>0.5315299999999999</v>
       </c>
       <c r="L397" s="15">
-        <v>0.58643</v>
+        <v>0.46066</v>
       </c>
       <c r="M397" s="15">
-        <v>0.56388</v>
+        <v>0.44294</v>
       </c>
       <c r="N397" s="15">
-        <v>720</v>
+        <v>680</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>1411</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>1412</v>
       </c>
       <c r="E398" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I398" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
-        <v>1.13</v>
+        <v>0.67665</v>
       </c>
       <c r="L398" s="15">
-        <v>0.98303</v>
+        <v>0.58643</v>
       </c>
       <c r="M398" s="15">
-        <v>0.94523</v>
+        <v>0.56388</v>
       </c>
       <c r="N398" s="15">
-        <v>670</v>
+        <v>760</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C399" s="15" t="s">
         <v>1415</v>
       </c>
       <c r="D399" s="15" t="s">
         <v>1416</v>
       </c>
       <c r="E399" s="15" t="s">
         <v>1417</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I399" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
-        <v>0.29954</v>
+        <v>1.13</v>
       </c>
       <c r="L399" s="15">
-        <v>0.2596</v>
+        <v>0.98303</v>
       </c>
       <c r="M399" s="15">
-        <v>0.24961</v>
+        <v>0.94523</v>
       </c>
       <c r="N399" s="15">
-        <v>760</v>
+        <v>900</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>1419</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>1420</v>
       </c>
       <c r="E400" s="15" t="s">
         <v>1421</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I400" s="15" t="s">
         <v>1422</v>
       </c>
       <c r="J400" s="15"/>
       <c r="K400" s="15">
-        <v>0.39851</v>
+        <v>0.29954</v>
       </c>
       <c r="L400" s="15">
-        <v>0.34537</v>
+        <v>0.2596</v>
       </c>
       <c r="M400" s="15">
-        <v>0.33209</v>
+        <v>0.24961</v>
       </c>
       <c r="N400" s="15">
-        <v>817</v>
+        <v>860</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C401" s="15" t="s">
         <v>1423</v>
       </c>
       <c r="D401" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="E401" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I401" s="15" t="s">
         <v>1426</v>
       </c>
       <c r="J401" s="15"/>
       <c r="K401" s="15">
-        <v>1.1</v>
+        <v>0.39851</v>
       </c>
       <c r="L401" s="15">
-        <v>0.95755</v>
+        <v>0.34537</v>
       </c>
       <c r="M401" s="15">
-        <v>0.92073</v>
+        <v>0.33209</v>
       </c>
       <c r="N401" s="15">
-        <v>640</v>
+        <v>608</v>
       </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C402" s="15" t="s">
         <v>1427</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>1428</v>
       </c>
       <c r="E402" s="15" t="s">
         <v>1429</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I402" s="15" t="s">
         <v>1430</v>
       </c>
-      <c r="J402" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J402" s="15"/>
       <c r="K402" s="15">
-        <v>3.28</v>
+        <v>1.1</v>
       </c>
       <c r="L402" s="15">
-        <v>2.75</v>
+        <v>0.95755</v>
       </c>
       <c r="M402" s="15">
-        <v>2.65</v>
-[...1 lines deleted...]
-      <c r="N402" s="15"/>
+        <v>0.92073</v>
+      </c>
+      <c r="N402" s="15">
+        <v>720</v>
+      </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C403" s="15" t="s">
         <v>1431</v>
       </c>
       <c r="D403" s="15" t="s">
         <v>1432</v>
       </c>
-      <c r="E403" s="15">
-        <v>10080028523</v>
+      <c r="E403" s="15" t="s">
+        <v>1433</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="J403" s="15">
-        <v>600</v>
+        <v>100</v>
       </c>
       <c r="K403" s="15">
-        <v>0.08946</v>
+        <v>3.28</v>
       </c>
       <c r="L403" s="15">
-        <v>0.07753</v>
+        <v>2.75</v>
       </c>
       <c r="M403" s="15">
-        <v>0.07455000000000001</v>
+        <v>2.65</v>
       </c>
       <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C404" s="15" t="s">
-        <v>1431</v>
+        <v>1435</v>
       </c>
       <c r="D404" s="15" t="s">
-        <v>1432</v>
-[...2 lines deleted...]
-        <v>1434</v>
+        <v>1436</v>
+      </c>
+      <c r="E404" s="15">
+        <v>10080028523</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="I404" s="15"/>
+        <v>1397</v>
+      </c>
+      <c r="I404" s="15" t="s">
+        <v>1437</v>
+      </c>
       <c r="J404" s="15">
-        <v>500</v>
+        <v>600</v>
       </c>
       <c r="K404" s="15">
-        <v>0.0915</v>
+        <v>0.08946</v>
       </c>
       <c r="L404" s="15">
-        <v>0.0793</v>
+        <v>0.07753</v>
       </c>
       <c r="M404" s="15">
-        <v>0.07625</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07455000000000001</v>
+      </c>
+      <c r="N404" s="15"/>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C405" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="D405" s="15" t="s">
         <v>1436</v>
       </c>
       <c r="E405" s="15" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="J405" s="15">
-        <v>400</v>
+        <v>500</v>
       </c>
       <c r="K405" s="15">
-        <v>0.13125</v>
+        <v>0.0915</v>
       </c>
       <c r="L405" s="15">
-        <v>0.11375</v>
+        <v>0.0793</v>
       </c>
       <c r="M405" s="15">
-        <v>0.10938</v>
+        <v>0.07625</v>
       </c>
       <c r="N405" s="15">
-        <v>131</v>
+        <v>4135</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C406" s="15" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D406" s="15" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="E406" s="15" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I406" s="15" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="J406" s="15">
-        <v>300</v>
+        <v>400</v>
       </c>
       <c r="K406" s="15">
-        <v>0.18647</v>
+        <v>0.13125</v>
       </c>
       <c r="L406" s="15">
-        <v>0.1616</v>
+        <v>0.11375</v>
       </c>
       <c r="M406" s="15">
-        <v>0.15539</v>
+        <v>0.10938</v>
       </c>
       <c r="N406" s="15">
-        <v>13076</v>
+        <v>131</v>
       </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C407" s="15" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D407" s="15" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="E407" s="15" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="J407" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K407" s="15">
-        <v>0.22874</v>
+        <v>0.18647</v>
       </c>
       <c r="L407" s="15">
-        <v>0.19824</v>
+        <v>0.1616</v>
       </c>
       <c r="M407" s="15">
-        <v>0.19061</v>
-[...1 lines deleted...]
-      <c r="N407" s="15"/>
+        <v>0.15539</v>
+      </c>
+      <c r="N407" s="15">
+        <v>13444</v>
+      </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C408" s="15" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D408" s="15" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="E408" s="15" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I408" s="15" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="J408" s="15">
         <v>100</v>
       </c>
       <c r="K408" s="15">
-        <v>0.27404</v>
+        <v>0.22874</v>
       </c>
       <c r="L408" s="15">
-        <v>0.2375</v>
+        <v>0.19824</v>
       </c>
       <c r="M408" s="15">
-        <v>0.22836</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19061</v>
+      </c>
+      <c r="N408" s="15"/>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C409" s="15" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D409" s="15" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="E409" s="15" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="J409" s="15">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="K409" s="15">
-        <v>0.3333</v>
+        <v>0.27404</v>
       </c>
       <c r="L409" s="15">
-        <v>0.28886</v>
+        <v>0.2375</v>
       </c>
       <c r="M409" s="15">
-        <v>0.27775</v>
-[...1 lines deleted...]
-      <c r="N409" s="15"/>
+        <v>0.22836</v>
+      </c>
+      <c r="N409" s="15">
+        <v>5384</v>
+      </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C410" s="15" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D410" s="15" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="E410" s="15" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="J410" s="15">
         <v>150</v>
       </c>
       <c r="K410" s="15">
-        <v>0.37994</v>
+        <v>0.3333</v>
       </c>
       <c r="L410" s="15">
-        <v>0.32928</v>
+        <v>0.28886</v>
       </c>
       <c r="M410" s="15">
-        <v>0.31661</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.27775</v>
+      </c>
+      <c r="N410" s="15"/>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C411" s="15" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D411" s="15" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="E411" s="15" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1462</v>
-[...1 lines deleted...]
-      <c r="J411" s="15"/>
+        <v>1463</v>
+      </c>
+      <c r="J411" s="15">
+        <v>150</v>
+      </c>
       <c r="K411" s="15">
-        <v>0.72378</v>
+        <v>0.37994</v>
       </c>
       <c r="L411" s="15">
-        <v>0.60315</v>
+        <v>0.32928</v>
       </c>
       <c r="M411" s="15">
-        <v>0.57903</v>
+        <v>0.31661</v>
       </c>
       <c r="N411" s="15">
-        <v>52</v>
+        <v>5039</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C412" s="15" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D412" s="15" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="E412" s="15" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1466</v>
-[...3 lines deleted...]
-      </c>
+        <v>1467</v>
+      </c>
+      <c r="J412" s="15"/>
       <c r="K412" s="15">
-        <v>0.47592</v>
+        <v>0.72378</v>
       </c>
       <c r="L412" s="15">
-        <v>0.41246</v>
+        <v>0.60315</v>
       </c>
       <c r="M412" s="15">
-        <v>0.3966</v>
+        <v>0.57903</v>
       </c>
       <c r="N412" s="15">
-        <v>827</v>
+        <v>52</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C413" s="15" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D413" s="15" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="E413" s="15" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1470</v>
-[...1 lines deleted...]
-      <c r="J413" s="15"/>
+        <v>1471</v>
+      </c>
+      <c r="J413" s="15">
+        <v>100</v>
+      </c>
       <c r="K413" s="15">
-        <v>0.29537</v>
+        <v>0.47592</v>
       </c>
       <c r="L413" s="15">
-        <v>0.25598</v>
+        <v>0.41246</v>
       </c>
       <c r="M413" s="15">
-        <v>0.24614</v>
+        <v>0.3966</v>
       </c>
       <c r="N413" s="15">
-        <v>372</v>
+        <v>688</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D414" s="15" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="E414" s="15" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="J414" s="15"/>
       <c r="K414" s="15">
-        <v>0.42932</v>
+        <v>0.29537</v>
       </c>
       <c r="L414" s="15">
-        <v>0.37207</v>
+        <v>0.25598</v>
       </c>
       <c r="M414" s="15">
-        <v>0.35776</v>
+        <v>0.24614</v>
       </c>
       <c r="N414" s="15">
-        <v>810</v>
+        <v>333</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C415" s="15" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="D415" s="15" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="E415" s="15" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="J415" s="15"/>
       <c r="K415" s="15">
-        <v>0.19529</v>
+        <v>0.42932</v>
       </c>
       <c r="L415" s="15">
-        <v>0.16925</v>
+        <v>0.37207</v>
       </c>
       <c r="M415" s="15">
-        <v>0.16274</v>
+        <v>0.35776</v>
       </c>
       <c r="N415" s="15">
-        <v>870</v>
+        <v>810</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C416" s="15" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D416" s="15" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="E416" s="15" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="J416" s="15"/>
       <c r="K416" s="15">
-        <v>0.24024</v>
+        <v>0.19529</v>
       </c>
       <c r="L416" s="15">
-        <v>0.20821</v>
+        <v>0.16925</v>
       </c>
       <c r="M416" s="15">
-        <v>0.2002</v>
+        <v>0.16274</v>
       </c>
       <c r="N416" s="15">
-        <v>880</v>
+        <v>900</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C417" s="15" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D417" s="15" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="E417" s="15" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="I417" s="15"/>
+        <v>1397</v>
+      </c>
+      <c r="I417" s="15" t="s">
+        <v>1487</v>
+      </c>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
-        <v>0.59999</v>
+        <v>0.24024</v>
       </c>
       <c r="L417" s="15">
-        <v>0.5</v>
+        <v>0.20821</v>
       </c>
       <c r="M417" s="15">
-        <v>0.48</v>
+        <v>0.2002</v>
       </c>
       <c r="N417" s="15">
-        <v>100</v>
+        <v>610</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C418" s="15" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D418" s="15" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="E418" s="15" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I418" s="15"/>
       <c r="J418" s="15"/>
       <c r="K418" s="15">
-        <v>0.88187</v>
+        <v>0.59999</v>
       </c>
       <c r="L418" s="15">
-        <v>0.88187</v>
+        <v>0.5</v>
       </c>
       <c r="M418" s="15">
-        <v>0.88187</v>
+        <v>0.48</v>
       </c>
       <c r="N418" s="15">
         <v>100</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C419" s="15" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="D419" s="15" t="s">
-        <v>1490</v>
-[...2 lines deleted...]
-        <v>10080028524</v>
+        <v>1492</v>
+      </c>
+      <c r="E419" s="15" t="s">
+        <v>1493</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1393</v>
-[...6 lines deleted...]
-      </c>
+        <v>1397</v>
+      </c>
+      <c r="I419" s="15"/>
+      <c r="J419" s="15"/>
       <c r="K419" s="15">
-        <v>0.03206</v>
+        <v>0.88187</v>
       </c>
       <c r="L419" s="15">
-        <v>0.02778</v>
+        <v>0.88187</v>
       </c>
       <c r="M419" s="15">
-        <v>0.02671</v>
+        <v>0.88187</v>
       </c>
       <c r="N419" s="15">
-        <v>489</v>
+        <v>100</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C420" s="15" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="D420" s="15" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>1494</v>
+        <v>1495</v>
+      </c>
+      <c r="E420" s="15">
+        <v>10080028524</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="J420" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K420" s="15">
-        <v>0.04787</v>
+        <v>0.03206</v>
       </c>
       <c r="L420" s="15">
-        <v>0.04148</v>
+        <v>0.02778</v>
       </c>
       <c r="M420" s="15">
-        <v>0.03989</v>
+        <v>0.02671</v>
       </c>
       <c r="N420" s="15">
-        <v>11670</v>
+        <v>483</v>
       </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C421" s="15" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D421" s="15" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="E421" s="15" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I421" s="15" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="J421" s="15">
         <v>500</v>
       </c>
       <c r="K421" s="15">
-        <v>0.05333</v>
+        <v>0.04787</v>
       </c>
       <c r="L421" s="15">
-        <v>0.04622</v>
+        <v>0.04148</v>
       </c>
       <c r="M421" s="15">
-        <v>0.04444</v>
-[...1 lines deleted...]
-      <c r="N421" s="15"/>
+        <v>0.03989</v>
+      </c>
+      <c r="N421" s="15">
+        <v>9393</v>
+      </c>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C422" s="15" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D422" s="15" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="E422" s="15" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I422" s="15" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="J422" s="15">
-        <v>350</v>
+        <v>500</v>
       </c>
       <c r="K422" s="15">
-        <v>0.06716999999999999</v>
+        <v>0.05333</v>
       </c>
       <c r="L422" s="15">
-        <v>0.05821</v>
+        <v>0.04622</v>
       </c>
       <c r="M422" s="15">
-        <v>0.05598</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04444</v>
+      </c>
+      <c r="N422" s="15"/>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C423" s="15" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="D423" s="15" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="E423" s="15" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I423" s="15" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="J423" s="15">
         <v>350</v>
       </c>
       <c r="K423" s="15">
-        <v>0.08069999999999999</v>
+        <v>0.06716999999999999</v>
       </c>
       <c r="L423" s="15">
-        <v>0.06994</v>
+        <v>0.05821</v>
       </c>
       <c r="M423" s="15">
-        <v>0.06725</v>
+        <v>0.05598</v>
       </c>
       <c r="N423" s="15">
-        <v>462</v>
+        <v>4250</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D424" s="15" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="E424" s="15" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I424" s="15" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="J424" s="15">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="K424" s="15">
-        <v>0.09329</v>
+        <v>0.08069999999999999</v>
       </c>
       <c r="L424" s="15">
-        <v>0.08085000000000001</v>
+        <v>0.06994</v>
       </c>
       <c r="M424" s="15">
-        <v>0.07774</v>
+        <v>0.06725</v>
       </c>
       <c r="N424" s="15">
-        <v>1800</v>
+        <v>497</v>
       </c>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C425" s="15" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="D425" s="15" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="E425" s="15" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I425" s="15" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="J425" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K425" s="15">
-        <v>0.02559</v>
+        <v>0.09329</v>
       </c>
       <c r="L425" s="15">
-        <v>0.02218</v>
+        <v>0.08085000000000001</v>
       </c>
       <c r="M425" s="15">
-        <v>0.02133</v>
+        <v>0.07774</v>
       </c>
       <c r="N425" s="15">
-        <v>12777</v>
+        <v>2370</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C426" s="15" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D426" s="15" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="E426" s="15" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I426" s="15" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="J426" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K426" s="15">
-        <v>0.03848</v>
+        <v>0.02559</v>
       </c>
       <c r="L426" s="15">
-        <v>0.03335</v>
+        <v>0.02218</v>
       </c>
       <c r="M426" s="15">
-        <v>0.03206</v>
+        <v>0.02133</v>
       </c>
       <c r="N426" s="15">
-        <v>22186</v>
+        <v>16019</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C427" s="15" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="D427" s="15" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="E427" s="15" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="J427" s="15">
         <v>500</v>
       </c>
       <c r="K427" s="15">
-        <v>0.0525</v>
+        <v>0.03848</v>
       </c>
       <c r="L427" s="15">
-        <v>0.0455</v>
+        <v>0.03335</v>
       </c>
       <c r="M427" s="15">
-        <v>0.04375</v>
+        <v>0.03206</v>
       </c>
       <c r="N427" s="15">
-        <v>2835</v>
+        <v>28952</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="D428" s="15" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="E428" s="15" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1527</v>
-[...1 lines deleted...]
-      <c r="J428" s="15"/>
+        <v>1528</v>
+      </c>
+      <c r="J428" s="15">
+        <v>500</v>
+      </c>
       <c r="K428" s="15">
-        <v>0.0644</v>
+        <v>0.0525</v>
       </c>
       <c r="L428" s="15">
-        <v>0.05581</v>
+        <v>0.0455</v>
       </c>
       <c r="M428" s="15">
-        <v>0.05366</v>
-[...1 lines deleted...]
-      <c r="N428" s="15"/>
+        <v>0.04375</v>
+      </c>
+      <c r="N428" s="15">
+        <v>2450</v>
+      </c>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C429" s="15" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D429" s="15" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="E429" s="15" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1531</v>
-[...3 lines deleted...]
-      </c>
+        <v>1532</v>
+      </c>
+      <c r="J429" s="15"/>
       <c r="K429" s="15">
-        <v>0.07385</v>
+        <v>0.0644</v>
       </c>
       <c r="L429" s="15">
-        <v>0.064</v>
+        <v>0.05581</v>
       </c>
       <c r="M429" s="15">
-        <v>0.06154</v>
+        <v>0.05366</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C430" s="15" t="s">
-        <v>1528</v>
+        <v>1533</v>
       </c>
       <c r="D430" s="15" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="E430" s="15" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1393</v>
-[...1 lines deleted...]
-      <c r="I430" s="15"/>
+        <v>1397</v>
+      </c>
+      <c r="I430" s="15" t="s">
+        <v>1536</v>
+      </c>
       <c r="J430" s="15">
-        <v>350</v>
+        <v>200</v>
       </c>
       <c r="K430" s="15">
-        <v>0.07541</v>
+        <v>0.07385</v>
       </c>
       <c r="L430" s="15">
-        <v>0.06535000000000001</v>
+        <v>0.064</v>
       </c>
       <c r="M430" s="15">
-        <v>0.06283999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06154</v>
+      </c>
+      <c r="N430" s="15"/>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C431" s="15" t="s">
         <v>1533</v>
       </c>
       <c r="D431" s="15" t="s">
         <v>1534</v>
       </c>
       <c r="E431" s="15" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="J431" s="15">
-        <v>300</v>
+        <v>350</v>
       </c>
       <c r="K431" s="15">
-        <v>0.09012000000000001</v>
+        <v>0.07541</v>
       </c>
       <c r="L431" s="15">
-        <v>0.0781</v>
+        <v>0.06535000000000001</v>
       </c>
       <c r="M431" s="15">
-        <v>0.0751</v>
+        <v>0.06283999999999999</v>
       </c>
       <c r="N431" s="15">
-        <v>1980</v>
+        <v>6545</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C432" s="15" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="D432" s="15" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="E432" s="15" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="J432" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K432" s="15">
-        <v>1.11</v>
+        <v>0.09012000000000001</v>
       </c>
       <c r="L432" s="15">
-        <v>0.9288</v>
+        <v>0.0781</v>
       </c>
       <c r="M432" s="15">
-        <v>0.89308</v>
-[...1 lines deleted...]
-      <c r="N432" s="15"/>
+        <v>0.0751</v>
+      </c>
+      <c r="N432" s="15">
+        <v>384</v>
+      </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C433" s="15" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D433" s="15" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="E433" s="15" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1544</v>
+        <v>1397</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="J433" s="15">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="K433" s="15">
-        <v>0.52586</v>
+        <v>1.11</v>
       </c>
       <c r="L433" s="15">
-        <v>0.49236</v>
+        <v>0.9288</v>
       </c>
       <c r="M433" s="15">
-        <v>0.47561</v>
+        <v>0.89308</v>
       </c>
       <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C434" s="15" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D434" s="15" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="E434" s="15" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="I434" s="15" t="s">
-        <v>1550</v>
-[...1 lines deleted...]
-      <c r="J434" s="15"/>
+        <v>1551</v>
+      </c>
+      <c r="J434" s="15">
+        <v>150</v>
+      </c>
       <c r="K434" s="15">
-        <v>0.08379</v>
+        <v>0.52586</v>
       </c>
       <c r="L434" s="15">
-        <v>0.07262</v>
+        <v>0.49236</v>
       </c>
       <c r="M434" s="15">
-        <v>0.06983</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.47561</v>
+      </c>
+      <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D435" s="15" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="E435" s="15" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I435" s="15" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="J435" s="15"/>
       <c r="K435" s="15">
-        <v>0.13965</v>
+        <v>0.08379</v>
       </c>
       <c r="L435" s="15">
-        <v>0.12103</v>
+        <v>0.07262</v>
       </c>
       <c r="M435" s="15">
-        <v>0.11638</v>
+        <v>0.06983</v>
       </c>
       <c r="N435" s="15">
-        <v>12425</v>
+        <v>17600</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="D436" s="15" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="E436" s="15" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="J436" s="15"/>
       <c r="K436" s="15">
-        <v>0.17293</v>
+        <v>0.13965</v>
       </c>
       <c r="L436" s="15">
-        <v>0.15062</v>
+        <v>0.12103</v>
       </c>
       <c r="M436" s="15">
-        <v>0.13946</v>
+        <v>0.11638</v>
       </c>
       <c r="N436" s="15">
-        <v>1675</v>
+        <v>15575</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C437" s="15" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="D437" s="15" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="E437" s="15" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="J437" s="15"/>
       <c r="K437" s="15">
-        <v>0.06119</v>
+        <v>0.17293</v>
       </c>
       <c r="L437" s="15">
-        <v>0.0533</v>
+        <v>0.15062</v>
       </c>
       <c r="M437" s="15">
-        <v>0.04935</v>
+        <v>0.13946</v>
       </c>
       <c r="N437" s="15">
-        <v>28000</v>
+        <v>1500</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C438" s="15" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D438" s="15" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="E438" s="15" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
-        <v>0.09024</v>
+        <v>0.06119</v>
       </c>
       <c r="L438" s="15">
-        <v>0.0786</v>
+        <v>0.0533</v>
       </c>
       <c r="M438" s="15">
-        <v>0.07278</v>
+        <v>0.04935</v>
       </c>
       <c r="N438" s="15">
-        <v>23700</v>
+        <v>32800</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C439" s="15" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="D439" s="15" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="E439" s="15" t="s">
-        <v>1569</v>
+        <v>1571</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="J439" s="15"/>
       <c r="K439" s="15">
-        <v>0.12792</v>
+        <v>0.09024</v>
       </c>
       <c r="L439" s="15">
-        <v>0.11142</v>
+        <v>0.0786</v>
       </c>
       <c r="M439" s="15">
-        <v>0.10316</v>
+        <v>0.07278</v>
       </c>
       <c r="N439" s="15">
-        <v>29400</v>
+        <v>22200</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C440" s="15" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="D440" s="15" t="s">
-        <v>1572</v>
+        <v>1574</v>
       </c>
       <c r="E440" s="15" t="s">
-        <v>1573</v>
+        <v>1575</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="J440" s="15"/>
       <c r="K440" s="15">
-        <v>0.15963</v>
+        <v>0.12792</v>
       </c>
       <c r="L440" s="15">
-        <v>0.13904</v>
+        <v>0.11142</v>
       </c>
       <c r="M440" s="15">
-        <v>0.12874</v>
+        <v>0.10316</v>
       </c>
       <c r="N440" s="15">
-        <v>963</v>
+        <v>29750</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="D441" s="15" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
       <c r="E441" s="15" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1578</v>
+        <v>1580</v>
       </c>
       <c r="J441" s="15"/>
       <c r="K441" s="15">
-        <v>0.18554</v>
+        <v>0.15963</v>
       </c>
       <c r="L441" s="15">
-        <v>0.1608</v>
+        <v>0.13904</v>
       </c>
       <c r="M441" s="15">
-        <v>0.15461</v>
+        <v>0.12874</v>
       </c>
       <c r="N441" s="15">
-        <v>5100</v>
+        <v>763</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="D442" s="15" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="E442" s="15" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
-        <v>0.2555</v>
+        <v>0.18554</v>
       </c>
       <c r="L442" s="15">
-        <v>0.22253</v>
+        <v>0.1608</v>
       </c>
       <c r="M442" s="15">
-        <v>0.20605</v>
+        <v>0.15461</v>
       </c>
       <c r="N442" s="15">
-        <v>630</v>
+        <v>5865</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="D443" s="15" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="E443" s="15" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
-        <v>0.62096</v>
+        <v>0.2555</v>
       </c>
       <c r="L443" s="15">
-        <v>0.53816</v>
+        <v>0.22253</v>
       </c>
       <c r="M443" s="15">
-        <v>0.51746</v>
+        <v>0.20605</v>
       </c>
       <c r="N443" s="15">
-        <v>760</v>
+        <v>792</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="D444" s="15" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="E444" s="15" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="J444" s="15"/>
       <c r="K444" s="15">
-        <v>0.27257</v>
+        <v>0.62096</v>
       </c>
       <c r="L444" s="15">
-        <v>0.23622</v>
+        <v>0.53816</v>
       </c>
       <c r="M444" s="15">
-        <v>0.22714</v>
+        <v>0.51746</v>
       </c>
       <c r="N444" s="15">
-        <v>700</v>
+        <v>620</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="D445" s="15" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="E445" s="15" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
-        <v>0.32933</v>
+        <v>0.27257</v>
       </c>
       <c r="L445" s="15">
-        <v>0.28542</v>
+        <v>0.23622</v>
       </c>
       <c r="M445" s="15">
-        <v>0.27444</v>
+        <v>0.22714</v>
       </c>
       <c r="N445" s="15">
-        <v>880</v>
+        <v>760</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="D446" s="15" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="E446" s="15" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I446" s="15" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="J446" s="15"/>
       <c r="K446" s="15">
-        <v>0.16322</v>
+        <v>0.32933</v>
       </c>
       <c r="L446" s="15">
-        <v>0.14145</v>
+        <v>0.28542</v>
       </c>
       <c r="M446" s="15">
-        <v>0.13601</v>
+        <v>0.27444</v>
       </c>
       <c r="N446" s="15">
-        <v>17046</v>
+        <v>610</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C447" s="15" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="D447" s="15" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="E447" s="15" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I447" s="15" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="J447" s="15"/>
       <c r="K447" s="15">
-        <v>0.24495</v>
+        <v>0.16322</v>
       </c>
       <c r="L447" s="15">
-        <v>0.21229</v>
+        <v>0.14145</v>
       </c>
       <c r="M447" s="15">
-        <v>0.20413</v>
+        <v>0.13601</v>
       </c>
       <c r="N447" s="15">
-        <v>24570</v>
+        <v>16857</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C448" s="15" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="D448" s="15" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="E448" s="15" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="J448" s="15"/>
       <c r="K448" s="15">
-        <v>0.326</v>
+        <v>0.24495</v>
       </c>
       <c r="L448" s="15">
-        <v>0.28253</v>
+        <v>0.21229</v>
       </c>
       <c r="M448" s="15">
-        <v>0.27166</v>
+        <v>0.20413</v>
       </c>
       <c r="N448" s="15">
-        <v>12593</v>
+        <v>22680</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C449" s="15" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="D449" s="15" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="E449" s="15" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
-        <v>0.40806</v>
+        <v>0.326</v>
       </c>
       <c r="L449" s="15">
-        <v>0.35365</v>
+        <v>0.28253</v>
       </c>
       <c r="M449" s="15">
-        <v>0.34005</v>
+        <v>0.27166</v>
       </c>
       <c r="N449" s="15">
-        <v>14250</v>
+        <v>14752</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C450" s="15" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="D450" s="15" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
       <c r="E450" s="15" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="J450" s="15"/>
       <c r="K450" s="15">
-        <v>0.4422</v>
+        <v>0.40806</v>
       </c>
       <c r="L450" s="15">
-        <v>0.39798</v>
+        <v>0.35365</v>
       </c>
       <c r="M450" s="15">
-        <v>0.3685</v>
+        <v>0.34005</v>
       </c>
       <c r="N450" s="15">
-        <v>4480</v>
+        <v>20425</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C451" s="15" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="D451" s="15" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="E451" s="15" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="J451" s="15"/>
       <c r="K451" s="15">
-        <v>0.6518699999999999</v>
+        <v>0.4422</v>
       </c>
       <c r="L451" s="15">
-        <v>0.56495</v>
+        <v>0.39798</v>
       </c>
       <c r="M451" s="15">
-        <v>0.54323</v>
+        <v>0.3685</v>
       </c>
       <c r="N451" s="15">
-        <v>5250</v>
+        <v>5740</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C452" s="15" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="D452" s="15" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="E452" s="15" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
       <c r="J452" s="15"/>
       <c r="K452" s="15">
-        <v>0.81602</v>
+        <v>0.6518699999999999</v>
       </c>
       <c r="L452" s="15">
-        <v>0.70721</v>
+        <v>0.56495</v>
       </c>
       <c r="M452" s="15">
-        <v>0.68001</v>
+        <v>0.54323</v>
       </c>
       <c r="N452" s="15">
-        <v>430</v>
+        <v>5110</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
-        <v>26</v>
+        <v>105</v>
       </c>
       <c r="C453" s="15" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="D453" s="15" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="E453" s="15" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="J453" s="15"/>
       <c r="K453" s="15">
-        <v>0.31941</v>
+        <v>0.81602</v>
       </c>
       <c r="L453" s="15">
-        <v>0.27682</v>
+        <v>0.70721</v>
       </c>
       <c r="M453" s="15">
-        <v>0.26618</v>
+        <v>0.68001</v>
       </c>
       <c r="N453" s="15">
-        <v>315</v>
+        <v>435</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="C454" s="15" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
       <c r="D454" s="15" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="E454" s="15" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="J454" s="15"/>
       <c r="K454" s="15">
-        <v>0.25539</v>
+        <v>0.31941</v>
       </c>
       <c r="L454" s="15">
-        <v>0.22134</v>
+        <v>0.27682</v>
       </c>
       <c r="M454" s="15">
-        <v>0.21283</v>
+        <v>0.26618</v>
       </c>
       <c r="N454" s="15">
-        <v>690</v>
+        <v>410</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C455" s="15" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="D455" s="15" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="E455" s="15" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
-        <v>0.33357</v>
+        <v>0.25539</v>
       </c>
       <c r="L455" s="15">
-        <v>0.28909</v>
+        <v>0.22134</v>
       </c>
       <c r="M455" s="15">
-        <v>0.27798</v>
+        <v>0.21283</v>
       </c>
       <c r="N455" s="15">
-        <v>880</v>
+        <v>760</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C456" s="15" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="D456" s="15" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="E456" s="15" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="J456" s="15"/>
       <c r="K456" s="15">
-        <v>0.56903</v>
+        <v>0.33357</v>
       </c>
       <c r="L456" s="15">
-        <v>0.49316</v>
+        <v>0.28909</v>
       </c>
       <c r="M456" s="15">
-        <v>0.47419</v>
+        <v>0.27798</v>
       </c>
       <c r="N456" s="15">
-        <v>720</v>
+        <v>860</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C457" s="15" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
       <c r="D457" s="15" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="E457" s="15" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I457" s="15" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="J457" s="15"/>
       <c r="K457" s="15">
-        <v>0.72722</v>
+        <v>0.56903</v>
       </c>
       <c r="L457" s="15">
-        <v>0.63025</v>
+        <v>0.49316</v>
       </c>
       <c r="M457" s="15">
-        <v>0.60601</v>
+        <v>0.47419</v>
       </c>
       <c r="N457" s="15">
-        <v>647</v>
+        <v>690</v>
       </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C458" s="15" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="D458" s="15" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="E458" s="15" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I458" s="15" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="J458" s="15"/>
       <c r="K458" s="15">
-        <v>1.36</v>
+        <v>0.72722</v>
       </c>
       <c r="L458" s="15">
-        <v>1.18</v>
+        <v>0.63025</v>
       </c>
       <c r="M458" s="15">
-        <v>1.13</v>
+        <v>0.60601</v>
       </c>
       <c r="N458" s="15">
-        <v>544</v>
+        <v>637</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C459" s="15" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D459" s="15" t="s">
-        <v>1648</v>
+        <v>1650</v>
       </c>
       <c r="E459" s="15" t="s">
-        <v>1649</v>
+        <v>1651</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I459" s="15" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="J459" s="15"/>
       <c r="K459" s="15">
-        <v>0.61986</v>
+        <v>1.36</v>
       </c>
       <c r="L459" s="15">
-        <v>0.53988</v>
+        <v>1.18</v>
       </c>
       <c r="M459" s="15">
-        <v>0.49989</v>
+        <v>1.13</v>
       </c>
       <c r="N459" s="15">
-        <v>1675</v>
+        <v>663</v>
       </c>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C460" s="15" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="D460" s="15" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="E460" s="15" t="s">
-        <v>1653</v>
+        <v>1655</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I460" s="15" t="s">
-        <v>1654</v>
+        <v>1656</v>
       </c>
       <c r="J460" s="15"/>
       <c r="K460" s="15">
-        <v>0.88162</v>
+        <v>0.61986</v>
       </c>
       <c r="L460" s="15">
-        <v>0.7678700000000001</v>
+        <v>0.53988</v>
       </c>
       <c r="M460" s="15">
-        <v>0.71099</v>
+        <v>0.49989</v>
       </c>
       <c r="N460" s="15">
-        <v>700</v>
+        <v>1775</v>
       </c>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C461" s="15" t="s">
-        <v>1655</v>
+        <v>1657</v>
       </c>
       <c r="D461" s="15" t="s">
-        <v>1656</v>
+        <v>1658</v>
       </c>
       <c r="E461" s="15" t="s">
-        <v>1657</v>
+        <v>1659</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I461" s="15" t="s">
-        <v>1658</v>
+        <v>1660</v>
       </c>
       <c r="J461" s="15"/>
       <c r="K461" s="15">
-        <v>1.14</v>
+        <v>0.88162</v>
       </c>
       <c r="L461" s="15">
-        <v>0.99604</v>
+        <v>0.7678700000000001</v>
       </c>
       <c r="M461" s="15">
-        <v>0.92226</v>
+        <v>0.71099</v>
       </c>
       <c r="N461" s="15">
-        <v>335</v>
+        <v>840</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C462" s="15" t="s">
-        <v>1659</v>
+        <v>1661</v>
       </c>
       <c r="D462" s="15" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="E462" s="15" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I462" s="15" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="J462" s="15"/>
       <c r="K462" s="15">
-        <v>1.33</v>
+        <v>1.14</v>
       </c>
       <c r="L462" s="15">
-        <v>1.15</v>
+        <v>0.99604</v>
       </c>
       <c r="M462" s="15">
-        <v>1.11</v>
+        <v>0.92226</v>
       </c>
       <c r="N462" s="15">
-        <v>600</v>
+        <v>335</v>
       </c>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
       <c r="B463" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C463" s="15" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="D463" s="15" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="E463" s="15" t="s">
-        <v>1665</v>
+        <v>1667</v>
       </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
       <c r="H463" s="15" t="s">
-        <v>1549</v>
+        <v>1555</v>
       </c>
       <c r="I463" s="15" t="s">
-        <v>1666</v>
+        <v>1668</v>
       </c>
       <c r="J463" s="15"/>
       <c r="K463" s="15">
-        <v>1.67</v>
+        <v>1.33</v>
       </c>
       <c r="L463" s="15">
-        <v>1.45</v>
+        <v>1.15</v>
       </c>
       <c r="M463" s="15">
-        <v>1.34</v>
+        <v>1.11</v>
       </c>
       <c r="N463" s="15">
-        <v>390</v>
+        <v>820</v>
       </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
       <c r="R463"/>
     </row>
     <row r="464" spans="1:18">
-      <c r="B464" s="14"/>
-[...2 lines deleted...]
-      <c r="E464" s="15"/>
+      <c r="B464" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="C464" s="15" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D464" s="15" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E464" s="15" t="s">
+        <v>1671</v>
+      </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
-      <c r="H464" s="15"/>
-      <c r="I464" s="15"/>
+      <c r="H464" s="15" t="s">
+        <v>1555</v>
+      </c>
+      <c r="I464" s="15" t="s">
+        <v>1672</v>
+      </c>
       <c r="J464" s="15"/>
-      <c r="K464" s="15"/>
-[...2 lines deleted...]
-      <c r="N464" s="15"/>
+      <c r="K464" s="15">
+        <v>1.67</v>
+      </c>
+      <c r="L464" s="15">
+        <v>1.45</v>
+      </c>
+      <c r="M464" s="15">
+        <v>1.34</v>
+      </c>
+      <c r="N464" s="15">
+        <v>383</v>
+      </c>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
+      <c r="R464"/>
+    </row>
+    <row r="465" spans="1:18">
+      <c r="B465" s="14"/>
+      <c r="C465" s="15"/>
+      <c r="D465" s="15"/>
+      <c r="E465" s="15"/>
+      <c r="F465" s="15"/>
+      <c r="G465" s="15"/>
+      <c r="H465" s="15"/>
+      <c r="I465" s="15"/>
+      <c r="J465" s="15"/>
+      <c r="K465" s="15"/>
+      <c r="L465" s="15"/>
+      <c r="M465" s="15"/>
+      <c r="N465" s="15"/>
+      <c r="O465" s="15"/>
+      <c r="P465" s="15"/>
+      <c r="Q465" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -24101,317 +24204,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1669</v>
+        <v>1675</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>1670</v>
+        <v>1676</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>1671</v>
+        <v>1677</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1672</v>
+        <v>1678</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>1673</v>
+        <v>1679</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>1674</v>
+        <v>1680</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1675</v>
+        <v>1681</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>1676</v>
+        <v>1682</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>1677</v>
+        <v>1683</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1678</v>
+        <v>1684</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>1679</v>
+        <v>1685</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>1680</v>
+        <v>1686</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1681</v>
+        <v>1687</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>1682</v>
+        <v>1688</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>1683</v>
+        <v>1689</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>1684</v>
+        <v>1690</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>1685</v>
+        <v>1691</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>1686</v>
+        <v>1692</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>1687</v>
+        <v>1693</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>1688</v>
+        <v>1694</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>