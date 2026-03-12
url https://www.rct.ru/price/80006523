--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1700">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1699">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -445,104 +445,101 @@
   <si>
     <t>Клеммник 15EDGK-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113140</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 8-ST-3.81 PHOENIX CONTACT, BL 3.81/08/180 WEIDMUELLER, EC381V-08P DINKLE, TJ0831530000G ANYTEK, MC420-38108 DECA, 15EGTK-3.81-08P-14-00 GOLTEN, TLPS-100V-1066-08P-G12S Tianli, L-KLS2-EDK-3.81-08P-4S KLS, </t>
   </si>
   <si>
     <t>02.07.2026</t>
   </si>
   <si>
     <t>15EDGK-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113141</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 9-ST-3.81 PHOENIX CONTACT, BL 3.81/09/180 WEIDMUELLER, EC381V-09P DINKLE, TJ0931530000G ANYTEK, MC420-38109 DECA, 15EGTK-3.81-09P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>15EDGK-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113142</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/10-ST-3.81 PHOENIX CONTACT, BL 3.81/10/180 WEIDMUELLER, EC381V-10P DINKLE, TJ1031530000G ANYTEK, MC420-38110 DECA, L-KLS2-EDK-3.81-10P-4C KLS, 15EGTK-3.81-10P-14-00 GOLTEN, TLPS-100V-1066-10P-G12S Tianli, L-KLS2-EDK-3.81-10P-4S KLS, </t>
   </si>
   <si>
     <t>15EDGK-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113749</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-12P-14-00A(H) GOLTEN, MC 1.5/12-ST-3.81 PHOENIX CONTACT, BL 3.81/12/180 WEIDMUELLER, EC381V-12P DINKLE, TJ1231530000G ANYTEK, MC420-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-13P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113144</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-13P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114106</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-16P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>29.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGK-3.81-20P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111303</t>
   </si>
   <si>
     <t>15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-02P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">MCVR 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/90 WEIDMUELLER, EC381R-02P DINKLE, TS02315A0000G ANYTEK, MC520-38102 DECA, 15EDGKA-3.81-02P-14-100Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKA-3.81-03P-14-100A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-EDCD-3.81-03P-4S KLS, MCVR 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/90 WEIDMUELLER, EC381R-03P DINKLE, TS03315A0000G ANYTEK, MC520-38103 DECA, 15EGTKA-3.81-03P-14-00A(H GOLTEN, 15EDGKA-3.81-03P-14-100Z(H) DEGSON, </t>
@@ -1237,50 +1234,53 @@
   <si>
     <t>15EDGKD-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114280</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 2-ST-3.81 PHOENIX CONTACT, HW0230500000G ANYTEK, 15EGTKD-3.81-02P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114281</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 3-ST-3.81 PHOENIX CONTACT, HW0330500000G ANYTEK, 15EGTKD-3.81-03P-14-00 GOLTEN, TLPS-101V-03P-G12 Tianli, L-KLS2-EDGKD-3.81-03P-4 KLS, </t>
   </si>
   <si>
+    <t>05.07.2026</t>
+  </si>
+  <si>
     <t>15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114282</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 5-ST-3.81 PHOENIX CONTACT, HW0530500000G ANYTEK, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKD-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113156</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 6-ST-3.81 PHOENIX CONTACT, HW0630500000G ANYTEK, 15EGTKD-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGKD-3.81-07P-14-00Z(H)</t>
@@ -1420,53 +1420,50 @@
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 4-STF-3.81 PHOENIX CONTACT, ESC381VM-04P DINKLE, HW0430520000G ANYTEK, 15EGTKDM-3.81-04P-14-00 GOLTEN, TLPSW-101V-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00109725</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTKDM-3.81-06P-14-00 GOLTEN, TLPSW-101V-06P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111817</t>
   </si>
   <si>
-    <t>14.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKDM-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113159</t>
   </si>
   <si>
     <t xml:space="preserve">FK-MCP 1.5/ 8-STF-3.81 PHOENIX CONTACT, ESC381VM-08P DINKLE, HW0830520000G ANYTEK, 15EGTKDM-3.81-08P-14-00 GOLTEN, TLPSW-101V-08P-G12 Tianli, </t>
   </si>
   <si>
     <t>15EDGKDM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107085</t>
   </si>
   <si>
     <t>15EDGKDM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKDM-3.81-10P-14-00Z(H)</t>
@@ -1627,53 +1624,50 @@
   <si>
     <t>15EDGKM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-09P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114308</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/ 9-STF-3.81 PHOENIX CONTACT, BL 3.81/09/180F WEIDMUELLER, EC381VM-09P DINKLE, TJ0931520000G ANYTEK, MC421-38109 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-10P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114309</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/10-STF-3.81 PHOENIX CONTACT, BL 3.81/10/180F WEIDMUELLER, EC381VM-10P DINKLE, TJ1031520000G ANYTEK, MC421-38110 DECA, 15EGTKM-3.81-10P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>22.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>15EDGKM-3.81-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-11P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107022</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/11-STF-3.81 PHOENIX CONTACT, BL 3.81/11/180F WEIDMUELLER, EC381VM-11P DINKLE, TJ1131520000G ANYTEK, MC421-38111 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGKM-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114310</t>
   </si>
   <si>
     <t xml:space="preserve">MC 1.5/12-STF-3.81 PHOENIX CONTACT, BL 3.81/12/180F WEIDMUELLER, EC381VM-12P DINKLE, TJ1231520000G ANYTEK, MC421-38112 DECA, </t>
   </si>
   <si>
     <t>15EDGKM-3.81-13P-14-00Z(H)</t>
@@ -2227,51 +2221,51 @@
   <si>
     <t>15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113181</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/06/90G WEIDMUELLER, MCD 1.5/ 6-G1-3.81 PHOENIX CONTACT, ECHB381R-06P DINKLE, VL0631510000G ANYTEK, TLPHDC-108R-06P-G12 Tianli, 15EGTRH-3.81-06P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-08P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111695</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/08/90G WEIDMUELLER, MCD 1.5/ 8-G1-3.81 PHOENIX CONTACT, ECHB381R-08P DINKLE, VL0831510000G ANYTEK, 15EGTRH-3.81-08P-14-00 GOLTEN, </t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>2 ряда по 6Р в каждом ряду / 15EDGRH-3.81-12P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114371</t>
   </si>
   <si>
     <t xml:space="preserve">SLD 3.81V/12/90G WEIDMUELLER, ECHB381R-12P DINKLE, VL1231510000G ANYTEK, 15EGTRH-3.81-12P-14-00 GOLTEN, MCD 1.5/12-G1-3.81 PHOENIX CONTACT, </t>
   </si>
   <si>
     <t>15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник 15EDGRH-3.81-16P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00114373</t>
   </si>
   <si>
     <t xml:space="preserve">MCD 1.5/16-G1-3.81 PHOENIX CONTACT, SLD 3.81V/16/90G WEIDMUELLER, ECHB381R-16P DINKLE, VL1631510000G ANYTEK, </t>
   </si>
@@ -3194,50 +3188,53 @@
     <t xml:space="preserve">IMCV 1.5/ 4-G-3.81 PHOENIX CONTACT, V70431500000G ANYTEK, MF204-38104 DECA, 15EDGB-3.81-04P-14-00Z(H) DEGSON, 15EDGB-3.81-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140085</t>
   </si>
   <si>
     <t xml:space="preserve">15EDGK-3.81-02P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-14-00</t>
   </si>
   <si>
     <t>UT-00140141</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-02P-14-00A(H) GOLTEN, L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, DS1159-12-02G6 CONNFLY, </t>
+  </si>
+  <si>
+    <t>22.06.2026</t>
   </si>
   <si>
     <t>15EGTK-3.81-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-02P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-EDK-3.81-02P-4S KLS, MC 1.5/ 2-ST-3.81 PHOENIX CONTACT, BL 3.81/02/180 WEIDMUELLER, EC381V-02P DINKLE, TJ0231530000G ANYTEK, MC420-38102 DECA, CM-2EDG-R-3.81-2P-14 FUCON, 15EDGK-3.81-02P-14-00Z(H) DEGSON, 15EDGK-3.81-02P-14-02Z(H) DEGSON, L-KLS2-EDK-3.81-02P-4S KLS, TLPS-100V-1066-02P-G12S Tianli, 15EGTK-3.81-02P-14-00 GOLTEN, DS1159-12-02G6 CONNFLY, </t>
   </si>
   <si>
     <t>15EGTK-3.81-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник 15EGTK-3.81-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140142</t>
   </si>
   <si>
     <t xml:space="preserve">15EGTK-3.81-03P-14-00A(H) GOLTEN, MC 1.5/ 3-ST-3.81 PHOENIX CONTACT, BL 3.81/03/180 WEIDMUELLER, EC381V-03P DINKLE, TJ0331530000G ANYTEK, MC420-38103 DECA, L-KLS2-EDK-3.81-03P-4S KLS, 15EDGK-3.81-03P-13-00Z(H) DEGSON, 15EDGK-3.81-03P-14-00Z(H) DEGSON, 15EDGK-3.81-03P-14-02Z(H) DEGSON, TLPS-100V-1066-03P-G12S Tianli, CM-2EDG-R-3.81-3P-14 FUCON, </t>
   </si>
   <si>
     <t>15EGTK-3.81-03P-14-00A(H)</t>
   </si>
@@ -5878,92 +5875,92 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>100</v>
       </c>
       <c r="K9" s="15">
         <v>0.78789</v>
       </c>
       <c r="L9" s="15">
         <v>0.7091</v>
       </c>
       <c r="M9" s="15">
         <v>0.6565800000000001</v>
       </c>
       <c r="N9" s="15">
-        <v>280</v>
+        <v>84</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>0.80406</v>
       </c>
       <c r="L10" s="15">
         <v>0.69685</v>
       </c>
       <c r="M10" s="15">
         <v>0.67005</v>
       </c>
       <c r="N10" s="15">
-        <v>255</v>
+        <v>276</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080015893</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -6159,131 +6156,131 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="J16" s="15">
         <v>350</v>
       </c>
       <c r="K16" s="15">
         <v>2.35</v>
       </c>
       <c r="L16" s="15">
         <v>2.04</v>
       </c>
       <c r="M16" s="15">
         <v>1.96</v>
       </c>
       <c r="N16" s="15">
-        <v>91</v>
+        <v>104</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="J17" s="15">
         <v>1400</v>
       </c>
       <c r="K17" s="15">
         <v>2.62</v>
       </c>
       <c r="L17" s="15">
         <v>2.27</v>
       </c>
       <c r="M17" s="15">
         <v>2.18</v>
       </c>
       <c r="N17" s="15">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>375</v>
       </c>
       <c r="K18" s="15">
         <v>3.43</v>
       </c>
       <c r="L18" s="15">
         <v>2.29</v>
       </c>
       <c r="M18" s="15">
         <v>2.08</v>
       </c>
       <c r="N18" s="15">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
@@ -6319,174 +6316,174 @@
       </c>
       <c r="E20" s="15">
         <v>10080013547</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J20" s="15">
         <v>250</v>
       </c>
       <c r="K20" s="15">
         <v>0.17378</v>
       </c>
       <c r="L20" s="15">
         <v>0.15061</v>
       </c>
       <c r="M20" s="15">
         <v>0.14481</v>
       </c>
       <c r="N20" s="15">
-        <v>551</v>
+        <v>518</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>1.14</v>
       </c>
       <c r="L21" s="15">
         <v>0.57087</v>
       </c>
       <c r="M21" s="15">
         <v>0.51902</v>
       </c>
       <c r="N21" s="15">
-        <v>891</v>
+        <v>830</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E22" s="15">
         <v>10080001944</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>78</v>
       </c>
       <c r="J22" s="15">
         <v>1088</v>
       </c>
       <c r="K22" s="15">
         <v>0.55793</v>
       </c>
       <c r="L22" s="15">
         <v>0.48354</v>
       </c>
       <c r="M22" s="15">
         <v>0.46494</v>
       </c>
       <c r="N22" s="15">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>3740</v>
       </c>
       <c r="K23" s="15">
         <v>0.64212</v>
       </c>
       <c r="L23" s="15">
         <v>0.5565</v>
       </c>
       <c r="M23" s="15">
         <v>0.5351</v>
       </c>
       <c r="N23" s="15">
-        <v>1026</v>
+        <v>940</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -6524,51 +6521,51 @@
       </c>
       <c r="E25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J25" s="15">
         <v>4350</v>
       </c>
       <c r="K25" s="15">
         <v>0.18705</v>
       </c>
       <c r="L25" s="15">
         <v>0.16211</v>
       </c>
       <c r="M25" s="15">
         <v>0.15588</v>
       </c>
       <c r="N25" s="15">
-        <v>205</v>
+        <v>255</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15">
         <v>10080013554</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -6606,51 +6603,51 @@
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J27" s="15">
         <v>2400</v>
       </c>
       <c r="K27" s="15">
         <v>0.381</v>
       </c>
       <c r="L27" s="15">
         <v>0.3302</v>
       </c>
       <c r="M27" s="15">
         <v>0.3175</v>
       </c>
       <c r="N27" s="15">
-        <v>210</v>
+        <v>227</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
@@ -6686,94 +6683,94 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="J29" s="15">
         <v>1230</v>
       </c>
       <c r="K29" s="15">
         <v>0.71475</v>
       </c>
       <c r="L29" s="15">
         <v>0.6194499999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.59563</v>
       </c>
       <c r="N29" s="15">
-        <v>914</v>
+        <v>1194</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15">
         <v>4920</v>
       </c>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>109</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.13913</v>
       </c>
       <c r="L30" s="15">
         <v>0.12058</v>
       </c>
       <c r="M30" s="15">
         <v>0.11594</v>
       </c>
       <c r="N30" s="15">
-        <v>15380</v>
+        <v>8308</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -6811,3372 +6808,3362 @@
       </c>
       <c r="E32" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2201</v>
       </c>
       <c r="L32" s="15">
         <v>0.19809</v>
       </c>
       <c r="M32" s="15">
         <v>0.18341</v>
       </c>
       <c r="N32" s="15">
-        <v>16572</v>
+        <v>12317</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>121</v>
       </c>
       <c r="J33" s="15">
         <v>200</v>
       </c>
       <c r="K33" s="15">
         <v>0.28662</v>
       </c>
       <c r="L33" s="15">
         <v>0.2484</v>
       </c>
       <c r="M33" s="15">
         <v>0.23885</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>125</v>
       </c>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.34925</v>
       </c>
       <c r="L34" s="15">
         <v>0.30268</v>
       </c>
       <c r="M34" s="15">
         <v>0.29104</v>
       </c>
       <c r="N34" s="15">
-        <v>12764</v>
+        <v>12208</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>129</v>
       </c>
       <c r="J35" s="15">
         <v>200</v>
       </c>
       <c r="K35" s="15">
         <v>0.41726</v>
       </c>
       <c r="L35" s="15">
         <v>0.36162</v>
       </c>
       <c r="M35" s="15">
         <v>0.34771</v>
       </c>
       <c r="N35" s="15">
-        <v>12682</v>
+        <v>12913</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>130</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>131</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>132</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J36" s="15">
         <v>900</v>
       </c>
       <c r="K36" s="15">
         <v>0.51312</v>
       </c>
       <c r="L36" s="15">
         <v>0.4447</v>
       </c>
       <c r="M36" s="15">
         <v>0.4276</v>
       </c>
       <c r="N36" s="15">
-        <v>1037</v>
+        <v>1209</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J37" s="15">
         <v>800</v>
       </c>
       <c r="K37" s="15">
         <v>0.58496</v>
       </c>
       <c r="L37" s="15">
         <v>0.50696</v>
       </c>
       <c r="M37" s="15">
         <v>0.48746</v>
       </c>
       <c r="N37" s="15">
-        <v>842</v>
+        <v>10</v>
       </c>
       <c r="O37" s="15">
-        <v>4864</v>
+        <v>3840</v>
       </c>
       <c r="P37" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>142</v>
       </c>
       <c r="J38" s="15">
         <v>725</v>
       </c>
       <c r="K38" s="15">
         <v>0.65289</v>
       </c>
       <c r="L38" s="15">
         <v>0.56584</v>
       </c>
       <c r="M38" s="15">
         <v>0.54408</v>
       </c>
       <c r="N38" s="15">
-        <v>160</v>
+        <v>118</v>
       </c>
       <c r="O38" s="15">
-        <v>1156</v>
+        <v>847</v>
       </c>
       <c r="P38" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J39" s="15">
         <v>650</v>
       </c>
       <c r="K39" s="15">
         <v>0.72744</v>
       </c>
       <c r="L39" s="15">
         <v>0.63045</v>
       </c>
       <c r="M39" s="15">
         <v>0.6062</v>
       </c>
-      <c r="N39" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15">
-        <v>2145</v>
+        <v>2730</v>
       </c>
       <c r="P39" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="J40" s="15">
         <v>550</v>
       </c>
       <c r="K40" s="15">
         <v>0.84377</v>
       </c>
       <c r="L40" s="15">
         <v>0.73126</v>
       </c>
       <c r="M40" s="15">
         <v>0.70314</v>
       </c>
       <c r="N40" s="15">
-        <v>1030</v>
+        <v>644</v>
       </c>
       <c r="O40" s="15">
-        <v>2838</v>
+        <v>2772</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J41" s="15">
         <v>525</v>
       </c>
       <c r="K41" s="15">
         <v>0.906</v>
       </c>
       <c r="L41" s="15">
         <v>0.7852</v>
       </c>
       <c r="M41" s="15">
         <v>0.755</v>
       </c>
       <c r="N41" s="15">
-        <v>443</v>
+        <v>548</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="J42" s="15">
         <v>425</v>
       </c>
       <c r="K42" s="15">
         <v>1.16</v>
       </c>
       <c r="L42" s="15">
         <v>1</v>
       </c>
       <c r="M42" s="15">
         <v>0.96365</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15">
         <v>25</v>
       </c>
-      <c r="P42" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>325</v>
       </c>
       <c r="K43" s="15">
         <v>1.46</v>
       </c>
       <c r="L43" s="15">
         <v>1.26</v>
       </c>
       <c r="M43" s="15">
         <v>1.21</v>
       </c>
       <c r="N43" s="15">
         <v>18</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E44" s="15">
         <v>10000023275</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="J44" s="15">
         <v>200</v>
       </c>
       <c r="K44" s="15">
         <v>0.17661</v>
       </c>
       <c r="L44" s="15">
         <v>0.15306</v>
       </c>
       <c r="M44" s="15">
         <v>0.14718</v>
       </c>
       <c r="N44" s="15">
-        <v>775</v>
+        <v>642</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E45" s="15">
         <v>10000023276</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J45" s="15">
         <v>200</v>
       </c>
       <c r="K45" s="15">
         <v>0.26786</v>
       </c>
       <c r="L45" s="15">
         <v>0.23214</v>
       </c>
       <c r="M45" s="15">
         <v>0.22321</v>
       </c>
       <c r="N45" s="15">
         <v>33</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J46" s="15">
         <v>200</v>
       </c>
       <c r="K46" s="15">
         <v>0.35447</v>
       </c>
       <c r="L46" s="15">
         <v>0.3072</v>
       </c>
       <c r="M46" s="15">
         <v>0.29539</v>
       </c>
       <c r="N46" s="15">
-        <v>2568</v>
+        <v>807</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.43824</v>
       </c>
       <c r="L47" s="15">
         <v>0.37981</v>
       </c>
       <c r="M47" s="15">
         <v>0.3652</v>
       </c>
       <c r="N47" s="15">
         <v>1</v>
       </c>
       <c r="O47" s="15">
-        <v>1312</v>
+        <v>1088</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q47" s="15">
         <v>3200</v>
       </c>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J48" s="15"/>
       <c r="K48" s="15">
         <v>0.55</v>
       </c>
       <c r="L48" s="15">
         <v>0.55</v>
       </c>
       <c r="M48" s="15">
         <v>0.55</v>
       </c>
       <c r="N48" s="15">
         <v>1</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E49" s="15">
         <v>10080007069</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>1.76</v>
       </c>
       <c r="L49" s="15">
         <v>0.87783</v>
       </c>
       <c r="M49" s="15">
         <v>0.798</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>185</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>0.59415</v>
       </c>
       <c r="L50" s="15">
         <v>0.51493</v>
       </c>
       <c r="M50" s="15">
         <v>0.49513</v>
       </c>
       <c r="N50" s="15">
-        <v>2690</v>
+        <v>2819</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>1.45</v>
       </c>
       <c r="L51" s="15">
         <v>0.96282</v>
       </c>
       <c r="M51" s="15">
         <v>0.87561</v>
       </c>
       <c r="N51" s="15">
         <v>29</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J52" s="15">
         <v>100</v>
       </c>
       <c r="K52" s="15">
         <v>0.64899</v>
       </c>
       <c r="L52" s="15">
         <v>0.56246</v>
       </c>
       <c r="M52" s="15">
         <v>0.54083</v>
       </c>
       <c r="N52" s="15">
         <v>52</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>0.6967</v>
       </c>
       <c r="L53" s="15">
         <v>0.6038</v>
       </c>
       <c r="M53" s="15">
         <v>0.5806</v>
       </c>
       <c r="N53" s="15">
         <v>5</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>790</v>
       </c>
       <c r="K54" s="15">
         <v>0.69929</v>
       </c>
       <c r="L54" s="15">
         <v>0.60605</v>
       </c>
       <c r="M54" s="15">
         <v>0.58274</v>
       </c>
       <c r="N54" s="15">
-        <v>609</v>
+        <v>500</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>620</v>
       </c>
       <c r="K55" s="15">
         <v>0.88911</v>
       </c>
       <c r="L55" s="15">
         <v>0.77056</v>
       </c>
       <c r="M55" s="15">
         <v>0.74093</v>
       </c>
       <c r="N55" s="15">
-        <v>467</v>
+        <v>382</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J56" s="15">
         <v>570</v>
       </c>
       <c r="K56" s="15">
         <v>3.19</v>
       </c>
       <c r="L56" s="15">
         <v>1.59</v>
       </c>
       <c r="M56" s="15">
         <v>1.45</v>
       </c>
       <c r="N56" s="15">
-        <v>225</v>
+        <v>264</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J57" s="15">
         <v>515</v>
       </c>
       <c r="K57" s="15">
         <v>1.07</v>
       </c>
       <c r="L57" s="15">
         <v>0.92971</v>
       </c>
       <c r="M57" s="15">
         <v>0.89395</v>
       </c>
       <c r="N57" s="15">
         <v>353</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1</v>
       </c>
       <c r="K58" s="15">
         <v>3.8</v>
       </c>
       <c r="L58" s="15">
         <v>1.9</v>
       </c>
       <c r="M58" s="15">
         <v>1.73</v>
       </c>
       <c r="N58" s="15">
         <v>1</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>1.37</v>
       </c>
       <c r="L59" s="15">
         <v>1.19</v>
       </c>
       <c r="M59" s="15">
         <v>1.14</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E60" s="15">
         <v>10080013616</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>200</v>
       </c>
       <c r="K60" s="15">
         <v>1.75</v>
       </c>
       <c r="L60" s="15">
         <v>1.52</v>
       </c>
       <c r="M60" s="15">
         <v>1.46</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E61" s="15">
         <v>10080009972</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J61" s="15">
         <v>300</v>
       </c>
       <c r="K61" s="15">
         <v>0.62844</v>
       </c>
       <c r="L61" s="15">
         <v>0.33874</v>
       </c>
       <c r="M61" s="15">
         <v>0.29416</v>
       </c>
       <c r="N61" s="15">
         <v>3</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J62" s="15">
         <v>1200</v>
       </c>
       <c r="K62" s="15">
         <v>0.33996</v>
       </c>
       <c r="L62" s="15">
         <v>0.29463</v>
       </c>
       <c r="M62" s="15">
         <v>0.2833</v>
       </c>
       <c r="N62" s="15">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J63" s="15">
         <v>250</v>
       </c>
       <c r="K63" s="15">
         <v>0.3869</v>
       </c>
       <c r="L63" s="15">
         <v>0.33531</v>
       </c>
       <c r="M63" s="15">
         <v>0.32241</v>
       </c>
       <c r="N63" s="15">
-        <v>1180</v>
+        <v>1047</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J64" s="15">
         <v>200</v>
       </c>
       <c r="K64" s="15">
         <v>0.45569</v>
       </c>
       <c r="L64" s="15">
         <v>0.39493</v>
       </c>
       <c r="M64" s="15">
         <v>0.37974</v>
       </c>
       <c r="N64" s="15">
-        <v>2945</v>
+        <v>2443</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>3200</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E65" s="15">
         <v>10080013643</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>1.42</v>
       </c>
       <c r="L65" s="15">
         <v>0.75983</v>
       </c>
       <c r="M65" s="15">
         <v>0.65851</v>
       </c>
       <c r="N65" s="15">
         <v>9</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="J66" s="15">
         <v>600</v>
       </c>
       <c r="K66" s="15">
         <v>0.6657</v>
       </c>
       <c r="L66" s="15">
         <v>0.57694</v>
       </c>
       <c r="M66" s="15">
         <v>0.55475</v>
       </c>
       <c r="N66" s="15">
         <v>40</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.64089</v>
       </c>
       <c r="L67" s="15">
         <v>0.55544</v>
       </c>
       <c r="M67" s="15">
         <v>0.53408</v>
       </c>
-      <c r="N67" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>0.77249</v>
       </c>
       <c r="L68" s="15">
         <v>0.66949</v>
       </c>
       <c r="M68" s="15">
         <v>0.64374</v>
       </c>
       <c r="N68" s="15">
-        <v>2329</v>
+        <v>3207</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E69" s="15">
         <v>10080013646</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>0.83491</v>
       </c>
       <c r="L69" s="15">
         <v>0.8028</v>
       </c>
       <c r="M69" s="15">
         <v>0.77069</v>
       </c>
       <c r="N69" s="15">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>258</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="J70" s="15">
         <v>595</v>
       </c>
       <c r="K70" s="15">
         <v>0.82692</v>
       </c>
       <c r="L70" s="15">
         <v>0.71666</v>
       </c>
       <c r="M70" s="15">
         <v>0.6891</v>
       </c>
       <c r="N70" s="15">
-        <v>171</v>
+        <v>158</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J71" s="15">
         <v>535</v>
       </c>
       <c r="K71" s="15">
         <v>0.96377</v>
       </c>
       <c r="L71" s="15">
         <v>0.83526</v>
       </c>
       <c r="M71" s="15">
         <v>0.80314</v>
       </c>
       <c r="N71" s="15">
-        <v>1365</v>
+        <v>1630</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>3.2</v>
       </c>
       <c r="L72" s="15">
         <v>1.6</v>
       </c>
       <c r="M72" s="15">
         <v>1.45</v>
       </c>
       <c r="N72" s="15">
         <v>1</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="J73" s="15">
         <v>515</v>
       </c>
       <c r="K73" s="15">
         <v>1.06</v>
       </c>
       <c r="L73" s="15">
         <v>0.91889</v>
       </c>
       <c r="M73" s="15">
         <v>0.8835499999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>1436</v>
+        <v>1474</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>274</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="J74" s="15">
         <v>375</v>
       </c>
       <c r="K74" s="15">
         <v>3.51</v>
       </c>
       <c r="L74" s="15">
         <v>1.76</v>
       </c>
       <c r="M74" s="15">
         <v>1.6</v>
       </c>
       <c r="N74" s="15">
-        <v>202</v>
+        <v>172</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="E75" s="15">
         <v>10080013650</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>1.18</v>
       </c>
       <c r="L75" s="15">
         <v>1.03</v>
       </c>
       <c r="M75" s="15">
         <v>0.9874000000000001</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="E76" s="15">
         <v>10080013652</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>380</v>
       </c>
       <c r="K76" s="15">
         <v>1.62</v>
       </c>
       <c r="L76" s="15">
         <v>1.41</v>
       </c>
       <c r="M76" s="15">
         <v>1.35</v>
       </c>
       <c r="N76" s="15">
-        <v>530</v>
+        <v>723</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>283</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>325</v>
       </c>
       <c r="K77" s="15">
         <v>1.58</v>
       </c>
       <c r="L77" s="15">
         <v>1.37</v>
       </c>
       <c r="M77" s="15">
         <v>1.32</v>
       </c>
       <c r="N77" s="15">
-        <v>243</v>
+        <v>221</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="J78" s="15">
         <v>200</v>
       </c>
       <c r="K78" s="15">
         <v>0.18126</v>
       </c>
       <c r="L78" s="15">
         <v>0.15709</v>
       </c>
       <c r="M78" s="15">
         <v>0.15105</v>
       </c>
       <c r="N78" s="15">
-        <v>3087</v>
+        <v>3185</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J79" s="15">
         <v>200</v>
       </c>
       <c r="K79" s="15">
         <v>0.28094</v>
       </c>
       <c r="L79" s="15">
         <v>0.24348</v>
       </c>
       <c r="M79" s="15">
         <v>0.23411</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15">
-        <v>984</v>
+        <v>817</v>
       </c>
       <c r="P79" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="J80" s="15">
         <v>200</v>
       </c>
       <c r="K80" s="15">
         <v>0.35649</v>
       </c>
       <c r="L80" s="15">
         <v>0.30896</v>
       </c>
       <c r="M80" s="15">
         <v>0.29708</v>
       </c>
       <c r="N80" s="15">
-        <v>3376</v>
+        <v>3035</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="J81" s="15">
         <v>100</v>
       </c>
       <c r="K81" s="15">
         <v>0.46569</v>
       </c>
       <c r="L81" s="15">
         <v>0.4036</v>
       </c>
       <c r="M81" s="15">
         <v>0.38808</v>
       </c>
       <c r="N81" s="15">
-        <v>2480</v>
+        <v>2051</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>302</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>700</v>
       </c>
       <c r="K82" s="15">
         <v>0.60048</v>
       </c>
       <c r="L82" s="15">
         <v>0.52042</v>
       </c>
       <c r="M82" s="15">
         <v>0.5004</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>0.7208</v>
       </c>
       <c r="L83" s="15">
         <v>0.62469</v>
       </c>
       <c r="M83" s="15">
         <v>0.60066</v>
       </c>
       <c r="N83" s="15">
         <v>80</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E84" s="15">
         <v>10080042838</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>790</v>
       </c>
       <c r="K84" s="15">
         <v>0.84033</v>
       </c>
       <c r="L84" s="15">
         <v>0.72829</v>
       </c>
       <c r="M84" s="15">
         <v>0.70028</v>
       </c>
       <c r="N84" s="15">
-        <v>10530</v>
+        <v>9151</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>690</v>
       </c>
       <c r="K85" s="15">
         <v>0.88749</v>
       </c>
       <c r="L85" s="15">
         <v>0.76916</v>
       </c>
       <c r="M85" s="15">
         <v>0.73958</v>
       </c>
       <c r="N85" s="15">
-        <v>278</v>
+        <v>266</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J86" s="15">
         <v>620</v>
       </c>
       <c r="K86" s="15">
         <v>1</v>
       </c>
       <c r="L86" s="15">
         <v>0.86956</v>
       </c>
       <c r="M86" s="15">
         <v>0.83611</v>
       </c>
       <c r="N86" s="15">
-        <v>4643</v>
+        <v>4581</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>1000</v>
       </c>
       <c r="K87" s="15">
         <v>0.71002</v>
       </c>
       <c r="L87" s="15">
         <v>0.51188</v>
       </c>
       <c r="M87" s="15">
         <v>0.44583</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15">
         <v>4000</v>
       </c>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="E88" s="15">
         <v>10080047202</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>800</v>
       </c>
       <c r="K88" s="15">
         <v>0.76515</v>
       </c>
       <c r="L88" s="15">
         <v>0.51048</v>
       </c>
       <c r="M88" s="15">
         <v>0.46396</v>
       </c>
       <c r="N88" s="15">
         <v>1</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>323</v>
-      </c>
-[...1 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>800</v>
       </c>
       <c r="K89" s="15">
         <v>0.49055</v>
       </c>
       <c r="L89" s="15">
         <v>0.42514</v>
       </c>
       <c r="M89" s="15">
         <v>0.40879</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>324</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="E90" s="15">
         <v>10080047897</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.402</v>
       </c>
       <c r="L90" s="15">
         <v>0.402</v>
       </c>
       <c r="M90" s="15">
         <v>0.402</v>
       </c>
       <c r="N90" s="15">
         <v>1</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="J91" s="15"/>
       <c r="K91" s="15">
         <v>0.836</v>
       </c>
       <c r="L91" s="15">
         <v>0.643</v>
       </c>
       <c r="M91" s="15">
         <v>0.585</v>
       </c>
       <c r="N91" s="15">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E92" s="15">
         <v>10080013718</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="J92" s="15">
         <v>515</v>
       </c>
       <c r="K92" s="15">
         <v>1.08</v>
       </c>
       <c r="L92" s="15">
         <v>0.93765</v>
       </c>
       <c r="M92" s="15">
         <v>0.90159</v>
       </c>
       <c r="N92" s="15">
         <v>36</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="E93" s="15">
         <v>10080013722</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>380</v>
       </c>
       <c r="K93" s="15">
         <v>3.19</v>
       </c>
       <c r="L93" s="15">
         <v>1.72</v>
       </c>
       <c r="M93" s="15">
         <v>1.5</v>
       </c>
       <c r="N93" s="15">
         <v>100</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.47256</v>
       </c>
       <c r="L94" s="15">
         <v>0.40955</v>
       </c>
       <c r="M94" s="15">
         <v>0.3938</v>
       </c>
       <c r="N94" s="15">
-        <v>657</v>
+        <v>611</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>340</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="J95" s="15">
         <v>150</v>
       </c>
       <c r="K95" s="15">
         <v>0.64437</v>
       </c>
       <c r="L95" s="15">
         <v>0.55845</v>
       </c>
       <c r="M95" s="15">
         <v>0.53698</v>
       </c>
       <c r="N95" s="15">
-        <v>6449</v>
+        <v>5570</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>344</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.83991</v>
       </c>
       <c r="L96" s="15">
         <v>0.72792</v>
       </c>
       <c r="M96" s="15">
         <v>0.6999300000000001</v>
       </c>
       <c r="N96" s="15">
-        <v>449</v>
+        <v>397</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="J97" s="15">
         <v>800</v>
       </c>
       <c r="K97" s="15">
         <v>0.80532</v>
       </c>
       <c r="L97" s="15">
         <v>0.69794</v>
       </c>
       <c r="M97" s="15">
         <v>0.6711</v>
       </c>
       <c r="N97" s="15">
-        <v>316</v>
+        <v>297</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J98" s="15">
         <v>680</v>
       </c>
       <c r="K98" s="15">
         <v>0.92291</v>
       </c>
       <c r="L98" s="15">
         <v>0.7998499999999999</v>
       </c>
       <c r="M98" s="15">
         <v>0.7690900000000001</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>534</v>
-[...3 lines deleted...]
-      </c>
+        <v>402</v>
+      </c>
+      <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="E99" s="15">
         <v>10080039888</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>0.9519</v>
       </c>
       <c r="L99" s="15">
         <v>0.82498</v>
       </c>
       <c r="M99" s="15">
         <v>0.79325</v>
       </c>
       <c r="N99" s="15">
         <v>103</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>359</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>362</v>
+        <v>361</v>
       </c>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>1.21</v>
       </c>
       <c r="L100" s="15">
         <v>1.05</v>
       </c>
       <c r="M100" s="15">
         <v>1.01</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>1.05</v>
       </c>
       <c r="L101" s="15">
         <v>1.05</v>
       </c>
       <c r="M101" s="15">
         <v>1.05</v>
       </c>
       <c r="N101" s="15">
         <v>1</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="E102" s="15">
         <v>10080009975</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J102" s="15">
         <v>800</v>
       </c>
       <c r="K102" s="15">
         <v>1.05</v>
       </c>
       <c r="L102" s="15">
         <v>0.56407</v>
       </c>
       <c r="M102" s="15">
         <v>0.48886</v>
       </c>
       <c r="N102" s="15">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>370</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J103" s="15">
         <v>150</v>
       </c>
       <c r="K103" s="15">
         <v>1.01</v>
       </c>
       <c r="L103" s="15">
         <v>0.87797</v>
       </c>
       <c r="M103" s="15">
         <v>0.8442</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="E104" s="15">
         <v>10080013729</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="J104" s="15">
         <v>150</v>
       </c>
       <c r="K104" s="15">
         <v>0.86691</v>
       </c>
       <c r="L104" s="15">
         <v>0.75132</v>
       </c>
       <c r="M104" s="15">
         <v>0.72243</v>
       </c>
       <c r="N104" s="15">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D105" s="15" t="s">
+      <c r="E105" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="J105" s="15">
         <v>150</v>
       </c>
       <c r="K105" s="15">
         <v>1.12</v>
       </c>
       <c r="L105" s="15">
         <v>0.96898</v>
       </c>
       <c r="M105" s="15">
         <v>0.93171</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>381</v>
       </c>
-      <c r="D106" s="15" t="s">
+      <c r="E106" s="15" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>384</v>
+        <v>383</v>
       </c>
       <c r="J106" s="15">
         <v>550</v>
       </c>
       <c r="K106" s="15">
         <v>1.04</v>
       </c>
       <c r="L106" s="15">
         <v>0.89929</v>
       </c>
       <c r="M106" s="15">
         <v>0.8647</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="E107" s="15">
         <v>10080029064</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>1.33</v>
       </c>
       <c r="L107" s="15">
         <v>1.15</v>
       </c>
       <c r="M107" s="15">
         <v>1.11</v>
       </c>
       <c r="N107" s="15">
         <v>6</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>388</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
       <c r="E108" s="15">
         <v>10080032008</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>2.1</v>
       </c>
       <c r="L108" s="15">
         <v>2.1</v>
       </c>
       <c r="M108" s="15">
         <v>2.1</v>
       </c>
       <c r="N108" s="15">
         <v>1</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="J109" s="15">
         <v>1</v>
       </c>
       <c r="K109" s="15">
         <v>2.4</v>
       </c>
       <c r="L109" s="15">
         <v>2.08</v>
       </c>
       <c r="M109" s="15">
         <v>2</v>
       </c>
       <c r="N109" s="15">
         <v>87</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>395</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J110" s="15">
         <v>250</v>
       </c>
       <c r="K110" s="15">
         <v>2.5</v>
       </c>
       <c r="L110" s="15">
         <v>2.17</v>
       </c>
       <c r="M110" s="15">
         <v>2.08</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15">
         <v>1000</v>
       </c>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>399</v>
       </c>
-      <c r="D111" s="15" t="s">
+      <c r="E111" s="15" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="J111" s="15">
         <v>1</v>
       </c>
       <c r="K111" s="15">
         <v>0.24257</v>
       </c>
       <c r="L111" s="15">
         <v>0.21022</v>
       </c>
       <c r="M111" s="15">
         <v>0.20214</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>2160</v>
+        <v>1848</v>
       </c>
       <c r="P111" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>403</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="J112" s="15">
         <v>1</v>
       </c>
       <c r="K112" s="15">
         <v>0.36096</v>
       </c>
       <c r="L112" s="15">
         <v>0.31283</v>
       </c>
       <c r="M112" s="15">
         <v>0.3008</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15">
-        <v>1780</v>
-[...1 lines deleted...]
-      <c r="P112" s="15"/>
+        <v>1720</v>
+      </c>
+      <c r="P112" s="15" t="s">
+        <v>406</v>
+      </c>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>407</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>408</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>409</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>410</v>
       </c>
       <c r="J113" s="15">
         <v>950</v>
       </c>
       <c r="K113" s="15">
         <v>0.59978</v>
       </c>
       <c r="L113" s="15">
         <v>0.51981</v>
       </c>
       <c r="M113" s="15">
         <v>0.49981</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15">
-        <v>2480</v>
+        <v>2166</v>
       </c>
       <c r="P113" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>411</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>412</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>413</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>414</v>
       </c>
       <c r="J114" s="15">
         <v>800</v>
       </c>
       <c r="K114" s="15">
         <v>0.70539</v>
       </c>
       <c r="L114" s="15">
         <v>0.61134</v>
       </c>
       <c r="M114" s="15">
         <v>0.58783</v>
       </c>
       <c r="N114" s="15">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="O114" s="15">
-        <v>458</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>415</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>416</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>417</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>418</v>
       </c>
       <c r="J115" s="15">
@@ -10287,51 +10274,51 @@
       </c>
       <c r="E118" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>430</v>
       </c>
       <c r="J118" s="15">
         <v>525</v>
       </c>
       <c r="K118" s="15">
         <v>0.97113</v>
       </c>
       <c r="L118" s="15">
         <v>0.84165</v>
       </c>
       <c r="M118" s="15">
         <v>0.80928</v>
       </c>
       <c r="N118" s="15">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>432</v>
       </c>
       <c r="E119" s="15">
         <v>10000023297</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15" t="s">
@@ -10449,13719 +10436,13707 @@
       </c>
       <c r="E122" s="15" t="s">
         <v>444</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15" t="s">
         <v>445</v>
       </c>
       <c r="J122" s="15">
         <v>400</v>
       </c>
       <c r="K122" s="15">
         <v>1.27</v>
       </c>
       <c r="L122" s="15">
         <v>1.1</v>
       </c>
       <c r="M122" s="15">
         <v>1.06</v>
       </c>
       <c r="N122" s="15">
-        <v>236</v>
+        <v>228</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>1600</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E123" s="15">
         <v>10080043652</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>448</v>
       </c>
       <c r="J123" s="15">
         <v>200</v>
       </c>
       <c r="K123" s="15">
         <v>0.33834</v>
       </c>
       <c r="L123" s="15">
         <v>0.29323</v>
       </c>
       <c r="M123" s="15">
         <v>0.28195</v>
       </c>
       <c r="N123" s="15">
-        <v>760</v>
+        <v>684</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>449</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>450</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>451</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
         <v>452</v>
       </c>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.35445</v>
       </c>
       <c r="L124" s="15">
         <v>0.30719</v>
       </c>
       <c r="M124" s="15">
         <v>0.29538</v>
       </c>
       <c r="N124" s="15">
-        <v>2915</v>
+        <v>4245</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>453</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>454</v>
       </c>
       <c r="E125" s="15" t="s">
         <v>455</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>456</v>
       </c>
       <c r="J125" s="15">
         <v>800</v>
       </c>
       <c r="K125" s="15">
         <v>0.42869</v>
       </c>
       <c r="L125" s="15">
         <v>0.37153</v>
       </c>
       <c r="M125" s="15">
         <v>0.35724</v>
       </c>
       <c r="N125" s="15">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="O125" s="15">
-        <v>504</v>
+        <v>568</v>
       </c>
       <c r="P125" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>457</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>458</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>459</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>460</v>
       </c>
       <c r="J126" s="15">
         <v>700</v>
       </c>
       <c r="K126" s="15">
         <v>0.62859</v>
       </c>
       <c r="L126" s="15">
         <v>0.54478</v>
       </c>
       <c r="M126" s="15">
         <v>0.52383</v>
       </c>
       <c r="N126" s="15">
-        <v>2711</v>
+        <v>3480</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>461</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>462</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>463</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>464</v>
       </c>
       <c r="J127" s="15">
         <v>535</v>
       </c>
       <c r="K127" s="15">
         <v>0.95016</v>
       </c>
       <c r="L127" s="15">
         <v>0.82347</v>
       </c>
       <c r="M127" s="15">
         <v>0.7917999999999999</v>
       </c>
       <c r="N127" s="15">
-        <v>2499</v>
+        <v>2408</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>467</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>450</v>
       </c>
       <c r="K128" s="15">
         <v>0.94689</v>
       </c>
       <c r="L128" s="15">
         <v>0.82064</v>
       </c>
       <c r="M128" s="15">
         <v>0.78908</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15" t="s">
-        <v>468</v>
+        <v>143</v>
       </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>469</v>
       </c>
-      <c r="D129" s="15" t="s">
+      <c r="E129" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>472</v>
+        <v>471</v>
       </c>
       <c r="J129" s="15">
         <v>1</v>
       </c>
       <c r="K129" s="15">
         <v>1.17</v>
       </c>
       <c r="L129" s="15">
         <v>1.02</v>
       </c>
       <c r="M129" s="15">
         <v>0.97899</v>
       </c>
       <c r="N129" s="15">
-        <v>1256</v>
+        <v>1365</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>473</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>474</v>
-      </c>
-[...1 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>400</v>
       </c>
       <c r="K130" s="15">
         <v>1.5</v>
       </c>
       <c r="L130" s="15">
         <v>1.3</v>
       </c>
       <c r="M130" s="15">
         <v>1.25</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="P130" s="15" t="s">
-        <v>468</v>
+        <v>143</v>
       </c>
       <c r="Q130" s="15">
         <v>1600</v>
       </c>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="J131" s="15">
         <v>20</v>
       </c>
       <c r="K131" s="15">
         <v>1.19</v>
       </c>
       <c r="L131" s="15">
         <v>1.03</v>
       </c>
       <c r="M131" s="15">
         <v>0.99125</v>
       </c>
       <c r="N131" s="15">
-        <v>668</v>
+        <v>560</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>480</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="J132" s="15">
         <v>350</v>
       </c>
       <c r="K132" s="15">
         <v>2.22</v>
       </c>
       <c r="L132" s="15">
         <v>1.59</v>
       </c>
       <c r="M132" s="15">
         <v>1.43</v>
       </c>
       <c r="N132" s="15">
-        <v>603</v>
+        <v>738</v>
       </c>
       <c r="O132" s="15">
-        <v>704</v>
+        <v>861</v>
       </c>
       <c r="P132" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>484</v>
       </c>
-      <c r="D133" s="15" t="s">
+      <c r="E133" s="15" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="J133" s="15"/>
       <c r="K133" s="15">
         <v>1.39</v>
       </c>
       <c r="L133" s="15">
         <v>1.2</v>
       </c>
       <c r="M133" s="15">
         <v>1.16</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>488</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15"/>
       <c r="K134" s="15">
         <v>1.77</v>
       </c>
       <c r="L134" s="15">
         <v>1.53</v>
       </c>
       <c r="M134" s="15">
         <v>1.47</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>490</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>491</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>260</v>
       </c>
       <c r="K135" s="15">
         <v>1.91</v>
       </c>
       <c r="L135" s="15">
         <v>1.65</v>
       </c>
       <c r="M135" s="15">
         <v>1.59</v>
       </c>
       <c r="N135" s="15"/>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15">
         <v>1040</v>
       </c>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>493</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>494</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>495</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="J136" s="15">
         <v>235</v>
       </c>
       <c r="K136" s="15">
         <v>2.19</v>
       </c>
       <c r="L136" s="15">
         <v>1.9</v>
       </c>
       <c r="M136" s="15">
         <v>1.82</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15">
         <v>940</v>
       </c>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>498</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="J137" s="15">
         <v>200</v>
       </c>
       <c r="K137" s="15">
         <v>0.23181</v>
       </c>
       <c r="L137" s="15">
         <v>0.2009</v>
       </c>
       <c r="M137" s="15">
         <v>0.19318</v>
       </c>
       <c r="N137" s="15">
-        <v>2354</v>
+        <v>1779</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>502</v>
       </c>
-      <c r="D138" s="15" t="s">
+      <c r="E138" s="15" t="s">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="J138" s="15">
         <v>200</v>
       </c>
       <c r="K138" s="15">
         <v>0.30542</v>
       </c>
       <c r="L138" s="15">
         <v>0.26469</v>
       </c>
       <c r="M138" s="15">
         <v>0.25451</v>
       </c>
       <c r="N138" s="15">
-        <v>664</v>
+        <v>566</v>
       </c>
       <c r="O138" s="15">
-        <v>1945</v>
+        <v>1656</v>
       </c>
       <c r="P138" s="15" t="s">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>505</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="E139" s="15">
         <v>10080013770</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="J139" s="15">
         <v>200</v>
       </c>
       <c r="K139" s="15">
         <v>0.37631</v>
       </c>
       <c r="L139" s="15">
         <v>0.32613</v>
       </c>
       <c r="M139" s="15">
         <v>0.31359</v>
       </c>
       <c r="N139" s="15">
         <v>12</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="J140" s="15">
         <v>200</v>
       </c>
       <c r="K140" s="15">
         <v>0.37398</v>
       </c>
       <c r="L140" s="15">
         <v>0.32412</v>
       </c>
       <c r="M140" s="15">
         <v>0.31165</v>
       </c>
       <c r="N140" s="15">
-        <v>1838</v>
+        <v>1414</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>513</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J141" s="15">
         <v>100</v>
       </c>
       <c r="K141" s="15">
         <v>0.55017</v>
       </c>
       <c r="L141" s="15">
         <v>0.47681</v>
       </c>
       <c r="M141" s="15">
         <v>0.45848</v>
       </c>
       <c r="N141" s="15">
         <v>15</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J142" s="15">
         <v>825</v>
       </c>
       <c r="K142" s="15">
         <v>0.53138</v>
       </c>
       <c r="L142" s="15">
         <v>0.46053</v>
       </c>
       <c r="M142" s="15">
         <v>0.44281</v>
       </c>
-      <c r="N142" s="15"/>
+      <c r="N142" s="15">
+        <v>604</v>
+      </c>
       <c r="O142" s="15">
-        <v>1139</v>
+        <v>1188</v>
       </c>
       <c r="P142" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J143" s="15">
         <v>1</v>
       </c>
       <c r="K143" s="15">
         <v>0.60842</v>
       </c>
       <c r="L143" s="15">
         <v>0.52729</v>
       </c>
       <c r="M143" s="15">
         <v>0.50701</v>
       </c>
       <c r="N143" s="15">
-        <v>253</v>
+        <v>172</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>525</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J144" s="15">
         <v>650</v>
       </c>
       <c r="K144" s="15">
         <v>0.76851</v>
       </c>
       <c r="L144" s="15">
         <v>0.66604</v>
       </c>
       <c r="M144" s="15">
         <v>0.6404300000000001</v>
       </c>
       <c r="N144" s="15">
-        <v>3747</v>
+        <v>3435</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15">
         <v>2600</v>
       </c>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>529</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.76188</v>
       </c>
       <c r="L145" s="15">
         <v>0.6603</v>
       </c>
       <c r="M145" s="15">
         <v>0.6349</v>
       </c>
       <c r="N145" s="15">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>533</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="J146" s="15">
         <v>525</v>
       </c>
       <c r="K146" s="15">
         <v>0.83466</v>
       </c>
       <c r="L146" s="15">
         <v>0.72337</v>
       </c>
       <c r="M146" s="15">
         <v>0.69555</v>
       </c>
       <c r="N146" s="15">
-        <v>810</v>
+        <v>717</v>
       </c>
       <c r="O146" s="15">
         <v>33</v>
       </c>
       <c r="P146" s="15" t="s">
-        <v>537</v>
+        <v>143</v>
       </c>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="D147" s="15" t="s">
+        <v>537</v>
+      </c>
+      <c r="E147" s="15" t="s">
         <v>538</v>
-      </c>
-[...4 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="J147" s="15">
         <v>525</v>
       </c>
       <c r="K147" s="15">
         <v>0.91539</v>
       </c>
       <c r="L147" s="15">
         <v>0.79334</v>
       </c>
       <c r="M147" s="15">
         <v>0.76283</v>
       </c>
       <c r="N147" s="15">
         <v>65</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15">
         <v>2100</v>
       </c>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="D148" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="E148" s="15" t="s">
         <v>542</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="J148" s="15">
         <v>475</v>
       </c>
       <c r="K148" s="15">
         <v>0.94746</v>
       </c>
       <c r="L148" s="15">
         <v>0.82113</v>
       </c>
       <c r="M148" s="15">
         <v>0.78955</v>
       </c>
       <c r="N148" s="15">
-        <v>385</v>
+        <v>142</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D149" s="15" t="s">
+        <v>545</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>546</v>
-      </c>
-[...4 lines deleted...]
-        <v>548</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="J149" s="15">
         <v>1</v>
       </c>
       <c r="K149" s="15">
         <v>1.27</v>
       </c>
       <c r="L149" s="15">
         <v>1.1</v>
       </c>
       <c r="M149" s="15">
         <v>1.06</v>
       </c>
       <c r="N149" s="15">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="E150" s="15">
         <v>10080027560</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>1.83</v>
       </c>
       <c r="L150" s="15">
         <v>1.22</v>
       </c>
       <c r="M150" s="15">
         <v>1.1</v>
       </c>
       <c r="N150" s="15">
         <v>19</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D151" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="E151" s="15" t="s">
         <v>552</v>
-      </c>
-[...4 lines deleted...]
-        <v>554</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="J151" s="15">
         <v>350</v>
       </c>
       <c r="K151" s="15">
         <v>1.29</v>
       </c>
       <c r="L151" s="15">
         <v>1.12</v>
       </c>
       <c r="M151" s="15">
         <v>1.08</v>
       </c>
       <c r="N151" s="15">
-        <v>202</v>
+        <v>142</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15">
         <v>1400</v>
       </c>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>554</v>
+      </c>
+      <c r="D152" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="E152" s="15" t="s">
         <v>556</v>
-      </c>
-[...4 lines deleted...]
-        <v>558</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1200</v>
       </c>
       <c r="K152" s="15">
         <v>0.22755</v>
       </c>
       <c r="L152" s="15">
         <v>0.19721</v>
       </c>
       <c r="M152" s="15">
         <v>0.18963</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15">
         <v>4800</v>
       </c>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>557</v>
+      </c>
+      <c r="D153" s="15" t="s">
+        <v>558</v>
+      </c>
+      <c r="E153" s="15" t="s">
         <v>559</v>
-      </c>
-[...4 lines deleted...]
-        <v>561</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="J153" s="15">
         <v>800</v>
       </c>
       <c r="K153" s="15">
         <v>0.58677</v>
       </c>
       <c r="L153" s="15">
         <v>0.50853</v>
       </c>
       <c r="M153" s="15">
         <v>0.48898</v>
       </c>
       <c r="N153" s="15">
-        <v>423</v>
+        <v>511</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15">
         <v>3200</v>
       </c>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="D154" s="15" t="s">
+        <v>562</v>
+      </c>
+      <c r="E154" s="15" t="s">
         <v>563</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.98384</v>
       </c>
       <c r="L154" s="15">
         <v>0.73788</v>
       </c>
       <c r="M154" s="15">
         <v>0.66409</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D155" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="E155" s="15" t="s">
         <v>567</v>
-      </c>
-[...4 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.72036</v>
       </c>
       <c r="L155" s="15">
         <v>0.62431</v>
       </c>
       <c r="M155" s="15">
         <v>0.6002999999999999</v>
       </c>
       <c r="N155" s="15">
-        <v>1072</v>
+        <v>1245</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>569</v>
+      </c>
+      <c r="D156" s="15" t="s">
+        <v>570</v>
+      </c>
+      <c r="E156" s="15" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="J156" s="15">
         <v>400</v>
       </c>
       <c r="K156" s="15">
         <v>0.61349</v>
       </c>
       <c r="L156" s="15">
         <v>0.53169</v>
       </c>
       <c r="M156" s="15">
         <v>0.51124</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>573</v>
+      </c>
+      <c r="D157" s="15" t="s">
+        <v>574</v>
+      </c>
+      <c r="E157" s="15" t="s">
         <v>575</v>
-      </c>
-[...4 lines deleted...]
-        <v>577</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>1.38</v>
       </c>
       <c r="L157" s="15">
         <v>1.03</v>
       </c>
       <c r="M157" s="15">
         <v>0.9302</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="E158" s="15" t="s">
         <v>578</v>
-      </c>
-[...4 lines deleted...]
-        <v>580</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>400</v>
       </c>
       <c r="K158" s="15">
         <v>1.01</v>
       </c>
       <c r="L158" s="15">
         <v>0.87627</v>
       </c>
       <c r="M158" s="15">
         <v>0.84256</v>
       </c>
       <c r="N158" s="15">
-        <v>183</v>
+        <v>170</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15">
         <v>1600</v>
       </c>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="E159" s="15">
         <v>10080057925</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>1200</v>
       </c>
       <c r="K159" s="15">
         <v>0.96457</v>
       </c>
       <c r="L159" s="15">
         <v>0.51991</v>
       </c>
       <c r="M159" s="15">
         <v>0.4515</v>
       </c>
       <c r="N159" s="15">
-        <v>244</v>
+        <v>348</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="E160" s="15">
         <v>10080057926</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15">
         <v>1000</v>
       </c>
       <c r="K160" s="15">
         <v>1.21</v>
       </c>
       <c r="L160" s="15">
         <v>0.64993</v>
       </c>
       <c r="M160" s="15">
         <v>0.56441</v>
       </c>
       <c r="N160" s="15">
-        <v>252</v>
+        <v>210</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="E161" s="15">
         <v>10080057928</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>800</v>
       </c>
       <c r="K161" s="15">
         <v>1.45</v>
       </c>
       <c r="L161" s="15">
         <v>0.78003</v>
       </c>
       <c r="M161" s="15">
         <v>0.6774</v>
       </c>
       <c r="N161" s="15">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>585</v>
+      </c>
+      <c r="D162" s="15" t="s">
+        <v>586</v>
+      </c>
+      <c r="E162" s="15" t="s">
         <v>587</v>
-      </c>
-[...4 lines deleted...]
-        <v>589</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="J162" s="15">
         <v>50</v>
       </c>
       <c r="K162" s="15">
         <v>0.98787</v>
       </c>
       <c r="L162" s="15">
         <v>0.85615</v>
       </c>
       <c r="M162" s="15">
         <v>0.82323</v>
       </c>
       <c r="N162" s="15">
-        <v>425</v>
+        <v>395</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="D163" s="15" t="s">
+        <v>590</v>
+      </c>
+      <c r="E163" s="15" t="s">
         <v>591</v>
-      </c>
-[...4 lines deleted...]
-        <v>593</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15"/>
       <c r="K163" s="15">
         <v>0.37412</v>
       </c>
       <c r="L163" s="15">
         <v>0.32423</v>
       </c>
       <c r="M163" s="15">
         <v>0.31176</v>
       </c>
       <c r="N163" s="15">
         <v>100</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D164" s="15" t="s">
+        <v>593</v>
+      </c>
+      <c r="E164" s="15" t="s">
         <v>594</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>1000</v>
       </c>
       <c r="K164" s="15">
         <v>0.6843900000000001</v>
       </c>
       <c r="L164" s="15">
         <v>0.574</v>
       </c>
       <c r="M164" s="15">
         <v>0.55193</v>
       </c>
       <c r="N164" s="15">
-        <v>780</v>
+        <v>640</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15">
         <v>4000</v>
       </c>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="E165" s="15" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J165" s="15">
         <v>500</v>
       </c>
       <c r="K165" s="15">
         <v>0.8597399999999999</v>
       </c>
       <c r="L165" s="15">
         <v>0.72107</v>
       </c>
       <c r="M165" s="15">
         <v>0.69334</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15">
         <v>2000</v>
       </c>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C166" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="D166" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="E166" s="15" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I166" s="15"/>
       <c r="J166" s="15">
         <v>700</v>
       </c>
       <c r="K166" s="15">
         <v>1.29</v>
       </c>
       <c r="L166" s="15">
         <v>1.12</v>
       </c>
       <c r="M166" s="15">
         <v>1.08</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>602</v>
+      </c>
+      <c r="D167" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="E167" s="15" t="s">
         <v>604</v>
-      </c>
-[...4 lines deleted...]
-        <v>606</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="J167" s="15">
         <v>630</v>
       </c>
       <c r="K167" s="15">
         <v>1.1</v>
       </c>
       <c r="L167" s="15">
         <v>0.95553</v>
       </c>
       <c r="M167" s="15">
         <v>0.91878</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15">
         <v>2520</v>
       </c>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>606</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>607</v>
+      </c>
+      <c r="E168" s="15" t="s">
         <v>608</v>
-      </c>
-[...4 lines deleted...]
-        <v>610</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>470</v>
       </c>
       <c r="K168" s="15">
         <v>0.21</v>
       </c>
       <c r="L168" s="15">
         <v>0.21</v>
       </c>
       <c r="M168" s="15">
         <v>0.21</v>
       </c>
       <c r="N168" s="15">
         <v>5</v>
       </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>609</v>
+      </c>
+      <c r="D169" s="15" t="s">
+        <v>610</v>
+      </c>
+      <c r="E169" s="15" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="J169" s="15">
         <v>100</v>
       </c>
       <c r="K169" s="15">
         <v>0.3765</v>
       </c>
       <c r="L169" s="15">
         <v>0.3263</v>
       </c>
       <c r="M169" s="15">
         <v>0.31375</v>
       </c>
       <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>613</v>
+      </c>
+      <c r="D170" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="E170" s="15" t="s">
         <v>615</v>
-      </c>
-[...4 lines deleted...]
-        <v>617</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="J170" s="15">
         <v>200</v>
       </c>
       <c r="K170" s="15">
         <v>0.41567</v>
       </c>
       <c r="L170" s="15">
         <v>0.36024</v>
       </c>
       <c r="M170" s="15">
         <v>0.34639</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>617</v>
+      </c>
+      <c r="D171" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="E171" s="15" t="s">
         <v>619</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="J171" s="15">
         <v>1100</v>
       </c>
       <c r="K171" s="15">
         <v>0.65078</v>
       </c>
       <c r="L171" s="15">
         <v>0.56401</v>
       </c>
       <c r="M171" s="15">
         <v>0.54231</v>
       </c>
       <c r="N171" s="15">
-        <v>4032</v>
+        <v>3681</v>
       </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C172" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="D172" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="E172" s="15" t="s">
         <v>623</v>
-      </c>
-[...4 lines deleted...]
-        <v>625</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="J172" s="15">
         <v>1</v>
       </c>
       <c r="K172" s="15">
         <v>0.6927</v>
       </c>
       <c r="L172" s="15">
         <v>0.60034</v>
       </c>
       <c r="M172" s="15">
         <v>0.57725</v>
       </c>
       <c r="N172" s="15">
-        <v>625</v>
+        <v>408</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="D173" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="E173" s="15" t="s">
         <v>627</v>
-      </c>
-[...4 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15"/>
       <c r="K173" s="15">
         <v>0.89567</v>
       </c>
       <c r="L173" s="15">
         <v>0.77624</v>
       </c>
       <c r="M173" s="15">
         <v>0.74639</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="E174" s="15">
         <v>10080013792</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>400</v>
       </c>
       <c r="K174" s="15">
         <v>1.01</v>
       </c>
       <c r="L174" s="15">
         <v>0.87625</v>
       </c>
       <c r="M174" s="15">
         <v>0.84255</v>
       </c>
-      <c r="N174" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="E175" s="15">
         <v>10080043418</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>400</v>
       </c>
       <c r="K175" s="15">
         <v>4.43</v>
       </c>
       <c r="L175" s="15">
         <v>2.22</v>
       </c>
       <c r="M175" s="15">
         <v>2.01</v>
       </c>
       <c r="N175" s="15">
         <v>10</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
+        <v>632</v>
+      </c>
+      <c r="D176" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="E176" s="15" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="J176" s="15">
         <v>250</v>
       </c>
       <c r="K176" s="15">
         <v>0.08603</v>
       </c>
       <c r="L176" s="15">
         <v>0.07456</v>
       </c>
       <c r="M176" s="15">
         <v>0.07169</v>
       </c>
       <c r="N176" s="15"/>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D177" s="15" t="s">
+        <v>637</v>
+      </c>
+      <c r="E177" s="15" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="J177" s="15">
         <v>1600</v>
       </c>
       <c r="K177" s="15">
         <v>0.19984</v>
       </c>
       <c r="L177" s="15">
         <v>0.14406</v>
       </c>
       <c r="M177" s="15">
         <v>0.12549</v>
       </c>
       <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15">
         <v>6400</v>
       </c>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="E178" s="15">
         <v>10080047903</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15"/>
       <c r="K178" s="15">
         <v>0.13</v>
       </c>
       <c r="L178" s="15">
         <v>0.13</v>
       </c>
       <c r="M178" s="15">
         <v>0.13</v>
       </c>
       <c r="N178" s="15">
         <v>3</v>
       </c>
       <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="E179" s="15">
         <v>10080010131</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="J179" s="15">
         <v>2000</v>
       </c>
       <c r="K179" s="15">
         <v>0.60775</v>
       </c>
       <c r="L179" s="15">
         <v>0.30388</v>
       </c>
       <c r="M179" s="15">
         <v>0.27624</v>
       </c>
       <c r="N179" s="15">
         <v>38</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="E180" s="15">
         <v>10080044400</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>800</v>
       </c>
       <c r="K180" s="15">
         <v>0.193</v>
       </c>
       <c r="L180" s="15">
         <v>0.193</v>
       </c>
       <c r="M180" s="15">
         <v>0.193</v>
       </c>
       <c r="N180" s="15">
         <v>2</v>
       </c>
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="E181" s="15">
         <v>10080044401</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>1015</v>
       </c>
       <c r="K181" s="15">
         <v>0.21</v>
       </c>
       <c r="L181" s="15">
         <v>0.21</v>
       </c>
       <c r="M181" s="15">
         <v>0.21</v>
       </c>
       <c r="N181" s="15">
         <v>3</v>
       </c>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D182" s="15" t="s">
+        <v>650</v>
+      </c>
+      <c r="E182" s="15" t="s">
         <v>651</v>
-      </c>
-[...4 lines deleted...]
-        <v>653</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.08142000000000001</v>
       </c>
       <c r="L182" s="15">
         <v>0.052</v>
       </c>
       <c r="M182" s="15">
         <v>0.047</v>
       </c>
       <c r="N182" s="15">
-        <v>27421</v>
+        <v>36316</v>
       </c>
       <c r="O182" s="15"/>
       <c r="P182" s="15"/>
       <c r="Q182" s="15">
         <v>12000</v>
       </c>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="D183" s="15" t="s">
+        <v>654</v>
+      </c>
+      <c r="E183" s="15" t="s">
         <v>655</v>
-      </c>
-[...4 lines deleted...]
-        <v>657</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="J183" s="15">
         <v>250</v>
       </c>
       <c r="K183" s="15">
         <v>0.11</v>
       </c>
       <c r="L183" s="15">
         <v>0.081</v>
       </c>
       <c r="M183" s="15">
         <v>0.075</v>
       </c>
       <c r="N183" s="15">
-        <v>31155</v>
+        <v>36253</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="E184" s="15">
         <v>10000021862</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J184" s="15">
         <v>200</v>
       </c>
       <c r="K184" s="15">
         <v>0.12211</v>
       </c>
       <c r="L184" s="15">
         <v>0.11723</v>
       </c>
       <c r="M184" s="15">
         <v>0.11234</v>
       </c>
       <c r="N184" s="15">
-        <v>2268</v>
+        <v>1944</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="D185" s="15" t="s">
+        <v>661</v>
+      </c>
+      <c r="E185" s="15" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="J185" s="15">
         <v>200</v>
       </c>
       <c r="K185" s="15">
         <v>0.15</v>
       </c>
       <c r="L185" s="15">
         <v>0.1</v>
       </c>
       <c r="M185" s="15">
         <v>0.091</v>
       </c>
       <c r="N185" s="15">
-        <v>44248</v>
+        <v>44243</v>
       </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>664</v>
+      </c>
+      <c r="D186" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="E186" s="15" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="J186" s="15">
         <v>200</v>
       </c>
       <c r="K186" s="15">
         <v>0.14492</v>
       </c>
       <c r="L186" s="15">
         <v>0.12559</v>
       </c>
       <c r="M186" s="15">
         <v>0.12076</v>
       </c>
       <c r="N186" s="15">
-        <v>13223</v>
+        <v>11281</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D187" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="E187" s="15" t="s">
         <v>670</v>
-      </c>
-[...4 lines deleted...]
-        <v>672</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="J187" s="15">
         <v>100</v>
       </c>
       <c r="K187" s="15">
         <v>0.17216</v>
       </c>
       <c r="L187" s="15">
         <v>0.1492</v>
       </c>
       <c r="M187" s="15">
         <v>0.14346</v>
       </c>
       <c r="N187" s="15">
-        <v>3330</v>
+        <v>3570</v>
       </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="D188" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="E188" s="15" t="s">
         <v>674</v>
-      </c>
-[...4 lines deleted...]
-        <v>676</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="J188" s="15">
         <v>1000</v>
       </c>
       <c r="K188" s="15">
         <v>0.19037</v>
       </c>
       <c r="L188" s="15">
         <v>0.16498</v>
       </c>
       <c r="M188" s="15">
         <v>0.15864</v>
       </c>
       <c r="N188" s="15">
-        <v>2941</v>
+        <v>2606</v>
       </c>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
+        <v>676</v>
+      </c>
+      <c r="D189" s="15" t="s">
+        <v>677</v>
+      </c>
+      <c r="E189" s="15" t="s">
         <v>678</v>
-      </c>
-[...4 lines deleted...]
-        <v>680</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="J189" s="15">
         <v>2100</v>
       </c>
       <c r="K189" s="15">
         <v>0.20826</v>
       </c>
       <c r="L189" s="15">
         <v>0.18049</v>
       </c>
       <c r="M189" s="15">
         <v>0.17355</v>
       </c>
       <c r="N189" s="15"/>
       <c r="O189" s="15">
-        <v>5544</v>
+        <v>4662</v>
       </c>
       <c r="P189" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>680</v>
+      </c>
+      <c r="D190" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="E190" s="15" t="s">
         <v>682</v>
-      </c>
-[...4 lines deleted...]
-        <v>684</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="J190" s="15">
         <v>1825</v>
       </c>
       <c r="K190" s="15">
         <v>0.3021</v>
       </c>
       <c r="L190" s="15">
         <v>0.26182</v>
       </c>
       <c r="M190" s="15">
         <v>0.25175</v>
       </c>
       <c r="N190" s="15">
-        <v>776</v>
+        <v>940</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="E191" s="15">
         <v>10000021866</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="J191" s="15">
         <v>1675</v>
       </c>
       <c r="K191" s="15">
         <v>0.30074</v>
       </c>
       <c r="L191" s="15">
         <v>0.26064</v>
       </c>
       <c r="M191" s="15">
         <v>0.25061</v>
       </c>
       <c r="N191" s="15">
-        <v>1078</v>
+        <v>735</v>
       </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
+        <v>687</v>
+      </c>
+      <c r="D192" s="15" t="s">
+        <v>688</v>
+      </c>
+      <c r="E192" s="15" t="s">
         <v>689</v>
-      </c>
-[...4 lines deleted...]
-        <v>691</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="J192" s="15">
         <v>1500</v>
       </c>
       <c r="K192" s="15">
         <v>0.32151</v>
       </c>
       <c r="L192" s="15">
         <v>0.27864</v>
       </c>
       <c r="M192" s="15">
         <v>0.26793</v>
       </c>
       <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
+        <v>691</v>
+      </c>
+      <c r="D193" s="15" t="s">
+        <v>692</v>
+      </c>
+      <c r="E193" s="15" t="s">
         <v>693</v>
-      </c>
-[...4 lines deleted...]
-        <v>695</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="J193" s="15">
         <v>1400</v>
       </c>
       <c r="K193" s="15">
         <v>0.3278</v>
       </c>
       <c r="L193" s="15">
         <v>0.28409</v>
       </c>
       <c r="M193" s="15">
         <v>0.27316</v>
       </c>
       <c r="N193" s="15">
         <v>100</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
+        <v>695</v>
+      </c>
+      <c r="D194" s="15" t="s">
+        <v>696</v>
+      </c>
+      <c r="E194" s="15" t="s">
         <v>697</v>
-      </c>
-[...4 lines deleted...]
-        <v>699</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1</v>
       </c>
       <c r="K194" s="15">
         <v>0.37029</v>
       </c>
       <c r="L194" s="15">
         <v>0.32092</v>
       </c>
       <c r="M194" s="15">
         <v>0.30858</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>698</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>699</v>
+      </c>
+      <c r="E195" s="15" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>702</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="J195" s="15">
         <v>1050</v>
       </c>
       <c r="K195" s="15">
         <v>0.46244</v>
       </c>
       <c r="L195" s="15">
         <v>0.40078</v>
       </c>
       <c r="M195" s="15">
         <v>0.38536</v>
       </c>
       <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>704</v>
+        <v>702</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
       <c r="E196" s="15">
         <v>10080013816</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15"/>
       <c r="K196" s="15">
         <v>0.48686</v>
       </c>
       <c r="L196" s="15">
         <v>0.42194</v>
       </c>
       <c r="M196" s="15">
         <v>0.40571</v>
       </c>
       <c r="N196" s="15"/>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
+        <v>704</v>
+      </c>
+      <c r="D197" s="15" t="s">
+        <v>705</v>
+      </c>
+      <c r="E197" s="15" t="s">
         <v>706</v>
-      </c>
-[...4 lines deleted...]
-        <v>708</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>875</v>
       </c>
       <c r="K197" s="15">
         <v>0.57677</v>
       </c>
       <c r="L197" s="15">
         <v>0.49986</v>
       </c>
       <c r="M197" s="15">
         <v>0.48064</v>
       </c>
       <c r="N197" s="15">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
+        <v>707</v>
+      </c>
+      <c r="D198" s="15" t="s">
+        <v>708</v>
+      </c>
+      <c r="E198" s="15" t="s">
         <v>709</v>
-      </c>
-[...4 lines deleted...]
-        <v>711</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15" t="s">
-        <v>712</v>
+        <v>710</v>
       </c>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.22464</v>
       </c>
       <c r="L198" s="15">
         <v>0.19469</v>
       </c>
       <c r="M198" s="15">
         <v>0.1872</v>
       </c>
       <c r="N198" s="15"/>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="E199" s="15">
         <v>10080033495</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I199" s="15"/>
       <c r="J199" s="15"/>
       <c r="K199" s="15">
         <v>0.20931</v>
       </c>
       <c r="L199" s="15">
         <v>0.13954</v>
       </c>
       <c r="M199" s="15">
         <v>0.12792</v>
       </c>
       <c r="N199" s="15">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>715</v>
+        <v>713</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>716</v>
+        <v>714</v>
       </c>
       <c r="E200" s="15">
         <v>10080033496</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15"/>
       <c r="K200" s="15">
         <v>0.31977</v>
       </c>
       <c r="L200" s="15">
         <v>0.21279</v>
       </c>
       <c r="M200" s="15">
         <v>0.19419</v>
       </c>
       <c r="N200" s="15">
-        <v>273</v>
+        <v>304</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>717</v>
+        <v>715</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>718</v>
+        <v>716</v>
       </c>
       <c r="E201" s="15">
         <v>10080033497</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I201" s="15"/>
       <c r="J201" s="15">
         <v>350</v>
       </c>
       <c r="K201" s="15">
         <v>0.66914</v>
       </c>
       <c r="L201" s="15">
         <v>0.35549</v>
       </c>
       <c r="M201" s="15">
         <v>0.30321</v>
       </c>
       <c r="N201" s="15">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>719</v>
+        <v>717</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>720</v>
+        <v>718</v>
       </c>
       <c r="E202" s="15">
         <v>10080033498</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15"/>
       <c r="J202" s="15"/>
       <c r="K202" s="15">
         <v>0.52327</v>
       </c>
       <c r="L202" s="15">
         <v>0.41862</v>
       </c>
       <c r="M202" s="15">
         <v>0.38373</v>
       </c>
       <c r="N202" s="15">
-        <v>280</v>
+        <v>291</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="E203" s="15">
         <v>10080033499</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I203" s="15"/>
       <c r="J203" s="15"/>
       <c r="K203" s="15">
         <v>0.69769</v>
       </c>
       <c r="L203" s="15">
         <v>0.55815</v>
       </c>
       <c r="M203" s="15">
         <v>0.51164</v>
       </c>
       <c r="N203" s="15">
-        <v>249</v>
+        <v>263</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>723</v>
+        <v>721</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
       <c r="E204" s="15">
         <v>10080047906</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15"/>
       <c r="J204" s="15"/>
       <c r="K204" s="15">
         <v>0.69769</v>
       </c>
       <c r="L204" s="15">
         <v>0.47676</v>
       </c>
       <c r="M204" s="15">
         <v>0.43025</v>
       </c>
       <c r="N204" s="15">
         <v>12</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>723</v>
+      </c>
+      <c r="D205" s="15" t="s">
+        <v>724</v>
+      </c>
+      <c r="E205" s="15" t="s">
         <v>725</v>
-      </c>
-[...4 lines deleted...]
-        <v>727</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>728</v>
+        <v>726</v>
       </c>
       <c r="J205" s="15">
         <v>925</v>
       </c>
       <c r="K205" s="15">
         <v>0.21632</v>
       </c>
       <c r="L205" s="15">
         <v>0.18747</v>
       </c>
       <c r="M205" s="15">
         <v>0.18026</v>
       </c>
       <c r="N205" s="15">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>727</v>
+      </c>
+      <c r="D206" s="15" t="s">
+        <v>728</v>
+      </c>
+      <c r="E206" s="15" t="s">
         <v>729</v>
-      </c>
-[...4 lines deleted...]
-        <v>731</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="J206" s="15">
         <v>640</v>
       </c>
       <c r="K206" s="15">
         <v>0.32273</v>
       </c>
       <c r="L206" s="15">
         <v>0.2797</v>
       </c>
       <c r="M206" s="15">
         <v>0.26894</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
-      <c r="P206" s="15"/>
+      <c r="P206" s="15" t="s">
+        <v>406</v>
+      </c>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>731</v>
+      </c>
+      <c r="D207" s="15" t="s">
+        <v>732</v>
+      </c>
+      <c r="E207" s="15" t="s">
         <v>733</v>
-      </c>
-[...4 lines deleted...]
-        <v>735</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="J207" s="15">
         <v>640</v>
       </c>
       <c r="K207" s="15">
         <v>0.49518</v>
       </c>
       <c r="L207" s="15">
         <v>0.42916</v>
       </c>
       <c r="M207" s="15">
         <v>0.41265</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15"/>
       <c r="P207" s="15" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>736</v>
+      </c>
+      <c r="D208" s="15" t="s">
+        <v>737</v>
+      </c>
+      <c r="E208" s="15" t="s">
         <v>738</v>
-      </c>
-[...4 lines deleted...]
-        <v>740</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>741</v>
+        <v>739</v>
       </c>
       <c r="J208" s="15">
         <v>300</v>
       </c>
       <c r="K208" s="15">
         <v>0.82758</v>
       </c>
       <c r="L208" s="15">
         <v>0.71724</v>
       </c>
       <c r="M208" s="15">
         <v>0.68965</v>
       </c>
       <c r="N208" s="15">
-        <v>255</v>
+        <v>201</v>
       </c>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15">
         <v>1200</v>
       </c>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>740</v>
+      </c>
+      <c r="D209" s="15" t="s">
+        <v>741</v>
+      </c>
+      <c r="E209" s="15" t="s">
         <v>742</v>
-      </c>
-[...4 lines deleted...]
-        <v>744</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>745</v>
+        <v>743</v>
       </c>
       <c r="J209" s="15">
         <v>1</v>
       </c>
       <c r="K209" s="15">
         <v>0.86084</v>
       </c>
       <c r="L209" s="15">
         <v>0.7460599999999999</v>
       </c>
       <c r="M209" s="15">
         <v>0.71736</v>
       </c>
       <c r="N209" s="15"/>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>744</v>
+      </c>
+      <c r="D210" s="15" t="s">
+        <v>745</v>
+      </c>
+      <c r="E210" s="15" t="s">
         <v>746</v>
-      </c>
-[...4 lines deleted...]
-        <v>748</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I210" s="15"/>
       <c r="J210" s="15"/>
       <c r="K210" s="15">
         <v>1.1</v>
       </c>
       <c r="L210" s="15">
         <v>0.95034</v>
       </c>
       <c r="M210" s="15">
         <v>0.91379</v>
       </c>
       <c r="N210" s="15">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>750</v>
+        <v>748</v>
       </c>
       <c r="E211" s="15">
         <v>10080013860</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>751</v>
+        <v>749</v>
       </c>
       <c r="J211" s="15">
         <v>445</v>
       </c>
       <c r="K211" s="15">
         <v>0.40091</v>
       </c>
       <c r="L211" s="15">
         <v>0.34745</v>
       </c>
       <c r="M211" s="15">
         <v>0.33409</v>
       </c>
       <c r="N211" s="15">
         <v>23</v>
       </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>750</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>751</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>754</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="J212" s="15">
         <v>380</v>
       </c>
       <c r="K212" s="15">
         <v>0.51564</v>
       </c>
       <c r="L212" s="15">
         <v>0.44689</v>
       </c>
       <c r="M212" s="15">
         <v>0.4297</v>
       </c>
       <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15">
         <v>1520</v>
       </c>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>754</v>
+      </c>
+      <c r="D213" s="15" t="s">
+        <v>755</v>
+      </c>
+      <c r="E213" s="15" t="s">
         <v>756</v>
-      </c>
-[...4 lines deleted...]
-        <v>758</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
       <c r="J213" s="15">
         <v>245</v>
       </c>
       <c r="K213" s="15">
         <v>0.63173</v>
       </c>
       <c r="L213" s="15">
         <v>0.5475</v>
       </c>
       <c r="M213" s="15">
         <v>0.52644</v>
       </c>
       <c r="N213" s="15">
         <v>30</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
+        <v>758</v>
+      </c>
+      <c r="D214" s="15" t="s">
+        <v>759</v>
+      </c>
+      <c r="E214" s="15" t="s">
         <v>760</v>
-      </c>
-[...4 lines deleted...]
-        <v>762</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="J214" s="15"/>
       <c r="K214" s="15">
         <v>0.85833</v>
       </c>
       <c r="L214" s="15">
         <v>0.7438900000000001</v>
       </c>
       <c r="M214" s="15">
         <v>0.71528</v>
       </c>
       <c r="N214" s="15">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="E215" s="15">
         <v>10080039713</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>220</v>
       </c>
       <c r="K215" s="15">
         <v>2.8</v>
       </c>
       <c r="L215" s="15">
         <v>1.4</v>
       </c>
       <c r="M215" s="15">
         <v>1.27</v>
       </c>
       <c r="N215" s="15">
         <v>10</v>
       </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>764</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>765</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>766</v>
-      </c>
-[...4 lines deleted...]
-        <v>768</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I216" s="15"/>
       <c r="J216" s="15">
         <v>1</v>
       </c>
       <c r="K216" s="15">
         <v>3.85</v>
       </c>
       <c r="L216" s="15">
         <v>1.92</v>
       </c>
       <c r="M216" s="15">
         <v>1.75</v>
       </c>
       <c r="N216" s="15">
         <v>13</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>767</v>
+      </c>
+      <c r="D217" s="15" t="s">
+        <v>768</v>
+      </c>
+      <c r="E217" s="15" t="s">
         <v>769</v>
-      </c>
-[...4 lines deleted...]
-        <v>771</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>1</v>
       </c>
       <c r="K217" s="15">
         <v>1.32</v>
       </c>
       <c r="L217" s="15">
         <v>1.14</v>
       </c>
       <c r="M217" s="15">
         <v>1.1</v>
       </c>
       <c r="N217" s="15">
         <v>20</v>
       </c>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>770</v>
+      </c>
+      <c r="D218" s="15" t="s">
+        <v>771</v>
+      </c>
+      <c r="E218" s="15" t="s">
         <v>772</v>
-      </c>
-[...4 lines deleted...]
-        <v>774</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="J218" s="15">
         <v>200</v>
       </c>
       <c r="K218" s="15">
         <v>0.14426</v>
       </c>
       <c r="L218" s="15">
         <v>0.12502</v>
       </c>
       <c r="M218" s="15">
         <v>0.12021</v>
       </c>
       <c r="N218" s="15">
-        <v>2513</v>
+        <v>2948</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>774</v>
+      </c>
+      <c r="D219" s="15" t="s">
+        <v>775</v>
+      </c>
+      <c r="E219" s="15" t="s">
         <v>776</v>
-      </c>
-[...4 lines deleted...]
-        <v>778</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>779</v>
+        <v>777</v>
       </c>
       <c r="J219" s="15">
         <v>2000</v>
       </c>
       <c r="K219" s="15">
         <v>0.16856</v>
       </c>
       <c r="L219" s="15">
         <v>0.14608</v>
       </c>
       <c r="M219" s="15">
         <v>0.14046</v>
       </c>
       <c r="N219" s="15">
-        <v>4985</v>
+        <v>5289</v>
       </c>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>778</v>
+      </c>
+      <c r="D220" s="15" t="s">
+        <v>779</v>
+      </c>
+      <c r="E220" s="15" t="s">
         <v>780</v>
-      </c>
-[...4 lines deleted...]
-        <v>782</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I220" s="15" t="s">
-        <v>783</v>
+        <v>781</v>
       </c>
       <c r="J220" s="15">
         <v>200</v>
       </c>
       <c r="K220" s="15">
         <v>0.20036</v>
       </c>
       <c r="L220" s="15">
         <v>0.17364</v>
       </c>
       <c r="M220" s="15">
         <v>0.16696</v>
       </c>
       <c r="N220" s="15">
-        <v>517</v>
+        <v>482</v>
       </c>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="E221" s="15">
         <v>10080013873</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I221" s="15" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="J221" s="15">
         <v>1200</v>
       </c>
       <c r="K221" s="15">
         <v>0.21815</v>
       </c>
       <c r="L221" s="15">
         <v>0.18906</v>
       </c>
       <c r="M221" s="15">
         <v>0.18179</v>
       </c>
       <c r="N221" s="15">
         <v>859</v>
       </c>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C222" s="15" t="s">
+        <v>785</v>
+      </c>
+      <c r="D222" s="15" t="s">
+        <v>786</v>
+      </c>
+      <c r="E222" s="15" t="s">
         <v>787</v>
-      </c>
-[...4 lines deleted...]
-        <v>789</v>
       </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I222" s="15" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="J222" s="15">
         <v>100</v>
       </c>
       <c r="K222" s="15">
         <v>0.27333</v>
       </c>
       <c r="L222" s="15">
         <v>0.23689</v>
       </c>
       <c r="M222" s="15">
         <v>0.22778</v>
       </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222"/>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
+        <v>789</v>
+      </c>
+      <c r="D223" s="15" t="s">
+        <v>790</v>
+      </c>
+      <c r="E223" s="15" t="s">
         <v>791</v>
-      </c>
-[...4 lines deleted...]
-        <v>793</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15"/>
       <c r="H223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I223" s="15" t="s">
-        <v>794</v>
+        <v>792</v>
       </c>
       <c r="J223" s="15">
         <v>800</v>
       </c>
       <c r="K223" s="15">
         <v>0.30758</v>
       </c>
       <c r="L223" s="15">
         <v>0.26657</v>
       </c>
       <c r="M223" s="15">
         <v>0.25631</v>
       </c>
       <c r="N223" s="15">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223"/>
     </row>
     <row r="224" spans="1:18">
       <c r="B224" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C224" s="15" t="s">
+        <v>793</v>
+      </c>
+      <c r="D224" s="15" t="s">
+        <v>794</v>
+      </c>
+      <c r="E224" s="15" t="s">
         <v>795</v>
-      </c>
-[...4 lines deleted...]
-        <v>797</v>
       </c>
       <c r="F224" s="15"/>
       <c r="G224" s="15"/>
       <c r="H224" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I224" s="15" t="s">
-        <v>798</v>
+        <v>796</v>
       </c>
       <c r="J224" s="15"/>
       <c r="K224" s="15">
         <v>0.33182</v>
       </c>
       <c r="L224" s="15">
         <v>0.28757</v>
       </c>
       <c r="M224" s="15">
         <v>0.27651</v>
       </c>
       <c r="N224" s="15">
-        <v>401</v>
+        <v>371</v>
       </c>
       <c r="O224" s="15"/>
       <c r="P224" s="15"/>
       <c r="Q224" s="15"/>
       <c r="R224"/>
     </row>
     <row r="225" spans="1:18">
       <c r="B225" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C225" s="15" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="D225" s="15" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="E225" s="15">
         <v>10080013877</v>
       </c>
       <c r="F225" s="15"/>
       <c r="G225" s="15"/>
       <c r="H225" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I225" s="15" t="s">
-        <v>801</v>
+        <v>799</v>
       </c>
       <c r="J225" s="15">
         <v>1600</v>
       </c>
       <c r="K225" s="15">
         <v>0.5803</v>
       </c>
       <c r="L225" s="15">
         <v>0.41837</v>
       </c>
       <c r="M225" s="15">
         <v>0.36437</v>
       </c>
       <c r="N225" s="15"/>
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225"/>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
-        <v>802</v>
+        <v>800</v>
       </c>
       <c r="D226" s="15" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="E226" s="15">
         <v>10080013878</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15"/>
       <c r="H226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I226" s="15" t="s">
-        <v>804</v>
+        <v>802</v>
       </c>
       <c r="J226" s="15">
         <v>1300</v>
       </c>
       <c r="K226" s="15">
         <v>0.39158</v>
       </c>
       <c r="L226" s="15">
         <v>0.33937</v>
       </c>
       <c r="M226" s="15">
         <v>0.32631</v>
       </c>
       <c r="N226" s="15">
         <v>6</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226"/>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
+        <v>803</v>
+      </c>
+      <c r="D227" s="15" t="s">
+        <v>804</v>
+      </c>
+      <c r="E227" s="15" t="s">
         <v>805</v>
-      </c>
-[...4 lines deleted...]
-        <v>807</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15"/>
       <c r="H227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I227" s="15" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="J227" s="15">
         <v>1300</v>
       </c>
       <c r="K227" s="15">
         <v>0.39233</v>
       </c>
       <c r="L227" s="15">
         <v>0.34002</v>
       </c>
       <c r="M227" s="15">
         <v>0.32694</v>
       </c>
       <c r="N227" s="15">
-        <v>783</v>
+        <v>960</v>
       </c>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227"/>
     </row>
     <row r="228" spans="1:18">
       <c r="B228" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C228" s="15" t="s">
+        <v>807</v>
+      </c>
+      <c r="D228" s="15" t="s">
+        <v>808</v>
+      </c>
+      <c r="E228" s="15" t="s">
         <v>809</v>
-      </c>
-[...4 lines deleted...]
-        <v>811</v>
       </c>
       <c r="F228" s="15"/>
       <c r="G228" s="15"/>
       <c r="H228" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I228" s="15" t="s">
-        <v>812</v>
+        <v>810</v>
       </c>
       <c r="J228" s="15"/>
       <c r="K228" s="15">
         <v>0.43005</v>
       </c>
       <c r="L228" s="15">
         <v>0.37271</v>
       </c>
       <c r="M228" s="15">
         <v>0.35838</v>
       </c>
       <c r="N228" s="15">
-        <v>866</v>
+        <v>843</v>
       </c>
       <c r="O228" s="15"/>
       <c r="P228" s="15"/>
       <c r="Q228" s="15"/>
       <c r="R228"/>
     </row>
     <row r="229" spans="1:18">
       <c r="B229" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C229" s="15" t="s">
-        <v>813</v>
+        <v>811</v>
       </c>
       <c r="D229" s="15" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="E229" s="15">
         <v>10080013879</v>
       </c>
       <c r="F229" s="15"/>
       <c r="G229" s="15"/>
       <c r="H229" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I229" s="15" t="s">
-        <v>815</v>
+        <v>813</v>
       </c>
       <c r="J229" s="15">
         <v>1</v>
       </c>
       <c r="K229" s="15">
         <v>0.45023</v>
       </c>
       <c r="L229" s="15">
         <v>0.3902</v>
       </c>
       <c r="M229" s="15">
         <v>0.37519</v>
       </c>
       <c r="N229" s="15">
         <v>49</v>
       </c>
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229"/>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
+        <v>814</v>
+      </c>
+      <c r="D230" s="15" t="s">
+        <v>815</v>
+      </c>
+      <c r="E230" s="15" t="s">
         <v>816</v>
-      </c>
-[...4 lines deleted...]
-        <v>818</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15"/>
       <c r="H230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I230" s="15" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="J230" s="15">
         <v>1</v>
       </c>
       <c r="K230" s="15">
         <v>0.45948</v>
       </c>
       <c r="L230" s="15">
         <v>0.39822</v>
       </c>
       <c r="M230" s="15">
         <v>0.3829</v>
       </c>
       <c r="N230" s="15">
         <v>47</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230"/>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="D231" s="15" t="s">
-        <v>821</v>
+        <v>819</v>
       </c>
       <c r="E231" s="15">
         <v>10080028499</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15"/>
       <c r="H231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I231" s="15"/>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>0.72096</v>
       </c>
       <c r="L231" s="15">
         <v>0.48839</v>
       </c>
       <c r="M231" s="15">
         <v>0.43606</v>
       </c>
       <c r="N231" s="15">
         <v>73</v>
       </c>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231"/>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C232" s="15" t="s">
+        <v>820</v>
+      </c>
+      <c r="D232" s="15" t="s">
+        <v>821</v>
+      </c>
+      <c r="E232" s="15" t="s">
         <v>822</v>
-      </c>
-[...4 lines deleted...]
-        <v>824</v>
       </c>
       <c r="F232" s="15"/>
       <c r="G232" s="15"/>
       <c r="H232" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I232" s="15"/>
       <c r="J232" s="15"/>
       <c r="K232" s="15">
         <v>0.55374</v>
       </c>
       <c r="L232" s="15">
         <v>0.47991</v>
       </c>
       <c r="M232" s="15">
         <v>0.46145</v>
       </c>
       <c r="N232" s="15"/>
       <c r="O232" s="15"/>
       <c r="P232" s="15"/>
       <c r="Q232" s="15"/>
       <c r="R232"/>
     </row>
     <row r="233" spans="1:18">
       <c r="B233" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C233" s="15" t="s">
+        <v>823</v>
+      </c>
+      <c r="D233" s="15" t="s">
+        <v>824</v>
+      </c>
+      <c r="E233" s="15" t="s">
         <v>825</v>
-      </c>
-[...4 lines deleted...]
-        <v>827</v>
       </c>
       <c r="F233" s="15"/>
       <c r="G233" s="15"/>
       <c r="H233" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I233" s="15" t="s">
-        <v>828</v>
+        <v>826</v>
       </c>
       <c r="J233" s="15">
         <v>900</v>
       </c>
       <c r="K233" s="15">
         <v>0.6593</v>
       </c>
       <c r="L233" s="15">
         <v>0.57139</v>
       </c>
       <c r="M233" s="15">
         <v>0.54941</v>
       </c>
       <c r="N233" s="15">
         <v>32</v>
       </c>
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233"/>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
+        <v>827</v>
+      </c>
+      <c r="D234" s="15" t="s">
+        <v>828</v>
+      </c>
+      <c r="E234" s="15" t="s">
         <v>829</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15"/>
       <c r="H234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I234" s="15"/>
       <c r="J234" s="15">
         <v>30</v>
       </c>
       <c r="K234" s="15">
         <v>0.47255</v>
       </c>
       <c r="L234" s="15">
         <v>0.40954</v>
       </c>
       <c r="M234" s="15">
         <v>0.39379</v>
       </c>
       <c r="N234" s="15">
         <v>17</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234"/>
     </row>
     <row r="235" spans="1:18">
       <c r="B235" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C235" s="15" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="D235" s="15" t="s">
-        <v>833</v>
+        <v>831</v>
       </c>
       <c r="E235" s="15">
         <v>10080033515</v>
       </c>
       <c r="F235" s="15"/>
       <c r="G235" s="15"/>
       <c r="H235" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I235" s="15"/>
       <c r="J235" s="15">
         <v>350</v>
       </c>
       <c r="K235" s="15">
         <v>0.41862</v>
       </c>
       <c r="L235" s="15">
         <v>0.27908</v>
       </c>
       <c r="M235" s="15">
         <v>0.25583</v>
       </c>
       <c r="N235" s="15"/>
       <c r="O235" s="15"/>
       <c r="P235" s="15"/>
       <c r="Q235" s="15"/>
       <c r="R235"/>
     </row>
     <row r="236" spans="1:18">
       <c r="B236" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C236" s="15" t="s">
+        <v>832</v>
+      </c>
+      <c r="D236" s="15" t="s">
+        <v>833</v>
+      </c>
+      <c r="E236" s="15" t="s">
         <v>834</v>
-      </c>
-[...4 lines deleted...]
-        <v>836</v>
       </c>
       <c r="F236" s="15"/>
       <c r="G236" s="15"/>
       <c r="H236" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I236" s="15" t="s">
-        <v>837</v>
+        <v>835</v>
       </c>
       <c r="J236" s="15"/>
       <c r="K236" s="15">
         <v>0.52691</v>
       </c>
       <c r="L236" s="15">
         <v>0.37637</v>
       </c>
       <c r="M236" s="15">
         <v>0.33873</v>
       </c>
       <c r="N236" s="15"/>
       <c r="O236" s="15"/>
       <c r="P236" s="15"/>
       <c r="Q236" s="15"/>
       <c r="R236"/>
     </row>
     <row r="237" spans="1:18">
       <c r="B237" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C237" s="15" t="s">
+        <v>836</v>
+      </c>
+      <c r="D237" s="15" t="s">
+        <v>837</v>
+      </c>
+      <c r="E237" s="15" t="s">
         <v>838</v>
-      </c>
-[...4 lines deleted...]
-        <v>840</v>
       </c>
       <c r="F237" s="15"/>
       <c r="G237" s="15"/>
       <c r="H237" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I237" s="15" t="s">
-        <v>841</v>
+        <v>839</v>
       </c>
       <c r="J237" s="15"/>
       <c r="K237" s="15">
         <v>0.38472</v>
       </c>
       <c r="L237" s="15">
         <v>0.33342</v>
       </c>
       <c r="M237" s="15">
         <v>0.3206</v>
       </c>
       <c r="N237" s="15"/>
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237"/>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="D238" s="15" t="s">
-        <v>843</v>
+        <v>841</v>
       </c>
       <c r="E238" s="15">
         <v>10080033517</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15"/>
       <c r="H238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I238" s="15"/>
       <c r="J238" s="15">
         <v>350</v>
       </c>
       <c r="K238" s="15">
         <v>0.62793</v>
       </c>
       <c r="L238" s="15">
         <v>0.41862</v>
       </c>
       <c r="M238" s="15">
         <v>0.38373</v>
       </c>
       <c r="N238" s="15">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238"/>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="D239" s="15" t="s">
-        <v>845</v>
+        <v>843</v>
       </c>
       <c r="E239" s="15">
         <v>10080033518</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15"/>
       <c r="H239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I239" s="15"/>
       <c r="J239" s="15">
         <v>350</v>
       </c>
       <c r="K239" s="15">
         <v>0.69769</v>
       </c>
       <c r="L239" s="15">
         <v>0.55815</v>
       </c>
       <c r="M239" s="15">
         <v>0.51164</v>
       </c>
       <c r="N239" s="15">
         <v>50</v>
       </c>
       <c r="O239" s="15"/>
       <c r="P239" s="15"/>
       <c r="Q239" s="15"/>
       <c r="R239"/>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
+        <v>844</v>
+      </c>
+      <c r="D240" s="15" t="s">
+        <v>845</v>
+      </c>
+      <c r="E240" s="15" t="s">
         <v>846</v>
-      </c>
-[...4 lines deleted...]
-        <v>848</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15"/>
       <c r="H240" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I240" s="15"/>
       <c r="J240" s="15">
         <v>470</v>
       </c>
       <c r="K240" s="15">
         <v>0.77333</v>
       </c>
       <c r="L240" s="15">
         <v>0.67022</v>
       </c>
       <c r="M240" s="15">
         <v>0.64444</v>
       </c>
       <c r="N240" s="15">
-        <v>2019</v>
+        <v>1972</v>
       </c>
       <c r="O240" s="15"/>
       <c r="P240" s="15"/>
       <c r="Q240" s="15">
         <v>2350</v>
       </c>
       <c r="R240"/>
     </row>
     <row r="241" spans="1:18">
       <c r="B241" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C241" s="15" t="s">
-        <v>849</v>
+        <v>847</v>
       </c>
       <c r="D241" s="15" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="E241" s="15">
         <v>10080057932</v>
       </c>
       <c r="F241" s="15"/>
       <c r="G241" s="15"/>
       <c r="H241" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I241" s="15"/>
       <c r="J241" s="15">
         <v>200</v>
       </c>
       <c r="K241" s="15">
         <v>0.16349</v>
       </c>
       <c r="L241" s="15">
         <v>0.14169</v>
       </c>
       <c r="M241" s="15">
         <v>0.13624</v>
       </c>
       <c r="N241" s="15">
-        <v>3008</v>
+        <v>2148</v>
       </c>
       <c r="O241" s="15"/>
       <c r="P241" s="15"/>
       <c r="Q241" s="15"/>
       <c r="R241"/>
     </row>
     <row r="242" spans="1:18">
       <c r="B242" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C242" s="15" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="D242" s="15" t="s">
-        <v>852</v>
+        <v>850</v>
       </c>
       <c r="E242" s="15">
         <v>10080057933</v>
       </c>
       <c r="F242" s="15"/>
       <c r="G242" s="15"/>
       <c r="H242" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I242" s="15"/>
       <c r="J242" s="15">
         <v>200</v>
       </c>
       <c r="K242" s="15">
         <v>0.20057</v>
       </c>
       <c r="L242" s="15">
         <v>0.17382</v>
       </c>
       <c r="M242" s="15">
         <v>0.16714</v>
       </c>
       <c r="N242" s="15">
-        <v>756</v>
+        <v>693</v>
       </c>
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242"/>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
+        <v>851</v>
+      </c>
+      <c r="D243" s="15" t="s">
+        <v>852</v>
+      </c>
+      <c r="E243" s="15" t="s">
         <v>853</v>
-      </c>
-[...4 lines deleted...]
-        <v>855</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15"/>
       <c r="H243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I243" s="15"/>
       <c r="J243" s="15">
         <v>200</v>
       </c>
       <c r="K243" s="15">
         <v>0.19224</v>
       </c>
       <c r="L243" s="15">
         <v>0.16661</v>
       </c>
       <c r="M243" s="15">
         <v>0.1602</v>
       </c>
       <c r="N243" s="15">
-        <v>2739</v>
+        <v>2475</v>
       </c>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243"/>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
-        <v>856</v>
+        <v>854</v>
       </c>
       <c r="D244" s="15" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="E244" s="15">
         <v>10080057934</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15"/>
       <c r="H244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I244" s="15"/>
       <c r="J244" s="15">
         <v>1600</v>
       </c>
       <c r="K244" s="15">
         <v>0.47557</v>
       </c>
       <c r="L244" s="15">
         <v>0.25634</v>
       </c>
       <c r="M244" s="15">
         <v>0.2226</v>
       </c>
       <c r="N244" s="15">
-        <v>571</v>
+        <v>483</v>
       </c>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244"/>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
+        <v>856</v>
+      </c>
+      <c r="D245" s="15" t="s">
+        <v>857</v>
+      </c>
+      <c r="E245" s="15" t="s">
         <v>858</v>
-      </c>
-[...4 lines deleted...]
-        <v>860</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15"/>
       <c r="H245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I245" s="15" t="s">
-        <v>861</v>
+        <v>859</v>
       </c>
       <c r="J245" s="15">
         <v>100</v>
       </c>
       <c r="K245" s="15">
         <v>0.19461</v>
       </c>
       <c r="L245" s="15">
         <v>0.16866</v>
       </c>
       <c r="M245" s="15">
         <v>0.16218</v>
       </c>
       <c r="N245" s="15">
-        <v>242</v>
+        <v>292</v>
       </c>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245"/>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
+        <v>860</v>
+      </c>
+      <c r="D246" s="15" t="s">
+        <v>861</v>
+      </c>
+      <c r="E246" s="15" t="s">
         <v>862</v>
-      </c>
-[...4 lines deleted...]
-        <v>864</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15"/>
       <c r="H246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I246" s="15" t="s">
-        <v>865</v>
+        <v>863</v>
       </c>
       <c r="J246" s="15">
         <v>500</v>
       </c>
       <c r="K246" s="15">
         <v>0.32915</v>
       </c>
       <c r="L246" s="15">
         <v>0.28526</v>
       </c>
       <c r="M246" s="15">
         <v>0.27429</v>
       </c>
       <c r="N246" s="15">
-        <v>2528</v>
+        <v>2139</v>
       </c>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246"/>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="D247" s="15" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="E247" s="15">
         <v>10000022907</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15"/>
       <c r="H247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I247" s="15"/>
       <c r="J247" s="15">
         <v>400</v>
       </c>
       <c r="K247" s="15">
         <v>1.14</v>
       </c>
       <c r="L247" s="15">
         <v>0.61006</v>
       </c>
       <c r="M247" s="15">
         <v>0.54906</v>
       </c>
       <c r="N247" s="15">
-        <v>185</v>
+        <v>239</v>
       </c>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247"/>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
+        <v>866</v>
+      </c>
+      <c r="D248" s="15" t="s">
+        <v>867</v>
+      </c>
+      <c r="E248" s="15" t="s">
         <v>868</v>
-      </c>
-[...4 lines deleted...]
-        <v>870</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15"/>
       <c r="H248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I248" s="15"/>
       <c r="J248" s="15">
         <v>210</v>
       </c>
       <c r="K248" s="15">
         <v>1.1</v>
       </c>
       <c r="L248" s="15">
         <v>0.95294</v>
       </c>
       <c r="M248" s="15">
         <v>0.91629</v>
       </c>
       <c r="N248" s="15">
         <v>1</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248"/>
     </row>
     <row r="249" spans="1:18">
       <c r="B249" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C249" s="15" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="D249" s="15" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="E249" s="15">
         <v>10080010133</v>
       </c>
       <c r="F249" s="15"/>
       <c r="G249" s="15"/>
       <c r="H249" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I249" s="15" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="J249" s="15">
         <v>1</v>
       </c>
       <c r="K249" s="15">
         <v>1.09</v>
       </c>
       <c r="L249" s="15">
         <v>0.54299</v>
       </c>
       <c r="M249" s="15">
         <v>0.49353</v>
       </c>
       <c r="N249" s="15">
         <v>31</v>
       </c>
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249"/>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="D250" s="15" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="E250" s="15">
         <v>10080042499</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15"/>
       <c r="H250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I250" s="15" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="J250" s="15">
         <v>300</v>
       </c>
       <c r="K250" s="15">
         <v>0.35</v>
       </c>
       <c r="L250" s="15">
         <v>0.35</v>
       </c>
       <c r="M250" s="15">
         <v>0.35</v>
       </c>
       <c r="N250" s="15">
         <v>5</v>
       </c>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250"/>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
+        <v>875</v>
+      </c>
+      <c r="D251" s="15" t="s">
+        <v>876</v>
+      </c>
+      <c r="E251" s="15" t="s">
         <v>877</v>
-      </c>
-[...4 lines deleted...]
-        <v>879</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15"/>
       <c r="H251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I251" s="15"/>
       <c r="J251" s="15">
         <v>245</v>
       </c>
       <c r="K251" s="15">
         <v>0.76508</v>
       </c>
       <c r="L251" s="15">
         <v>0.66307</v>
       </c>
       <c r="M251" s="15">
         <v>0.63756</v>
       </c>
       <c r="N251" s="15">
         <v>8</v>
       </c>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15">
         <v>980</v>
       </c>
       <c r="R251"/>
     </row>
     <row r="252" spans="1:18">
       <c r="B252" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C252" s="15" t="s">
+        <v>878</v>
+      </c>
+      <c r="D252" s="15" t="s">
+        <v>879</v>
+      </c>
+      <c r="E252" s="15" t="s">
         <v>880</v>
-      </c>
-[...4 lines deleted...]
-        <v>882</v>
       </c>
       <c r="F252" s="15"/>
       <c r="G252" s="15"/>
       <c r="H252" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I252" s="15"/>
       <c r="J252" s="15">
         <v>190</v>
       </c>
       <c r="K252" s="15">
         <v>0.97029</v>
       </c>
       <c r="L252" s="15">
         <v>0.84092</v>
       </c>
       <c r="M252" s="15">
         <v>0.80858</v>
       </c>
       <c r="N252" s="15">
         <v>8</v>
       </c>
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15">
         <v>760</v>
       </c>
       <c r="R252"/>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
+        <v>881</v>
+      </c>
+      <c r="D253" s="15" t="s">
+        <v>882</v>
+      </c>
+      <c r="E253" s="15" t="s">
         <v>883</v>
-      </c>
-[...4 lines deleted...]
-        <v>885</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15"/>
       <c r="H253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I253" s="15"/>
       <c r="J253" s="15">
         <v>100</v>
       </c>
       <c r="K253" s="15">
         <v>1.98</v>
       </c>
       <c r="L253" s="15">
         <v>1.71</v>
       </c>
       <c r="M253" s="15">
         <v>1.65</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15">
         <v>400</v>
       </c>
       <c r="R253"/>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
+        <v>884</v>
+      </c>
+      <c r="D254" s="15" t="s">
+        <v>885</v>
+      </c>
+      <c r="E254" s="15" t="s">
         <v>886</v>
-      </c>
-[...4 lines deleted...]
-        <v>888</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15"/>
       <c r="H254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I254" s="15" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="J254" s="15">
         <v>500</v>
       </c>
       <c r="K254" s="15">
         <v>0.08041</v>
       </c>
       <c r="L254" s="15">
         <v>0.051</v>
       </c>
       <c r="M254" s="15">
         <v>0.047</v>
       </c>
       <c r="N254" s="15">
-        <v>48361</v>
+        <v>38239</v>
       </c>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254"/>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
+        <v>888</v>
+      </c>
+      <c r="D255" s="15" t="s">
+        <v>889</v>
+      </c>
+      <c r="E255" s="15" t="s">
         <v>890</v>
-      </c>
-[...4 lines deleted...]
-        <v>892</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15"/>
       <c r="H255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I255" s="15" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="J255" s="15">
         <v>250</v>
       </c>
       <c r="K255" s="15">
         <v>0.08574</v>
       </c>
       <c r="L255" s="15">
         <v>0.07431</v>
       </c>
       <c r="M255" s="15">
         <v>0.07145</v>
       </c>
       <c r="N255" s="15">
-        <v>26024</v>
+        <v>31723</v>
       </c>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255"/>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
+        <v>892</v>
+      </c>
+      <c r="D256" s="15" t="s">
+        <v>893</v>
+      </c>
+      <c r="E256" s="15" t="s">
         <v>894</v>
-      </c>
-[...4 lines deleted...]
-        <v>896</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15"/>
       <c r="H256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I256" s="15" t="s">
-        <v>897</v>
+        <v>895</v>
       </c>
       <c r="J256" s="15">
         <v>200</v>
       </c>
       <c r="K256" s="15">
         <v>0.11478</v>
       </c>
       <c r="L256" s="15">
         <v>0.09948</v>
       </c>
       <c r="M256" s="15">
         <v>0.09565</v>
       </c>
       <c r="N256" s="15">
-        <v>58010</v>
+        <v>68054</v>
       </c>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256"/>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C257" s="15" t="s">
+        <v>896</v>
+      </c>
+      <c r="D257" s="15" t="s">
+        <v>897</v>
+      </c>
+      <c r="E257" s="15" t="s">
         <v>898</v>
-      </c>
-[...4 lines deleted...]
-        <v>900</v>
       </c>
       <c r="F257" s="15"/>
       <c r="G257" s="15"/>
       <c r="H257" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I257" s="15" t="s">
-        <v>901</v>
+        <v>899</v>
       </c>
       <c r="J257" s="15">
         <v>200</v>
       </c>
       <c r="K257" s="15">
         <v>0.14336</v>
       </c>
       <c r="L257" s="15">
         <v>0.12424</v>
       </c>
       <c r="M257" s="15">
         <v>0.11946</v>
       </c>
       <c r="N257" s="15">
-        <v>7805</v>
+        <v>10364</v>
       </c>
       <c r="O257" s="15"/>
       <c r="P257" s="15"/>
       <c r="Q257" s="15"/>
       <c r="R257"/>
     </row>
     <row r="258" spans="1:18">
       <c r="B258" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C258" s="15" t="s">
+        <v>900</v>
+      </c>
+      <c r="D258" s="15" t="s">
+        <v>901</v>
+      </c>
+      <c r="E258" s="15" t="s">
         <v>902</v>
-      </c>
-[...4 lines deleted...]
-        <v>904</v>
       </c>
       <c r="F258" s="15"/>
       <c r="G258" s="15"/>
       <c r="H258" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I258" s="15" t="s">
-        <v>905</v>
+        <v>903</v>
       </c>
       <c r="J258" s="15">
         <v>100</v>
       </c>
       <c r="K258" s="15">
         <v>0.15678</v>
       </c>
       <c r="L258" s="15">
         <v>0.13588</v>
       </c>
       <c r="M258" s="15">
         <v>0.13065</v>
       </c>
       <c r="N258" s="15">
-        <v>16697</v>
+        <v>15329</v>
       </c>
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258"/>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
+        <v>904</v>
+      </c>
+      <c r="D259" s="15" t="s">
+        <v>905</v>
+      </c>
+      <c r="E259" s="15" t="s">
         <v>906</v>
-      </c>
-[...4 lines deleted...]
-        <v>908</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15"/>
       <c r="H259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I259" s="15" t="s">
-        <v>909</v>
+        <v>907</v>
       </c>
       <c r="J259" s="15">
         <v>100</v>
       </c>
       <c r="K259" s="15">
         <v>0.1892</v>
       </c>
       <c r="L259" s="15">
         <v>0.16397</v>
       </c>
       <c r="M259" s="15">
         <v>0.15766</v>
       </c>
       <c r="N259" s="15"/>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259"/>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
+        <v>908</v>
+      </c>
+      <c r="D260" s="15" t="s">
+        <v>909</v>
+      </c>
+      <c r="E260" s="15" t="s">
         <v>910</v>
-      </c>
-[...4 lines deleted...]
-        <v>912</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15"/>
       <c r="H260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I260" s="15" t="s">
-        <v>913</v>
+        <v>911</v>
       </c>
       <c r="J260" s="15">
         <v>1000</v>
       </c>
       <c r="K260" s="15">
         <v>0.2192</v>
       </c>
       <c r="L260" s="15">
         <v>0.18997</v>
       </c>
       <c r="M260" s="15">
         <v>0.18266</v>
       </c>
-      <c r="N260" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N260" s="15"/>
       <c r="O260" s="15">
-        <v>2130</v>
+        <v>2490</v>
       </c>
       <c r="P260" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q260" s="15"/>
       <c r="R260"/>
     </row>
     <row r="261" spans="1:18">
       <c r="B261" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C261" s="15" t="s">
+        <v>912</v>
+      </c>
+      <c r="D261" s="15" t="s">
+        <v>913</v>
+      </c>
+      <c r="E261" s="15" t="s">
         <v>914</v>
-      </c>
-[...4 lines deleted...]
-        <v>916</v>
       </c>
       <c r="F261" s="15"/>
       <c r="G261" s="15"/>
       <c r="H261" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I261" s="15" t="s">
-        <v>917</v>
+        <v>915</v>
       </c>
       <c r="J261" s="15">
         <v>1350</v>
       </c>
       <c r="K261" s="15">
         <v>0.25821</v>
       </c>
       <c r="L261" s="15">
         <v>0.22378</v>
       </c>
       <c r="M261" s="15">
         <v>0.21518</v>
       </c>
       <c r="N261" s="15">
-        <v>1011</v>
+        <v>986</v>
       </c>
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261"/>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
+        <v>916</v>
+      </c>
+      <c r="D262" s="15" t="s">
+        <v>917</v>
+      </c>
+      <c r="E262" s="15" t="s">
         <v>918</v>
-      </c>
-[...4 lines deleted...]
-        <v>920</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15"/>
       <c r="H262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I262" s="15" t="s">
-        <v>921</v>
+        <v>919</v>
       </c>
       <c r="J262" s="15">
         <v>1150</v>
       </c>
       <c r="K262" s="15">
         <v>0.27332</v>
       </c>
       <c r="L262" s="15">
         <v>0.23687</v>
       </c>
       <c r="M262" s="15">
         <v>0.22776</v>
       </c>
       <c r="N262" s="15">
-        <v>1595</v>
+        <v>1434</v>
       </c>
       <c r="O262" s="15">
-        <v>1656</v>
+        <v>2047</v>
       </c>
       <c r="P262" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q262" s="15"/>
       <c r="R262"/>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
-        <v>922</v>
+        <v>920</v>
       </c>
       <c r="D263" s="15" t="s">
-        <v>923</v>
+        <v>921</v>
       </c>
       <c r="E263" s="15">
         <v>10080006154</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15"/>
       <c r="H263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I263" s="15" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="J263" s="15">
         <v>1025</v>
       </c>
       <c r="K263" s="15">
         <v>0.35975</v>
       </c>
       <c r="L263" s="15">
         <v>0.31178</v>
       </c>
       <c r="M263" s="15">
         <v>0.29979</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263"/>
     </row>
     <row r="264" spans="1:18">
       <c r="B264" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C264" s="15" t="s">
+        <v>923</v>
+      </c>
+      <c r="D264" s="15" t="s">
+        <v>924</v>
+      </c>
+      <c r="E264" s="15" t="s">
         <v>925</v>
-      </c>
-[...4 lines deleted...]
-        <v>927</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15"/>
       <c r="H264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I264" s="15" t="s">
-        <v>928</v>
+        <v>926</v>
       </c>
       <c r="J264" s="15">
         <v>1025</v>
       </c>
       <c r="K264" s="15">
         <v>0.32645</v>
       </c>
       <c r="L264" s="15">
         <v>0.2938</v>
       </c>
       <c r="M264" s="15">
         <v>0.27204</v>
       </c>
       <c r="N264" s="15">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="O264" s="15"/>
       <c r="P264" s="15"/>
       <c r="Q264" s="15"/>
       <c r="R264"/>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
+        <v>927</v>
+      </c>
+      <c r="D265" s="15" t="s">
+        <v>928</v>
+      </c>
+      <c r="E265" s="15" t="s">
         <v>929</v>
-      </c>
-[...4 lines deleted...]
-        <v>931</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15"/>
       <c r="H265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I265" s="15"/>
       <c r="J265" s="15">
         <v>755</v>
       </c>
       <c r="K265" s="15">
         <v>0.47021</v>
       </c>
       <c r="L265" s="15">
         <v>0.40751</v>
       </c>
       <c r="M265" s="15">
         <v>0.39184</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265"/>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
-        <v>932</v>
+        <v>930</v>
       </c>
       <c r="D266" s="15" t="s">
-        <v>933</v>
+        <v>931</v>
       </c>
       <c r="E266" s="15">
         <v>10080033505</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15"/>
       <c r="H266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I266" s="15"/>
       <c r="J266" s="15">
         <v>270</v>
       </c>
       <c r="K266" s="15">
         <v>0.21512</v>
       </c>
       <c r="L266" s="15">
         <v>0.14303</v>
       </c>
       <c r="M266" s="15">
         <v>0.13047</v>
       </c>
       <c r="N266" s="15">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266"/>
     </row>
     <row r="267" spans="1:18">
       <c r="B267" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C267" s="15" t="s">
-        <v>934</v>
+        <v>932</v>
       </c>
       <c r="D267" s="15" t="s">
-        <v>935</v>
+        <v>933</v>
       </c>
       <c r="E267" s="15">
         <v>10080033506</v>
       </c>
       <c r="F267" s="15"/>
       <c r="G267" s="15"/>
       <c r="H267" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I267" s="15"/>
       <c r="J267" s="15"/>
       <c r="K267" s="15">
         <v>0.31977</v>
       </c>
       <c r="L267" s="15">
         <v>0.21279</v>
       </c>
       <c r="M267" s="15">
         <v>0.19419</v>
       </c>
       <c r="N267" s="15">
-        <v>173</v>
+        <v>220</v>
       </c>
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267"/>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
-        <v>936</v>
+        <v>934</v>
       </c>
       <c r="D268" s="15" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="E268" s="15">
         <v>10080033507</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15"/>
       <c r="H268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I268" s="15"/>
       <c r="J268" s="15">
         <v>270</v>
       </c>
       <c r="K268" s="15">
         <v>0.4256</v>
       </c>
       <c r="L268" s="15">
         <v>0.28373</v>
       </c>
       <c r="M268" s="15">
         <v>0.25815</v>
       </c>
       <c r="N268" s="15">
-        <v>97</v>
+        <v>120</v>
       </c>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268"/>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="D269" s="15" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="E269" s="15">
         <v>10080033508</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15"/>
       <c r="H269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I269" s="15"/>
       <c r="J269" s="15">
         <v>270</v>
       </c>
       <c r="K269" s="15">
         <v>0.63606</v>
       </c>
       <c r="L269" s="15">
         <v>0.42444</v>
       </c>
       <c r="M269" s="15">
         <v>0.38489</v>
       </c>
       <c r="N269" s="15">
         <v>91</v>
       </c>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269"/>
     </row>
     <row r="270" spans="1:18">
       <c r="B270" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C270" s="15" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="D270" s="15" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="E270" s="15">
         <v>10080033509</v>
       </c>
       <c r="F270" s="15"/>
       <c r="G270" s="15"/>
       <c r="H270" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I270" s="15"/>
       <c r="J270" s="15">
         <v>270</v>
       </c>
       <c r="K270" s="15">
         <v>0.84422</v>
       </c>
       <c r="L270" s="15">
         <v>0.56281</v>
       </c>
       <c r="M270" s="15">
         <v>0.51164</v>
       </c>
       <c r="N270" s="15">
-        <v>225</v>
+        <v>176</v>
       </c>
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270"/>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
+        <v>940</v>
+      </c>
+      <c r="D271" s="15" t="s">
+        <v>941</v>
+      </c>
+      <c r="E271" s="15" t="s">
         <v>942</v>
-      </c>
-[...4 lines deleted...]
-        <v>944</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15"/>
       <c r="H271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I271" s="15" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="J271" s="15">
         <v>1</v>
       </c>
       <c r="K271" s="15">
         <v>0.23463</v>
       </c>
       <c r="L271" s="15">
         <v>0.20335</v>
       </c>
       <c r="M271" s="15">
         <v>0.19553</v>
       </c>
       <c r="N271" s="15">
         <v>30</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271"/>
     </row>
     <row r="272" spans="1:18">
       <c r="B272" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C272" s="15" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
       <c r="D272" s="15" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="E272" s="15">
         <v>10080013911</v>
       </c>
       <c r="F272" s="15"/>
       <c r="G272" s="15"/>
       <c r="H272" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I272" s="15" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="J272" s="15">
         <v>475</v>
       </c>
       <c r="K272" s="15">
         <v>1.44</v>
       </c>
       <c r="L272" s="15">
         <v>0.72102</v>
       </c>
       <c r="M272" s="15">
         <v>0.65542</v>
       </c>
       <c r="N272" s="15">
         <v>6</v>
       </c>
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272"/>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
+        <v>947</v>
+      </c>
+      <c r="D273" s="15" t="s">
+        <v>948</v>
+      </c>
+      <c r="E273" s="15" t="s">
         <v>949</v>
-      </c>
-[...4 lines deleted...]
-        <v>951</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15"/>
       <c r="H273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I273" s="15" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="J273" s="15">
         <v>1</v>
       </c>
       <c r="K273" s="15">
         <v>1.07</v>
       </c>
       <c r="L273" s="15">
         <v>0.53705</v>
       </c>
       <c r="M273" s="15">
         <v>0.48819</v>
       </c>
       <c r="N273" s="15">
         <v>65</v>
       </c>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273"/>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
+        <v>951</v>
+      </c>
+      <c r="D274" s="15" t="s">
+        <v>952</v>
+      </c>
+      <c r="E274" s="15" t="s">
         <v>953</v>
-      </c>
-[...4 lines deleted...]
-        <v>955</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15"/>
       <c r="H274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I274" s="15" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="J274" s="15">
         <v>200</v>
       </c>
       <c r="K274" s="15">
         <v>0.15309</v>
       </c>
       <c r="L274" s="15">
         <v>0.13268</v>
       </c>
       <c r="M274" s="15">
         <v>0.12758</v>
       </c>
       <c r="N274" s="15">
-        <v>4455</v>
+        <v>3967</v>
       </c>
       <c r="O274" s="15"/>
       <c r="P274" s="15"/>
       <c r="Q274" s="15"/>
       <c r="R274"/>
     </row>
     <row r="275" spans="1:18">
       <c r="B275" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C275" s="15" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="D275" s="15" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
       <c r="E275" s="15">
         <v>10080013923</v>
       </c>
       <c r="F275" s="15"/>
       <c r="G275" s="15"/>
       <c r="H275" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I275" s="15" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="J275" s="15">
         <v>200</v>
       </c>
       <c r="K275" s="15">
         <v>0.16179</v>
       </c>
       <c r="L275" s="15">
         <v>0.14022</v>
       </c>
       <c r="M275" s="15">
         <v>0.13483</v>
       </c>
       <c r="N275" s="15">
-        <v>900</v>
+        <v>872</v>
       </c>
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275"/>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
+        <v>958</v>
+      </c>
+      <c r="D276" s="15" t="s">
+        <v>959</v>
+      </c>
+      <c r="E276" s="15" t="s">
         <v>960</v>
-      </c>
-[...4 lines deleted...]
-        <v>962</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15"/>
       <c r="H276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I276" s="15" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="J276" s="15">
         <v>200</v>
       </c>
       <c r="K276" s="15">
         <v>0.21375</v>
       </c>
       <c r="L276" s="15">
         <v>0.18525</v>
       </c>
       <c r="M276" s="15">
         <v>0.17813</v>
       </c>
       <c r="N276" s="15">
-        <v>29933</v>
+        <v>26607</v>
       </c>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276"/>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
+        <v>962</v>
+      </c>
+      <c r="D277" s="15" t="s">
+        <v>963</v>
+      </c>
+      <c r="E277" s="15" t="s">
         <v>964</v>
-      </c>
-[...4 lines deleted...]
-        <v>966</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15"/>
       <c r="H277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I277" s="15" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="J277" s="15"/>
       <c r="K277" s="15">
         <v>0.22064</v>
       </c>
       <c r="L277" s="15">
         <v>0.19122</v>
       </c>
       <c r="M277" s="15">
         <v>0.18386</v>
       </c>
       <c r="N277" s="15">
         <v>56</v>
       </c>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277"/>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
+        <v>966</v>
+      </c>
+      <c r="D278" s="15" t="s">
+        <v>967</v>
+      </c>
+      <c r="E278" s="15" t="s">
         <v>968</v>
-      </c>
-[...4 lines deleted...]
-        <v>970</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15"/>
       <c r="H278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I278" s="15" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="J278" s="15"/>
       <c r="K278" s="15">
         <v>0.24221</v>
       </c>
       <c r="L278" s="15">
         <v>0.20991</v>
       </c>
       <c r="M278" s="15">
         <v>0.20184</v>
       </c>
       <c r="N278" s="15">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278"/>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
+        <v>970</v>
+      </c>
+      <c r="D279" s="15" t="s">
+        <v>971</v>
+      </c>
+      <c r="E279" s="15" t="s">
         <v>972</v>
-      </c>
-[...4 lines deleted...]
-        <v>974</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15"/>
       <c r="H279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I279" s="15" t="s">
-        <v>975</v>
+        <v>973</v>
       </c>
       <c r="J279" s="15">
         <v>100</v>
       </c>
       <c r="K279" s="15">
         <v>0.31871</v>
       </c>
       <c r="L279" s="15">
         <v>0.27621</v>
       </c>
       <c r="M279" s="15">
         <v>0.26559</v>
       </c>
       <c r="N279" s="15">
-        <v>4833</v>
+        <v>5035</v>
       </c>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279"/>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
+        <v>974</v>
+      </c>
+      <c r="D280" s="15" t="s">
+        <v>975</v>
+      </c>
+      <c r="E280" s="15" t="s">
         <v>976</v>
-      </c>
-[...4 lines deleted...]
-        <v>978</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15"/>
       <c r="H280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I280" s="15" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="J280" s="15">
         <v>800</v>
       </c>
       <c r="K280" s="15">
         <v>0.29081</v>
       </c>
       <c r="L280" s="15">
         <v>0.25203</v>
       </c>
       <c r="M280" s="15">
         <v>0.24234</v>
       </c>
       <c r="N280" s="15">
-        <v>659</v>
+        <v>591</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280"/>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
+        <v>978</v>
+      </c>
+      <c r="D281" s="15" t="s">
+        <v>979</v>
+      </c>
+      <c r="E281" s="15" t="s">
         <v>980</v>
-      </c>
-[...4 lines deleted...]
-        <v>982</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15"/>
       <c r="H281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I281" s="15" t="s">
-        <v>983</v>
+        <v>981</v>
       </c>
       <c r="J281" s="15">
         <v>1000</v>
       </c>
       <c r="K281" s="15">
         <v>0.38264</v>
       </c>
       <c r="L281" s="15">
         <v>0.33162</v>
       </c>
       <c r="M281" s="15">
         <v>0.31886</v>
       </c>
       <c r="N281" s="15">
-        <v>7812</v>
+        <v>6138</v>
       </c>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281"/>
     </row>
     <row r="282" spans="1:18">
       <c r="B282" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C282" s="15" t="s">
+        <v>982</v>
+      </c>
+      <c r="D282" s="15" t="s">
+        <v>983</v>
+      </c>
+      <c r="E282" s="15" t="s">
         <v>984</v>
-      </c>
-[...4 lines deleted...]
-        <v>986</v>
       </c>
       <c r="F282" s="15"/>
       <c r="G282" s="15"/>
       <c r="H282" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I282" s="15" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="J282" s="15"/>
       <c r="K282" s="15">
         <v>0.29925</v>
       </c>
       <c r="L282" s="15">
         <v>0.25935</v>
       </c>
       <c r="M282" s="15">
         <v>0.24938</v>
       </c>
       <c r="N282" s="15">
-        <v>3409</v>
+        <v>2447</v>
       </c>
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282"/>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
+        <v>986</v>
+      </c>
+      <c r="D283" s="15" t="s">
+        <v>987</v>
+      </c>
+      <c r="E283" s="15" t="s">
         <v>988</v>
-      </c>
-[...4 lines deleted...]
-        <v>990</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15"/>
       <c r="H283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I283" s="15"/>
       <c r="J283" s="15">
         <v>4000</v>
       </c>
       <c r="K283" s="15">
         <v>0.32898</v>
       </c>
       <c r="L283" s="15">
         <v>0.28512</v>
       </c>
       <c r="M283" s="15">
         <v>0.27415</v>
       </c>
       <c r="N283" s="15">
-        <v>5323</v>
+        <v>5979</v>
       </c>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283"/>
     </row>
     <row r="284" spans="1:18">
       <c r="B284" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C284" s="15" t="s">
+        <v>989</v>
+      </c>
+      <c r="D284" s="15" t="s">
+        <v>990</v>
+      </c>
+      <c r="E284" s="15" t="s">
         <v>991</v>
-      </c>
-[...4 lines deleted...]
-        <v>993</v>
       </c>
       <c r="F284" s="15"/>
       <c r="G284" s="15"/>
       <c r="H284" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I284" s="15"/>
       <c r="J284" s="15">
         <v>945</v>
       </c>
       <c r="K284" s="15">
         <v>0.41388</v>
       </c>
       <c r="L284" s="15">
         <v>0.3587</v>
       </c>
       <c r="M284" s="15">
         <v>0.3449</v>
       </c>
       <c r="N284" s="15">
-        <v>2592</v>
+        <v>2073</v>
       </c>
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15">
         <v>3780</v>
       </c>
       <c r="R284"/>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
+        <v>992</v>
+      </c>
+      <c r="D285" s="15" t="s">
+        <v>993</v>
+      </c>
+      <c r="E285" s="15" t="s">
         <v>994</v>
-      </c>
-[...4 lines deleted...]
-        <v>996</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15"/>
       <c r="H285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I285" s="15"/>
       <c r="J285" s="15">
         <v>3360</v>
       </c>
       <c r="K285" s="15">
         <v>0.41324</v>
       </c>
       <c r="L285" s="15">
         <v>0.35814</v>
       </c>
       <c r="M285" s="15">
         <v>0.34436</v>
       </c>
       <c r="N285" s="15">
-        <v>1512</v>
+        <v>1752</v>
       </c>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285"/>
     </row>
     <row r="286" spans="1:18">
       <c r="B286" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C286" s="15" t="s">
-        <v>997</v>
+        <v>995</v>
       </c>
       <c r="D286" s="15" t="s">
-        <v>998</v>
+        <v>996</v>
       </c>
       <c r="E286" s="15">
         <v>10080013928</v>
       </c>
       <c r="F286" s="15"/>
       <c r="G286" s="15"/>
       <c r="H286" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I286" s="15"/>
       <c r="J286" s="15">
         <v>750</v>
       </c>
       <c r="K286" s="15">
         <v>0.46373</v>
       </c>
       <c r="L286" s="15">
         <v>0.4019</v>
       </c>
       <c r="M286" s="15">
         <v>0.38644</v>
       </c>
       <c r="N286" s="15">
-        <v>218</v>
+        <v>283</v>
       </c>
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286"/>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
+        <v>997</v>
+      </c>
+      <c r="D287" s="15" t="s">
+        <v>998</v>
+      </c>
+      <c r="E287" s="15" t="s">
         <v>999</v>
-      </c>
-[...4 lines deleted...]
-        <v>1001</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15"/>
       <c r="H287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I287" s="15" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
       <c r="J287" s="15">
         <v>650</v>
       </c>
       <c r="K287" s="15">
         <v>0.5486</v>
       </c>
       <c r="L287" s="15">
         <v>0.47545</v>
       </c>
       <c r="M287" s="15">
         <v>0.45716</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15"/>
       <c r="P287" s="15"/>
       <c r="Q287" s="15"/>
       <c r="R287"/>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
-        <v>1003</v>
+        <v>1001</v>
       </c>
       <c r="D288" s="15" t="s">
-        <v>1004</v>
+        <v>1002</v>
       </c>
       <c r="E288" s="15">
         <v>10080033525</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15"/>
       <c r="H288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I288" s="15"/>
       <c r="J288" s="15">
         <v>270</v>
       </c>
       <c r="K288" s="15">
         <v>0.42444</v>
       </c>
       <c r="L288" s="15">
         <v>0.28257</v>
       </c>
       <c r="M288" s="15">
         <v>0.25698</v>
       </c>
       <c r="N288" s="15">
-        <v>227</v>
+        <v>198</v>
       </c>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288"/>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
-        <v>1005</v>
+        <v>1003</v>
       </c>
       <c r="D289" s="15" t="s">
-        <v>1006</v>
+        <v>1004</v>
       </c>
       <c r="E289" s="15">
         <v>10080033526</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15"/>
       <c r="H289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I289" s="15"/>
       <c r="J289" s="15">
         <v>270</v>
       </c>
       <c r="K289" s="15">
         <v>0.53142</v>
       </c>
       <c r="L289" s="15">
         <v>0.35466</v>
       </c>
       <c r="M289" s="15">
         <v>0.3221</v>
       </c>
       <c r="N289" s="15">
-        <v>166</v>
+        <v>140</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289"/>
     </row>
     <row r="290" spans="1:18">
       <c r="B290" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C290" s="15" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="D290" s="15" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="E290" s="15">
         <v>10080033527</v>
       </c>
       <c r="F290" s="15"/>
       <c r="G290" s="15"/>
       <c r="H290" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I290" s="15"/>
       <c r="J290" s="15"/>
       <c r="K290" s="15">
         <v>0.63723</v>
       </c>
       <c r="L290" s="15">
         <v>0.42444</v>
       </c>
       <c r="M290" s="15">
         <v>0.38606</v>
       </c>
       <c r="N290" s="15">
         <v>181</v>
       </c>
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290"/>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
-        <v>1009</v>
+        <v>1007</v>
       </c>
       <c r="D291" s="15" t="s">
-        <v>1010</v>
+        <v>1008</v>
       </c>
       <c r="E291" s="15">
         <v>10080033528</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15"/>
       <c r="H291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I291" s="15"/>
       <c r="J291" s="15"/>
       <c r="K291" s="15">
         <v>0.8477</v>
       </c>
       <c r="L291" s="15">
         <v>0.56514</v>
       </c>
       <c r="M291" s="15">
         <v>0.51281</v>
       </c>
       <c r="N291" s="15">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291"/>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="D292" s="15" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="E292" s="15">
         <v>10080033529</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15"/>
       <c r="H292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I292" s="15"/>
       <c r="J292" s="15"/>
       <c r="K292" s="15">
         <v>1.06</v>
       </c>
       <c r="L292" s="15">
         <v>0.70468</v>
       </c>
       <c r="M292" s="15">
         <v>0.64072</v>
       </c>
       <c r="N292" s="15">
-        <v>227</v>
+        <v>184</v>
       </c>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292"/>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="D293" s="15" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
       <c r="E293" s="15">
         <v>10080035384</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15"/>
       <c r="H293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I293" s="15" t="s">
-        <v>1015</v>
+        <v>1013</v>
       </c>
       <c r="J293" s="15">
         <v>600</v>
       </c>
       <c r="K293" s="15">
         <v>0.54713</v>
       </c>
       <c r="L293" s="15">
         <v>0.29067</v>
       </c>
       <c r="M293" s="15">
         <v>0.24792</v>
       </c>
       <c r="N293" s="15">
         <v>3</v>
       </c>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293"/>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
-        <v>1016</v>
+        <v>1014</v>
       </c>
       <c r="D294" s="15" t="s">
-        <v>1017</v>
+        <v>1015</v>
       </c>
       <c r="E294" s="15">
         <v>10080035385</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15"/>
       <c r="H294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I294" s="15" t="s">
-        <v>1018</v>
+        <v>1016</v>
       </c>
       <c r="J294" s="15">
         <v>640</v>
       </c>
       <c r="K294" s="15">
         <v>0.81731</v>
       </c>
       <c r="L294" s="15">
         <v>0.4342</v>
       </c>
       <c r="M294" s="15">
         <v>0.37033</v>
       </c>
       <c r="N294" s="15">
         <v>9</v>
       </c>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294"/>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D295" s="15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E295" s="15" t="s">
         <v>1019</v>
-      </c>
-[...4 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15"/>
       <c r="H295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I295" s="15" t="s">
-        <v>1022</v>
+        <v>1020</v>
       </c>
       <c r="J295" s="15">
         <v>525</v>
       </c>
       <c r="K295" s="15">
         <v>0.30622</v>
       </c>
       <c r="L295" s="15">
         <v>0.22077</v>
       </c>
       <c r="M295" s="15">
         <v>0.19227</v>
       </c>
       <c r="N295" s="15"/>
       <c r="O295" s="15">
-        <v>1068</v>
+        <v>852</v>
       </c>
       <c r="P295" s="15" t="s">
         <v>138</v>
       </c>
       <c r="Q295" s="15"/>
       <c r="R295"/>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
-        <v>1023</v>
+        <v>1021</v>
       </c>
       <c r="D296" s="15" t="s">
-        <v>1024</v>
+        <v>1022</v>
       </c>
       <c r="E296" s="15">
         <v>10080042539</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15"/>
       <c r="H296" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I296" s="15" t="s">
-        <v>1025</v>
+        <v>1023</v>
       </c>
       <c r="J296" s="15"/>
       <c r="K296" s="15">
         <v>0.227</v>
       </c>
       <c r="L296" s="15">
         <v>0.227</v>
       </c>
       <c r="M296" s="15">
         <v>0.227</v>
       </c>
       <c r="N296" s="15">
         <v>1</v>
       </c>
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296"/>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D297" s="15" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E297" s="15" t="s">
         <v>1026</v>
-      </c>
-[...4 lines deleted...]
-        <v>1028</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15"/>
       <c r="H297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I297" s="15" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="J297" s="15">
         <v>510</v>
       </c>
       <c r="K297" s="15">
         <v>0.48434</v>
       </c>
       <c r="L297" s="15">
         <v>0.41976</v>
       </c>
       <c r="M297" s="15">
         <v>0.40361</v>
       </c>
       <c r="N297" s="15">
-        <v>2053</v>
+        <v>2410</v>
       </c>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297"/>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
-        <v>1030</v>
+        <v>1028</v>
       </c>
       <c r="D298" s="15" t="s">
-        <v>1031</v>
+        <v>1029</v>
       </c>
       <c r="E298" s="15">
         <v>10080013931</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15"/>
       <c r="H298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I298" s="15" t="s">
-        <v>1032</v>
+        <v>1030</v>
       </c>
       <c r="J298" s="15"/>
       <c r="K298" s="15">
         <v>1.8</v>
       </c>
       <c r="L298" s="15">
         <v>0.89775</v>
       </c>
       <c r="M298" s="15">
         <v>0.81613</v>
       </c>
       <c r="N298" s="15">
         <v>1</v>
       </c>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298"/>
     </row>
     <row r="299" spans="1:18">
       <c r="B299" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C299" s="15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D299" s="15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E299" s="15" t="s">
         <v>1033</v>
-      </c>
-[...4 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="F299" s="15"/>
       <c r="G299" s="15"/>
       <c r="H299" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I299" s="15"/>
       <c r="J299" s="15">
         <v>210</v>
       </c>
       <c r="K299" s="15">
         <v>0.98942</v>
       </c>
       <c r="L299" s="15">
         <v>0.85749</v>
       </c>
       <c r="M299" s="15">
         <v>0.82451</v>
       </c>
       <c r="N299" s="15">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15">
         <v>840</v>
       </c>
       <c r="R299"/>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D300" s="15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E300" s="15" t="s">
         <v>1036</v>
-      </c>
-[...4 lines deleted...]
-        <v>1038</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15"/>
       <c r="H300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I300" s="15" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="J300" s="15">
         <v>100</v>
       </c>
       <c r="K300" s="15">
         <v>1.79</v>
       </c>
       <c r="L300" s="15">
         <v>0.89419</v>
       </c>
       <c r="M300" s="15">
         <v>0.8128300000000001</v>
       </c>
       <c r="N300" s="15">
         <v>60</v>
       </c>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300"/>
     </row>
     <row r="301" spans="1:18">
       <c r="B301" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C301" s="15" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D301" s="15" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E301" s="15" t="s">
         <v>1040</v>
-      </c>
-[...4 lines deleted...]
-        <v>1042</v>
       </c>
       <c r="F301" s="15"/>
       <c r="G301" s="15"/>
       <c r="H301" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I301" s="15"/>
       <c r="J301" s="15">
         <v>190</v>
       </c>
       <c r="K301" s="15">
         <v>1.13</v>
       </c>
       <c r="L301" s="15">
         <v>0.9757400000000001</v>
       </c>
       <c r="M301" s="15">
         <v>0.93821</v>
       </c>
       <c r="N301" s="15">
-        <v>302</v>
+        <v>250</v>
       </c>
       <c r="O301" s="15"/>
       <c r="P301" s="15"/>
       <c r="Q301" s="15">
         <v>760</v>
       </c>
       <c r="R301"/>
     </row>
     <row r="302" spans="1:18">
       <c r="B302" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C302" s="15" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D302" s="15" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E302" s="15" t="s">
         <v>1043</v>
-      </c>
-[...4 lines deleted...]
-        <v>1045</v>
       </c>
       <c r="F302" s="15"/>
       <c r="G302" s="15"/>
       <c r="H302" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I302" s="15" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="J302" s="15"/>
       <c r="K302" s="15">
         <v>0.46784</v>
       </c>
       <c r="L302" s="15">
         <v>0.42105</v>
       </c>
       <c r="M302" s="15">
         <v>0.38986</v>
       </c>
       <c r="N302" s="15">
         <v>50</v>
       </c>
       <c r="O302" s="15"/>
       <c r="P302" s="15"/>
       <c r="Q302" s="15"/>
       <c r="R302"/>
     </row>
     <row r="303" spans="1:18">
       <c r="B303" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C303" s="15" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D303" s="15" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E303" s="15" t="s">
         <v>1048</v>
-      </c>
-[...4 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="F303" s="15"/>
       <c r="G303" s="15"/>
       <c r="H303" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I303" s="15" t="s">
-        <v>1051</v>
+        <v>1049</v>
       </c>
       <c r="J303" s="15"/>
       <c r="K303" s="15">
         <v>0.48048</v>
       </c>
       <c r="L303" s="15">
         <v>0.43243</v>
       </c>
       <c r="M303" s="15">
         <v>0.4004</v>
       </c>
       <c r="N303" s="15">
-        <v>610</v>
+        <v>800</v>
       </c>
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303"/>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C304" s="15" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D304" s="15" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E304" s="15" t="s">
         <v>1052</v>
-      </c>
-[...4 lines deleted...]
-        <v>1054</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15"/>
       <c r="H304" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I304" s="15" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="J304" s="15">
         <v>2000</v>
       </c>
       <c r="K304" s="15">
         <v>0.14142</v>
       </c>
       <c r="L304" s="15">
         <v>0.12728</v>
       </c>
       <c r="M304" s="15">
         <v>0.11785</v>
       </c>
       <c r="N304" s="15">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15">
         <v>8000</v>
       </c>
       <c r="R304"/>
     </row>
     <row r="305" spans="1:18">
       <c r="B305" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C305" s="15" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D305" s="15" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E305" s="15" t="s">
         <v>1056</v>
-      </c>
-[...4 lines deleted...]
-        <v>1058</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15"/>
       <c r="H305" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I305" s="15" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="J305" s="15">
         <v>500</v>
       </c>
       <c r="K305" s="15">
         <v>0.13169</v>
       </c>
       <c r="L305" s="15">
         <v>0.107</v>
       </c>
       <c r="M305" s="15">
         <v>0.09798999999999999</v>
       </c>
-      <c r="N305" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N305" s="15"/>
       <c r="O305" s="15">
-        <v>8700</v>
+        <v>7372</v>
       </c>
       <c r="P305" s="15" t="s">
-        <v>143</v>
+        <v>1058</v>
       </c>
       <c r="Q305" s="15">
         <v>8000</v>
       </c>
       <c r="R305"/>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C306" s="15" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D306" s="15" t="s">
         <v>1060</v>
-      </c>
-[...1 lines deleted...]
-        <v>1061</v>
       </c>
       <c r="E306" s="15">
         <v>10080028294</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15"/>
       <c r="H306" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I306" s="15" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="J306" s="15">
         <v>500</v>
       </c>
       <c r="K306" s="15">
         <v>0.27482</v>
       </c>
       <c r="L306" s="15">
         <v>0.14723</v>
       </c>
       <c r="M306" s="15">
         <v>0.12759</v>
       </c>
       <c r="N306" s="15">
         <v>7</v>
       </c>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306"/>
     </row>
     <row r="307" spans="1:18">
       <c r="B307" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C307" s="15" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D307" s="15" t="s">
         <v>1063</v>
       </c>
-      <c r="D307" s="15" t="s">
+      <c r="E307" s="15" t="s">
         <v>1064</v>
-      </c>
-[...1 lines deleted...]
-        <v>1065</v>
       </c>
       <c r="F307" s="15"/>
       <c r="G307" s="15"/>
       <c r="H307" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I307" s="15" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="J307" s="15">
         <v>400</v>
       </c>
       <c r="K307" s="15">
         <v>0.21438</v>
       </c>
       <c r="L307" s="15">
         <v>0.18672</v>
       </c>
       <c r="M307" s="15">
         <v>0.17289</v>
       </c>
       <c r="N307" s="15">
-        <v>8331</v>
+        <v>7365</v>
       </c>
       <c r="O307" s="15">
-        <v>6900</v>
+        <v>6100</v>
       </c>
       <c r="P307" s="15" t="s">
-        <v>143</v>
+        <v>1058</v>
       </c>
       <c r="Q307" s="15"/>
       <c r="R307"/>
     </row>
     <row r="308" spans="1:18">
       <c r="B308" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C308" s="15" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D308" s="15" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
       <c r="E308" s="15">
         <v>10080028295</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15"/>
       <c r="H308" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I308" s="15" t="s">
-        <v>1069</v>
+        <v>1068</v>
       </c>
       <c r="J308" s="15">
         <v>300</v>
       </c>
       <c r="K308" s="15">
         <v>0.37907</v>
       </c>
       <c r="L308" s="15">
         <v>0.21993</v>
       </c>
       <c r="M308" s="15">
         <v>0.19098</v>
       </c>
       <c r="N308" s="15"/>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308"/>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C309" s="15" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D309" s="15" t="s">
         <v>1070</v>
       </c>
-      <c r="D309" s="15" t="s">
+      <c r="E309" s="15" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15"/>
       <c r="H309" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I309" s="15" t="s">
-        <v>1073</v>
+        <v>1072</v>
       </c>
       <c r="J309" s="15">
         <v>250</v>
       </c>
       <c r="K309" s="15">
         <v>0.27441</v>
       </c>
       <c r="L309" s="15">
         <v>0.23782</v>
       </c>
       <c r="M309" s="15">
         <v>0.22868</v>
       </c>
-      <c r="N309" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309"/>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C310" s="15" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D310" s="15" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>1075</v>
       </c>
       <c r="E310" s="15">
         <v>10080028296</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15"/>
       <c r="H310" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I310" s="15" t="s">
-        <v>1076</v>
+        <v>1075</v>
       </c>
       <c r="J310" s="15">
         <v>250</v>
       </c>
       <c r="K310" s="15">
         <v>0.50507</v>
       </c>
       <c r="L310" s="15">
         <v>0.29302</v>
       </c>
       <c r="M310" s="15">
         <v>0.25447</v>
       </c>
       <c r="N310" s="15"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310"/>
     </row>
     <row r="311" spans="1:18">
       <c r="B311" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C311" s="15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D311" s="15" t="s">
         <v>1077</v>
       </c>
-      <c r="D311" s="15" t="s">
+      <c r="E311" s="15" t="s">
         <v>1078</v>
-      </c>
-[...1 lines deleted...]
-        <v>1079</v>
       </c>
       <c r="F311" s="15"/>
       <c r="G311" s="15"/>
       <c r="H311" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I311" s="15" t="s">
-        <v>1080</v>
+        <v>1079</v>
       </c>
       <c r="J311" s="15">
         <v>1000</v>
       </c>
       <c r="K311" s="15">
         <v>0.35709</v>
       </c>
       <c r="L311" s="15">
         <v>0.31101</v>
       </c>
       <c r="M311" s="15">
         <v>0.28798</v>
       </c>
       <c r="N311" s="15">
-        <v>7498</v>
+        <v>7701</v>
       </c>
       <c r="O311" s="15">
-        <v>7400</v>
+        <v>7600</v>
       </c>
       <c r="P311" s="15" t="s">
-        <v>143</v>
+        <v>1058</v>
       </c>
       <c r="Q311" s="15">
         <v>4000</v>
       </c>
       <c r="R311"/>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C312" s="15" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D312" s="15" t="s">
         <v>1081</v>
       </c>
-      <c r="D312" s="15" t="s">
+      <c r="E312" s="15" t="s">
         <v>1082</v>
-      </c>
-[...1 lines deleted...]
-        <v>1083</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15"/>
       <c r="H312" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I312" s="15" t="s">
-        <v>1084</v>
+        <v>1083</v>
       </c>
       <c r="J312" s="15"/>
       <c r="K312" s="15">
         <v>0.4058</v>
       </c>
       <c r="L312" s="15">
         <v>0.36522</v>
       </c>
       <c r="M312" s="15">
         <v>0.33816</v>
       </c>
       <c r="N312" s="15">
-        <v>15014</v>
+        <v>15537</v>
       </c>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312"/>
     </row>
     <row r="313" spans="1:18">
       <c r="B313" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C313" s="15" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D313" s="15" t="s">
         <v>1085</v>
-      </c>
-[...1 lines deleted...]
-        <v>1086</v>
       </c>
       <c r="E313" s="15">
         <v>10080028297</v>
       </c>
       <c r="F313" s="15"/>
       <c r="G313" s="15"/>
       <c r="H313" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I313" s="15" t="s">
-        <v>1087</v>
+        <v>1086</v>
       </c>
       <c r="J313" s="15">
         <v>200</v>
       </c>
       <c r="K313" s="15">
         <v>0.80076</v>
       </c>
       <c r="L313" s="15">
         <v>0.43161</v>
       </c>
       <c r="M313" s="15">
         <v>0.37482</v>
       </c>
       <c r="N313" s="15">
         <v>3</v>
       </c>
       <c r="O313" s="15"/>
       <c r="P313" s="15"/>
       <c r="Q313" s="15"/>
       <c r="R313"/>
     </row>
     <row r="314" spans="1:18">
       <c r="B314" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C314" s="15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D314" s="15" t="s">
         <v>1088</v>
       </c>
-      <c r="D314" s="15" t="s">
+      <c r="E314" s="15" t="s">
         <v>1089</v>
-      </c>
-[...1 lines deleted...]
-        <v>1090</v>
       </c>
       <c r="F314" s="15"/>
       <c r="G314" s="15"/>
       <c r="H314" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I314" s="15" t="s">
-        <v>1091</v>
+        <v>1090</v>
       </c>
       <c r="J314" s="15"/>
       <c r="K314" s="15">
         <v>0.49964</v>
       </c>
       <c r="L314" s="15">
         <v>0.43517</v>
       </c>
       <c r="M314" s="15">
         <v>0.40294</v>
       </c>
       <c r="N314" s="15">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314"/>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C315" s="15" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D315" s="15" t="s">
         <v>1092</v>
       </c>
-      <c r="D315" s="15" t="s">
+      <c r="E315" s="15" t="s">
         <v>1093</v>
-      </c>
-[...1 lines deleted...]
-        <v>1094</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15"/>
       <c r="H315" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I315" s="15" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="J315" s="15">
         <v>150</v>
       </c>
       <c r="K315" s="15">
         <v>0.57015</v>
       </c>
       <c r="L315" s="15">
         <v>0.49658</v>
       </c>
       <c r="M315" s="15">
         <v>0.4598</v>
       </c>
       <c r="N315" s="15">
-        <v>3884</v>
+        <v>4711</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315"/>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C316" s="15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D316" s="15" t="s">
         <v>1096</v>
       </c>
-      <c r="D316" s="15" t="s">
+      <c r="E316" s="15" t="s">
         <v>1097</v>
-      </c>
-[...1 lines deleted...]
-        <v>1098</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15"/>
       <c r="H316" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I316" s="15" t="s">
-        <v>1099</v>
+        <v>1098</v>
       </c>
       <c r="J316" s="15">
         <v>100</v>
       </c>
       <c r="K316" s="15">
         <v>0.60939</v>
       </c>
       <c r="L316" s="15">
         <v>0.54845</v>
       </c>
       <c r="M316" s="15">
         <v>0.50783</v>
       </c>
       <c r="N316" s="15">
-        <v>955</v>
+        <v>787</v>
       </c>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316"/>
     </row>
     <row r="317" spans="1:18">
       <c r="B317" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C317" s="15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D317" s="15" t="s">
         <v>1100</v>
       </c>
-      <c r="D317" s="15" t="s">
+      <c r="E317" s="15" t="s">
         <v>1101</v>
-      </c>
-[...1 lines deleted...]
-        <v>1102</v>
       </c>
       <c r="F317" s="15"/>
       <c r="G317" s="15"/>
       <c r="H317" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I317" s="15" t="s">
-        <v>1103</v>
+        <v>1102</v>
       </c>
       <c r="J317" s="15">
         <v>100</v>
       </c>
       <c r="K317" s="15">
         <v>0.71405</v>
       </c>
       <c r="L317" s="15">
         <v>0.62192</v>
       </c>
       <c r="M317" s="15">
         <v>0.57585</v>
       </c>
       <c r="N317" s="15">
-        <v>949</v>
+        <v>871</v>
       </c>
       <c r="O317" s="15"/>
       <c r="P317" s="15"/>
       <c r="Q317" s="15"/>
       <c r="R317"/>
     </row>
     <row r="318" spans="1:18">
       <c r="B318" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C318" s="15" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D318" s="15" t="s">
         <v>1104</v>
-      </c>
-[...1 lines deleted...]
-        <v>1105</v>
       </c>
       <c r="E318" s="15">
         <v>10080038310</v>
       </c>
       <c r="F318" s="15"/>
       <c r="G318" s="15"/>
       <c r="H318" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I318" s="15" t="s">
-        <v>1106</v>
+        <v>1105</v>
       </c>
       <c r="J318" s="15">
         <v>800</v>
       </c>
       <c r="K318" s="15">
         <v>1.67</v>
       </c>
       <c r="L318" s="15">
         <v>0.92558</v>
       </c>
       <c r="M318" s="15">
         <v>0.77628</v>
       </c>
       <c r="N318" s="15">
-        <v>423</v>
+        <v>339</v>
       </c>
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318"/>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C319" s="15" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D319" s="15" t="s">
         <v>1107</v>
       </c>
-      <c r="D319" s="15" t="s">
+      <c r="E319" s="15" t="s">
         <v>1108</v>
-      </c>
-[...1 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15"/>
       <c r="H319" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I319" s="15" t="s">
-        <v>1110</v>
+        <v>1109</v>
       </c>
       <c r="J319" s="15"/>
       <c r="K319" s="15">
         <v>0.88031</v>
       </c>
       <c r="L319" s="15">
         <v>0.79227</v>
       </c>
       <c r="M319" s="15">
         <v>0.73359</v>
       </c>
       <c r="N319" s="15">
-        <v>1629</v>
+        <v>1136</v>
       </c>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319"/>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C320" s="15" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D320" s="15" t="s">
         <v>1111</v>
       </c>
-      <c r="D320" s="15" t="s">
+      <c r="E320" s="15" t="s">
         <v>1112</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15"/>
       <c r="H320" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I320" s="15" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="J320" s="15">
         <v>480</v>
       </c>
       <c r="K320" s="15">
         <v>1.08</v>
       </c>
       <c r="L320" s="15">
         <v>0.97392</v>
       </c>
       <c r="M320" s="15">
         <v>0.90178</v>
       </c>
       <c r="N320" s="15">
-        <v>1418</v>
+        <v>1252</v>
       </c>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15">
         <v>1920</v>
       </c>
       <c r="R320"/>
     </row>
     <row r="321" spans="1:18">
       <c r="B321" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C321" s="15" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D321" s="15" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
       <c r="E321" s="15">
         <v>10080044875</v>
       </c>
       <c r="F321" s="15"/>
       <c r="G321" s="15"/>
       <c r="H321" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I321" s="15" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="J321" s="15">
         <v>200</v>
       </c>
       <c r="K321" s="15">
         <v>0.6832</v>
       </c>
       <c r="L321" s="15">
         <v>0.36601</v>
       </c>
       <c r="M321" s="15">
         <v>0.31719</v>
       </c>
       <c r="N321" s="15">
-        <v>1068</v>
+        <v>960</v>
       </c>
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321"/>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C322" s="15" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D322" s="15" t="s">
         <v>1118</v>
       </c>
-      <c r="D322" s="15" t="s">
+      <c r="E322" s="15" t="s">
         <v>1119</v>
-      </c>
-[...1 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15"/>
       <c r="H322" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I322" s="15" t="s">
-        <v>1121</v>
+        <v>1120</v>
       </c>
       <c r="J322" s="15">
         <v>100</v>
       </c>
       <c r="K322" s="15">
         <v>0.45861</v>
       </c>
       <c r="L322" s="15">
         <v>0.41275</v>
       </c>
       <c r="M322" s="15">
         <v>0.38218</v>
       </c>
       <c r="N322" s="15">
         <v>10</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322"/>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C323" s="15" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D323" s="15" t="s">
         <v>1122</v>
       </c>
-      <c r="D323" s="15" t="s">
+      <c r="E323" s="15" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>1124</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15"/>
       <c r="H323" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I323" s="15" t="s">
-        <v>1125</v>
+        <v>1124</v>
       </c>
       <c r="J323" s="15"/>
       <c r="K323" s="15">
         <v>0.41517</v>
       </c>
       <c r="L323" s="15">
         <v>0.3616</v>
       </c>
       <c r="M323" s="15">
         <v>0.33481</v>
       </c>
       <c r="N323" s="15">
-        <v>440</v>
+        <v>355</v>
       </c>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323"/>
     </row>
     <row r="324" spans="1:18">
       <c r="B324" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C324" s="15" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D324" s="15" t="s">
         <v>1126</v>
       </c>
-      <c r="D324" s="15" t="s">
+      <c r="E324" s="15" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
       <c r="F324" s="15"/>
       <c r="G324" s="15"/>
       <c r="H324" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I324" s="15" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="J324" s="15"/>
       <c r="K324" s="15">
         <v>0.5079</v>
       </c>
       <c r="L324" s="15">
         <v>0.44018</v>
       </c>
       <c r="M324" s="15">
         <v>0.42325</v>
       </c>
-      <c r="N324" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N324" s="15"/>
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324"/>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C325" s="15" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D325" s="15" t="s">
         <v>1130</v>
       </c>
-      <c r="D325" s="15" t="s">
+      <c r="E325" s="15" t="s">
         <v>1131</v>
-      </c>
-[...1 lines deleted...]
-        <v>1132</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15"/>
       <c r="H325" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I325" s="15" t="s">
-        <v>1133</v>
+        <v>1132</v>
       </c>
       <c r="J325" s="15"/>
       <c r="K325" s="15">
         <v>0.97196</v>
       </c>
       <c r="L325" s="15">
         <v>0.84654</v>
       </c>
       <c r="M325" s="15">
         <v>0.78384</v>
       </c>
       <c r="N325" s="15">
-        <v>597</v>
+        <v>637</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325"/>
     </row>
     <row r="326" spans="1:18">
       <c r="B326" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C326" s="15" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D326" s="15" t="s">
         <v>1134</v>
       </c>
-      <c r="D326" s="15" t="s">
+      <c r="E326" s="15" t="s">
         <v>1135</v>
-      </c>
-[...1 lines deleted...]
-        <v>1136</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15"/>
       <c r="H326" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I326" s="15" t="s">
-        <v>1137</v>
+        <v>1136</v>
       </c>
       <c r="J326" s="15"/>
       <c r="K326" s="15">
         <v>2.23</v>
       </c>
       <c r="L326" s="15">
         <v>2.01</v>
       </c>
       <c r="M326" s="15">
         <v>1.86</v>
       </c>
       <c r="N326" s="15"/>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326"/>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C327" s="15" t="s">
+        <v>1137</v>
+      </c>
+      <c r="D327" s="15" t="s">
         <v>1138</v>
       </c>
-      <c r="D327" s="15" t="s">
+      <c r="E327" s="15" t="s">
         <v>1139</v>
-      </c>
-[...1 lines deleted...]
-        <v>1140</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15"/>
       <c r="H327" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I327" s="15" t="s">
-        <v>1141</v>
+        <v>1140</v>
       </c>
       <c r="J327" s="15"/>
       <c r="K327" s="15">
         <v>0.20858</v>
       </c>
       <c r="L327" s="15">
         <v>0.18167</v>
       </c>
       <c r="M327" s="15">
         <v>0.16821</v>
       </c>
       <c r="N327" s="15">
-        <v>180</v>
+        <v>60</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327"/>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C328" s="15" t="s">
+        <v>1141</v>
+      </c>
+      <c r="D328" s="15" t="s">
         <v>1142</v>
       </c>
-      <c r="D328" s="15" t="s">
+      <c r="E328" s="15" t="s">
         <v>1143</v>
-      </c>
-[...1 lines deleted...]
-        <v>1144</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15"/>
       <c r="H328" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I328" s="15" t="s">
-        <v>1145</v>
+        <v>1144</v>
       </c>
       <c r="J328" s="15"/>
       <c r="K328" s="15">
         <v>0.31251</v>
       </c>
       <c r="L328" s="15">
         <v>0.27219</v>
       </c>
       <c r="M328" s="15">
         <v>0.25203</v>
       </c>
       <c r="N328" s="15">
-        <v>581</v>
+        <v>458</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328"/>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C329" s="15" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D329" s="15" t="s">
         <v>1146</v>
       </c>
-      <c r="D329" s="15" t="s">
+      <c r="E329" s="15" t="s">
         <v>1147</v>
-      </c>
-[...1 lines deleted...]
-        <v>1148</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15"/>
       <c r="H329" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I329" s="15" t="s">
-        <v>1149</v>
+        <v>1148</v>
       </c>
       <c r="J329" s="15">
         <v>680</v>
       </c>
       <c r="K329" s="15">
         <v>0.41551</v>
       </c>
       <c r="L329" s="15">
         <v>0.36189</v>
       </c>
       <c r="M329" s="15">
         <v>0.33509</v>
       </c>
       <c r="N329" s="15">
         <v>850</v>
       </c>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15">
         <v>2720</v>
       </c>
       <c r="R329"/>
     </row>
     <row r="330" spans="1:18">
       <c r="B330" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C330" s="15" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D330" s="15" t="s">
         <v>1150</v>
       </c>
-      <c r="D330" s="15" t="s">
+      <c r="E330" s="15" t="s">
         <v>1151</v>
-      </c>
-[...1 lines deleted...]
-        <v>1152</v>
       </c>
       <c r="F330" s="15"/>
       <c r="G330" s="15"/>
       <c r="H330" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I330" s="15" t="s">
-        <v>1153</v>
+        <v>1152</v>
       </c>
       <c r="J330" s="15"/>
       <c r="K330" s="15">
         <v>0.62183</v>
       </c>
       <c r="L330" s="15">
         <v>0.54159</v>
       </c>
       <c r="M330" s="15">
         <v>0.50148</v>
       </c>
       <c r="N330" s="15">
-        <v>265</v>
+        <v>216</v>
       </c>
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330"/>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C331" s="15" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D331" s="15" t="s">
         <v>1154</v>
       </c>
-      <c r="D331" s="15" t="s">
+      <c r="E331" s="15" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15"/>
       <c r="H331" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I331" s="15" t="s">
-        <v>1157</v>
+        <v>1156</v>
       </c>
       <c r="J331" s="15"/>
       <c r="K331" s="15">
         <v>0.78776</v>
       </c>
       <c r="L331" s="15">
         <v>0.7089800000000001</v>
       </c>
       <c r="M331" s="15">
         <v>0.65646</v>
       </c>
       <c r="N331" s="15"/>
       <c r="O331" s="15">
         <v>100</v>
       </c>
       <c r="P331" s="15" t="s">
-        <v>143</v>
+        <v>1058</v>
       </c>
       <c r="Q331" s="15"/>
       <c r="R331"/>
     </row>
     <row r="332" spans="1:18">
       <c r="B332" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C332" s="15" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D332" s="15" t="s">
         <v>1158</v>
       </c>
-      <c r="D332" s="15" t="s">
+      <c r="E332" s="15" t="s">
         <v>1159</v>
-      </c>
-[...1 lines deleted...]
-        <v>1160</v>
       </c>
       <c r="F332" s="15"/>
       <c r="G332" s="15"/>
       <c r="H332" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I332" s="15" t="s">
-        <v>1161</v>
+        <v>1160</v>
       </c>
       <c r="J332" s="15"/>
       <c r="K332" s="15">
         <v>1.04</v>
       </c>
       <c r="L332" s="15">
         <v>0.90269</v>
       </c>
       <c r="M332" s="15">
         <v>0.83583</v>
       </c>
       <c r="N332" s="15">
-        <v>482</v>
+        <v>267</v>
       </c>
       <c r="O332" s="15"/>
       <c r="P332" s="15"/>
       <c r="Q332" s="15"/>
       <c r="R332"/>
     </row>
     <row r="333" spans="1:18">
       <c r="B333" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C333" s="15" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D333" s="15" t="s">
         <v>1162</v>
       </c>
-      <c r="D333" s="15" t="s">
+      <c r="E333" s="15" t="s">
         <v>1163</v>
-      </c>
-[...1 lines deleted...]
-        <v>1164</v>
       </c>
       <c r="F333" s="15"/>
       <c r="G333" s="15"/>
       <c r="H333" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I333" s="15" t="s">
-        <v>1165</v>
+        <v>1164</v>
       </c>
       <c r="J333" s="15">
         <v>150</v>
       </c>
       <c r="K333" s="15">
         <v>0.50435</v>
       </c>
       <c r="L333" s="15">
         <v>0.45391</v>
       </c>
       <c r="M333" s="15">
         <v>0.42029</v>
       </c>
       <c r="N333" s="15">
-        <v>1530</v>
+        <v>1122</v>
       </c>
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333"/>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C334" s="15" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D334" s="15" t="s">
         <v>1166</v>
       </c>
-      <c r="D334" s="15" t="s">
+      <c r="E334" s="15" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15"/>
       <c r="H334" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I334" s="15" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="J334" s="15">
         <v>100</v>
       </c>
       <c r="K334" s="15">
         <v>0.72728</v>
       </c>
       <c r="L334" s="15">
         <v>0.63343</v>
       </c>
       <c r="M334" s="15">
         <v>0.58651</v>
       </c>
       <c r="N334" s="15">
-        <v>1438</v>
+        <v>1378</v>
       </c>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334"/>
     </row>
     <row r="335" spans="1:18">
       <c r="B335" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C335" s="15" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D335" s="15" t="s">
         <v>1170</v>
       </c>
-      <c r="D335" s="15" t="s">
+      <c r="E335" s="15" t="s">
         <v>1171</v>
-      </c>
-[...1 lines deleted...]
-        <v>1172</v>
       </c>
       <c r="F335" s="15"/>
       <c r="G335" s="15"/>
       <c r="H335" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I335" s="15" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="J335" s="15"/>
       <c r="K335" s="15">
         <v>0.9053099999999999</v>
       </c>
       <c r="L335" s="15">
         <v>0.8147799999999999</v>
       </c>
       <c r="M335" s="15">
         <v>0.75443</v>
       </c>
       <c r="N335" s="15">
-        <v>420</v>
+        <v>345</v>
       </c>
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335"/>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C336" s="15" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D336" s="15" t="s">
         <v>1174</v>
       </c>
-      <c r="D336" s="15" t="s">
+      <c r="E336" s="15" t="s">
         <v>1175</v>
-      </c>
-[...1 lines deleted...]
-        <v>1176</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15"/>
       <c r="H336" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I336" s="15" t="s">
-        <v>1177</v>
+        <v>1176</v>
       </c>
       <c r="J336" s="15"/>
       <c r="K336" s="15">
         <v>1.14</v>
       </c>
       <c r="L336" s="15">
         <v>0.99347</v>
       </c>
       <c r="M336" s="15">
         <v>0.91988</v>
       </c>
       <c r="N336" s="15">
-        <v>630</v>
+        <v>740</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336"/>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C337" s="15" t="s">
+        <v>1177</v>
+      </c>
+      <c r="D337" s="15" t="s">
         <v>1178</v>
       </c>
-      <c r="D337" s="15" t="s">
+      <c r="E337" s="15" t="s">
         <v>1179</v>
-      </c>
-[...1 lines deleted...]
-        <v>1180</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15"/>
       <c r="H337" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I337" s="15" t="s">
-        <v>1181</v>
+        <v>1180</v>
       </c>
       <c r="J337" s="15">
         <v>250</v>
       </c>
       <c r="K337" s="15">
         <v>1.14</v>
       </c>
       <c r="L337" s="15">
         <v>0.98935</v>
       </c>
       <c r="M337" s="15">
         <v>0.9513</v>
       </c>
       <c r="N337" s="15">
-        <v>840</v>
+        <v>810</v>
       </c>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15">
         <v>1000</v>
       </c>
       <c r="R337"/>
     </row>
     <row r="338" spans="1:18">
       <c r="B338" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C338" s="15" t="s">
+        <v>1181</v>
+      </c>
+      <c r="D338" s="15" t="s">
         <v>1182</v>
       </c>
-      <c r="D338" s="15" t="s">
+      <c r="E338" s="15" t="s">
         <v>1183</v>
-      </c>
-[...1 lines deleted...]
-        <v>1184</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15"/>
       <c r="H338" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I338" s="15" t="s">
-        <v>1185</v>
+        <v>1184</v>
       </c>
       <c r="J338" s="15"/>
       <c r="K338" s="15">
         <v>1.3</v>
       </c>
       <c r="L338" s="15">
         <v>1.17</v>
       </c>
       <c r="M338" s="15">
         <v>1.09</v>
       </c>
       <c r="N338" s="15">
-        <v>315</v>
+        <v>441</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338"/>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C339" s="15" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D339" s="15" t="s">
         <v>1186</v>
       </c>
-      <c r="D339" s="15" t="s">
+      <c r="E339" s="15" t="s">
         <v>1187</v>
-      </c>
-[...1 lines deleted...]
-        <v>1188</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15"/>
       <c r="H339" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I339" s="15" t="s">
-        <v>1189</v>
+        <v>1188</v>
       </c>
       <c r="J339" s="15"/>
       <c r="K339" s="15">
         <v>1.67</v>
       </c>
       <c r="L339" s="15">
         <v>1.5</v>
       </c>
       <c r="M339" s="15">
         <v>1.39</v>
       </c>
       <c r="N339" s="15">
-        <v>1240</v>
+        <v>1460</v>
       </c>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339"/>
     </row>
     <row r="340" spans="1:18">
       <c r="B340" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C340" s="15" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D340" s="15" t="s">
         <v>1190</v>
       </c>
-      <c r="D340" s="15" t="s">
+      <c r="E340" s="15" t="s">
         <v>1191</v>
-      </c>
-[...1 lines deleted...]
-        <v>1192</v>
       </c>
       <c r="F340" s="15"/>
       <c r="G340" s="15"/>
       <c r="H340" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I340" s="15" t="s">
-        <v>1193</v>
+        <v>1192</v>
       </c>
       <c r="J340" s="15">
         <v>300</v>
       </c>
       <c r="K340" s="15">
         <v>0.21543</v>
       </c>
       <c r="L340" s="15">
         <v>0.18764</v>
       </c>
       <c r="M340" s="15">
         <v>0.17374</v>
       </c>
       <c r="N340" s="15">
-        <v>800</v>
+        <v>848</v>
       </c>
       <c r="O340" s="15"/>
       <c r="P340" s="15"/>
       <c r="Q340" s="15"/>
       <c r="R340"/>
     </row>
     <row r="341" spans="1:18">
       <c r="B341" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C341" s="15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D341" s="15" t="s">
         <v>1194</v>
       </c>
-      <c r="D341" s="15" t="s">
+      <c r="E341" s="15" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
       <c r="F341" s="15"/>
       <c r="G341" s="15"/>
       <c r="H341" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I341" s="15" t="s">
-        <v>1197</v>
+        <v>1196</v>
       </c>
       <c r="J341" s="15"/>
       <c r="K341" s="15">
         <v>0.2154</v>
       </c>
       <c r="L341" s="15">
         <v>0.1876</v>
       </c>
       <c r="M341" s="15">
         <v>0.1737</v>
       </c>
       <c r="N341" s="15">
         <v>2</v>
       </c>
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341"/>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C342" s="15" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D342" s="15" t="s">
         <v>1198</v>
       </c>
-      <c r="D342" s="15" t="s">
+      <c r="E342" s="15" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15"/>
       <c r="H342" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I342" s="15" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="J342" s="15"/>
       <c r="K342" s="15">
         <v>0.27141</v>
       </c>
       <c r="L342" s="15">
         <v>0.24427</v>
       </c>
       <c r="M342" s="15">
         <v>0.22618</v>
       </c>
       <c r="N342" s="15">
-        <v>2800</v>
+        <v>2765</v>
       </c>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342"/>
     </row>
     <row r="343" spans="1:18">
       <c r="B343" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C343" s="15" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D343" s="15" t="s">
         <v>1202</v>
       </c>
-      <c r="D343" s="15" t="s">
+      <c r="E343" s="15" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="F343" s="15"/>
       <c r="G343" s="15"/>
       <c r="H343" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I343" s="15" t="s">
-        <v>1205</v>
+        <v>1204</v>
       </c>
       <c r="J343" s="15"/>
       <c r="K343" s="15">
         <v>0.53255</v>
       </c>
       <c r="L343" s="15">
         <v>0.36213</v>
       </c>
       <c r="M343" s="15">
         <v>0.32885</v>
       </c>
       <c r="N343" s="15">
         <v>1</v>
       </c>
       <c r="O343" s="15"/>
       <c r="P343" s="15"/>
       <c r="Q343" s="15"/>
       <c r="R343"/>
     </row>
     <row r="344" spans="1:18">
       <c r="B344" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C344" s="15" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D344" s="15" t="s">
         <v>1206</v>
       </c>
-      <c r="D344" s="15" t="s">
+      <c r="E344" s="15" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
       <c r="F344" s="15"/>
       <c r="G344" s="15"/>
       <c r="H344" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I344" s="15" t="s">
-        <v>1209</v>
+        <v>1208</v>
       </c>
       <c r="J344" s="15"/>
       <c r="K344" s="15">
         <v>0.515</v>
       </c>
       <c r="L344" s="15">
         <v>0.515</v>
       </c>
       <c r="M344" s="15">
         <v>0.515</v>
       </c>
       <c r="N344" s="15">
         <v>2</v>
       </c>
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344"/>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C345" s="15" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D345" s="15" t="s">
         <v>1210</v>
       </c>
-      <c r="D345" s="15" t="s">
+      <c r="E345" s="15" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15"/>
       <c r="H345" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I345" s="15" t="s">
-        <v>1213</v>
+        <v>1212</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
         <v>0.52</v>
       </c>
       <c r="L345" s="15">
         <v>0.52</v>
       </c>
       <c r="M345" s="15">
         <v>0.52</v>
       </c>
       <c r="N345" s="15">
         <v>2</v>
       </c>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345"/>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C346" s="15" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D346" s="15" t="s">
         <v>1214</v>
       </c>
-      <c r="D346" s="15" t="s">
+      <c r="E346" s="15" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15"/>
       <c r="H346" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I346" s="15" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="J346" s="15">
         <v>150</v>
       </c>
       <c r="K346" s="15">
         <v>0.49952</v>
       </c>
       <c r="L346" s="15">
         <v>0.43506</v>
       </c>
       <c r="M346" s="15">
         <v>0.40284</v>
       </c>
       <c r="N346" s="15">
-        <v>1602</v>
+        <v>1419</v>
       </c>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346"/>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C347" s="15" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D347" s="15" t="s">
         <v>1218</v>
       </c>
-      <c r="D347" s="15" t="s">
+      <c r="E347" s="15" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15"/>
       <c r="H347" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I347" s="15" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="J347" s="15">
         <v>650</v>
       </c>
       <c r="K347" s="15">
         <v>0.60954</v>
       </c>
       <c r="L347" s="15">
         <v>0.54859</v>
       </c>
       <c r="M347" s="15">
         <v>0.50795</v>
       </c>
       <c r="N347" s="15">
-        <v>1008</v>
+        <v>1064</v>
       </c>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15">
         <v>2600</v>
       </c>
       <c r="R347"/>
     </row>
     <row r="348" spans="1:18">
       <c r="B348" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C348" s="15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D348" s="15" t="s">
         <v>1222</v>
       </c>
-      <c r="D348" s="15" t="s">
+      <c r="E348" s="15" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
       <c r="F348" s="15"/>
       <c r="G348" s="15"/>
       <c r="H348" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I348" s="15" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="J348" s="15"/>
       <c r="K348" s="15">
         <v>0.77808</v>
       </c>
       <c r="L348" s="15">
         <v>0.67769</v>
       </c>
       <c r="M348" s="15">
         <v>0.62749</v>
       </c>
       <c r="N348" s="15">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="O348" s="15"/>
       <c r="P348" s="15"/>
       <c r="Q348" s="15"/>
       <c r="R348"/>
     </row>
     <row r="349" spans="1:18">
       <c r="B349" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C349" s="15" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D349" s="15" t="s">
         <v>1226</v>
       </c>
-      <c r="D349" s="15" t="s">
+      <c r="E349" s="15" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15"/>
       <c r="H349" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I349" s="15" t="s">
-        <v>1229</v>
+        <v>1228</v>
       </c>
       <c r="J349" s="15"/>
       <c r="K349" s="15">
         <v>1.15</v>
       </c>
       <c r="L349" s="15">
         <v>1.04</v>
       </c>
       <c r="M349" s="15">
         <v>0.9603</v>
       </c>
       <c r="N349" s="15">
-        <v>768</v>
+        <v>718</v>
       </c>
       <c r="O349" s="15"/>
       <c r="P349" s="15"/>
       <c r="Q349" s="15"/>
       <c r="R349"/>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C350" s="15" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D350" s="15" t="s">
         <v>1230</v>
       </c>
-      <c r="D350" s="15" t="s">
+      <c r="E350" s="15" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15"/>
       <c r="H350" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I350" s="15" t="s">
-        <v>1233</v>
+        <v>1232</v>
       </c>
       <c r="J350" s="15">
         <v>500</v>
       </c>
       <c r="K350" s="15">
         <v>0.89046</v>
       </c>
       <c r="L350" s="15">
         <v>0.77173</v>
       </c>
       <c r="M350" s="15">
         <v>0.74205</v>
       </c>
       <c r="N350" s="15">
-        <v>900</v>
+        <v>830</v>
       </c>
       <c r="O350" s="15"/>
       <c r="P350" s="15"/>
       <c r="Q350" s="15">
         <v>2000</v>
       </c>
       <c r="R350"/>
     </row>
     <row r="351" spans="1:18">
       <c r="B351" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C351" s="15" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D351" s="15" t="s">
         <v>1234</v>
       </c>
-      <c r="D351" s="15" t="s">
+      <c r="E351" s="15" t="s">
         <v>1235</v>
-      </c>
-[...1 lines deleted...]
-        <v>1236</v>
       </c>
       <c r="F351" s="15"/>
       <c r="G351" s="15"/>
       <c r="H351" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I351" s="15" t="s">
-        <v>1237</v>
+        <v>1236</v>
       </c>
       <c r="J351" s="15">
         <v>500</v>
       </c>
       <c r="K351" s="15">
         <v>0.1262</v>
       </c>
       <c r="L351" s="15">
         <v>0.06705</v>
       </c>
       <c r="M351" s="15">
         <v>0.05719</v>
       </c>
       <c r="N351" s="15">
-        <v>1136</v>
+        <v>964</v>
       </c>
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351"/>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C352" s="15" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D352" s="15" t="s">
         <v>1238</v>
       </c>
-      <c r="D352" s="15" t="s">
+      <c r="E352" s="15" t="s">
         <v>1239</v>
-      </c>
-[...1 lines deleted...]
-        <v>1240</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15"/>
       <c r="H352" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I352" s="15" t="s">
-        <v>1241</v>
+        <v>1240</v>
       </c>
       <c r="J352" s="15">
         <v>3000</v>
       </c>
       <c r="K352" s="15">
         <v>0.05505</v>
       </c>
       <c r="L352" s="15">
         <v>0.04771</v>
       </c>
       <c r="M352" s="15">
         <v>0.04588</v>
       </c>
       <c r="N352" s="15"/>
-      <c r="O352" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O352" s="15"/>
       <c r="P352" s="15" t="s">
-        <v>143</v>
+        <v>1058</v>
       </c>
       <c r="Q352" s="15"/>
       <c r="R352"/>
     </row>
     <row r="353" spans="1:18">
       <c r="B353" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C353" s="15" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D353" s="15" t="s">
         <v>1242</v>
       </c>
-      <c r="D353" s="15" t="s">
+      <c r="E353" s="15" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15"/>
       <c r="H353" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I353" s="15" t="s">
-        <v>1245</v>
+        <v>1244</v>
       </c>
       <c r="J353" s="15">
         <v>500</v>
       </c>
       <c r="K353" s="15">
         <v>0.08875</v>
       </c>
       <c r="L353" s="15">
         <v>0.07729999999999999</v>
       </c>
       <c r="M353" s="15">
         <v>0.07158</v>
       </c>
       <c r="N353" s="15">
-        <v>6475</v>
+        <v>6216</v>
       </c>
       <c r="O353" s="15"/>
       <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353"/>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C354" s="15" t="s">
+        <v>1245</v>
+      </c>
+      <c r="D354" s="15" t="s">
         <v>1246</v>
-      </c>
-[...1 lines deleted...]
-        <v>1247</v>
       </c>
       <c r="E354" s="15">
         <v>10080028307</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15"/>
       <c r="H354" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I354" s="15" t="s">
-        <v>1248</v>
+        <v>1247</v>
       </c>
       <c r="J354" s="15">
         <v>500</v>
       </c>
       <c r="K354" s="15">
         <v>0.18746</v>
       </c>
       <c r="L354" s="15">
         <v>0.10379</v>
       </c>
       <c r="M354" s="15">
         <v>0.08703</v>
       </c>
       <c r="N354" s="15">
         <v>7</v>
       </c>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354"/>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C355" s="15" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D355" s="15" t="s">
         <v>1249</v>
       </c>
-      <c r="D355" s="15" t="s">
+      <c r="E355" s="15" t="s">
         <v>1250</v>
-      </c>
-[...1 lines deleted...]
-        <v>1251</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15"/>
       <c r="H355" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I355" s="15" t="s">
-        <v>1252</v>
+        <v>1251</v>
       </c>
       <c r="J355" s="15">
         <v>400</v>
       </c>
       <c r="K355" s="15">
         <v>0.11822</v>
       </c>
       <c r="L355" s="15">
         <v>0.10296</v>
       </c>
       <c r="M355" s="15">
         <v>0.09533999999999999</v>
       </c>
       <c r="N355" s="15">
-        <v>2261</v>
+        <v>2313</v>
       </c>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15">
         <v>6400</v>
       </c>
       <c r="R355"/>
     </row>
     <row r="356" spans="1:18">
       <c r="B356" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C356" s="15" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D356" s="15" t="s">
         <v>1253</v>
       </c>
-      <c r="D356" s="15" t="s">
+      <c r="E356" s="15" t="s">
         <v>1254</v>
-      </c>
-[...1 lines deleted...]
-        <v>1255</v>
       </c>
       <c r="F356" s="15"/>
       <c r="G356" s="15"/>
       <c r="H356" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I356" s="15" t="s">
-        <v>1256</v>
+        <v>1255</v>
       </c>
       <c r="J356" s="15">
         <v>400</v>
       </c>
       <c r="K356" s="15">
         <v>0.24957</v>
       </c>
       <c r="L356" s="15">
         <v>0.13815</v>
       </c>
       <c r="M356" s="15">
         <v>0.11587</v>
       </c>
       <c r="N356" s="15">
         <v>12</v>
       </c>
       <c r="O356" s="15"/>
       <c r="P356" s="15"/>
       <c r="Q356" s="15"/>
       <c r="R356"/>
     </row>
     <row r="357" spans="1:18">
       <c r="B357" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C357" s="15" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D357" s="15" t="s">
         <v>1257</v>
       </c>
-      <c r="D357" s="15" t="s">
+      <c r="E357" s="15" t="s">
         <v>1258</v>
-      </c>
-[...1 lines deleted...]
-        <v>1259</v>
       </c>
       <c r="F357" s="15"/>
       <c r="G357" s="15"/>
       <c r="H357" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I357" s="15" t="s">
-        <v>1260</v>
+        <v>1259</v>
       </c>
       <c r="J357" s="15">
         <v>400</v>
       </c>
       <c r="K357" s="15">
         <v>0.10368</v>
       </c>
       <c r="L357" s="15">
         <v>0.08986</v>
       </c>
       <c r="M357" s="15">
         <v>0.0864</v>
       </c>
-      <c r="N357" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N357" s="15"/>
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357"/>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C358" s="15" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D358" s="15" t="s">
         <v>1261</v>
       </c>
-      <c r="D358" s="15" t="s">
+      <c r="E358" s="15" t="s">
         <v>1262</v>
-      </c>
-[...1 lines deleted...]
-        <v>1263</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15"/>
       <c r="H358" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I358" s="15" t="s">
-        <v>1264</v>
+        <v>1263</v>
       </c>
       <c r="J358" s="15">
         <v>1500</v>
       </c>
       <c r="K358" s="15">
         <v>0.1479</v>
       </c>
       <c r="L358" s="15">
         <v>0.12882</v>
       </c>
       <c r="M358" s="15">
         <v>0.11928</v>
       </c>
       <c r="N358" s="15">
-        <v>12333</v>
+        <v>8050</v>
       </c>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15">
         <v>6000</v>
       </c>
       <c r="R358"/>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C359" s="15" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D359" s="15" t="s">
         <v>1265</v>
       </c>
-      <c r="D359" s="15" t="s">
+      <c r="E359" s="15" t="s">
         <v>1266</v>
-      </c>
-[...1 lines deleted...]
-        <v>1267</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15"/>
       <c r="H359" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I359" s="15" t="s">
-        <v>1268</v>
+        <v>1267</v>
       </c>
       <c r="J359" s="15"/>
       <c r="K359" s="15">
         <v>0.16826</v>
       </c>
       <c r="L359" s="15">
         <v>0.15143</v>
       </c>
       <c r="M359" s="15">
         <v>0.14021</v>
       </c>
       <c r="N359" s="15">
-        <v>1518</v>
+        <v>1702</v>
       </c>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359"/>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C360" s="15" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D360" s="15" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
       <c r="E360" s="15">
         <v>10080038330</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15"/>
       <c r="H360" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I360" s="15" t="s">
-        <v>1271</v>
+        <v>1270</v>
       </c>
       <c r="J360" s="15">
         <v>400</v>
       </c>
       <c r="K360" s="15">
         <v>0.26054</v>
       </c>
       <c r="L360" s="15">
         <v>0.18789</v>
       </c>
       <c r="M360" s="15">
         <v>0.16283</v>
       </c>
       <c r="N360" s="15">
-        <v>256</v>
+        <v>282</v>
       </c>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360"/>
     </row>
     <row r="361" spans="1:18">
       <c r="B361" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C361" s="15" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D361" s="15" t="s">
         <v>1272</v>
       </c>
-      <c r="D361" s="15" t="s">
+      <c r="E361" s="15" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
       <c r="F361" s="15"/>
       <c r="G361" s="15"/>
       <c r="H361" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I361" s="15" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="J361" s="15">
         <v>1000</v>
       </c>
       <c r="K361" s="15">
         <v>0.20001</v>
       </c>
       <c r="L361" s="15">
         <v>0.18001</v>
       </c>
       <c r="M361" s="15">
         <v>0.16668</v>
       </c>
       <c r="N361" s="15">
-        <v>717</v>
+        <v>737</v>
       </c>
       <c r="O361" s="15"/>
       <c r="P361" s="15"/>
       <c r="Q361" s="15"/>
       <c r="R361"/>
     </row>
     <row r="362" spans="1:18">
       <c r="B362" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C362" s="15" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D362" s="15" t="s">
         <v>1276</v>
       </c>
-      <c r="D362" s="15" t="s">
+      <c r="E362" s="15" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
       <c r="F362" s="15"/>
       <c r="G362" s="15"/>
       <c r="H362" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I362" s="15" t="s">
-        <v>1279</v>
+        <v>1278</v>
       </c>
       <c r="J362" s="15">
         <v>250</v>
       </c>
       <c r="K362" s="15">
         <v>0.23379</v>
       </c>
       <c r="L362" s="15">
         <v>0.20262</v>
       </c>
       <c r="M362" s="15">
         <v>0.19483</v>
       </c>
       <c r="N362" s="15">
-        <v>1445</v>
+        <v>1394</v>
       </c>
       <c r="O362" s="15"/>
       <c r="P362" s="15"/>
       <c r="Q362" s="15">
         <v>4000</v>
       </c>
       <c r="R362"/>
     </row>
     <row r="363" spans="1:18">
       <c r="B363" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C363" s="15" t="s">
+        <v>1279</v>
+      </c>
+      <c r="D363" s="15" t="s">
         <v>1280</v>
-      </c>
-[...1 lines deleted...]
-        <v>1281</v>
       </c>
       <c r="E363" s="15">
         <v>10080033839</v>
       </c>
       <c r="F363" s="15"/>
       <c r="G363" s="15"/>
       <c r="H363" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I363" s="15" t="s">
-        <v>1282</v>
+        <v>1281</v>
       </c>
       <c r="J363" s="15">
         <v>2100</v>
       </c>
       <c r="K363" s="15">
         <v>0.50058</v>
       </c>
       <c r="L363" s="15">
         <v>0.26594</v>
       </c>
       <c r="M363" s="15">
         <v>0.22681</v>
       </c>
       <c r="N363" s="15">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363"/>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C364" s="15" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D364" s="15" t="s">
         <v>1283</v>
       </c>
-      <c r="D364" s="15" t="s">
+      <c r="E364" s="15" t="s">
         <v>1284</v>
-      </c>
-[...1 lines deleted...]
-        <v>1285</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15"/>
       <c r="H364" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I364" s="15" t="s">
-        <v>1286</v>
+        <v>1285</v>
       </c>
       <c r="J364" s="15">
         <v>750</v>
       </c>
       <c r="K364" s="15">
         <v>0.29298</v>
       </c>
       <c r="L364" s="15">
         <v>0.26368</v>
       </c>
       <c r="M364" s="15">
         <v>0.24415</v>
       </c>
       <c r="N364" s="15">
-        <v>2291</v>
+        <v>2610</v>
       </c>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15">
         <v>3000</v>
       </c>
       <c r="R364"/>
     </row>
     <row r="365" spans="1:18">
       <c r="B365" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C365" s="15" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D365" s="15" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="E365" s="15">
         <v>10080038332</v>
       </c>
       <c r="F365" s="15"/>
       <c r="G365" s="15"/>
       <c r="H365" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I365" s="15" t="s">
-        <v>1289</v>
+        <v>1288</v>
       </c>
       <c r="J365" s="15">
         <v>400</v>
       </c>
       <c r="K365" s="15">
         <v>0.74642</v>
       </c>
       <c r="L365" s="15">
         <v>0.4132</v>
       </c>
       <c r="M365" s="15">
         <v>0.34655</v>
       </c>
       <c r="N365" s="15">
-        <v>435</v>
+        <v>395</v>
       </c>
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365"/>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C366" s="15" t="s">
+        <v>1289</v>
+      </c>
+      <c r="D366" s="15" t="s">
         <v>1290</v>
       </c>
-      <c r="D366" s="15" t="s">
+      <c r="E366" s="15" t="s">
         <v>1291</v>
-      </c>
-[...1 lines deleted...]
-        <v>1292</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15"/>
       <c r="H366" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I366" s="15" t="s">
-        <v>1293</v>
+        <v>1292</v>
       </c>
       <c r="J366" s="15"/>
       <c r="K366" s="15">
         <v>0.50634</v>
       </c>
       <c r="L366" s="15">
         <v>0.441</v>
       </c>
       <c r="M366" s="15">
         <v>0.40834</v>
       </c>
       <c r="N366" s="15">
-        <v>215</v>
+        <v>188</v>
       </c>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366"/>
     </row>
     <row r="367" spans="1:18">
       <c r="B367" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C367" s="15" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D367" s="15" t="s">
         <v>1294</v>
       </c>
-      <c r="D367" s="15" t="s">
+      <c r="E367" s="15" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
       <c r="F367" s="15"/>
       <c r="G367" s="15"/>
       <c r="H367" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I367" s="15" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="J367" s="15"/>
       <c r="K367" s="15">
         <v>0.14073</v>
       </c>
       <c r="L367" s="15">
         <v>0.12666</v>
       </c>
       <c r="M367" s="15">
         <v>0.11728</v>
       </c>
       <c r="N367" s="15">
-        <v>5040</v>
+        <v>3600</v>
       </c>
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367"/>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C368" s="15" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D368" s="15" t="s">
         <v>1298</v>
       </c>
-      <c r="D368" s="15" t="s">
+      <c r="E368" s="15" t="s">
         <v>1299</v>
-      </c>
-[...1 lines deleted...]
-        <v>1300</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15"/>
       <c r="H368" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I368" s="15" t="s">
-        <v>1301</v>
+        <v>1300</v>
       </c>
       <c r="J368" s="15"/>
       <c r="K368" s="15">
         <v>0.50301</v>
       </c>
       <c r="L368" s="15">
         <v>0.45271</v>
       </c>
       <c r="M368" s="15">
         <v>0.41918</v>
       </c>
       <c r="N368" s="15">
-        <v>3548</v>
+        <v>2999</v>
       </c>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368"/>
     </row>
     <row r="369" spans="1:18">
       <c r="B369" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C369" s="15" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D369" s="15" t="s">
         <v>1302</v>
       </c>
-      <c r="D369" s="15" t="s">
+      <c r="E369" s="15" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
       <c r="F369" s="15"/>
       <c r="G369" s="15"/>
       <c r="H369" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I369" s="15" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="J369" s="15">
         <v>500</v>
       </c>
       <c r="K369" s="15">
         <v>0.05741</v>
       </c>
       <c r="L369" s="15">
         <v>0.05166</v>
       </c>
       <c r="M369" s="15">
         <v>0.04784</v>
       </c>
       <c r="N369" s="15">
-        <v>21592</v>
+        <v>20072</v>
       </c>
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15">
         <v>12000</v>
       </c>
       <c r="R369"/>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C370" s="15" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D370" s="15" t="s">
         <v>1306</v>
       </c>
-      <c r="D370" s="15" t="s">
+      <c r="E370" s="15" t="s">
         <v>1307</v>
-      </c>
-[...1 lines deleted...]
-        <v>1308</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15"/>
       <c r="H370" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I370" s="15" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="J370" s="15">
         <v>500</v>
       </c>
       <c r="K370" s="15">
         <v>0.08634</v>
       </c>
       <c r="L370" s="15">
         <v>0.07771</v>
       </c>
       <c r="M370" s="15">
         <v>0.07195</v>
       </c>
       <c r="N370" s="15">
-        <v>19715</v>
+        <v>17086</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370"/>
     </row>
     <row r="371" spans="1:18">
       <c r="B371" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C371" s="15" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D371" s="15" t="s">
         <v>1310</v>
-      </c>
-[...1 lines deleted...]
-        <v>1311</v>
       </c>
       <c r="E371" s="15">
         <v>10080028301</v>
       </c>
       <c r="F371" s="15"/>
       <c r="G371" s="15"/>
       <c r="H371" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I371" s="15" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="J371" s="15">
         <v>500</v>
       </c>
       <c r="K371" s="15">
         <v>0.1864</v>
       </c>
       <c r="L371" s="15">
         <v>0.09987</v>
       </c>
       <c r="M371" s="15">
         <v>0.08655</v>
       </c>
       <c r="N371" s="15">
-        <v>3153</v>
+        <v>2392</v>
       </c>
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371"/>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C372" s="15" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D372" s="15" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
       <c r="E372" s="15">
         <v>10080038319</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15"/>
       <c r="H372" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I372" s="15" t="s">
-        <v>1315</v>
+        <v>1314</v>
       </c>
       <c r="J372" s="15"/>
       <c r="K372" s="15">
         <v>0.11483</v>
       </c>
       <c r="L372" s="15">
         <v>0.10334</v>
       </c>
       <c r="M372" s="15">
         <v>0.094</v>
       </c>
       <c r="N372" s="15">
-        <v>14287</v>
+        <v>12722</v>
       </c>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372"/>
     </row>
     <row r="373" spans="1:18">
       <c r="B373" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C373" s="15" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D373" s="15" t="s">
         <v>1316</v>
       </c>
-      <c r="D373" s="15" t="s">
+      <c r="E373" s="15" t="s">
         <v>1317</v>
-      </c>
-[...1 lines deleted...]
-        <v>1318</v>
       </c>
       <c r="F373" s="15"/>
       <c r="G373" s="15"/>
       <c r="H373" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I373" s="15" t="s">
-        <v>1319</v>
+        <v>1318</v>
       </c>
       <c r="J373" s="15"/>
       <c r="K373" s="15">
         <v>0.10824</v>
       </c>
       <c r="L373" s="15">
         <v>0.09381</v>
       </c>
       <c r="M373" s="15">
         <v>0.0902</v>
       </c>
-      <c r="N373" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N373" s="15"/>
       <c r="O373" s="15"/>
       <c r="P373" s="15"/>
       <c r="Q373" s="15"/>
       <c r="R373"/>
     </row>
     <row r="374" spans="1:18">
       <c r="B374" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C374" s="15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D374" s="15" t="s">
         <v>1320</v>
       </c>
-      <c r="D374" s="15" t="s">
+      <c r="E374" s="15" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
       <c r="F374" s="15"/>
       <c r="G374" s="15"/>
       <c r="H374" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I374" s="15" t="s">
-        <v>1323</v>
+        <v>1322</v>
       </c>
       <c r="J374" s="15">
         <v>1500</v>
       </c>
       <c r="K374" s="15">
         <v>0.14328</v>
       </c>
       <c r="L374" s="15">
         <v>0.12895</v>
       </c>
       <c r="M374" s="15">
         <v>0.1194</v>
       </c>
       <c r="N374" s="15">
-        <v>5863</v>
+        <v>5513</v>
       </c>
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15">
         <v>6000</v>
       </c>
       <c r="R374"/>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C375" s="15" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D375" s="15" t="s">
         <v>1324</v>
       </c>
-      <c r="D375" s="15" t="s">
+      <c r="E375" s="15" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15"/>
       <c r="H375" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I375" s="15" t="s">
-        <v>1327</v>
+        <v>1326</v>
       </c>
       <c r="J375" s="15"/>
       <c r="K375" s="15">
         <v>0.16787</v>
       </c>
       <c r="L375" s="15">
         <v>0.15108</v>
       </c>
       <c r="M375" s="15">
         <v>0.13989</v>
       </c>
       <c r="N375" s="15">
-        <v>6520</v>
+        <v>6275</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375"/>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
+        <v>1327</v>
+      </c>
+      <c r="D376" s="15" t="s">
         <v>1328</v>
       </c>
-      <c r="D376" s="15" t="s">
+      <c r="E376" s="15" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15"/>
       <c r="H376" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I376" s="15" t="s">
-        <v>1331</v>
+        <v>1330</v>
       </c>
       <c r="J376" s="15">
         <v>250</v>
       </c>
       <c r="K376" s="15">
         <v>0.22397</v>
       </c>
       <c r="L376" s="15">
         <v>0.20157</v>
       </c>
       <c r="M376" s="15">
         <v>0.18664</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376"/>
     </row>
     <row r="377" spans="1:18">
       <c r="B377" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C377" s="15" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D377" s="15" t="s">
         <v>1332</v>
-      </c>
-[...1 lines deleted...]
-        <v>1333</v>
       </c>
       <c r="E377" s="15">
         <v>10080038322</v>
       </c>
       <c r="F377" s="15"/>
       <c r="G377" s="15"/>
       <c r="H377" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I377" s="15" t="s">
-        <v>1334</v>
+        <v>1333</v>
       </c>
       <c r="J377" s="15"/>
       <c r="K377" s="15">
         <v>0.49849</v>
       </c>
       <c r="L377" s="15">
         <v>0.27595</v>
       </c>
       <c r="M377" s="15">
         <v>0.23145</v>
       </c>
       <c r="N377" s="15"/>
       <c r="O377" s="15"/>
       <c r="P377" s="15"/>
       <c r="Q377" s="15"/>
       <c r="R377"/>
     </row>
     <row r="378" spans="1:18">
       <c r="B378" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C378" s="15" t="s">
+        <v>1334</v>
+      </c>
+      <c r="D378" s="15" t="s">
         <v>1335</v>
-      </c>
-[...1 lines deleted...]
-        <v>1336</v>
       </c>
       <c r="E378" s="15">
         <v>10080038323</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15"/>
       <c r="H378" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I378" s="15" t="s">
-        <v>1337</v>
+        <v>1336</v>
       </c>
       <c r="J378" s="15"/>
       <c r="K378" s="15">
         <v>0.56067</v>
       </c>
       <c r="L378" s="15">
         <v>0.31037</v>
       </c>
       <c r="M378" s="15">
         <v>0.26031</v>
       </c>
       <c r="N378" s="15">
         <v>95</v>
       </c>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378"/>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C379" s="15" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D379" s="15" t="s">
         <v>1338</v>
-      </c>
-[...1 lines deleted...]
-        <v>1339</v>
       </c>
       <c r="E379" s="15">
         <v>10080038324</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15"/>
       <c r="H379" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I379" s="15" t="s">
-        <v>1340</v>
+        <v>1339</v>
       </c>
       <c r="J379" s="15"/>
       <c r="K379" s="15">
         <v>0.27986</v>
       </c>
       <c r="L379" s="15">
         <v>0.25187</v>
       </c>
       <c r="M379" s="15">
         <v>0.23321</v>
       </c>
       <c r="N379" s="15">
-        <v>2011</v>
+        <v>2070</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379"/>
     </row>
     <row r="380" spans="1:18">
       <c r="B380" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C380" s="15" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D380" s="15" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
       <c r="E380" s="15">
         <v>10080038325</v>
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15"/>
       <c r="H380" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I380" s="15" t="s">
-        <v>1343</v>
+        <v>1342</v>
       </c>
       <c r="J380" s="15"/>
       <c r="K380" s="15">
         <v>0.51498</v>
       </c>
       <c r="L380" s="15">
         <v>0.36785</v>
       </c>
       <c r="M380" s="15">
         <v>0.3188</v>
       </c>
       <c r="N380" s="15">
-        <v>932</v>
+        <v>1197</v>
       </c>
       <c r="O380" s="15"/>
       <c r="P380" s="15"/>
       <c r="Q380" s="15"/>
       <c r="R380"/>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C381" s="15" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D381" s="15" t="s">
         <v>1344</v>
       </c>
-      <c r="D381" s="15" t="s">
+      <c r="E381" s="15" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15"/>
       <c r="H381" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I381" s="15" t="s">
-        <v>1347</v>
+        <v>1346</v>
       </c>
       <c r="J381" s="15"/>
       <c r="K381" s="15">
         <v>0.25356</v>
       </c>
       <c r="L381" s="15">
         <v>0.22085</v>
       </c>
       <c r="M381" s="15">
         <v>0.20449</v>
       </c>
       <c r="N381" s="15">
-        <v>11165</v>
+        <v>12615</v>
       </c>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381"/>
     </row>
     <row r="382" spans="1:18">
       <c r="B382" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C382" s="15" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D382" s="15" t="s">
         <v>1348</v>
-      </c>
-[...1 lines deleted...]
-        <v>1349</v>
       </c>
       <c r="E382" s="15">
         <v>10080038335</v>
       </c>
       <c r="F382" s="15"/>
       <c r="G382" s="15"/>
       <c r="H382" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I382" s="15" t="s">
-        <v>1350</v>
+        <v>1349</v>
       </c>
       <c r="J382" s="15"/>
       <c r="K382" s="15">
         <v>0.18587</v>
       </c>
       <c r="L382" s="15">
         <v>0.18587</v>
       </c>
       <c r="M382" s="15">
         <v>0.18587</v>
       </c>
       <c r="N382" s="15">
-        <v>1445</v>
+        <v>1464</v>
       </c>
       <c r="O382" s="15"/>
       <c r="P382" s="15"/>
       <c r="Q382" s="15"/>
       <c r="R382"/>
     </row>
     <row r="383" spans="1:18">
       <c r="B383" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C383" s="15" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D383" s="15" t="s">
         <v>1351</v>
       </c>
-      <c r="D383" s="15" t="s">
+      <c r="E383" s="15" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
       <c r="F383" s="15"/>
       <c r="G383" s="15"/>
       <c r="H383" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I383" s="15" t="s">
-        <v>1354</v>
+        <v>1353</v>
       </c>
       <c r="J383" s="15">
         <v>250</v>
       </c>
       <c r="K383" s="15">
         <v>0.23868</v>
       </c>
       <c r="L383" s="15">
         <v>0.20789</v>
       </c>
       <c r="M383" s="15">
         <v>0.19249</v>
       </c>
       <c r="N383" s="15">
-        <v>645</v>
+        <v>695</v>
       </c>
       <c r="O383" s="15"/>
       <c r="P383" s="15"/>
       <c r="Q383" s="15"/>
       <c r="R383"/>
     </row>
     <row r="384" spans="1:18">
       <c r="B384" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C384" s="15" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D384" s="15" t="s">
         <v>1355</v>
-      </c>
-[...1 lines deleted...]
-        <v>1356</v>
       </c>
       <c r="E384" s="15">
         <v>10080038336</v>
       </c>
       <c r="F384" s="15"/>
       <c r="G384" s="15"/>
       <c r="H384" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I384" s="15" t="s">
-        <v>1357</v>
+        <v>1356</v>
       </c>
       <c r="J384" s="15"/>
       <c r="K384" s="15">
         <v>0.50646</v>
       </c>
       <c r="L384" s="15">
         <v>0.28036</v>
       </c>
       <c r="M384" s="15">
         <v>0.23515</v>
       </c>
       <c r="N384" s="15">
-        <v>245</v>
+        <v>210</v>
       </c>
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15"/>
       <c r="R384"/>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C385" s="15" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D385" s="15" t="s">
         <v>1358</v>
       </c>
-      <c r="D385" s="15" t="s">
+      <c r="E385" s="15" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15"/>
       <c r="H385" s="15" t="s">
-        <v>1046</v>
+        <v>1044</v>
       </c>
       <c r="I385" s="15" t="s">
-        <v>1361</v>
+        <v>1360</v>
       </c>
       <c r="J385" s="15">
         <v>750</v>
       </c>
       <c r="K385" s="15">
         <v>0.2996</v>
       </c>
       <c r="L385" s="15">
         <v>0.26094</v>
       </c>
       <c r="M385" s="15">
         <v>0.24161</v>
       </c>
       <c r="N385" s="15">
-        <v>840</v>
+        <v>790</v>
       </c>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15">
         <v>3000</v>
       </c>
       <c r="R385"/>
     </row>
     <row r="386" spans="1:18">
       <c r="B386" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C386" s="15" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D386" s="15" t="s">
         <v>1362</v>
       </c>
-      <c r="D386" s="15" t="s">
+      <c r="E386" s="15" t="s">
         <v>1363</v>
-      </c>
-[...1 lines deleted...]
-        <v>1364</v>
       </c>
       <c r="F386" s="15"/>
       <c r="G386" s="15"/>
       <c r="H386" s="15" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I386" s="15" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
       <c r="J386" s="15"/>
       <c r="K386" s="15">
         <v>0.12839</v>
       </c>
       <c r="L386" s="15">
         <v>0.11127</v>
       </c>
       <c r="M386" s="15">
         <v>0.10699</v>
       </c>
       <c r="N386" s="15">
-        <v>3050</v>
+        <v>4450</v>
       </c>
       <c r="O386" s="15"/>
       <c r="P386" s="15"/>
       <c r="Q386" s="15">
         <v>4800</v>
       </c>
       <c r="R386"/>
     </row>
     <row r="387" spans="1:18">
       <c r="B387" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C387" s="15" t="s">
+        <v>1366</v>
+      </c>
+      <c r="D387" s="15" t="s">
         <v>1367</v>
       </c>
-      <c r="D387" s="15" t="s">
+      <c r="E387" s="15" t="s">
         <v>1368</v>
-      </c>
-[...1 lines deleted...]
-        <v>1369</v>
       </c>
       <c r="F387" s="15"/>
       <c r="G387" s="15"/>
       <c r="H387" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I387" s="15" t="s">
-        <v>1370</v>
+        <v>1369</v>
       </c>
       <c r="J387" s="15">
         <v>600</v>
       </c>
       <c r="K387" s="15">
         <v>0.18501</v>
       </c>
       <c r="L387" s="15">
         <v>0.16651</v>
       </c>
       <c r="M387" s="15">
         <v>0.15418</v>
       </c>
       <c r="N387" s="15">
-        <v>7380</v>
+        <v>8856</v>
       </c>
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387"/>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C388" s="15" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D388" s="15" t="s">
         <v>1371</v>
       </c>
-      <c r="D388" s="15" t="s">
+      <c r="E388" s="15" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15"/>
       <c r="H388" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I388" s="15" t="s">
-        <v>1374</v>
+        <v>1373</v>
       </c>
       <c r="J388" s="15"/>
       <c r="K388" s="15">
         <v>0.31961</v>
       </c>
       <c r="L388" s="15">
         <v>0.27699</v>
       </c>
       <c r="M388" s="15">
         <v>0.26634</v>
       </c>
       <c r="N388" s="15">
-        <v>3350</v>
+        <v>4000</v>
       </c>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15">
         <v>2100</v>
       </c>
       <c r="R388"/>
     </row>
     <row r="389" spans="1:18">
       <c r="B389" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C389" s="15" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D389" s="15" t="s">
         <v>1375</v>
       </c>
-      <c r="D389" s="15" t="s">
+      <c r="E389" s="15" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
       <c r="F389" s="15"/>
       <c r="G389" s="15"/>
       <c r="H389" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I389" s="15" t="s">
-        <v>1378</v>
+        <v>1377</v>
       </c>
       <c r="J389" s="15"/>
       <c r="K389" s="15">
         <v>0.38397</v>
       </c>
       <c r="L389" s="15">
         <v>0.33277</v>
       </c>
       <c r="M389" s="15">
         <v>0.31998</v>
       </c>
       <c r="N389" s="15">
-        <v>3100</v>
+        <v>3550</v>
       </c>
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15">
         <v>1800</v>
       </c>
       <c r="R389"/>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C390" s="15" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D390" s="15" t="s">
         <v>1379</v>
       </c>
-      <c r="D390" s="15" t="s">
+      <c r="E390" s="15" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15"/>
       <c r="H390" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I390" s="15" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="J390" s="15">
         <v>2000</v>
       </c>
       <c r="K390" s="15">
         <v>0.0864</v>
       </c>
       <c r="L390" s="15">
         <v>0.07488</v>
       </c>
       <c r="M390" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N390" s="15">
-        <v>10000</v>
+        <v>8625</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15">
         <v>8000</v>
       </c>
       <c r="R390"/>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C391" s="15" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D391" s="15" t="s">
         <v>1383</v>
       </c>
-      <c r="D391" s="15" t="s">
+      <c r="E391" s="15" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15"/>
       <c r="H391" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I391" s="15" t="s">
-        <v>1386</v>
+        <v>1385</v>
       </c>
       <c r="J391" s="15"/>
       <c r="K391" s="15">
         <v>0.11</v>
       </c>
       <c r="L391" s="15">
         <v>0.097</v>
       </c>
       <c r="M391" s="15">
         <v>0.093</v>
       </c>
       <c r="N391" s="15">
         <v>5</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391"/>
     </row>
     <row r="392" spans="1:18">
       <c r="B392" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C392" s="15" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D392" s="15" t="s">
         <v>1387</v>
       </c>
-      <c r="D392" s="15" t="s">
+      <c r="E392" s="15" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
       <c r="F392" s="15"/>
       <c r="G392" s="15"/>
       <c r="H392" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I392" s="15" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="J392" s="15"/>
       <c r="K392" s="15">
         <v>0.13782</v>
       </c>
       <c r="L392" s="15">
         <v>0.12404</v>
       </c>
       <c r="M392" s="15">
         <v>0.11485</v>
       </c>
       <c r="N392" s="15">
-        <v>7750</v>
+        <v>8875</v>
       </c>
       <c r="O392" s="15"/>
       <c r="P392" s="15"/>
       <c r="Q392" s="15"/>
       <c r="R392"/>
     </row>
     <row r="393" spans="1:18">
       <c r="B393" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C393" s="15" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D393" s="15" t="s">
         <v>1391</v>
       </c>
-      <c r="D393" s="15" t="s">
+      <c r="E393" s="15" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
       <c r="F393" s="15"/>
       <c r="G393" s="15"/>
       <c r="H393" s="15" t="s">
-        <v>1365</v>
+        <v>1364</v>
       </c>
       <c r="I393" s="15" t="s">
-        <v>1394</v>
+        <v>1393</v>
       </c>
       <c r="J393" s="15"/>
       <c r="K393" s="15">
         <v>0.52</v>
       </c>
       <c r="L393" s="15">
         <v>0.46</v>
       </c>
       <c r="M393" s="15">
         <v>0.43</v>
       </c>
       <c r="N393" s="15">
         <v>5</v>
       </c>
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393"/>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C394" s="15" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D394" s="15" t="s">
         <v>1395</v>
-      </c>
-[...1 lines deleted...]
-        <v>1396</v>
       </c>
       <c r="E394" s="15">
         <v>10080050294</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15"/>
       <c r="H394" s="15" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I394" s="15" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
       <c r="J394" s="15">
         <v>250</v>
       </c>
       <c r="K394" s="15">
         <v>0.11433</v>
       </c>
       <c r="L394" s="15">
         <v>0.09909</v>
       </c>
       <c r="M394" s="15">
         <v>0.09528</v>
       </c>
       <c r="N394" s="15">
-        <v>255</v>
+        <v>222</v>
       </c>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394"/>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C395" s="15" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D395" s="15" t="s">
         <v>1399</v>
       </c>
-      <c r="D395" s="15" t="s">
+      <c r="E395" s="15" t="s">
         <v>1400</v>
-      </c>
-[...1 lines deleted...]
-        <v>1401</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15"/>
       <c r="H395" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I395" s="15" t="s">
-        <v>1402</v>
+        <v>1401</v>
       </c>
       <c r="J395" s="15"/>
       <c r="K395" s="15">
         <v>0.22769</v>
       </c>
       <c r="L395" s="15">
         <v>0.19733</v>
       </c>
       <c r="M395" s="15">
         <v>0.18974</v>
       </c>
       <c r="N395" s="15">
-        <v>750</v>
+        <v>870</v>
       </c>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395"/>
     </row>
     <row r="396" spans="1:18">
       <c r="B396" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C396" s="15" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D396" s="15" t="s">
         <v>1403</v>
       </c>
-      <c r="D396" s="15" t="s">
+      <c r="E396" s="15" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
       <c r="F396" s="15"/>
       <c r="G396" s="15"/>
       <c r="H396" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I396" s="15" t="s">
-        <v>1406</v>
+        <v>1405</v>
       </c>
       <c r="J396" s="15"/>
       <c r="K396" s="15">
         <v>0.30036</v>
       </c>
       <c r="L396" s="15">
         <v>0.26031</v>
       </c>
       <c r="M396" s="15">
         <v>0.2503</v>
       </c>
       <c r="N396" s="15">
-        <v>780</v>
+        <v>800</v>
       </c>
       <c r="O396" s="15"/>
       <c r="P396" s="15"/>
       <c r="Q396" s="15"/>
       <c r="R396"/>
     </row>
     <row r="397" spans="1:18">
       <c r="B397" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C397" s="15" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D397" s="15" t="s">
         <v>1407</v>
       </c>
-      <c r="D397" s="15" t="s">
+      <c r="E397" s="15" t="s">
         <v>1408</v>
-      </c>
-[...1 lines deleted...]
-        <v>1409</v>
       </c>
       <c r="F397" s="15"/>
       <c r="G397" s="15"/>
       <c r="H397" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I397" s="15" t="s">
-        <v>1410</v>
+        <v>1409</v>
       </c>
       <c r="J397" s="15"/>
       <c r="K397" s="15">
         <v>0.5315299999999999</v>
       </c>
       <c r="L397" s="15">
         <v>0.46066</v>
       </c>
       <c r="M397" s="15">
         <v>0.44294</v>
       </c>
       <c r="N397" s="15">
-        <v>680</v>
+        <v>850</v>
       </c>
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397"/>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C398" s="15" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D398" s="15" t="s">
         <v>1411</v>
       </c>
-      <c r="D398" s="15" t="s">
+      <c r="E398" s="15" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15"/>
       <c r="H398" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I398" s="15" t="s">
-        <v>1414</v>
+        <v>1413</v>
       </c>
       <c r="J398" s="15"/>
       <c r="K398" s="15">
         <v>0.67665</v>
       </c>
       <c r="L398" s="15">
         <v>0.58643</v>
       </c>
       <c r="M398" s="15">
         <v>0.56388</v>
       </c>
       <c r="N398" s="15">
-        <v>760</v>
+        <v>810</v>
       </c>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398"/>
     </row>
     <row r="399" spans="1:18">
       <c r="B399" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C399" s="15" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D399" s="15" t="s">
         <v>1415</v>
       </c>
-      <c r="D399" s="15" t="s">
+      <c r="E399" s="15" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
       <c r="F399" s="15"/>
       <c r="G399" s="15"/>
       <c r="H399" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I399" s="15" t="s">
-        <v>1418</v>
+        <v>1417</v>
       </c>
       <c r="J399" s="15"/>
       <c r="K399" s="15">
         <v>1.13</v>
       </c>
       <c r="L399" s="15">
         <v>0.98303</v>
       </c>
       <c r="M399" s="15">
         <v>0.94523</v>
       </c>
       <c r="N399" s="15">
-        <v>900</v>
+        <v>810</v>
       </c>
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399"/>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C400" s="15" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D400" s="15" t="s">
         <v>1419</v>
       </c>
-      <c r="D400" s="15" t="s">
+      <c r="E400" s="15" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>1421</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15"/>
       <c r="H400" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I400" s="15" t="s">
-        <v>1422</v>
+        <v>1421</v>
       </c>
       <c r="J400" s="15"/>
       <c r="K400" s="15">
         <v>0.29954</v>
       </c>
       <c r="L400" s="15">
         <v>0.2596</v>
       </c>
       <c r="M400" s="15">
         <v>0.24961</v>
       </c>
       <c r="N400" s="15">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400"/>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C401" s="15" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D401" s="15" t="s">
         <v>1423</v>
       </c>
-      <c r="D401" s="15" t="s">
+      <c r="E401" s="15" t="s">
         <v>1424</v>
-      </c>
-[...1 lines deleted...]
-        <v>1425</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15"/>
       <c r="H401" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I401" s="15" t="s">
-        <v>1426</v>
+        <v>1425</v>
       </c>
       <c r="J401" s="15"/>
       <c r="K401" s="15">
         <v>0.39851</v>
       </c>
       <c r="L401" s="15">
         <v>0.34537</v>
       </c>
       <c r="M401" s="15">
         <v>0.33209</v>
       </c>
       <c r="N401" s="15">
-        <v>608</v>
+        <v>808</v>
       </c>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401"/>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C402" s="15" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D402" s="15" t="s">
         <v>1427</v>
       </c>
-      <c r="D402" s="15" t="s">
+      <c r="E402" s="15" t="s">
         <v>1428</v>
-      </c>
-[...1 lines deleted...]
-        <v>1429</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15"/>
       <c r="H402" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I402" s="15" t="s">
-        <v>1430</v>
+        <v>1429</v>
       </c>
       <c r="J402" s="15"/>
       <c r="K402" s="15">
         <v>1.1</v>
       </c>
       <c r="L402" s="15">
         <v>0.95755</v>
       </c>
       <c r="M402" s="15">
         <v>0.92073</v>
       </c>
       <c r="N402" s="15">
-        <v>720</v>
+        <v>860</v>
       </c>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402"/>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C403" s="15" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D403" s="15" t="s">
         <v>1431</v>
       </c>
-      <c r="D403" s="15" t="s">
+      <c r="E403" s="15" t="s">
         <v>1432</v>
-      </c>
-[...1 lines deleted...]
-        <v>1433</v>
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15"/>
       <c r="H403" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I403" s="15" t="s">
-        <v>1434</v>
+        <v>1433</v>
       </c>
       <c r="J403" s="15">
         <v>100</v>
       </c>
       <c r="K403" s="15">
         <v>3.28</v>
       </c>
       <c r="L403" s="15">
         <v>2.75</v>
       </c>
       <c r="M403" s="15">
         <v>2.65</v>
       </c>
       <c r="N403" s="15"/>
       <c r="O403" s="15"/>
       <c r="P403" s="15"/>
       <c r="Q403" s="15"/>
       <c r="R403"/>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C404" s="15" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D404" s="15" t="s">
         <v>1435</v>
-      </c>
-[...1 lines deleted...]
-        <v>1436</v>
       </c>
       <c r="E404" s="15">
         <v>10080028523</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15"/>
       <c r="H404" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I404" s="15" t="s">
-        <v>1437</v>
+        <v>1436</v>
       </c>
       <c r="J404" s="15">
         <v>600</v>
       </c>
       <c r="K404" s="15">
         <v>0.08946</v>
       </c>
       <c r="L404" s="15">
         <v>0.07753</v>
       </c>
       <c r="M404" s="15">
         <v>0.07455000000000001</v>
       </c>
       <c r="N404" s="15"/>
       <c r="O404" s="15"/>
       <c r="P404" s="15"/>
       <c r="Q404" s="15"/>
       <c r="R404"/>
     </row>
     <row r="405" spans="1:18">
       <c r="B405" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C405" s="15" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D405" s="15" t="s">
         <v>1435</v>
       </c>
-      <c r="D405" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E405" s="15" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
       <c r="F405" s="15"/>
       <c r="G405" s="15"/>
       <c r="H405" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I405" s="15" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
       <c r="J405" s="15">
         <v>500</v>
       </c>
       <c r="K405" s="15">
         <v>0.0915</v>
       </c>
       <c r="L405" s="15">
         <v>0.0793</v>
       </c>
       <c r="M405" s="15">
         <v>0.07625</v>
       </c>
       <c r="N405" s="15">
-        <v>4135</v>
+        <v>3970</v>
       </c>
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405"/>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C406" s="15" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D406" s="15" t="s">
         <v>1440</v>
       </c>
-      <c r="D406" s="15" t="s">
+      <c r="E406" s="15" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15"/>
       <c r="H406" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I406" s="15" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="J406" s="15">
         <v>400</v>
       </c>
       <c r="K406" s="15">
         <v>0.13125</v>
       </c>
       <c r="L406" s="15">
         <v>0.11375</v>
       </c>
       <c r="M406" s="15">
         <v>0.10938</v>
       </c>
       <c r="N406" s="15">
-        <v>131</v>
+        <v>98</v>
       </c>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406"/>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C407" s="15" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D407" s="15" t="s">
         <v>1444</v>
       </c>
-      <c r="D407" s="15" t="s">
+      <c r="E407" s="15" t="s">
         <v>1445</v>
-      </c>
-[...1 lines deleted...]
-        <v>1446</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15"/>
       <c r="H407" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I407" s="15" t="s">
-        <v>1447</v>
+        <v>1446</v>
       </c>
       <c r="J407" s="15">
         <v>300</v>
       </c>
       <c r="K407" s="15">
         <v>0.18647</v>
       </c>
       <c r="L407" s="15">
         <v>0.1616</v>
       </c>
       <c r="M407" s="15">
         <v>0.15539</v>
       </c>
       <c r="N407" s="15">
-        <v>13444</v>
+        <v>13823</v>
       </c>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407"/>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C408" s="15" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D408" s="15" t="s">
         <v>1448</v>
       </c>
-      <c r="D408" s="15" t="s">
+      <c r="E408" s="15" t="s">
         <v>1449</v>
-      </c>
-[...1 lines deleted...]
-        <v>1450</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15"/>
       <c r="H408" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I408" s="15" t="s">
-        <v>1451</v>
+        <v>1450</v>
       </c>
       <c r="J408" s="15">
         <v>100</v>
       </c>
       <c r="K408" s="15">
         <v>0.22874</v>
       </c>
       <c r="L408" s="15">
         <v>0.19824</v>
       </c>
       <c r="M408" s="15">
         <v>0.19061</v>
       </c>
       <c r="N408" s="15"/>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408"/>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C409" s="15" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D409" s="15" t="s">
         <v>1452</v>
       </c>
-      <c r="D409" s="15" t="s">
+      <c r="E409" s="15" t="s">
         <v>1453</v>
-      </c>
-[...1 lines deleted...]
-        <v>1454</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15"/>
       <c r="H409" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I409" s="15" t="s">
-        <v>1455</v>
+        <v>1454</v>
       </c>
       <c r="J409" s="15">
         <v>100</v>
       </c>
       <c r="K409" s="15">
         <v>0.27404</v>
       </c>
       <c r="L409" s="15">
         <v>0.2375</v>
       </c>
       <c r="M409" s="15">
         <v>0.22836</v>
       </c>
       <c r="N409" s="15">
-        <v>5384</v>
+        <v>5705</v>
       </c>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409"/>
     </row>
     <row r="410" spans="1:18">
       <c r="B410" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C410" s="15" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D410" s="15" t="s">
         <v>1456</v>
       </c>
-      <c r="D410" s="15" t="s">
+      <c r="E410" s="15" t="s">
         <v>1457</v>
-      </c>
-[...1 lines deleted...]
-        <v>1458</v>
       </c>
       <c r="F410" s="15"/>
       <c r="G410" s="15"/>
       <c r="H410" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I410" s="15" t="s">
-        <v>1459</v>
+        <v>1458</v>
       </c>
       <c r="J410" s="15">
         <v>150</v>
       </c>
       <c r="K410" s="15">
         <v>0.3333</v>
       </c>
       <c r="L410" s="15">
         <v>0.28886</v>
       </c>
       <c r="M410" s="15">
         <v>0.27775</v>
       </c>
       <c r="N410" s="15"/>
       <c r="O410" s="15"/>
       <c r="P410" s="15"/>
       <c r="Q410" s="15"/>
       <c r="R410"/>
     </row>
     <row r="411" spans="1:18">
       <c r="B411" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C411" s="15" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D411" s="15" t="s">
         <v>1460</v>
       </c>
-      <c r="D411" s="15" t="s">
+      <c r="E411" s="15" t="s">
         <v>1461</v>
-      </c>
-[...1 lines deleted...]
-        <v>1462</v>
       </c>
       <c r="F411" s="15"/>
       <c r="G411" s="15"/>
       <c r="H411" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I411" s="15" t="s">
-        <v>1463</v>
+        <v>1462</v>
       </c>
       <c r="J411" s="15">
         <v>150</v>
       </c>
       <c r="K411" s="15">
         <v>0.37994</v>
       </c>
       <c r="L411" s="15">
         <v>0.32928</v>
       </c>
       <c r="M411" s="15">
         <v>0.31661</v>
       </c>
       <c r="N411" s="15">
-        <v>5039</v>
+        <v>4969</v>
       </c>
       <c r="O411" s="15"/>
       <c r="P411" s="15"/>
       <c r="Q411" s="15"/>
       <c r="R411"/>
     </row>
     <row r="412" spans="1:18">
       <c r="B412" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C412" s="15" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D412" s="15" t="s">
         <v>1464</v>
       </c>
-      <c r="D412" s="15" t="s">
+      <c r="E412" s="15" t="s">
         <v>1465</v>
-      </c>
-[...1 lines deleted...]
-        <v>1466</v>
       </c>
       <c r="F412" s="15"/>
       <c r="G412" s="15"/>
       <c r="H412" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I412" s="15" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="J412" s="15"/>
       <c r="K412" s="15">
         <v>0.72378</v>
       </c>
       <c r="L412" s="15">
         <v>0.60315</v>
       </c>
       <c r="M412" s="15">
         <v>0.57903</v>
       </c>
       <c r="N412" s="15">
         <v>52</v>
       </c>
       <c r="O412" s="15"/>
       <c r="P412" s="15"/>
       <c r="Q412" s="15"/>
       <c r="R412"/>
     </row>
     <row r="413" spans="1:18">
       <c r="B413" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C413" s="15" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D413" s="15" t="s">
         <v>1468</v>
       </c>
-      <c r="D413" s="15" t="s">
+      <c r="E413" s="15" t="s">
         <v>1469</v>
-      </c>
-[...1 lines deleted...]
-        <v>1470</v>
       </c>
       <c r="F413" s="15"/>
       <c r="G413" s="15"/>
       <c r="H413" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I413" s="15" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="J413" s="15">
         <v>100</v>
       </c>
       <c r="K413" s="15">
         <v>0.47592</v>
       </c>
       <c r="L413" s="15">
         <v>0.41246</v>
       </c>
       <c r="M413" s="15">
         <v>0.3966</v>
       </c>
       <c r="N413" s="15">
-        <v>688</v>
+        <v>728</v>
       </c>
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413"/>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
+        <v>1471</v>
+      </c>
+      <c r="D414" s="15" t="s">
         <v>1472</v>
       </c>
-      <c r="D414" s="15" t="s">
+      <c r="E414" s="15" t="s">
         <v>1473</v>
-      </c>
-[...1 lines deleted...]
-        <v>1474</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15"/>
       <c r="H414" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I414" s="15" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="J414" s="15"/>
       <c r="K414" s="15">
         <v>0.29537</v>
       </c>
       <c r="L414" s="15">
         <v>0.25598</v>
       </c>
       <c r="M414" s="15">
         <v>0.24614</v>
       </c>
       <c r="N414" s="15">
-        <v>333</v>
+        <v>368</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414"/>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C415" s="15" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D415" s="15" t="s">
         <v>1476</v>
       </c>
-      <c r="D415" s="15" t="s">
+      <c r="E415" s="15" t="s">
         <v>1477</v>
-      </c>
-[...1 lines deleted...]
-        <v>1478</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15"/>
       <c r="H415" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I415" s="15" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
       <c r="J415" s="15"/>
       <c r="K415" s="15">
         <v>0.42932</v>
       </c>
       <c r="L415" s="15">
         <v>0.37207</v>
       </c>
       <c r="M415" s="15">
         <v>0.35776</v>
       </c>
       <c r="N415" s="15">
-        <v>810</v>
+        <v>860</v>
       </c>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415"/>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C416" s="15" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D416" s="15" t="s">
         <v>1480</v>
       </c>
-      <c r="D416" s="15" t="s">
+      <c r="E416" s="15" t="s">
         <v>1481</v>
-      </c>
-[...1 lines deleted...]
-        <v>1482</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15"/>
       <c r="H416" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I416" s="15" t="s">
-        <v>1483</v>
+        <v>1482</v>
       </c>
       <c r="J416" s="15"/>
       <c r="K416" s="15">
         <v>0.19529</v>
       </c>
       <c r="L416" s="15">
         <v>0.16925</v>
       </c>
       <c r="M416" s="15">
         <v>0.16274</v>
       </c>
       <c r="N416" s="15">
-        <v>900</v>
+        <v>890</v>
       </c>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416"/>
     </row>
     <row r="417" spans="1:18">
       <c r="B417" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C417" s="15" t="s">
+        <v>1483</v>
+      </c>
+      <c r="D417" s="15" t="s">
         <v>1484</v>
       </c>
-      <c r="D417" s="15" t="s">
+      <c r="E417" s="15" t="s">
         <v>1485</v>
-      </c>
-[...1 lines deleted...]
-        <v>1486</v>
       </c>
       <c r="F417" s="15"/>
       <c r="G417" s="15"/>
       <c r="H417" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I417" s="15" t="s">
-        <v>1487</v>
+        <v>1486</v>
       </c>
       <c r="J417" s="15"/>
       <c r="K417" s="15">
         <v>0.24024</v>
       </c>
       <c r="L417" s="15">
         <v>0.20821</v>
       </c>
       <c r="M417" s="15">
         <v>0.2002</v>
       </c>
       <c r="N417" s="15">
-        <v>610</v>
+        <v>660</v>
       </c>
       <c r="O417" s="15"/>
       <c r="P417" s="15"/>
       <c r="Q417" s="15"/>
       <c r="R417"/>
     </row>
     <row r="418" spans="1:18">
       <c r="B418" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C418" s="15" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D418" s="15" t="s">
         <v>1488</v>
       </c>
-      <c r="D418" s="15" t="s">
+      <c r="E418" s="15" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15"/>
       <c r="H418" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I418" s="15"/>
       <c r="J418" s="15"/>
       <c r="K418" s="15">
         <v>0.59999</v>
       </c>
       <c r="L418" s="15">
         <v>0.5</v>
       </c>
       <c r="M418" s="15">
         <v>0.48</v>
       </c>
       <c r="N418" s="15">
         <v>100</v>
       </c>
       <c r="O418" s="15"/>
       <c r="P418" s="15"/>
       <c r="Q418" s="15"/>
       <c r="R418"/>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C419" s="15" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D419" s="15" t="s">
         <v>1491</v>
       </c>
-      <c r="D419" s="15" t="s">
+      <c r="E419" s="15" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15"/>
       <c r="H419" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I419" s="15"/>
       <c r="J419" s="15"/>
       <c r="K419" s="15">
         <v>0.88187</v>
       </c>
       <c r="L419" s="15">
         <v>0.88187</v>
       </c>
       <c r="M419" s="15">
         <v>0.88187</v>
       </c>
       <c r="N419" s="15">
         <v>100</v>
       </c>
       <c r="O419" s="15"/>
       <c r="P419" s="15"/>
       <c r="Q419" s="15"/>
       <c r="R419"/>
     </row>
     <row r="420" spans="1:18">
       <c r="B420" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C420" s="15" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D420" s="15" t="s">
         <v>1494</v>
-      </c>
-[...1 lines deleted...]
-        <v>1495</v>
       </c>
       <c r="E420" s="15">
         <v>10080028524</v>
       </c>
       <c r="F420" s="15"/>
       <c r="G420" s="15"/>
       <c r="H420" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I420" s="15" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
       <c r="J420" s="15">
         <v>1000</v>
       </c>
       <c r="K420" s="15">
         <v>0.03206</v>
       </c>
       <c r="L420" s="15">
         <v>0.02778</v>
       </c>
       <c r="M420" s="15">
         <v>0.02671</v>
       </c>
       <c r="N420" s="15">
-        <v>483</v>
+        <v>408</v>
       </c>
       <c r="O420" s="15"/>
       <c r="P420" s="15"/>
       <c r="Q420" s="15"/>
       <c r="R420"/>
     </row>
     <row r="421" spans="1:18">
       <c r="B421" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C421" s="15" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D421" s="15" t="s">
         <v>1497</v>
       </c>
-      <c r="D421" s="15" t="s">
+      <c r="E421" s="15" t="s">
         <v>1498</v>
-      </c>
-[...1 lines deleted...]
-        <v>1499</v>
       </c>
       <c r="F421" s="15"/>
       <c r="G421" s="15"/>
       <c r="H421" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I421" s="15" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
       <c r="J421" s="15">
         <v>500</v>
       </c>
       <c r="K421" s="15">
         <v>0.04787</v>
       </c>
       <c r="L421" s="15">
         <v>0.04148</v>
       </c>
       <c r="M421" s="15">
         <v>0.03989</v>
       </c>
       <c r="N421" s="15">
-        <v>9393</v>
+        <v>11560</v>
       </c>
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421"/>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C422" s="15" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D422" s="15" t="s">
         <v>1501</v>
       </c>
-      <c r="D422" s="15" t="s">
+      <c r="E422" s="15" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15"/>
       <c r="H422" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I422" s="15" t="s">
-        <v>1504</v>
+        <v>1503</v>
       </c>
       <c r="J422" s="15">
         <v>500</v>
       </c>
       <c r="K422" s="15">
         <v>0.05333</v>
       </c>
       <c r="L422" s="15">
         <v>0.04622</v>
       </c>
       <c r="M422" s="15">
         <v>0.04444</v>
       </c>
       <c r="N422" s="15"/>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422"/>
     </row>
     <row r="423" spans="1:18">
       <c r="B423" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C423" s="15" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D423" s="15" t="s">
         <v>1505</v>
       </c>
-      <c r="D423" s="15" t="s">
+      <c r="E423" s="15" t="s">
         <v>1506</v>
-      </c>
-[...1 lines deleted...]
-        <v>1507</v>
       </c>
       <c r="F423" s="15"/>
       <c r="G423" s="15"/>
       <c r="H423" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I423" s="15" t="s">
-        <v>1508</v>
+        <v>1507</v>
       </c>
       <c r="J423" s="15">
         <v>350</v>
       </c>
       <c r="K423" s="15">
         <v>0.06716999999999999</v>
       </c>
       <c r="L423" s="15">
         <v>0.05821</v>
       </c>
       <c r="M423" s="15">
         <v>0.05598</v>
       </c>
       <c r="N423" s="15">
-        <v>4250</v>
+        <v>3200</v>
       </c>
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423"/>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D424" s="15" t="s">
         <v>1509</v>
       </c>
-      <c r="D424" s="15" t="s">
+      <c r="E424" s="15" t="s">
         <v>1510</v>
-      </c>
-[...1 lines deleted...]
-        <v>1511</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15"/>
       <c r="H424" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I424" s="15" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="J424" s="15">
         <v>350</v>
       </c>
       <c r="K424" s="15">
         <v>0.08069999999999999</v>
       </c>
       <c r="L424" s="15">
         <v>0.06994</v>
       </c>
       <c r="M424" s="15">
         <v>0.06725</v>
       </c>
       <c r="N424" s="15">
-        <v>497</v>
+        <v>574</v>
       </c>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424"/>
     </row>
     <row r="425" spans="1:18">
       <c r="B425" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C425" s="15" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D425" s="15" t="s">
         <v>1513</v>
       </c>
-      <c r="D425" s="15" t="s">
+      <c r="E425" s="15" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
       <c r="F425" s="15"/>
       <c r="G425" s="15"/>
       <c r="H425" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I425" s="15" t="s">
-        <v>1516</v>
+        <v>1515</v>
       </c>
       <c r="J425" s="15">
         <v>250</v>
       </c>
       <c r="K425" s="15">
         <v>0.09329</v>
       </c>
       <c r="L425" s="15">
         <v>0.08085000000000001</v>
       </c>
       <c r="M425" s="15">
         <v>0.07774</v>
       </c>
       <c r="N425" s="15">
-        <v>2370</v>
+        <v>2041</v>
       </c>
       <c r="O425" s="15"/>
       <c r="P425" s="15"/>
       <c r="Q425" s="15"/>
       <c r="R425"/>
     </row>
     <row r="426" spans="1:18">
       <c r="B426" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C426" s="15" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D426" s="15" t="s">
         <v>1517</v>
       </c>
-      <c r="D426" s="15" t="s">
+      <c r="E426" s="15" t="s">
         <v>1518</v>
-      </c>
-[...1 lines deleted...]
-        <v>1519</v>
       </c>
       <c r="F426" s="15"/>
       <c r="G426" s="15"/>
       <c r="H426" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I426" s="15" t="s">
-        <v>1520</v>
+        <v>1519</v>
       </c>
       <c r="J426" s="15">
         <v>1000</v>
       </c>
       <c r="K426" s="15">
         <v>0.02559</v>
       </c>
       <c r="L426" s="15">
         <v>0.02218</v>
       </c>
       <c r="M426" s="15">
         <v>0.02133</v>
       </c>
       <c r="N426" s="15">
-        <v>16019</v>
+        <v>14875</v>
       </c>
       <c r="O426" s="15"/>
       <c r="P426" s="15"/>
       <c r="Q426" s="15"/>
       <c r="R426"/>
     </row>
     <row r="427" spans="1:18">
       <c r="B427" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C427" s="15" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D427" s="15" t="s">
         <v>1521</v>
       </c>
-      <c r="D427" s="15" t="s">
+      <c r="E427" s="15" t="s">
         <v>1522</v>
-      </c>
-[...1 lines deleted...]
-        <v>1523</v>
       </c>
       <c r="F427" s="15"/>
       <c r="G427" s="15"/>
       <c r="H427" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I427" s="15" t="s">
-        <v>1524</v>
+        <v>1523</v>
       </c>
       <c r="J427" s="15">
         <v>500</v>
       </c>
       <c r="K427" s="15">
         <v>0.03848</v>
       </c>
       <c r="L427" s="15">
         <v>0.03335</v>
       </c>
       <c r="M427" s="15">
         <v>0.03206</v>
       </c>
       <c r="N427" s="15">
-        <v>28952</v>
+        <v>28616</v>
       </c>
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427"/>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D428" s="15" t="s">
         <v>1525</v>
       </c>
-      <c r="D428" s="15" t="s">
+      <c r="E428" s="15" t="s">
         <v>1526</v>
-      </c>
-[...1 lines deleted...]
-        <v>1527</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15"/>
       <c r="H428" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I428" s="15" t="s">
-        <v>1528</v>
+        <v>1527</v>
       </c>
       <c r="J428" s="15">
         <v>500</v>
       </c>
       <c r="K428" s="15">
         <v>0.0525</v>
       </c>
       <c r="L428" s="15">
         <v>0.0455</v>
       </c>
       <c r="M428" s="15">
         <v>0.04375</v>
       </c>
       <c r="N428" s="15">
-        <v>2450</v>
+        <v>2345</v>
       </c>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428"/>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C429" s="15" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D429" s="15" t="s">
         <v>1529</v>
       </c>
-      <c r="D429" s="15" t="s">
+      <c r="E429" s="15" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15"/>
       <c r="H429" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I429" s="15" t="s">
-        <v>1532</v>
+        <v>1531</v>
       </c>
       <c r="J429" s="15"/>
       <c r="K429" s="15">
         <v>0.0644</v>
       </c>
       <c r="L429" s="15">
         <v>0.05581</v>
       </c>
       <c r="M429" s="15">
         <v>0.05366</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429"/>
     </row>
     <row r="430" spans="1:18">
       <c r="B430" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C430" s="15" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D430" s="15" t="s">
         <v>1533</v>
       </c>
-      <c r="D430" s="15" t="s">
+      <c r="E430" s="15" t="s">
         <v>1534</v>
-      </c>
-[...1 lines deleted...]
-        <v>1535</v>
       </c>
       <c r="F430" s="15"/>
       <c r="G430" s="15"/>
       <c r="H430" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I430" s="15" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="J430" s="15">
         <v>200</v>
       </c>
       <c r="K430" s="15">
         <v>0.07385</v>
       </c>
       <c r="L430" s="15">
         <v>0.064</v>
       </c>
       <c r="M430" s="15">
         <v>0.06154</v>
       </c>
       <c r="N430" s="15"/>
       <c r="O430" s="15"/>
       <c r="P430" s="15"/>
       <c r="Q430" s="15"/>
       <c r="R430"/>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C431" s="15" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D431" s="15" t="s">
         <v>1533</v>
       </c>
-      <c r="D431" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E431" s="15" t="s">
-        <v>1537</v>
+        <v>1536</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15"/>
       <c r="H431" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I431" s="15" t="s">
-        <v>1538</v>
+        <v>1537</v>
       </c>
       <c r="J431" s="15">
         <v>350</v>
       </c>
       <c r="K431" s="15">
         <v>0.07541</v>
       </c>
       <c r="L431" s="15">
         <v>0.06535000000000001</v>
       </c>
       <c r="M431" s="15">
         <v>0.06283999999999999</v>
       </c>
       <c r="N431" s="15">
-        <v>6545</v>
+        <v>6468</v>
       </c>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431"/>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C432" s="15" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D432" s="15" t="s">
         <v>1539</v>
       </c>
-      <c r="D432" s="15" t="s">
+      <c r="E432" s="15" t="s">
         <v>1540</v>
-      </c>
-[...1 lines deleted...]
-        <v>1541</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15"/>
       <c r="H432" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I432" s="15" t="s">
-        <v>1542</v>
+        <v>1541</v>
       </c>
       <c r="J432" s="15">
         <v>300</v>
       </c>
       <c r="K432" s="15">
         <v>0.09012000000000001</v>
       </c>
       <c r="L432" s="15">
         <v>0.0781</v>
       </c>
       <c r="M432" s="15">
         <v>0.0751</v>
       </c>
       <c r="N432" s="15">
-        <v>384</v>
+        <v>520</v>
       </c>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432"/>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C433" s="15" t="s">
+        <v>1542</v>
+      </c>
+      <c r="D433" s="15" t="s">
         <v>1543</v>
       </c>
-      <c r="D433" s="15" t="s">
+      <c r="E433" s="15" t="s">
         <v>1544</v>
-      </c>
-[...1 lines deleted...]
-        <v>1545</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15"/>
       <c r="H433" s="15" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="I433" s="15" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="J433" s="15">
         <v>100</v>
       </c>
       <c r="K433" s="15">
         <v>1.11</v>
       </c>
       <c r="L433" s="15">
         <v>0.9288</v>
       </c>
       <c r="M433" s="15">
         <v>0.89308</v>
       </c>
       <c r="N433" s="15"/>
       <c r="O433" s="15"/>
       <c r="P433" s="15"/>
       <c r="Q433" s="15"/>
       <c r="R433"/>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C434" s="15" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D434" s="15" t="s">
         <v>1547</v>
       </c>
-      <c r="D434" s="15" t="s">
+      <c r="E434" s="15" t="s">
         <v>1548</v>
-      </c>
-[...1 lines deleted...]
-        <v>1549</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15"/>
       <c r="H434" s="15" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I434" s="15" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
       <c r="J434" s="15">
         <v>150</v>
       </c>
       <c r="K434" s="15">
         <v>0.52586</v>
       </c>
       <c r="L434" s="15">
         <v>0.49236</v>
       </c>
       <c r="M434" s="15">
         <v>0.47561</v>
       </c>
       <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434"/>
     </row>
     <row r="435" spans="1:18">
       <c r="B435" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C435" s="15" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D435" s="15" t="s">
         <v>1552</v>
       </c>
-      <c r="D435" s="15" t="s">
+      <c r="E435" s="15" t="s">
         <v>1553</v>
-      </c>
-[...1 lines deleted...]
-        <v>1554</v>
       </c>
       <c r="F435" s="15"/>
       <c r="G435" s="15"/>
       <c r="H435" s="15" t="s">
+        <v>1554</v>
+      </c>
+      <c r="I435" s="15" t="s">
         <v>1555</v>
-      </c>
-[...1 lines deleted...]
-        <v>1556</v>
       </c>
       <c r="J435" s="15"/>
       <c r="K435" s="15">
         <v>0.08379</v>
       </c>
       <c r="L435" s="15">
         <v>0.07262</v>
       </c>
       <c r="M435" s="15">
         <v>0.06983</v>
       </c>
       <c r="N435" s="15">
-        <v>17600</v>
+        <v>18000</v>
       </c>
       <c r="O435" s="15"/>
       <c r="P435" s="15"/>
       <c r="Q435" s="15"/>
       <c r="R435"/>
     </row>
     <row r="436" spans="1:18">
       <c r="B436" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C436" s="15" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D436" s="15" t="s">
         <v>1557</v>
       </c>
-      <c r="D436" s="15" t="s">
+      <c r="E436" s="15" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
       <c r="F436" s="15"/>
       <c r="G436" s="15"/>
       <c r="H436" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I436" s="15" t="s">
-        <v>1560</v>
+        <v>1559</v>
       </c>
       <c r="J436" s="15"/>
       <c r="K436" s="15">
         <v>0.13965</v>
       </c>
       <c r="L436" s="15">
         <v>0.12103</v>
       </c>
       <c r="M436" s="15">
         <v>0.11638</v>
       </c>
       <c r="N436" s="15">
-        <v>15575</v>
+        <v>11900</v>
       </c>
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436"/>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C437" s="15" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D437" s="15" t="s">
         <v>1561</v>
       </c>
-      <c r="D437" s="15" t="s">
+      <c r="E437" s="15" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15"/>
       <c r="H437" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I437" s="15" t="s">
-        <v>1564</v>
+        <v>1563</v>
       </c>
       <c r="J437" s="15"/>
       <c r="K437" s="15">
         <v>0.17293</v>
       </c>
       <c r="L437" s="15">
         <v>0.15062</v>
       </c>
       <c r="M437" s="15">
         <v>0.13946</v>
       </c>
       <c r="N437" s="15">
-        <v>1500</v>
+        <v>2125</v>
       </c>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437"/>
     </row>
     <row r="438" spans="1:18">
       <c r="B438" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C438" s="15" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D438" s="15" t="s">
         <v>1565</v>
       </c>
-      <c r="D438" s="15" t="s">
+      <c r="E438" s="15" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
       <c r="F438" s="15"/>
       <c r="G438" s="15"/>
       <c r="H438" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I438" s="15" t="s">
-        <v>1568</v>
+        <v>1567</v>
       </c>
       <c r="J438" s="15"/>
       <c r="K438" s="15">
         <v>0.06119</v>
       </c>
       <c r="L438" s="15">
         <v>0.0533</v>
       </c>
       <c r="M438" s="15">
         <v>0.04935</v>
       </c>
       <c r="N438" s="15">
-        <v>32800</v>
+        <v>30400</v>
       </c>
       <c r="O438" s="15"/>
       <c r="P438" s="15"/>
       <c r="Q438" s="15"/>
       <c r="R438"/>
     </row>
     <row r="439" spans="1:18">
       <c r="B439" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C439" s="15" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D439" s="15" t="s">
         <v>1569</v>
       </c>
-      <c r="D439" s="15" t="s">
+      <c r="E439" s="15" t="s">
         <v>1570</v>
-      </c>
-[...1 lines deleted...]
-        <v>1571</v>
       </c>
       <c r="F439" s="15"/>
       <c r="G439" s="15"/>
       <c r="H439" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I439" s="15" t="s">
-        <v>1572</v>
+        <v>1571</v>
       </c>
       <c r="J439" s="15"/>
       <c r="K439" s="15">
         <v>0.09024</v>
       </c>
       <c r="L439" s="15">
         <v>0.0786</v>
       </c>
       <c r="M439" s="15">
         <v>0.07278</v>
       </c>
       <c r="N439" s="15">
-        <v>22200</v>
+        <v>27000</v>
       </c>
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439"/>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C440" s="15" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D440" s="15" t="s">
         <v>1573</v>
       </c>
-      <c r="D440" s="15" t="s">
+      <c r="E440" s="15" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15"/>
       <c r="H440" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I440" s="15" t="s">
-        <v>1576</v>
+        <v>1575</v>
       </c>
       <c r="J440" s="15"/>
       <c r="K440" s="15">
         <v>0.12792</v>
       </c>
       <c r="L440" s="15">
         <v>0.11142</v>
       </c>
       <c r="M440" s="15">
         <v>0.10316</v>
       </c>
       <c r="N440" s="15">
-        <v>29750</v>
+        <v>28000</v>
       </c>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440"/>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D441" s="15" t="s">
         <v>1577</v>
       </c>
-      <c r="D441" s="15" t="s">
+      <c r="E441" s="15" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1579</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15"/>
       <c r="H441" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I441" s="15" t="s">
-        <v>1580</v>
+        <v>1579</v>
       </c>
       <c r="J441" s="15"/>
       <c r="K441" s="15">
         <v>0.15963</v>
       </c>
       <c r="L441" s="15">
         <v>0.13904</v>
       </c>
       <c r="M441" s="15">
         <v>0.12874</v>
       </c>
       <c r="N441" s="15">
         <v>763</v>
       </c>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441"/>
     </row>
     <row r="442" spans="1:18">
       <c r="B442" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C442" s="15" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D442" s="15" t="s">
         <v>1581</v>
       </c>
-      <c r="D442" s="15" t="s">
+      <c r="E442" s="15" t="s">
         <v>1582</v>
-      </c>
-[...1 lines deleted...]
-        <v>1583</v>
       </c>
       <c r="F442" s="15"/>
       <c r="G442" s="15"/>
       <c r="H442" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I442" s="15" t="s">
-        <v>1584</v>
+        <v>1583</v>
       </c>
       <c r="J442" s="15"/>
       <c r="K442" s="15">
         <v>0.18554</v>
       </c>
       <c r="L442" s="15">
         <v>0.1608</v>
       </c>
       <c r="M442" s="15">
         <v>0.15461</v>
       </c>
       <c r="N442" s="15">
-        <v>5865</v>
+        <v>7650</v>
       </c>
       <c r="O442" s="15"/>
       <c r="P442" s="15"/>
       <c r="Q442" s="15"/>
       <c r="R442"/>
     </row>
     <row r="443" spans="1:18">
       <c r="B443" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C443" s="15" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D443" s="15" t="s">
         <v>1585</v>
       </c>
-      <c r="D443" s="15" t="s">
+      <c r="E443" s="15" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
       <c r="F443" s="15"/>
       <c r="G443" s="15"/>
       <c r="H443" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I443" s="15" t="s">
-        <v>1588</v>
+        <v>1587</v>
       </c>
       <c r="J443" s="15"/>
       <c r="K443" s="15">
         <v>0.2555</v>
       </c>
       <c r="L443" s="15">
         <v>0.22253</v>
       </c>
       <c r="M443" s="15">
         <v>0.20605</v>
       </c>
       <c r="N443" s="15">
-        <v>792</v>
+        <v>765</v>
       </c>
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443"/>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D444" s="15" t="s">
         <v>1589</v>
       </c>
-      <c r="D444" s="15" t="s">
+      <c r="E444" s="15" t="s">
         <v>1590</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15"/>
       <c r="H444" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I444" s="15" t="s">
-        <v>1592</v>
+        <v>1591</v>
       </c>
       <c r="J444" s="15"/>
       <c r="K444" s="15">
         <v>0.62096</v>
       </c>
       <c r="L444" s="15">
         <v>0.53816</v>
       </c>
       <c r="M444" s="15">
         <v>0.51746</v>
       </c>
       <c r="N444" s="15">
-        <v>620</v>
+        <v>670</v>
       </c>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444"/>
     </row>
     <row r="445" spans="1:18">
       <c r="B445" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C445" s="15" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D445" s="15" t="s">
         <v>1593</v>
       </c>
-      <c r="D445" s="15" t="s">
+      <c r="E445" s="15" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15"/>
       <c r="H445" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I445" s="15" t="s">
-        <v>1596</v>
+        <v>1595</v>
       </c>
       <c r="J445" s="15"/>
       <c r="K445" s="15">
         <v>0.27257</v>
       </c>
       <c r="L445" s="15">
         <v>0.23622</v>
       </c>
       <c r="M445" s="15">
         <v>0.22714</v>
       </c>
       <c r="N445" s="15">
-        <v>760</v>
+        <v>610</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445"/>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D446" s="15" t="s">
         <v>1597</v>
       </c>
-      <c r="D446" s="15" t="s">
+      <c r="E446" s="15" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15"/>
       <c r="H446" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I446" s="15" t="s">
-        <v>1600</v>
+        <v>1599</v>
       </c>
       <c r="J446" s="15"/>
       <c r="K446" s="15">
         <v>0.32933</v>
       </c>
       <c r="L446" s="15">
         <v>0.28542</v>
       </c>
       <c r="M446" s="15">
         <v>0.27444</v>
       </c>
       <c r="N446" s="15">
-        <v>610</v>
+        <v>850</v>
       </c>
       <c r="O446" s="15"/>
       <c r="P446" s="15"/>
       <c r="Q446" s="15"/>
       <c r="R446"/>
     </row>
     <row r="447" spans="1:18">
       <c r="B447" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C447" s="15" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D447" s="15" t="s">
         <v>1601</v>
       </c>
-      <c r="D447" s="15" t="s">
+      <c r="E447" s="15" t="s">
         <v>1602</v>
-      </c>
-[...1 lines deleted...]
-        <v>1603</v>
       </c>
       <c r="F447" s="15"/>
       <c r="G447" s="15"/>
       <c r="H447" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I447" s="15" t="s">
-        <v>1604</v>
+        <v>1603</v>
       </c>
       <c r="J447" s="15"/>
       <c r="K447" s="15">
         <v>0.16322</v>
       </c>
       <c r="L447" s="15">
         <v>0.14145</v>
       </c>
       <c r="M447" s="15">
         <v>0.13601</v>
       </c>
       <c r="N447" s="15">
-        <v>16857</v>
+        <v>16099</v>
       </c>
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447"/>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C448" s="15" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D448" s="15" t="s">
         <v>1605</v>
       </c>
-      <c r="D448" s="15" t="s">
+      <c r="E448" s="15" t="s">
         <v>1606</v>
-      </c>
-[...1 lines deleted...]
-        <v>1607</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15"/>
       <c r="H448" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I448" s="15" t="s">
-        <v>1608</v>
+        <v>1607</v>
       </c>
       <c r="J448" s="15"/>
       <c r="K448" s="15">
         <v>0.24495</v>
       </c>
       <c r="L448" s="15">
         <v>0.21229</v>
       </c>
       <c r="M448" s="15">
         <v>0.20413</v>
       </c>
       <c r="N448" s="15">
-        <v>22680</v>
+        <v>21105</v>
       </c>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448"/>
     </row>
     <row r="449" spans="1:18">
       <c r="B449" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C449" s="15" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D449" s="15" t="s">
         <v>1609</v>
       </c>
-      <c r="D449" s="15" t="s">
+      <c r="E449" s="15" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
       <c r="F449" s="15"/>
       <c r="G449" s="15"/>
       <c r="H449" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I449" s="15" t="s">
-        <v>1612</v>
+        <v>1611</v>
       </c>
       <c r="J449" s="15"/>
       <c r="K449" s="15">
         <v>0.326</v>
       </c>
       <c r="L449" s="15">
         <v>0.28253</v>
       </c>
       <c r="M449" s="15">
         <v>0.27166</v>
       </c>
       <c r="N449" s="15">
-        <v>14752</v>
+        <v>16012</v>
       </c>
       <c r="O449" s="15"/>
       <c r="P449" s="15"/>
       <c r="Q449" s="15"/>
       <c r="R449"/>
     </row>
     <row r="450" spans="1:18">
       <c r="B450" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C450" s="15" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D450" s="15" t="s">
         <v>1613</v>
       </c>
-      <c r="D450" s="15" t="s">
+      <c r="E450" s="15" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
       <c r="F450" s="15"/>
       <c r="G450" s="15"/>
       <c r="H450" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I450" s="15" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="J450" s="15"/>
       <c r="K450" s="15">
         <v>0.40806</v>
       </c>
       <c r="L450" s="15">
         <v>0.35365</v>
       </c>
       <c r="M450" s="15">
         <v>0.34005</v>
       </c>
       <c r="N450" s="15">
-        <v>20425</v>
+        <v>14250</v>
       </c>
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450"/>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C451" s="15" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D451" s="15" t="s">
         <v>1617</v>
       </c>
-      <c r="D451" s="15" t="s">
+      <c r="E451" s="15" t="s">
         <v>1618</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15"/>
       <c r="H451" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I451" s="15" t="s">
-        <v>1620</v>
+        <v>1619</v>
       </c>
       <c r="J451" s="15"/>
       <c r="K451" s="15">
         <v>0.4422</v>
       </c>
       <c r="L451" s="15">
         <v>0.39798</v>
       </c>
       <c r="M451" s="15">
         <v>0.3685</v>
       </c>
       <c r="N451" s="15">
-        <v>5740</v>
+        <v>5250</v>
       </c>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451"/>
     </row>
     <row r="452" spans="1:18">
       <c r="B452" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C452" s="15" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D452" s="15" t="s">
         <v>1621</v>
       </c>
-      <c r="D452" s="15" t="s">
+      <c r="E452" s="15" t="s">
         <v>1622</v>
-      </c>
-[...1 lines deleted...]
-        <v>1623</v>
       </c>
       <c r="F452" s="15"/>
       <c r="G452" s="15"/>
       <c r="H452" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I452" s="15" t="s">
-        <v>1624</v>
+        <v>1623</v>
       </c>
       <c r="J452" s="15"/>
       <c r="K452" s="15">
         <v>0.6518699999999999</v>
       </c>
       <c r="L452" s="15">
         <v>0.56495</v>
       </c>
       <c r="M452" s="15">
         <v>0.54323</v>
       </c>
       <c r="N452" s="15">
-        <v>5110</v>
+        <v>4970</v>
       </c>
       <c r="O452" s="15"/>
       <c r="P452" s="15"/>
       <c r="Q452" s="15"/>
       <c r="R452"/>
     </row>
     <row r="453" spans="1:18">
       <c r="B453" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C453" s="15" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D453" s="15" t="s">
         <v>1625</v>
       </c>
-      <c r="D453" s="15" t="s">
+      <c r="E453" s="15" t="s">
         <v>1626</v>
-      </c>
-[...1 lines deleted...]
-        <v>1627</v>
       </c>
       <c r="F453" s="15"/>
       <c r="G453" s="15"/>
       <c r="H453" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I453" s="15" t="s">
-        <v>1628</v>
+        <v>1627</v>
       </c>
       <c r="J453" s="15"/>
       <c r="K453" s="15">
         <v>0.81602</v>
       </c>
       <c r="L453" s="15">
         <v>0.70721</v>
       </c>
       <c r="M453" s="15">
         <v>0.68001</v>
       </c>
       <c r="N453" s="15">
-        <v>435</v>
+        <v>360</v>
       </c>
       <c r="O453" s="15"/>
       <c r="P453" s="15"/>
       <c r="Q453" s="15"/>
       <c r="R453"/>
     </row>
     <row r="454" spans="1:18">
       <c r="B454" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C454" s="15" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D454" s="15" t="s">
         <v>1629</v>
       </c>
-      <c r="D454" s="15" t="s">
+      <c r="E454" s="15" t="s">
         <v>1630</v>
-      </c>
-[...1 lines deleted...]
-        <v>1631</v>
       </c>
       <c r="F454" s="15"/>
       <c r="G454" s="15"/>
       <c r="H454" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I454" s="15" t="s">
-        <v>1632</v>
+        <v>1631</v>
       </c>
       <c r="J454" s="15"/>
       <c r="K454" s="15">
         <v>0.31941</v>
       </c>
       <c r="L454" s="15">
         <v>0.27682</v>
       </c>
       <c r="M454" s="15">
         <v>0.26618</v>
       </c>
       <c r="N454" s="15">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="O454" s="15"/>
       <c r="P454" s="15"/>
       <c r="Q454" s="15"/>
       <c r="R454"/>
     </row>
     <row r="455" spans="1:18">
       <c r="B455" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C455" s="15" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D455" s="15" t="s">
         <v>1633</v>
       </c>
-      <c r="D455" s="15" t="s">
+      <c r="E455" s="15" t="s">
         <v>1634</v>
-      </c>
-[...1 lines deleted...]
-        <v>1635</v>
       </c>
       <c r="F455" s="15"/>
       <c r="G455" s="15"/>
       <c r="H455" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I455" s="15" t="s">
-        <v>1636</v>
+        <v>1635</v>
       </c>
       <c r="J455" s="15"/>
       <c r="K455" s="15">
         <v>0.25539</v>
       </c>
       <c r="L455" s="15">
         <v>0.22134</v>
       </c>
       <c r="M455" s="15">
         <v>0.21283</v>
       </c>
       <c r="N455" s="15">
-        <v>760</v>
+        <v>800</v>
       </c>
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455"/>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C456" s="15" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D456" s="15" t="s">
         <v>1637</v>
       </c>
-      <c r="D456" s="15" t="s">
+      <c r="E456" s="15" t="s">
         <v>1638</v>
-      </c>
-[...1 lines deleted...]
-        <v>1639</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15"/>
       <c r="H456" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I456" s="15" t="s">
-        <v>1640</v>
+        <v>1639</v>
       </c>
       <c r="J456" s="15"/>
       <c r="K456" s="15">
         <v>0.33357</v>
       </c>
       <c r="L456" s="15">
         <v>0.28909</v>
       </c>
       <c r="M456" s="15">
         <v>0.27798</v>
       </c>
       <c r="N456" s="15">
-        <v>860</v>
+        <v>620</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456"/>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C457" s="15" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D457" s="15" t="s">
         <v>1641</v>
       </c>
-      <c r="D457" s="15" t="s">
+      <c r="E457" s="15" t="s">
         <v>1642</v>
-      </c>
-[...1 lines deleted...]
-        <v>1643</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15"/>
       <c r="H457" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I457" s="15" t="s">
-        <v>1644</v>
+        <v>1643</v>
       </c>
       <c r="J457" s="15"/>
       <c r="K457" s="15">
         <v>0.56903</v>
       </c>
       <c r="L457" s="15">
         <v>0.49316</v>
       </c>
       <c r="M457" s="15">
         <v>0.47419</v>
       </c>
       <c r="N457" s="15">
-        <v>690</v>
+        <v>820</v>
       </c>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457"/>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C458" s="15" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D458" s="15" t="s">
         <v>1645</v>
       </c>
-      <c r="D458" s="15" t="s">
+      <c r="E458" s="15" t="s">
         <v>1646</v>
-      </c>
-[...1 lines deleted...]
-        <v>1647</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15"/>
       <c r="H458" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I458" s="15" t="s">
-        <v>1648</v>
+        <v>1647</v>
       </c>
       <c r="J458" s="15"/>
       <c r="K458" s="15">
         <v>0.72722</v>
       </c>
       <c r="L458" s="15">
         <v>0.63025</v>
       </c>
       <c r="M458" s="15">
         <v>0.60601</v>
       </c>
       <c r="N458" s="15">
-        <v>637</v>
+        <v>618</v>
       </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458"/>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C459" s="15" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D459" s="15" t="s">
         <v>1649</v>
       </c>
-      <c r="D459" s="15" t="s">
+      <c r="E459" s="15" t="s">
         <v>1650</v>
-      </c>
-[...1 lines deleted...]
-        <v>1651</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15"/>
       <c r="H459" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I459" s="15" t="s">
-        <v>1652</v>
+        <v>1651</v>
       </c>
       <c r="J459" s="15"/>
       <c r="K459" s="15">
         <v>1.36</v>
       </c>
       <c r="L459" s="15">
         <v>1.18</v>
       </c>
       <c r="M459" s="15">
         <v>1.13</v>
       </c>
       <c r="N459" s="15">
-        <v>663</v>
+        <v>561</v>
       </c>
       <c r="O459" s="15"/>
       <c r="P459" s="15"/>
       <c r="Q459" s="15"/>
       <c r="R459"/>
     </row>
     <row r="460" spans="1:18">
       <c r="B460" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C460" s="15" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D460" s="15" t="s">
         <v>1653</v>
       </c>
-      <c r="D460" s="15" t="s">
+      <c r="E460" s="15" t="s">
         <v>1654</v>
-      </c>
-[...1 lines deleted...]
-        <v>1655</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15"/>
       <c r="H460" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I460" s="15" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="J460" s="15"/>
       <c r="K460" s="15">
         <v>0.61986</v>
       </c>
       <c r="L460" s="15">
         <v>0.53988</v>
       </c>
       <c r="M460" s="15">
         <v>0.49989</v>
       </c>
       <c r="N460" s="15">
-        <v>1775</v>
+        <v>2150</v>
       </c>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460"/>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C461" s="15" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D461" s="15" t="s">
         <v>1657</v>
       </c>
-      <c r="D461" s="15" t="s">
+      <c r="E461" s="15" t="s">
         <v>1658</v>
-      </c>
-[...1 lines deleted...]
-        <v>1659</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15"/>
       <c r="H461" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I461" s="15" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="J461" s="15"/>
       <c r="K461" s="15">
         <v>0.88162</v>
       </c>
       <c r="L461" s="15">
         <v>0.7678700000000001</v>
       </c>
       <c r="M461" s="15">
         <v>0.71099</v>
       </c>
       <c r="N461" s="15">
-        <v>840</v>
+        <v>800</v>
       </c>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461"/>
     </row>
     <row r="462" spans="1:18">
       <c r="B462" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C462" s="15" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D462" s="15" t="s">
         <v>1661</v>
       </c>
-      <c r="D462" s="15" t="s">
+      <c r="E462" s="15" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
       <c r="F462" s="15"/>
       <c r="G462" s="15"/>
       <c r="H462" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I462" s="15" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="J462" s="15"/>
       <c r="K462" s="15">
         <v>1.14</v>
       </c>
       <c r="L462" s="15">
         <v>0.99604</v>
       </c>
       <c r="M462" s="15">
         <v>0.92226</v>
       </c>
       <c r="N462" s="15">
-        <v>335</v>
+        <v>410</v>
       </c>
       <c r="O462" s="15"/>
       <c r="P462" s="15"/>
       <c r="Q462" s="15"/>
       <c r="R462"/>
     </row>
     <row r="463" spans="1:18">
       <c r="B463" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C463" s="15" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D463" s="15" t="s">
         <v>1665</v>
       </c>
-      <c r="D463" s="15" t="s">
+      <c r="E463" s="15" t="s">
         <v>1666</v>
-      </c>
-[...1 lines deleted...]
-        <v>1667</v>
       </c>
       <c r="F463" s="15"/>
       <c r="G463" s="15"/>
       <c r="H463" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I463" s="15" t="s">
-        <v>1668</v>
+        <v>1667</v>
       </c>
       <c r="J463" s="15"/>
       <c r="K463" s="15">
         <v>1.33</v>
       </c>
       <c r="L463" s="15">
         <v>1.15</v>
       </c>
       <c r="M463" s="15">
         <v>1.11</v>
       </c>
       <c r="N463" s="15">
-        <v>820</v>
+        <v>640</v>
       </c>
       <c r="O463" s="15"/>
       <c r="P463" s="15"/>
       <c r="Q463" s="15"/>
       <c r="R463"/>
     </row>
     <row r="464" spans="1:18">
       <c r="B464" s="14" t="s">
         <v>105</v>
       </c>
       <c r="C464" s="15" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D464" s="15" t="s">
         <v>1669</v>
       </c>
-      <c r="D464" s="15" t="s">
+      <c r="E464" s="15" t="s">
         <v>1670</v>
-      </c>
-[...1 lines deleted...]
-        <v>1671</v>
       </c>
       <c r="F464" s="15"/>
       <c r="G464" s="15"/>
       <c r="H464" s="15" t="s">
-        <v>1555</v>
+        <v>1554</v>
       </c>
       <c r="I464" s="15" t="s">
-        <v>1672</v>
+        <v>1671</v>
       </c>
       <c r="J464" s="15"/>
       <c r="K464" s="15">
         <v>1.67</v>
       </c>
       <c r="L464" s="15">
         <v>1.45</v>
       </c>
       <c r="M464" s="15">
         <v>1.34</v>
       </c>
       <c r="N464" s="15">
-        <v>383</v>
+        <v>399</v>
       </c>
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464"/>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14"/>
       <c r="C465" s="15"/>
       <c r="D465" s="15"/>
       <c r="E465" s="15"/>
       <c r="F465" s="15"/>
       <c r="G465" s="15"/>
       <c r="H465" s="15"/>
       <c r="I465" s="15"/>
       <c r="J465" s="15"/>
       <c r="K465" s="15"/>
       <c r="L465" s="15"/>
       <c r="M465" s="15"/>
       <c r="N465" s="15"/>
       <c r="O465" s="15"/>
       <c r="P465" s="15"/>
       <c r="Q465" s="15"/>
     </row>
   </sheetData>
@@ -24204,317 +24179,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>1673</v>
+        <v>1672</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>1674</v>
+        <v>1673</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>1675</v>
+        <v>1674</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>1676</v>
-      </c>
-[...1 lines deleted...]
-        <v>1677</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>1679</v>
-      </c>
-[...1 lines deleted...]
-        <v>1680</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>1681</v>
+        <v>1680</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>1682</v>
-      </c>
-[...1 lines deleted...]
-        <v>1683</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>1685</v>
-      </c>
-[...1 lines deleted...]
-        <v>1686</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>1687</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>1692</v>
-      </c>
-[...1 lines deleted...]
-        <v>1693</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>1694</v>
-      </c>
-[...1 lines deleted...]
-        <v>1695</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>1696</v>
-      </c>
-[...1 lines deleted...]
-        <v>1697</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>1698</v>
-      </c>
-[...1 lines deleted...]
-        <v>1699</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>