--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t>CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>UT-00146215</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
     <t>CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>UT-00146216</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>24.02.2026</t>
   </si>
   <si>
     <t>CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>UT-00148391</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>Клеммник CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>UT-00149896</t>
   </si>
   <si>
     <t xml:space="preserve">DG142R-5.08-01P-14-00Z(H) DEGSON, TLM-300R-01P-G12 Tianli, </t>
   </si>
@@ -508,53 +508,50 @@
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-02P-4 KLS, GT141V-2.54-02P-14-00 GOLTEN, TLM-900V-02P-G12 Tianli, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>DG141V-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113306</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-03P-4 KLS, GT141V-2.54-03P-14-00 GOLTEN, TLM-900V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141V-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107046</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
-    <t>14.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113664</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-06P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00Z(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111616</t>
@@ -1019,53 +1016,50 @@
     <t xml:space="preserve">GT142V-7.62-04P-14-00 GOLTEN, </t>
   </si>
   <si>
     <t>DG142V COVER</t>
   </si>
   <si>
     <t>DG142V-боковая крышка</t>
   </si>
   <si>
     <t>10-00015407</t>
   </si>
   <si>
     <t>GT141R-2.54-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141R-2.54-03P-14-00</t>
   </si>
   <si>
     <t>UT-00142419</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-03P-4 KLS, DG141R-2.54-03P-14-00Z(H) DEGSON, TLM-900R-03P-G12 Tianli, </t>
-  </si>
-[...1 lines deleted...]
-    <t>21.01.2026</t>
   </si>
   <si>
     <t>GT141R-2.54-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141R-2.54-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140093</t>
   </si>
   <si>
     <t xml:space="preserve">DG141R-2.54-04P-14-00Z(H) DEGSON, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, DG141R-2.54-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>GT141R-2.54-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141R-2.54-05P-14-00</t>
   </si>
   <si>
     <t>UT-00139774</t>
   </si>
   <si>
     <t xml:space="preserve">DG141R-2.54-05P-14-00Z(H) DEGSON, TLM-900R-05P-G12 Tianli, CM-141R-2.54-5P-14 FUCON, L-KLS2-141R-2.54-05P-4 KLS, </t>
   </si>
@@ -2672,214 +2666,214 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>1701</v>
+        <v>1525</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>1013</v>
+        <v>750</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>2125</v>
+        <v>1525</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>4306</v>
+        <v>928</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
@@ -2914,289 +2908,289 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>753</v>
+        <v>954</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>840</v>
+        <v>720</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>298</v>
+        <v>271</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>264</v>
+        <v>316</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>3960</v>
+        <v>3080</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3232,129 +3226,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1508</v>
+        <v>1935</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>875</v>
+        <v>1125</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3427,5346 +3421,5332 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>21584</v>
+        <v>23712</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
-        <v>0.1852</v>
+        <v>0.13452</v>
       </c>
       <c r="L29" s="15">
-        <v>0.13229</v>
+        <v>0.11658</v>
       </c>
       <c r="M29" s="15">
-        <v>0.11906</v>
+        <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>7797</v>
+        <v>8475</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19727</v>
       </c>
       <c r="L30" s="15">
         <v>0.17754</v>
       </c>
       <c r="M30" s="15">
         <v>0.16439</v>
       </c>
       <c r="N30" s="15">
-        <v>1086</v>
+        <v>831</v>
       </c>
       <c r="O30" s="15">
-        <v>1620</v>
+        <v>1240</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J31" s="15">
         <v>1260</v>
       </c>
       <c r="K31" s="15">
-        <v>0.4152</v>
+        <v>0.26196</v>
       </c>
       <c r="L31" s="15">
-        <v>0.29933</v>
+        <v>0.22703</v>
       </c>
       <c r="M31" s="15">
-        <v>0.26071</v>
+        <v>0.2183</v>
       </c>
       <c r="N31" s="15">
         <v>120</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
-        <v>0.36286</v>
+        <v>0.25863</v>
       </c>
       <c r="L32" s="15">
-        <v>0.25919</v>
+        <v>0.22415</v>
       </c>
       <c r="M32" s="15">
-        <v>0.23327</v>
+        <v>0.21553</v>
       </c>
       <c r="N32" s="15">
-        <v>1019</v>
+        <v>855</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
-        <v>0.49344</v>
+        <v>0.35534</v>
       </c>
       <c r="L33" s="15">
-        <v>0.35246</v>
+        <v>0.30796</v>
       </c>
       <c r="M33" s="15">
-        <v>0.31721</v>
+        <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>17468</v>
+        <v>16750</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>131</v>
       </c>
       <c r="J34" s="15">
         <v>900</v>
       </c>
       <c r="K34" s="15">
-        <v>0.56003</v>
+        <v>0.39576</v>
       </c>
       <c r="L34" s="15">
-        <v>0.40002</v>
+        <v>0.34299</v>
       </c>
       <c r="M34" s="15">
-        <v>0.36002</v>
+        <v>0.3298</v>
       </c>
       <c r="N34" s="15">
-        <v>344</v>
+        <v>50</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>135</v>
       </c>
       <c r="J35" s="15">
         <v>800</v>
       </c>
       <c r="K35" s="15">
-        <v>0.76525</v>
+        <v>0.45869</v>
       </c>
       <c r="L35" s="15">
-        <v>0.5517</v>
+        <v>0.39753</v>
       </c>
       <c r="M35" s="15">
-        <v>0.4805</v>
+        <v>0.38224</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>138</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>139</v>
       </c>
       <c r="J36" s="15">
         <v>700</v>
       </c>
       <c r="K36" s="15">
-        <v>0.81729</v>
+        <v>0.51432</v>
       </c>
       <c r="L36" s="15">
-        <v>0.58922</v>
+        <v>0.44574</v>
       </c>
       <c r="M36" s="15">
-        <v>0.51318</v>
+        <v>0.4286</v>
       </c>
       <c r="N36" s="15">
         <v>18</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
-        <v>0.93584</v>
+        <v>0.65466</v>
       </c>
       <c r="L37" s="15">
-        <v>0.6684600000000001</v>
+        <v>0.56737</v>
       </c>
       <c r="M37" s="15">
-        <v>0.60161</v>
+        <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1445</v>
+        <v>1076</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
-        <v>1.74</v>
+        <v>1.08</v>
       </c>
       <c r="L38" s="15">
-        <v>1.25</v>
+        <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
-        <v>1.09</v>
+        <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>1691</v>
+        <v>1855</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
-        <v>0.10739</v>
+        <v>0.078</v>
       </c>
       <c r="L39" s="15">
-        <v>0.07671</v>
+        <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
-        <v>0.06904</v>
+        <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>2284</v>
+        <v>2312</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
-        <v>0.21812</v>
+        <v>0.13763</v>
       </c>
       <c r="L40" s="15">
-        <v>0.15726</v>
+        <v>0.11928</v>
       </c>
       <c r="M40" s="15">
-        <v>0.13696</v>
+        <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3235</v>
+        <v>3100</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
-        <v>0.16922</v>
+        <v>0.11775</v>
       </c>
       <c r="L41" s="15">
-        <v>0.12087</v>
+        <v>0.10205</v>
       </c>
       <c r="M41" s="15">
-        <v>0.10878</v>
+        <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>61605</v>
+        <v>50404</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
-        <v>0.28117</v>
+        <v>0.19293</v>
       </c>
       <c r="L42" s="15">
-        <v>0.20084</v>
+        <v>0.16721</v>
       </c>
       <c r="M42" s="15">
-        <v>0.18075</v>
+        <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1693</v>
+        <v>1537</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
-        <v>0.36416</v>
+        <v>0.25728</v>
       </c>
       <c r="L43" s="15">
-        <v>0.26012</v>
+        <v>0.22298</v>
       </c>
       <c r="M43" s="15">
-        <v>0.2341</v>
+        <v>0.2144</v>
       </c>
       <c r="N43" s="15">
-        <v>861</v>
+        <v>945</v>
       </c>
       <c r="O43" s="15">
-        <v>7200</v>
-[...3 lines deleted...]
-      </c>
+        <v>7900</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.46509</v>
+        <v>0.32643</v>
       </c>
       <c r="L44" s="15">
-        <v>0.33221</v>
+        <v>0.28291</v>
       </c>
       <c r="M44" s="15">
-        <v>0.29898</v>
+        <v>0.27203</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>14076</v>
+        <v>16524</v>
       </c>
       <c r="P44" s="15" t="s">
-        <v>164</v>
+        <v>116</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.6649</v>
+        <v>0.40571</v>
       </c>
       <c r="L45" s="15">
-        <v>0.47672</v>
+        <v>0.35161</v>
       </c>
       <c r="M45" s="15">
-        <v>0.41398</v>
+        <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1768</v>
+        <v>1488</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.55883</v>
+        <v>0.41501</v>
       </c>
       <c r="L46" s="15">
-        <v>0.39917</v>
+        <v>0.35967</v>
       </c>
       <c r="M46" s="15">
-        <v>0.35925</v>
+        <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3426</v>
+        <v>4049</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
-        <v>0.57362</v>
+        <v>0.40545</v>
       </c>
       <c r="L47" s="15">
-        <v>0.40973</v>
+        <v>0.35139</v>
       </c>
       <c r="M47" s="15">
-        <v>0.36875</v>
+        <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2488</v>
+        <v>2138</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
-        <v>0.65268</v>
+        <v>0.46131</v>
       </c>
       <c r="L48" s="15">
-        <v>0.4662</v>
+        <v>0.3998</v>
       </c>
       <c r="M48" s="15">
-        <v>0.41958</v>
+        <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
-        <v>0.83567</v>
+        <v>0.57866</v>
       </c>
       <c r="L49" s="15">
-        <v>0.5969100000000001</v>
+        <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
-        <v>0.53722</v>
+        <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>488</v>
+        <v>447</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
-        <v>1.11</v>
+        <v>0.67475</v>
       </c>
       <c r="L50" s="15">
-        <v>0.79293</v>
+        <v>0.58478</v>
       </c>
       <c r="M50" s="15">
-        <v>0.6886</v>
+        <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>150</v>
+        <v>162</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
-        <v>0.92591</v>
+        <v>0.68765</v>
       </c>
       <c r="L51" s="15">
-        <v>0.66137</v>
+        <v>0.59596</v>
       </c>
       <c r="M51" s="15">
-        <v>0.59523</v>
+        <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>855</v>
+        <v>675</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>550</v>
       </c>
       <c r="K52" s="15">
-        <v>0.97847</v>
+        <v>0.69156</v>
       </c>
       <c r="L52" s="15">
-        <v>0.69891</v>
+        <v>0.59935</v>
       </c>
       <c r="M52" s="15">
-        <v>0.62902</v>
+        <v>0.5763</v>
       </c>
       <c r="N52" s="15">
         <v>14</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
-        <v>1.3</v>
+        <v>0.96227</v>
       </c>
       <c r="L53" s="15">
-        <v>0.9255</v>
+        <v>0.83396</v>
       </c>
       <c r="M53" s="15">
-        <v>0.83295</v>
+        <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1362</v>
+        <v>1240</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
-        <v>1.48</v>
+        <v>1.03</v>
       </c>
       <c r="L54" s="15">
-        <v>1.06</v>
+        <v>0.89149</v>
       </c>
       <c r="M54" s="15">
-        <v>0.95218</v>
+        <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>4045</v>
+        <v>3859</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
-        <v>1.46</v>
+        <v>1.03</v>
       </c>
       <c r="L55" s="15">
-        <v>1.05</v>
+        <v>0.89645</v>
       </c>
       <c r="M55" s="15">
-        <v>0.94086</v>
+        <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1408</v>
+        <v>1184</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>163</v>
+        <v>188</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.1281</v>
       </c>
       <c r="L57" s="15">
         <v>0.0854</v>
       </c>
       <c r="M57" s="15">
         <v>0.07768</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>2448</v>
+        <v>2189</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>218</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
-        <v>0.13601</v>
+        <v>0.1302</v>
       </c>
       <c r="L59" s="15">
-        <v>0.11787</v>
+        <v>0.11284</v>
       </c>
       <c r="M59" s="15">
-        <v>0.11334</v>
+        <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>13386</v>
+        <v>11056</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>15879</v>
+        <v>9241</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
-        <v>0.38497</v>
+        <v>0.27533</v>
       </c>
       <c r="L61" s="15">
-        <v>0.27498</v>
+        <v>0.23862</v>
       </c>
       <c r="M61" s="15">
-        <v>0.24748</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.22944</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>3976</v>
+        <v>4816</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>164</v>
+        <v>116</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>625</v>
       </c>
       <c r="K62" s="15">
-        <v>0.52463</v>
+        <v>0.32288</v>
       </c>
       <c r="L62" s="15">
-        <v>0.37822</v>
+        <v>0.27983</v>
       </c>
       <c r="M62" s="15">
-        <v>0.32942</v>
+        <v>0.26906</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
-        <v>0.61614</v>
+        <v>0.3882</v>
       </c>
       <c r="L63" s="15">
-        <v>0.44419</v>
+        <v>0.33644</v>
       </c>
       <c r="M63" s="15">
-        <v>0.38688</v>
+        <v>0.3235</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>2000</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="J64" s="15">
         <v>375</v>
       </c>
       <c r="K64" s="15">
-        <v>0.84</v>
+        <v>0.5305800000000001</v>
       </c>
       <c r="L64" s="15">
-        <v>0.60558</v>
+        <v>0.45984</v>
       </c>
       <c r="M64" s="15">
-        <v>0.52745</v>
+        <v>0.44215</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J65" s="15">
         <v>300</v>
       </c>
       <c r="K65" s="15">
-        <v>1.09</v>
+        <v>0.65892</v>
       </c>
       <c r="L65" s="15">
-        <v>0.78815</v>
+        <v>0.57106</v>
       </c>
       <c r="M65" s="15">
-        <v>0.68646</v>
+        <v>0.5491</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
-        <v>0.25395</v>
+        <v>0.17846</v>
       </c>
       <c r="L66" s="15">
-        <v>0.1814</v>
+        <v>0.15466</v>
       </c>
       <c r="M66" s="15">
-        <v>0.16326</v>
+        <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1240</v>
+        <v>1580</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>510</v>
       </c>
       <c r="K67" s="15">
         <v>0.5832000000000001</v>
       </c>
       <c r="L67" s="15">
         <v>0.31436</v>
       </c>
       <c r="M67" s="15">
         <v>0.27299</v>
       </c>
       <c r="N67" s="15">
         <v>40</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.53834</v>
       </c>
       <c r="L68" s="15">
         <v>0.38453</v>
       </c>
       <c r="M68" s="15">
         <v>0.34607</v>
       </c>
       <c r="N68" s="15">
-        <v>454</v>
+        <v>322</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1500</v>
       </c>
       <c r="K69" s="15">
-        <v>0.11041</v>
+        <v>0.0711</v>
       </c>
       <c r="L69" s="15">
-        <v>0.0796</v>
+        <v>0.06162</v>
       </c>
       <c r="M69" s="15">
-        <v>0.06933</v>
+        <v>0.05925</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
-        <v>0.1937</v>
+        <v>0.14073</v>
       </c>
       <c r="L70" s="15">
-        <v>0.13836</v>
+        <v>0.12197</v>
       </c>
       <c r="M70" s="15">
-        <v>0.12452</v>
+        <v>0.11728</v>
       </c>
       <c r="N70" s="15">
-        <v>3339</v>
+        <v>2984</v>
       </c>
       <c r="O70" s="15">
-        <v>15390</v>
-[...3 lines deleted...]
-      </c>
+        <v>15188</v>
+      </c>
+      <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>261</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>17278</v>
+        <v>8149</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
-        <v>0.3914</v>
+        <v>0.27713</v>
       </c>
       <c r="L72" s="15">
-        <v>0.27957</v>
+        <v>0.24018</v>
       </c>
       <c r="M72" s="15">
-        <v>0.25161</v>
+        <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>5535</v>
+        <v>4146</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>34569</v>
+        <v>26150</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
-        <v>0.60161</v>
+        <v>0.41421</v>
       </c>
       <c r="L74" s="15">
-        <v>0.42972</v>
+        <v>0.35898</v>
       </c>
       <c r="M74" s="15">
-        <v>0.38675</v>
+        <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>28342</v>
+        <v>29201</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>277</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="J75" s="15">
         <v>450</v>
       </c>
       <c r="K75" s="15">
-        <v>0.73416</v>
+        <v>0.46365</v>
       </c>
       <c r="L75" s="15">
-        <v>0.52929</v>
+        <v>0.40183</v>
       </c>
       <c r="M75" s="15">
-        <v>0.46099</v>
+        <v>0.38638</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
-        <v>0.75195</v>
+        <v>0.5316</v>
       </c>
       <c r="L76" s="15">
-        <v>0.53711</v>
+        <v>0.46072</v>
       </c>
       <c r="M76" s="15">
-        <v>0.48339</v>
+        <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>26705</v>
+        <v>27012</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D77" s="15" t="s">
+      <c r="E77" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>350</v>
       </c>
       <c r="K77" s="15">
-        <v>0.90324</v>
+        <v>0.62436</v>
       </c>
       <c r="L77" s="15">
-        <v>0.6535</v>
+        <v>0.54111</v>
       </c>
       <c r="M77" s="15">
-        <v>0.57025</v>
+        <v>0.5203</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>4946</v>
+        <v>4878</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>292</v>
       </c>
-      <c r="D79" s="15" t="s">
+      <c r="E79" s="15" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>300</v>
       </c>
       <c r="K79" s="15">
         <v>1.12</v>
       </c>
       <c r="L79" s="15">
         <v>0.79686</v>
       </c>
       <c r="M79" s="15">
         <v>0.71717</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>3276</v>
+        <v>2996</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
-        <v>1.44</v>
+        <v>0.90543</v>
       </c>
       <c r="L81" s="15">
-        <v>1.04</v>
+        <v>0.78471</v>
       </c>
       <c r="M81" s="15">
-        <v>0.90242</v>
+        <v>0.75453</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>301</v>
       </c>
-      <c r="D82" s="15" t="s">
+      <c r="E82" s="15" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>890</v>
+        <v>780</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>1.65</v>
+        <v>1.03</v>
       </c>
       <c r="L83" s="15">
-        <v>1.19</v>
+        <v>0.89496</v>
       </c>
       <c r="M83" s="15">
-        <v>1.04</v>
+        <v>0.86054</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>237</v>
+        <v>278</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>332</v>
+        <v>315</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="J86" s="15">
         <v>800</v>
       </c>
       <c r="K86" s="15">
         <v>0.2623</v>
       </c>
       <c r="L86" s="15">
         <v>0.1718</v>
       </c>
       <c r="M86" s="15">
         <v>0.16656</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="E87" s="15">
         <v>10080012960</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
-        <v>0.51078</v>
+        <v>0.32172</v>
       </c>
       <c r="L87" s="15">
-        <v>0.36824</v>
+        <v>0.27882</v>
       </c>
       <c r="M87" s="15">
-        <v>0.32072</v>
+        <v>0.2681</v>
       </c>
       <c r="N87" s="15">
         <v>28</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.40746</v>
       </c>
       <c r="L88" s="15">
         <v>0.29105</v>
       </c>
       <c r="M88" s="15">
         <v>0.26194</v>
       </c>
       <c r="N88" s="15">
-        <v>175</v>
+        <v>146</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>322</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>323</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>293</v>
+        <v>231</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.03987</v>
       </c>
       <c r="L90" s="15">
         <v>0.02658</v>
       </c>
       <c r="M90" s="15">
         <v>0.02436</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="I91" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.19434</v>
       </c>
       <c r="L91" s="15">
         <v>0.16843</v>
       </c>
       <c r="M91" s="15">
         <v>0.16195</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>900</v>
+      </c>
+      <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2380</v>
+        <v>2625</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="D93" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="E93" s="15" t="s">
         <v>340</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>8753</v>
+        <v>8513</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>342</v>
+      </c>
+      <c r="D94" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="E94" s="15" t="s">
         <v>344</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
-      <c r="N94" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="E95" s="15" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>350</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>4235</v>
+        <v>4455</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D96" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>6320</v>
+        <v>6880</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="E97" s="15" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>358</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>7537</v>
+        <v>7813</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D98" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="E98" s="15" t="s">
         <v>360</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>643</v>
+        <v>594</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>364</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1665</v>
+        <v>1203</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D100" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="E100" s="15" t="s">
         <v>368</v>
-      </c>
-[...4 lines deleted...]
-        <v>370</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3663</v>
+        <v>3968</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D101" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="E101" s="15" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1207</v>
+        <v>1394</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D102" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>1864</v>
+        <v>1566</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>378</v>
+      </c>
+      <c r="D103" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="E103" s="15" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>382</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1295</v>
+        <v>1103</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>384</v>
-      </c>
-[...4 lines deleted...]
-        <v>386</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>10093</v>
+        <v>9382</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D105" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="E105" s="15" t="s">
         <v>388</v>
-      </c>
-[...4 lines deleted...]
-        <v>390</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>3903</v>
+        <v>3409</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D106" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="E106" s="15" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>1062</v>
+        <v>1265</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D107" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="E107" s="15" t="s">
         <v>396</v>
-      </c>
-[...4 lines deleted...]
-        <v>398</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>332</v>
+        <v>268</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D108" s="15" t="s">
+        <v>399</v>
+      </c>
+      <c r="E108" s="15" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>312</v>
+        <v>224</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D109" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="E109" s="15" t="s">
         <v>404</v>
-      </c>
-[...4 lines deleted...]
-        <v>406</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>2057</v>
+        <v>2086</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="J110" s="15">
         <v>300</v>
       </c>
       <c r="K110" s="15">
         <v>0.25421</v>
       </c>
       <c r="L110" s="15">
         <v>0.13618</v>
       </c>
       <c r="M110" s="15">
         <v>0.11802</v>
       </c>
       <c r="N110" s="15">
         <v>18</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="E111" s="15" t="s">
         <v>411</v>
-      </c>
-[...4 lines deleted...]
-        <v>413</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
         <v>0.18746</v>
       </c>
       <c r="L111" s="15">
         <v>0.16871</v>
       </c>
       <c r="M111" s="15">
         <v>0.15621</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>5760</v>
+        <v>6160</v>
       </c>
       <c r="P111" s="15" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>416</v>
-      </c>
-[...4 lines deleted...]
-        <v>418</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>963</v>
+        <v>855</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>418</v>
+      </c>
+      <c r="D113" s="15" t="s">
+        <v>419</v>
+      </c>
+      <c r="E113" s="15" t="s">
         <v>420</v>
-      </c>
-[...4 lines deleted...]
-        <v>422</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>912</v>
+        <v>1028</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>5012</v>
+        <v>4942</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>427</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>428</v>
-      </c>
-[...4 lines deleted...]
-        <v>430</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="D116" s="15" t="s">
+        <v>431</v>
+      </c>
+      <c r="E116" s="15" t="s">
         <v>432</v>
-      </c>
-[...4 lines deleted...]
-        <v>434</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.658</v>
       </c>
       <c r="L116" s="15">
         <v>0.438</v>
       </c>
       <c r="M116" s="15">
         <v>0.399</v>
       </c>
-      <c r="N116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D117" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="E117" s="15" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J117" s="15">
         <v>260</v>
       </c>
       <c r="K117" s="15">
         <v>0.61136</v>
       </c>
       <c r="L117" s="15">
         <v>0.55022</v>
       </c>
       <c r="M117" s="15">
         <v>0.50946</v>
       </c>
-      <c r="N117" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15">
         <v>1040</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>439</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>440</v>
-      </c>
-[...4 lines deleted...]
-        <v>442</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.26695</v>
       </c>
       <c r="L118" s="15">
         <v>0.19314</v>
       </c>
       <c r="M118" s="15">
         <v>0.16854</v>
       </c>
       <c r="N118" s="15">
-        <v>912</v>
+        <v>798</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>443</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>445</v>
-      </c>
-[...4 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>0.39848</v>
       </c>
       <c r="L119" s="15">
         <v>0.26565</v>
       </c>
       <c r="M119" s="15">
         <v>0.2415</v>
       </c>
       <c r="N119" s="15">
         <v>9</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="D120" s="15" t="s">
+        <v>447</v>
+      </c>
+      <c r="E120" s="15" t="s">
         <v>448</v>
-      </c>
-[...4 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.26554</v>
       </c>
       <c r="L120" s="15">
         <v>0.19212</v>
       </c>
       <c r="M120" s="15">
         <v>0.16765</v>
       </c>
       <c r="N120" s="15">
-        <v>2145</v>
+        <v>2129</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>451</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>452</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.105</v>
       </c>
       <c r="L121" s="15">
         <v>0.105</v>
       </c>
       <c r="M121" s="15">
         <v>0.105</v>
       </c>
       <c r="N121" s="15">
         <v>10</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D122" s="15" t="s">
+        <v>454</v>
+      </c>
+      <c r="E122" s="15" t="s">
         <v>455</v>
-      </c>
-[...4 lines deleted...]
-        <v>457</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I122" s="15" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="J122" s="15"/>
       <c r="K122" s="15">
         <v>0.105</v>
       </c>
       <c r="L122" s="15">
         <v>0.105</v>
       </c>
       <c r="M122" s="15">
         <v>0.105</v>
       </c>
       <c r="N122" s="15">
         <v>10</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>457</v>
+      </c>
+      <c r="D123" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="E123" s="15" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
         <v>0.27773</v>
       </c>
       <c r="L123" s="15">
         <v>0.18958</v>
       </c>
       <c r="M123" s="15">
         <v>0.17267</v>
       </c>
       <c r="N123" s="15">
         <v>4</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>463</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.21735</v>
       </c>
       <c r="L124" s="15">
         <v>0.1449</v>
       </c>
       <c r="M124" s="15">
         <v>0.13283</v>
       </c>
       <c r="N124" s="15">
         <v>1</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.18499</v>
       </c>
       <c r="L125" s="15">
         <v>0.13384</v>
       </c>
       <c r="M125" s="15">
         <v>0.11679</v>
       </c>
       <c r="N125" s="15">
-        <v>1828</v>
+        <v>2437</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="E126" s="15" t="s">
         <v>469</v>
-      </c>
-[...4 lines deleted...]
-        <v>471</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.34657</v>
       </c>
       <c r="L126" s="15">
         <v>0.25074</v>
       </c>
       <c r="M126" s="15">
         <v>0.2188</v>
       </c>
       <c r="N126" s="15">
-        <v>975</v>
+        <v>832</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D127" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>473</v>
-      </c>
-[...4 lines deleted...]
-        <v>475</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.42656</v>
       </c>
       <c r="L127" s="15">
         <v>0.30861</v>
       </c>
       <c r="M127" s="15">
         <v>0.2693</v>
       </c>
       <c r="N127" s="15">
         <v>1020</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>479</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.50756</v>
       </c>
       <c r="L128" s="15">
         <v>0.36722</v>
       </c>
       <c r="M128" s="15">
         <v>0.32044</v>
       </c>
       <c r="N128" s="15">
-        <v>664</v>
+        <v>241</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>479</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>480</v>
+      </c>
+      <c r="E129" s="15" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="J129" s="15">
         <v>108</v>
       </c>
       <c r="K129" s="15">
         <v>0.58744</v>
       </c>
       <c r="L129" s="15">
         <v>0.42501</v>
       </c>
       <c r="M129" s="15">
         <v>0.37087</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>483</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="E130" s="15" t="s">
         <v>485</v>
-      </c>
-[...4 lines deleted...]
-        <v>487</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.6686</v>
       </c>
       <c r="L130" s="15">
         <v>0.48373</v>
       </c>
       <c r="M130" s="15">
         <v>0.42211</v>
       </c>
       <c r="N130" s="15">
-        <v>260</v>
+        <v>219</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D131" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="E131" s="15" t="s">
         <v>489</v>
-      </c>
-[...4 lines deleted...]
-        <v>491</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.8295</v>
       </c>
       <c r="L131" s="15">
         <v>0.60015</v>
       </c>
       <c r="M131" s="15">
         <v>0.5237000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>1292</v>
+        <v>1088</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>491</v>
+      </c>
+      <c r="D132" s="15" t="s">
+        <v>492</v>
+      </c>
+      <c r="E132" s="15" t="s">
         <v>493</v>
-      </c>
-[...4 lines deleted...]
-        <v>495</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.07893</v>
       </c>
       <c r="L132" s="15">
         <v>0.06619999999999999</v>
       </c>
       <c r="M132" s="15">
         <v>0.06365</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="D133" s="15" t="s">
+        <v>496</v>
+      </c>
+      <c r="E133" s="15" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>499</v>
+      </c>
+      <c r="D134" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="E134" s="15" t="s">
         <v>501</v>
-      </c>
-[...4 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.34651</v>
       </c>
       <c r="L134" s="15">
         <v>0.2507</v>
       </c>
       <c r="M134" s="15">
         <v>0.21876</v>
       </c>
       <c r="N134" s="15">
-        <v>1980</v>
+        <v>2764</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>503</v>
+      </c>
+      <c r="D135" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="E135" s="15" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.42693</v>
       </c>
       <c r="L135" s="15">
         <v>0.30888</v>
       </c>
       <c r="M135" s="15">
         <v>0.26953</v>
       </c>
       <c r="N135" s="15">
-        <v>693</v>
+        <v>529</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>507</v>
+      </c>
+      <c r="D136" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="E136" s="15" t="s">
         <v>509</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.50774</v>
       </c>
       <c r="L136" s="15">
         <v>0.36735</v>
       </c>
       <c r="M136" s="15">
         <v>0.32055</v>
       </c>
       <c r="N136" s="15">
-        <v>1325</v>
+        <v>1155</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D137" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="E137" s="15" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.66864</v>
       </c>
       <c r="L137" s="15">
         <v>0.48376</v>
       </c>
       <c r="M137" s="15">
         <v>0.42214</v>
       </c>
       <c r="N137" s="15">
-        <v>267</v>
+        <v>189</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>515</v>
+      </c>
+      <c r="D138" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="E138" s="15" t="s">
         <v>517</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.7491100000000001</v>
       </c>
       <c r="L138" s="15">
         <v>0.54198</v>
       </c>
       <c r="M138" s="15">
         <v>0.47294</v>
       </c>
       <c r="N138" s="15">
-        <v>258</v>
+        <v>210</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>519</v>
+      </c>
+      <c r="D139" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="E139" s="15" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.83009</v>
       </c>
       <c r="L139" s="15">
         <v>0.60057</v>
       </c>
       <c r="M139" s="15">
         <v>0.52407</v>
       </c>
       <c r="N139" s="15">
-        <v>750</v>
+        <v>620</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>523</v>
+      </c>
+      <c r="D140" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="E140" s="15" t="s">
         <v>525</v>
-      </c>
-[...4 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>1.18</v>
       </c>
       <c r="L140" s="15">
         <v>0.85059</v>
       </c>
       <c r="M140" s="15">
         <v>0.74224</v>
       </c>
       <c r="N140" s="15">
-        <v>455</v>
+        <v>504</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D141" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="E141" s="15" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>1.31</v>
       </c>
       <c r="L141" s="15">
         <v>0.95038</v>
       </c>
       <c r="M141" s="15">
         <v>0.8293199999999999</v>
       </c>
       <c r="N141" s="15">
-        <v>2904</v>
+        <v>2013</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="D142" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>533</v>
-      </c>
-[...4 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.47</v>
       </c>
       <c r="L142" s="15">
         <v>1.07</v>
       </c>
       <c r="M142" s="15">
         <v>0.93019</v>
       </c>
       <c r="N142" s="15">
-        <v>246</v>
+        <v>183</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D143" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="E143" s="15" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>539</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.105</v>
       </c>
       <c r="L143" s="15">
         <v>0.105</v>
       </c>
       <c r="M143" s="15">
         <v>0.105</v>
       </c>
       <c r="N143" s="15">
         <v>10</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>538</v>
+      </c>
+      <c r="D144" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="E144" s="15" t="s">
         <v>540</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>850</v>
+        <v>720</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>543</v>
+      </c>
+      <c r="D145" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="E145" s="15" t="s">
         <v>545</v>
-      </c>
-[...4 lines deleted...]
-        <v>547</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>913</v>
+        <v>938</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>547</v>
+      </c>
+      <c r="D146" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="E146" s="15" t="s">
         <v>549</v>
-      </c>
-[...4 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>720</v>
+        <v>900</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>551</v>
+      </c>
+      <c r="D147" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="E147" s="15" t="s">
         <v>553</v>
-      </c>
-[...4 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>733</v>
+        <v>872</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D148" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="E148" s="15" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>559</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>0.20265</v>
       </c>
       <c r="L148" s="15">
         <v>0.14475</v>
       </c>
       <c r="M148" s="15">
         <v>0.13028</v>
       </c>
       <c r="N148" s="15">
-        <v>13446</v>
+        <v>13770</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>559</v>
+      </c>
+      <c r="D149" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>561</v>
-      </c>
-[...4 lines deleted...]
-        <v>563</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.30385</v>
       </c>
       <c r="L149" s="15">
         <v>0.21704</v>
       </c>
       <c r="M149" s="15">
         <v>0.19533</v>
       </c>
       <c r="N149" s="15">
-        <v>23976</v>
+        <v>26244</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>563</v>
+      </c>
+      <c r="D150" s="15" t="s">
+        <v>564</v>
+      </c>
+      <c r="E150" s="15" t="s">
         <v>565</v>
-      </c>
-[...4 lines deleted...]
-        <v>567</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>986</v>
+        <v>1061</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>567</v>
+      </c>
+      <c r="D151" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="E151" s="15" t="s">
         <v>569</v>
-      </c>
-[...4 lines deleted...]
-        <v>571</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>810</v>
+        <v>700</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="D152" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="E152" s="15" t="s">
         <v>573</v>
-      </c>
-[...4 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1650</v>
+        <v>1500</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>575</v>
+      </c>
+      <c r="D153" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="E153" s="15" t="s">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>579</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>302</v>
+        <v>383</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>579</v>
+      </c>
+      <c r="D154" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="E154" s="15" t="s">
         <v>581</v>
-      </c>
-[...4 lines deleted...]
-        <v>583</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.76871</v>
       </c>
       <c r="L154" s="15">
         <v>0.54908</v>
       </c>
       <c r="M154" s="15">
         <v>0.49417</v>
       </c>
       <c r="N154" s="15">
-        <v>13230</v>
+        <v>18060</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>583</v>
+      </c>
+      <c r="D155" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="E155" s="15" t="s">
         <v>585</v>
-      </c>
-[...4 lines deleted...]
-        <v>587</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
         <v>1575</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>587</v>
+      </c>
+      <c r="D156" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="E156" s="15" t="s">
         <v>589</v>
-      </c>
-[...4 lines deleted...]
-        <v>591</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
-        <v>1902</v>
+        <v>2252</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D157" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="E157" s="15" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>4811</v>
+        <v>4874</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="E158" s="15" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>8690</v>
+        <v>1426</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>599</v>
+      </c>
+      <c r="D159" s="15" t="s">
+        <v>600</v>
+      </c>
+      <c r="E159" s="15" t="s">
         <v>601</v>
-      </c>
-[...4 lines deleted...]
-        <v>603</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>763</v>
+        <v>800</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>
@@ -8809,317 +8789,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>