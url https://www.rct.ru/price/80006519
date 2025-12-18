--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2666,172 +2666,172 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>1525</v>
+        <v>1975</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>750</v>
+        <v>1075</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>1525</v>
+        <v>1024</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>928</v>
+        <v>1073</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -2908,289 +2908,289 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>820</v>
+        <v>880</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>954</v>
+        <v>791</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>720</v>
+        <v>810</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>271</v>
+        <v>214</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>316</v>
+        <v>244</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>228</v>
+        <v>294</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>3080</v>
+        <v>3828</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3226,129 +3226,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1935</v>
+        <v>1418</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>1125</v>
+        <v>950</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>347</v>
+        <v>288</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3462,219 +3462,219 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>8475</v>
+        <v>7345</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19727</v>
       </c>
       <c r="L30" s="15">
         <v>0.17754</v>
       </c>
       <c r="M30" s="15">
         <v>0.16439</v>
       </c>
       <c r="N30" s="15">
-        <v>831</v>
+        <v>912</v>
       </c>
       <c r="O30" s="15">
-        <v>1240</v>
+        <v>1360</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J31" s="15">
         <v>1260</v>
       </c>
       <c r="K31" s="15">
         <v>0.26196</v>
       </c>
       <c r="L31" s="15">
         <v>0.22703</v>
       </c>
       <c r="M31" s="15">
         <v>0.2183</v>
       </c>
       <c r="N31" s="15">
-        <v>120</v>
+        <v>149</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
       <c r="N32" s="15">
-        <v>855</v>
+        <v>767</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>16750</v>
+        <v>17946</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -3792,629 +3792,629 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1076</v>
+        <v>1344</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>1855</v>
+        <v>1691</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>2312</v>
+        <v>1978</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3100</v>
+        <v>3549</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>50404</v>
+        <v>43404</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1537</v>
+        <v>1556</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.25728</v>
       </c>
       <c r="L43" s="15">
         <v>0.22298</v>
       </c>
       <c r="M43" s="15">
         <v>0.2144</v>
       </c>
       <c r="N43" s="15">
-        <v>945</v>
+        <v>741</v>
       </c>
       <c r="O43" s="15">
-        <v>7900</v>
+        <v>6200</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.32643</v>
       </c>
       <c r="L44" s="15">
         <v>0.28291</v>
       </c>
       <c r="M44" s="15">
         <v>0.27203</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>16524</v>
+        <v>13873</v>
       </c>
       <c r="P44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.40571</v>
       </c>
       <c r="L45" s="15">
         <v>0.35161</v>
       </c>
       <c r="M45" s="15">
         <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1488</v>
+        <v>1941</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>4049</v>
+        <v>3374</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
         <v>0.40545</v>
       </c>
       <c r="L47" s="15">
         <v>0.35139</v>
       </c>
       <c r="M47" s="15">
         <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2138</v>
+        <v>2208</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>4000</v>
+        <v>3800</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.57866</v>
       </c>
       <c r="L49" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>162</v>
+        <v>134</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
         <v>0.68765</v>
       </c>
       <c r="L51" s="15">
         <v>0.59596</v>
       </c>
       <c r="M51" s="15">
         <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>675</v>
+        <v>844</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
@@ -4450,172 +4450,172 @@
       </c>
       <c r="E53" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1240</v>
+        <v>1554</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>3859</v>
+        <v>3069</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1184</v>
+        <v>1088</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
@@ -4645,175 +4645,175 @@
       <c r="D58" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>2189</v>
+        <v>2448</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>11056</v>
+        <v>11431</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>9241</v>
+        <v>9007</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
         <v>0.27533</v>
       </c>
       <c r="L61" s="15">
         <v>0.23862</v>
       </c>
       <c r="M61" s="15">
         <v>0.22944</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>4816</v>
+        <v>3360</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
@@ -4967,51 +4967,51 @@
       </c>
       <c r="E66" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1580</v>
+        <v>1320</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
@@ -5045,51 +5045,51 @@
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.53834</v>
       </c>
       <c r="L68" s="15">
         <v>0.38453</v>
       </c>
       <c r="M68" s="15">
         <v>0.34607</v>
       </c>
       <c r="N68" s="15">
-        <v>322</v>
+        <v>363</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
@@ -5123,217 +5123,217 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
         <v>0.14073</v>
       </c>
       <c r="L70" s="15">
         <v>0.12197</v>
       </c>
       <c r="M70" s="15">
         <v>0.11728</v>
       </c>
       <c r="N70" s="15">
-        <v>2984</v>
+        <v>3050</v>
       </c>
       <c r="O70" s="15">
-        <v>15188</v>
+        <v>14783</v>
       </c>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>8149</v>
+        <v>6382</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>4146</v>
+        <v>4418</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>26150</v>
+        <v>28640</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>29201</v>
+        <v>32207</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -5369,51 +5369,51 @@
       </c>
       <c r="E76" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>283</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>27012</v>
+        <v>22715</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
@@ -5447,51 +5447,51 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>290</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>4878</v>
+        <v>6030</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
@@ -5523,51 +5523,51 @@
       <c r="D80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>2996</v>
+        <v>2716</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
@@ -5599,51 +5599,51 @@
       <c r="D82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>780</v>
+        <v>870</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
@@ -5673,90 +5673,90 @@
       <c r="D84" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
@@ -5831,92 +5831,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>320</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>321</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.40746</v>
       </c>
       <c r="L88" s="15">
         <v>0.29105</v>
       </c>
       <c r="M88" s="15">
         <v>0.26194</v>
       </c>
       <c r="N88" s="15">
-        <v>146</v>
+        <v>177</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
@@ -5949,474 +5949,476 @@
       <c r="E91" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>333</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.19434</v>
       </c>
       <c r="L91" s="15">
         <v>0.16843</v>
       </c>
       <c r="M91" s="15">
         <v>0.16195</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>900</v>
+        <v>740</v>
       </c>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>337</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2625</v>
+        <v>2135</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>341</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>8513</v>
+        <v>9233</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>343</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>344</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>345</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
-      <c r="N94" s="15"/>
+      <c r="N94" s="15">
+        <v>1720</v>
+      </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>349</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>4455</v>
+        <v>4345</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>353</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>6880</v>
+        <v>5280</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>7813</v>
+        <v>7905</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>361</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>594</v>
+        <v>676</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>362</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>364</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>365</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1203</v>
+        <v>1110</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>368</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3968</v>
+        <v>3409</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>373</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1394</v>
+        <v>1037</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>376</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I102" s="15" t="s">
@@ -6456,295 +6458,295 @@
       </c>
       <c r="E103" s="15" t="s">
         <v>380</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>381</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1103</v>
+        <v>1190</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>385</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>9382</v>
+        <v>11657</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>386</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>387</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>388</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>389</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>3409</v>
+        <v>4178</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>392</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>393</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>1265</v>
+        <v>981</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>397</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>268</v>
+        <v>292</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>401</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>224</v>
+        <v>252</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>405</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>2086</v>
+        <v>2224</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>332</v>
@@ -6785,222 +6787,222 @@
       <c r="E111" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
         <v>0.18746</v>
       </c>
       <c r="L111" s="15">
         <v>0.16871</v>
       </c>
       <c r="M111" s="15">
         <v>0.15621</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>6160</v>
+        <v>6960</v>
       </c>
       <c r="P111" s="15" t="s">
         <v>413</v>
       </c>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>417</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>855</v>
+        <v>1207</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>421</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1028</v>
+        <v>1240</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>423</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>424</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>425</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>4942</v>
+        <v>5568</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>428</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>429</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>279</v>
+        <v>306</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I116" s="15" t="s">
@@ -7075,51 +7077,51 @@
       </c>
       <c r="E118" s="15" t="s">
         <v>440</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.26695</v>
       </c>
       <c r="L118" s="15">
         <v>0.19314</v>
       </c>
       <c r="M118" s="15">
         <v>0.16854</v>
       </c>
       <c r="N118" s="15">
-        <v>798</v>
+        <v>1004</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>445</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I119" s="15"/>
@@ -7153,51 +7155,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.26554</v>
       </c>
       <c r="L120" s="15">
         <v>0.19212</v>
       </c>
       <c r="M120" s="15">
         <v>0.16765</v>
       </c>
       <c r="N120" s="15">
-        <v>2129</v>
+        <v>2653</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I121" s="15"/>
@@ -7346,176 +7348,176 @@
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>466</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.18499</v>
       </c>
       <c r="L125" s="15">
         <v>0.13384</v>
       </c>
       <c r="M125" s="15">
         <v>0.11679</v>
       </c>
       <c r="N125" s="15">
-        <v>2437</v>
+        <v>2711</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>470</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.34657</v>
       </c>
       <c r="L126" s="15">
         <v>0.25074</v>
       </c>
       <c r="M126" s="15">
         <v>0.2188</v>
       </c>
       <c r="N126" s="15">
-        <v>832</v>
+        <v>1040</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.42656</v>
       </c>
       <c r="L127" s="15">
         <v>0.30861</v>
       </c>
       <c r="M127" s="15">
         <v>0.2693</v>
       </c>
       <c r="N127" s="15">
-        <v>1020</v>
+        <v>1241</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>478</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.50756</v>
       </c>
       <c r="L128" s="15">
         <v>0.36722</v>
       </c>
       <c r="M128" s="15">
         <v>0.32044</v>
       </c>
       <c r="N128" s="15">
-        <v>241</v>
+        <v>609</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>481</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I129" s="15" t="s">
@@ -7551,92 +7553,92 @@
       </c>
       <c r="E130" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>486</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.6686</v>
       </c>
       <c r="L130" s="15">
         <v>0.48373</v>
       </c>
       <c r="M130" s="15">
         <v>0.42211</v>
       </c>
       <c r="N130" s="15">
-        <v>219</v>
+        <v>234</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>490</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.8295</v>
       </c>
       <c r="L131" s="15">
         <v>0.60015</v>
       </c>
       <c r="M131" s="15">
         <v>0.5237000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>1088</v>
+        <v>1020</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>493</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -7672,420 +7674,420 @@
       </c>
       <c r="E133" s="15" t="s">
         <v>497</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>498</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>499</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>500</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>501</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>502</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.34651</v>
       </c>
       <c r="L134" s="15">
         <v>0.2507</v>
       </c>
       <c r="M134" s="15">
         <v>0.21876</v>
       </c>
       <c r="N134" s="15">
-        <v>2764</v>
+        <v>2830</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>503</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>504</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>505</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>506</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.42693</v>
       </c>
       <c r="L135" s="15">
         <v>0.30888</v>
       </c>
       <c r="M135" s="15">
         <v>0.26953</v>
       </c>
       <c r="N135" s="15">
-        <v>529</v>
+        <v>607</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>507</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>508</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>509</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>510</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.50774</v>
       </c>
       <c r="L136" s="15">
         <v>0.36735</v>
       </c>
       <c r="M136" s="15">
         <v>0.32055</v>
       </c>
       <c r="N136" s="15">
-        <v>1155</v>
+        <v>1230</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>511</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>512</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>513</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>514</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.66864</v>
       </c>
       <c r="L137" s="15">
         <v>0.48376</v>
       </c>
       <c r="M137" s="15">
         <v>0.42214</v>
       </c>
       <c r="N137" s="15">
-        <v>189</v>
+        <v>213</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>515</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>516</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>517</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>518</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.7491100000000001</v>
       </c>
       <c r="L138" s="15">
         <v>0.54198</v>
       </c>
       <c r="M138" s="15">
         <v>0.47294</v>
       </c>
       <c r="N138" s="15">
-        <v>210</v>
+        <v>186</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.83009</v>
       </c>
       <c r="L139" s="15">
         <v>0.60057</v>
       </c>
       <c r="M139" s="15">
         <v>0.52407</v>
       </c>
       <c r="N139" s="15">
-        <v>620</v>
+        <v>870</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>523</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>524</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>525</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>526</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>1.18</v>
       </c>
       <c r="L140" s="15">
         <v>0.85059</v>
       </c>
       <c r="M140" s="15">
         <v>0.74224</v>
       </c>
       <c r="N140" s="15">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>527</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>528</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>529</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>530</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>1.31</v>
       </c>
       <c r="L141" s="15">
         <v>0.95038</v>
       </c>
       <c r="M141" s="15">
         <v>0.8293199999999999</v>
       </c>
       <c r="N141" s="15">
-        <v>2013</v>
+        <v>2607</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>531</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>532</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>533</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>534</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.47</v>
       </c>
       <c r="L142" s="15">
         <v>1.07</v>
       </c>
       <c r="M142" s="15">
         <v>0.93019</v>
       </c>
       <c r="N142" s="15">
-        <v>183</v>
+        <v>201</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>535</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>537</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I143" s="15"/>
@@ -8117,168 +8119,168 @@
       <c r="D144" s="15" t="s">
         <v>539</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>540</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>542</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>720</v>
+        <v>680</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>543</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>544</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>545</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>546</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>938</v>
+        <v>788</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>547</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>548</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>549</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>550</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>900</v>
+        <v>720</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>551</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>552</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>553</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>554</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>872</v>
+        <v>802</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>555</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>556</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>557</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I148" s="15" t="s">
@@ -8312,441 +8314,441 @@
       <c r="D149" s="15" t="s">
         <v>560</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>561</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I149" s="15" t="s">
         <v>562</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.30385</v>
       </c>
       <c r="L149" s="15">
         <v>0.21704</v>
       </c>
       <c r="M149" s="15">
         <v>0.19533</v>
       </c>
       <c r="N149" s="15">
-        <v>26244</v>
+        <v>25596</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>563</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>564</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>565</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>566</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>1061</v>
+        <v>1049</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>567</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>568</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>569</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>570</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>700</v>
+        <v>730</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>571</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>572</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>573</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>574</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1500</v>
+        <v>1525</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>575</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>576</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>577</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>578</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>383</v>
+        <v>311</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>579</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>580</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>581</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>582</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.76871</v>
       </c>
       <c r="L154" s="15">
         <v>0.54908</v>
       </c>
       <c r="M154" s="15">
         <v>0.49417</v>
       </c>
       <c r="N154" s="15">
-        <v>18060</v>
+        <v>12600</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>583</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>584</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>585</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>586</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
-        <v>1575</v>
+        <v>2250</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>587</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>588</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>589</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I156" s="15" t="s">
         <v>590</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
-        <v>2252</v>
+        <v>1502</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>591</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>592</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>593</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I157" s="15" t="s">
         <v>594</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>4874</v>
+        <v>4187</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>595</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>596</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>597</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I158" s="15" t="s">
         <v>598</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1426</v>
+        <v>1683</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>599</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>600</v>
       </c>
       <c r="E159" s="15" t="s">
         <v>601</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>541</v>
       </c>
       <c r="I159" s="15" t="s">
         <v>602</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>800</v>
+        <v>1075</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>