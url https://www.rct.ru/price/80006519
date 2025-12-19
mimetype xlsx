--- v2 (2025-12-18)
+++ v3 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="630">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1511,50 +1511,53 @@
     <t xml:space="preserve">DG141R-2.54-10P-14-00Z(H) DEGSON, GT141R-2.54-10P-14-00 GOLTEN, TLM-900R-10P-G12 Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-01P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-01P-4</t>
   </si>
   <si>
     <t>UT-00147294</t>
   </si>
   <si>
     <t xml:space="preserve">KLS2-141V-2.54-01P-4 KLS, DG141V-2.54-01P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-02P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-02P-4</t>
   </si>
   <si>
     <t>UT-00139301</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, GT141V-2.54-02P-14-00 GOLTEN, TLM-900V-02P-G12 Tianli, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-04P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-04P-4</t>
   </si>
   <si>
     <t>UT-00146566</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-05P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-05P-4</t>
   </si>
   <si>
     <t>UT-00146567</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, </t>
   </si>
@@ -2666,92 +2669,92 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>1975</v>
+        <v>2225</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -2787,93 +2790,93 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>1073</v>
+        <v>1233</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
@@ -2908,289 +2911,289 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>880</v>
+        <v>690</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>791</v>
+        <v>1117</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>810</v>
+        <v>740</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>214</v>
+        <v>244</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>244</v>
+        <v>360</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>294</v>
+        <v>235</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>3828</v>
+        <v>2948</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3226,129 +3229,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1418</v>
+        <v>1935</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>950</v>
+        <v>825</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>288</v>
+        <v>338</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3421,260 +3424,260 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>23712</v>
+        <v>20976</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>7345</v>
+        <v>9831</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19727</v>
       </c>
       <c r="L30" s="15">
         <v>0.17754</v>
       </c>
       <c r="M30" s="15">
         <v>0.16439</v>
       </c>
       <c r="N30" s="15">
-        <v>912</v>
+        <v>818</v>
       </c>
       <c r="O30" s="15">
-        <v>1360</v>
+        <v>1220</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J31" s="15">
         <v>1260</v>
       </c>
       <c r="K31" s="15">
         <v>0.26196</v>
       </c>
       <c r="L31" s="15">
         <v>0.22703</v>
       </c>
       <c r="M31" s="15">
         <v>0.2183</v>
       </c>
       <c r="N31" s="15">
-        <v>149</v>
+        <v>65</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
       <c r="N32" s="15">
-        <v>767</v>
+        <v>382</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>17946</v>
+        <v>20100</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -3792,341 +3795,341 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1344</v>
+        <v>1092</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>1691</v>
+        <v>1882</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>1978</v>
+        <v>1783</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3549</v>
+        <v>3594</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>43404</v>
+        <v>57405</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1556</v>
+        <v>1634</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.25728</v>
       </c>
       <c r="L43" s="15">
         <v>0.22298</v>
       </c>
       <c r="M43" s="15">
         <v>0.2144</v>
       </c>
       <c r="N43" s="15">
-        <v>741</v>
+        <v>717</v>
       </c>
       <c r="O43" s="15">
-        <v>6200</v>
+        <v>6000</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.32643</v>
       </c>
       <c r="L44" s="15">
         <v>0.28291</v>
       </c>
       <c r="M44" s="15">
         <v>0.27203</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>13873</v>
+        <v>15504</v>
       </c>
       <c r="P44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>169</v>
@@ -4163,133 +4166,133 @@
       </c>
       <c r="E46" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3374</v>
+        <v>3685</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
         <v>0.40545</v>
       </c>
       <c r="L47" s="15">
         <v>0.35139</v>
       </c>
       <c r="M47" s="15">
         <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2208</v>
+        <v>2839</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>3800</v>
+        <v>3900</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
@@ -4329,92 +4332,92 @@
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
         <v>0.68765</v>
       </c>
       <c r="L51" s="15">
         <v>0.59596</v>
       </c>
       <c r="M51" s="15">
         <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>844</v>
+        <v>799</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
@@ -4450,172 +4453,172 @@
       </c>
       <c r="E53" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1554</v>
+        <v>1485</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>3069</v>
+        <v>2836</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1088</v>
+        <v>1440</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>190</v>
+        <v>165</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
@@ -4645,92 +4648,92 @@
       <c r="D58" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>2448</v>
+        <v>1872</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>11431</v>
+        <v>10426</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
@@ -4769,51 +4772,51 @@
       <c r="E61" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
         <v>0.27533</v>
       </c>
       <c r="L61" s="15">
         <v>0.23862</v>
       </c>
       <c r="M61" s="15">
         <v>0.22944</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>3360</v>
+        <v>3976</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
@@ -4967,51 +4970,51 @@
       </c>
       <c r="E66" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1320</v>
+        <v>1620</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
@@ -5045,51 +5048,51 @@
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.53834</v>
       </c>
       <c r="L68" s="15">
         <v>0.38453</v>
       </c>
       <c r="M68" s="15">
         <v>0.34607</v>
       </c>
       <c r="N68" s="15">
-        <v>363</v>
+        <v>454</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
@@ -5123,217 +5126,217 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
         <v>0.14073</v>
       </c>
       <c r="L70" s="15">
         <v>0.12197</v>
       </c>
       <c r="M70" s="15">
         <v>0.11728</v>
       </c>
       <c r="N70" s="15">
-        <v>3050</v>
+        <v>3552</v>
       </c>
       <c r="O70" s="15">
-        <v>14783</v>
+        <v>17213</v>
       </c>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>6382</v>
+        <v>8149</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>4418</v>
+        <v>5030</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>28640</v>
+        <v>24905</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>32207</v>
+        <v>32636</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -5369,51 +5372,51 @@
       </c>
       <c r="E76" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>283</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>22715</v>
+        <v>21487</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
@@ -5447,51 +5450,51 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>290</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>6030</v>
+        <v>5531</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
@@ -5523,51 +5526,51 @@
       <c r="D80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>2716</v>
+        <v>2876</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
@@ -5599,51 +5602,51 @@
       <c r="D82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>870</v>
+        <v>640</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
@@ -5673,90 +5676,90 @@
       <c r="D84" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>282</v>
+        <v>312</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>303</v>
+        <v>324</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
@@ -5831,92 +5834,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>320</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>321</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.40746</v>
       </c>
       <c r="L88" s="15">
         <v>0.29105</v>
       </c>
       <c r="M88" s="15">
         <v>0.26194</v>
       </c>
       <c r="N88" s="15">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>225</v>
+        <v>260</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
@@ -5949,560 +5952,560 @@
       <c r="E91" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>333</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.19434</v>
       </c>
       <c r="L91" s="15">
         <v>0.16843</v>
       </c>
       <c r="M91" s="15">
         <v>0.16195</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>740</v>
+        <v>860</v>
       </c>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>337</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2135</v>
+        <v>2100</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>341</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>9233</v>
+        <v>9353</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>343</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>344</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>345</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
       <c r="N94" s="15">
-        <v>1720</v>
+        <v>1780</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>349</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>4345</v>
+        <v>4565</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>353</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>5280</v>
+        <v>7040</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>7905</v>
+        <v>7721</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>361</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>676</v>
+        <v>742</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>362</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>364</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>365</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1110</v>
+        <v>1425</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>368</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3409</v>
+        <v>3765</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>373</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1037</v>
+        <v>1122</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>376</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>377</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>1566</v>
+        <v>1988</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>378</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>379</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>380</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>381</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1190</v>
+        <v>1068</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I104" s="15" t="s">
@@ -6540,213 +6543,213 @@
       </c>
       <c r="E105" s="15" t="s">
         <v>388</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>389</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>4178</v>
+        <v>4508</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>392</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>393</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>981</v>
+        <v>1038</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>397</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>292</v>
+        <v>260</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>401</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>252</v>
+        <v>301</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>405</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>2224</v>
+        <v>2169</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>332</v>
@@ -6787,222 +6790,222 @@
       <c r="E111" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
         <v>0.18746</v>
       </c>
       <c r="L111" s="15">
         <v>0.16871</v>
       </c>
       <c r="M111" s="15">
         <v>0.15621</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>6960</v>
+        <v>7120</v>
       </c>
       <c r="P111" s="15" t="s">
         <v>413</v>
       </c>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>417</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>1207</v>
+        <v>1112</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>421</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1240</v>
+        <v>1061</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>423</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>424</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>425</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>5568</v>
+        <v>5499</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>428</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>429</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I116" s="15" t="s">
@@ -7077,51 +7080,51 @@
       </c>
       <c r="E118" s="15" t="s">
         <v>440</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.26695</v>
       </c>
       <c r="L118" s="15">
         <v>0.19314</v>
       </c>
       <c r="M118" s="15">
         <v>0.16854</v>
       </c>
       <c r="N118" s="15">
-        <v>1004</v>
+        <v>935</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>445</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I119" s="15"/>
@@ -7155,51 +7158,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.26554</v>
       </c>
       <c r="L120" s="15">
         <v>0.19212</v>
       </c>
       <c r="M120" s="15">
         <v>0.16765</v>
       </c>
       <c r="N120" s="15">
-        <v>2653</v>
+        <v>2391</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I121" s="15"/>
@@ -7348,176 +7351,176 @@
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>466</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.18499</v>
       </c>
       <c r="L125" s="15">
         <v>0.13384</v>
       </c>
       <c r="M125" s="15">
         <v>0.11679</v>
       </c>
       <c r="N125" s="15">
-        <v>2711</v>
+        <v>2072</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>470</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.34657</v>
       </c>
       <c r="L126" s="15">
         <v>0.25074</v>
       </c>
       <c r="M126" s="15">
         <v>0.2188</v>
       </c>
       <c r="N126" s="15">
-        <v>1040</v>
+        <v>1092</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.42656</v>
       </c>
       <c r="L127" s="15">
         <v>0.30861</v>
       </c>
       <c r="M127" s="15">
         <v>0.2693</v>
       </c>
       <c r="N127" s="15">
-        <v>1241</v>
+        <v>1173</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>478</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.50756</v>
       </c>
       <c r="L128" s="15">
         <v>0.36722</v>
       </c>
       <c r="M128" s="15">
         <v>0.32044</v>
       </c>
       <c r="N128" s="15">
-        <v>609</v>
+        <v>514</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>481</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I129" s="15" t="s">
@@ -7553,92 +7556,92 @@
       </c>
       <c r="E130" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>486</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.6686</v>
       </c>
       <c r="L130" s="15">
         <v>0.48373</v>
       </c>
       <c r="M130" s="15">
         <v>0.42211</v>
       </c>
       <c r="N130" s="15">
-        <v>234</v>
+        <v>182</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>490</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.8295</v>
       </c>
       <c r="L131" s="15">
         <v>0.60015</v>
       </c>
       <c r="M131" s="15">
         <v>0.5237000000000001</v>
       </c>
       <c r="N131" s="15">
-        <v>1020</v>
+        <v>1428</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>493</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -7674,1081 +7677,1085 @@
       </c>
       <c r="E133" s="15" t="s">
         <v>497</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>498</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>145</v>
-[...2 lines deleted...]
-      <c r="P133" s="15"/>
+        <v>141</v>
+      </c>
+      <c r="O133" s="15">
+        <v>8101</v>
+      </c>
+      <c r="P133" s="15" t="s">
+        <v>499</v>
+      </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.34651</v>
       </c>
       <c r="L134" s="15">
         <v>0.2507</v>
       </c>
       <c r="M134" s="15">
         <v>0.21876</v>
       </c>
       <c r="N134" s="15">
-        <v>2830</v>
+        <v>2040</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.42693</v>
       </c>
       <c r="L135" s="15">
         <v>0.30888</v>
       </c>
       <c r="M135" s="15">
         <v>0.26953</v>
       </c>
       <c r="N135" s="15">
-        <v>607</v>
+        <v>711</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.50774</v>
       </c>
       <c r="L136" s="15">
         <v>0.36735</v>
       </c>
       <c r="M136" s="15">
         <v>0.32055</v>
       </c>
       <c r="N136" s="15">
-        <v>1230</v>
+        <v>1382</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.66864</v>
       </c>
       <c r="L137" s="15">
         <v>0.48376</v>
       </c>
       <c r="M137" s="15">
         <v>0.42214</v>
       </c>
       <c r="N137" s="15">
-        <v>213</v>
+        <v>252</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.7491100000000001</v>
       </c>
       <c r="L138" s="15">
         <v>0.54198</v>
       </c>
       <c r="M138" s="15">
         <v>0.47294</v>
       </c>
       <c r="N138" s="15">
-        <v>186</v>
+        <v>219</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.83009</v>
       </c>
       <c r="L139" s="15">
         <v>0.60057</v>
       </c>
       <c r="M139" s="15">
         <v>0.52407</v>
       </c>
       <c r="N139" s="15">
-        <v>870</v>
+        <v>900</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>1.18</v>
       </c>
       <c r="L140" s="15">
         <v>0.85059</v>
       </c>
       <c r="M140" s="15">
         <v>0.74224</v>
       </c>
       <c r="N140" s="15">
-        <v>483</v>
+        <v>532</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>1.31</v>
       </c>
       <c r="L141" s="15">
         <v>0.95038</v>
       </c>
       <c r="M141" s="15">
         <v>0.8293199999999999</v>
       </c>
       <c r="N141" s="15">
-        <v>2607</v>
+        <v>2277</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.47</v>
       </c>
       <c r="L142" s="15">
         <v>1.07</v>
       </c>
       <c r="M142" s="15">
         <v>0.93019</v>
       </c>
       <c r="N142" s="15">
-        <v>201</v>
+        <v>216</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.105</v>
       </c>
       <c r="L143" s="15">
         <v>0.105</v>
       </c>
       <c r="M143" s="15">
         <v>0.105</v>
       </c>
       <c r="N143" s="15">
         <v>10</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>680</v>
+        <v>630</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>788</v>
+        <v>1025</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>720</v>
+        <v>600</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>802</v>
+        <v>693</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>0.20265</v>
       </c>
       <c r="L148" s="15">
         <v>0.14475</v>
       </c>
       <c r="M148" s="15">
         <v>0.13028</v>
       </c>
       <c r="N148" s="15">
-        <v>13770</v>
+        <v>14418</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.30385</v>
       </c>
       <c r="L149" s="15">
         <v>0.21704</v>
       </c>
       <c r="M149" s="15">
         <v>0.19533</v>
       </c>
       <c r="N149" s="15">
-        <v>25596</v>
+        <v>20412</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>1049</v>
+        <v>799</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>730</v>
+        <v>900</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1525</v>
+        <v>2000</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>311</v>
+        <v>324</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.76871</v>
       </c>
       <c r="L154" s="15">
         <v>0.54908</v>
       </c>
       <c r="M154" s="15">
         <v>0.49417</v>
       </c>
       <c r="N154" s="15">
-        <v>12600</v>
+        <v>13230</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
-        <v>2250</v>
+        <v>2225</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
-        <v>1502</v>
+        <v>1677</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>4187</v>
+        <v>4624</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1683</v>
+        <v>1723</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>1075</v>
+        <v>963</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>
@@ -8791,317 +8798,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>