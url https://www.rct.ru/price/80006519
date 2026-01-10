--- v3 (2025-12-19)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t>CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>UT-00146215</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
     <t>CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>UT-00146216</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
-    <t>24.02.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>UT-00148391</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>Клеммник CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>UT-00149896</t>
   </si>
   <si>
     <t xml:space="preserve">DG142R-5.08-01P-14-00Z(H) DEGSON, TLM-300R-01P-G12 Tianli, </t>
   </si>
@@ -364,51 +364,51 @@
   <si>
     <t>DG141R-2.54-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113304</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-02P-4 KLS, GT141R-2.54-02P-14-00 GOLTEN, TLM-900R-02P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113305</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-03P-4 KLS, GT141R-2.54-03P-14-00 GOLTEN, TLM-900R-03P-G12 Tianli, </t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141R-2.54-04P-14-00Z(H) DEGSON, GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115534</t>
   </si>
   <si>
     <t xml:space="preserve">GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, DG141R-2.54-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>DG141R-2.54-05P-14-00Z(H)</t>
   </si>
@@ -1255,51 +1255,51 @@
   <si>
     <t xml:space="preserve">GT142V-5.08-02P-14-00A(H) GOLTEN, DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, GT142V-5.08-02P-14-00 GOLTEN, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140130</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-03P-14-00Z(H) DEGSON, DG142V-5.08-03P-14-1000Z(H) DEGSON, TLM-300V-03P-G12 Tianli, CM-142V-5.08-3P-14 FUCON, </t>
   </si>
   <si>
-    <t>03.03.2026</t>
+    <t>07.02.2026</t>
   </si>
   <si>
     <t>GT142V-5.08-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140128</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-142V-5.08-04P-4 KLS, DG142V-5.08-04P-14-00Z(H) DEGSON, DG142V-5.08-04P-14-1000Z(H) DEGSON, TLM-300V-04P-G12 Tianli, CM-142V-5.08-4P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140129</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-05P-14-00Z(H) DEGSON, DG142V-5.08-05P-14-1000Z(H) DEGSON, TLM-300V-05P-G12 Tianli, </t>
   </si>
@@ -2710,173 +2710,173 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>1088</v>
+        <v>1050</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>1024</v>
+        <v>1168</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>1233</v>
+        <v>1291</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
-        <v>131</v>
+        <v>175</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
@@ -2911,289 +2911,289 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>690</v>
+        <v>660</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>1117</v>
+        <v>766</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>740</v>
+        <v>700</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>244</v>
+        <v>211</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>360</v>
+        <v>348</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>235</v>
+        <v>270</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>2948</v>
+        <v>2860</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3229,129 +3229,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1935</v>
+        <v>1440</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>825</v>
+        <v>925</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>338</v>
+        <v>396</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3424,260 +3424,256 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>20976</v>
+        <v>20368</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>9831</v>
+        <v>9153</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
-        <v>0.19727</v>
+        <v>0.19631</v>
       </c>
       <c r="L30" s="15">
-        <v>0.17754</v>
+        <v>0.17013</v>
       </c>
       <c r="M30" s="15">
-        <v>0.16439</v>
+        <v>0.16359</v>
       </c>
       <c r="N30" s="15">
-        <v>818</v>
+        <v>1032</v>
       </c>
       <c r="O30" s="15">
-        <v>1220</v>
+        <v>1540</v>
       </c>
       <c r="P30" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J31" s="15">
         <v>1260</v>
       </c>
       <c r="K31" s="15">
         <v>0.26196</v>
       </c>
       <c r="L31" s="15">
         <v>0.22703</v>
       </c>
       <c r="M31" s="15">
         <v>0.2183</v>
       </c>
-      <c r="N31" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
-      <c r="N32" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>20100</v>
+        <v>14357</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -3795,629 +3791,629 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1092</v>
+        <v>1496</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>1882</v>
+        <v>2264</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>1783</v>
+        <v>2340</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3594</v>
+        <v>3819</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>57405</v>
+        <v>62825</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1634</v>
+        <v>1226</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.25728</v>
       </c>
       <c r="L43" s="15">
         <v>0.22298</v>
       </c>
       <c r="M43" s="15">
         <v>0.2144</v>
       </c>
       <c r="N43" s="15">
-        <v>717</v>
+        <v>968</v>
       </c>
       <c r="O43" s="15">
-        <v>6000</v>
+        <v>8101</v>
       </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.32643</v>
+        <v>0.28367</v>
       </c>
       <c r="L44" s="15">
-        <v>0.28291</v>
+        <v>0.24584</v>
       </c>
       <c r="M44" s="15">
-        <v>0.27203</v>
+        <v>0.23639</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>15504</v>
+        <v>56588</v>
       </c>
       <c r="P44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.40571</v>
       </c>
       <c r="L45" s="15">
         <v>0.35161</v>
       </c>
       <c r="M45" s="15">
         <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1941</v>
+        <v>1423</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3685</v>
+        <v>3893</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
         <v>0.40545</v>
       </c>
       <c r="L47" s="15">
         <v>0.35139</v>
       </c>
       <c r="M47" s="15">
         <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2839</v>
+        <v>2664</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>3900</v>
+        <v>4140</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.57866</v>
       </c>
       <c r="L49" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>433</v>
+        <v>612</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>192</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
         <v>0.68765</v>
       </c>
       <c r="L51" s="15">
         <v>0.59596</v>
       </c>
       <c r="M51" s="15">
         <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>799</v>
+        <v>777</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
@@ -4453,172 +4449,172 @@
       </c>
       <c r="E53" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1485</v>
+        <v>1100</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>2836</v>
+        <v>2790</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1440</v>
+        <v>1328</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>165</v>
+        <v>190</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
@@ -4648,175 +4644,175 @@
       <c r="D58" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>1872</v>
+        <v>2477</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>10426</v>
+        <v>9749</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>9007</v>
+        <v>7837</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
-        <v>0.27533</v>
+        <v>0.27261</v>
       </c>
       <c r="L61" s="15">
-        <v>0.23862</v>
+        <v>0.23626</v>
       </c>
       <c r="M61" s="15">
-        <v>0.22944</v>
+        <v>0.22718</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>3976</v>
+        <v>3640</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>116</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
@@ -4970,51 +4966,51 @@
       </c>
       <c r="E66" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1620</v>
+        <v>1300</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
@@ -5039,60 +5035,60 @@
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
-        <v>0.53834</v>
+        <v>0.37443</v>
       </c>
       <c r="L68" s="15">
-        <v>0.38453</v>
+        <v>0.32451</v>
       </c>
       <c r="M68" s="15">
-        <v>0.34607</v>
+        <v>0.31203</v>
       </c>
       <c r="N68" s="15">
-        <v>454</v>
+        <v>322</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
@@ -5126,217 +5122,217 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
         <v>0.14073</v>
       </c>
       <c r="L70" s="15">
         <v>0.12197</v>
       </c>
       <c r="M70" s="15">
         <v>0.11728</v>
       </c>
       <c r="N70" s="15">
-        <v>3552</v>
+        <v>2705</v>
       </c>
       <c r="O70" s="15">
-        <v>17213</v>
+        <v>13568</v>
       </c>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>8149</v>
+        <v>4598</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>5030</v>
+        <v>5434</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>24905</v>
+        <v>31755</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>32636</v>
+        <v>30057</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -5372,51 +5368,51 @@
       </c>
       <c r="E76" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>283</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>21487</v>
+        <v>21794</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
@@ -5450,51 +5446,51 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>290</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>5531</v>
+        <v>3828</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
@@ -5526,51 +5522,51 @@
       <c r="D80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>2876</v>
+        <v>3595</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
@@ -5602,51 +5598,51 @@
       <c r="D82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>640</v>
+        <v>900</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
@@ -5676,90 +5672,90 @@
       <c r="D84" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>312</v>
+        <v>237</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>324</v>
+        <v>265</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
@@ -5825,101 +5821,101 @@
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>320</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>321</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
-        <v>0.40746</v>
+        <v>0.28143</v>
       </c>
       <c r="L88" s="15">
-        <v>0.29105</v>
+        <v>0.24391</v>
       </c>
       <c r="M88" s="15">
-        <v>0.26194</v>
+        <v>0.23453</v>
       </c>
       <c r="N88" s="15">
-        <v>188</v>
+        <v>164</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>260</v>
+        <v>293</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
@@ -5952,93 +5948,93 @@
       <c r="E91" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>333</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.19434</v>
       </c>
       <c r="L91" s="15">
         <v>0.16843</v>
       </c>
       <c r="M91" s="15">
         <v>0.16195</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>860</v>
+        <v>900</v>
       </c>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>337</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2100</v>
+        <v>2275</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>332</v>
@@ -6080,676 +6076,676 @@
       </c>
       <c r="E94" s="15" t="s">
         <v>344</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>345</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
       <c r="N94" s="15">
-        <v>1780</v>
+        <v>1740</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>349</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>4565</v>
+        <v>4015</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>353</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>7040</v>
+        <v>5440</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>7721</v>
+        <v>7813</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>360</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>361</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>742</v>
+        <v>561</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>362</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>363</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>364</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>365</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1425</v>
+        <v>1462</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>368</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>369</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3765</v>
+        <v>4477</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>371</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>372</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>373</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1122</v>
+        <v>1020</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>376</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>377</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>1988</v>
+        <v>1964</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>378</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>379</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>380</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>381</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1068</v>
+        <v>1558</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>382</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>383</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>384</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>385</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>11657</v>
+        <v>9809</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>386</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>387</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>388</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>389</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>4508</v>
+        <v>4233</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>392</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>393</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>1038</v>
+        <v>1180</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>396</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>397</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>260</v>
+        <v>328</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>400</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>401</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>402</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>403</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>404</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>405</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>2169</v>
+        <v>2502</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>407</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>332</v>
@@ -6790,222 +6786,222 @@
       <c r="E111" s="15" t="s">
         <v>411</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>412</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
         <v>0.18746</v>
       </c>
       <c r="L111" s="15">
         <v>0.16871</v>
       </c>
       <c r="M111" s="15">
         <v>0.15621</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>7120</v>
+        <v>5360</v>
       </c>
       <c r="P111" s="15" t="s">
         <v>413</v>
       </c>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>417</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>1112</v>
+        <v>1153</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>421</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1061</v>
+        <v>1175</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>423</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>424</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>425</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>5499</v>
+        <v>6264</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>428</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>429</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>324</v>
+        <v>365</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I116" s="15" t="s">
@@ -7071,60 +7067,60 @@
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>438</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>439</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>440</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
-        <v>0.26695</v>
+        <v>0.18641</v>
       </c>
       <c r="L118" s="15">
-        <v>0.19314</v>
+        <v>0.16155</v>
       </c>
       <c r="M118" s="15">
-        <v>0.16854</v>
+        <v>0.15534</v>
       </c>
       <c r="N118" s="15">
-        <v>935</v>
+        <v>821</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>445</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I119" s="15"/>
@@ -7149,60 +7145,60 @@
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E120" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
-        <v>0.26554</v>
+        <v>0.18632</v>
       </c>
       <c r="L120" s="15">
-        <v>0.19212</v>
+        <v>0.16147</v>
       </c>
       <c r="M120" s="15">
-        <v>0.16765</v>
+        <v>0.15526</v>
       </c>
       <c r="N120" s="15">
-        <v>2391</v>
+        <v>2751</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I121" s="15"/>
@@ -7342,306 +7338,306 @@
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
         <v>464</v>
       </c>
       <c r="D125" s="15" t="s">
         <v>465</v>
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>466</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
-        <v>0.18499</v>
+        <v>0.1298</v>
       </c>
       <c r="L125" s="15">
-        <v>0.13384</v>
+        <v>0.11249</v>
       </c>
       <c r="M125" s="15">
-        <v>0.11679</v>
+        <v>0.10816</v>
       </c>
       <c r="N125" s="15">
-        <v>2072</v>
+        <v>1828</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>470</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
-        <v>0.34657</v>
+        <v>0.24315</v>
       </c>
       <c r="L126" s="15">
-        <v>0.25074</v>
+        <v>0.21073</v>
       </c>
       <c r="M126" s="15">
-        <v>0.2188</v>
+        <v>0.20263</v>
       </c>
       <c r="N126" s="15">
-        <v>1092</v>
+        <v>1170</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
-        <v>0.42656</v>
+        <v>0.29928</v>
       </c>
       <c r="L127" s="15">
-        <v>0.30861</v>
+        <v>0.25938</v>
       </c>
       <c r="M127" s="15">
-        <v>0.2693</v>
+        <v>0.2494</v>
       </c>
       <c r="N127" s="15">
-        <v>1173</v>
+        <v>1037</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>478</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
-        <v>0.50756</v>
+        <v>0.35616</v>
       </c>
       <c r="L128" s="15">
-        <v>0.36722</v>
+        <v>0.30867</v>
       </c>
       <c r="M128" s="15">
-        <v>0.32044</v>
+        <v>0.2968</v>
       </c>
       <c r="N128" s="15">
-        <v>514</v>
+        <v>561</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>481</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I129" s="15" t="s">
         <v>482</v>
       </c>
       <c r="J129" s="15">
         <v>108</v>
       </c>
       <c r="K129" s="15">
-        <v>0.58744</v>
+        <v>0.41207</v>
       </c>
       <c r="L129" s="15">
-        <v>0.42501</v>
+        <v>0.35712</v>
       </c>
       <c r="M129" s="15">
-        <v>0.37087</v>
+        <v>0.34339</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>483</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>484</v>
       </c>
       <c r="E130" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>486</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
-        <v>0.6686</v>
+        <v>0.46913</v>
       </c>
       <c r="L130" s="15">
-        <v>0.48373</v>
+        <v>0.40658</v>
       </c>
       <c r="M130" s="15">
-        <v>0.42211</v>
+        <v>0.39094</v>
       </c>
       <c r="N130" s="15">
-        <v>182</v>
+        <v>202</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>490</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
-        <v>0.8295</v>
+        <v>0.58199</v>
       </c>
       <c r="L131" s="15">
-        <v>0.60015</v>
+        <v>0.50439</v>
       </c>
       <c r="M131" s="15">
-        <v>0.5237000000000001</v>
+        <v>0.48499</v>
       </c>
       <c r="N131" s="15">
-        <v>1428</v>
+        <v>1241</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>493</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -7677,424 +7673,424 @@
       </c>
       <c r="E133" s="15" t="s">
         <v>497</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>498</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="O133" s="15">
-        <v>8101</v>
+        <v>7100</v>
       </c>
       <c r="P133" s="15" t="s">
         <v>499</v>
       </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>502</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>503</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
-        <v>0.34651</v>
+        <v>0.24312</v>
       </c>
       <c r="L134" s="15">
-        <v>0.2507</v>
+        <v>0.2107</v>
       </c>
       <c r="M134" s="15">
-        <v>0.21876</v>
+        <v>0.2026</v>
       </c>
       <c r="N134" s="15">
-        <v>2040</v>
+        <v>2896</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>504</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>505</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>506</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>507</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
-        <v>0.42693</v>
+        <v>0.29955</v>
       </c>
       <c r="L135" s="15">
-        <v>0.30888</v>
+        <v>0.25961</v>
       </c>
       <c r="M135" s="15">
-        <v>0.26953</v>
+        <v>0.24963</v>
       </c>
       <c r="N135" s="15">
-        <v>711</v>
+        <v>641</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>508</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>509</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>510</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>511</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
-        <v>0.50774</v>
+        <v>0.35624</v>
       </c>
       <c r="L136" s="15">
-        <v>0.36735</v>
+        <v>0.30874</v>
       </c>
       <c r="M136" s="15">
-        <v>0.32055</v>
+        <v>0.29686</v>
       </c>
       <c r="N136" s="15">
-        <v>1382</v>
+        <v>1457</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>515</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
-        <v>0.66864</v>
+        <v>0.46907</v>
       </c>
       <c r="L137" s="15">
-        <v>0.48376</v>
+        <v>0.40652</v>
       </c>
       <c r="M137" s="15">
-        <v>0.42214</v>
+        <v>0.39089</v>
       </c>
       <c r="N137" s="15">
-        <v>252</v>
+        <v>228</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>518</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>519</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
-        <v>0.7491100000000001</v>
+        <v>0.52566</v>
       </c>
       <c r="L138" s="15">
-        <v>0.54198</v>
+        <v>0.45557</v>
       </c>
       <c r="M138" s="15">
-        <v>0.47294</v>
+        <v>0.43805</v>
       </c>
       <c r="N138" s="15">
-        <v>219</v>
+        <v>252</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>520</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>521</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>522</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>523</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
-        <v>0.83009</v>
+        <v>0.58242</v>
       </c>
       <c r="L139" s="15">
-        <v>0.60057</v>
+        <v>0.50476</v>
       </c>
       <c r="M139" s="15">
-        <v>0.52407</v>
+        <v>0.48535</v>
       </c>
       <c r="N139" s="15">
-        <v>900</v>
+        <v>650</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>525</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>526</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>527</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
-        <v>1.18</v>
+        <v>0.82484</v>
       </c>
       <c r="L140" s="15">
-        <v>0.85059</v>
+        <v>0.7148600000000001</v>
       </c>
       <c r="M140" s="15">
-        <v>0.74224</v>
+        <v>0.68736</v>
       </c>
       <c r="N140" s="15">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>528</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>529</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>530</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>531</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
-        <v>1.31</v>
+        <v>0.92166</v>
       </c>
       <c r="L141" s="15">
-        <v>0.95038</v>
+        <v>0.79877</v>
       </c>
       <c r="M141" s="15">
-        <v>0.8293199999999999</v>
+        <v>0.76805</v>
       </c>
       <c r="N141" s="15">
         <v>2277</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>532</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>534</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>535</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
-        <v>1.47</v>
+        <v>1.03</v>
       </c>
       <c r="L142" s="15">
-        <v>1.07</v>
+        <v>0.89584</v>
       </c>
       <c r="M142" s="15">
-        <v>0.93019</v>
+        <v>0.86139</v>
       </c>
       <c r="N142" s="15">
-        <v>216</v>
+        <v>183</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>536</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>537</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>538</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I143" s="15"/>
@@ -8126,441 +8122,441 @@
       <c r="D144" s="15" t="s">
         <v>540</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>541</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>543</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>630</v>
+        <v>760</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>544</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>545</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>546</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>547</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>1025</v>
+        <v>925</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>548</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>549</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>550</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>551</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>600</v>
+        <v>750</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>552</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>553</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>554</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>555</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>693</v>
+        <v>763</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>556</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>557</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>558</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
-        <v>0.20265</v>
+        <v>0.1446</v>
       </c>
       <c r="L148" s="15">
-        <v>0.14475</v>
+        <v>0.12532</v>
       </c>
       <c r="M148" s="15">
-        <v>0.13028</v>
+        <v>0.1205</v>
       </c>
       <c r="N148" s="15">
-        <v>14418</v>
+        <v>9720</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>562</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I149" s="15" t="s">
         <v>563</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
-        <v>0.30385</v>
+        <v>0.21683</v>
       </c>
       <c r="L149" s="15">
-        <v>0.21704</v>
+        <v>0.18792</v>
       </c>
       <c r="M149" s="15">
-        <v>0.19533</v>
+        <v>0.18069</v>
       </c>
       <c r="N149" s="15">
-        <v>20412</v>
+        <v>20088</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>564</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>565</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>566</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>567</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>799</v>
+        <v>974</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>569</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>570</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>571</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>900</v>
+        <v>760</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>572</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>573</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>574</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>575</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>578</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>579</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>580</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>581</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>582</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>583</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
-        <v>0.76871</v>
+        <v>0.5485100000000001</v>
       </c>
       <c r="L154" s="15">
-        <v>0.54908</v>
+        <v>0.47537</v>
       </c>
       <c r="M154" s="15">
-        <v>0.49417</v>
+        <v>0.45709</v>
       </c>
       <c r="N154" s="15">
-        <v>13230</v>
+        <v>16380</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>584</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>585</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>586</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I155" s="15" t="s">
@@ -8672,90 +8668,90 @@
       <c r="D158" s="15" t="s">
         <v>597</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>598</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I158" s="15" t="s">
         <v>599</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1723</v>
+        <v>1228</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>600</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>601</v>
       </c>
       <c r="E159" s="15" t="s">
         <v>602</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I159" s="15" t="s">
         <v>603</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>963</v>
+        <v>838</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>