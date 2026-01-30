--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -148,65 +148,65 @@
   <si>
     <t>CM-141V-2.54-2P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-2P-14</t>
   </si>
   <si>
     <t>UT-00146214</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, L-KLS2-141V-2.54-02P-4 KLS, GT141V-2.54-02P-14-00 GOLTEN, TLM-900V-02P-G12 Tianli, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-4P-14</t>
   </si>
   <si>
     <t>UT-00146215</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
+    <t>01.06.2026</t>
+  </si>
+  <si>
     <t>CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-5P-14</t>
   </si>
   <si>
     <t>UT-00146216</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>Клеммник CM-141V-2.54-7P-14</t>
   </si>
   <si>
     <t>UT-00148391</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-07P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>Клеммник CM-142R-5.08-1P-14</t>
   </si>
   <si>
     <t>UT-00149896</t>
   </si>
   <si>
     <t xml:space="preserve">DG142R-5.08-01P-14-00Z(H) DEGSON, TLM-300R-01P-G12 Tianli, </t>
   </si>
   <si>
     <t>CM-142R-5.08-2P-14</t>
@@ -364,53 +364,50 @@
   <si>
     <t>DG141R-2.54-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-02P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113304</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-02P-4 KLS, GT141R-2.54-02P-14-00 GOLTEN, TLM-900R-02P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-03P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113305</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-03P-4 KLS, GT141R-2.54-03P-14-00 GOLTEN, TLM-900R-03P-G12 Tianli, </t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141R-2.54-04P-14-00Z(H) DEGSON, GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115534</t>
   </si>
   <si>
     <t xml:space="preserve">GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, DG141R-2.54-04P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>DG141R-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-05P-14-00Z(H)</t>
@@ -520,50 +517,53 @@
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-03P-4 KLS, GT141V-2.54-03P-14-00 GOLTEN, TLM-900V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141V-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107046</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113664</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
+    <t>29.03.2026</t>
+  </si>
+  <si>
     <t>DG141V-2.54-06P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00Z(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111616</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00A(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115539</t>
@@ -1090,50 +1090,53 @@
   <si>
     <t>GT141V-2.54-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140118</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-03P-4 KLS, DG141V-2.54-03P-14-00Z(H) DEGSON, TLM-900V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>GT141V-2.54-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140119</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
+    <t>11.06.2026</t>
+  </si>
+  <si>
     <t>GT141V-2.54-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140120</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
     <t>GT141V-2.54-06P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-06P-14-00</t>
   </si>
   <si>
     <t>UT-00140121</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00A(H) DEGSON, DG141V-2.54-06P-14-00Z(H) DEGSON, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>GT141V-2.54-10P-14-00</t>
@@ -1255,53 +1258,50 @@
   <si>
     <t xml:space="preserve">GT142V-5.08-02P-14-00A(H) GOLTEN, DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-02P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, GT142V-5.08-02P-14-00 GOLTEN, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140130</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-03P-14-00Z(H) DEGSON, DG142V-5.08-03P-14-1000Z(H) DEGSON, TLM-300V-03P-G12 Tianli, CM-142V-5.08-3P-14 FUCON, </t>
   </si>
   <si>
-    <t>07.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>GT142V-5.08-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140128</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-142V-5.08-04P-4 KLS, DG142V-5.08-04P-14-00Z(H) DEGSON, DG142V-5.08-04P-14-1000Z(H) DEGSON, TLM-300V-04P-G12 Tianli, CM-142V-5.08-4P-14 FUCON, </t>
   </si>
   <si>
     <t>GT142V-5.08-05P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT142V-5.08-05P-14-00</t>
   </si>
   <si>
     <t>UT-00140129</t>
   </si>
   <si>
     <t xml:space="preserve">DG142V-5.08-05P-14-00Z(H) DEGSON, DG142V-5.08-05P-14-1000Z(H) DEGSON, TLM-300V-05P-G12 Tianli, </t>
   </si>
   <si>
     <t>GT142V-5.08-06P-14-00</t>
@@ -1513,51 +1513,51 @@
   <si>
     <t>L-KLS2-141V-2.54-01P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-01P-4</t>
   </si>
   <si>
     <t>UT-00147294</t>
   </si>
   <si>
     <t xml:space="preserve">KLS2-141V-2.54-01P-4 KLS, DG141V-2.54-01P-14-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-02P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-02P-4</t>
   </si>
   <si>
     <t>UT-00139301</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, GT141V-2.54-02P-14-00 GOLTEN, TLM-900V-02P-G12 Tianli, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-04P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-04P-4</t>
   </si>
   <si>
     <t>UT-00146566</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-141V-2.54-05P-4</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-141V-2.54-05P-4</t>
   </si>
   <si>
     <t>UT-00146567</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, </t>
   </si>
@@ -1814,50 +1814,53 @@
     <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, L-KLS2-141V-2.54-02P-4 KLS, GT141V-2.54-02P-14-00 GOLTEN, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>TLM-900V-04P-G12</t>
   </si>
   <si>
     <t>Клеммник TLM-900V-04P-G12</t>
   </si>
   <si>
     <t>UT-00141414</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
     <t>TLM-900V-05P-G12</t>
   </si>
   <si>
     <t>Клеммник TLM-900V-05P-G12</t>
   </si>
   <si>
     <t>UT-00141415</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
+  </si>
+  <si>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>TLM-900V-10P-G12</t>
   </si>
   <si>
     <t>Клеммник TLM-900V-10P-G12</t>
   </si>
   <si>
     <t>UT-00141416</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-10P-14-00Z(H) DEGSON, GT141V-2.54-10P-14-00 GOLTEN, CM-141V-2.54-10P-14 FUCON, L-KLS2-141V-2.54-10P-4 KLS, DG141V-2.54-10P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
@@ -2669,217 +2672,221 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>2225</v>
+        <v>1575</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>1050</v>
+        <v>1013</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>1168</v>
+        <v>1184</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>1291</v>
-[...2 lines deleted...]
-      <c r="P12" s="15"/>
+        <v>1030</v>
+      </c>
+      <c r="O12" s="15">
+        <v>4970</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>44</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
-        <v>175</v>
+        <v>5145</v>
       </c>
       <c r="P13" s="15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>52</v>
       </c>
@@ -2911,289 +2918,293 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>766</v>
+        <v>1080</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>700</v>
+        <v>660</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="P18" s="15"/>
+        <v>268</v>
+      </c>
+      <c r="O18" s="15">
+        <v>800</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>44</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>348</v>
+        <v>252</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>270</v>
+        <v>224</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>2860</v>
+        <v>3872</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3229,129 +3240,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1440</v>
+        <v>1418</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>925</v>
+        <v>851</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>396</v>
+        <v>324</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3424,955 +3435,951 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>20368</v>
+        <v>24320</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>9153</v>
+        <v>9266</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19631</v>
       </c>
       <c r="L30" s="15">
         <v>0.17013</v>
       </c>
       <c r="M30" s="15">
         <v>0.16359</v>
       </c>
       <c r="N30" s="15">
-        <v>1032</v>
+        <v>818</v>
       </c>
       <c r="O30" s="15">
-        <v>1540</v>
-[...3 lines deleted...]
-      </c>
+        <v>1220</v>
+      </c>
+      <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="J31" s="15">
         <v>1260</v>
       </c>
       <c r="K31" s="15">
         <v>0.26196</v>
       </c>
       <c r="L31" s="15">
         <v>0.22703</v>
       </c>
       <c r="M31" s="15">
         <v>0.2183</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>14357</v>
+        <v>17958</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J34" s="15">
         <v>900</v>
       </c>
       <c r="K34" s="15">
         <v>0.39576</v>
       </c>
       <c r="L34" s="15">
         <v>0.34299</v>
       </c>
       <c r="M34" s="15">
         <v>0.3298</v>
       </c>
       <c r="N34" s="15">
-        <v>50</v>
+        <v>28</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J35" s="15">
         <v>800</v>
       </c>
       <c r="K35" s="15">
         <v>0.45869</v>
       </c>
       <c r="L35" s="15">
         <v>0.39753</v>
       </c>
       <c r="M35" s="15">
         <v>0.38224</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="J36" s="15">
         <v>700</v>
       </c>
       <c r="K36" s="15">
         <v>0.51432</v>
       </c>
       <c r="L36" s="15">
         <v>0.44574</v>
       </c>
       <c r="M36" s="15">
         <v>0.4286</v>
       </c>
       <c r="N36" s="15">
         <v>18</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1496</v>
+        <v>981</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>2264</v>
+        <v>1991</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>2340</v>
+        <v>2284</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3819</v>
+        <v>3639</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>62825</v>
+        <v>53408</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1226</v>
+        <v>1265</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.25728</v>
       </c>
       <c r="L43" s="15">
         <v>0.22298</v>
       </c>
       <c r="M43" s="15">
         <v>0.2144</v>
       </c>
       <c r="N43" s="15">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>5672</v>
+      </c>
+      <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.28367</v>
       </c>
       <c r="L44" s="15">
         <v>0.24584</v>
       </c>
       <c r="M44" s="15">
         <v>0.23639</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15">
-        <v>56588</v>
+        <v>44744</v>
       </c>
       <c r="P44" s="15" t="s">
-        <v>116</v>
+        <v>167</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>169</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.40571</v>
       </c>
       <c r="L45" s="15">
         <v>0.35161</v>
       </c>
       <c r="M45" s="15">
         <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1423</v>
+        <v>1719</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3893</v>
+        <v>3165</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
         <v>0.40545</v>
       </c>
       <c r="L47" s="15">
         <v>0.35139</v>
       </c>
       <c r="M47" s="15">
         <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2664</v>
+        <v>2356</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>4140</v>
+        <v>3911</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.57866</v>
       </c>
       <c r="L49" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>612</v>
+        <v>543</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>188</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -4408,213 +4415,213 @@
       <c r="D52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>550</v>
       </c>
       <c r="K52" s="15">
         <v>0.69156</v>
       </c>
       <c r="L52" s="15">
         <v>0.59935</v>
       </c>
       <c r="M52" s="15">
         <v>0.5763</v>
       </c>
       <c r="N52" s="15">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>196</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>198</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1100</v>
+        <v>1450</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>203</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>2790</v>
+        <v>3487</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>207</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1328</v>
+        <v>1024</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
@@ -4644,179 +4651,177 @@
       <c r="D58" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>2477</v>
+        <v>2420</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>219</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>220</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>9749</v>
+        <v>7717</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>221</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>7837</v>
+        <v>9788</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>228</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
         <v>0.27261</v>
       </c>
       <c r="L61" s="15">
         <v>0.23626</v>
       </c>
       <c r="M61" s="15">
         <v>0.22718</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>3640</v>
-[...3 lines deleted...]
-      </c>
+        <v>3476</v>
+      </c>
+      <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>229</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>231</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>625</v>
       </c>
@@ -4966,51 +4971,51 @@
       </c>
       <c r="E66" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1300</v>
+        <v>1760</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
@@ -5044,51 +5049,51 @@
       <c r="D68" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.37443</v>
       </c>
       <c r="L68" s="15">
         <v>0.32451</v>
       </c>
       <c r="M68" s="15">
         <v>0.31203</v>
       </c>
       <c r="N68" s="15">
-        <v>322</v>
+        <v>398</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
@@ -5122,217 +5127,215 @@
       </c>
       <c r="E70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
         <v>0.14073</v>
       </c>
       <c r="L70" s="15">
         <v>0.12197</v>
       </c>
       <c r="M70" s="15">
         <v>0.11728</v>
       </c>
       <c r="N70" s="15">
-        <v>2705</v>
-[...3 lines deleted...]
-      </c>
+        <v>15161</v>
+      </c>
+      <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>4598</v>
+        <v>5424</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>5434</v>
+        <v>3259</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>31755</v>
+        <v>31974</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>30057</v>
+        <v>36308</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -5368,51 +5371,51 @@
       </c>
       <c r="E76" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>283</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>21794</v>
+        <v>25944</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>284</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>285</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>286</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
@@ -5446,51 +5449,51 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>289</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>290</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>3828</v>
+        <v>3948</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>291</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>293</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
@@ -5522,51 +5525,51 @@
       <c r="D80" s="15" t="s">
         <v>295</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>3595</v>
+        <v>2507</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
@@ -5598,51 +5601,51 @@
       <c r="D82" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>900</v>
+        <v>620</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
@@ -5672,90 +5675,90 @@
       <c r="D84" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>237</v>
+        <v>248</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>309</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
@@ -5830,92 +5833,92 @@
       </c>
       <c r="E88" s="15" t="s">
         <v>320</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>321</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.28143</v>
       </c>
       <c r="L88" s="15">
         <v>0.24391</v>
       </c>
       <c r="M88" s="15">
         <v>0.23453</v>
       </c>
       <c r="N88" s="15">
-        <v>164</v>
+        <v>193</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>325</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>293</v>
+        <v>208</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>328</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
@@ -5946,1181 +5949,1195 @@
         <v>330</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>331</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>333</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.19434</v>
       </c>
       <c r="L91" s="15">
         <v>0.16843</v>
       </c>
       <c r="M91" s="15">
         <v>0.16195</v>
       </c>
-      <c r="N91" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N91" s="15">
+        <v>840</v>
+      </c>
+      <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>337</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2275</v>
+        <v>2730</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>339</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>340</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>341</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>9353</v>
+        <v>7314</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>342</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>343</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>344</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>345</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
       <c r="N94" s="15">
-        <v>1740</v>
+        <v>1440</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>346</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>347</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>348</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>349</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>4015</v>
+        <v>3795</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>353</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>5440</v>
+        <v>6320</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>7813</v>
-[...2 lines deleted...]
-      <c r="P97" s="15"/>
+        <v>6378</v>
+      </c>
+      <c r="O97" s="15">
+        <v>3800</v>
+      </c>
+      <c r="P97" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>561</v>
-[...2 lines deleted...]
-      <c r="P98" s="15"/>
+        <v>263</v>
+      </c>
+      <c r="O98" s="15">
+        <v>6480</v>
+      </c>
+      <c r="P98" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1462</v>
+        <v>1332</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>4477</v>
+        <v>3211</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1020</v>
+        <v>1122</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>1964</v>
+        <v>2088</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1558</v>
+        <v>1418</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>9809</v>
+        <v>11941</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>4233</v>
+        <v>3848</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>1180</v>
+        <v>740</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>328</v>
+        <v>276</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>312</v>
+        <v>256</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>2502</v>
+        <v>1596</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J110" s="15">
         <v>300</v>
       </c>
       <c r="K110" s="15">
         <v>0.25421</v>
       </c>
       <c r="L110" s="15">
         <v>0.13618</v>
       </c>
       <c r="M110" s="15">
         <v>0.11802</v>
       </c>
       <c r="N110" s="15">
         <v>18</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
-        <v>0.18746</v>
+        <v>0.19188</v>
       </c>
       <c r="L111" s="15">
-        <v>0.16871</v>
+        <v>0.1663</v>
       </c>
       <c r="M111" s="15">
-        <v>0.15621</v>
+        <v>0.1599</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15">
-        <v>5360</v>
-[...3 lines deleted...]
-      </c>
+        <v>6048</v>
+      </c>
+      <c r="P111" s="15"/>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>417</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>1153</v>
+        <v>1112</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>420</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>421</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1175</v>
+        <v>1436</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>423</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>424</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>425</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>6264</v>
+        <v>4246</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>426</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>427</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>428</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>429</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>365</v>
+        <v>351</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>430</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>431</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>432</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>433</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.658</v>
       </c>
       <c r="L116" s="15">
         <v>0.438</v>
       </c>
       <c r="M116" s="15">
         <v>0.399</v>
       </c>
       <c r="N116" s="15"/>
-      <c r="O116" s="15"/>
-      <c r="P116" s="15"/>
+      <c r="O116" s="15">
+        <v>14800</v>
+      </c>
+      <c r="P116" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>434</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>435</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>436</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>332</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>437</v>
       </c>
       <c r="J117" s="15">
         <v>260</v>
       </c>
       <c r="K117" s="15">
         <v>0.61136</v>
       </c>
       <c r="L117" s="15">
         <v>0.55022</v>
       </c>
       <c r="M117" s="15">
         <v>0.50946</v>
       </c>
       <c r="N117" s="15"/>
-      <c r="O117" s="15"/>
-      <c r="P117" s="15"/>
+      <c r="O117" s="15">
+        <v>3050</v>
+      </c>
+      <c r="P117" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q117" s="15">
         <v>1040</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>438</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>439</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>440</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>442</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.18641</v>
       </c>
       <c r="L118" s="15">
         <v>0.16155</v>
       </c>
       <c r="M118" s="15">
         <v>0.15534</v>
       </c>
       <c r="N118" s="15">
-        <v>821</v>
+        <v>707</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>445</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I119" s="15"/>
@@ -7154,51 +7171,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>448</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>449</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.18632</v>
       </c>
       <c r="L120" s="15">
         <v>0.16147</v>
       </c>
       <c r="M120" s="15">
         <v>0.15526</v>
       </c>
       <c r="N120" s="15">
-        <v>2751</v>
+        <v>2358</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>450</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>451</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>452</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I121" s="15"/>
@@ -7347,176 +7364,176 @@
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>466</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.1298</v>
       </c>
       <c r="L125" s="15">
         <v>0.11249</v>
       </c>
       <c r="M125" s="15">
         <v>0.10816</v>
       </c>
       <c r="N125" s="15">
-        <v>1828</v>
+        <v>2590</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>467</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>468</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>469</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>470</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.24315</v>
       </c>
       <c r="L126" s="15">
         <v>0.21073</v>
       </c>
       <c r="M126" s="15">
         <v>0.20263</v>
       </c>
       <c r="N126" s="15">
-        <v>1170</v>
+        <v>780</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.29928</v>
       </c>
       <c r="L127" s="15">
         <v>0.25938</v>
       </c>
       <c r="M127" s="15">
         <v>0.2494</v>
       </c>
       <c r="N127" s="15">
-        <v>1037</v>
+        <v>1292</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>478</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.35616</v>
       </c>
       <c r="L128" s="15">
         <v>0.30867</v>
       </c>
       <c r="M128" s="15">
         <v>0.2968</v>
       </c>
       <c r="N128" s="15">
-        <v>561</v>
+        <v>474</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>479</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>480</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>481</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I129" s="15" t="s">
@@ -7552,92 +7569,92 @@
       </c>
       <c r="E130" s="15" t="s">
         <v>485</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>486</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.46913</v>
       </c>
       <c r="L130" s="15">
         <v>0.40658</v>
       </c>
       <c r="M130" s="15">
         <v>0.39094</v>
       </c>
       <c r="N130" s="15">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>487</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>488</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>489</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>490</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.58199</v>
       </c>
       <c r="L131" s="15">
         <v>0.50439</v>
       </c>
       <c r="M131" s="15">
         <v>0.48499</v>
       </c>
       <c r="N131" s="15">
-        <v>1241</v>
+        <v>1122</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>492</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>493</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -7673,424 +7690,424 @@
       </c>
       <c r="E133" s="15" t="s">
         <v>497</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>498</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="O133" s="15">
-        <v>7100</v>
+        <v>7600</v>
       </c>
       <c r="P133" s="15" t="s">
         <v>499</v>
       </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E134" s="15" t="s">
         <v>502</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I134" s="15" t="s">
         <v>503</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.24312</v>
       </c>
       <c r="L134" s="15">
         <v>0.2107</v>
       </c>
       <c r="M134" s="15">
         <v>0.2026</v>
       </c>
       <c r="N134" s="15">
-        <v>2896</v>
+        <v>2784</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>504</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>505</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>506</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>507</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.29955</v>
       </c>
       <c r="L135" s="15">
         <v>0.25961</v>
       </c>
       <c r="M135" s="15">
         <v>0.24963</v>
       </c>
       <c r="N135" s="15">
-        <v>641</v>
+        <v>529</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>508</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>509</v>
       </c>
       <c r="E136" s="15" t="s">
         <v>510</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>511</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.35624</v>
       </c>
       <c r="L136" s="15">
         <v>0.30874</v>
       </c>
       <c r="M136" s="15">
         <v>0.29686</v>
       </c>
       <c r="N136" s="15">
-        <v>1457</v>
+        <v>1541</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>512</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>513</v>
       </c>
       <c r="E137" s="15" t="s">
         <v>514</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>515</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.46907</v>
       </c>
       <c r="L137" s="15">
         <v>0.40652</v>
       </c>
       <c r="M137" s="15">
         <v>0.39089</v>
       </c>
       <c r="N137" s="15">
-        <v>228</v>
+        <v>201</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>518</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>519</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.52566</v>
       </c>
       <c r="L138" s="15">
         <v>0.45557</v>
       </c>
       <c r="M138" s="15">
         <v>0.43805</v>
       </c>
       <c r="N138" s="15">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>520</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>521</v>
       </c>
       <c r="E139" s="15" t="s">
         <v>522</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>523</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.58242</v>
       </c>
       <c r="L139" s="15">
         <v>0.50476</v>
       </c>
       <c r="M139" s="15">
         <v>0.48535</v>
       </c>
       <c r="N139" s="15">
-        <v>650</v>
+        <v>620</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>525</v>
       </c>
       <c r="E140" s="15" t="s">
         <v>526</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I140" s="15" t="s">
         <v>527</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>0.82484</v>
       </c>
       <c r="L140" s="15">
         <v>0.7148600000000001</v>
       </c>
       <c r="M140" s="15">
         <v>0.68736</v>
       </c>
       <c r="N140" s="15">
-        <v>539</v>
+        <v>497</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>528</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>529</v>
       </c>
       <c r="E141" s="15" t="s">
         <v>530</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>531</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>0.92166</v>
       </c>
       <c r="L141" s="15">
         <v>0.79877</v>
       </c>
       <c r="M141" s="15">
         <v>0.76805</v>
       </c>
       <c r="N141" s="15">
-        <v>2277</v>
+        <v>2145</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>532</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>533</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>534</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>535</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.03</v>
       </c>
       <c r="L142" s="15">
         <v>0.89584</v>
       </c>
       <c r="M142" s="15">
         <v>0.86139</v>
       </c>
       <c r="N142" s="15">
-        <v>183</v>
+        <v>267</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>536</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>537</v>
       </c>
       <c r="E143" s="15" t="s">
         <v>538</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>441</v>
       </c>
       <c r="I143" s="15"/>
@@ -8122,636 +8139,640 @@
       <c r="D144" s="15" t="s">
         <v>540</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>541</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>543</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>760</v>
+        <v>890</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>544</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>545</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>546</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>547</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>925</v>
+        <v>863</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>548</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>549</v>
       </c>
       <c r="E146" s="15" t="s">
         <v>550</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>551</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>750</v>
+        <v>690</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>552</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>553</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>554</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>555</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>763</v>
+        <v>822</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>556</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>557</v>
       </c>
       <c r="E148" s="15" t="s">
         <v>558</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>559</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>0.1446</v>
       </c>
       <c r="L148" s="15">
         <v>0.12532</v>
       </c>
       <c r="M148" s="15">
         <v>0.1205</v>
       </c>
       <c r="N148" s="15">
-        <v>9720</v>
+        <v>13446</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>560</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>561</v>
       </c>
       <c r="E149" s="15" t="s">
         <v>562</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I149" s="15" t="s">
         <v>563</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.21683</v>
       </c>
       <c r="L149" s="15">
         <v>0.18792</v>
       </c>
       <c r="M149" s="15">
         <v>0.18069</v>
       </c>
       <c r="N149" s="15">
-        <v>20088</v>
+        <v>23328</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>564</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>565</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>566</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I150" s="15" t="s">
         <v>567</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>974</v>
+        <v>1036</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>568</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>569</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>570</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>571</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>760</v>
+        <v>840</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>572</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>573</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>574</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>575</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1500</v>
+        <v>1950</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>576</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>577</v>
       </c>
       <c r="E153" s="15" t="s">
         <v>578</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>579</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>311</v>
+        <v>275</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>580</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>581</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>582</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>583</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.5485100000000001</v>
       </c>
       <c r="L154" s="15">
         <v>0.47537</v>
       </c>
       <c r="M154" s="15">
         <v>0.45709</v>
       </c>
       <c r="N154" s="15">
-        <v>16380</v>
+        <v>13020</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>584</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>585</v>
       </c>
       <c r="E155" s="15" t="s">
         <v>586</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>587</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
-        <v>2225</v>
+        <v>2200</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>588</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>589</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>590</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I156" s="15" t="s">
         <v>591</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
-        <v>1677</v>
+        <v>2077</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>592</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>593</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>594</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I157" s="15" t="s">
         <v>595</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>4624</v>
+        <v>4437</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>596</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>597</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>598</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I158" s="15" t="s">
         <v>599</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1228</v>
-[...2 lines deleted...]
-      <c r="P158" s="15"/>
+        <v>1644</v>
+      </c>
+      <c r="O158" s="15">
+        <v>8300</v>
+      </c>
+      <c r="P158" s="15" t="s">
+        <v>600</v>
+      </c>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>542</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>838</v>
+        <v>1125</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>
@@ -8794,317 +8815,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>