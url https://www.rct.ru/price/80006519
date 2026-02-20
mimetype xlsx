--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="633">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -383,50 +383,53 @@
     <t>UT-00113305</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141R-2.54-03P-4 KLS, GT141R-2.54-03P-14-00 GOLTEN, TLM-900R-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141R-2.54-04P-14-00Z(H) DEGSON, GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115534</t>
   </si>
   <si>
     <t xml:space="preserve">GT141R-2.54-04P-14-00 GOLTEN, L-KLS2-141R-2.54-04P-4 KLS, TLM-900R-04P-G12 Tianli, DG141R-2.54-04P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>DG141R-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113867</t>
   </si>
   <si>
     <t xml:space="preserve">GT141R-2.54-05P-14-00 GOLTEN, TLM-900R-05P-G12 Tianli, CM-141R-2.54-5P-14 FUCON, L-KLS2-141R-2.54-05P-4 KLS, </t>
   </si>
   <si>
     <t>DG141R-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141R-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00115535</t>
   </si>
   <si>
     <t xml:space="preserve">GT141R-2.54-06P-14-00 GOLTEN, L-KLS2-141R-2.54-06P-4 KLS, TLM-900R-06P-G12 Tianli, </t>
   </si>
@@ -2672,218 +2675,220 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>1575</v>
+        <v>2429</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>1013</v>
+        <v>788</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>1184</v>
+        <v>1168</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>1030</v>
+        <v>1175</v>
       </c>
       <c r="O12" s="15">
-        <v>4970</v>
+        <v>5670</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
-      <c r="N13" s="15"/>
+      <c r="N13" s="15">
+        <v>177</v>
+      </c>
       <c r="O13" s="15">
-        <v>5145</v>
+        <v>5340</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
@@ -2918,90 +2923,90 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>670</v>
+        <v>630</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>1080</v>
+        <v>1067</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
@@ -3037,174 +3042,174 @@
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>68</v>
       </c>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
         <v>0.23403</v>
       </c>
       <c r="L18" s="15">
         <v>0.21063</v>
       </c>
       <c r="M18" s="15">
         <v>0.19503</v>
       </c>
       <c r="N18" s="15">
-        <v>268</v>
+        <v>281</v>
       </c>
       <c r="O18" s="15">
-        <v>800</v>
+        <v>840</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>44</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>252</v>
+        <v>356</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>224</v>
+        <v>259</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>3872</v>
+        <v>3784</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3240,129 +3245,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1418</v>
+        <v>1530</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>851</v>
+        <v>913</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3435,137 +3440,135 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>24320</v>
+        <v>20064</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>9266</v>
+        <v>9944</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19631</v>
       </c>
       <c r="L30" s="15">
         <v>0.17013</v>
       </c>
       <c r="M30" s="15">
         <v>0.16359</v>
       </c>
       <c r="N30" s="15">
-        <v>818</v>
-[...3 lines deleted...]
-      </c>
+        <v>2105</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>118</v>
       </c>
@@ -3599,5180 +3602,5216 @@
       </c>
       <c r="E32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
       <c r="N32" s="15"/>
-      <c r="O32" s="15"/>
-      <c r="P32" s="15"/>
+      <c r="O32" s="15">
+        <v>807</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>17958</v>
+        <v>15265</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J34" s="15">
         <v>900</v>
       </c>
       <c r="K34" s="15">
         <v>0.39576</v>
       </c>
       <c r="L34" s="15">
         <v>0.34299</v>
       </c>
       <c r="M34" s="15">
         <v>0.3298</v>
       </c>
       <c r="N34" s="15">
         <v>28</v>
       </c>
-      <c r="O34" s="15"/>
-      <c r="P34" s="15"/>
+      <c r="O34" s="15">
+        <v>684</v>
+      </c>
+      <c r="P34" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J35" s="15">
         <v>800</v>
       </c>
       <c r="K35" s="15">
         <v>0.45869</v>
       </c>
       <c r="L35" s="15">
         <v>0.39753</v>
       </c>
       <c r="M35" s="15">
         <v>0.38224</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J36" s="15">
         <v>700</v>
       </c>
       <c r="K36" s="15">
         <v>0.51432</v>
       </c>
       <c r="L36" s="15">
         <v>0.44574</v>
       </c>
       <c r="M36" s="15">
         <v>0.4286</v>
       </c>
       <c r="N36" s="15">
         <v>18</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>981</v>
+        <v>1047</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>1991</v>
+        <v>2128</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>2284</v>
+        <v>1866</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3639</v>
+        <v>3274</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>53408</v>
+        <v>45829</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1265</v>
-[...2 lines deleted...]
-      <c r="P42" s="15"/>
+        <v>1459</v>
+      </c>
+      <c r="O42" s="15">
+        <v>1500</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
-        <v>0.25728</v>
+        <v>0.21818</v>
       </c>
       <c r="L43" s="15">
-        <v>0.22298</v>
+        <v>0.18909</v>
       </c>
       <c r="M43" s="15">
-        <v>0.2144</v>
-[...5 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>0.18181</v>
+      </c>
+      <c r="N43" s="15"/>
+      <c r="O43" s="15">
+        <v>8101</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
-        <v>0.28367</v>
+        <v>0.27329</v>
       </c>
       <c r="L44" s="15">
-        <v>0.24584</v>
+        <v>0.23685</v>
       </c>
       <c r="M44" s="15">
-        <v>0.23639</v>
+        <v>0.22774</v>
       </c>
       <c r="N44" s="15"/>
-      <c r="O44" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O44" s="15"/>
       <c r="P44" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.40571</v>
       </c>
       <c r="L45" s="15">
         <v>0.35161</v>
       </c>
       <c r="M45" s="15">
         <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1719</v>
+        <v>1866</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3165</v>
+        <v>3163</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="J47" s="15">
         <v>900</v>
       </c>
       <c r="K47" s="15">
         <v>0.40545</v>
       </c>
       <c r="L47" s="15">
         <v>0.35139</v>
       </c>
       <c r="M47" s="15">
         <v>0.33788</v>
       </c>
       <c r="N47" s="15">
-        <v>2356</v>
+        <v>2183</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>3911</v>
+        <v>113</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.57866</v>
       </c>
       <c r="L49" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>543</v>
+        <v>550</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
         <v>0.68765</v>
       </c>
       <c r="L51" s="15">
         <v>0.59596</v>
       </c>
       <c r="M51" s="15">
         <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>777</v>
+        <v>968</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>550</v>
       </c>
       <c r="K52" s="15">
         <v>0.69156</v>
       </c>
       <c r="L52" s="15">
         <v>0.59935</v>
       </c>
       <c r="M52" s="15">
         <v>0.5763</v>
       </c>
       <c r="N52" s="15">
         <v>4</v>
       </c>
-      <c r="O52" s="15"/>
-      <c r="P52" s="15"/>
+      <c r="O52" s="15">
+        <v>924</v>
+      </c>
+      <c r="P52" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1450</v>
+        <v>1380</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>3487</v>
+        <v>3673</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1024</v>
+        <v>1391</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>325</v>
       </c>
       <c r="K56" s="15">
         <v>1.18</v>
       </c>
       <c r="L56" s="15">
         <v>1.06</v>
       </c>
       <c r="M56" s="15">
         <v>0.98183</v>
       </c>
       <c r="N56" s="15">
-        <v>208</v>
+        <v>44</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E57" s="15">
         <v>10000010363</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15"/>
       <c r="K57" s="15">
         <v>0.1281</v>
       </c>
       <c r="L57" s="15">
         <v>0.0854</v>
       </c>
       <c r="M57" s="15">
         <v>0.07768</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>2420</v>
+        <v>1437</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>7717</v>
-[...2 lines deleted...]
-      <c r="P59" s="15"/>
+        <v>4677</v>
+      </c>
+      <c r="O59" s="15">
+        <v>6801</v>
+      </c>
+      <c r="P59" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>9788</v>
-[...2 lines deleted...]
-      <c r="P60" s="15"/>
+        <v>9510</v>
+      </c>
+      <c r="O60" s="15">
+        <v>8364</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
-        <v>0.27261</v>
+        <v>0.26358</v>
       </c>
       <c r="L61" s="15">
-        <v>0.23626</v>
+        <v>0.22844</v>
       </c>
       <c r="M61" s="15">
-        <v>0.22718</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.21965</v>
+      </c>
+      <c r="N61" s="15">
+        <v>3259</v>
+      </c>
+      <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>625</v>
       </c>
       <c r="K62" s="15">
         <v>0.32288</v>
       </c>
       <c r="L62" s="15">
         <v>0.27983</v>
       </c>
       <c r="M62" s="15">
         <v>0.26906</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J63" s="15">
         <v>500</v>
       </c>
       <c r="K63" s="15">
         <v>0.3882</v>
       </c>
       <c r="L63" s="15">
         <v>0.33644</v>
       </c>
       <c r="M63" s="15">
         <v>0.3235</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>2000</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J64" s="15">
         <v>375</v>
       </c>
       <c r="K64" s="15">
         <v>0.5305800000000001</v>
       </c>
       <c r="L64" s="15">
         <v>0.45984</v>
       </c>
       <c r="M64" s="15">
         <v>0.44215</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J65" s="15">
         <v>300</v>
       </c>
       <c r="K65" s="15">
         <v>0.65892</v>
       </c>
       <c r="L65" s="15">
         <v>0.57106</v>
       </c>
       <c r="M65" s="15">
         <v>0.5491</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1760</v>
+        <v>1680</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>510</v>
       </c>
       <c r="K67" s="15">
         <v>0.5832000000000001</v>
       </c>
       <c r="L67" s="15">
         <v>0.31436</v>
       </c>
       <c r="M67" s="15">
         <v>0.27299</v>
       </c>
       <c r="N67" s="15">
         <v>40</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.37443</v>
       </c>
       <c r="L68" s="15">
         <v>0.32451</v>
       </c>
       <c r="M68" s="15">
         <v>0.31203</v>
       </c>
       <c r="N68" s="15">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1500</v>
       </c>
       <c r="K69" s="15">
         <v>0.0711</v>
       </c>
       <c r="L69" s="15">
         <v>0.06162</v>
       </c>
       <c r="M69" s="15">
         <v>0.05925</v>
       </c>
       <c r="N69" s="15"/>
-      <c r="O69" s="15"/>
-      <c r="P69" s="15"/>
+      <c r="O69" s="15">
+        <v>1260</v>
+      </c>
+      <c r="P69" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
-        <v>0.14073</v>
+        <v>0.12929</v>
       </c>
       <c r="L70" s="15">
-        <v>0.12197</v>
+        <v>0.11205</v>
       </c>
       <c r="M70" s="15">
-        <v>0.11728</v>
+        <v>0.10774</v>
       </c>
       <c r="N70" s="15">
-        <v>15161</v>
+        <v>11603</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>5424</v>
-[...2 lines deleted...]
-      <c r="P71" s="15"/>
+        <v>1662</v>
+      </c>
+      <c r="O71" s="15">
+        <v>16767</v>
+      </c>
+      <c r="P71" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>3259</v>
-[...2 lines deleted...]
-      <c r="P72" s="15"/>
+        <v>3332</v>
+      </c>
+      <c r="O72" s="15">
+        <v>4473</v>
+      </c>
+      <c r="P72" s="15" t="s">
+        <v>123</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>31974</v>
+        <v>27658</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>36308</v>
+        <v>36951</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="J75" s="15">
         <v>450</v>
       </c>
       <c r="K75" s="15">
         <v>0.46365</v>
       </c>
       <c r="L75" s="15">
         <v>0.40183</v>
       </c>
       <c r="M75" s="15">
         <v>0.38638</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
       <c r="N76" s="15">
-        <v>25944</v>
+        <v>21471</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>350</v>
       </c>
       <c r="K77" s="15">
         <v>0.62436</v>
       </c>
       <c r="L77" s="15">
         <v>0.54111</v>
       </c>
       <c r="M77" s="15">
         <v>0.5203</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>3948</v>
+        <v>4606</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>300</v>
       </c>
       <c r="K79" s="15">
         <v>1.12</v>
       </c>
       <c r="L79" s="15">
         <v>0.79686</v>
       </c>
       <c r="M79" s="15">
         <v>0.71717</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>2507</v>
+        <v>2427</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>200</v>
       </c>
       <c r="K81" s="15">
         <v>0.90543</v>
       </c>
       <c r="L81" s="15">
         <v>0.78471</v>
       </c>
       <c r="M81" s="15">
         <v>0.75453</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>620</v>
+        <v>900</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>1.03</v>
       </c>
       <c r="L83" s="15">
         <v>0.89496</v>
       </c>
       <c r="M83" s="15">
         <v>0.86054</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>248</v>
+        <v>225</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>269</v>
+        <v>362</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J86" s="15">
         <v>800</v>
       </c>
       <c r="K86" s="15">
         <v>0.2623</v>
       </c>
       <c r="L86" s="15">
         <v>0.1718</v>
       </c>
       <c r="M86" s="15">
         <v>0.16656</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E87" s="15">
         <v>10080012960</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.32172</v>
       </c>
       <c r="L87" s="15">
         <v>0.27882</v>
       </c>
       <c r="M87" s="15">
         <v>0.2681</v>
       </c>
       <c r="N87" s="15">
         <v>28</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.28143</v>
       </c>
       <c r="L88" s="15">
         <v>0.24391</v>
       </c>
       <c r="M88" s="15">
         <v>0.23453</v>
       </c>
       <c r="N88" s="15">
-        <v>193</v>
+        <v>153</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>208</v>
+        <v>282</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>0.03987</v>
       </c>
       <c r="L90" s="15">
         <v>0.02658</v>
       </c>
       <c r="M90" s="15">
         <v>0.02436</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
-        <v>0.19434</v>
+        <v>0.18804</v>
       </c>
       <c r="L91" s="15">
-        <v>0.16843</v>
+        <v>0.16297</v>
       </c>
       <c r="M91" s="15">
-        <v>0.16195</v>
+        <v>0.1567</v>
       </c>
       <c r="N91" s="15">
-        <v>840</v>
+        <v>650</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2730</v>
+        <v>2765</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>7314</v>
+        <v>9952</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
       <c r="N94" s="15">
-        <v>1440</v>
+        <v>1300</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
       <c r="N95" s="15">
-        <v>3795</v>
+        <v>4345</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>6320</v>
+        <v>6240</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>6378</v>
+        <v>4922</v>
       </c>
       <c r="O97" s="15">
-        <v>3800</v>
+        <v>3850</v>
       </c>
       <c r="P97" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>263</v>
+        <v>208</v>
       </c>
       <c r="O98" s="15">
-        <v>6480</v>
+        <v>5120</v>
       </c>
       <c r="P98" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1332</v>
+        <v>1129</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3211</v>
+        <v>3905</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
         <v>1122</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>2088</v>
+        <v>1591</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1418</v>
+        <v>1155</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>11941</v>
+        <v>10520</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>3848</v>
+        <v>4013</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>740</v>
+        <v>774</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>276</v>
+        <v>320</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>256</v>
+        <v>277</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>1596</v>
+        <v>1268</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J110" s="15">
         <v>300</v>
       </c>
       <c r="K110" s="15">
         <v>0.25421</v>
       </c>
       <c r="L110" s="15">
         <v>0.13618</v>
       </c>
       <c r="M110" s="15">
         <v>0.11802</v>
       </c>
       <c r="N110" s="15">
         <v>18</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
-        <v>0.19188</v>
+        <v>0.19485</v>
       </c>
       <c r="L111" s="15">
-        <v>0.1663</v>
+        <v>0.16887</v>
       </c>
       <c r="M111" s="15">
-        <v>0.1599</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.16238</v>
+      </c>
+      <c r="N111" s="15">
+        <v>5040</v>
+      </c>
+      <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>1112</v>
+        <v>1105</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1436</v>
+        <v>1067</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>4246</v>
+        <v>5499</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.658</v>
       </c>
       <c r="L116" s="15">
         <v>0.438</v>
       </c>
       <c r="M116" s="15">
         <v>0.399</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15">
-        <v>14800</v>
+        <v>14000</v>
       </c>
       <c r="P116" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="J117" s="15">
         <v>260</v>
       </c>
       <c r="K117" s="15">
         <v>0.61136</v>
       </c>
       <c r="L117" s="15">
         <v>0.55022</v>
       </c>
       <c r="M117" s="15">
         <v>0.50946</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15">
-        <v>3050</v>
+        <v>4450</v>
       </c>
       <c r="P117" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="Q117" s="15">
         <v>1040</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.18641</v>
       </c>
       <c r="L118" s="15">
         <v>0.16155</v>
       </c>
       <c r="M118" s="15">
         <v>0.15534</v>
       </c>
       <c r="N118" s="15">
-        <v>707</v>
+        <v>878</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>0.39848</v>
       </c>
       <c r="L119" s="15">
         <v>0.26565</v>
       </c>
       <c r="M119" s="15">
         <v>0.2415</v>
       </c>
       <c r="N119" s="15">
         <v>9</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.18632</v>
       </c>
       <c r="L120" s="15">
         <v>0.16147</v>
       </c>
       <c r="M120" s="15">
         <v>0.15526</v>
       </c>
       <c r="N120" s="15">
-        <v>2358</v>
+        <v>2850</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.105</v>
       </c>
       <c r="L121" s="15">
         <v>0.105</v>
       </c>
       <c r="M121" s="15">
         <v>0.105</v>
       </c>
       <c r="N121" s="15">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I122" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="J122" s="15"/>
       <c r="K122" s="15">
         <v>0.105</v>
       </c>
       <c r="L122" s="15">
         <v>0.105</v>
       </c>
       <c r="M122" s="15">
         <v>0.105</v>
       </c>
       <c r="N122" s="15">
         <v>10</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
         <v>0.27773</v>
       </c>
       <c r="L123" s="15">
         <v>0.18958</v>
       </c>
       <c r="M123" s="15">
         <v>0.17267</v>
       </c>
       <c r="N123" s="15">
         <v>4</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15"/>
       <c r="K124" s="15">
         <v>0.21735</v>
       </c>
       <c r="L124" s="15">
         <v>0.1449</v>
       </c>
       <c r="M124" s="15">
         <v>0.13283</v>
       </c>
       <c r="N124" s="15">
         <v>1</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.1298</v>
       </c>
       <c r="L125" s="15">
         <v>0.11249</v>
       </c>
       <c r="M125" s="15">
         <v>0.10816</v>
       </c>
       <c r="N125" s="15">
-        <v>2590</v>
+        <v>1950</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.24315</v>
       </c>
       <c r="L126" s="15">
         <v>0.21073</v>
       </c>
       <c r="M126" s="15">
         <v>0.20263</v>
       </c>
       <c r="N126" s="15">
-        <v>780</v>
+        <v>1053</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.29928</v>
       </c>
       <c r="L127" s="15">
         <v>0.25938</v>
       </c>
       <c r="M127" s="15">
         <v>0.2494</v>
       </c>
       <c r="N127" s="15">
-        <v>1292</v>
+        <v>1445</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.35616</v>
       </c>
       <c r="L128" s="15">
         <v>0.30867</v>
       </c>
       <c r="M128" s="15">
         <v>0.2968</v>
       </c>
       <c r="N128" s="15">
-        <v>474</v>
+        <v>632</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="J129" s="15">
         <v>108</v>
       </c>
       <c r="K129" s="15">
         <v>0.41207</v>
       </c>
       <c r="L129" s="15">
         <v>0.35712</v>
       </c>
       <c r="M129" s="15">
         <v>0.34339</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.46913</v>
       </c>
       <c r="L130" s="15">
         <v>0.40658</v>
       </c>
       <c r="M130" s="15">
         <v>0.39094</v>
       </c>
       <c r="N130" s="15">
-        <v>211</v>
+        <v>222</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.58199</v>
       </c>
       <c r="L131" s="15">
         <v>0.50439</v>
       </c>
       <c r="M131" s="15">
         <v>0.48499</v>
       </c>
       <c r="N131" s="15">
-        <v>1122</v>
+        <v>1173</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.07893</v>
       </c>
       <c r="L132" s="15">
         <v>0.06619999999999999</v>
       </c>
       <c r="M132" s="15">
         <v>0.06365</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="O133" s="15">
-        <v>7600</v>
+        <v>7300</v>
       </c>
       <c r="P133" s="15" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.24312</v>
       </c>
       <c r="L134" s="15">
         <v>0.2107</v>
       </c>
       <c r="M134" s="15">
         <v>0.2026</v>
       </c>
       <c r="N134" s="15">
-        <v>2784</v>
+        <v>2202</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.29955</v>
       </c>
       <c r="L135" s="15">
         <v>0.25961</v>
       </c>
       <c r="M135" s="15">
         <v>0.24963</v>
       </c>
       <c r="N135" s="15">
-        <v>529</v>
+        <v>581</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.35624</v>
       </c>
       <c r="L136" s="15">
         <v>0.30874</v>
       </c>
       <c r="M136" s="15">
         <v>0.29686</v>
       </c>
       <c r="N136" s="15">
-        <v>1541</v>
+        <v>1448</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.46907</v>
       </c>
       <c r="L137" s="15">
         <v>0.40652</v>
       </c>
       <c r="M137" s="15">
         <v>0.39089</v>
       </c>
       <c r="N137" s="15">
         <v>201</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.52566</v>
       </c>
       <c r="L138" s="15">
         <v>0.45557</v>
       </c>
       <c r="M138" s="15">
         <v>0.43805</v>
       </c>
       <c r="N138" s="15">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.58242</v>
       </c>
       <c r="L139" s="15">
         <v>0.50476</v>
       </c>
       <c r="M139" s="15">
         <v>0.48535</v>
       </c>
       <c r="N139" s="15">
-        <v>620</v>
+        <v>820</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>0.82484</v>
       </c>
       <c r="L140" s="15">
         <v>0.7148600000000001</v>
       </c>
       <c r="M140" s="15">
         <v>0.68736</v>
       </c>
       <c r="N140" s="15">
-        <v>497</v>
+        <v>630</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>0.92166</v>
       </c>
       <c r="L141" s="15">
         <v>0.79877</v>
       </c>
       <c r="M141" s="15">
         <v>0.76805</v>
       </c>
       <c r="N141" s="15">
-        <v>2145</v>
+        <v>2442</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.03</v>
       </c>
       <c r="L142" s="15">
         <v>0.89584</v>
       </c>
       <c r="M142" s="15">
         <v>0.86139</v>
       </c>
       <c r="N142" s="15">
-        <v>267</v>
+        <v>222</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.105</v>
       </c>
       <c r="L143" s="15">
         <v>0.105</v>
       </c>
       <c r="M143" s="15">
         <v>0.105</v>
       </c>
       <c r="N143" s="15">
         <v>10</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>890</v>
+        <v>860</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>863</v>
+        <v>813</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>690</v>
+        <v>630</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>822</v>
+        <v>802</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>0.1446</v>
       </c>
       <c r="L148" s="15">
         <v>0.12532</v>
       </c>
       <c r="M148" s="15">
         <v>0.1205</v>
       </c>
       <c r="N148" s="15">
-        <v>13446</v>
+        <v>13608</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.21683</v>
       </c>
       <c r="L149" s="15">
         <v>0.18792</v>
       </c>
       <c r="M149" s="15">
         <v>0.18069</v>
       </c>
       <c r="N149" s="15">
-        <v>23328</v>
+        <v>26892</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>1036</v>
+        <v>999</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>840</v>
+        <v>790</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1950</v>
+        <v>1500</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>275</v>
+        <v>293</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.5485100000000001</v>
       </c>
       <c r="L154" s="15">
         <v>0.47537</v>
       </c>
       <c r="M154" s="15">
         <v>0.45709</v>
       </c>
       <c r="N154" s="15">
-        <v>13020</v>
+        <v>18270</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
-        <v>2200</v>
+        <v>2225</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
-        <v>2077</v>
+        <v>1902</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>4437</v>
+        <v>5436</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1644</v>
+        <v>1248</v>
       </c>
       <c r="O158" s="15">
-        <v>8300</v>
+        <v>6300</v>
       </c>
       <c r="P158" s="15" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E159" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>1125</v>
+        <v>1013</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>
@@ -8815,317 +8854,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>