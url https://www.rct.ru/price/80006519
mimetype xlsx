--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="633">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="632">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -520,51 +520,51 @@
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-03P-4 KLS, GT141V-2.54-03P-14-00 GOLTEN, TLM-900V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>DG141V-2.54-04P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107046</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-05P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113664</t>
   </si>
   <si>
     <t xml:space="preserve">GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
   </si>
   <si>
-    <t>29.03.2026</t>
+    <t>02.06.2026</t>
   </si>
   <si>
     <t>DG141V-2.54-06P-14-00A(H)</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00Z(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-06P-14-00Z(H)</t>
   </si>
   <si>
     <t>UT-00111616</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-06P-14-00A(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
   </si>
   <si>
     <t>DG141V-2.54-07P-14-00Z(H)</t>
   </si>
   <si>
     <t>Клеммник DG141V-2.54-07P-14-00Z(H)</t>
   </si>
@@ -1093,777 +1093,774 @@
   <si>
     <t>GT141V-2.54-03P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-03P-14-00</t>
   </si>
   <si>
     <t>UT-00140118</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS2-141V-2.54-03P-4 KLS, DG141V-2.54-03P-14-00Z(H) DEGSON, TLM-900V-03P-G12 Tianli, </t>
   </si>
   <si>
     <t>GT141V-2.54-04P-14-00</t>
   </si>
   <si>
     <t>Клеммник GT141V-2.54-04P-14-00</t>
   </si>
   <si>
     <t>UT-00140119</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
   </si>
   <si>
+    <t>22.06.2026</t>
+  </si>
+  <si>
+    <t>GT141V-2.54-05P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-05P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140120</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
+  </si>
+  <si>
+    <t>GT141V-2.54-06P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-06P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-06P-14-00A(H) DEGSON, DG141V-2.54-06P-14-00Z(H) DEGSON, TLM-900V-06P-G12 Tianli, L-KLS2-141V-2.54-06P-4 KLS, </t>
+  </si>
+  <si>
+    <t>GT141V-2.54-10P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-10P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140122</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-10P-14-00Z(H) DEGSON, TLM-900V-10P-G12 Tianli, CM-141V-2.54-10P-14 FUCON, L-KLS2-141V-2.54-10P-4 KLS, DG141V-2.54-10P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT141V-2.54-14P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-14P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140123</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-14P-14-00Z(H) DEGSON, TLM-900V-14P-G12 Tianli, L-KLS2-141V-2.54-14P-4 KLS, </t>
+  </si>
+  <si>
+    <t>GT141V-2.54-16P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-16P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140124</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-16P-14-00Z(H) DEGSON, TLM-900V-16P-G12 Tianli, L-KLS2-141V-2.54-16P-4 KLS, </t>
+  </si>
+  <si>
+    <t>GT141V-2.54-18P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT141V-2.54-18P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140125</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-18P-14-00Z(H) DEGSON, TLM-900V-18P-G12 Tianli, L-KLS2-141V-2.54-18P-4 KLS, </t>
+  </si>
+  <si>
+    <t>GT142R-5.08-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142R-5.08-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140244</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-02P-14-00Z(H) DEGSON, TLM-300R-02P-G12 Tianli, CM-142R-5.08-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142R-5.08-03P-14-00</t>
+  </si>
+  <si>
+    <t>нажимной / GT142R-5.08-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140076</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-03P-14-00Z(H) DEGSON, TLM-300R-03P-G12 Tianli, CM-142R-5.08-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142R-5.08-04P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142R-5.08-04P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140245</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-142R-5.08-04P-4 KLS, DG142R-5.08-04P-14-00Z(H) DEGSON, TLM-300R-04P-G12 Tianli, CM-142R-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142R-7.62-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142R-7.62-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140246</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-7.62-02P-14-00Z(H) DEGSON, CM-142R-7.62-2P-14 FUCON, CM-142R-7.62-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142R-7.62-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142R-7.62-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140247</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-7.62-03P-14-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-02P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-02P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140126</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT142V-5.08-02P-14-00A(H) GOLTEN, DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-02P-14-00A(H)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, GT142V-5.08-02P-14-00 GOLTEN, TLM-300V-02P-G12 Tianli, CM-142V-5.08-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-03P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-03P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140130</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-03P-14-00Z(H) DEGSON, DG142V-5.08-03P-14-1000Z(H) DEGSON, TLM-300V-03P-G12 Tianli, CM-142V-5.08-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-04P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-04P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140128</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-142V-5.08-04P-4 KLS, DG142V-5.08-04P-14-00Z(H) DEGSON, DG142V-5.08-04P-14-1000Z(H) DEGSON, TLM-300V-04P-G12 Tianli, CM-142V-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-05P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-05P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140129</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-05P-14-00Z(H) DEGSON, DG142V-5.08-05P-14-1000Z(H) DEGSON, TLM-300V-05P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-06P-14-00</t>
+  </si>
+  <si>
+    <t>нажимной / GT142V-5.08-06P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00139684</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-06P-14-00Z(H) DEGSON, DG142V-5.08-06P-14-1000Z(H) DEGSON, TLM-300V-06P-G12 Tianli, CM-142V-5.08-6P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-07P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-07P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140248</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-07P-14-00Z(H) DEGSON, TLM-300V-07P-G12 Tianli, CM-142V-5.08-7P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-08P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-08P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140127</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-08P-14-00Z(H) DEGSON, DG142V-5.08-08P-14-1000Z(H) DEGSON, TLM-300V-08P-G12 Tianli, CM-142V-5.08-8P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>GT142V-5.08-10P-14-00</t>
+  </si>
+  <si>
+    <t>Клеммник GT142V-5.08-10P-14-00</t>
+  </si>
+  <si>
+    <t>UT-00140131</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-10P-14-00Z(H) DEGSON, DG142V-5.08-10P-14-1000Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-03P-4</t>
+  </si>
+  <si>
+    <t>KLS2-141R-2.54-03P-4</t>
+  </si>
+  <si>
+    <t>10-00015425</t>
+  </si>
+  <si>
+    <t>KLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-03P-14-00Z(H) DEGSON, GT141R-2.54-03P-14-00 GOLTEN, TLM-900R-03P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>KLS2-141R-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>Клеммник KLS2-141R-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>10-00015410</t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-03P-4</t>
+  </si>
+  <si>
+    <t>KLS2-141V-2.54-03P-4</t>
+  </si>
+  <si>
+    <t>10-00015424</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-03P-14-00Z(H) DEGSON, GT141V-2.54-03P-14-00 GOLTEN, TLM-900V-03P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>KLS2-141V-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>Клеммник KLS2-141V-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>10-00015411</t>
+  </si>
+  <si>
+    <t>L-KLS2-142R-5.08-04P-4</t>
+  </si>
+  <si>
+    <t>шаг 5,08мм нажимной / KLS2-142R-5.08-04P-4</t>
+  </si>
+  <si>
+    <t>10-00015412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-04P-14-00Z(H) DEGSON, GT142R-5.08-04P-14-00 GOLTEN, TLM-300R-04P-G12 Tianli, CM-142R-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-142V-5.08-04P-4</t>
+  </si>
+  <si>
+    <t>KLS2-142V-5.08-04P-4</t>
+  </si>
+  <si>
+    <t>10-00015413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-04P-14-00Z(H) DEGSON, DG142V-5.08-04P-14-1000Z(H) DEGSON, GT142V-5.08-04P-14-00 GOLTEN, TLM-300V-04P-G12 Tianli, CM-142V-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-145R-5.00-03P-2</t>
+  </si>
+  <si>
+    <t>KLS2-145R-5.00-03P-2</t>
+  </si>
+  <si>
+    <t>10-00015414</t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-02P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-02P-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-02P-14-00Z(H) DEGSON, GT141R-2.54-02P-14-00 GOLTEN, TLM-900R-02P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>UT-00144886</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-04P-14-00Z(H) DEGSON, GT141R-2.54-04P-14-00 GOLTEN, TLM-900R-04P-G12 Tianli, DG141R-2.54-04P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-05P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-05P-4</t>
+  </si>
+  <si>
+    <t>UT-00146562</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-05P-14-00Z(H) DEGSON, GT141R-2.54-05P-14-00 GOLTEN, TLM-900R-05P-G12 Tianli, CM-141R-2.54-5P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-06P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-06P-4</t>
+  </si>
+  <si>
+    <t>UT-00145471</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-06P-14-00Z(H) DEGSON, GT141R-2.54-06P-14-00 GOLTEN, TLM-900R-06P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-07P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-07P-4</t>
+  </si>
+  <si>
+    <t>UT-00146563</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-07P-14-00Z(H) DEGSON, GT141R-2.54-07P-14-00 GOLTEN, TLM-900R-07P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-08P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-08P-4</t>
+  </si>
+  <si>
+    <t>UT-00146564</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-08P-14-00Z(H) DEGSON, GT141R-2.54-08P-14-00 GOLTEN, TLM-900R-08P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141R-2.54-10P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141R-2.54-10P-4</t>
+  </si>
+  <si>
+    <t>UT-00146565</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-10P-14-00Z(H) DEGSON, GT141R-2.54-10P-14-00 GOLTEN, TLM-900R-10P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-01P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-01P-4</t>
+  </si>
+  <si>
+    <t>UT-00147294</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLS2-141V-2.54-01P-4 KLS, DG141V-2.54-01P-14-00Z(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-02P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-02P-4</t>
+  </si>
+  <si>
+    <t>UT-00139301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, GT141V-2.54-02P-14-00 GOLTEN, TLM-900V-02P-G12 Tianli, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-04P-4</t>
+  </si>
+  <si>
+    <t>UT-00146566</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, TLM-900V-04P-G12 Tianli, CM-141V-2.54-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-05P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-05P-4</t>
+  </si>
+  <si>
+    <t>UT-00146567</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, TLM-900V-05P-G12 Tianli, CM-141V-2.54-5P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-06P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-06P-4</t>
+  </si>
+  <si>
+    <t>UT-00146568</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-06P-14-00A(H) DEGSON, DG141V-2.54-06P-14-00Z(H) DEGSON, GT141V-2.54-06P-14-00 GOLTEN, TLM-900V-06P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-08P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-08P-4</t>
+  </si>
+  <si>
+    <t>UT-00146569</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-08P-14-00Z(H) DEGSON, GT141V-2.54-08P-14-00 GOLTEN, TLM-900V-08P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-09P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-09P-4</t>
+  </si>
+  <si>
+    <t>UT-00146570</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-09P-14-00Z(H) DEGSON, GT141V-2.54-09P-14-00 GOLTEN, TLM-900V-09P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-10P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-10P-4</t>
+  </si>
+  <si>
+    <t>UT-00146571</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-10P-14-00Z(H) DEGSON, GT141V-2.54-10P-14-00 GOLTEN, TLM-900V-10P-G12 Tianli, CM-141V-2.54-10P-14 FUCON, DG141V-2.54-10P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-14P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-14P-4</t>
+  </si>
+  <si>
+    <t>UT-00146572</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-14P-14-00Z(H) DEGSON, GT141V-2.54-14P-14-00 GOLTEN, TLM-900V-14P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-16P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-16P-4</t>
+  </si>
+  <si>
+    <t>UT-00146573</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-16P-14-00Z(H) DEGSON, GT141V-2.54-16P-14-00 GOLTEN, TLM-900V-16P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-141V-2.54-18P-4</t>
+  </si>
+  <si>
+    <t>Клеммник L-KLS2-141V-2.54-18P-4</t>
+  </si>
+  <si>
+    <t>UT-00146574</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-18P-14-00Z(H) DEGSON, GT141V-2.54-18P-14-00 GOLTEN, TLM-900V-18P-G12 Tianli, </t>
+  </si>
+  <si>
+    <t>L-KLS2-2.50V-5.00-06P-1A</t>
+  </si>
+  <si>
+    <t>два ряда выводов (A) / L-KLS2-2.50V-5.00-06P-1A</t>
+  </si>
+  <si>
+    <t>10-00015415</t>
+  </si>
+  <si>
+    <t>TLM-300R-01P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300R-01P-G12</t>
+  </si>
+  <si>
+    <t>UT-00149885</t>
+  </si>
+  <si>
+    <t>Tianli</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-01P-14-00Z(H) DEGSON, CM-142R-5.08-1P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300R-02P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300R-02P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141417</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-02P-14-00Z(H) DEGSON, GT142R-5.08-02P-14-00 GOLTEN, CM-142R-5.08-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300R-03P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300R-03P-G12</t>
+  </si>
+  <si>
+    <t>UT-00146079</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142R-5.08-03P-14-00Z(H) DEGSON, GT142R-5.08-03P-14-00 GOLTEN, CM-142R-5.08-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300R-04P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300R-04P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141418</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-142R-5.08-04P-4 KLS, DG142R-5.08-04P-14-00Z(H) DEGSON, GT142R-5.08-04P-14-00 GOLTEN, CM-142R-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-02P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-02P-G12</t>
+  </si>
+  <si>
+    <t>UT-00146081</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GT142V-5.08-02P-14-00A(H) GOLTEN, DG142V-5.08-02P-14-00Z(H) DEGSON, DG142V-5.08-02P-14-1000Z(H) DEGSON, GT142V-5.08-02P-14-00 GOLTEN, CM-142V-5.08-2P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-03P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-03P-G12</t>
+  </si>
+  <si>
+    <t>UT-00146082</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-03P-14-00Z(H) DEGSON, DG142V-5.08-03P-14-1000Z(H) DEGSON, GT142V-5.08-03P-14-00 GOLTEN, CM-142V-5.08-3P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-04P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-04P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141419</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-142V-5.08-04P-4 KLS, DG142V-5.08-04P-14-00Z(H) DEGSON, DG142V-5.08-04P-14-1000Z(H) DEGSON, GT142V-5.08-04P-14-00 GOLTEN, CM-142V-5.08-4P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-05P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-05P-G12</t>
+  </si>
+  <si>
+    <t>UT-00146083</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-05P-14-00Z(H) DEGSON, DG142V-5.08-05P-14-1000Z(H) DEGSON, GT142V-5.08-05P-14-00 GOLTEN, </t>
+  </si>
+  <si>
+    <t>TLM-300V-06P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-06P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141420</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-06P-14-00Z(H) DEGSON, DG142V-5.08-06P-14-1000Z(H) DEGSON, GT142V-5.08-06P-14-00 GOLTEN, CM-142V-5.08-6P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-07P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-07P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141421</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-07P-14-00Z(H) DEGSON, GT142V-5.08-07P-14-00 GOLTEN, CM-142V-5.08-7P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-300V-08P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-300V-08P-G12</t>
+  </si>
+  <si>
+    <t>UT-00145928</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG142V-5.08-08P-14-00Z(H) DEGSON, DG142V-5.08-08P-14-1000Z(H) DEGSON, GT142V-5.08-08P-14-00 GOLTEN, CM-142V-5.08-8P-14 FUCON, </t>
+  </si>
+  <si>
+    <t>TLM-900R-05P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-900R-05P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141412</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141R-2.54-05P-14-00Z(H) DEGSON, GT141R-2.54-05P-14-00 GOLTEN, CM-141R-2.54-5P-14 FUCON, L-KLS2-141R-2.54-05P-4 KLS, </t>
+  </si>
+  <si>
+    <t>TLM-900V-02P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-900V-02P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141413</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-02P-14-00Z(H) DEGSON, L-KLS2-141V-2.54-02P-4 KLS, GT141V-2.54-02P-14-00 GOLTEN, CM-141V-2.54-2P-14 FUCON, DG141V-2.54-02P-14-00A(H) DEGSON, </t>
+  </si>
+  <si>
+    <t>TLM-900V-04P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-900V-04P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141414</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-04P-14-00Z(H) DEGSON, GT141V-2.54-04P-14-00 GOLTEN, CM-141V-2.54-4P-14 FUCON, L-KLS2-141V-2.54-04P-4 KLS, </t>
+  </si>
+  <si>
+    <t>TLM-900V-05P-G12</t>
+  </si>
+  <si>
+    <t>Клеммник TLM-900V-05P-G12</t>
+  </si>
+  <si>
+    <t>UT-00141415</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DG141V-2.54-05P-14-00Z(H) DEGSON, GT141V-2.54-05P-14-00 GOLTEN, CM-141V-2.54-5P-14 FUCON, L-KLS2-141V-2.54-05P-4 KLS, </t>
+  </si>
+  <si>
     <t>11.06.2026</t>
-  </si>
-[...724 lines deleted...]
-    <t>20.05.2026</t>
   </si>
   <si>
     <t>TLM-900V-10P-G12</t>
   </si>
   <si>
     <t>Клеммник TLM-900V-10P-G12</t>
   </si>
   <si>
     <t>UT-00141416</t>
   </si>
   <si>
     <t xml:space="preserve">DG141V-2.54-10P-14-00Z(H) DEGSON, GT141V-2.54-10P-14-00 GOLTEN, CM-141V-2.54-10P-14 FUCON, L-KLS2-141V-2.54-10P-4 KLS, DG141V-2.54-10P-14-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
@@ -2675,220 +2672,220 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.2906</v>
       </c>
       <c r="L9" s="15">
         <v>0.26154</v>
       </c>
       <c r="M9" s="15">
         <v>0.24216</v>
       </c>
       <c r="N9" s="15">
-        <v>2429</v>
+        <v>2213</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="J10" s="15">
         <v>354</v>
       </c>
       <c r="K10" s="15">
         <v>0.5814</v>
       </c>
       <c r="L10" s="15">
         <v>0.5232599999999999</v>
       </c>
       <c r="M10" s="15">
         <v>0.4845</v>
       </c>
       <c r="N10" s="15">
-        <v>788</v>
+        <v>938</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15"/>
       <c r="K11" s="15">
         <v>0.11189</v>
       </c>
       <c r="L11" s="15">
         <v>0.1007</v>
       </c>
       <c r="M11" s="15">
         <v>0.09324</v>
       </c>
       <c r="N11" s="15">
-        <v>1168</v>
+        <v>1136</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>400</v>
       </c>
       <c r="K12" s="15">
         <v>0.23744</v>
       </c>
       <c r="L12" s="15">
         <v>0.20578</v>
       </c>
       <c r="M12" s="15">
         <v>0.19786</v>
       </c>
       <c r="N12" s="15">
-        <v>1175</v>
+        <v>928</v>
       </c>
       <c r="O12" s="15">
-        <v>5670</v>
+        <v>4480</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>44</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>48</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
         <v>0.29084</v>
       </c>
       <c r="L13" s="15">
         <v>0.26175</v>
       </c>
       <c r="M13" s="15">
         <v>0.24236</v>
       </c>
       <c r="N13" s="15">
-        <v>177</v>
+        <v>155</v>
       </c>
       <c r="O13" s="15">
-        <v>5340</v>
+        <v>4680</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
@@ -2923,129 +2920,129 @@
       <c r="D15" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.05625</v>
       </c>
       <c r="L15" s="15">
         <v>0.04875</v>
       </c>
       <c r="M15" s="15">
         <v>0.04688</v>
       </c>
       <c r="N15" s="15">
-        <v>630</v>
+        <v>610</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>60</v>
       </c>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.11699</v>
       </c>
       <c r="L16" s="15">
         <v>0.10529</v>
       </c>
       <c r="M16" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N16" s="15">
-        <v>1067</v>
+        <v>892</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.16388</v>
       </c>
       <c r="L17" s="15">
         <v>0.14203</v>
       </c>
       <c r="M17" s="15">
         <v>0.13656</v>
       </c>
       <c r="N17" s="15">
-        <v>660</v>
+        <v>610</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
@@ -3085,131 +3082,131 @@
       <c r="D19" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>71</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>72</v>
       </c>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.13686</v>
       </c>
       <c r="L19" s="15">
         <v>0.12317</v>
       </c>
       <c r="M19" s="15">
         <v>0.11405</v>
       </c>
       <c r="N19" s="15">
-        <v>356</v>
+        <v>264</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>75</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.20414</v>
       </c>
       <c r="L20" s="15">
         <v>0.18372</v>
       </c>
       <c r="M20" s="15">
         <v>0.17011</v>
       </c>
       <c r="N20" s="15">
-        <v>259</v>
+        <v>284</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.11699</v>
       </c>
       <c r="L21" s="15">
         <v>0.10529</v>
       </c>
       <c r="M21" s="15">
         <v>0.09748999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>3784</v>
+        <v>3344</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
@@ -3245,129 +3242,129 @@
       </c>
       <c r="E23" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>88</v>
       </c>
       <c r="J23" s="15">
         <v>250</v>
       </c>
       <c r="K23" s="15">
         <v>0.21978</v>
       </c>
       <c r="L23" s="15">
         <v>0.19048</v>
       </c>
       <c r="M23" s="15">
         <v>0.18315</v>
       </c>
       <c r="N23" s="15">
-        <v>1530</v>
+        <v>1440</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>92</v>
       </c>
       <c r="J24" s="15"/>
       <c r="K24" s="15">
         <v>0.35013</v>
       </c>
       <c r="L24" s="15">
         <v>0.31512</v>
       </c>
       <c r="M24" s="15">
         <v>0.29178</v>
       </c>
       <c r="N24" s="15">
-        <v>913</v>
+        <v>1113</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>96</v>
       </c>
       <c r="J25" s="15"/>
       <c r="K25" s="15">
         <v>0.40793</v>
       </c>
       <c r="L25" s="15">
         <v>0.36713</v>
       </c>
       <c r="M25" s="15">
         <v>0.33994</v>
       </c>
       <c r="N25" s="15">
-        <v>338</v>
+        <v>351</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -3440,133 +3437,133 @@
       <c r="D28" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E28" s="15">
         <v>10080015077</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.059</v>
       </c>
       <c r="L28" s="15">
         <v>0.059</v>
       </c>
       <c r="M28" s="15">
         <v>0.059</v>
       </c>
       <c r="N28" s="15">
-        <v>20064</v>
+        <v>25232</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>110</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.13452</v>
       </c>
       <c r="L29" s="15">
         <v>0.11658</v>
       </c>
       <c r="M29" s="15">
         <v>0.1121</v>
       </c>
       <c r="N29" s="15">
-        <v>9944</v>
+        <v>7797</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>114</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>115</v>
       </c>
       <c r="J30" s="15">
         <v>200</v>
       </c>
       <c r="K30" s="15">
         <v>0.19631</v>
       </c>
       <c r="L30" s="15">
         <v>0.17013</v>
       </c>
       <c r="M30" s="15">
         <v>0.16359</v>
       </c>
       <c r="N30" s="15">
-        <v>2105</v>
+        <v>2439</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E31" s="15">
         <v>10080015078</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -3603,137 +3600,137 @@
       <c r="E32" s="15" t="s">
         <v>121</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I32" s="15" t="s">
         <v>122</v>
       </c>
       <c r="J32" s="15">
         <v>1260</v>
       </c>
       <c r="K32" s="15">
         <v>0.25863</v>
       </c>
       <c r="L32" s="15">
         <v>0.22415</v>
       </c>
       <c r="M32" s="15">
         <v>0.21553</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15">
-        <v>807</v>
+        <v>945</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>127</v>
       </c>
       <c r="J33" s="15">
         <v>975</v>
       </c>
       <c r="K33" s="15">
         <v>0.35534</v>
       </c>
       <c r="L33" s="15">
         <v>0.30796</v>
       </c>
       <c r="M33" s="15">
         <v>0.29611</v>
       </c>
       <c r="N33" s="15">
-        <v>15265</v>
+        <v>14729</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>131</v>
       </c>
       <c r="J34" s="15">
         <v>900</v>
       </c>
       <c r="K34" s="15">
         <v>0.39576</v>
       </c>
       <c r="L34" s="15">
         <v>0.34299</v>
       </c>
       <c r="M34" s="15">
         <v>0.3298</v>
       </c>
       <c r="N34" s="15">
         <v>28</v>
       </c>
       <c r="O34" s="15">
-        <v>684</v>
+        <v>702</v>
       </c>
       <c r="P34" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>134</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>107</v>
       </c>
@@ -3811,424 +3808,426 @@
       </c>
       <c r="E37" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>143</v>
       </c>
       <c r="J37" s="15">
         <v>575</v>
       </c>
       <c r="K37" s="15">
         <v>0.65466</v>
       </c>
       <c r="L37" s="15">
         <v>0.56737</v>
       </c>
       <c r="M37" s="15">
         <v>0.54555</v>
       </c>
       <c r="N37" s="15">
-        <v>1047</v>
+        <v>1112</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E38" s="15">
         <v>10080006137</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>350</v>
       </c>
       <c r="K38" s="15">
         <v>1.08</v>
       </c>
       <c r="L38" s="15">
         <v>0.9329499999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.89706</v>
       </c>
       <c r="N38" s="15">
-        <v>2128</v>
+        <v>1664</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>148</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>149</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.078</v>
       </c>
       <c r="L39" s="15">
         <v>0.06759999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.065</v>
       </c>
       <c r="N39" s="15">
-        <v>1866</v>
+        <v>2423</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E40" s="15">
         <v>10000010359</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>152</v>
       </c>
       <c r="J40" s="15">
         <v>500</v>
       </c>
       <c r="K40" s="15">
         <v>0.13763</v>
       </c>
       <c r="L40" s="15">
         <v>0.11928</v>
       </c>
       <c r="M40" s="15">
         <v>0.11469</v>
       </c>
       <c r="N40" s="15">
-        <v>3274</v>
+        <v>2875</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>155</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J41" s="15">
         <v>500</v>
       </c>
       <c r="K41" s="15">
         <v>0.11775</v>
       </c>
       <c r="L41" s="15">
         <v>0.10205</v>
       </c>
       <c r="M41" s="15">
         <v>0.09813</v>
       </c>
       <c r="N41" s="15">
-        <v>45829</v>
+        <v>26916</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15">
         <v>6000</v>
       </c>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J42" s="15">
         <v>200</v>
       </c>
       <c r="K42" s="15">
         <v>0.19293</v>
       </c>
       <c r="L42" s="15">
         <v>0.16721</v>
       </c>
       <c r="M42" s="15">
         <v>0.16078</v>
       </c>
       <c r="N42" s="15">
-        <v>1459</v>
+        <v>1362</v>
       </c>
       <c r="O42" s="15">
-        <v>1500</v>
+        <v>1400</v>
       </c>
       <c r="P42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D43" s="15"/>
       <c r="E43" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.21818</v>
       </c>
       <c r="L43" s="15">
         <v>0.18909</v>
       </c>
       <c r="M43" s="15">
         <v>0.18181</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15">
-        <v>8101</v>
+        <v>8300</v>
       </c>
       <c r="P43" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q43" s="15">
         <v>4000</v>
       </c>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>167</v>
       </c>
       <c r="J44" s="15">
         <v>1200</v>
       </c>
       <c r="K44" s="15">
         <v>0.27329</v>
       </c>
       <c r="L44" s="15">
         <v>0.23685</v>
       </c>
       <c r="M44" s="15">
         <v>0.22774</v>
       </c>
       <c r="N44" s="15"/>
-      <c r="O44" s="15"/>
+      <c r="O44" s="15">
+        <v>86742</v>
+      </c>
       <c r="P44" s="15" t="s">
         <v>168</v>
       </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D45" s="15"/>
       <c r="E45" s="15">
         <v>10080007243</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>170</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.40571</v>
       </c>
       <c r="L45" s="15">
         <v>0.35161</v>
       </c>
       <c r="M45" s="15">
         <v>0.33809</v>
       </c>
       <c r="N45" s="15">
-        <v>1866</v>
+        <v>1468</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>174</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.41501</v>
       </c>
       <c r="L46" s="15">
         <v>0.35967</v>
       </c>
       <c r="M46" s="15">
         <v>0.34584</v>
       </c>
       <c r="N46" s="15">
-        <v>3163</v>
+        <v>3546</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>177</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -4266,342 +4265,342 @@
       </c>
       <c r="E48" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>182</v>
       </c>
       <c r="J48" s="15">
         <v>750</v>
       </c>
       <c r="K48" s="15">
         <v>0.46131</v>
       </c>
       <c r="L48" s="15">
         <v>0.3998</v>
       </c>
       <c r="M48" s="15">
         <v>0.38443</v>
       </c>
       <c r="N48" s="15">
-        <v>113</v>
+        <v>68</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>186</v>
       </c>
       <c r="J49" s="15">
         <v>700</v>
       </c>
       <c r="K49" s="15">
         <v>0.57866</v>
       </c>
       <c r="L49" s="15">
         <v>0.5014999999999999</v>
       </c>
       <c r="M49" s="15">
         <v>0.48221</v>
       </c>
       <c r="N49" s="15">
-        <v>550</v>
+        <v>598</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>2800</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>187</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E50" s="15">
         <v>10000010362</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J50" s="15">
         <v>625</v>
       </c>
       <c r="K50" s="15">
         <v>0.67475</v>
       </c>
       <c r="L50" s="15">
         <v>0.58478</v>
       </c>
       <c r="M50" s="15">
         <v>0.56229</v>
       </c>
       <c r="N50" s="15">
-        <v>128</v>
+        <v>161</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>193</v>
       </c>
       <c r="J51" s="15">
         <v>625</v>
       </c>
       <c r="K51" s="15">
         <v>0.68765</v>
       </c>
       <c r="L51" s="15">
         <v>0.59596</v>
       </c>
       <c r="M51" s="15">
         <v>0.57304</v>
       </c>
       <c r="N51" s="15">
-        <v>968</v>
+        <v>726</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E52" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>550</v>
       </c>
       <c r="K52" s="15">
         <v>0.69156</v>
       </c>
       <c r="L52" s="15">
         <v>0.59935</v>
       </c>
       <c r="M52" s="15">
         <v>0.5763</v>
       </c>
       <c r="N52" s="15">
         <v>4</v>
       </c>
       <c r="O52" s="15">
-        <v>924</v>
+        <v>660</v>
       </c>
       <c r="P52" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J53" s="15">
         <v>470</v>
       </c>
       <c r="K53" s="15">
         <v>0.96227</v>
       </c>
       <c r="L53" s="15">
         <v>0.83396</v>
       </c>
       <c r="M53" s="15">
         <v>0.80189</v>
       </c>
       <c r="N53" s="15">
-        <v>1380</v>
+        <v>1289</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>204</v>
       </c>
       <c r="J54" s="15">
         <v>425</v>
       </c>
       <c r="K54" s="15">
         <v>1.03</v>
       </c>
       <c r="L54" s="15">
         <v>0.89149</v>
       </c>
       <c r="M54" s="15">
         <v>0.8572</v>
       </c>
       <c r="N54" s="15">
-        <v>3673</v>
+        <v>2412</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>208</v>
       </c>
       <c r="J55" s="15">
         <v>400</v>
       </c>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.89645</v>
       </c>
       <c r="M55" s="15">
         <v>0.86198</v>
       </c>
       <c r="N55" s="15">
-        <v>1391</v>
+        <v>1231</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I56" s="15"/>
@@ -4670,182 +4669,182 @@
       <c r="D58" s="15" t="s">
         <v>215</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>216</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>0.08878999999999999</v>
       </c>
       <c r="L58" s="15">
         <v>0.07695</v>
       </c>
       <c r="M58" s="15">
         <v>0.07399</v>
       </c>
       <c r="N58" s="15">
-        <v>1437</v>
+        <v>1824</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>221</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.1302</v>
       </c>
       <c r="L59" s="15">
         <v>0.11284</v>
       </c>
       <c r="M59" s="15">
         <v>0.1085</v>
       </c>
       <c r="N59" s="15">
-        <v>4677</v>
+        <v>5260</v>
       </c>
       <c r="O59" s="15">
-        <v>6801</v>
+        <v>8800</v>
       </c>
       <c r="P59" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>225</v>
       </c>
       <c r="J60" s="15">
         <v>850</v>
       </c>
       <c r="K60" s="15">
         <v>0.20643</v>
       </c>
       <c r="L60" s="15">
         <v>0.17891</v>
       </c>
       <c r="M60" s="15">
         <v>0.17203</v>
       </c>
       <c r="N60" s="15">
-        <v>9510</v>
+        <v>7770</v>
       </c>
       <c r="O60" s="15">
-        <v>8364</v>
+        <v>6834</v>
       </c>
       <c r="P60" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>228</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>229</v>
       </c>
       <c r="J61" s="15">
         <v>700</v>
       </c>
       <c r="K61" s="15">
         <v>0.26358</v>
       </c>
       <c r="L61" s="15">
         <v>0.22844</v>
       </c>
       <c r="M61" s="15">
         <v>0.21965</v>
       </c>
       <c r="N61" s="15">
-        <v>3259</v>
+        <v>1919</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>232</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I62" s="15"/>
@@ -4998,51 +4997,51 @@
       </c>
       <c r="E66" s="15" t="s">
         <v>247</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I66" s="15" t="s">
         <v>248</v>
       </c>
       <c r="J66" s="15">
         <v>200</v>
       </c>
       <c r="K66" s="15">
         <v>0.17846</v>
       </c>
       <c r="L66" s="15">
         <v>0.15466</v>
       </c>
       <c r="M66" s="15">
         <v>0.14871</v>
       </c>
       <c r="N66" s="15">
-        <v>1680</v>
+        <v>1720</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E67" s="15">
         <v>10080015097</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I67" s="15"/>
@@ -5076,305 +5075,305 @@
       <c r="D68" s="15" t="s">
         <v>252</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>253</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>510</v>
       </c>
       <c r="K68" s="15">
         <v>0.37443</v>
       </c>
       <c r="L68" s="15">
         <v>0.32451</v>
       </c>
       <c r="M68" s="15">
         <v>0.31203</v>
       </c>
       <c r="N68" s="15">
-        <v>383</v>
+        <v>429</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1500</v>
       </c>
       <c r="K69" s="15">
         <v>0.0711</v>
       </c>
       <c r="L69" s="15">
         <v>0.06162</v>
       </c>
       <c r="M69" s="15">
         <v>0.05925</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
-        <v>1260</v>
+        <v>930</v>
       </c>
       <c r="P69" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>260</v>
       </c>
       <c r="J70" s="15">
         <v>1350</v>
       </c>
       <c r="K70" s="15">
         <v>0.12929</v>
       </c>
       <c r="L70" s="15">
         <v>0.11205</v>
       </c>
       <c r="M70" s="15">
         <v>0.10774</v>
       </c>
       <c r="N70" s="15">
-        <v>11603</v>
+        <v>5880</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>264</v>
       </c>
       <c r="J71" s="15">
         <v>900</v>
       </c>
       <c r="K71" s="15">
         <v>0.30679</v>
       </c>
       <c r="L71" s="15">
         <v>0.21914</v>
       </c>
       <c r="M71" s="15">
         <v>0.19722</v>
       </c>
       <c r="N71" s="15">
-        <v>1662</v>
+        <v>1008</v>
       </c>
       <c r="O71" s="15">
-        <v>16767</v>
+        <v>12627</v>
       </c>
       <c r="P71" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>266</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>268</v>
       </c>
       <c r="J72" s="15">
         <v>700</v>
       </c>
       <c r="K72" s="15">
         <v>0.27713</v>
       </c>
       <c r="L72" s="15">
         <v>0.24018</v>
       </c>
       <c r="M72" s="15">
         <v>0.23094</v>
       </c>
       <c r="N72" s="15">
-        <v>3332</v>
+        <v>3834</v>
       </c>
       <c r="O72" s="15">
-        <v>4473</v>
+        <v>5040</v>
       </c>
       <c r="P72" s="15" t="s">
         <v>123</v>
       </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>269</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>270</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>271</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I73" s="15" t="s">
         <v>272</v>
       </c>
       <c r="J73" s="15">
         <v>575</v>
       </c>
       <c r="K73" s="15">
         <v>0.34923</v>
       </c>
       <c r="L73" s="15">
         <v>0.31431</v>
       </c>
       <c r="M73" s="15">
         <v>0.29103</v>
       </c>
       <c r="N73" s="15">
-        <v>27658</v>
+        <v>21911</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I74" s="15" t="s">
         <v>276</v>
       </c>
       <c r="J74" s="15">
         <v>520</v>
       </c>
       <c r="K74" s="15">
         <v>0.41421</v>
       </c>
       <c r="L74" s="15">
         <v>0.35898</v>
       </c>
       <c r="M74" s="15">
         <v>0.34518</v>
       </c>
       <c r="N74" s="15">
-        <v>36951</v>
+        <v>34077</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>279</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I75" s="15" t="s">
@@ -5409,53 +5408,51 @@
         <v>282</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>283</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>284</v>
       </c>
       <c r="J76" s="15">
         <v>375</v>
       </c>
       <c r="K76" s="15">
         <v>0.5316</v>
       </c>
       <c r="L76" s="15">
         <v>0.46072</v>
       </c>
       <c r="M76" s="15">
         <v>0.443</v>
       </c>
-      <c r="N76" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
@@ -5488,51 +5485,51 @@
       </c>
       <c r="E78" s="15" t="s">
         <v>290</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>291</v>
       </c>
       <c r="J78" s="15">
         <v>300</v>
       </c>
       <c r="K78" s="15">
         <v>0.64805</v>
       </c>
       <c r="L78" s="15">
         <v>0.56164</v>
       </c>
       <c r="M78" s="15">
         <v>0.54004</v>
       </c>
       <c r="N78" s="15">
-        <v>4606</v>
+        <v>5144</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I79" s="15"/>
@@ -5564,51 +5561,51 @@
       <c r="D80" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>297</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>250</v>
       </c>
       <c r="K80" s="15">
         <v>0.78905</v>
       </c>
       <c r="L80" s="15">
         <v>0.68384</v>
       </c>
       <c r="M80" s="15">
         <v>0.65754</v>
       </c>
       <c r="N80" s="15">
-        <v>2427</v>
+        <v>2507</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>299</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>300</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I81" s="15"/>
@@ -5640,51 +5637,51 @@
       <c r="D82" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>303</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>220</v>
       </c>
       <c r="K82" s="15">
         <v>1</v>
       </c>
       <c r="L82" s="15">
         <v>0.87017</v>
       </c>
       <c r="M82" s="15">
         <v>0.8367</v>
       </c>
       <c r="N82" s="15">
-        <v>900</v>
+        <v>860</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>304</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>305</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>306</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="15"/>
@@ -5714,90 +5711,90 @@
       <c r="D84" s="15" t="s">
         <v>308</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>309</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>125</v>
       </c>
       <c r="K84" s="15">
         <v>2.56</v>
       </c>
       <c r="L84" s="15">
         <v>1.83</v>
       </c>
       <c r="M84" s="15">
         <v>1.64</v>
       </c>
       <c r="N84" s="15">
-        <v>225</v>
+        <v>319</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>310</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>312</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>105</v>
       </c>
       <c r="K85" s="15">
         <v>3.34</v>
       </c>
       <c r="L85" s="15">
         <v>2.39</v>
       </c>
       <c r="M85" s="15">
         <v>2.15</v>
       </c>
       <c r="N85" s="15">
-        <v>362</v>
+        <v>261</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>420</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>107</v>
@@ -5831,133 +5828,133 @@
         <v>317</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>318</v>
       </c>
       <c r="E87" s="15">
         <v>10080012960</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>0.32172</v>
       </c>
       <c r="L87" s="15">
         <v>0.27882</v>
       </c>
       <c r="M87" s="15">
         <v>0.2681</v>
       </c>
       <c r="N87" s="15">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>322</v>
       </c>
       <c r="J88" s="15">
         <v>700</v>
       </c>
       <c r="K88" s="15">
         <v>0.28143</v>
       </c>
       <c r="L88" s="15">
         <v>0.24391</v>
       </c>
       <c r="M88" s="15">
         <v>0.23453</v>
       </c>
       <c r="N88" s="15">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>324</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>325</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I89" s="15" t="s">
         <v>326</v>
       </c>
       <c r="J89" s="15">
         <v>525</v>
       </c>
       <c r="K89" s="15">
         <v>0.3531</v>
       </c>
       <c r="L89" s="15">
         <v>0.31779</v>
       </c>
       <c r="M89" s="15">
         <v>0.29425</v>
       </c>
       <c r="N89" s="15">
-        <v>282</v>
+        <v>201</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>329</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>107</v>
       </c>
       <c r="I90" s="15"/>
@@ -5989,813 +5986,811 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>332</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>334</v>
       </c>
       <c r="J91" s="15">
         <v>1600</v>
       </c>
       <c r="K91" s="15">
         <v>0.18804</v>
       </c>
       <c r="L91" s="15">
         <v>0.16297</v>
       </c>
       <c r="M91" s="15">
         <v>0.1567</v>
       </c>
       <c r="N91" s="15">
-        <v>650</v>
+        <v>880</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>6400</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>335</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>336</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>337</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I92" s="15" t="s">
         <v>338</v>
       </c>
       <c r="J92" s="15">
         <v>1200</v>
       </c>
       <c r="K92" s="15">
         <v>0.24621</v>
       </c>
       <c r="L92" s="15">
         <v>0.22159</v>
       </c>
       <c r="M92" s="15">
         <v>0.20518</v>
       </c>
       <c r="N92" s="15">
-        <v>2765</v>
+        <v>2363</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15">
         <v>4800</v>
       </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>339</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>340</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>341</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>342</v>
       </c>
       <c r="J93" s="15">
         <v>800</v>
       </c>
       <c r="K93" s="15">
         <v>0.31674</v>
       </c>
       <c r="L93" s="15">
         <v>0.28507</v>
       </c>
       <c r="M93" s="15">
         <v>0.26395</v>
       </c>
       <c r="N93" s="15">
-        <v>9952</v>
+        <v>9825</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15">
         <v>3200</v>
       </c>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>345</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I94" s="15" t="s">
         <v>346</v>
       </c>
       <c r="J94" s="15">
         <v>600</v>
       </c>
       <c r="K94" s="15">
         <v>0.38375</v>
       </c>
       <c r="L94" s="15">
         <v>0.34537</v>
       </c>
       <c r="M94" s="15">
         <v>0.31979</v>
       </c>
       <c r="N94" s="15">
-        <v>1300</v>
+        <v>1660</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15">
         <v>2400</v>
       </c>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>347</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>348</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>349</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>350</v>
       </c>
       <c r="J95" s="15">
         <v>2000</v>
       </c>
       <c r="K95" s="15">
         <v>0.12701</v>
       </c>
       <c r="L95" s="15">
         <v>0.1143</v>
       </c>
       <c r="M95" s="15">
         <v>0.10584</v>
       </c>
-      <c r="N95" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15">
         <v>8000</v>
       </c>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>351</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>352</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>353</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I96" s="15" t="s">
         <v>354</v>
       </c>
       <c r="J96" s="15">
         <v>1600</v>
       </c>
       <c r="K96" s="15">
         <v>0.18921</v>
       </c>
       <c r="L96" s="15">
         <v>0.17029</v>
       </c>
       <c r="M96" s="15">
         <v>0.15768</v>
       </c>
       <c r="N96" s="15">
-        <v>6240</v>
+        <v>1975</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15">
         <v>6400</v>
       </c>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>355</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>356</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>357</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I97" s="15" t="s">
         <v>358</v>
       </c>
       <c r="J97" s="15">
         <v>300</v>
       </c>
       <c r="K97" s="15">
         <v>0.26138</v>
       </c>
       <c r="L97" s="15">
         <v>0.22765</v>
       </c>
       <c r="M97" s="15">
         <v>0.21079</v>
       </c>
       <c r="N97" s="15">
-        <v>4922</v>
+        <v>1698</v>
       </c>
       <c r="O97" s="15">
-        <v>3850</v>
+        <v>3550</v>
       </c>
       <c r="P97" s="15" t="s">
         <v>359</v>
       </c>
       <c r="Q97" s="15">
         <v>4800</v>
       </c>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>360</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>361</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>362</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I98" s="15" t="s">
         <v>363</v>
       </c>
       <c r="J98" s="15">
         <v>200</v>
       </c>
       <c r="K98" s="15">
         <v>0.32711</v>
       </c>
       <c r="L98" s="15">
         <v>0.2849</v>
       </c>
       <c r="M98" s="15">
         <v>0.2638</v>
       </c>
       <c r="N98" s="15">
-        <v>208</v>
+        <v>276</v>
       </c>
       <c r="O98" s="15">
-        <v>5120</v>
+        <v>6800</v>
       </c>
       <c r="P98" s="15" t="s">
         <v>359</v>
       </c>
       <c r="Q98" s="15">
         <v>3200</v>
       </c>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>364</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>365</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>366</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I99" s="15" t="s">
         <v>367</v>
       </c>
       <c r="J99" s="15">
         <v>400</v>
       </c>
       <c r="K99" s="15">
         <v>0.38972</v>
       </c>
       <c r="L99" s="15">
         <v>0.33943</v>
       </c>
       <c r="M99" s="15">
         <v>0.31429</v>
       </c>
       <c r="N99" s="15">
-        <v>1129</v>
+        <v>1388</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15">
         <v>1600</v>
       </c>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>368</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>369</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>370</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I100" s="15" t="s">
         <v>371</v>
       </c>
       <c r="J100" s="15">
         <v>100</v>
       </c>
       <c r="K100" s="15">
         <v>0.65243</v>
       </c>
       <c r="L100" s="15">
         <v>0.56824</v>
       </c>
       <c r="M100" s="15">
         <v>0.52615</v>
       </c>
       <c r="N100" s="15">
-        <v>3905</v>
+        <v>2929</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>374</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I101" s="15" t="s">
         <v>375</v>
       </c>
       <c r="J101" s="15"/>
       <c r="K101" s="15">
         <v>0.899</v>
       </c>
       <c r="L101" s="15">
         <v>0.77913</v>
       </c>
       <c r="M101" s="15">
         <v>0.74916</v>
       </c>
       <c r="N101" s="15">
-        <v>1122</v>
+        <v>1190</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>376</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>378</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I102" s="15" t="s">
         <v>379</v>
       </c>
       <c r="J102" s="15">
         <v>344</v>
       </c>
       <c r="K102" s="15">
         <v>1.04</v>
       </c>
       <c r="L102" s="15">
         <v>0.90507</v>
       </c>
       <c r="M102" s="15">
         <v>0.8380300000000001</v>
       </c>
       <c r="N102" s="15">
-        <v>1591</v>
+        <v>1566</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15">
         <v>1376</v>
       </c>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E103" s="15" t="s">
         <v>382</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>383</v>
       </c>
       <c r="J103" s="15">
         <v>320</v>
       </c>
       <c r="K103" s="15">
         <v>1.17</v>
       </c>
       <c r="L103" s="15">
         <v>1.02</v>
       </c>
       <c r="M103" s="15">
         <v>0.94481</v>
       </c>
       <c r="N103" s="15">
-        <v>1155</v>
+        <v>1505</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I104" s="15" t="s">
         <v>387</v>
       </c>
       <c r="J104" s="15">
         <v>250</v>
       </c>
       <c r="K104" s="15">
         <v>0.12458</v>
       </c>
       <c r="L104" s="15">
         <v>0.11212</v>
       </c>
       <c r="M104" s="15">
         <v>0.10381</v>
       </c>
       <c r="N104" s="15">
-        <v>10520</v>
+        <v>11799</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>389</v>
       </c>
       <c r="E105" s="15" t="s">
         <v>390</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I105" s="15" t="s">
         <v>391</v>
       </c>
       <c r="J105" s="15">
         <v>800</v>
       </c>
       <c r="K105" s="15">
         <v>0.18884</v>
       </c>
       <c r="L105" s="15">
         <v>0.16995</v>
       </c>
       <c r="M105" s="15">
         <v>0.15736</v>
       </c>
       <c r="N105" s="15">
-        <v>4013</v>
+        <v>3354</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15">
         <v>3200</v>
       </c>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>392</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>393</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>394</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>395</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>0.24878</v>
       </c>
       <c r="L106" s="15">
         <v>0.2239</v>
       </c>
       <c r="M106" s="15">
         <v>0.20731</v>
       </c>
       <c r="N106" s="15">
-        <v>774</v>
+        <v>886</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>396</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>397</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>398</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>399</v>
       </c>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.14658</v>
       </c>
       <c r="L107" s="15">
         <v>0.13192</v>
       </c>
       <c r="M107" s="15">
         <v>0.12215</v>
       </c>
       <c r="N107" s="15">
-        <v>320</v>
+        <v>296</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>401</v>
       </c>
       <c r="E108" s="15" t="s">
         <v>402</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I108" s="15" t="s">
         <v>403</v>
       </c>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>0.22486</v>
       </c>
       <c r="L108" s="15">
         <v>0.19584</v>
       </c>
       <c r="M108" s="15">
         <v>0.18134</v>
       </c>
       <c r="N108" s="15">
-        <v>277</v>
+        <v>315</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>404</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>405</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>406</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>407</v>
       </c>
       <c r="J109" s="15">
         <v>250</v>
       </c>
       <c r="K109" s="15">
         <v>0.13083</v>
       </c>
       <c r="L109" s="15">
         <v>0.11339</v>
       </c>
       <c r="M109" s="15">
         <v>0.10903</v>
       </c>
       <c r="N109" s="15">
-        <v>1268</v>
+        <v>1683</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15">
         <v>4000</v>
       </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>408</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>409</v>
       </c>
       <c r="E110" s="15">
         <v>10080047763</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>333</v>
@@ -6835,348 +6830,346 @@
       </c>
       <c r="E111" s="15" t="s">
         <v>413</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>414</v>
       </c>
       <c r="J111" s="15">
         <v>800</v>
       </c>
       <c r="K111" s="15">
         <v>0.19485</v>
       </c>
       <c r="L111" s="15">
         <v>0.16887</v>
       </c>
       <c r="M111" s="15">
         <v>0.16238</v>
       </c>
       <c r="N111" s="15">
-        <v>5040</v>
+        <v>6408</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15">
         <v>3200</v>
       </c>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>415</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>416</v>
       </c>
       <c r="E112" s="15" t="s">
         <v>417</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I112" s="15" t="s">
         <v>418</v>
       </c>
       <c r="J112" s="15">
         <v>150</v>
       </c>
       <c r="K112" s="15">
         <v>0.24501</v>
       </c>
       <c r="L112" s="15">
         <v>0.22051</v>
       </c>
       <c r="M112" s="15">
         <v>0.20418</v>
       </c>
       <c r="N112" s="15">
-        <v>1105</v>
+        <v>1132</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15">
         <v>2400</v>
       </c>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>419</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>420</v>
       </c>
       <c r="E113" s="15" t="s">
         <v>421</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I113" s="15" t="s">
         <v>422</v>
       </c>
       <c r="J113" s="15">
         <v>400</v>
       </c>
       <c r="K113" s="15">
         <v>0.30501</v>
       </c>
       <c r="L113" s="15">
         <v>0.27451</v>
       </c>
       <c r="M113" s="15">
         <v>0.25418</v>
       </c>
       <c r="N113" s="15">
-        <v>1067</v>
+        <v>919</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>1600</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>423</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>424</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>425</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>426</v>
       </c>
       <c r="J114" s="15">
         <v>80</v>
       </c>
       <c r="K114" s="15">
         <v>0.37275</v>
       </c>
       <c r="L114" s="15">
         <v>0.33548</v>
       </c>
       <c r="M114" s="15">
         <v>0.31063</v>
       </c>
       <c r="N114" s="15">
-        <v>5499</v>
+        <v>4176</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>2000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>427</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>428</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>429</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>430</v>
       </c>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>0.45079</v>
       </c>
       <c r="L115" s="15">
         <v>0.39262</v>
       </c>
       <c r="M115" s="15">
         <v>0.36354</v>
       </c>
       <c r="N115" s="15">
-        <v>347</v>
+        <v>392</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>431</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>432</v>
       </c>
       <c r="E116" s="15" t="s">
         <v>433</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>434</v>
       </c>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.658</v>
       </c>
       <c r="L116" s="15">
         <v>0.438</v>
       </c>
       <c r="M116" s="15">
         <v>0.399</v>
       </c>
       <c r="N116" s="15"/>
-      <c r="O116" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O116" s="15"/>
       <c r="P116" s="15" t="s">
         <v>359</v>
       </c>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>435</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>436</v>
       </c>
       <c r="E117" s="15" t="s">
         <v>437</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>333</v>
       </c>
       <c r="I117" s="15" t="s">
         <v>438</v>
       </c>
       <c r="J117" s="15">
         <v>260</v>
       </c>
       <c r="K117" s="15">
         <v>0.61136</v>
       </c>
       <c r="L117" s="15">
         <v>0.55022</v>
       </c>
       <c r="M117" s="15">
         <v>0.50946</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15">
-        <v>4450</v>
+        <v>4350</v>
       </c>
       <c r="P117" s="15" t="s">
         <v>359</v>
       </c>
       <c r="Q117" s="15">
         <v>1040</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>439</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>440</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>441</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>443</v>
       </c>
       <c r="J118" s="15">
         <v>198</v>
       </c>
       <c r="K118" s="15">
         <v>0.18641</v>
       </c>
       <c r="L118" s="15">
         <v>0.16155</v>
       </c>
       <c r="M118" s="15">
         <v>0.15534</v>
       </c>
       <c r="N118" s="15">
-        <v>878</v>
+        <v>947</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>444</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>445</v>
       </c>
       <c r="E119" s="15" t="s">
         <v>446</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I119" s="15"/>
@@ -7210,51 +7203,51 @@
       </c>
       <c r="E120" s="15" t="s">
         <v>449</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>450</v>
       </c>
       <c r="J120" s="15">
         <v>198</v>
       </c>
       <c r="K120" s="15">
         <v>0.18632</v>
       </c>
       <c r="L120" s="15">
         <v>0.16147</v>
       </c>
       <c r="M120" s="15">
         <v>0.15526</v>
       </c>
       <c r="N120" s="15">
-        <v>2850</v>
+        <v>2948</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>451</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>452</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>453</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I121" s="15"/>
@@ -7403,176 +7396,176 @@
       </c>
       <c r="E125" s="15">
         <v>10080042634</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>467</v>
       </c>
       <c r="J125" s="15">
         <v>270</v>
       </c>
       <c r="K125" s="15">
         <v>0.1298</v>
       </c>
       <c r="L125" s="15">
         <v>0.11249</v>
       </c>
       <c r="M125" s="15">
         <v>0.10816</v>
       </c>
       <c r="N125" s="15">
-        <v>1950</v>
+        <v>2711</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>468</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>469</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>470</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>471</v>
       </c>
       <c r="J126" s="15">
         <v>162</v>
       </c>
       <c r="K126" s="15">
         <v>0.24315</v>
       </c>
       <c r="L126" s="15">
         <v>0.21073</v>
       </c>
       <c r="M126" s="15">
         <v>0.20263</v>
       </c>
       <c r="N126" s="15">
-        <v>1053</v>
+        <v>793</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15">
         <v>1000</v>
       </c>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>472</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>473</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>474</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>475</v>
       </c>
       <c r="J127" s="15">
         <v>135</v>
       </c>
       <c r="K127" s="15">
         <v>0.29928</v>
       </c>
       <c r="L127" s="15">
         <v>0.25938</v>
       </c>
       <c r="M127" s="15">
         <v>0.2494</v>
       </c>
       <c r="N127" s="15">
-        <v>1445</v>
+        <v>1462</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>476</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>477</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>478</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>479</v>
       </c>
       <c r="J128" s="15">
         <v>108</v>
       </c>
       <c r="K128" s="15">
         <v>0.35616</v>
       </c>
       <c r="L128" s="15">
         <v>0.30867</v>
       </c>
       <c r="M128" s="15">
         <v>0.2968</v>
       </c>
       <c r="N128" s="15">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>480</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>481</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>482</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I129" s="15" t="s">
@@ -7608,92 +7601,92 @@
       </c>
       <c r="E130" s="15" t="s">
         <v>486</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I130" s="15" t="s">
         <v>487</v>
       </c>
       <c r="J130" s="15">
         <v>90</v>
       </c>
       <c r="K130" s="15">
         <v>0.46913</v>
       </c>
       <c r="L130" s="15">
         <v>0.40658</v>
       </c>
       <c r="M130" s="15">
         <v>0.39094</v>
       </c>
       <c r="N130" s="15">
-        <v>222</v>
+        <v>187</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
         <v>488</v>
       </c>
       <c r="D131" s="15" t="s">
         <v>489</v>
       </c>
       <c r="E131" s="15" t="s">
         <v>490</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I131" s="15" t="s">
         <v>491</v>
       </c>
       <c r="J131" s="15">
         <v>72</v>
       </c>
       <c r="K131" s="15">
         <v>0.58199</v>
       </c>
       <c r="L131" s="15">
         <v>0.50439</v>
       </c>
       <c r="M131" s="15">
         <v>0.48499</v>
       </c>
       <c r="N131" s="15">
-        <v>1173</v>
+        <v>1513</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>492</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>493</v>
       </c>
       <c r="E132" s="15" t="s">
         <v>494</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I132" s="15" t="s">
@@ -7729,1089 +7722,1087 @@
       </c>
       <c r="E133" s="15" t="s">
         <v>498</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>499</v>
       </c>
       <c r="J133" s="15">
         <v>270</v>
       </c>
       <c r="K133" s="15">
         <v>0.192</v>
       </c>
       <c r="L133" s="15">
         <v>0.12</v>
       </c>
       <c r="M133" s="15">
         <v>0.11</v>
       </c>
       <c r="N133" s="15">
-        <v>127</v>
+        <v>73</v>
       </c>
       <c r="O133" s="15">
-        <v>7300</v>
-[...3 lines deleted...]
-      </c>
+        <v>8800</v>
+      </c>
+      <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>500</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>501</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J134" s="15">
         <v>162</v>
       </c>
       <c r="K134" s="15">
         <v>0.24312</v>
       </c>
       <c r="L134" s="15">
         <v>0.2107</v>
       </c>
       <c r="M134" s="15">
         <v>0.2026</v>
       </c>
       <c r="N134" s="15">
-        <v>2202</v>
+        <v>2040</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>505</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="J135" s="15">
         <v>135</v>
       </c>
       <c r="K135" s="15">
         <v>0.29955</v>
       </c>
       <c r="L135" s="15">
         <v>0.25961</v>
       </c>
       <c r="M135" s="15">
         <v>0.24963</v>
       </c>
       <c r="N135" s="15">
-        <v>581</v>
+        <v>676</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="J136" s="15">
         <v>108</v>
       </c>
       <c r="K136" s="15">
         <v>0.35624</v>
       </c>
       <c r="L136" s="15">
         <v>0.30874</v>
       </c>
       <c r="M136" s="15">
         <v>0.29686</v>
       </c>
       <c r="N136" s="15">
-        <v>1448</v>
+        <v>1263</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>512</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>513</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="J137" s="15">
         <v>90</v>
       </c>
       <c r="K137" s="15">
         <v>0.46907</v>
       </c>
       <c r="L137" s="15">
         <v>0.40652</v>
       </c>
       <c r="M137" s="15">
         <v>0.39089</v>
       </c>
       <c r="N137" s="15">
-        <v>201</v>
+        <v>261</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>516</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>517</v>
       </c>
-      <c r="D138" s="15" t="s">
+      <c r="E138" s="15" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J138" s="15">
         <v>81</v>
       </c>
       <c r="K138" s="15">
         <v>0.52566</v>
       </c>
       <c r="L138" s="15">
         <v>0.45557</v>
       </c>
       <c r="M138" s="15">
         <v>0.43805</v>
       </c>
       <c r="N138" s="15">
-        <v>237</v>
+        <v>264</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="J139" s="15">
         <v>72</v>
       </c>
       <c r="K139" s="15">
         <v>0.58242</v>
       </c>
       <c r="L139" s="15">
         <v>0.50476</v>
       </c>
       <c r="M139" s="15">
         <v>0.48535</v>
       </c>
       <c r="N139" s="15">
-        <v>820</v>
+        <v>890</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>525</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="J140" s="15">
         <v>54</v>
       </c>
       <c r="K140" s="15">
         <v>0.82484</v>
       </c>
       <c r="L140" s="15">
         <v>0.7148600000000001</v>
       </c>
       <c r="M140" s="15">
         <v>0.68736</v>
       </c>
       <c r="N140" s="15">
-        <v>630</v>
+        <v>581</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>529</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="J141" s="15">
         <v>45</v>
       </c>
       <c r="K141" s="15">
         <v>0.92166</v>
       </c>
       <c r="L141" s="15">
         <v>0.79877</v>
       </c>
       <c r="M141" s="15">
         <v>0.76805</v>
       </c>
       <c r="N141" s="15">
-        <v>2442</v>
+        <v>2145</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>532</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>533</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="J142" s="15">
         <v>36</v>
       </c>
       <c r="K142" s="15">
         <v>1.03</v>
       </c>
       <c r="L142" s="15">
         <v>0.89584</v>
       </c>
       <c r="M142" s="15">
         <v>0.86139</v>
       </c>
       <c r="N142" s="15">
-        <v>222</v>
+        <v>255</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>537</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>442</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>0.105</v>
       </c>
       <c r="L143" s="15">
         <v>0.105</v>
       </c>
       <c r="M143" s="15">
         <v>0.105</v>
       </c>
       <c r="N143" s="15">
         <v>10</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>540</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>541</v>
-      </c>
-[...1 lines deleted...]
-        <v>542</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
+        <v>542</v>
+      </c>
+      <c r="I144" s="15" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>0.09623</v>
       </c>
       <c r="L144" s="15">
         <v>0.0866</v>
       </c>
       <c r="M144" s="15">
         <v>0.08019</v>
       </c>
       <c r="N144" s="15">
-        <v>860</v>
+        <v>900</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>544</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>545</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>548</v>
+        <v>547</v>
       </c>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>0.15511</v>
       </c>
       <c r="L145" s="15">
         <v>0.13509</v>
       </c>
       <c r="M145" s="15">
         <v>0.12509</v>
       </c>
       <c r="N145" s="15">
-        <v>813</v>
+        <v>1075</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>549</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>0.23226</v>
       </c>
       <c r="L146" s="15">
         <v>0.20903</v>
       </c>
       <c r="M146" s="15">
         <v>0.19355</v>
       </c>
       <c r="N146" s="15">
-        <v>630</v>
+        <v>690</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>552</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>553</v>
       </c>
-      <c r="D147" s="15" t="s">
+      <c r="E147" s="15" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>0.30334</v>
       </c>
       <c r="L147" s="15">
         <v>0.2642</v>
       </c>
       <c r="M147" s="15">
         <v>0.24463</v>
       </c>
       <c r="N147" s="15">
-        <v>802</v>
+        <v>832</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>557</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I148" s="15" t="s">
-        <v>560</v>
+        <v>559</v>
       </c>
       <c r="J148" s="15"/>
       <c r="K148" s="15">
         <v>0.1446</v>
       </c>
       <c r="L148" s="15">
         <v>0.12532</v>
       </c>
       <c r="M148" s="15">
         <v>0.1205</v>
       </c>
       <c r="N148" s="15">
-        <v>13608</v>
+        <v>12636</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>561</v>
       </c>
-      <c r="D149" s="15" t="s">
+      <c r="E149" s="15" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I149" s="15" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="J149" s="15"/>
       <c r="K149" s="15">
         <v>0.21683</v>
       </c>
       <c r="L149" s="15">
         <v>0.18792</v>
       </c>
       <c r="M149" s="15">
         <v>0.18069</v>
       </c>
       <c r="N149" s="15">
-        <v>26892</v>
+        <v>28836</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>564</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>565</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>567</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I150" s="15" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="J150" s="15"/>
       <c r="K150" s="15">
         <v>0.30042</v>
       </c>
       <c r="L150" s="15">
         <v>0.26166</v>
       </c>
       <c r="M150" s="15">
         <v>0.24228</v>
       </c>
       <c r="N150" s="15">
-        <v>999</v>
+        <v>799</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>569</v>
       </c>
-      <c r="D151" s="15" t="s">
+      <c r="E151" s="15" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="J151" s="15"/>
       <c r="K151" s="15">
         <v>0.38327</v>
       </c>
       <c r="L151" s="15">
         <v>0.34494</v>
       </c>
       <c r="M151" s="15">
         <v>0.31939</v>
       </c>
       <c r="N151" s="15">
-        <v>790</v>
+        <v>690</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>572</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>573</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>576</v>
+        <v>575</v>
       </c>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>0.42927</v>
       </c>
       <c r="L152" s="15">
         <v>0.37388</v>
       </c>
       <c r="M152" s="15">
         <v>0.34619</v>
       </c>
       <c r="N152" s="15">
-        <v>1500</v>
+        <v>2200</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>577</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>578</v>
-      </c>
-[...1 lines deleted...]
-        <v>579</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>0.51373</v>
       </c>
       <c r="L153" s="15">
         <v>0.44744</v>
       </c>
       <c r="M153" s="15">
         <v>0.4143</v>
       </c>
       <c r="N153" s="15">
-        <v>293</v>
+        <v>405</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>581</v>
       </c>
-      <c r="D154" s="15" t="s">
+      <c r="E154" s="15" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>583</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>0.5485100000000001</v>
       </c>
       <c r="L154" s="15">
         <v>0.47537</v>
       </c>
       <c r="M154" s="15">
         <v>0.45709</v>
       </c>
       <c r="N154" s="15">
-        <v>18270</v>
+        <v>14281</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>584</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>585</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I155" s="15" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>0.3326</v>
       </c>
       <c r="L155" s="15">
         <v>0.28968</v>
       </c>
       <c r="M155" s="15">
         <v>0.26823</v>
       </c>
       <c r="N155" s="15">
-        <v>2225</v>
+        <v>1675</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>588</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>589</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="J156" s="15"/>
       <c r="K156" s="15">
         <v>0.13666</v>
       </c>
       <c r="L156" s="15">
         <v>0.11903</v>
       </c>
       <c r="M156" s="15">
         <v>0.11021</v>
       </c>
       <c r="N156" s="15">
         <v>1902</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>593</v>
       </c>
-      <c r="D157" s="15" t="s">
+      <c r="E157" s="15" t="s">
         <v>594</v>
-      </c>
-[...1 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>0.27289</v>
       </c>
       <c r="L157" s="15">
         <v>0.23768</v>
       </c>
       <c r="M157" s="15">
         <v>0.22008</v>
       </c>
       <c r="N157" s="15">
-        <v>5436</v>
+        <v>3999</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>597</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>598</v>
-      </c>
-[...1 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I158" s="15" t="s">
-        <v>600</v>
+        <v>599</v>
       </c>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>0.34094</v>
       </c>
       <c r="L158" s="15">
         <v>0.29695</v>
       </c>
       <c r="M158" s="15">
         <v>0.27495</v>
       </c>
       <c r="N158" s="15">
-        <v>1248</v>
+        <v>1743</v>
       </c>
       <c r="O158" s="15">
-        <v>6300</v>
+        <v>8800</v>
       </c>
       <c r="P158" s="15" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>601</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>602</v>
       </c>
-      <c r="D159" s="15" t="s">
+      <c r="E159" s="15" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>0.6814</v>
       </c>
       <c r="L159" s="15">
         <v>0.5934700000000001</v>
       </c>
       <c r="M159" s="15">
         <v>0.5495100000000001</v>
       </c>
       <c r="N159" s="15">
-        <v>1013</v>
+        <v>825</v>
       </c>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14"/>
       <c r="C160" s="15"/>
       <c r="D160" s="15"/>
       <c r="E160" s="15"/>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15"/>
       <c r="L160" s="15"/>
       <c r="M160" s="15"/>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
     </row>
   </sheetData>
@@ -8854,317 +8845,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>608</v>
+        <v>607</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>609</v>
-      </c>
-[...1 lines deleted...]
-        <v>610</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>611</v>
+        <v>610</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>614</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>620</v>
+        <v>619</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>621</v>
-      </c>
-[...1 lines deleted...]
-        <v>622</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>624</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>627</v>
-      </c>
-[...1 lines deleted...]
-        <v>628</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>628</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>630</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>