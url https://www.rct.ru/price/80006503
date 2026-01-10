--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="183">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -418,78 +418,72 @@
   <si>
     <t>Клеммник DG69-A-12P-13-00A(H)</t>
   </si>
   <si>
     <t>DG69-A-18P-13-00A(H)</t>
   </si>
   <si>
     <t>Клеммник DG69-A-18P-13-00A(H)</t>
   </si>
   <si>
     <t>GT65H-A-06P-13-00</t>
   </si>
   <si>
     <t>шаг 11мм / GT65H-A-06P-13-00</t>
   </si>
   <si>
     <t>UT-00139681</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG65H-A-06P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>21.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>GT65H-A-10P-13-00</t>
   </si>
   <si>
     <t>шаг 11мм / GT65H-A-10P-13-00</t>
   </si>
   <si>
     <t>UT-00139680</t>
   </si>
   <si>
     <t xml:space="preserve">DG65H-A-10P-13-00Z(H) DEGSON, CM-65H-A-10P-13 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>UT-00136667</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.01.2026</t>
   </si>
   <si>
     <t>L-KLS2-65A-11.0-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-65A-11.0-02P-B</t>
   </si>
   <si>
     <t>UT-00146641</t>
   </si>
   <si>
     <t xml:space="preserve">DG65C-B-02P-13-00Z(H) DEGSON, GT65C-B-02P-13-00 GOLTEN, B602-21-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-65A-11.0-03P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-65A-11.0-03P-B</t>
   </si>
   <si>
     <t>UT-00146642</t>
   </si>
   <si>
     <t xml:space="preserve">DG65C-B-03P-13-00Z(H) DEGSON, GT65C-B-03P-13-00 GOLTEN, B602-21-03P-KC Tianli, </t>
   </si>
@@ -1327,90 +1321,90 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>63</v>
       </c>
       <c r="K9" s="15">
         <v>1.21</v>
       </c>
       <c r="L9" s="15">
         <v>1.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.01</v>
       </c>
       <c r="N9" s="15">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080002739</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>185</v>
       </c>
       <c r="K10" s="15">
         <v>0.365</v>
       </c>
       <c r="L10" s="15">
         <v>0.365</v>
       </c>
       <c r="M10" s="15">
         <v>0.365</v>
       </c>
       <c r="N10" s="15">
-        <v>1322</v>
+        <v>1445</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1433,101 +1427,101 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080015101</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
-        <v>2.68</v>
+        <v>1.66</v>
       </c>
       <c r="L12" s="15">
-        <v>1.92</v>
+        <v>1.44</v>
       </c>
       <c r="M12" s="15">
-        <v>1.67</v>
+        <v>1.38</v>
       </c>
       <c r="N12" s="15">
         <v>33</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
-        <v>0.37716</v>
+        <v>0.27303</v>
       </c>
       <c r="L13" s="15">
-        <v>0.2694</v>
+        <v>0.23663</v>
       </c>
       <c r="M13" s="15">
-        <v>0.24246</v>
+        <v>0.22753</v>
       </c>
       <c r="N13" s="15">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1552,99 +1546,99 @@
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>240</v>
       </c>
       <c r="K15" s="15">
-        <v>0.75405</v>
+        <v>0.53669</v>
       </c>
       <c r="L15" s="15">
-        <v>0.53861</v>
+        <v>0.46513</v>
       </c>
       <c r="M15" s="15">
-        <v>0.48474</v>
+        <v>0.44724</v>
       </c>
       <c r="N15" s="15">
-        <v>183</v>
+        <v>231</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>165</v>
       </c>
       <c r="K16" s="15">
         <v>0.63</v>
       </c>
       <c r="L16" s="15">
         <v>0.63</v>
       </c>
       <c r="M16" s="15">
         <v>0.63</v>
       </c>
       <c r="N16" s="15">
-        <v>383</v>
+        <v>337</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080015110</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="15"/>
@@ -1669,133 +1663,133 @@
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>200</v>
       </c>
       <c r="K18" s="15">
-        <v>0.56824</v>
+        <v>0.36741</v>
       </c>
       <c r="L18" s="15">
-        <v>0.40589</v>
+        <v>0.31842</v>
       </c>
       <c r="M18" s="15">
-        <v>0.36531</v>
+        <v>0.30618</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>150</v>
       </c>
       <c r="K19" s="15">
-        <v>1.18</v>
+        <v>0.83397</v>
       </c>
       <c r="L19" s="15">
-        <v>0.8422500000000001</v>
+        <v>0.72277</v>
       </c>
       <c r="M19" s="15">
-        <v>0.75803</v>
+        <v>0.69498</v>
       </c>
       <c r="N19" s="15">
-        <v>1277</v>
+        <v>1405</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15">
         <v>10080015119</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>110</v>
       </c>
       <c r="K20" s="15">
-        <v>1.27</v>
+        <v>0.80466</v>
       </c>
       <c r="L20" s="15">
-        <v>0.91418</v>
+        <v>0.69737</v>
       </c>
       <c r="M20" s="15">
-        <v>0.79623</v>
+        <v>0.67055</v>
       </c>
       <c r="N20" s="15">
         <v>88</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
@@ -1834,94 +1828,94 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J22" s="15">
         <v>90</v>
       </c>
       <c r="K22" s="15">
         <v>0.74</v>
       </c>
       <c r="L22" s="15">
         <v>0.74</v>
       </c>
       <c r="M22" s="15">
         <v>0.74</v>
       </c>
       <c r="N22" s="15">
-        <v>948</v>
+        <v>974</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>360</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>65</v>
       </c>
       <c r="K23" s="15">
-        <v>2.53</v>
+        <v>1.84</v>
       </c>
       <c r="L23" s="15">
-        <v>1.81</v>
+        <v>1.59</v>
       </c>
       <c r="M23" s="15">
-        <v>1.63</v>
+        <v>1.53</v>
       </c>
       <c r="N23" s="15">
-        <v>900</v>
+        <v>1245</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080015195</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="15"/>
@@ -1948,214 +1942,214 @@
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="J25" s="15">
         <v>55</v>
       </c>
       <c r="K25" s="15">
-        <v>3.52</v>
+        <v>2.29</v>
       </c>
       <c r="L25" s="15">
-        <v>2.54</v>
+        <v>1.98</v>
       </c>
       <c r="M25" s="15">
-        <v>2.21</v>
+        <v>1.91</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>100</v>
       </c>
       <c r="K26" s="15">
         <v>0.23</v>
       </c>
       <c r="L26" s="15">
         <v>0.23</v>
       </c>
       <c r="M26" s="15">
         <v>0.23</v>
       </c>
       <c r="N26" s="15">
-        <v>362</v>
+        <v>433</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.48</v>
       </c>
       <c r="L27" s="15">
         <v>0.48</v>
       </c>
       <c r="M27" s="15">
         <v>0.48</v>
       </c>
       <c r="N27" s="15">
-        <v>620</v>
+        <v>593</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>24</v>
       </c>
       <c r="K28" s="15">
         <v>0.73</v>
       </c>
       <c r="L28" s="15">
         <v>0.73</v>
       </c>
       <c r="M28" s="15">
         <v>0.73</v>
       </c>
       <c r="N28" s="15">
-        <v>793</v>
+        <v>735</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>24</v>
       </c>
       <c r="K29" s="15">
         <v>0.97</v>
       </c>
       <c r="L29" s="15">
         <v>0.97</v>
       </c>
       <c r="M29" s="15">
         <v>0.97</v>
       </c>
       <c r="N29" s="15">
-        <v>891</v>
+        <v>624</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="15"/>
@@ -2226,129 +2220,129 @@
       <c r="D32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>100</v>
       </c>
       <c r="K32" s="15">
         <v>0.38</v>
       </c>
       <c r="L32" s="15">
         <v>0.38</v>
       </c>
       <c r="M32" s="15">
         <v>0.38</v>
       </c>
       <c r="N32" s="15">
-        <v>522</v>
+        <v>410</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>24</v>
       </c>
       <c r="K33" s="15">
         <v>0.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.61</v>
       </c>
       <c r="M33" s="15">
         <v>0.61</v>
       </c>
       <c r="N33" s="15">
-        <v>850</v>
+        <v>667</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>24</v>
       </c>
       <c r="K34" s="15">
         <v>0.74</v>
       </c>
       <c r="L34" s="15">
         <v>0.74</v>
       </c>
       <c r="M34" s="15">
         <v>0.74</v>
       </c>
       <c r="N34" s="15">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2382,51 +2376,51 @@
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15">
         <v>10080015351</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.3</v>
       </c>
       <c r="L36" s="15">
         <v>0.3</v>
       </c>
       <c r="M36" s="15">
         <v>0.3</v>
       </c>
       <c r="N36" s="15">
-        <v>264</v>
+        <v>341</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15">
         <v>10080015352</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="15"/>
@@ -2529,57 +2523,57 @@
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>122</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>110</v>
       </c>
       <c r="K40" s="15">
-        <v>1.62</v>
+        <v>1.05</v>
       </c>
       <c r="L40" s="15">
-        <v>1.17</v>
+        <v>0.90801</v>
       </c>
       <c r="M40" s="15">
-        <v>1.02</v>
+        <v>0.87309</v>
       </c>
       <c r="N40" s="15">
         <v>4</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E41" s="15">
         <v>10080009392</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
@@ -2657,295 +2651,291 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>132</v>
       </c>
       <c r="K43" s="15">
         <v>0.93443</v>
       </c>
       <c r="L43" s="15">
         <v>0.80984</v>
       </c>
       <c r="M43" s="15">
         <v>0.77869</v>
       </c>
       <c r="N43" s="15">
-        <v>155</v>
+        <v>110</v>
       </c>
       <c r="O43" s="15">
-        <v>5100</v>
-[...3 lines deleted...]
-      </c>
+        <v>3600</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>1.57</v>
       </c>
       <c r="L44" s="15">
         <v>1.37</v>
       </c>
       <c r="M44" s="15">
         <v>1.27</v>
       </c>
       <c r="N44" s="15">
-        <v>7268</v>
+        <v>7636</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E45" s="15">
         <v>10080048465</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.82577</v>
       </c>
       <c r="L45" s="15">
         <v>0.71566</v>
       </c>
       <c r="M45" s="15">
         <v>0.68814</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D46" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="15" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>256</v>
       </c>
       <c r="K46" s="15">
         <v>0.85746</v>
       </c>
       <c r="L46" s="15">
         <v>0.74313</v>
       </c>
       <c r="M46" s="15">
         <v>0.71455</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>830</v>
+      </c>
+      <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D47" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E47" s="15" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J47" s="15">
         <v>25</v>
       </c>
       <c r="K47" s="15">
-        <v>0.2415</v>
+        <v>0.16902</v>
       </c>
       <c r="L47" s="15">
-        <v>0.17473</v>
+        <v>0.14648</v>
       </c>
       <c r="M47" s="15">
-        <v>0.15247</v>
+        <v>0.14085</v>
       </c>
       <c r="N47" s="15">
-        <v>840</v>
+        <v>880</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="E48" s="15" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
-        <v>0.36469</v>
+        <v>0.25526</v>
       </c>
       <c r="L48" s="15">
-        <v>0.26385</v>
+        <v>0.22122</v>
       </c>
       <c r="M48" s="15">
-        <v>0.23024</v>
+        <v>0.21271</v>
       </c>
       <c r="N48" s="15">
-        <v>900</v>
+        <v>700</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D49" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="E49" s="15" t="s">
         <v>152</v>
-      </c>
-[...4 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="J49" s="15">
         <v>25</v>
       </c>
       <c r="K49" s="15">
-        <v>0.96166</v>
+        <v>0.67317</v>
       </c>
       <c r="L49" s="15">
-        <v>0.69576</v>
+        <v>0.58341</v>
       </c>
       <c r="M49" s="15">
-        <v>0.6071299999999999</v>
+        <v>0.56098</v>
       </c>
       <c r="N49" s="15">
-        <v>612</v>
+        <v>634</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>
@@ -2988,317 +2978,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>