--- v1 (2026-01-10)
+++ v2 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -437,50 +437,53 @@
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG65H-A-06P-13-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>GT65H-A-10P-13-00</t>
   </si>
   <si>
     <t>шаг 11мм / GT65H-A-10P-13-00</t>
   </si>
   <si>
     <t>UT-00139680</t>
   </si>
   <si>
     <t xml:space="preserve">DG65H-A-10P-13-00Z(H) DEGSON, CM-65H-A-10P-13 FUCON, </t>
   </si>
   <si>
     <t>L-KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS2-EAC-11.0-03P</t>
   </si>
   <si>
     <t>KLS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS2-EAC-11.0-03P KLS, </t>
   </si>
   <si>
     <t>UT-00136667</t>
   </si>
   <si>
     <t>L-KLS2-65A-11.0-02P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-65A-11.0-02P-B</t>
   </si>
   <si>
     <t>UT-00146641</t>
   </si>
   <si>
     <t xml:space="preserve">DG65C-B-02P-13-00Z(H) DEGSON, GT65C-B-02P-13-00 GOLTEN, B602-21-02P-KC Tianli, </t>
   </si>
   <si>
     <t>L-KLS2-65A-11.0-03P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-65A-11.0-03P-B</t>
   </si>
   <si>
     <t>UT-00146642</t>
   </si>
@@ -1321,90 +1324,90 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>63</v>
       </c>
       <c r="K9" s="15">
         <v>1.21</v>
       </c>
       <c r="L9" s="15">
         <v>1.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.01</v>
       </c>
       <c r="N9" s="15">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080002739</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>185</v>
       </c>
       <c r="K10" s="15">
         <v>0.365</v>
       </c>
       <c r="L10" s="15">
         <v>0.365</v>
       </c>
       <c r="M10" s="15">
         <v>0.365</v>
       </c>
       <c r="N10" s="15">
-        <v>1445</v>
+        <v>1551</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1477,51 +1480,51 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>0.27303</v>
       </c>
       <c r="L13" s="15">
         <v>0.23663</v>
       </c>
       <c r="M13" s="15">
         <v>0.22753</v>
       </c>
       <c r="N13" s="15">
-        <v>205</v>
+        <v>100</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1555,90 +1558,90 @@
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>240</v>
       </c>
       <c r="K15" s="15">
         <v>0.53669</v>
       </c>
       <c r="L15" s="15">
         <v>0.46513</v>
       </c>
       <c r="M15" s="15">
         <v>0.44724</v>
       </c>
       <c r="N15" s="15">
-        <v>231</v>
+        <v>183</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>165</v>
       </c>
       <c r="K16" s="15">
         <v>0.63</v>
       </c>
       <c r="L16" s="15">
         <v>0.63</v>
       </c>
       <c r="M16" s="15">
         <v>0.63</v>
       </c>
       <c r="N16" s="15">
-        <v>337</v>
+        <v>355</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080015110</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="15"/>
@@ -1709,51 +1712,51 @@
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>150</v>
       </c>
       <c r="K19" s="15">
         <v>0.83397</v>
       </c>
       <c r="L19" s="15">
         <v>0.72277</v>
       </c>
       <c r="M19" s="15">
         <v>0.69498</v>
       </c>
       <c r="N19" s="15">
-        <v>1405</v>
+        <v>1533</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15">
         <v>10080015119</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
@@ -1828,94 +1831,94 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J22" s="15">
         <v>90</v>
       </c>
       <c r="K22" s="15">
         <v>0.74</v>
       </c>
       <c r="L22" s="15">
         <v>0.74</v>
       </c>
       <c r="M22" s="15">
         <v>0.74</v>
       </c>
       <c r="N22" s="15">
-        <v>974</v>
+        <v>801</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>360</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>65</v>
       </c>
       <c r="K23" s="15">
         <v>1.84</v>
       </c>
       <c r="L23" s="15">
         <v>1.59</v>
       </c>
       <c r="M23" s="15">
         <v>1.53</v>
       </c>
       <c r="N23" s="15">
-        <v>1245</v>
+        <v>1110</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080015195</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="15"/>
@@ -1988,168 +1991,168 @@
       <c r="D26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>100</v>
       </c>
       <c r="K26" s="15">
         <v>0.23</v>
       </c>
       <c r="L26" s="15">
         <v>0.23</v>
       </c>
       <c r="M26" s="15">
         <v>0.23</v>
       </c>
       <c r="N26" s="15">
-        <v>433</v>
+        <v>415</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.48</v>
       </c>
       <c r="L27" s="15">
         <v>0.48</v>
       </c>
       <c r="M27" s="15">
         <v>0.48</v>
       </c>
       <c r="N27" s="15">
-        <v>593</v>
+        <v>567</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>24</v>
       </c>
       <c r="K28" s="15">
         <v>0.73</v>
       </c>
       <c r="L28" s="15">
         <v>0.73</v>
       </c>
       <c r="M28" s="15">
         <v>0.73</v>
       </c>
       <c r="N28" s="15">
-        <v>735</v>
+        <v>590</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>24</v>
       </c>
       <c r="K29" s="15">
         <v>0.97</v>
       </c>
       <c r="L29" s="15">
         <v>0.97</v>
       </c>
       <c r="M29" s="15">
         <v>0.97</v>
       </c>
       <c r="N29" s="15">
-        <v>624</v>
+        <v>674</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="15"/>
@@ -2220,129 +2223,129 @@
       <c r="D32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>100</v>
       </c>
       <c r="K32" s="15">
         <v>0.38</v>
       </c>
       <c r="L32" s="15">
         <v>0.38</v>
       </c>
       <c r="M32" s="15">
         <v>0.38</v>
       </c>
       <c r="N32" s="15">
-        <v>410</v>
+        <v>495</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>24</v>
       </c>
       <c r="K33" s="15">
         <v>0.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.61</v>
       </c>
       <c r="M33" s="15">
         <v>0.61</v>
       </c>
       <c r="N33" s="15">
-        <v>667</v>
+        <v>721</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>24</v>
       </c>
       <c r="K34" s="15">
         <v>0.74</v>
       </c>
       <c r="L34" s="15">
         <v>0.74</v>
       </c>
       <c r="M34" s="15">
         <v>0.74</v>
       </c>
       <c r="N34" s="15">
-        <v>267</v>
+        <v>216</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2376,51 +2379,51 @@
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15">
         <v>10080015351</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.3</v>
       </c>
       <c r="L36" s="15">
         <v>0.3</v>
       </c>
       <c r="M36" s="15">
         <v>0.3</v>
       </c>
       <c r="N36" s="15">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15">
         <v>10080015352</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="15"/>
@@ -2651,291 +2654,293 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>132</v>
       </c>
       <c r="K43" s="15">
         <v>0.93443</v>
       </c>
       <c r="L43" s="15">
         <v>0.80984</v>
       </c>
       <c r="M43" s="15">
         <v>0.77869</v>
       </c>
       <c r="N43" s="15">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>3772</v>
+      </c>
+      <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>1.57</v>
       </c>
       <c r="L44" s="15">
         <v>1.37</v>
       </c>
       <c r="M44" s="15">
         <v>1.27</v>
       </c>
       <c r="N44" s="15">
-        <v>7636</v>
+        <v>7921</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15">
         <v>10080048465</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="I45" s="15"/>
+      <c r="I45" s="15" t="s">
+        <v>141</v>
+      </c>
       <c r="J45" s="15">
         <v>50</v>
       </c>
       <c r="K45" s="15">
         <v>0.82577</v>
       </c>
       <c r="L45" s="15">
         <v>0.71566</v>
       </c>
       <c r="M45" s="15">
         <v>0.68814</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="I46" s="15"/>
+      <c r="I46" s="15" t="s">
+        <v>141</v>
+      </c>
       <c r="J46" s="15">
         <v>256</v>
       </c>
       <c r="K46" s="15">
         <v>0.85746</v>
       </c>
       <c r="L46" s="15">
         <v>0.74313</v>
       </c>
       <c r="M46" s="15">
         <v>0.71455</v>
       </c>
-      <c r="N46" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N46" s="15">
+        <v>690</v>
+      </c>
+      <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J47" s="15">
         <v>25</v>
       </c>
       <c r="K47" s="15">
         <v>0.16902</v>
       </c>
       <c r="L47" s="15">
         <v>0.14648</v>
       </c>
       <c r="M47" s="15">
         <v>0.14085</v>
       </c>
       <c r="N47" s="15">
-        <v>880</v>
+        <v>650</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
         <v>0.25526</v>
       </c>
       <c r="L48" s="15">
         <v>0.22122</v>
       </c>
       <c r="M48" s="15">
         <v>0.21271</v>
       </c>
       <c r="N48" s="15">
-        <v>700</v>
+        <v>890</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J49" s="15">
         <v>25</v>
       </c>
       <c r="K49" s="15">
         <v>0.67317</v>
       </c>
       <c r="L49" s="15">
         <v>0.58341</v>
       </c>
       <c r="M49" s="15">
         <v>0.56098</v>
       </c>
       <c r="N49" s="15">
-        <v>634</v>
+        <v>476</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>
@@ -2978,317 +2983,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>