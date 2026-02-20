--- v2 (2026-01-30)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1324,90 +1324,90 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>63</v>
       </c>
       <c r="K9" s="15">
         <v>1.21</v>
       </c>
       <c r="L9" s="15">
         <v>1.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.01</v>
       </c>
       <c r="N9" s="15">
-        <v>380</v>
+        <v>350</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080002739</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>185</v>
       </c>
       <c r="K10" s="15">
         <v>0.365</v>
       </c>
       <c r="L10" s="15">
         <v>0.365</v>
       </c>
       <c r="M10" s="15">
         <v>0.365</v>
       </c>
       <c r="N10" s="15">
-        <v>1551</v>
+        <v>1146</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1558,90 +1558,90 @@
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>240</v>
       </c>
       <c r="K15" s="15">
         <v>0.53669</v>
       </c>
       <c r="L15" s="15">
         <v>0.46513</v>
       </c>
       <c r="M15" s="15">
         <v>0.44724</v>
       </c>
       <c r="N15" s="15">
-        <v>183</v>
+        <v>225</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>165</v>
       </c>
       <c r="K16" s="15">
         <v>0.63</v>
       </c>
       <c r="L16" s="15">
         <v>0.63</v>
       </c>
       <c r="M16" s="15">
         <v>0.63</v>
       </c>
       <c r="N16" s="15">
-        <v>355</v>
+        <v>374</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080015110</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="15"/>
@@ -1712,51 +1712,51 @@
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>150</v>
       </c>
       <c r="K19" s="15">
         <v>0.83397</v>
       </c>
       <c r="L19" s="15">
         <v>0.72277</v>
       </c>
       <c r="M19" s="15">
         <v>0.69498</v>
       </c>
       <c r="N19" s="15">
-        <v>1533</v>
+        <v>1405</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15">
         <v>10080015119</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
@@ -1831,94 +1831,94 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J22" s="15">
         <v>90</v>
       </c>
       <c r="K22" s="15">
         <v>0.74</v>
       </c>
       <c r="L22" s="15">
         <v>0.74</v>
       </c>
       <c r="M22" s="15">
         <v>0.74</v>
       </c>
       <c r="N22" s="15">
-        <v>801</v>
+        <v>921</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>360</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>65</v>
       </c>
       <c r="K23" s="15">
         <v>1.84</v>
       </c>
       <c r="L23" s="15">
         <v>1.59</v>
       </c>
       <c r="M23" s="15">
         <v>1.53</v>
       </c>
       <c r="N23" s="15">
-        <v>1110</v>
+        <v>1290</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080015195</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="15"/>
@@ -1991,168 +1991,168 @@
       <c r="D26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>100</v>
       </c>
       <c r="K26" s="15">
         <v>0.23</v>
       </c>
       <c r="L26" s="15">
         <v>0.23</v>
       </c>
       <c r="M26" s="15">
         <v>0.23</v>
       </c>
       <c r="N26" s="15">
-        <v>415</v>
+        <v>385</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.48</v>
       </c>
       <c r="L27" s="15">
         <v>0.48</v>
       </c>
       <c r="M27" s="15">
         <v>0.48</v>
       </c>
       <c r="N27" s="15">
-        <v>567</v>
+        <v>602</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>24</v>
       </c>
       <c r="K28" s="15">
         <v>0.73</v>
       </c>
       <c r="L28" s="15">
         <v>0.73</v>
       </c>
       <c r="M28" s="15">
         <v>0.73</v>
       </c>
       <c r="N28" s="15">
-        <v>590</v>
+        <v>609</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>24</v>
       </c>
       <c r="K29" s="15">
         <v>0.97</v>
       </c>
       <c r="L29" s="15">
         <v>0.97</v>
       </c>
       <c r="M29" s="15">
         <v>0.97</v>
       </c>
       <c r="N29" s="15">
-        <v>674</v>
+        <v>792</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="15"/>
@@ -2223,90 +2223,90 @@
       <c r="D32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>100</v>
       </c>
       <c r="K32" s="15">
         <v>0.38</v>
       </c>
       <c r="L32" s="15">
         <v>0.38</v>
       </c>
       <c r="M32" s="15">
         <v>0.38</v>
       </c>
       <c r="N32" s="15">
-        <v>495</v>
+        <v>423</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>24</v>
       </c>
       <c r="K33" s="15">
         <v>0.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.61</v>
       </c>
       <c r="M33" s="15">
         <v>0.61</v>
       </c>
       <c r="N33" s="15">
-        <v>721</v>
+        <v>742</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
@@ -2379,51 +2379,51 @@
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15">
         <v>10080015351</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.3</v>
       </c>
       <c r="L36" s="15">
         <v>0.3</v>
       </c>
       <c r="M36" s="15">
         <v>0.3</v>
       </c>
       <c r="N36" s="15">
-        <v>349</v>
+        <v>264</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15">
         <v>10080015352</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="15"/>
@@ -2645,99 +2645,99 @@
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>132</v>
       </c>
       <c r="K43" s="15">
-        <v>0.93443</v>
+        <v>0.93795</v>
       </c>
       <c r="L43" s="15">
-        <v>0.80984</v>
+        <v>0.81289</v>
       </c>
       <c r="M43" s="15">
-        <v>0.77869</v>
+        <v>0.78163</v>
       </c>
       <c r="N43" s="15">
-        <v>3772</v>
+        <v>4946</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>1.57</v>
       </c>
       <c r="L44" s="15">
         <v>1.37</v>
       </c>
       <c r="M44" s="15">
         <v>1.27</v>
       </c>
       <c r="N44" s="15">
-        <v>7921</v>
+        <v>6228</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15">
         <v>10080048465</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -2764,183 +2764,183 @@
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="J46" s="15">
         <v>256</v>
       </c>
       <c r="K46" s="15">
-        <v>0.85746</v>
+        <v>0.84584</v>
       </c>
       <c r="L46" s="15">
-        <v>0.74313</v>
+        <v>0.73306</v>
       </c>
       <c r="M46" s="15">
-        <v>0.71455</v>
+        <v>0.70486</v>
       </c>
       <c r="N46" s="15">
-        <v>690</v>
+        <v>430</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J47" s="15">
         <v>25</v>
       </c>
       <c r="K47" s="15">
         <v>0.16902</v>
       </c>
       <c r="L47" s="15">
         <v>0.14648</v>
       </c>
       <c r="M47" s="15">
         <v>0.14085</v>
       </c>
       <c r="N47" s="15">
-        <v>650</v>
+        <v>610</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
         <v>0.25526</v>
       </c>
       <c r="L48" s="15">
         <v>0.22122</v>
       </c>
       <c r="M48" s="15">
         <v>0.21271</v>
       </c>
       <c r="N48" s="15">
-        <v>890</v>
+        <v>730</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J49" s="15">
         <v>25</v>
       </c>
       <c r="K49" s="15">
         <v>0.67317</v>
       </c>
       <c r="L49" s="15">
         <v>0.58341</v>
       </c>
       <c r="M49" s="15">
         <v>0.56098</v>
       </c>
       <c r="N49" s="15">
-        <v>476</v>
+        <v>519</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>