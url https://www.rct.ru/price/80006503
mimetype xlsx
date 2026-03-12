--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="182">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1324,90 +1324,90 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>63</v>
       </c>
       <c r="K9" s="15">
         <v>1.21</v>
       </c>
       <c r="L9" s="15">
         <v>1.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.01</v>
       </c>
       <c r="N9" s="15">
-        <v>350</v>
+        <v>365</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080002739</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>185</v>
       </c>
       <c r="K10" s="15">
         <v>0.365</v>
       </c>
       <c r="L10" s="15">
         <v>0.365</v>
       </c>
       <c r="M10" s="15">
         <v>0.365</v>
       </c>
       <c r="N10" s="15">
-        <v>1146</v>
+        <v>1445</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
@@ -1558,90 +1558,90 @@
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>240</v>
       </c>
       <c r="K15" s="15">
         <v>0.53669</v>
       </c>
       <c r="L15" s="15">
         <v>0.46513</v>
       </c>
       <c r="M15" s="15">
         <v>0.44724</v>
       </c>
       <c r="N15" s="15">
-        <v>225</v>
+        <v>204</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>165</v>
       </c>
       <c r="K16" s="15">
         <v>0.63</v>
       </c>
       <c r="L16" s="15">
         <v>0.63</v>
       </c>
       <c r="M16" s="15">
         <v>0.63</v>
       </c>
       <c r="N16" s="15">
-        <v>374</v>
+        <v>405</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080015110</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="15"/>
@@ -1712,91 +1712,89 @@
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>150</v>
       </c>
       <c r="K19" s="15">
         <v>0.83397</v>
       </c>
       <c r="L19" s="15">
         <v>0.72277</v>
       </c>
       <c r="M19" s="15">
         <v>0.69498</v>
       </c>
       <c r="N19" s="15">
-        <v>1405</v>
+        <v>1533</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E20" s="15">
         <v>10080015119</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>110</v>
       </c>
       <c r="K20" s="15">
         <v>0.80466</v>
       </c>
       <c r="L20" s="15">
         <v>0.69737</v>
       </c>
       <c r="M20" s="15">
         <v>0.67055</v>
       </c>
-      <c r="N20" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I21" s="15" t="s">
         <v>67</v>
@@ -1831,94 +1829,94 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="J22" s="15">
         <v>90</v>
       </c>
       <c r="K22" s="15">
         <v>0.74</v>
       </c>
       <c r="L22" s="15">
         <v>0.74</v>
       </c>
       <c r="M22" s="15">
         <v>0.74</v>
       </c>
       <c r="N22" s="15">
-        <v>921</v>
+        <v>1148</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>360</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>65</v>
       </c>
       <c r="K23" s="15">
         <v>1.84</v>
       </c>
       <c r="L23" s="15">
         <v>1.59</v>
       </c>
       <c r="M23" s="15">
         <v>1.53</v>
       </c>
       <c r="N23" s="15">
-        <v>1290</v>
+        <v>915</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15">
         <v>10080015195</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I24" s="15"/>
@@ -1991,168 +1989,168 @@
       <c r="D26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>100</v>
       </c>
       <c r="K26" s="15">
         <v>0.23</v>
       </c>
       <c r="L26" s="15">
         <v>0.23</v>
       </c>
       <c r="M26" s="15">
         <v>0.23</v>
       </c>
       <c r="N26" s="15">
-        <v>385</v>
+        <v>480</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>100</v>
       </c>
       <c r="K27" s="15">
         <v>0.48</v>
       </c>
       <c r="L27" s="15">
         <v>0.48</v>
       </c>
       <c r="M27" s="15">
         <v>0.48</v>
       </c>
       <c r="N27" s="15">
-        <v>602</v>
+        <v>673</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>24</v>
       </c>
       <c r="K28" s="15">
         <v>0.73</v>
       </c>
       <c r="L28" s="15">
         <v>0.73</v>
       </c>
       <c r="M28" s="15">
         <v>0.73</v>
       </c>
       <c r="N28" s="15">
-        <v>609</v>
+        <v>715</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>24</v>
       </c>
       <c r="K29" s="15">
         <v>0.97</v>
       </c>
       <c r="L29" s="15">
         <v>0.97</v>
       </c>
       <c r="M29" s="15">
         <v>0.97</v>
       </c>
       <c r="N29" s="15">
-        <v>792</v>
+        <v>763</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I30" s="15"/>
@@ -2223,129 +2221,129 @@
       <c r="D32" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>100</v>
       </c>
       <c r="K32" s="15">
         <v>0.38</v>
       </c>
       <c r="L32" s="15">
         <v>0.38</v>
       </c>
       <c r="M32" s="15">
         <v>0.38</v>
       </c>
       <c r="N32" s="15">
-        <v>423</v>
+        <v>502</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>24</v>
       </c>
       <c r="K33" s="15">
         <v>0.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.61</v>
       </c>
       <c r="M33" s="15">
         <v>0.61</v>
       </c>
       <c r="N33" s="15">
-        <v>742</v>
+        <v>860</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>24</v>
       </c>
       <c r="K34" s="15">
         <v>0.74</v>
       </c>
       <c r="L34" s="15">
         <v>0.74</v>
       </c>
       <c r="M34" s="15">
         <v>0.74</v>
       </c>
       <c r="N34" s="15">
-        <v>216</v>
+        <v>258</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2379,51 +2377,51 @@
       <c r="D36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E36" s="15">
         <v>10080015351</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>250</v>
       </c>
       <c r="K36" s="15">
         <v>0.3</v>
       </c>
       <c r="L36" s="15">
         <v>0.3</v>
       </c>
       <c r="M36" s="15">
         <v>0.3</v>
       </c>
       <c r="N36" s="15">
-        <v>264</v>
+        <v>324</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15">
         <v>10080015352</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I37" s="15"/>
@@ -2654,90 +2652,90 @@
       </c>
       <c r="E43" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>133</v>
       </c>
       <c r="J43" s="15">
         <v>132</v>
       </c>
       <c r="K43" s="15">
         <v>0.93795</v>
       </c>
       <c r="L43" s="15">
         <v>0.81289</v>
       </c>
       <c r="M43" s="15">
         <v>0.78163</v>
       </c>
       <c r="N43" s="15">
-        <v>4946</v>
+        <v>4699</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>137</v>
       </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>1.57</v>
       </c>
       <c r="L44" s="15">
         <v>1.37</v>
       </c>
       <c r="M44" s="15">
         <v>1.27</v>
       </c>
       <c r="N44" s="15">
-        <v>6228</v>
+        <v>8008</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E45" s="15">
         <v>10080048465</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I45" s="15" t="s">
@@ -2773,92 +2771,92 @@
       </c>
       <c r="E46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>141</v>
       </c>
       <c r="J46" s="15">
         <v>256</v>
       </c>
       <c r="K46" s="15">
         <v>0.84584</v>
       </c>
       <c r="L46" s="15">
         <v>0.73306</v>
       </c>
       <c r="M46" s="15">
         <v>0.70486</v>
       </c>
       <c r="N46" s="15">
-        <v>430</v>
+        <v>340</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J47" s="15">
         <v>25</v>
       </c>
       <c r="K47" s="15">
         <v>0.16902</v>
       </c>
       <c r="L47" s="15">
         <v>0.14648</v>
       </c>
       <c r="M47" s="15">
         <v>0.14085</v>
       </c>
       <c r="N47" s="15">
-        <v>610</v>
+        <v>770</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>149</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I48" s="15" t="s">
@@ -2896,51 +2894,51 @@
       </c>
       <c r="E49" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>154</v>
       </c>
       <c r="J49" s="15">
         <v>25</v>
       </c>
       <c r="K49" s="15">
         <v>0.67317</v>
       </c>
       <c r="L49" s="15">
         <v>0.58341</v>
       </c>
       <c r="M49" s="15">
         <v>0.56098</v>
       </c>
       <c r="N49" s="15">
-        <v>519</v>
+        <v>569</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>