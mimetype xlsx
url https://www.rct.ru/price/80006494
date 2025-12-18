--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -509,53 +509,50 @@
     <t>GT35C-B-04P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT35C-B-04P-13-00</t>
   </si>
   <si>
     <t>UT-00142276</t>
   </si>
   <si>
     <t>GOLTEN</t>
   </si>
   <si>
     <t xml:space="preserve">DG35C-B-04P-13-00Z(H) DEGSON, B825-02-04P-KC Tianli, </t>
   </si>
   <si>
     <t>GT35C-B-08P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT35C-B-08P-13-00</t>
   </si>
   <si>
     <t>UT-00142277</t>
   </si>
   <si>
     <t xml:space="preserve">DG35C-B-08P-13-00Z(H) DEGSON, </t>
-  </si>
-[...1 lines deleted...]
-    <t>21.01.2026</t>
   </si>
   <si>
     <t>GT36S-B-02P-13-00</t>
   </si>
   <si>
     <t>Клеммник GT36S-B-02P-13-00</t>
   </si>
   <si>
     <t>UT-00140284</t>
   </si>
   <si>
     <t xml:space="preserve">DG36S-B-02P-13-00Z(H) DEGSON, T825-01-02P-KC Tianli, FB825-22-2P-13 FUCON, DG36S-B-02P-13-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>L-KLS2-35A-8.25-06P-B</t>
   </si>
   <si>
     <t>Клеммник L-KLS2-35A-8.25-06P-B</t>
   </si>
   <si>
     <t>UT-00146614</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
@@ -1438,492 +1435,492 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
-        <v>0.23333</v>
+        <v>0.16511</v>
       </c>
       <c r="L9" s="15">
-        <v>0.16667</v>
+        <v>0.14309</v>
       </c>
       <c r="M9" s="15">
-        <v>0.15</v>
+        <v>0.13759</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10000019609</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
-        <v>0.38175</v>
+        <v>0.24158</v>
       </c>
       <c r="L10" s="15">
-        <v>0.27521</v>
+        <v>0.20937</v>
       </c>
       <c r="M10" s="15">
-        <v>0.23971</v>
+        <v>0.20131</v>
       </c>
       <c r="N10" s="15">
         <v>8</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
-        <v>0.36156</v>
+        <v>0.22812</v>
       </c>
       <c r="L11" s="15">
-        <v>0.26066</v>
+        <v>0.1977</v>
       </c>
       <c r="M11" s="15">
-        <v>0.22703</v>
+        <v>0.1901</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
-        <v>0.4688</v>
+        <v>0.3317</v>
       </c>
       <c r="L12" s="15">
-        <v>0.33486</v>
+        <v>0.28747</v>
       </c>
       <c r="M12" s="15">
-        <v>0.30137</v>
+        <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>489</v>
+        <v>374</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>400</v>
       </c>
       <c r="K13" s="15">
-        <v>0.72284</v>
+        <v>0.45608</v>
       </c>
       <c r="L13" s="15">
-        <v>0.52111</v>
+        <v>0.39527</v>
       </c>
       <c r="M13" s="15">
-        <v>0.45386</v>
+        <v>0.38006</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10000023130</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>275</v>
       </c>
       <c r="K14" s="15">
-        <v>1.01</v>
+        <v>0.64629</v>
       </c>
       <c r="L14" s="15">
-        <v>0.72329</v>
+        <v>0.56012</v>
       </c>
       <c r="M14" s="15">
-        <v>0.62684</v>
+        <v>0.5385799999999999</v>
       </c>
       <c r="N14" s="15">
         <v>256</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080014513</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>155</v>
       </c>
       <c r="K15" s="15">
-        <v>1.16</v>
+        <v>0.7352</v>
       </c>
       <c r="L15" s="15">
-        <v>0.8374200000000001</v>
+        <v>0.63717</v>
       </c>
       <c r="M15" s="15">
-        <v>0.72937</v>
+        <v>0.61266</v>
       </c>
       <c r="N15" s="15">
         <v>40</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
-        <v>1.08</v>
+        <v>0.69452</v>
       </c>
       <c r="L16" s="15">
-        <v>0.7761400000000001</v>
+        <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
-        <v>0.67598</v>
+        <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>144</v>
+        <v>193</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>154</v>
+        <v>168</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>300</v>
       </c>
       <c r="K18" s="15">
-        <v>0.43046</v>
+        <v>0.30441</v>
       </c>
       <c r="L18" s="15">
-        <v>0.30747</v>
+        <v>0.26382</v>
       </c>
       <c r="M18" s="15">
-        <v>0.27672</v>
+        <v>0.25368</v>
       </c>
       <c r="N18" s="15">
         <v>32</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
-        <v>0.57916</v>
+        <v>0.40955</v>
       </c>
       <c r="L19" s="15">
-        <v>0.41369</v>
+        <v>0.35494</v>
       </c>
       <c r="M19" s="15">
-        <v>0.37232</v>
+        <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>270</v>
+        <v>216</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J20" s="15">
         <v>230</v>
       </c>
       <c r="K20" s="15">
-        <v>0.64642</v>
+        <v>0.40769</v>
       </c>
       <c r="L20" s="15">
-        <v>0.46603</v>
+        <v>0.35333</v>
       </c>
       <c r="M20" s="15">
-        <v>0.40589</v>
+        <v>0.33974</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
@@ -1949,138 +1946,138 @@
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
-        <v>1.3</v>
+        <v>0.91874</v>
       </c>
       <c r="L22" s="15">
-        <v>0.92789</v>
+        <v>0.7962399999999999</v>
       </c>
       <c r="M22" s="15">
-        <v>0.8351</v>
+        <v>0.76561</v>
       </c>
       <c r="N22" s="15">
-        <v>355</v>
+        <v>305</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>2058</v>
+        <v>2085</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>226</v>
+        <v>212</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2116,92 +2113,92 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>488</v>
+        <v>632</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>606</v>
+        <v>548</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2265,57 +2262,57 @@
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080071702</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
-        <v>2.66</v>
+        <v>1.19</v>
       </c>
       <c r="L30" s="15">
-        <v>1.44</v>
+        <v>1.03</v>
       </c>
       <c r="M30" s="15">
-        <v>1.25</v>
+        <v>0.9911799999999999</v>
       </c>
       <c r="N30" s="15">
         <v>20</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10080071703</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
@@ -2391,131 +2388,131 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>18480</v>
+        <v>18255</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
-        <v>0.81009</v>
+        <v>0.28058</v>
       </c>
       <c r="L34" s="15">
-        <v>0.40505</v>
+        <v>0.24317</v>
       </c>
       <c r="M34" s="15">
-        <v>0.36817</v>
+        <v>0.23381</v>
       </c>
       <c r="N34" s="15">
         <v>20</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>1050</v>
+        <v>1230</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2547,332 +2544,332 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>676</v>
+        <v>582</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>264</v>
+        <v>210</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>559</v>
+        <v>638</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>291</v>
+        <v>359</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J41" s="15">
         <v>300</v>
       </c>
       <c r="K41" s="15">
-        <v>0.26431</v>
+        <v>0.16964</v>
       </c>
       <c r="L41" s="15">
-        <v>0.19056</v>
+        <v>0.14702</v>
       </c>
       <c r="M41" s="15">
-        <v>0.16597</v>
+        <v>0.14136</v>
       </c>
       <c r="N41" s="15">
         <v>4</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
-        <v>0.21477</v>
+        <v>0.15201</v>
       </c>
       <c r="L42" s="15">
-        <v>0.15341</v>
+        <v>0.13174</v>
       </c>
       <c r="M42" s="15">
-        <v>0.13806</v>
+        <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>740</v>
+        <v>670</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>2720</v>
+        <v>3400</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>679</v>
+        <v>558</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3060,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>308</v>
+        <v>418</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3179,412 +3176,410 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>2400</v>
+        <v>3300</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>996</v>
+        <v>876</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.60843</v>
       </c>
       <c r="L55" s="15">
         <v>0.5273099999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.50703</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2379</v>
+        <v>2521</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="I57" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="J57" s="15">
         <v>200</v>
       </c>
       <c r="K57" s="15">
         <v>0.4889</v>
       </c>
       <c r="L57" s="15">
         <v>0.35372</v>
       </c>
       <c r="M57" s="15">
         <v>0.30866</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
         <v>0.40471</v>
       </c>
       <c r="L58" s="15">
         <v>0.29281</v>
       </c>
       <c r="M58" s="15">
         <v>0.25551</v>
       </c>
       <c r="N58" s="15">
         <v>100</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.4935</v>
       </c>
       <c r="L59" s="15">
         <v>0.35705</v>
       </c>
       <c r="M59" s="15">
         <v>0.31157</v>
       </c>
       <c r="N59" s="15">
         <v>30</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.21457</v>
       </c>
       <c r="L60" s="15">
         <v>0.15524</v>
       </c>
       <c r="M60" s="15">
         <v>0.13547</v>
       </c>
       <c r="N60" s="15">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.27355</v>
       </c>
       <c r="L61" s="15">
         <v>0.19791</v>
       </c>
       <c r="M61" s="15">
         <v>0.1727</v>
       </c>
       <c r="N61" s="15">
-        <v>630</v>
+        <v>850</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="I62" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.17159</v>
       </c>
       <c r="L62" s="15">
         <v>0.14945</v>
       </c>
       <c r="M62" s="15">
         <v>0.13838</v>
       </c>
       <c r="N62" s="15">
-        <v>2673</v>
+        <v>2795</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14"/>
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
     </row>
   </sheetData>
@@ -3627,317 +3622,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>204</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>220</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>