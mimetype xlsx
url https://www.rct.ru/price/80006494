--- v1 (2025-12-18)
+++ v2 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1563,51 +1563,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
         <v>0.3317</v>
       </c>
       <c r="L12" s="15">
         <v>0.28747</v>
       </c>
       <c r="M12" s="15">
         <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>374</v>
+        <v>426</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1641,51 +1641,51 @@
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10000023130</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>275</v>
       </c>
       <c r="K14" s="15">
         <v>0.64629</v>
       </c>
       <c r="L14" s="15">
         <v>0.56012</v>
       </c>
       <c r="M14" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>256</v>
+        <v>308</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080014513</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1719,90 +1719,90 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
         <v>0.69452</v>
       </c>
       <c r="L16" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>193</v>
+        <v>172</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1838,51 +1838,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.40955</v>
       </c>
       <c r="L19" s="15">
         <v>0.35494</v>
       </c>
       <c r="M19" s="15">
         <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1955,129 +1955,129 @@
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.91874</v>
       </c>
       <c r="L22" s="15">
         <v>0.7962399999999999</v>
       </c>
       <c r="M22" s="15">
         <v>0.76561</v>
       </c>
       <c r="N22" s="15">
-        <v>305</v>
+        <v>360</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>2085</v>
+        <v>2190</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>212</v>
+        <v>198</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2113,131 +2113,131 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>632</v>
+        <v>712</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>548</v>
+        <v>539</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>30</v>
       </c>
       <c r="K28" s="15">
         <v>0.57</v>
       </c>
       <c r="L28" s="15">
         <v>0.57</v>
       </c>
       <c r="M28" s="15">
         <v>0.57</v>
       </c>
       <c r="N28" s="15">
-        <v>573</v>
+        <v>612</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080014566</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2388,51 +2388,51 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>18255</v>
+        <v>13747</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -2468,51 +2468,51 @@
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>1230</v>
+        <v>884</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2544,168 +2544,168 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>582</v>
+        <v>629</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>210</v>
+        <v>261</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>638</v>
+        <v>677</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
@@ -2743,133 +2743,133 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.15201</v>
       </c>
       <c r="L42" s="15">
         <v>0.13174</v>
       </c>
       <c r="M42" s="15">
         <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>670</v>
+        <v>800</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>3400</v>
+        <v>2400</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>558</v>
+        <v>698</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3057,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>418</v>
+        <v>303</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3176,90 +3176,90 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>3300</v>
+        <v>3113</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>876</v>
+        <v>924</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
@@ -3293,51 +3293,51 @@
       <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2521</v>
+        <v>2343</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I57" s="15" t="s">
@@ -3455,92 +3455,92 @@
       </c>
       <c r="E60" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.21457</v>
       </c>
       <c r="L60" s="15">
         <v>0.15524</v>
       </c>
       <c r="M60" s="15">
         <v>0.13547</v>
       </c>
       <c r="N60" s="15">
-        <v>1071</v>
+        <v>1054</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.27355</v>
       </c>
       <c r="L61" s="15">
         <v>0.19791</v>
       </c>
       <c r="M61" s="15">
         <v>0.1727</v>
       </c>
       <c r="N61" s="15">
-        <v>850</v>
+        <v>760</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="I62" s="15" t="s">