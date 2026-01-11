--- v2 (2025-12-19)
+++ v3 (2026-01-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1563,51 +1563,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
         <v>0.3317</v>
       </c>
       <c r="L12" s="15">
         <v>0.28747</v>
       </c>
       <c r="M12" s="15">
         <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>426</v>
+        <v>478</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1641,51 +1641,51 @@
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10000023130</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>275</v>
       </c>
       <c r="K14" s="15">
         <v>0.64629</v>
       </c>
       <c r="L14" s="15">
         <v>0.56012</v>
       </c>
       <c r="M14" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>308</v>
+        <v>330</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080014513</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1719,90 +1719,90 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
         <v>0.69452</v>
       </c>
       <c r="L16" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1838,51 +1838,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.40955</v>
       </c>
       <c r="L19" s="15">
         <v>0.35494</v>
       </c>
       <c r="M19" s="15">
         <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1955,129 +1955,129 @@
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.91874</v>
       </c>
       <c r="L22" s="15">
         <v>0.7962399999999999</v>
       </c>
       <c r="M22" s="15">
         <v>0.76561</v>
       </c>
       <c r="N22" s="15">
-        <v>360</v>
+        <v>440</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>2190</v>
+        <v>1583</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>198</v>
+        <v>209</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2113,131 +2113,131 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>712</v>
+        <v>680</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>539</v>
+        <v>655</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>30</v>
       </c>
       <c r="K28" s="15">
         <v>0.57</v>
       </c>
       <c r="L28" s="15">
         <v>0.57</v>
       </c>
       <c r="M28" s="15">
         <v>0.57</v>
       </c>
       <c r="N28" s="15">
-        <v>612</v>
+        <v>487</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080014566</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2388,51 +2388,51 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>13747</v>
+        <v>18255</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -2468,51 +2468,51 @@
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2544,168 +2544,168 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>629</v>
+        <v>563</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>677</v>
+        <v>583</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>363</v>
+        <v>422</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
@@ -2743,133 +2743,133 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.15201</v>
       </c>
       <c r="L42" s="15">
         <v>0.13174</v>
       </c>
       <c r="M42" s="15">
         <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>800</v>
+        <v>650</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>2400</v>
+        <v>2600</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>698</v>
+        <v>828</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3057,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>303</v>
+        <v>423</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3176,410 +3176,410 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>3113</v>
+        <v>2850</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>924</v>
+        <v>912</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.60843</v>
       </c>
       <c r="L55" s="15">
         <v>0.5273099999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.50703</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15">
-        <v>345</v>
+        <v>405</v>
       </c>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2343</v>
+        <v>2556</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J57" s="15">
         <v>200</v>
       </c>
       <c r="K57" s="15">
-        <v>0.4889</v>
+        <v>0.34238</v>
       </c>
       <c r="L57" s="15">
-        <v>0.35372</v>
+        <v>0.29673</v>
       </c>
       <c r="M57" s="15">
-        <v>0.30866</v>
+        <v>0.28531</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>177</v>
       </c>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
-        <v>0.40471</v>
+        <v>0.28353</v>
       </c>
       <c r="L58" s="15">
-        <v>0.29281</v>
+        <v>0.24573</v>
       </c>
       <c r="M58" s="15">
-        <v>0.25551</v>
+        <v>0.23628</v>
       </c>
       <c r="N58" s="15">
         <v>100</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
-        <v>0.4935</v>
+        <v>0.34563</v>
       </c>
       <c r="L59" s="15">
-        <v>0.35705</v>
+        <v>0.29955</v>
       </c>
       <c r="M59" s="15">
-        <v>0.31157</v>
+        <v>0.28803</v>
       </c>
       <c r="N59" s="15">
         <v>30</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
-        <v>0.21457</v>
+        <v>0.15018</v>
       </c>
       <c r="L60" s="15">
-        <v>0.15524</v>
+        <v>0.13016</v>
       </c>
       <c r="M60" s="15">
-        <v>0.13547</v>
+        <v>0.12515</v>
       </c>
       <c r="N60" s="15">
-        <v>1054</v>
+        <v>1394</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
-        <v>0.27355</v>
+        <v>0.19157</v>
       </c>
       <c r="L61" s="15">
-        <v>0.19791</v>
+        <v>0.16602</v>
       </c>
       <c r="M61" s="15">
-        <v>0.1727</v>
+        <v>0.15964</v>
       </c>
       <c r="N61" s="15">
-        <v>760</v>
+        <v>890</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.17159</v>
       </c>
       <c r="L62" s="15">
         <v>0.14945</v>
       </c>
       <c r="M62" s="15">
         <v>0.13838</v>
       </c>
       <c r="N62" s="15">
-        <v>2795</v>
+        <v>3362</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14"/>
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
     </row>
   </sheetData>