--- v3 (2026-01-11)
+++ v4 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1563,51 +1563,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
         <v>0.3317</v>
       </c>
       <c r="L12" s="15">
         <v>0.28747</v>
       </c>
       <c r="M12" s="15">
         <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>478</v>
+        <v>501</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1641,51 +1641,51 @@
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10000023130</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>275</v>
       </c>
       <c r="K14" s="15">
         <v>0.64629</v>
       </c>
       <c r="L14" s="15">
         <v>0.56012</v>
       </c>
       <c r="M14" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>330</v>
+        <v>229</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080014513</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1719,170 +1719,170 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
         <v>0.69452</v>
       </c>
       <c r="L16" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>300</v>
       </c>
       <c r="K18" s="15">
         <v>0.30441</v>
       </c>
       <c r="L18" s="15">
         <v>0.26382</v>
       </c>
       <c r="M18" s="15">
         <v>0.25368</v>
       </c>
       <c r="N18" s="15">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.40955</v>
       </c>
       <c r="L19" s="15">
         <v>0.35494</v>
       </c>
       <c r="M19" s="15">
         <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>225</v>
+        <v>258</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1955,129 +1955,129 @@
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>250</v>
       </c>
       <c r="K22" s="15">
         <v>0.91874</v>
       </c>
       <c r="L22" s="15">
         <v>0.7962399999999999</v>
       </c>
       <c r="M22" s="15">
         <v>0.76561</v>
       </c>
       <c r="N22" s="15">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>1583</v>
+        <v>1873</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>209</v>
+        <v>231</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2113,131 +2113,131 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>680</v>
+        <v>584</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>655</v>
+        <v>564</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>30</v>
       </c>
       <c r="K28" s="15">
         <v>0.57</v>
       </c>
       <c r="L28" s="15">
         <v>0.57</v>
       </c>
       <c r="M28" s="15">
         <v>0.57</v>
       </c>
       <c r="N28" s="15">
-        <v>487</v>
+        <v>526</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080014566</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2388,51 +2388,51 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>18255</v>
+        <v>13522</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -2468,51 +2468,51 @@
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>871</v>
+        <v>898</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2544,168 +2544,168 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>563</v>
+        <v>610</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>583</v>
+        <v>488</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>422</v>
+        <v>354</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
@@ -2743,133 +2743,133 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.15201</v>
       </c>
       <c r="L42" s="15">
         <v>0.13174</v>
       </c>
       <c r="M42" s="15">
         <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>650</v>
+        <v>670</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>2600</v>
+        <v>2883</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>828</v>
+        <v>526</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3057,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>423</v>
+        <v>341</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3176,168 +3176,168 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>2850</v>
+        <v>2325</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>912</v>
+        <v>560</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
-        <v>0.60843</v>
+        <v>0.5224800000000001</v>
       </c>
       <c r="L55" s="15">
-        <v>0.5273099999999999</v>
+        <v>0.45282</v>
       </c>
       <c r="M55" s="15">
-        <v>0.50703</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.4354</v>
+      </c>
+      <c r="N55" s="15">
+        <v>820</v>
+      </c>
+      <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2556</v>
+        <v>2769</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I57" s="15" t="s">
@@ -3455,131 +3455,131 @@
       </c>
       <c r="E60" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.15018</v>
       </c>
       <c r="L60" s="15">
         <v>0.13016</v>
       </c>
       <c r="M60" s="15">
         <v>0.12515</v>
       </c>
       <c r="N60" s="15">
-        <v>1394</v>
+        <v>1122</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.19157</v>
       </c>
       <c r="L61" s="15">
         <v>0.16602</v>
       </c>
       <c r="M61" s="15">
         <v>0.15964</v>
       </c>
       <c r="N61" s="15">
-        <v>890</v>
+        <v>760</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.17159</v>
       </c>
       <c r="L62" s="15">
         <v>0.14945</v>
       </c>
       <c r="M62" s="15">
         <v>0.13838</v>
       </c>
       <c r="N62" s="15">
-        <v>3362</v>
+        <v>2916</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14"/>
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
     </row>
   </sheetData>