--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1563,51 +1563,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
         <v>0.3317</v>
       </c>
       <c r="L12" s="15">
         <v>0.28747</v>
       </c>
       <c r="M12" s="15">
         <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1719,90 +1719,90 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
         <v>0.69452</v>
       </c>
       <c r="L16" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>202</v>
+        <v>216</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1838,51 +1838,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.40955</v>
       </c>
       <c r="L19" s="15">
         <v>0.35494</v>
       </c>
       <c r="M19" s="15">
         <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>258</v>
+        <v>222</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1994,90 +1994,90 @@
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>1873</v>
+        <v>1583</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2113,131 +2113,131 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>564</v>
+        <v>514</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>30</v>
       </c>
       <c r="K28" s="15">
         <v>0.57</v>
       </c>
       <c r="L28" s="15">
         <v>0.57</v>
       </c>
       <c r="M28" s="15">
         <v>0.57</v>
       </c>
       <c r="N28" s="15">
-        <v>526</v>
+        <v>557</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080014566</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2388,51 +2388,51 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>13522</v>
+        <v>19381</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -2468,51 +2468,51 @@
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>898</v>
+        <v>884</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2544,168 +2544,168 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>610</v>
+        <v>601</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>488</v>
+        <v>520</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>354</v>
+        <v>388</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
@@ -2743,133 +2743,133 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.15201</v>
       </c>
       <c r="L42" s="15">
         <v>0.13174</v>
       </c>
       <c r="M42" s="15">
         <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>670</v>
+        <v>640</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>2883</v>
+        <v>2844</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>526</v>
+        <v>628</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3057,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>341</v>
+        <v>312</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3176,168 +3176,168 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>2325</v>
+        <v>3263</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>560</v>
+        <v>608</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.5224800000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.45282</v>
       </c>
       <c r="M55" s="15">
         <v>0.4354</v>
       </c>
       <c r="N55" s="15">
-        <v>820</v>
+        <v>860</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2769</v>
+        <v>2237</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I57" s="15" t="s">
@@ -3455,131 +3455,131 @@
       </c>
       <c r="E60" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.15018</v>
       </c>
       <c r="L60" s="15">
         <v>0.13016</v>
       </c>
       <c r="M60" s="15">
         <v>0.12515</v>
       </c>
       <c r="N60" s="15">
-        <v>1122</v>
+        <v>1479</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.19157</v>
       </c>
       <c r="L61" s="15">
         <v>0.16602</v>
       </c>
       <c r="M61" s="15">
         <v>0.15964</v>
       </c>
       <c r="N61" s="15">
-        <v>760</v>
+        <v>610</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.17159</v>
       </c>
       <c r="L62" s="15">
         <v>0.14945</v>
       </c>
       <c r="M62" s="15">
         <v>0.13838</v>
       </c>
       <c r="N62" s="15">
-        <v>2916</v>
+        <v>3038</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14"/>
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
     </row>
   </sheetData>