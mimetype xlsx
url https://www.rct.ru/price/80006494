--- v5 (2026-03-10)
+++ v6 (2026-03-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="222">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1563,51 +1563,51 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>575</v>
       </c>
       <c r="K12" s="15">
         <v>0.3317</v>
       </c>
       <c r="L12" s="15">
         <v>0.28747</v>
       </c>
       <c r="M12" s="15">
         <v>0.27641</v>
       </c>
       <c r="N12" s="15">
-        <v>495</v>
+        <v>512</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
@@ -1641,51 +1641,51 @@
       <c r="D14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="15">
         <v>10000023130</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>275</v>
       </c>
       <c r="K14" s="15">
         <v>0.64629</v>
       </c>
       <c r="L14" s="15">
         <v>0.56012</v>
       </c>
       <c r="M14" s="15">
         <v>0.5385799999999999</v>
       </c>
       <c r="N14" s="15">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15">
         <v>10080014513</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1719,90 +1719,90 @@
       <c r="D16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>155</v>
       </c>
       <c r="K16" s="15">
         <v>0.69452</v>
       </c>
       <c r="L16" s="15">
         <v>0.6019099999999999</v>
       </c>
       <c r="M16" s="15">
         <v>0.5787600000000001</v>
       </c>
       <c r="N16" s="15">
-        <v>151</v>
+        <v>205</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15">
         <v>10080014515</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>185</v>
       </c>
       <c r="K17" s="15">
         <v>1.74</v>
       </c>
       <c r="L17" s="15">
         <v>1.01</v>
       </c>
       <c r="M17" s="15">
         <v>0.91864</v>
       </c>
       <c r="N17" s="15">
-        <v>216</v>
+        <v>183</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1838,51 +1838,51 @@
       </c>
       <c r="E19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.40955</v>
       </c>
       <c r="L19" s="15">
         <v>0.35494</v>
       </c>
       <c r="M19" s="15">
         <v>0.34129</v>
       </c>
       <c r="N19" s="15">
-        <v>222</v>
+        <v>252</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15" t="s">
@@ -1994,90 +1994,90 @@
       <c r="D23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E23" s="15">
         <v>10000021244</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>170</v>
       </c>
       <c r="K23" s="15">
         <v>0.82</v>
       </c>
       <c r="L23" s="15">
         <v>0.82</v>
       </c>
       <c r="M23" s="15">
         <v>0.82</v>
       </c>
       <c r="N23" s="15">
-        <v>1583</v>
+        <v>2005</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="15">
         <v>10080014556</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.1153</v>
       </c>
       <c r="L24" s="15">
         <v>0.1153</v>
       </c>
       <c r="M24" s="15">
         <v>0.1153</v>
       </c>
       <c r="N24" s="15">
-        <v>198</v>
+        <v>167</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="15">
         <v>10080014557</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -2113,131 +2113,131 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J26" s="15">
         <v>50</v>
       </c>
       <c r="K26" s="15">
         <v>0.41</v>
       </c>
       <c r="L26" s="15">
         <v>0.27</v>
       </c>
       <c r="M26" s="15">
         <v>0.249</v>
       </c>
       <c r="N26" s="15">
-        <v>568</v>
+        <v>616</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15">
         <v>2000</v>
       </c>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>30</v>
       </c>
       <c r="K27" s="15">
         <v>0.42</v>
       </c>
       <c r="L27" s="15">
         <v>0.42</v>
       </c>
       <c r="M27" s="15">
         <v>0.42</v>
       </c>
       <c r="N27" s="15">
-        <v>514</v>
+        <v>588</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>30</v>
       </c>
       <c r="K28" s="15">
         <v>0.57</v>
       </c>
       <c r="L28" s="15">
         <v>0.57</v>
       </c>
       <c r="M28" s="15">
         <v>0.57</v>
       </c>
       <c r="N28" s="15">
-        <v>557</v>
+        <v>698</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E29" s="15">
         <v>10080014566</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2388,51 +2388,51 @@
       <c r="D33" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>500</v>
       </c>
       <c r="K33" s="15">
         <v>0.11</v>
       </c>
       <c r="L33" s="15">
         <v>0.11</v>
       </c>
       <c r="M33" s="15">
         <v>0.11</v>
       </c>
       <c r="N33" s="15">
-        <v>19381</v>
+        <v>16902</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15" t="s">
@@ -2468,51 +2468,51 @@
       <c r="D35" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E35" s="15">
         <v>10080016381</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>300</v>
       </c>
       <c r="K35" s="15">
         <v>0.382</v>
       </c>
       <c r="L35" s="15">
         <v>0.382</v>
       </c>
       <c r="M35" s="15">
         <v>0.382</v>
       </c>
       <c r="N35" s="15">
-        <v>884</v>
+        <v>912</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2544,168 +2544,168 @@
       <c r="D37" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.5</v>
       </c>
       <c r="L37" s="15">
         <v>0.5</v>
       </c>
       <c r="M37" s="15">
         <v>0.5</v>
       </c>
       <c r="N37" s="15">
-        <v>601</v>
+        <v>826</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E38" s="15">
         <v>10080043133</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>400</v>
       </c>
       <c r="K38" s="15">
         <v>0.145</v>
       </c>
       <c r="L38" s="15">
         <v>0.145</v>
       </c>
       <c r="M38" s="15">
         <v>0.145</v>
       </c>
       <c r="N38" s="15">
-        <v>261</v>
+        <v>207</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E39" s="15">
         <v>10080016331</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>370</v>
       </c>
       <c r="K39" s="15">
         <v>0.23</v>
       </c>
       <c r="L39" s="15">
         <v>0.23</v>
       </c>
       <c r="M39" s="15">
         <v>0.23</v>
       </c>
       <c r="N39" s="15">
-        <v>520</v>
+        <v>559</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E40" s="15">
         <v>10080016333</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>180</v>
       </c>
       <c r="K40" s="15">
         <v>0.52</v>
       </c>
       <c r="L40" s="15">
         <v>0.52</v>
       </c>
       <c r="M40" s="15">
         <v>0.52</v>
       </c>
       <c r="N40" s="15">
-        <v>388</v>
+        <v>397</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E41" s="15">
         <v>10080015645</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
@@ -2743,133 +2743,133 @@
       </c>
       <c r="E42" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>124</v>
       </c>
       <c r="J42" s="15">
         <v>300</v>
       </c>
       <c r="K42" s="15">
         <v>0.15201</v>
       </c>
       <c r="L42" s="15">
         <v>0.13174</v>
       </c>
       <c r="M42" s="15">
         <v>0.12668</v>
       </c>
       <c r="N42" s="15">
-        <v>640</v>
+        <v>900</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>127</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J43" s="15">
         <v>200</v>
       </c>
       <c r="K43" s="15">
         <v>0.3599</v>
       </c>
       <c r="L43" s="15">
         <v>0.22</v>
       </c>
       <c r="M43" s="15">
         <v>0.2</v>
       </c>
       <c r="N43" s="15">
-        <v>2844</v>
+        <v>2686</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="J44" s="15">
         <v>300</v>
       </c>
       <c r="K44" s="15">
         <v>0.46374</v>
       </c>
       <c r="L44" s="15">
         <v>0.278</v>
       </c>
       <c r="M44" s="15">
         <v>0.255</v>
       </c>
       <c r="N44" s="15">
-        <v>628</v>
+        <v>614</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080027485</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
@@ -3057,51 +3057,51 @@
       <c r="D50" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>120</v>
       </c>
       <c r="K50" s="15">
         <v>0.91</v>
       </c>
       <c r="L50" s="15">
         <v>0.91</v>
       </c>
       <c r="M50" s="15">
         <v>0.91</v>
       </c>
       <c r="N50" s="15">
-        <v>312</v>
+        <v>399</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>480</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>148</v>
       </c>
       <c r="E51" s="15">
         <v>10080043957</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
@@ -3176,168 +3176,168 @@
       <c r="D53" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>154</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>155</v>
       </c>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.137</v>
       </c>
       <c r="L53" s="15">
         <v>0.1233</v>
       </c>
       <c r="M53" s="15">
         <v>0.11416</v>
       </c>
       <c r="N53" s="15">
-        <v>3263</v>
+        <v>2700</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>160</v>
       </c>
       <c r="J54" s="15"/>
       <c r="K54" s="15">
         <v>0.26748</v>
       </c>
       <c r="L54" s="15">
         <v>0.24073</v>
       </c>
       <c r="M54" s="15">
         <v>0.2229</v>
       </c>
       <c r="N54" s="15">
-        <v>608</v>
+        <v>592</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.5224800000000001</v>
       </c>
       <c r="L55" s="15">
         <v>0.45282</v>
       </c>
       <c r="M55" s="15">
         <v>0.4354</v>
       </c>
       <c r="N55" s="15">
-        <v>860</v>
+        <v>810</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>159</v>
       </c>
       <c r="I56" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.15137</v>
       </c>
       <c r="L56" s="15">
         <v>0.13623</v>
       </c>
       <c r="M56" s="15">
         <v>0.12614</v>
       </c>
       <c r="N56" s="15">
-        <v>2237</v>
+        <v>2485</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I57" s="15" t="s">
@@ -3455,131 +3455,131 @@
       </c>
       <c r="E60" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I60" s="15" t="s">
         <v>185</v>
       </c>
       <c r="J60" s="15">
         <v>100</v>
       </c>
       <c r="K60" s="15">
         <v>0.15018</v>
       </c>
       <c r="L60" s="15">
         <v>0.13016</v>
       </c>
       <c r="M60" s="15">
         <v>0.12515</v>
       </c>
       <c r="N60" s="15">
-        <v>1479</v>
+        <v>1394</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>188</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>172</v>
       </c>
       <c r="I61" s="15" t="s">
         <v>189</v>
       </c>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.19157</v>
       </c>
       <c r="L61" s="15">
         <v>0.16602</v>
       </c>
       <c r="M61" s="15">
         <v>0.15964</v>
       </c>
       <c r="N61" s="15">
-        <v>610</v>
+        <v>890</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="15"/>
       <c r="K62" s="15">
         <v>0.17159</v>
       </c>
       <c r="L62" s="15">
         <v>0.14945</v>
       </c>
       <c r="M62" s="15">
         <v>0.13838</v>
       </c>
       <c r="N62" s="15">
-        <v>3038</v>
+        <v>3281</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14"/>
       <c r="C63" s="15"/>
       <c r="D63" s="15"/>
       <c r="E63" s="15"/>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15"/>
       <c r="L63" s="15"/>
       <c r="M63" s="15"/>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
     </row>
   </sheetData>