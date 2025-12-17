--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="394">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -679,182 +679,185 @@
   <si>
     <t>UT-00117930</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>Кабельная сборка ,UFL-F/SMA-F , тип кабеля RG178, 130 мм / L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>Кабельная сборка, UFL-F/SMA-F, тип кабеля RG178, 200 мм, никелированные (A) / L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>UT-00106159</t>
   </si>
   <si>
     <t>L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
     <t>IPEX-RP SMA/F,1.13/Black;L100mm / L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
+    <t>27.12.2025</t>
+  </si>
+  <si>
+    <t>L-KLS1-RFCA06-RG178-L100</t>
+  </si>
+  <si>
+    <t>Кабельная сборка, I-PEX/RP SMA, тип кабеля RG178, 100 мм / L-KLS1-RFCA06-RG178-L100</t>
+  </si>
+  <si>
+    <t>UT-00151397</t>
+  </si>
+  <si>
+    <t>L-KLS1-RFCB46-OD1.37-L150</t>
+  </si>
+  <si>
+    <t>Кабельная сборка,RF 150мм / L-KLS1-RFCB46-OD1.37-L150</t>
+  </si>
+  <si>
+    <t>UT-00117703</t>
+  </si>
+  <si>
+    <t>L-KLS1-RFCB46-RG178-L150-F1</t>
+  </si>
+  <si>
+    <t>Кабельная сборка, N-K 5/8-24 &amp; IPEX1, тип кабеля RG178, 150 мм / L-KLS1-RFCB46-RG178-L150-F1</t>
+  </si>
+  <si>
+    <t>L-KLS1-RPSMA006B</t>
+  </si>
+  <si>
+    <t>ВЧ угловая вилка на плату, L=20мм / L-KLS1-RPSMA006B</t>
+  </si>
+  <si>
+    <t>UT-00128408</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA-RMF-NI</t>
+  </si>
+  <si>
+    <t>ВЧ переходник угловой SMA вилка-розетка, никель / L-KLS1-SMA-RMF-NI (S-412 NGT)</t>
+  </si>
+  <si>
+    <t>UT-00105980</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA006A</t>
+  </si>
+  <si>
+    <t>ВЧ розетка SMA угловая на плату, 50 Ω, L=20.5мм, золото / L-KLS1-SMA006A</t>
+  </si>
+  <si>
+    <t>UT-00103816</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA006B</t>
+  </si>
+  <si>
+    <t>ВЧ розетка SMA угловая на плату, 50 Ω, L=20.5мм, золото / L-KLS1-SMA006B</t>
+  </si>
+  <si>
+    <t>UT-00119371</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA008-RG174</t>
+  </si>
+  <si>
+    <t>ВЧ розетка SMA прямая на кабель, 50 Ω, золото / L-KLS1-SMA008-RG174</t>
+  </si>
+  <si>
+    <t>UT-00104397</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA010A-RG174</t>
+  </si>
+  <si>
+    <t>розетка SMA прямая на кабель RG174 / L-KLS1-SMA010A-RG174</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS1-SMA010A-RG-174 KLS, </t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA019-RG174</t>
+  </si>
+  <si>
+    <t>SMA вилка угловая на кабель, золочение, кабель RG-174 / L-KLS1-SMA019-RG174</t>
+  </si>
+  <si>
+    <t>UT-00117748</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SMA-02LV1-TGG HUS-TSAN, </t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA024</t>
+  </si>
+  <si>
+    <t>SMA розетка прямая, позолота, с фланцем (4 отв.) / L-KLS1-SMA024</t>
+  </si>
+  <si>
+    <t>UT-00138272</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA070</t>
+  </si>
+  <si>
+    <t>SMA розетка прямая в торец платы, L=17.4мм, гайка спереди / L-KLS1-SMA070</t>
+  </si>
+  <si>
+    <t>UT-00106629</t>
+  </si>
+  <si>
+    <t xml:space="preserve">132384 Amphenol, </t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA119-RG-174/U</t>
+  </si>
+  <si>
+    <t>розетка SMA прямая на панель,50Ω, для кабеля RG-174/U / L-KLS1-SMA119-RG-174/U</t>
+  </si>
+  <si>
+    <t>UT-00103641</t>
+  </si>
+  <si>
+    <t>L-KLS1-SMA251</t>
+  </si>
+  <si>
+    <t>розетка SMA прямая на плату, L=17.68мм / L-KLS1-SMA251</t>
+  </si>
+  <si>
+    <t>UT-00105523</t>
+  </si>
+  <si>
     <t>03.02.2026</t>
   </si>
   <si>
-    <t>L-KLS1-RFCA06-RG178-L100</t>
-[...127 lines deleted...]
-  <si>
     <t>L-KLS1-SMAJKS-06-2W-50dB</t>
   </si>
   <si>
     <t>ВЧ аттенюатор, SMA-J/SMA-K, DC~6GHz, -50dB (±1.0dB), 2W / L-KLS1-SMAJKS-06-2W-50dB</t>
   </si>
   <si>
     <t>UT-00093687</t>
   </si>
   <si>
     <t>L-KLS1-SMAJKS-06-2W-60dB</t>
   </si>
   <si>
     <t>ВЧ аттенюатор, SMA-J/SMA-K, DC~6GHz, -60dB (±1.2dB), 2W / L-KLS1-SMAJKS-06-2W-60dB</t>
   </si>
   <si>
     <t>UT-00093686</t>
   </si>
   <si>
     <t>L-KLS1-MMCX-JB1</t>
   </si>
   <si>
     <t>вилка MMCX кабельная прямая для полужесткого кабеля RF047, 6GHz / MMCX-JB1 (L-KLS1-MMCX-JB1)</t>
   </si>
   <si>
     <t>UT-00151982</t>
@@ -1085,50 +1088,53 @@
     <t>гнездо BNC блочное, гайка с изолятором из 3 частей / TN5-036 (MCI-7035)</t>
   </si>
   <si>
     <t>10-00060866</t>
   </si>
   <si>
     <t>KLS1-IPEX-20279-001E-01</t>
   </si>
   <si>
     <t>ВЧ вилка на плату 50 Ohm SMD / U.FL-R-SMT-1(10)</t>
   </si>
   <si>
     <t xml:space="preserve">U.FL-R-SMT-1 HIROSE ELECTRIC, 73412-0114 Molex, U.FL-R-SMT-1 HIROSE ELECTRIC, L-KLS1-IPEX-20279-001E-01 KLS, U.FL-R-SMT HIROSE ELECTRIC, U.FL-R-SMT-1 HIROSE ELECTRIC, U.FL-R-SMT HIROSE ELECTRIC, DS1158-04-01PS8V8R CONNFLY, </t>
   </si>
   <si>
     <t>U.FL-R-SMT-1(80)</t>
   </si>
   <si>
     <t>ВЧ вилка на плату 50 Ohm SMD / U.FL-R-SMT-1(80)</t>
   </si>
   <si>
     <t>HIROSE ELECTRIC</t>
   </si>
   <si>
     <t xml:space="preserve">KLS1-IPEX-20279-001E-01 KLS, 73412-0114 Molex, U.FL-R-SMT-1 HIROSE ELECTRIC, L-KLS1-IPEX-20279-001E-01 KLS, U.FL-R-SMT HIROSE ELECTRIC, U.FL-R-SMT-1 HIROSE ELECTRIC, U.FL-R-SMT HIROSE ELECTRIC, </t>
+  </si>
+  <si>
+    <t>08.01.2026</t>
   </si>
   <si>
     <t>USL00-30L-B</t>
   </si>
   <si>
     <t>розетка IDC угловая для микро коаксиального кабеля, шаг 0.4мм, 30 конт., SMT / USL00-30L-B</t>
   </si>
   <si>
     <t>UT-00128352</t>
   </si>
   <si>
     <t>KEL</t>
   </si>
   <si>
     <t>USL00-30L-C</t>
   </si>
   <si>
     <t>розетка IDC угловая для микро коаксиального кабеля, шаг 0.4мм, 30 конт., SMT / USL00-30L-C</t>
   </si>
   <si>
     <t>UT-00123535</t>
   </si>
   <si>
     <t>XC-NK-SJ-300</t>
   </si>
@@ -2249,57 +2255,57 @@
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1600</v>
       </c>
       <c r="K17" s="15">
-        <v>14.83</v>
+        <v>14.99</v>
       </c>
       <c r="L17" s="15">
-        <v>12.44</v>
+        <v>12.57</v>
       </c>
       <c r="M17" s="15">
-        <v>11.96</v>
+        <v>12.09</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15">
         <v>732512300</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
@@ -2953,51 +2959,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080046552</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.15752</v>
       </c>
       <c r="L36" s="15">
         <v>0.15752</v>
       </c>
       <c r="M36" s="15">
         <v>0.15752</v>
       </c>
       <c r="N36" s="15">
-        <v>3322</v>
+        <v>3875</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
@@ -3236,57 +3242,57 @@
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E44" s="15">
         <v>10080061898</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
-        <v>3.17</v>
+        <v>1.86</v>
       </c>
       <c r="L44" s="15">
-        <v>2.66</v>
+        <v>1.86</v>
       </c>
       <c r="M44" s="15">
-        <v>2.56</v>
+        <v>1.86</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>136</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>68</v>
       </c>
@@ -3393,51 +3399,51 @@
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15">
         <v>10080048965</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.73458</v>
       </c>
       <c r="L48" s="15">
         <v>0.63664</v>
       </c>
       <c r="M48" s="15">
         <v>0.61215</v>
       </c>
       <c r="N48" s="15">
-        <v>8663</v>
+        <v>10129</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I49" s="15"/>
@@ -3723,54 +3729,54 @@
       </c>
       <c r="D57" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E57" s="15">
         <v>10080050029</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>176</v>
       </c>
       <c r="K57" s="15">
         <v>0.96289</v>
       </c>
       <c r="L57" s="15">
         <v>0.6877799999999999</v>
       </c>
       <c r="M57" s="15">
         <v>0.619</v>
       </c>
-      <c r="N57" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N57" s="15">
+        <v>272</v>
+      </c>
+      <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>100</v>
@@ -4184,51 +4190,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080035159</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>198</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.45</v>
       </c>
       <c r="L69" s="15">
         <v>0.35</v>
       </c>
       <c r="M69" s="15">
         <v>0.33</v>
       </c>
       <c r="N69" s="15">
-        <v>430</v>
+        <v>453</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15"/>
@@ -4295,51 +4301,51 @@
       <c r="D72" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>3.8</v>
       </c>
       <c r="L72" s="15">
         <v>2.75</v>
       </c>
       <c r="M72" s="15">
         <v>2.4</v>
       </c>
       <c r="N72" s="15">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>1000</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
@@ -4708,90 +4714,90 @@
       <c r="D83" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>88</v>
       </c>
       <c r="K83" s="15">
         <v>1.48</v>
       </c>
       <c r="L83" s="15">
         <v>1.07</v>
       </c>
       <c r="M83" s="15">
         <v>0.93676</v>
       </c>
       <c r="N83" s="15">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>132</v>
       </c>
       <c r="K84" s="15">
         <v>1.13</v>
       </c>
       <c r="L84" s="15">
         <v>0.81452</v>
       </c>
       <c r="M84" s="15">
         <v>0.7107599999999999</v>
       </c>
       <c r="N84" s="15">
-        <v>1424</v>
+        <v>1486</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
@@ -4903,51 +4909,51 @@
       <c r="D88" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.8581299999999999</v>
       </c>
       <c r="L88" s="15">
         <v>0.62086</v>
       </c>
       <c r="M88" s="15">
         <v>0.54177</v>
       </c>
       <c r="N88" s="15">
-        <v>340</v>
+        <v>324</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1000</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
@@ -5021,1445 +5027,1443 @@
         <v>263</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>176</v>
       </c>
       <c r="K91" s="15">
         <v>0.76274</v>
       </c>
       <c r="L91" s="15">
         <v>0.66104</v>
       </c>
       <c r="M91" s="15">
         <v>0.63561</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>4272</v>
+        <v>3120</v>
       </c>
       <c r="P91" s="15" t="s">
-        <v>221</v>
+        <v>265</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1</v>
       </c>
       <c r="K92" s="15">
         <v>26.7</v>
       </c>
       <c r="L92" s="15">
         <v>22.25</v>
       </c>
       <c r="M92" s="15">
         <v>21.36</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>1</v>
       </c>
       <c r="K93" s="15">
         <v>26.7</v>
       </c>
       <c r="L93" s="15">
         <v>22.25</v>
       </c>
       <c r="M93" s="15">
         <v>21.36</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="J94" s="15">
         <v>100</v>
       </c>
       <c r="K94" s="15">
         <v>0.58302</v>
       </c>
       <c r="L94" s="15">
         <v>0.50528</v>
       </c>
       <c r="M94" s="15">
         <v>0.48585</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>45</v>
       </c>
       <c r="K95" s="15">
         <v>0.94757</v>
       </c>
       <c r="L95" s="15">
         <v>0.77699</v>
       </c>
       <c r="M95" s="15">
         <v>0.74541</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.5818</v>
       </c>
       <c r="L96" s="15">
         <v>0.48797</v>
       </c>
       <c r="M96" s="15">
         <v>0.4692</v>
       </c>
       <c r="N96" s="15">
         <v>2</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1</v>
       </c>
       <c r="K97" s="15">
         <v>3.82</v>
       </c>
       <c r="L97" s="15">
         <v>3.2</v>
       </c>
       <c r="M97" s="15">
         <v>3.08</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>50</v>
       </c>
       <c r="K98" s="15">
         <v>5.04</v>
       </c>
       <c r="L98" s="15">
         <v>5.04</v>
       </c>
       <c r="M98" s="15">
         <v>5.04</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1</v>
       </c>
       <c r="K99" s="15">
         <v>47.14</v>
       </c>
       <c r="L99" s="15">
         <v>39.54</v>
       </c>
       <c r="M99" s="15">
         <v>38.02</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="E100" s="15">
         <v>10080059357</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.9522699999999999</v>
       </c>
       <c r="L100" s="15">
         <v>0.7986799999999999</v>
       </c>
       <c r="M100" s="15">
         <v>0.76796</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E101" s="15">
         <v>10080005992</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>100</v>
       </c>
       <c r="K101" s="15">
         <v>1.5</v>
       </c>
       <c r="L101" s="15">
         <v>0.77594</v>
       </c>
       <c r="M101" s="15">
         <v>0.75131</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E102" s="15">
         <v>10080010564</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="J102" s="15">
         <v>264</v>
       </c>
       <c r="K102" s="15">
         <v>0.66137</v>
       </c>
       <c r="L102" s="15">
         <v>0.4785</v>
       </c>
       <c r="M102" s="15">
         <v>0.41755</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J103" s="15">
         <v>200</v>
       </c>
       <c r="K103" s="15">
         <v>0.63709</v>
       </c>
       <c r="L103" s="15">
         <v>0.46094</v>
       </c>
       <c r="M103" s="15">
         <v>0.40222</v>
       </c>
       <c r="N103" s="15">
-        <v>2995</v>
+        <v>2522</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>200</v>
       </c>
       <c r="K104" s="15">
         <v>0.57674</v>
       </c>
       <c r="L104" s="15">
         <v>0.48372</v>
       </c>
       <c r="M104" s="15">
         <v>0.46511</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E105" s="15">
         <v>10080034875</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>700</v>
       </c>
       <c r="K105" s="15">
         <v>0.88305</v>
       </c>
       <c r="L105" s="15">
         <v>0.61814</v>
       </c>
       <c r="M105" s="15">
         <v>0.57398</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E106" s="15">
         <v>10080057529</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J106" s="15">
         <v>100</v>
       </c>
       <c r="K106" s="15">
         <v>1.09</v>
       </c>
       <c r="L106" s="15">
         <v>0</v>
       </c>
       <c r="M106" s="15">
         <v>0</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E107" s="15">
         <v>10080032634</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
         <v>1.12</v>
       </c>
       <c r="L107" s="15">
         <v>0.74865</v>
       </c>
       <c r="M107" s="15">
         <v>0.68103</v>
       </c>
       <c r="N107" s="15">
         <v>65</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E108" s="15">
         <v>10080033641</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>176</v>
       </c>
       <c r="K108" s="15">
         <v>0.9410500000000001</v>
       </c>
       <c r="L108" s="15">
         <v>0.67218</v>
       </c>
       <c r="M108" s="15">
         <v>0.6049600000000001</v>
       </c>
       <c r="N108" s="15">
-        <v>105</v>
-[...3 lines deleted...]
-      </c>
+        <v>2106</v>
+      </c>
+      <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E109" s="15">
         <v>10080046972</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J109" s="15">
         <v>160</v>
       </c>
       <c r="K109" s="15">
         <v>0.93916</v>
       </c>
       <c r="L109" s="15">
         <v>0.9016</v>
       </c>
       <c r="M109" s="15">
         <v>0.86403</v>
       </c>
       <c r="N109" s="15">
-        <v>751</v>
+        <v>872</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J110" s="15">
         <v>176</v>
       </c>
       <c r="K110" s="15">
         <v>1.04</v>
       </c>
       <c r="L110" s="15">
         <v>0.74039</v>
       </c>
       <c r="M110" s="15">
         <v>0.66635</v>
       </c>
       <c r="N110" s="15"/>
-      <c r="O110" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E111" s="15">
         <v>10080000401</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J111" s="15">
         <v>200</v>
       </c>
       <c r="K111" s="15">
         <v>1.04</v>
       </c>
       <c r="L111" s="15">
         <v>0.75274</v>
       </c>
       <c r="M111" s="15">
         <v>0.65685</v>
       </c>
       <c r="N111" s="15">
-        <v>5088</v>
+        <v>12062</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E112" s="15">
         <v>10080072078</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.71108</v>
       </c>
       <c r="L112" s="15">
         <v>0.59257</v>
       </c>
       <c r="M112" s="15">
         <v>0.56887</v>
       </c>
       <c r="N112" s="15">
-        <v>297</v>
+        <v>313</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E113" s="15">
         <v>10080037274</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>1000</v>
       </c>
       <c r="K113" s="15">
         <v>1.06</v>
       </c>
       <c r="L113" s="15">
         <v>0.73954</v>
       </c>
       <c r="M113" s="15">
         <v>0.68672</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E114" s="15">
         <v>10080037958</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>1.44</v>
       </c>
       <c r="L114" s="15">
         <v>0.71977</v>
       </c>
       <c r="M114" s="15">
         <v>0.65438</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E115" s="15">
         <v>10080061463</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>100</v>
       </c>
       <c r="K115" s="15">
         <v>0.46948</v>
       </c>
       <c r="L115" s="15">
         <v>0</v>
       </c>
       <c r="M115" s="15">
         <v>0</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E116" s="15">
         <v>10080056662</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>0.4841</v>
       </c>
       <c r="L116" s="15">
         <v>0.40341</v>
       </c>
       <c r="M116" s="15">
         <v>0.38727</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E117" s="15">
         <v>10080061465</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>176</v>
       </c>
       <c r="K117" s="15">
         <v>0.66105</v>
       </c>
       <c r="L117" s="15">
         <v>0.47827</v>
       </c>
       <c r="M117" s="15">
         <v>0.41734</v>
       </c>
       <c r="N117" s="15">
-        <v>7040</v>
+        <v>7566</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>1000</v>
       </c>
       <c r="K118" s="15">
         <v>0.77672</v>
       </c>
       <c r="L118" s="15">
         <v>0.56196</v>
       </c>
       <c r="M118" s="15">
         <v>0.49037</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="E119" s="15">
         <v>10080032765</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>100</v>
       </c>
       <c r="K119" s="15">
         <v>1.16</v>
       </c>
       <c r="L119" s="15">
         <v>0.61431</v>
       </c>
       <c r="M119" s="15">
         <v>0.52397</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E120" s="15">
         <v>10080064656</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K120" s="15">
         <v>1.21</v>
       </c>
       <c r="L120" s="15">
         <v>0.8789</v>
       </c>
       <c r="M120" s="15">
         <v>0.76694</v>
       </c>
       <c r="N120" s="15">
-        <v>655</v>
+        <v>687</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>100</v>
       </c>
       <c r="K121" s="15">
         <v>0.61735</v>
       </c>
       <c r="L121" s="15">
         <v>0.51778</v>
       </c>
       <c r="M121" s="15">
         <v>0.49787</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>100</v>
       </c>
       <c r="K122" s="15">
         <v>0.7758</v>
       </c>
       <c r="L122" s="15">
         <v>0.65067</v>
       </c>
       <c r="M122" s="15">
         <v>0.62565</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2100</v>
       </c>
       <c r="K123" s="15">
         <v>0.83752</v>
       </c>
       <c r="L123" s="15">
         <v>0.52346</v>
       </c>
       <c r="M123" s="15">
         <v>0.41876</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E124" s="15">
         <v>10080028496</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J124" s="15">
         <v>2500</v>
       </c>
       <c r="K124" s="15">
         <v>0.23266</v>
       </c>
       <c r="L124" s="15">
         <v>0.19152</v>
       </c>
       <c r="M124" s="15">
         <v>0.17785</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E125" s="15">
         <v>10080057403</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="J125" s="15">
         <v>10000</v>
       </c>
       <c r="K125" s="15">
         <v>0.08882</v>
       </c>
       <c r="L125" s="15">
         <v>0.07449</v>
       </c>
       <c r="M125" s="15">
         <v>0.07163</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15">
-        <v>7400</v>
-[...1 lines deleted...]
-      <c r="P125" s="15"/>
+        <v>7500</v>
+      </c>
+      <c r="P125" s="15" t="s">
+        <v>358</v>
+      </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>1000</v>
       </c>
       <c r="K126" s="15">
         <v>1.79</v>
       </c>
       <c r="L126" s="15">
         <v>1.5</v>
       </c>
       <c r="M126" s="15">
         <v>1.45</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>3000</v>
       </c>
       <c r="K127" s="15">
         <v>1.84</v>
       </c>
       <c r="L127" s="15">
         <v>1.54</v>
       </c>
       <c r="M127" s="15">
         <v>1.48</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="E128" s="15">
         <v>10080067105</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
         <v>23.84</v>
       </c>
       <c r="L128" s="15">
         <v>19.86</v>
       </c>
       <c r="M128" s="15">
         <v>19.07</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14"/>
       <c r="C129" s="15"/>
       <c r="D129" s="15"/>
       <c r="E129" s="15"/>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
@@ -6514,317 +6518,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>