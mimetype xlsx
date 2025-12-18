--- v1 (2025-12-17)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -679,51 +679,51 @@
   <si>
     <t>UT-00117930</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>Кабельная сборка ,UFL-F/SMA-F , тип кабеля RG178, 130 мм / L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>Кабельная сборка, UFL-F/SMA-F, тип кабеля RG178, 200 мм, никелированные (A) / L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>UT-00106159</t>
   </si>
   <si>
     <t>L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
     <t>IPEX-RP SMA/F,1.13/Black;L100mm / L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
-    <t>27.12.2025</t>
+    <t>22.12.2025</t>
   </si>
   <si>
     <t>L-KLS1-RFCA06-RG178-L100</t>
   </si>
   <si>
     <t>Кабельная сборка, I-PEX/RP SMA, тип кабеля RG178, 100 мм / L-KLS1-RFCA06-RG178-L100</t>
   </si>
   <si>
     <t>UT-00151397</t>
   </si>
   <si>
     <t>L-KLS1-RFCB46-OD1.37-L150</t>
   </si>
   <si>
     <t>Кабельная сборка,RF 150мм / L-KLS1-RFCB46-OD1.37-L150</t>
   </si>
   <si>
     <t>UT-00117703</t>
   </si>
   <si>
     <t>L-KLS1-RFCB46-RG178-L150-F1</t>
   </si>
   <si>
     <t>Кабельная сборка, N-K 5/8-24 &amp; IPEX1, тип кабеля RG178, 150 мм / L-KLS1-RFCB46-RG178-L150-F1</t>
   </si>
@@ -2255,54 +2255,54 @@
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1600</v>
       </c>
       <c r="K17" s="15">
-        <v>14.99</v>
+        <v>15</v>
       </c>
       <c r="L17" s="15">
-        <v>12.57</v>
+        <v>12.58</v>
       </c>
       <c r="M17" s="15">
         <v>12.09</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15">
         <v>732512300</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
@@ -2959,51 +2959,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080046552</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.15752</v>
       </c>
       <c r="L36" s="15">
         <v>0.15752</v>
       </c>
       <c r="M36" s="15">
         <v>0.15752</v>
       </c>
       <c r="N36" s="15">
-        <v>3875</v>
+        <v>3645</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
@@ -3399,51 +3399,51 @@
       <c r="D48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E48" s="15">
         <v>10080048965</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.73458</v>
       </c>
       <c r="L48" s="15">
         <v>0.63664</v>
       </c>
       <c r="M48" s="15">
         <v>0.61215</v>
       </c>
       <c r="N48" s="15">
-        <v>10129</v>
+        <v>9633</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I49" s="15"/>
@@ -3730,51 +3730,51 @@
       <c r="D57" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E57" s="15">
         <v>10080050029</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>176</v>
       </c>
       <c r="K57" s="15">
         <v>0.96289</v>
       </c>
       <c r="L57" s="15">
         <v>0.6877799999999999</v>
       </c>
       <c r="M57" s="15">
         <v>0.619</v>
       </c>
       <c r="N57" s="15">
-        <v>272</v>
+        <v>303</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>166</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
@@ -4190,51 +4190,51 @@
       </c>
       <c r="E69" s="15">
         <v>10080035159</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I69" s="15" t="s">
         <v>198</v>
       </c>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.45</v>
       </c>
       <c r="L69" s="15">
         <v>0.35</v>
       </c>
       <c r="M69" s="15">
         <v>0.33</v>
       </c>
       <c r="N69" s="15">
-        <v>453</v>
+        <v>511</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>201</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15"/>
@@ -4301,51 +4301,51 @@
       <c r="D72" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>3.8</v>
       </c>
       <c r="L72" s="15">
         <v>2.75</v>
       </c>
       <c r="M72" s="15">
         <v>2.4</v>
       </c>
       <c r="N72" s="15">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>1000</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
@@ -4714,90 +4714,90 @@
       <c r="D83" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>88</v>
       </c>
       <c r="K83" s="15">
         <v>1.48</v>
       </c>
       <c r="L83" s="15">
         <v>1.07</v>
       </c>
       <c r="M83" s="15">
         <v>0.93676</v>
       </c>
       <c r="N83" s="15">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>132</v>
       </c>
       <c r="K84" s="15">
         <v>1.13</v>
       </c>
       <c r="L84" s="15">
         <v>0.81452</v>
       </c>
       <c r="M84" s="15">
         <v>0.7107599999999999</v>
       </c>
       <c r="N84" s="15">
-        <v>1486</v>
+        <v>1610</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
@@ -4909,51 +4909,51 @@
       <c r="D88" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>254</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.8581299999999999</v>
       </c>
       <c r="L88" s="15">
         <v>0.62086</v>
       </c>
       <c r="M88" s="15">
         <v>0.54177</v>
       </c>
       <c r="N88" s="15">
-        <v>324</v>
+        <v>378</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1000</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>257</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
@@ -5027,51 +5027,51 @@
         <v>263</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>176</v>
       </c>
       <c r="K91" s="15">
         <v>0.76274</v>
       </c>
       <c r="L91" s="15">
         <v>0.66104</v>
       </c>
       <c r="M91" s="15">
         <v>0.63561</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15">
-        <v>3120</v>
+        <v>3552</v>
       </c>
       <c r="P91" s="15" t="s">
         <v>265</v>
       </c>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
@@ -5484,51 +5484,51 @@
       </c>
       <c r="E103" s="15" t="s">
         <v>301</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I103" s="15" t="s">
         <v>302</v>
       </c>
       <c r="J103" s="15">
         <v>200</v>
       </c>
       <c r="K103" s="15">
         <v>0.63709</v>
       </c>
       <c r="L103" s="15">
         <v>0.46094</v>
       </c>
       <c r="M103" s="15">
         <v>0.40222</v>
       </c>
       <c r="N103" s="15">
-        <v>2522</v>
+        <v>3200</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E104" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I104" s="15"/>
@@ -5675,92 +5675,92 @@
       <c r="D108" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E108" s="15">
         <v>10080033641</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>176</v>
       </c>
       <c r="K108" s="15">
         <v>0.9410500000000001</v>
       </c>
       <c r="L108" s="15">
         <v>0.67218</v>
       </c>
       <c r="M108" s="15">
         <v>0.6049600000000001</v>
       </c>
       <c r="N108" s="15">
-        <v>2106</v>
+        <v>1886</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>315</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>316</v>
       </c>
       <c r="E109" s="15">
         <v>10080046972</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>317</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>318</v>
       </c>
       <c r="J109" s="15">
         <v>160</v>
       </c>
       <c r="K109" s="15">
         <v>0.93916</v>
       </c>
       <c r="L109" s="15">
         <v>0.9016</v>
       </c>
       <c r="M109" s="15">
         <v>0.86403</v>
       </c>
       <c r="N109" s="15">
-        <v>872</v>
+        <v>812</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>320</v>
       </c>
       <c r="E110" s="15" t="s">
         <v>321</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I110" s="15" t="s">
@@ -5796,88 +5796,88 @@
       </c>
       <c r="E111" s="15">
         <v>10080000401</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I111" s="15" t="s">
         <v>323</v>
       </c>
       <c r="J111" s="15">
         <v>200</v>
       </c>
       <c r="K111" s="15">
         <v>1.04</v>
       </c>
       <c r="L111" s="15">
         <v>0.75274</v>
       </c>
       <c r="M111" s="15">
         <v>0.65685</v>
       </c>
       <c r="N111" s="15">
-        <v>12062</v>
+        <v>11427</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>324</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>325</v>
       </c>
       <c r="E112" s="15">
         <v>10080072078</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.71108</v>
       </c>
       <c r="L112" s="15">
         <v>0.59257</v>
       </c>
       <c r="M112" s="15">
         <v>0.56887</v>
       </c>
       <c r="N112" s="15">
-        <v>313</v>
+        <v>366</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>326</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>327</v>
       </c>
       <c r="E113" s="15">
         <v>10080037274</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I113" s="15"/>
@@ -6018,51 +6018,51 @@
       <c r="D117" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E117" s="15">
         <v>10080061465</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>176</v>
       </c>
       <c r="K117" s="15">
         <v>0.66105</v>
       </c>
       <c r="L117" s="15">
         <v>0.47827</v>
       </c>
       <c r="M117" s="15">
         <v>0.41734</v>
       </c>
       <c r="N117" s="15">
-        <v>7566</v>
+        <v>8603</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>334</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>335</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>336</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
@@ -6131,51 +6131,51 @@
       <c r="D120" s="15" t="s">
         <v>340</v>
       </c>
       <c r="E120" s="15">
         <v>10080064656</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>200</v>
       </c>
       <c r="K120" s="15">
         <v>1.21</v>
       </c>
       <c r="L120" s="15">
         <v>0.8789</v>
       </c>
       <c r="M120" s="15">
         <v>0.76694</v>
       </c>
       <c r="N120" s="15">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>341</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>342</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>343</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>344</v>
       </c>
       <c r="I121" s="15"/>
@@ -6321,51 +6321,51 @@
       <c r="E125" s="15">
         <v>10080057403</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>356</v>
       </c>
       <c r="I125" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J125" s="15">
         <v>10000</v>
       </c>
       <c r="K125" s="15">
         <v>0.08882</v>
       </c>
       <c r="L125" s="15">
         <v>0.07449</v>
       </c>
       <c r="M125" s="15">
         <v>0.07163</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15">
-        <v>7500</v>
+        <v>9000</v>
       </c>
       <c r="P125" s="15" t="s">
         <v>358</v>
       </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>359</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>360</v>
       </c>
       <c r="E126" s="15" t="s">
         <v>361</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>362</v>
       </c>