--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,93 +133,93 @@
   <si>
     <t>RP-SMA вилка кабельная прямая, для кабелей RG-174, 188, 316, LMR-100A / 132114RP</t>
   </si>
   <si>
     <t>UT-00129497</t>
   </si>
   <si>
     <t>Amphenol</t>
   </si>
   <si>
     <t xml:space="preserve">RP-SMA-C174P RUICHI, </t>
   </si>
   <si>
     <t>5-1814832-2</t>
   </si>
   <si>
     <t>ВЧ гнездо на плату прямое, SMA / 5-1814832-2</t>
   </si>
   <si>
     <t>UT-00091210</t>
   </si>
   <si>
     <t>TE Connectivity</t>
   </si>
   <si>
-    <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001 KLS, L-KLS1-SMA001 KLS, </t>
+    <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001 KLS, L-KLS1-SMA001-E32 KLS, L-KLS1-SMA001 KLS, </t>
   </si>
   <si>
     <t>5227169-5</t>
   </si>
   <si>
     <t xml:space="preserve">BNC розетка на панель, 50 Ohms, с лепестковой стопорной шайбой, пайка / 5227169-5 </t>
   </si>
   <si>
     <t>UT-00117240</t>
   </si>
   <si>
     <t>5227677-1</t>
   </si>
   <si>
     <t>розетка коаксиальная 50 Ом угловая, байонет, THT / 5227677-1</t>
   </si>
   <si>
     <t>UT-00132193</t>
   </si>
   <si>
     <t>71628-6451S3-50</t>
   </si>
   <si>
     <t>ВЧ коннектор / 71628-6451S3-50</t>
   </si>
   <si>
     <t>ISUPPLY</t>
   </si>
   <si>
     <t>71628-6451S4-50</t>
   </si>
   <si>
     <t>ВЧ коннектор / 71628-6451S4-50</t>
   </si>
   <si>
     <t>RF Connectors / 73100-0115</t>
   </si>
   <si>
     <t>Molex</t>
   </si>
   <si>
-    <t xml:space="preserve">62SMAR04-F5G0WB01 AMTEK, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
+    <t xml:space="preserve">62SMAR04-F5G0WB01 AMTEK, L-KLS1-SMA002-B-E32 KLS, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
   </si>
   <si>
     <t>73100-0255</t>
   </si>
   <si>
     <t>вилка ВЧ прямая коаксиальная на кабель под обжим, 75R, RG-179 / 73100-0255</t>
   </si>
   <si>
     <t>UT-00136062</t>
   </si>
   <si>
     <t>вилка RP-SMA прямая на плату / 73251-2300 (0732512300)</t>
   </si>
   <si>
     <t>UT-00140397</t>
   </si>
   <si>
     <t>73391-0083</t>
   </si>
   <si>
     <t>розетка SMA угловая на плату / 73391-0083</t>
   </si>
   <si>
     <t>UT-00101023</t>
   </si>
@@ -445,50 +445,53 @@
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-C-KF3</t>
   </si>
   <si>
     <t>10-00060695</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>10-00060696</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>10-00060769</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS1-SMA-KYWE-8-20</t>
   </si>
   <si>
     <t>(Gold plating , угловое гнездо на плату ) / KLS1-SMA-KYWE-8-20 (L-KLS1-SMA-KYWE-8-20)</t>
   </si>
   <si>
     <t>UT-00134734</t>
   </si>
   <si>
     <t>L-KLS1-SMA003</t>
   </si>
   <si>
     <t>вилка на плату (вертикальное) L=13mm / KLS1-SMA003</t>
   </si>
   <si>
     <t>10-00060807</t>
   </si>
   <si>
     <t>L-KLS1-SMA005</t>
   </si>
   <si>
     <t>SMA вилка обжимн.на кабель / KLS1-SMA005</t>
   </si>
   <si>
     <t>L-KLS1-SMA005-RG-174/U</t>
@@ -535,50 +538,59 @@
   <si>
     <t>вилка SMA угловая, 50 Ω, L=19.5мм, позолота / KLS1-SMA031-RP</t>
   </si>
   <si>
     <t>UT-00103634</t>
   </si>
   <si>
     <t>L-KLS1-SMA047</t>
   </si>
   <si>
     <t>ВЧ разъем SMA, розетка на кабель / KLS1-SMA047</t>
   </si>
   <si>
     <t>10-00060726</t>
   </si>
   <si>
     <t>L-KLS1-BNC003</t>
   </si>
   <si>
     <t>Разъем BNC, гнездо угловое, на плату / L-KLS1-BNC003</t>
   </si>
   <si>
     <t xml:space="preserve">HYR-0142AR HOYUTEC, </t>
   </si>
   <si>
+    <t>L-KLS1-F009D</t>
+  </si>
+  <si>
+    <t>ВЧ разъем F, на плату / L-KLS1-F009D</t>
+  </si>
+  <si>
+    <t>UT-00154693</t>
+  </si>
+  <si>
     <t>L-KLS1-F014</t>
   </si>
   <si>
     <t>ВЧ разъем тип F / L-KLS1-F014</t>
   </si>
   <si>
     <t>L-KLS1-FAK006C</t>
   </si>
   <si>
     <t>вилка FAKRA C угловая на плату, цвет синий, THT / L-KLS1-FAK006C</t>
   </si>
   <si>
     <t>UT-00152289</t>
   </si>
   <si>
     <t>L-KLS1-FAK006D</t>
   </si>
   <si>
     <t>вилка FAKRA D угловая на плату, цвет фиолетовый, THT / L-KLS1-FAK006D</t>
   </si>
   <si>
     <t>UT-00152288</t>
   </si>
   <si>
     <t>L-KLS1-MCX001B</t>
@@ -604,50 +616,59 @@
   <si>
     <t>ВЧ разъем прямой на кабель, 75 Ω DC-6 GHz, кабели: RG-179, RG-187 / L-KLS1-MCX005B</t>
   </si>
   <si>
     <t>UT-00151529</t>
   </si>
   <si>
     <t>L-KLS1-MMCX-C-J1.5-RG316</t>
   </si>
   <si>
     <t>вилка MMCX прямая на кабель RG-316 / L-KLS1-MMCX-C-J1.5-RG316</t>
   </si>
   <si>
     <t>UT-00138605</t>
   </si>
   <si>
     <t>L-KLS1-MMCX-C-JW1.5-RG316</t>
   </si>
   <si>
     <t>вилка MMCX угловая на кабель RG-316 / L-KLS1-MMCX-C-JW1.5-RG316</t>
   </si>
   <si>
     <t>UT-00138604</t>
   </si>
   <si>
+    <t>L-KLS1-MMCX-JB2</t>
+  </si>
+  <si>
+    <t>ВЧ вилка кабельная прямая, для кабеля RG-405U / L-KLS1-MMCX-JB2</t>
+  </si>
+  <si>
+    <t>UT-00147859</t>
+  </si>
+  <si>
     <t>L-KLS1-MMCX001</t>
   </si>
   <si>
     <t>ВЧ разъем прямой на плату, 50 Ω DC-6 GHz, THT / L-KLS1-MMCX001 (MMCX-KHD)</t>
   </si>
   <si>
     <t xml:space="preserve">73415-1471 Molex, </t>
   </si>
   <si>
     <t>L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>вилка MMCX прямая на кабель RG-174, RG-188A, RG-316. / L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>10-00058135</t>
   </si>
   <si>
     <t>L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>вилка MMCX угловая на кабель (RG-174, RG-188A, RG-316) / L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>UT-00138606</t>
@@ -679,77 +700,83 @@
   <si>
     <t>UT-00117930</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>Кабельная сборка ,UFL-F/SMA-F , тип кабеля RG178, 130 мм / L-KLS1-RFCA05-RG178-L130</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>Кабельная сборка, UFL-F/SMA-F, тип кабеля RG178, 200 мм, никелированные (A) / L-KLS1-RFCA05-RG178-L200-A</t>
   </si>
   <si>
     <t>UT-00106159</t>
   </si>
   <si>
     <t>L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
     <t>IPEX-RP SMA/F,1.13/Black;L100mm / L-KLS1-RFCA06-OD1.13-L100</t>
   </si>
   <si>
-    <t>22.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-RFCA06-RG178-L100</t>
   </si>
   <si>
     <t>Кабельная сборка, I-PEX/RP SMA, тип кабеля RG178, 100 мм / L-KLS1-RFCA06-RG178-L100</t>
   </si>
   <si>
     <t>UT-00151397</t>
   </si>
   <si>
     <t>L-KLS1-RFCB46-OD1.37-L150</t>
   </si>
   <si>
     <t>Кабельная сборка,RF 150мм / L-KLS1-RFCB46-OD1.37-L150</t>
   </si>
   <si>
     <t>UT-00117703</t>
   </si>
   <si>
     <t>L-KLS1-RFCB46-RG178-L150-F1</t>
   </si>
   <si>
     <t>Кабельная сборка, N-K 5/8-24 &amp; IPEX1, тип кабеля RG178, 150 мм / L-KLS1-RFCB46-RG178-L150-F1</t>
   </si>
   <si>
+    <t>L-KLS1-RFCB47-RG1.37-L150</t>
+  </si>
+  <si>
+    <t>Кабельная сборка, N-K 5/8-24 &amp; IPEX1, гайка сзади, тип кабеля RG1.37, 150 мм / L-KLS1-RFCB47-RG1.37-L150</t>
+  </si>
+  <si>
+    <t>UT-00154042</t>
+  </si>
+  <si>
     <t>L-KLS1-RPSMA006B</t>
   </si>
   <si>
     <t>ВЧ угловая вилка на плату, L=20мм / L-KLS1-RPSMA006B</t>
   </si>
   <si>
     <t>UT-00128408</t>
   </si>
   <si>
     <t>L-KLS1-SMA-RMF-NI</t>
   </si>
   <si>
     <t>ВЧ переходник угловой SMA вилка-розетка, никель / L-KLS1-SMA-RMF-NI (S-412 NGT)</t>
   </si>
   <si>
     <t>UT-00105980</t>
   </si>
   <si>
     <t>L-KLS1-SMA006A</t>
   </si>
   <si>
     <t>ВЧ розетка SMA угловая на плату, 50 Ω, L=20.5мм, золото / L-KLS1-SMA006A</t>
   </si>
   <si>
     <t>UT-00103816</t>
@@ -811,53 +838,50 @@
   <si>
     <t>UT-00106629</t>
   </si>
   <si>
     <t xml:space="preserve">132384 Amphenol, </t>
   </si>
   <si>
     <t>L-KLS1-SMA119-RG-174/U</t>
   </si>
   <si>
     <t>розетка SMA прямая на панель,50Ω, для кабеля RG-174/U / L-KLS1-SMA119-RG-174/U</t>
   </si>
   <si>
     <t>UT-00103641</t>
   </si>
   <si>
     <t>L-KLS1-SMA251</t>
   </si>
   <si>
     <t>розетка SMA прямая на плату, L=17.68мм / L-KLS1-SMA251</t>
   </si>
   <si>
     <t>UT-00105523</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-SMAJKS-06-2W-50dB</t>
   </si>
   <si>
     <t>ВЧ аттенюатор, SMA-J/SMA-K, DC~6GHz, -50dB (±1.0dB), 2W / L-KLS1-SMAJKS-06-2W-50dB</t>
   </si>
   <si>
     <t>UT-00093687</t>
   </si>
   <si>
     <t>L-KLS1-SMAJKS-06-2W-60dB</t>
   </si>
   <si>
     <t>ВЧ аттенюатор, SMA-J/SMA-K, DC~6GHz, -60dB (±1.2dB), 2W / L-KLS1-SMAJKS-06-2W-60dB</t>
   </si>
   <si>
     <t>UT-00093686</t>
   </si>
   <si>
     <t>L-KLS1-MMCX-JB1</t>
   </si>
   <si>
     <t>вилка MMCX кабельная прямая для полужесткого кабеля RF047, 6GHz / MMCX-JB1 (L-KLS1-MMCX-JB1)</t>
   </si>
   <si>
     <t>UT-00151982</t>
@@ -916,120 +940,120 @@
   <si>
     <t>UT-00120784</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KWE-7-15.1</t>
   </si>
   <si>
     <t>RF Connectors, угловой / SAC0093TGG (L-KLS1-SMA-KWE-7-15.1)</t>
   </si>
   <si>
     <t>SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13mm / SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>L-KLS1-SMA001</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13.5mm , Gold plating / SMA-J (SMA-KE) (L-KLS1-SMA001)</t>
   </si>
   <si>
-    <t xml:space="preserve">5-1814832-1 TE Connectivity, 5-1814832-2 TE Connectivity, L-KLS1-SMA001 KLS, </t>
+    <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, L-KLS1-SMA001 KLS, </t>
   </si>
   <si>
     <t>UT-00134735</t>
   </si>
   <si>
-    <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001 KLS, 5-1814832-2 TE Connectivity, </t>
+    <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001 KLS, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, </t>
   </si>
   <si>
     <t>L-KLS1-SMA012-RG-58</t>
   </si>
   <si>
     <t>ВЧ разъём SMA, вилка прямая на кабель RG-58, позолота / SMA-J5 (L-KLS1-SMA012-RG-58)</t>
   </si>
   <si>
     <t>UT-00138840</t>
   </si>
   <si>
     <t>L-KLS1-SMA-JB3-E</t>
   </si>
   <si>
     <t>SMA-JB3E (L-KLS1-SMA-JB3-E)</t>
   </si>
   <si>
     <t>KLS-SMA-JFD11</t>
   </si>
   <si>
     <t>SMA Вилка приборная фланцевая / SMA-JFD11</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-SMA-JFD11 KLS, </t>
   </si>
   <si>
     <t>L-KLS1-SMA-JFD23</t>
   </si>
   <si>
     <t>SMA Вилка приборная фланцевая / SMA-JFD23</t>
   </si>
   <si>
     <t>L-KLS1-SMA021</t>
   </si>
   <si>
     <t>(PCB Mount SMA Connector With Plug Male Straight Type) / SMA-JHDС (KLS1-SMA021)</t>
   </si>
   <si>
     <t>62SMAR04-F5G0WB01</t>
   </si>
   <si>
     <t>(Gold plating , угловое гнездо на плату L=14,5 ) / SMA-JR</t>
   </si>
   <si>
     <t>AMTEK</t>
   </si>
   <si>
-    <t xml:space="preserve">731000115 Molex, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
+    <t xml:space="preserve">731000115 Molex, L-KLS1-SMA002-B-E32 KLS, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
   </si>
   <si>
     <t>L-KLS1-SMA002-B</t>
   </si>
   <si>
     <t>(Gold plating , угловое гнездо на плату L=14,5 ) / SMA-JR (L-KLS1-SMA002-B/KLS1-SMA-KWE-3 gold plating (SMA-KWE-3) (SMA002-R/A)(SMA-KWHD)</t>
   </si>
   <si>
     <t>UT-00134736</t>
   </si>
   <si>
-    <t xml:space="preserve">731000115 Molex, 62SMAR04-F5G0WB01 AMTEK, SMA-JR RUICHI, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">731000115 Molex, 62SMAR04-F5G0WB01 AMTEK, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, </t>
+    <t xml:space="preserve">731000115 Molex, 62SMAR04-F5G0WB01 AMTEK, L-KLS1-SMA002-B-E32 KLS, SMA-JR RUICHI, 732513131  Molex, L-KLS1-SMA002-B KLS, </t>
+  </si>
+  <si>
+    <t xml:space="preserve">731000115 Molex, 62SMAR04-F5G0WB01 AMTEK, L-KLS1-SMA002-B-E32 KLS, SMA-JR RUICHI, L-KLS1-SMA002-B KLS, 732513131  Molex, </t>
   </si>
   <si>
     <t>L-KLS1-SMA226</t>
   </si>
   <si>
     <t>SMA Female Connector Split type for RF1.13 Cable,L21.4/S8,Thread 15mm / SMA-K 15.1.13 (L-KLS1-SMA226)</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD-2.5</t>
   </si>
   <si>
     <t>SMA-KFD39 (L-KLS1-SMA-KFD-2.5)</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD643L</t>
   </si>
   <si>
     <t>SMA-KFD45 (L-KLS1-SMA-KFD643L)</t>
   </si>
   <si>
     <t>L-KLS1-SMA003A</t>
   </si>
   <si>
     <t>SMA Connector розетка 18GHz / SMA-KHD19A (L-KLS1-SMA003A)</t>
   </si>
@@ -1710,51 +1734,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R129"/>
+  <dimension ref="A1:R132"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2255,57 +2279,57 @@
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1600</v>
       </c>
       <c r="K17" s="15">
-        <v>15</v>
+        <v>11.96</v>
       </c>
       <c r="L17" s="15">
-        <v>12.58</v>
+        <v>10.37</v>
       </c>
       <c r="M17" s="15">
-        <v>12.09</v>
+        <v>9.970000000000001</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15">
         <v>732512300</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>52</v>
       </c>
@@ -2959,51 +2983,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080046552</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.15752</v>
       </c>
       <c r="L36" s="15">
         <v>0.15752</v>
       </c>
       <c r="M36" s="15">
         <v>0.15752</v>
       </c>
       <c r="N36" s="15">
-        <v>3645</v>
+        <v>3230</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
@@ -3353,3152 +3377,3275 @@
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
-        <v>0.94903</v>
+        <v>0.65426</v>
       </c>
       <c r="L47" s="15">
-        <v>0.68662</v>
+        <v>0.56702</v>
       </c>
       <c r="M47" s="15">
-        <v>0.59916</v>
+        <v>0.54521</v>
       </c>
       <c r="N47" s="15"/>
-      <c r="O47" s="15"/>
-      <c r="P47" s="15"/>
+      <c r="O47" s="15">
+        <v>810</v>
+      </c>
+      <c r="P47" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E48" s="15">
         <v>10080048965</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.73458</v>
       </c>
       <c r="L48" s="15">
         <v>0.63664</v>
       </c>
       <c r="M48" s="15">
         <v>0.61215</v>
       </c>
       <c r="N48" s="15">
-        <v>9633</v>
+        <v>10425</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>1.11</v>
+        <v>0.79437</v>
       </c>
       <c r="L49" s="15">
-        <v>0.80057</v>
+        <v>0.68845</v>
       </c>
       <c r="M49" s="15">
-        <v>0.69859</v>
+        <v>0.66198</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.21</v>
       </c>
       <c r="L50" s="15">
         <v>0.21</v>
       </c>
       <c r="M50" s="15">
         <v>0.21</v>
       </c>
       <c r="N50" s="15">
         <v>5</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E51" s="15">
         <v>10080056990</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.65151</v>
       </c>
       <c r="L51" s="15">
         <v>0.54293</v>
       </c>
       <c r="M51" s="15">
         <v>0.5212</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E52" s="15">
         <v>10080075688</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>200</v>
       </c>
       <c r="K52" s="15">
         <v>0.43545</v>
       </c>
       <c r="L52" s="15">
         <v>0.37739</v>
       </c>
       <c r="M52" s="15">
         <v>0.36288</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E53" s="15">
         <v>10080067705</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>200</v>
       </c>
       <c r="K53" s="15">
         <v>1.25</v>
       </c>
       <c r="L53" s="15">
         <v>1.04</v>
       </c>
       <c r="M53" s="15">
         <v>0.99981</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.60389</v>
       </c>
       <c r="L54" s="15">
         <v>0.50649</v>
       </c>
       <c r="M54" s="15">
         <v>0.48701</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E55" s="15">
         <v>10080052113</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.84146</v>
       </c>
       <c r="M55" s="15">
         <v>0.80727</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E56" s="15">
         <v>10080067703</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.643</v>
       </c>
       <c r="L56" s="15">
         <v>0.53583</v>
       </c>
       <c r="M56" s="15">
         <v>0.5144</v>
       </c>
       <c r="N56" s="15">
         <v>2</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E57" s="15">
         <v>10080050029</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>176</v>
       </c>
       <c r="K57" s="15">
-        <v>0.96289</v>
+        <v>0.64562</v>
       </c>
       <c r="L57" s="15">
-        <v>0.6877799999999999</v>
+        <v>0.55953</v>
       </c>
       <c r="M57" s="15">
-        <v>0.619</v>
+        <v>0.53801</v>
       </c>
       <c r="N57" s="15">
-        <v>303</v>
+        <v>317</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>1.21</v>
       </c>
       <c r="L58" s="15">
         <v>1.01</v>
       </c>
       <c r="M58" s="15">
         <v>0.97483</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.84422</v>
       </c>
       <c r="L59" s="15">
         <v>0.70806</v>
       </c>
       <c r="M59" s="15">
         <v>0.68083</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E60" s="15">
         <v>10080032392</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J60" s="15">
         <v>50</v>
       </c>
       <c r="K60" s="15">
         <v>0.63562</v>
       </c>
       <c r="L60" s="15">
         <v>0.53311</v>
       </c>
       <c r="M60" s="15">
         <v>0.5125999999999999</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-        <v>10080034852</v>
+        <v>175</v>
+      </c>
+      <c r="E61" s="15" t="s">
+        <v>176</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K61" s="15">
-        <v>0.27545</v>
+        <v>0.35274</v>
       </c>
       <c r="L61" s="15">
-        <v>0.19749</v>
+        <v>0.30571</v>
       </c>
       <c r="M61" s="15">
-        <v>0.1715</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.29395</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>178</v>
+      </c>
+      <c r="E62" s="15">
+        <v>10080034852</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K62" s="15">
-        <v>1.56</v>
+        <v>0.27545</v>
       </c>
       <c r="L62" s="15">
-        <v>1.35</v>
+        <v>0.19749</v>
       </c>
       <c r="M62" s="15">
-        <v>1.3</v>
+        <v>0.1715</v>
       </c>
       <c r="N62" s="15">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
-      <c r="Q62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>1.56</v>
       </c>
       <c r="L63" s="15">
         <v>1.35</v>
       </c>
       <c r="M63" s="15">
         <v>1.3</v>
       </c>
       <c r="N63" s="15">
         <v>3</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>5000</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K64" s="15">
-        <v>0.6348200000000001</v>
+        <v>1.56</v>
       </c>
       <c r="L64" s="15">
-        <v>0.53243</v>
+        <v>1.35</v>
       </c>
       <c r="M64" s="15">
-        <v>0.51195</v>
-[...1 lines deleted...]
-      <c r="N64" s="15"/>
+        <v>1.3</v>
+      </c>
+      <c r="N64" s="15">
+        <v>3</v>
+      </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
-      <c r="Q64" s="15"/>
+      <c r="Q64" s="15">
+        <v>5000</v>
+      </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K65" s="15">
-        <v>0.86755</v>
+        <v>0.6348200000000001</v>
       </c>
       <c r="L65" s="15">
-        <v>0.72762</v>
+        <v>0.53243</v>
       </c>
       <c r="M65" s="15">
-        <v>0.69964</v>
+        <v>0.51195</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.48841</v>
+        <v>0.86755</v>
       </c>
       <c r="L66" s="15">
-        <v>0.40963</v>
+        <v>0.72762</v>
       </c>
       <c r="M66" s="15">
-        <v>0.39388</v>
+        <v>0.69964</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.4455</v>
+        <v>0.48841</v>
       </c>
       <c r="L67" s="15">
-        <v>0.37365</v>
+        <v>0.40963</v>
       </c>
       <c r="M67" s="15">
-        <v>0.35928</v>
+        <v>0.39388</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.69696</v>
+        <v>0.4455</v>
       </c>
       <c r="L68" s="15">
-        <v>0.50425</v>
+        <v>0.37365</v>
       </c>
       <c r="M68" s="15">
-        <v>0.44002</v>
+        <v>0.35928</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>10080035159</v>
+        <v>198</v>
+      </c>
+      <c r="E69" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I69" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.45</v>
+        <v>0.48177</v>
       </c>
       <c r="L69" s="15">
-        <v>0.35</v>
+        <v>0.41753</v>
       </c>
       <c r="M69" s="15">
-        <v>0.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.40148</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15"/>
-      <c r="J70" s="15"/>
+      <c r="J70" s="15">
+        <v>1000</v>
+      </c>
       <c r="K70" s="15">
-        <v>0.5476</v>
+        <v>0.53127</v>
       </c>
       <c r="L70" s="15">
-        <v>0.45928</v>
+        <v>0.46043</v>
       </c>
       <c r="M70" s="15">
-        <v>0.44161</v>
+        <v>0.44273</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="E71" s="15" t="s">
         <v>204</v>
+      </c>
+      <c r="E71" s="15">
+        <v>10080035159</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I71" s="15"/>
+      <c r="I71" s="15" t="s">
+        <v>205</v>
+      </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.7685999999999999</v>
+        <v>0.45</v>
       </c>
       <c r="L71" s="15">
-        <v>0.64463</v>
+        <v>0.35</v>
       </c>
       <c r="M71" s="15">
-        <v>0.6198399999999999</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.33</v>
+      </c>
+      <c r="N71" s="15">
+        <v>401</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15"/>
-      <c r="J72" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J72" s="15"/>
       <c r="K72" s="15">
-        <v>3.8</v>
+        <v>0.5476</v>
       </c>
       <c r="L72" s="15">
-        <v>2.75</v>
+        <v>0.45928</v>
       </c>
       <c r="M72" s="15">
-        <v>2.4</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44161</v>
+      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
-      <c r="Q72" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.92626</v>
+        <v>0.7685999999999999</v>
       </c>
       <c r="L73" s="15">
-        <v>0.67015</v>
+        <v>0.64463</v>
       </c>
       <c r="M73" s="15">
-        <v>0.58478</v>
+        <v>0.6198399999999999</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>300</v>
+        <v>100</v>
       </c>
       <c r="K74" s="15">
-        <v>0.89241</v>
+        <v>2.32</v>
       </c>
       <c r="L74" s="15">
-        <v>0.64566</v>
+        <v>2.01</v>
       </c>
       <c r="M74" s="15">
-        <v>0.56341</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>1.93</v>
+      </c>
+      <c r="N74" s="15">
+        <v>94</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
-      <c r="Q74" s="15"/>
+      <c r="Q74" s="15">
+        <v>1000</v>
+      </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>10080056781</v>
+        <v>216</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>217</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>100</v>
+        <v>500</v>
       </c>
       <c r="K75" s="15">
-        <v>0.65638</v>
+        <v>0.56352</v>
       </c>
       <c r="L75" s="15">
-        <v>0.65638</v>
+        <v>0.48838</v>
       </c>
       <c r="M75" s="15">
-        <v>0.65638</v>
+        <v>0.4696</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K76" s="15">
-        <v>0.89588</v>
+        <v>0.60245</v>
       </c>
       <c r="L76" s="15">
-        <v>0.89588</v>
+        <v>0.52212</v>
       </c>
       <c r="M76" s="15">
-        <v>0.89588</v>
+        <v>0.50204</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
-      <c r="Q76" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E77" s="15">
-        <v>10080060853</v>
+        <v>10080056781</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I77" s="15"/>
-      <c r="J77" s="15"/>
+      <c r="J77" s="15">
+        <v>100</v>
+      </c>
       <c r="K77" s="15">
-        <v>0.79842</v>
+        <v>0.65638</v>
       </c>
       <c r="L77" s="15">
-        <v>0.66964</v>
+        <v>0.65638</v>
       </c>
       <c r="M77" s="15">
-        <v>0.64389</v>
+        <v>0.65638</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
-      <c r="P77" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15"/>
+      <c r="J78" s="15">
+        <v>100</v>
+      </c>
       <c r="K78" s="15">
-        <v>1.13</v>
+        <v>0.89588</v>
       </c>
       <c r="L78" s="15">
-        <v>0.94836</v>
+        <v>0.89588</v>
       </c>
       <c r="M78" s="15">
-        <v>0.91189</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.89588</v>
+      </c>
+      <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
-      <c r="Q78" s="15"/>
+      <c r="Q78" s="15">
+        <v>1000</v>
+      </c>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="E79" s="15" t="s">
         <v>227</v>
+      </c>
+      <c r="E79" s="15">
+        <v>10080060853</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>3.62</v>
+        <v>0.74961</v>
       </c>
       <c r="L79" s="15">
-        <v>3.03</v>
+        <v>0.64966</v>
       </c>
       <c r="M79" s="15">
-        <v>2.92</v>
+        <v>0.62468</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="E80" s="15">
-        <v>10080075632</v>
+      <c r="E80" s="15" t="s">
+        <v>230</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>4.31</v>
+        <v>1.13</v>
       </c>
       <c r="L80" s="15">
-        <v>3.59</v>
+        <v>0.94836</v>
       </c>
       <c r="M80" s="15">
-        <v>3.45</v>
-[...1 lines deleted...]
-      <c r="N80" s="15"/>
+        <v>0.91189</v>
+      </c>
+      <c r="N80" s="15">
+        <v>10</v>
+      </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I81" s="15"/>
-      <c r="J81" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>0.82682</v>
+        <v>3.62</v>
       </c>
       <c r="L81" s="15">
-        <v>0.69346</v>
+        <v>3.03</v>
       </c>
       <c r="M81" s="15">
-        <v>0.66679</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.92</v>
+      </c>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="E82" s="15" t="s">
         <v>235</v>
+      </c>
+      <c r="E82" s="15">
+        <v>10080075632</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="15"/>
-      <c r="J82" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J82" s="15"/>
       <c r="K82" s="15">
-        <v>0.85284</v>
+        <v>4.31</v>
       </c>
       <c r="L82" s="15">
-        <v>0.71529</v>
+        <v>3.59</v>
       </c>
       <c r="M82" s="15">
-        <v>0.68777</v>
+        <v>3.45</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
-      <c r="Q82" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
-      <c r="J83" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>1.48</v>
+        <v>3.42</v>
       </c>
       <c r="L83" s="15">
-        <v>1.07</v>
+        <v>2.97</v>
       </c>
       <c r="M83" s="15">
-        <v>0.93676</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.85</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>239</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>241</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>132</v>
       </c>
       <c r="K84" s="15">
-        <v>1.13</v>
+        <v>0.82682</v>
       </c>
       <c r="L84" s="15">
-        <v>0.81452</v>
+        <v>0.69346</v>
       </c>
       <c r="M84" s="15">
-        <v>0.7107599999999999</v>
+        <v>0.66679</v>
       </c>
       <c r="N84" s="15">
-        <v>1610</v>
+        <v>100</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>244</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K85" s="15">
-        <v>0.9234</v>
+        <v>0.85284</v>
       </c>
       <c r="L85" s="15">
-        <v>0.77446</v>
+        <v>0.71529</v>
       </c>
       <c r="M85" s="15">
-        <v>0.74468</v>
+        <v>0.68777</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="15">
-        <v>10080052255</v>
+      <c r="E86" s="15" t="s">
+        <v>247</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I86" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>200</v>
+        <v>88</v>
       </c>
       <c r="K86" s="15">
-        <v>0.62385</v>
+        <v>1.48</v>
       </c>
       <c r="L86" s="15">
-        <v>0.52324</v>
+        <v>1.07</v>
       </c>
       <c r="M86" s="15">
-        <v>0.5031099999999999</v>
-[...1 lines deleted...]
-      <c r="N86" s="15"/>
+        <v>0.93676</v>
+      </c>
+      <c r="N86" s="15">
+        <v>120</v>
+      </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E87" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I87" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>200</v>
+        <v>132</v>
       </c>
       <c r="K87" s="15">
-        <v>0.80524</v>
+        <v>0.7737000000000001</v>
       </c>
       <c r="L87" s="15">
-        <v>0.67536</v>
+        <v>0.67054</v>
       </c>
       <c r="M87" s="15">
-        <v>0.64939</v>
-[...1 lines deleted...]
-      <c r="N87" s="15"/>
+        <v>0.64475</v>
+      </c>
+      <c r="N87" s="15">
+        <v>1738</v>
+      </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
-        <v>0.8581299999999999</v>
+        <v>0.9234</v>
       </c>
       <c r="L88" s="15">
-        <v>0.62086</v>
+        <v>0.77446</v>
       </c>
       <c r="M88" s="15">
-        <v>0.54177</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.74468</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1000</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D89" s="15" t="s">
-[...3 lines deleted...]
-        <v>257</v>
+      <c r="E89" s="15">
+        <v>10080052255</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
-        <v>0.9809</v>
+        <v>0.62385</v>
       </c>
       <c r="L89" s="15">
-        <v>0.70969</v>
+        <v>0.52324</v>
       </c>
       <c r="M89" s="15">
-        <v>0.61929</v>
+        <v>0.5031099999999999</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="D90" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="E90" s="15" t="s">
         <v>259</v>
-      </c>
-[...4 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I90" s="15"/>
+      <c r="I90" s="15" t="s">
+        <v>260</v>
+      </c>
       <c r="J90" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="K90" s="15">
-        <v>0.77923</v>
+        <v>0.80524</v>
       </c>
       <c r="L90" s="15">
-        <v>0.65354</v>
+        <v>0.67536</v>
       </c>
       <c r="M90" s="15">
-        <v>0.62841</v>
+        <v>0.64939</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>262</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="K91" s="15">
-        <v>0.76274</v>
+        <v>0.59214</v>
       </c>
       <c r="L91" s="15">
-        <v>0.66104</v>
+        <v>0.51319</v>
       </c>
       <c r="M91" s="15">
-        <v>0.63561</v>
-[...8 lines deleted...]
-      <c r="Q91" s="15"/>
+        <v>0.49345</v>
+      </c>
+      <c r="N91" s="15">
+        <v>394</v>
+      </c>
+      <c r="O91" s="15"/>
+      <c r="P91" s="15"/>
+      <c r="Q91" s="15">
+        <v>1000</v>
+      </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>266</v>
-      </c>
-[...4 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I92" s="15"/>
+      <c r="I92" s="15" t="s">
+        <v>267</v>
+      </c>
       <c r="J92" s="15">
-        <v>1</v>
+        <v>200</v>
       </c>
       <c r="K92" s="15">
-        <v>26.7</v>
+        <v>0.59184</v>
       </c>
       <c r="L92" s="15">
-        <v>22.25</v>
+        <v>0.51293</v>
       </c>
       <c r="M92" s="15">
-        <v>21.36</v>
+        <v>0.4932</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>1</v>
+        <v>500</v>
       </c>
       <c r="K93" s="15">
-        <v>26.7</v>
+        <v>0.77923</v>
       </c>
       <c r="L93" s="15">
-        <v>22.25</v>
+        <v>0.65354</v>
       </c>
       <c r="M93" s="15">
-        <v>21.36</v>
+        <v>0.62841</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I94" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="K94" s="15">
-        <v>0.58302</v>
+        <v>0.76274</v>
       </c>
       <c r="L94" s="15">
-        <v>0.50528</v>
+        <v>0.66104</v>
       </c>
       <c r="M94" s="15">
-        <v>0.48585</v>
-[...3 lines deleted...]
-      <c r="P94" s="15"/>
+        <v>0.63561</v>
+      </c>
+      <c r="N94" s="15">
+        <v>3936</v>
+      </c>
+      <c r="O94" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P94" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="E95" s="15" t="s">
         <v>276</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="K95" s="15">
-        <v>0.94757</v>
+        <v>26.7</v>
       </c>
       <c r="L95" s="15">
-        <v>0.77699</v>
+        <v>22.25</v>
       </c>
       <c r="M95" s="15">
-        <v>0.74541</v>
+        <v>21.36</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D96" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I96" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="K96" s="15">
-        <v>0.5818</v>
+        <v>26.7</v>
       </c>
       <c r="L96" s="15">
-        <v>0.48797</v>
+        <v>22.25</v>
       </c>
       <c r="M96" s="15">
-        <v>0.4692</v>
-[...3 lines deleted...]
-      </c>
+        <v>21.36</v>
+      </c>
+      <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="I97" s="15"/>
+        <v>68</v>
+      </c>
+      <c r="I97" s="15" t="s">
+        <v>283</v>
+      </c>
       <c r="J97" s="15">
-        <v>1</v>
+        <v>100</v>
       </c>
       <c r="K97" s="15">
-        <v>3.82</v>
+        <v>0.58302</v>
       </c>
       <c r="L97" s="15">
-        <v>3.2</v>
+        <v>0.50528</v>
       </c>
       <c r="M97" s="15">
-        <v>3.08</v>
+        <v>0.48585</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="K98" s="15">
-        <v>5.04</v>
+        <v>0.94757</v>
       </c>
       <c r="L98" s="15">
-        <v>5.04</v>
+        <v>0.77699</v>
       </c>
       <c r="M98" s="15">
-        <v>5.04</v>
+        <v>0.74541</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="I99" s="15"/>
+        <v>68</v>
+      </c>
+      <c r="I99" s="15" t="s">
+        <v>290</v>
+      </c>
       <c r="J99" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K99" s="15">
-        <v>47.14</v>
+        <v>0.5818</v>
       </c>
       <c r="L99" s="15">
-        <v>39.54</v>
+        <v>0.48797</v>
       </c>
       <c r="M99" s="15">
-        <v>38.02</v>
-[...1 lines deleted...]
-      <c r="N99" s="15"/>
+        <v>0.4692</v>
+      </c>
+      <c r="N99" s="15">
+        <v>2</v>
+      </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="D100" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="E100" s="15" t="s">
         <v>293</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080059357</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>68</v>
+        <v>294</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>1000</v>
+        <v>1</v>
       </c>
       <c r="K100" s="15">
-        <v>0.9522699999999999</v>
+        <v>3.82</v>
       </c>
       <c r="L100" s="15">
-        <v>0.7986799999999999</v>
+        <v>3.2</v>
       </c>
       <c r="M100" s="15">
-        <v>0.76796</v>
+        <v>3.08</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>295</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="E101" s="15">
-        <v>10080005992</v>
+      <c r="E101" s="15" t="s">
+        <v>297</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>297</v>
+        <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K101" s="15">
-        <v>1.5</v>
+        <v>5.04</v>
       </c>
       <c r="L101" s="15">
-        <v>0.77594</v>
+        <v>5.04</v>
       </c>
       <c r="M101" s="15">
-        <v>0.75131</v>
+        <v>5.04</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>298</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>299</v>
       </c>
-      <c r="E102" s="15">
-        <v>10080010564</v>
+      <c r="E102" s="15" t="s">
+        <v>300</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>264</v>
+        <v>1</v>
       </c>
       <c r="K102" s="15">
-        <v>0.66137</v>
+        <v>47.14</v>
       </c>
       <c r="L102" s="15">
-        <v>0.4785</v>
+        <v>39.54</v>
       </c>
       <c r="M102" s="15">
-        <v>0.41755</v>
+        <v>38.02</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>302</v>
+      </c>
+      <c r="E103" s="15">
+        <v>10080059357</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.63709</v>
+        <v>0.9522699999999999</v>
       </c>
       <c r="L103" s="15">
-        <v>0.46094</v>
+        <v>0.7986799999999999</v>
       </c>
       <c r="M103" s="15">
-        <v>0.40222</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.76796</v>
+      </c>
+      <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>304</v>
       </c>
-      <c r="E104" s="15" t="s">
-        <v>305</v>
+      <c r="E104" s="15">
+        <v>10080005992</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>68</v>
+        <v>305</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K104" s="15">
-        <v>0.57674</v>
+        <v>1.5</v>
       </c>
       <c r="L104" s="15">
-        <v>0.48372</v>
+        <v>0.77594</v>
       </c>
       <c r="M104" s="15">
-        <v>0.46511</v>
+        <v>0.75131</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E105" s="15">
-        <v>10080034875</v>
+        <v>10080010564</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I105" s="15"/>
+      <c r="I105" s="15" t="s">
+        <v>308</v>
+      </c>
       <c r="J105" s="15">
-        <v>700</v>
+        <v>264</v>
       </c>
       <c r="K105" s="15">
-        <v>0.88305</v>
+        <v>0.46538</v>
       </c>
       <c r="L105" s="15">
-        <v>0.61814</v>
+        <v>0.40333</v>
       </c>
       <c r="M105" s="15">
-        <v>0.57398</v>
+        <v>0.38781</v>
       </c>
       <c r="N105" s="15"/>
-      <c r="O105" s="15"/>
-      <c r="P105" s="15"/>
+      <c r="O105" s="15">
+        <v>6100</v>
+      </c>
+      <c r="P105" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D106" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="E106" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080057529</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I106" s="15" t="s">
         <v>310</v>
       </c>
       <c r="J106" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K106" s="15">
-        <v>1.09</v>
+        <v>0.43988</v>
       </c>
       <c r="L106" s="15">
-        <v>0</v>
+        <v>0.38123</v>
       </c>
       <c r="M106" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N106" s="15"/>
+        <v>0.36656</v>
+      </c>
+      <c r="N106" s="15">
+        <v>2409</v>
+      </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>311</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>312</v>
       </c>
-      <c r="E107" s="15">
-        <v>10080032634</v>
+      <c r="E107" s="15" t="s">
+        <v>313</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
-        <v>1.12</v>
+        <v>0.57674</v>
       </c>
       <c r="L107" s="15">
-        <v>0.74865</v>
+        <v>0.48372</v>
       </c>
       <c r="M107" s="15">
-        <v>0.68103</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.46511</v>
+      </c>
+      <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E108" s="15">
-        <v>10080033641</v>
+        <v>10080034875</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
-        <v>176</v>
+        <v>700</v>
       </c>
       <c r="K108" s="15">
-        <v>0.9410500000000001</v>
+        <v>0.88305</v>
       </c>
       <c r="L108" s="15">
-        <v>0.67218</v>
+        <v>0.61814</v>
       </c>
       <c r="M108" s="15">
-        <v>0.6049600000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.57398</v>
+      </c>
+      <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="E109" s="15">
-        <v>10080046972</v>
+        <v>10080057529</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
-        <v>317</v>
+        <v>68</v>
       </c>
       <c r="I109" s="15" t="s">
         <v>318</v>
       </c>
       <c r="J109" s="15">
-        <v>160</v>
+        <v>100</v>
       </c>
       <c r="K109" s="15">
-        <v>0.93916</v>
+        <v>1.09</v>
       </c>
       <c r="L109" s="15">
-        <v>0.9016</v>
+        <v>0</v>
       </c>
       <c r="M109" s="15">
-        <v>0.86403</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>319</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>320</v>
       </c>
-      <c r="E110" s="15" t="s">
-        <v>321</v>
+      <c r="E110" s="15">
+        <v>10080032634</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I110" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="K110" s="15">
-        <v>1.04</v>
+        <v>1.12</v>
       </c>
       <c r="L110" s="15">
-        <v>0.74039</v>
+        <v>0.74865</v>
       </c>
       <c r="M110" s="15">
-        <v>0.66635</v>
-[...1 lines deleted...]
-      <c r="N110" s="15"/>
+        <v>0.68103</v>
+      </c>
+      <c r="N110" s="15">
+        <v>65</v>
+      </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E111" s="15">
-        <v>10080000401</v>
+        <v>10080033641</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I111" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="K111" s="15">
-        <v>1.04</v>
+        <v>0.63273</v>
       </c>
       <c r="L111" s="15">
-        <v>0.75274</v>
+        <v>0.54837</v>
       </c>
       <c r="M111" s="15">
-        <v>0.65685</v>
+        <v>0.52728</v>
       </c>
       <c r="N111" s="15">
-        <v>11427</v>
-[...2 lines deleted...]
-      <c r="P111" s="15"/>
+        <v>2233</v>
+      </c>
+      <c r="O111" s="15">
+        <v>2400</v>
+      </c>
+      <c r="P111" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="D112" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="15">
-        <v>10080072078</v>
+        <v>10080046972</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-      <c r="J112" s="15"/>
+        <v>325</v>
+      </c>
+      <c r="I112" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="J112" s="15">
+        <v>160</v>
+      </c>
       <c r="K112" s="15">
-        <v>0.71108</v>
+        <v>0.93916</v>
       </c>
       <c r="L112" s="15">
-        <v>0.59257</v>
+        <v>0.9016</v>
       </c>
       <c r="M112" s="15">
-        <v>0.56887</v>
+        <v>0.86403</v>
       </c>
       <c r="N112" s="15">
-        <v>366</v>
+        <v>788</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-        <v>10080037274</v>
+        <v>328</v>
+      </c>
+      <c r="E113" s="15" t="s">
+        <v>329</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I113" s="15"/>
+      <c r="I113" s="15" t="s">
+        <v>330</v>
+      </c>
       <c r="J113" s="15">
-        <v>1000</v>
+        <v>176</v>
       </c>
       <c r="K113" s="15">
-        <v>1.06</v>
+        <v>1.04</v>
       </c>
       <c r="L113" s="15">
-        <v>0.73954</v>
+        <v>0.74039</v>
       </c>
       <c r="M113" s="15">
-        <v>0.68672</v>
+        <v>0.66635</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>327</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>328</v>
       </c>
-      <c r="D114" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114" s="15">
-        <v>10080037958</v>
+        <v>10080000401</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I114" s="15"/>
+      <c r="I114" s="15" t="s">
+        <v>331</v>
+      </c>
       <c r="J114" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K114" s="15">
-        <v>1.44</v>
+        <v>0.69608</v>
       </c>
       <c r="L114" s="15">
-        <v>0.71977</v>
+        <v>0.60327</v>
       </c>
       <c r="M114" s="15">
-        <v>0.65438</v>
-[...1 lines deleted...]
-      <c r="N114" s="15"/>
+        <v>0.58006</v>
+      </c>
+      <c r="N114" s="15">
+        <v>10316</v>
+      </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E115" s="15">
-        <v>10080061463</v>
+        <v>10080072078</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I115" s="15"/>
-      <c r="J115" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J115" s="15"/>
       <c r="K115" s="15">
-        <v>0.46948</v>
+        <v>0.71108</v>
       </c>
       <c r="L115" s="15">
-        <v>0</v>
+        <v>0.59257</v>
       </c>
       <c r="M115" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.56887</v>
+      </c>
+      <c r="N115" s="15">
+        <v>293</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="E116" s="15">
-        <v>10080056662</v>
+        <v>10080037274</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I116" s="15"/>
-      <c r="J116" s="15"/>
+      <c r="J116" s="15">
+        <v>1000</v>
+      </c>
       <c r="K116" s="15">
-        <v>0.4841</v>
+        <v>1.06</v>
       </c>
       <c r="L116" s="15">
-        <v>0.40341</v>
+        <v>0.73954</v>
       </c>
       <c r="M116" s="15">
-        <v>0.38727</v>
+        <v>0.68672</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="E117" s="15">
-        <v>10080061465</v>
+        <v>10080037958</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>176</v>
+        <v>1000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.66105</v>
+        <v>1.44</v>
       </c>
       <c r="L117" s="15">
-        <v>0.47827</v>
+        <v>0.71977</v>
       </c>
       <c r="M117" s="15">
-        <v>0.41734</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.65438</v>
+      </c>
+      <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>339</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10080061463</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K118" s="15">
-        <v>0.77672</v>
+        <v>0.46948</v>
       </c>
       <c r="L118" s="15">
-        <v>0.56196</v>
+        <v>0</v>
       </c>
       <c r="M118" s="15">
-        <v>0.49037</v>
+        <v>0</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="E119" s="15">
-        <v>10080032765</v>
+        <v>10080056662</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="15"/>
-      <c r="J119" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J119" s="15"/>
       <c r="K119" s="15">
-        <v>1.16</v>
+        <v>0.4841</v>
       </c>
       <c r="L119" s="15">
-        <v>0.61431</v>
+        <v>0.40341</v>
       </c>
       <c r="M119" s="15">
-        <v>0.52397</v>
+        <v>0.38727</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="E120" s="15">
-        <v>10080064656</v>
+        <v>10080061465</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="K120" s="15">
-        <v>1.21</v>
+        <v>0.4539</v>
       </c>
       <c r="L120" s="15">
-        <v>0.8789</v>
+        <v>0.39338</v>
       </c>
       <c r="M120" s="15">
-        <v>0.76694</v>
+        <v>0.37825</v>
       </c>
       <c r="N120" s="15">
-        <v>682</v>
+        <v>7596</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>344</v>
+        <v>68</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.61735</v>
+        <v>0.77672</v>
       </c>
       <c r="L121" s="15">
-        <v>0.51778</v>
+        <v>0.56196</v>
       </c>
       <c r="M121" s="15">
-        <v>0.49787</v>
+        <v>0.49037</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>346</v>
       </c>
-      <c r="E122" s="15" t="s">
-        <v>347</v>
+      <c r="E122" s="15">
+        <v>10080032765</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
-        <v>344</v>
+        <v>68</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>100</v>
       </c>
       <c r="K122" s="15">
-        <v>0.7758</v>
+        <v>1.16</v>
       </c>
       <c r="L122" s="15">
-        <v>0.65067</v>
+        <v>0.61431</v>
       </c>
       <c r="M122" s="15">
-        <v>0.62565</v>
+        <v>0.52397</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D123" s="15" t="s">
-[...3 lines deleted...]
-        <v>350</v>
+      <c r="E123" s="15">
+        <v>10080064656</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
-      <c r="H123" s="15"/>
+      <c r="H123" s="15" t="s">
+        <v>68</v>
+      </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
-        <v>2100</v>
+        <v>200</v>
       </c>
       <c r="K123" s="15">
-        <v>0.83752</v>
+        <v>0.82415</v>
       </c>
       <c r="L123" s="15">
-        <v>0.52346</v>
+        <v>0.71426</v>
       </c>
       <c r="M123" s="15">
-        <v>0.41876</v>
+        <v>0.68679</v>
       </c>
       <c r="N123" s="15"/>
-      <c r="O123" s="15"/>
-      <c r="P123" s="15"/>
+      <c r="O123" s="15">
+        <v>864</v>
+      </c>
+      <c r="P123" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>350</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>351</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080028496</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="K124" s="15">
-        <v>0.23266</v>
+        <v>0.61735</v>
       </c>
       <c r="L124" s="15">
-        <v>0.19152</v>
+        <v>0.51778</v>
       </c>
       <c r="M124" s="15">
-        <v>0.17785</v>
+        <v>0.49787</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080057403</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>10000</v>
+        <v>100</v>
       </c>
       <c r="K125" s="15">
-        <v>0.08882</v>
+        <v>0.7758</v>
       </c>
       <c r="L125" s="15">
-        <v>0.07449</v>
+        <v>0.65067</v>
       </c>
       <c r="M125" s="15">
-        <v>0.07163</v>
+        <v>0.62565</v>
       </c>
       <c r="N125" s="15"/>
-      <c r="O125" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O125" s="15"/>
+      <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
-      <c r="H126" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H126" s="15"/>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>1000</v>
+        <v>2100</v>
       </c>
       <c r="K126" s="15">
-        <v>1.79</v>
+        <v>0.83752</v>
       </c>
       <c r="L126" s="15">
-        <v>1.5</v>
+        <v>0.52346</v>
       </c>
       <c r="M126" s="15">
-        <v>1.45</v>
+        <v>0.41876</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>360</v>
+      </c>
+      <c r="E127" s="15">
+        <v>10080028496</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="I127" s="15"/>
+        <v>68</v>
+      </c>
+      <c r="I127" s="15" t="s">
+        <v>361</v>
+      </c>
       <c r="J127" s="15">
-        <v>3000</v>
+        <v>2500</v>
       </c>
       <c r="K127" s="15">
-        <v>1.84</v>
+        <v>0.23266</v>
       </c>
       <c r="L127" s="15">
-        <v>1.54</v>
+        <v>0.19152</v>
       </c>
       <c r="M127" s="15">
-        <v>1.48</v>
+        <v>0.17785</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="E128" s="15">
-        <v>10080067105</v>
+        <v>10080057403</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-      <c r="J128" s="15"/>
+        <v>364</v>
+      </c>
+      <c r="I128" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="J128" s="15">
+        <v>10000</v>
+      </c>
       <c r="K128" s="15">
-        <v>23.84</v>
+        <v>0.08882</v>
       </c>
       <c r="L128" s="15">
-        <v>19.86</v>
+        <v>0.07449</v>
       </c>
       <c r="M128" s="15">
-        <v>19.07</v>
+        <v>0.07163</v>
       </c>
       <c r="N128" s="15"/>
-      <c r="O128" s="15"/>
-      <c r="P128" s="15"/>
+      <c r="O128" s="15">
+        <v>7100</v>
+      </c>
+      <c r="P128" s="15" t="s">
+        <v>366</v>
+      </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
-      <c r="B129" s="14"/>
-[...2 lines deleted...]
-      <c r="E129" s="15"/>
+      <c r="B129" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C129" s="15" t="s">
+        <v>367</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="E129" s="15" t="s">
+        <v>369</v>
+      </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
-      <c r="H129" s="15"/>
+      <c r="H129" s="15" t="s">
+        <v>370</v>
+      </c>
       <c r="I129" s="15"/>
-      <c r="J129" s="15"/>
-[...2 lines deleted...]
-      <c r="M129" s="15"/>
+      <c r="J129" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K129" s="15">
+        <v>1.79</v>
+      </c>
+      <c r="L129" s="15">
+        <v>1.5</v>
+      </c>
+      <c r="M129" s="15">
+        <v>1.45</v>
+      </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
+      <c r="R129"/>
+    </row>
+    <row r="130" spans="1:18">
+      <c r="B130" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C130" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D130" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="E130" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="F130" s="15"/>
+      <c r="G130" s="15"/>
+      <c r="H130" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="I130" s="15"/>
+      <c r="J130" s="15">
+        <v>3000</v>
+      </c>
+      <c r="K130" s="15">
+        <v>1.84</v>
+      </c>
+      <c r="L130" s="15">
+        <v>1.54</v>
+      </c>
+      <c r="M130" s="15">
+        <v>1.48</v>
+      </c>
+      <c r="N130" s="15"/>
+      <c r="O130" s="15"/>
+      <c r="P130" s="15"/>
+      <c r="Q130" s="15"/>
+      <c r="R130"/>
+    </row>
+    <row r="131" spans="1:18">
+      <c r="B131" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C131" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D131" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="E131" s="15">
+        <v>10080067105</v>
+      </c>
+      <c r="F131" s="15"/>
+      <c r="G131" s="15"/>
+      <c r="H131" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="I131" s="15"/>
+      <c r="J131" s="15"/>
+      <c r="K131" s="15">
+        <v>23.84</v>
+      </c>
+      <c r="L131" s="15">
+        <v>19.86</v>
+      </c>
+      <c r="M131" s="15">
+        <v>19.07</v>
+      </c>
+      <c r="N131" s="15"/>
+      <c r="O131" s="15"/>
+      <c r="P131" s="15"/>
+      <c r="Q131" s="15"/>
+      <c r="R131"/>
+    </row>
+    <row r="132" spans="1:18">
+      <c r="B132" s="14"/>
+      <c r="C132" s="15"/>
+      <c r="D132" s="15"/>
+      <c r="E132" s="15"/>
+      <c r="F132" s="15"/>
+      <c r="G132" s="15"/>
+      <c r="H132" s="15"/>
+      <c r="I132" s="15"/>
+      <c r="J132" s="15"/>
+      <c r="K132" s="15"/>
+      <c r="L132" s="15"/>
+      <c r="M132" s="15"/>
+      <c r="N132" s="15"/>
+      <c r="O132" s="15"/>
+      <c r="P132" s="15"/>
+      <c r="Q132" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6518,317 +6665,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>