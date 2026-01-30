--- v3 (2026-01-09)
+++ v4 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="404">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="414">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -445,59 +445,62 @@
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-C-KF3</t>
   </si>
   <si>
     <t>10-00060695</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>10-00060696</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>10-00060769</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KYWE-8-20</t>
   </si>
   <si>
     <t>(Gold plating , угловое гнездо на плату ) / KLS1-SMA-KYWE-8-20 (L-KLS1-SMA-KYWE-8-20)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-SMA-KYWE-8-20 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134734</t>
   </si>
   <si>
     <t>L-KLS1-SMA003</t>
   </si>
   <si>
     <t>вилка на плату (вертикальное) L=13mm / KLS1-SMA003</t>
   </si>
   <si>
     <t>10-00060807</t>
   </si>
   <si>
     <t>L-KLS1-SMA005</t>
   </si>
   <si>
     <t>SMA вилка обжимн.на кабель / KLS1-SMA005</t>
   </si>
   <si>
     <t>L-KLS1-SMA005-RG-174/U</t>
   </si>
   <si>
     <t>SMA Cable Connector,Plug Male,Straight,50 Ω,12.4GHz,Gold Plating,RG-174/U Cable. / KLS1-SMA005-RG-174/U</t>
   </si>
   <si>
     <t>L-KLS1-SMA005-RG-316/U</t>
@@ -643,50 +646,53 @@
   <si>
     <t>ВЧ вилка кабельная прямая, для кабеля RG-405U / L-KLS1-MMCX-JB2</t>
   </si>
   <si>
     <t>UT-00147859</t>
   </si>
   <si>
     <t>L-KLS1-MMCX001</t>
   </si>
   <si>
     <t>ВЧ разъем прямой на плату, 50 Ω DC-6 GHz, THT / L-KLS1-MMCX001 (MMCX-KHD)</t>
   </si>
   <si>
     <t xml:space="preserve">73415-1471 Molex, </t>
   </si>
   <si>
     <t>L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>вилка MMCX прямая на кабель RG-174, RG-188A, RG-316. / L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>10-00058135</t>
   </si>
   <si>
+    <t>10.03.2026</t>
+  </si>
+  <si>
     <t>L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>вилка MMCX угловая на кабель (RG-174, RG-188A, RG-316) / L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>UT-00138606</t>
   </si>
   <si>
     <t>L-KLS1-N008-L37.8</t>
   </si>
   <si>
     <t>розетка ВЧ коаксиальная прямая, на панель, типа N, гайка спереди, для кабелей: RG-58, RG-303, LMR-195, RG-316, RG-174 / L-KLS1-N008-L37.8</t>
   </si>
   <si>
     <t>UT-00098355</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-OD1.13-L150</t>
   </si>
   <si>
     <t>Кабельная сборка (переходник гибкий) разъёмы UFL-F, SMA-F, 150 мм / L-KLS1-RFCA05-OD1.13-L150</t>
   </si>
   <si>
     <t>UT-00095141</t>
@@ -919,80 +925,104 @@
   <si>
     <t>UT-00094430</t>
   </si>
   <si>
     <t>SAMTEC</t>
   </si>
   <si>
     <t>MMCX6252N1-3GT30G-50</t>
   </si>
   <si>
     <t>розетка MMCX угловая коаксиальная на плату / MMCX6252N1-3GT30G-50</t>
   </si>
   <si>
     <t>UT-00145347</t>
   </si>
   <si>
     <t>PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>розетка коаксиальная кабельная на блок, гайка сзади / PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>UT-00120784</t>
   </si>
   <si>
+    <t>R141 277 000</t>
+  </si>
+  <si>
+    <t>розетка BNC кабельная, с фланцем, кабель RG174/RG316/RD316 / R141 277 000</t>
+  </si>
+  <si>
+    <t>UT-00154651</t>
+  </si>
+  <si>
+    <t>Radiall</t>
+  </si>
+  <si>
+    <t>13.02.2026</t>
+  </si>
+  <si>
     <t>L-KLS1-SMA-KWE-7-15.1</t>
   </si>
   <si>
     <t>RF Connectors, угловой / SAC0093TGG (L-KLS1-SMA-KWE-7-15.1)</t>
   </si>
   <si>
     <t>SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13mm / SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>L-KLS1-SMA001</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13.5mm , Gold plating / SMA-J (SMA-KE) (L-KLS1-SMA001)</t>
   </si>
   <si>
     <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, L-KLS1-SMA001 KLS, </t>
   </si>
   <si>
     <t>UT-00134735</t>
   </si>
   <si>
     <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001 KLS, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, </t>
   </si>
   <si>
+    <t>L-KLS1-SMA001K</t>
+  </si>
+  <si>
+    <t>гнездо на плату (вертикальное) L=20.25mm , Gold plating / SMA-J (SMA-KE) (L-KLS1-SMA001K)</t>
+  </si>
+  <si>
+    <t>UT-00154757</t>
+  </si>
+  <si>
     <t>L-KLS1-SMA012-RG-58</t>
   </si>
   <si>
     <t>ВЧ разъём SMA, вилка прямая на кабель RG-58, позолота / SMA-J5 (L-KLS1-SMA012-RG-58)</t>
   </si>
   <si>
     <t>UT-00138840</t>
   </si>
   <si>
     <t>L-KLS1-SMA-JB3-E</t>
   </si>
   <si>
     <t>SMA-JB3E (L-KLS1-SMA-JB3-E)</t>
   </si>
   <si>
     <t>KLS-SMA-JFD11</t>
   </si>
   <si>
     <t>SMA Вилка приборная фланцевая / SMA-JFD11</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-SMA-JFD11 KLS, </t>
   </si>
   <si>
     <t>L-KLS1-SMA-JFD23</t>
@@ -1048,50 +1078,53 @@
   <si>
     <t>L-KLS1-SMA-KFD643L</t>
   </si>
   <si>
     <t>SMA-KFD45 (L-KLS1-SMA-KFD643L)</t>
   </si>
   <si>
     <t>L-KLS1-SMA003A</t>
   </si>
   <si>
     <t>SMA Connector розетка 18GHz / SMA-KHD19A (L-KLS1-SMA003A)</t>
   </si>
   <si>
     <t>L-KLS1-SMA017-L13.5-1.7</t>
   </si>
   <si>
     <t>SMA Connector розетка прямая на плату 18 ГГц, / SMA-KHDC (L-KLS1-SMA017-L13.5-1.7)</t>
   </si>
   <si>
     <t>L-KLS1-SMA017-L14.3mm</t>
   </si>
   <si>
     <t>SMA Connector розетка прямая на плату 18 ГГц, / SMA-KHDC (L-KLS1-SMA017-L14.3mm)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS1-SMA017-L14.3mm KLS, </t>
+  </si>
+  <si>
     <t>UT-00134737</t>
   </si>
   <si>
     <t>L-KLS1-SMA-C-KY1.5</t>
   </si>
   <si>
     <t>SMA-KY3</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KYWE-6-23</t>
   </si>
   <si>
     <t>SMA Connector, угловой / SMA-RWF23 (L-KLS1-SMA-KYWE-6-23)</t>
   </si>
   <si>
     <t>SMA3300-0085</t>
   </si>
   <si>
     <t>SMA вилка ВЧ разъем прямой под пайку, RG405, 27GHz, Gold / SMA3300-0085</t>
   </si>
   <si>
     <t>UT-00098325</t>
   </si>
   <si>
     <t>NICEST ELECTRIC</t>
@@ -1112,53 +1145,50 @@
     <t>гнездо BNC блочное, гайка с изолятором из 3 частей / TN5-036 (MCI-7035)</t>
   </si>
   <si>
     <t>10-00060866</t>
   </si>
   <si>
     <t>KLS1-IPEX-20279-001E-01</t>
   </si>
   <si>
     <t>ВЧ вилка на плату 50 Ohm SMD / U.FL-R-SMT-1(10)</t>
   </si>
   <si>
     <t xml:space="preserve">U.FL-R-SMT-1 HIROSE ELECTRIC, 73412-0114 Molex, U.FL-R-SMT-1 HIROSE ELECTRIC, L-KLS1-IPEX-20279-001E-01 KLS, U.FL-R-SMT HIROSE ELECTRIC, U.FL-R-SMT-1 HIROSE ELECTRIC, U.FL-R-SMT HIROSE ELECTRIC, DS1158-04-01PS8V8R CONNFLY, </t>
   </si>
   <si>
     <t>U.FL-R-SMT-1(80)</t>
   </si>
   <si>
     <t>ВЧ вилка на плату 50 Ohm SMD / U.FL-R-SMT-1(80)</t>
   </si>
   <si>
     <t>HIROSE ELECTRIC</t>
   </si>
   <si>
     <t xml:space="preserve">KLS1-IPEX-20279-001E-01 KLS, 73412-0114 Molex, U.FL-R-SMT-1 HIROSE ELECTRIC, L-KLS1-IPEX-20279-001E-01 KLS, U.FL-R-SMT HIROSE ELECTRIC, U.FL-R-SMT-1 HIROSE ELECTRIC, U.FL-R-SMT HIROSE ELECTRIC, </t>
-  </si>
-[...1 lines deleted...]
-    <t>08.01.2026</t>
   </si>
   <si>
     <t>USL00-30L-B</t>
   </si>
   <si>
     <t>розетка IDC угловая для микро коаксиального кабеля, шаг 0.4мм, 30 конт., SMT / USL00-30L-B</t>
   </si>
   <si>
     <t>UT-00128352</t>
   </si>
   <si>
     <t>KEL</t>
   </si>
   <si>
     <t>USL00-30L-C</t>
   </si>
   <si>
     <t>розетка IDC угловая для микро коаксиального кабеля, шаг 0.4мм, 30 конт., SMT / USL00-30L-C</t>
   </si>
   <si>
     <t>UT-00123535</t>
   </si>
   <si>
     <t>XC-NK-SJ-300</t>
   </si>
@@ -1734,51 +1764,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R132"/>
+  <dimension ref="A1:R134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2983,51 +3013,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080046552</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.15752</v>
       </c>
       <c r="L36" s="15">
         <v>0.15752</v>
       </c>
       <c r="M36" s="15">
         <v>0.15752</v>
       </c>
       <c r="N36" s="15">
-        <v>3230</v>
+        <v>3783</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
@@ -3377,3275 +3407,3361 @@
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
-        <v>0.65426</v>
+        <v>0.67791</v>
       </c>
       <c r="L47" s="15">
-        <v>0.56702</v>
+        <v>0.58752</v>
       </c>
       <c r="M47" s="15">
-        <v>0.54521</v>
+        <v>0.56493</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15">
-        <v>810</v>
+        <v>549</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E48" s="15">
         <v>10080048965</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I48" s="15"/>
+      <c r="I48" s="15" t="s">
+        <v>146</v>
+      </c>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.73458</v>
       </c>
       <c r="L48" s="15">
         <v>0.63664</v>
       </c>
       <c r="M48" s="15">
         <v>0.61215</v>
       </c>
       <c r="N48" s="15">
-        <v>10425</v>
+        <v>10688</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I49" s="15"/>
+      <c r="I49" s="15" t="s">
+        <v>146</v>
+      </c>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.79437</v>
       </c>
       <c r="L49" s="15">
         <v>0.68845</v>
       </c>
       <c r="M49" s="15">
         <v>0.66198</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15">
         <v>0.21</v>
       </c>
       <c r="L50" s="15">
         <v>0.21</v>
       </c>
       <c r="M50" s="15">
         <v>0.21</v>
       </c>
       <c r="N50" s="15">
         <v>5</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E51" s="15">
         <v>10080056990</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.65151</v>
       </c>
       <c r="L51" s="15">
         <v>0.54293</v>
       </c>
       <c r="M51" s="15">
         <v>0.5212</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E52" s="15">
         <v>10080075688</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>200</v>
       </c>
       <c r="K52" s="15">
         <v>0.43545</v>
       </c>
       <c r="L52" s="15">
         <v>0.37739</v>
       </c>
       <c r="M52" s="15">
         <v>0.36288</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E53" s="15">
         <v>10080067705</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>200</v>
       </c>
       <c r="K53" s="15">
         <v>1.25</v>
       </c>
       <c r="L53" s="15">
         <v>1.04</v>
       </c>
       <c r="M53" s="15">
         <v>0.99981</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
         <v>0.60389</v>
       </c>
       <c r="L54" s="15">
         <v>0.50649</v>
       </c>
       <c r="M54" s="15">
         <v>0.48701</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E55" s="15">
         <v>10080052113</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>1.03</v>
       </c>
       <c r="L55" s="15">
         <v>0.84146</v>
       </c>
       <c r="M55" s="15">
         <v>0.80727</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E56" s="15">
         <v>10080067703</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.643</v>
       </c>
       <c r="L56" s="15">
         <v>0.53583</v>
       </c>
       <c r="M56" s="15">
         <v>0.5144</v>
       </c>
       <c r="N56" s="15">
         <v>2</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E57" s="15">
         <v>10080050029</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>176</v>
       </c>
       <c r="K57" s="15">
         <v>0.64562</v>
       </c>
       <c r="L57" s="15">
         <v>0.55953</v>
       </c>
       <c r="M57" s="15">
         <v>0.53801</v>
       </c>
       <c r="N57" s="15">
-        <v>317</v>
+        <v>250</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>1.21</v>
       </c>
       <c r="L58" s="15">
         <v>1.01</v>
       </c>
       <c r="M58" s="15">
         <v>0.97483</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>200</v>
       </c>
       <c r="K59" s="15">
         <v>0.84422</v>
       </c>
       <c r="L59" s="15">
         <v>0.70806</v>
       </c>
       <c r="M59" s="15">
         <v>0.68083</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E60" s="15">
         <v>10080032392</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J60" s="15">
         <v>50</v>
       </c>
       <c r="K60" s="15">
         <v>0.63562</v>
       </c>
       <c r="L60" s="15">
         <v>0.53311</v>
       </c>
       <c r="M60" s="15">
         <v>0.5125999999999999</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.35274</v>
       </c>
       <c r="L61" s="15">
         <v>0.30571</v>
       </c>
       <c r="M61" s="15">
         <v>0.29395</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E62" s="15">
         <v>10080034852</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>200</v>
       </c>
       <c r="K62" s="15">
         <v>0.27545</v>
       </c>
       <c r="L62" s="15">
         <v>0.19749</v>
       </c>
       <c r="M62" s="15">
         <v>0.1715</v>
       </c>
       <c r="N62" s="15">
         <v>8</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>1.56</v>
       </c>
       <c r="L63" s="15">
         <v>1.35</v>
       </c>
       <c r="M63" s="15">
         <v>1.3</v>
       </c>
       <c r="N63" s="15">
         <v>3</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>5000</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>1.56</v>
       </c>
       <c r="L64" s="15">
         <v>1.35</v>
       </c>
       <c r="M64" s="15">
         <v>1.3</v>
       </c>
       <c r="N64" s="15">
         <v>3</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>5000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>200</v>
       </c>
       <c r="K65" s="15">
         <v>0.6348200000000001</v>
       </c>
       <c r="L65" s="15">
         <v>0.53243</v>
       </c>
       <c r="M65" s="15">
         <v>0.51195</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.86755</v>
       </c>
       <c r="L66" s="15">
         <v>0.72762</v>
       </c>
       <c r="M66" s="15">
         <v>0.69964</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.48841</v>
       </c>
       <c r="L67" s="15">
         <v>0.40963</v>
       </c>
       <c r="M67" s="15">
         <v>0.39388</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.4455</v>
       </c>
       <c r="L68" s="15">
         <v>0.37365</v>
       </c>
       <c r="M68" s="15">
         <v>0.35928</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.48177</v>
       </c>
       <c r="L69" s="15">
         <v>0.41753</v>
       </c>
       <c r="M69" s="15">
         <v>0.40148</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.53127</v>
       </c>
       <c r="L70" s="15">
         <v>0.46043</v>
       </c>
       <c r="M70" s="15">
         <v>0.44273</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E71" s="15">
         <v>10080035159</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.45</v>
       </c>
       <c r="L71" s="15">
         <v>0.35</v>
       </c>
       <c r="M71" s="15">
         <v>0.33</v>
       </c>
       <c r="N71" s="15">
-        <v>401</v>
+        <v>360</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.5476</v>
       </c>
       <c r="L72" s="15">
         <v>0.45928</v>
       </c>
       <c r="M72" s="15">
         <v>0.44161</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
-      <c r="P72" s="15"/>
+      <c r="P72" s="15" t="s">
+        <v>210</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.7685999999999999</v>
       </c>
       <c r="L73" s="15">
         <v>0.64463</v>
       </c>
       <c r="M73" s="15">
         <v>0.6198399999999999</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>100</v>
       </c>
       <c r="K74" s="15">
         <v>2.32</v>
       </c>
       <c r="L74" s="15">
         <v>2.01</v>
       </c>
       <c r="M74" s="15">
         <v>1.93</v>
       </c>
       <c r="N74" s="15">
-        <v>94</v>
+        <v>67</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1000</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.56352</v>
       </c>
       <c r="L75" s="15">
         <v>0.48838</v>
       </c>
       <c r="M75" s="15">
         <v>0.4696</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>300</v>
       </c>
       <c r="K76" s="15">
         <v>0.60245</v>
       </c>
       <c r="L76" s="15">
         <v>0.52212</v>
       </c>
       <c r="M76" s="15">
         <v>0.50204</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E77" s="15">
         <v>10080056781</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.65638</v>
       </c>
       <c r="L77" s="15">
         <v>0.65638</v>
       </c>
       <c r="M77" s="15">
         <v>0.65638</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.89588</v>
       </c>
       <c r="L78" s="15">
         <v>0.89588</v>
       </c>
       <c r="M78" s="15">
         <v>0.89588</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15">
         <v>1000</v>
       </c>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E79" s="15">
         <v>10080060853</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.74961</v>
       </c>
       <c r="L79" s="15">
         <v>0.64966</v>
       </c>
       <c r="M79" s="15">
         <v>0.62468</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>1.13</v>
       </c>
       <c r="L80" s="15">
         <v>0.94836</v>
       </c>
       <c r="M80" s="15">
         <v>0.91189</v>
       </c>
       <c r="N80" s="15">
         <v>10</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>3.62</v>
       </c>
       <c r="L81" s="15">
         <v>3.03</v>
       </c>
       <c r="M81" s="15">
         <v>2.92</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E82" s="15">
         <v>10080075632</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>4.31</v>
       </c>
       <c r="L82" s="15">
         <v>3.59</v>
       </c>
       <c r="M82" s="15">
         <v>3.45</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E83" s="15" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>3.42</v>
       </c>
       <c r="L83" s="15">
         <v>2.97</v>
       </c>
       <c r="M83" s="15">
         <v>2.85</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>132</v>
       </c>
       <c r="K84" s="15">
         <v>0.82682</v>
       </c>
       <c r="L84" s="15">
         <v>0.69346</v>
       </c>
       <c r="M84" s="15">
         <v>0.66679</v>
       </c>
       <c r="N84" s="15">
         <v>100</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.85284</v>
       </c>
       <c r="L85" s="15">
         <v>0.71529</v>
       </c>
       <c r="M85" s="15">
         <v>0.68777</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>88</v>
       </c>
       <c r="K86" s="15">
         <v>1.48</v>
       </c>
       <c r="L86" s="15">
         <v>1.07</v>
       </c>
       <c r="M86" s="15">
         <v>0.93676</v>
       </c>
       <c r="N86" s="15">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>132</v>
       </c>
       <c r="K87" s="15">
         <v>0.7737000000000001</v>
       </c>
       <c r="L87" s="15">
         <v>0.67054</v>
       </c>
       <c r="M87" s="15">
         <v>0.64475</v>
       </c>
       <c r="N87" s="15">
-        <v>1738</v>
+        <v>1009</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.9234</v>
       </c>
       <c r="L88" s="15">
         <v>0.77446</v>
       </c>
       <c r="M88" s="15">
         <v>0.74468</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1000</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="E89" s="15">
         <v>10080052255</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
         <v>0.62385</v>
       </c>
       <c r="L89" s="15">
         <v>0.52324</v>
       </c>
       <c r="M89" s="15">
         <v>0.5031099999999999</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
         <v>0.80524</v>
       </c>
       <c r="L90" s="15">
         <v>0.67536</v>
       </c>
       <c r="M90" s="15">
         <v>0.64939</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
         <v>0.59214</v>
       </c>
       <c r="L91" s="15">
         <v>0.51319</v>
       </c>
       <c r="M91" s="15">
         <v>0.49345</v>
       </c>
       <c r="N91" s="15">
-        <v>394</v>
+        <v>464</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>1000</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
         <v>0.59184</v>
       </c>
       <c r="L92" s="15">
         <v>0.51293</v>
       </c>
       <c r="M92" s="15">
         <v>0.4932</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.77923</v>
       </c>
       <c r="L93" s="15">
         <v>0.65354</v>
       </c>
       <c r="M93" s="15">
         <v>0.62841</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>176</v>
       </c>
       <c r="K94" s="15">
-        <v>0.76274</v>
+        <v>0.80823</v>
       </c>
       <c r="L94" s="15">
-        <v>0.66104</v>
+        <v>0.70047</v>
       </c>
       <c r="M94" s="15">
-        <v>0.63561</v>
+        <v>0.67353</v>
       </c>
       <c r="N94" s="15">
-        <v>3936</v>
+        <v>378</v>
       </c>
       <c r="O94" s="15">
-        <v>1640</v>
+        <v>1800</v>
       </c>
       <c r="P94" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1</v>
       </c>
       <c r="K95" s="15">
         <v>26.7</v>
       </c>
       <c r="L95" s="15">
         <v>22.25</v>
       </c>
       <c r="M95" s="15">
         <v>21.36</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1</v>
       </c>
       <c r="K96" s="15">
         <v>26.7</v>
       </c>
       <c r="L96" s="15">
         <v>22.25</v>
       </c>
       <c r="M96" s="15">
         <v>21.36</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
         <v>0.58302</v>
       </c>
       <c r="L97" s="15">
         <v>0.50528</v>
       </c>
       <c r="M97" s="15">
         <v>0.48585</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>45</v>
       </c>
       <c r="K98" s="15">
         <v>0.94757</v>
       </c>
       <c r="L98" s="15">
         <v>0.77699</v>
       </c>
       <c r="M98" s="15">
         <v>0.74541</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.5818</v>
       </c>
       <c r="L99" s="15">
         <v>0.48797</v>
       </c>
       <c r="M99" s="15">
         <v>0.4692</v>
       </c>
       <c r="N99" s="15">
         <v>2</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1</v>
       </c>
       <c r="K100" s="15">
         <v>3.82</v>
       </c>
       <c r="L100" s="15">
         <v>3.2</v>
       </c>
       <c r="M100" s="15">
         <v>3.08</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>50</v>
       </c>
       <c r="K101" s="15">
         <v>5.04</v>
       </c>
       <c r="L101" s="15">
         <v>5.04</v>
       </c>
       <c r="M101" s="15">
         <v>5.04</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1</v>
       </c>
       <c r="K102" s="15">
         <v>47.14</v>
       </c>
       <c r="L102" s="15">
         <v>39.54</v>
       </c>
       <c r="M102" s="15">
         <v>38.02</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>302</v>
-[...2 lines deleted...]
-        <v>10080059357</v>
+        <v>304</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>305</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>68</v>
+        <v>306</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J103" s="15"/>
       <c r="K103" s="15">
-        <v>0.9522699999999999</v>
+        <v>75.20999999999999</v>
       </c>
       <c r="L103" s="15">
-        <v>0.7986799999999999</v>
+        <v>65.18000000000001</v>
       </c>
       <c r="M103" s="15">
-        <v>0.76796</v>
+        <v>62.68</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
-      <c r="P103" s="15"/>
+      <c r="P103" s="15" t="s">
+        <v>307</v>
+      </c>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E104" s="15">
-        <v>10080005992</v>
+        <v>10080059357</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>305</v>
+        <v>68</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>1.5</v>
+        <v>0.9522699999999999</v>
       </c>
       <c r="L104" s="15">
-        <v>0.77594</v>
+        <v>0.7986799999999999</v>
       </c>
       <c r="M104" s="15">
-        <v>0.75131</v>
+        <v>0.76796</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="E105" s="15">
-        <v>10080010564</v>
+        <v>10080005992</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>264</v>
+        <v>100</v>
       </c>
       <c r="K105" s="15">
-        <v>0.46538</v>
+        <v>1.5</v>
       </c>
       <c r="L105" s="15">
-        <v>0.40333</v>
+        <v>0.77594</v>
       </c>
       <c r="M105" s="15">
-        <v>0.38781</v>
+        <v>0.75131</v>
       </c>
       <c r="N105" s="15"/>
-      <c r="O105" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O105" s="15"/>
+      <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>306</v>
+        <v>313</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>314</v>
+      </c>
+      <c r="E106" s="15">
+        <v>10080010564</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="J106" s="15">
-        <v>200</v>
+        <v>264</v>
       </c>
       <c r="K106" s="15">
-        <v>0.43988</v>
+        <v>0.46538</v>
       </c>
       <c r="L106" s="15">
-        <v>0.38123</v>
+        <v>0.40333</v>
       </c>
       <c r="M106" s="15">
-        <v>0.36656</v>
-[...5 lines deleted...]
-      <c r="P106" s="15"/>
+        <v>0.38781</v>
+      </c>
+      <c r="N106" s="15"/>
+      <c r="O106" s="15">
+        <v>8500</v>
+      </c>
+      <c r="P106" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I107" s="15"/>
+      <c r="I107" s="15" t="s">
+        <v>317</v>
+      </c>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
-        <v>0.57674</v>
+        <v>0.43988</v>
       </c>
       <c r="L107" s="15">
-        <v>0.48372</v>
+        <v>0.38123</v>
       </c>
       <c r="M107" s="15">
-        <v>0.46511</v>
-[...1 lines deleted...]
-      <c r="N107" s="15"/>
+        <v>0.36656</v>
+      </c>
+      <c r="N107" s="15">
+        <v>2405</v>
+      </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-        <v>10080034875</v>
+        <v>319</v>
+      </c>
+      <c r="E108" s="15" t="s">
+        <v>320</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
-        <v>700</v>
+        <v>176</v>
       </c>
       <c r="K108" s="15">
-        <v>0.88305</v>
+        <v>0.77588</v>
       </c>
       <c r="L108" s="15">
-        <v>0.61814</v>
+        <v>0.67243</v>
       </c>
       <c r="M108" s="15">
-        <v>0.57398</v>
+        <v>0.64656</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
-      <c r="Q108" s="15"/>
+      <c r="Q108" s="15">
+        <v>1056</v>
+      </c>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>317</v>
-[...2 lines deleted...]
-        <v>10080057529</v>
+        <v>322</v>
+      </c>
+      <c r="E109" s="15" t="s">
+        <v>323</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K109" s="15">
-        <v>1.09</v>
+        <v>0.57674</v>
       </c>
       <c r="L109" s="15">
-        <v>0</v>
+        <v>0.48372</v>
       </c>
       <c r="M109" s="15">
-        <v>0</v>
+        <v>0.46511</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E110" s="15">
-        <v>10080032634</v>
+        <v>10080034875</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>200</v>
+        <v>700</v>
       </c>
       <c r="K110" s="15">
-        <v>1.12</v>
+        <v>0.88305</v>
       </c>
       <c r="L110" s="15">
-        <v>0.74865</v>
+        <v>0.61814</v>
       </c>
       <c r="M110" s="15">
-        <v>0.68103</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.57398</v>
+      </c>
+      <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E111" s="15">
-        <v>10080033641</v>
+        <v>10080057529</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I111" s="15"/>
+      <c r="I111" s="15" t="s">
+        <v>328</v>
+      </c>
       <c r="J111" s="15">
-        <v>176</v>
+        <v>100</v>
       </c>
       <c r="K111" s="15">
-        <v>0.63273</v>
+        <v>1.09</v>
       </c>
       <c r="L111" s="15">
-        <v>0.54837</v>
+        <v>0</v>
       </c>
       <c r="M111" s="15">
-        <v>0.52728</v>
-[...9 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N111" s="15"/>
+      <c r="O111" s="15"/>
+      <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="E112" s="15">
-        <v>10080046972</v>
+        <v>10080032634</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
-        <v>325</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="K112" s="15">
-        <v>0.93916</v>
+        <v>1.12</v>
       </c>
       <c r="L112" s="15">
-        <v>0.9016</v>
+        <v>0.74865</v>
       </c>
       <c r="M112" s="15">
-        <v>0.86403</v>
+        <v>0.68103</v>
       </c>
       <c r="N112" s="15">
-        <v>788</v>
+        <v>65</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-        <v>329</v>
+        <v>332</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080033641</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I113" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>176</v>
       </c>
       <c r="K113" s="15">
-        <v>1.04</v>
+        <v>0.63273</v>
       </c>
       <c r="L113" s="15">
-        <v>0.74039</v>
+        <v>0.54837</v>
       </c>
       <c r="M113" s="15">
-        <v>0.66635</v>
-[...3 lines deleted...]
-      <c r="P113" s="15"/>
+        <v>0.52728</v>
+      </c>
+      <c r="N113" s="15">
+        <v>2010</v>
+      </c>
+      <c r="O113" s="15">
+        <v>2160</v>
+      </c>
+      <c r="P113" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="E114" s="15">
-        <v>10080000401</v>
+        <v>10080046972</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>68</v>
+        <v>335</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="J114" s="15">
-        <v>200</v>
+        <v>160</v>
       </c>
       <c r="K114" s="15">
-        <v>0.69608</v>
+        <v>0.93916</v>
       </c>
       <c r="L114" s="15">
-        <v>0.60327</v>
+        <v>0.9016</v>
       </c>
       <c r="M114" s="15">
-        <v>0.58006</v>
+        <v>0.86403</v>
       </c>
       <c r="N114" s="15">
-        <v>10316</v>
+        <v>981</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>10080072078</v>
+        <v>338</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>339</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I115" s="15"/>
-      <c r="J115" s="15"/>
+      <c r="I115" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="J115" s="15">
+        <v>176</v>
+      </c>
       <c r="K115" s="15">
-        <v>0.71108</v>
+        <v>1.04</v>
       </c>
       <c r="L115" s="15">
-        <v>0.59257</v>
+        <v>0.74039</v>
       </c>
       <c r="M115" s="15">
-        <v>0.56887</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66635</v>
+      </c>
+      <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="E116" s="15">
-        <v>10080037274</v>
+        <v>10080000401</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I116" s="15"/>
+      <c r="I116" s="15" t="s">
+        <v>341</v>
+      </c>
       <c r="J116" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K116" s="15">
-        <v>1.06</v>
+        <v>0.69608</v>
       </c>
       <c r="L116" s="15">
-        <v>0.73954</v>
+        <v>0.60327</v>
       </c>
       <c r="M116" s="15">
-        <v>0.68672</v>
-[...1 lines deleted...]
-      <c r="N116" s="15"/>
+        <v>0.58006</v>
+      </c>
+      <c r="N116" s="15">
+        <v>13520</v>
+      </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="E117" s="15">
-        <v>10080037958</v>
+        <v>10080072078</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K117" s="15">
-        <v>1.44</v>
+        <v>0.71108</v>
       </c>
       <c r="L117" s="15">
-        <v>0.71977</v>
+        <v>0.59257</v>
       </c>
       <c r="M117" s="15">
-        <v>0.65438</v>
-[...1 lines deleted...]
-      <c r="N117" s="15"/>
+        <v>0.56887</v>
+      </c>
+      <c r="N117" s="15">
+        <v>167</v>
+      </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="E118" s="15">
-        <v>10080061463</v>
+        <v>10080037274</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.46948</v>
+        <v>1.06</v>
       </c>
       <c r="L118" s="15">
-        <v>0</v>
+        <v>0.73954</v>
       </c>
       <c r="M118" s="15">
-        <v>0</v>
+        <v>0.68672</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="E119" s="15">
-        <v>10080056662</v>
+        <v>10080037958</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="15"/>
-      <c r="J119" s="15"/>
+      <c r="J119" s="15">
+        <v>1000</v>
+      </c>
       <c r="K119" s="15">
-        <v>0.4841</v>
+        <v>1.44</v>
       </c>
       <c r="L119" s="15">
-        <v>0.40341</v>
+        <v>0.71977</v>
       </c>
       <c r="M119" s="15">
-        <v>0.38727</v>
+        <v>0.65438</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="E120" s="15">
-        <v>10080061465</v>
+        <v>10080061463</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>176</v>
+        <v>100</v>
       </c>
       <c r="K120" s="15">
-        <v>0.4539</v>
+        <v>0.46948</v>
       </c>
       <c r="L120" s="15">
-        <v>0.39338</v>
+        <v>0</v>
       </c>
       <c r="M120" s="15">
-        <v>0.37825</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>344</v>
+        <v>351</v>
+      </c>
+      <c r="E121" s="15">
+        <v>10080056662</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I121" s="15"/>
-      <c r="J121" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J121" s="15"/>
       <c r="K121" s="15">
-        <v>0.77672</v>
+        <v>0.4841</v>
       </c>
       <c r="L121" s="15">
-        <v>0.56196</v>
+        <v>0.40341</v>
       </c>
       <c r="M121" s="15">
-        <v>0.49037</v>
+        <v>0.38727</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="E122" s="15">
-        <v>10080032765</v>
+        <v>10080061465</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I122" s="15"/>
+      <c r="I122" s="15" t="s">
+        <v>354</v>
+      </c>
       <c r="J122" s="15">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="K122" s="15">
-        <v>1.16</v>
+        <v>0.4539</v>
       </c>
       <c r="L122" s="15">
-        <v>0.61431</v>
+        <v>0.39338</v>
       </c>
       <c r="M122" s="15">
-        <v>0.52397</v>
-[...1 lines deleted...]
-      <c r="N122" s="15"/>
+        <v>0.37825</v>
+      </c>
+      <c r="N122" s="15">
+        <v>6611</v>
+      </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>348</v>
-[...2 lines deleted...]
-        <v>10080064656</v>
+        <v>353</v>
+      </c>
+      <c r="E123" s="15" t="s">
+        <v>355</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I123" s="15"/>
+      <c r="I123" s="15" t="s">
+        <v>354</v>
+      </c>
       <c r="J123" s="15">
-        <v>200</v>
+        <v>1000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.82415</v>
+        <v>0.77672</v>
       </c>
       <c r="L123" s="15">
-        <v>0.71426</v>
+        <v>0.56196</v>
       </c>
       <c r="M123" s="15">
-        <v>0.68679</v>
+        <v>0.49037</v>
       </c>
       <c r="N123" s="15"/>
-      <c r="O123" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O123" s="15"/>
+      <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>357</v>
+      </c>
+      <c r="E124" s="15">
+        <v>10080032765</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>352</v>
+        <v>68</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>100</v>
       </c>
       <c r="K124" s="15">
-        <v>0.61735</v>
+        <v>1.16</v>
       </c>
       <c r="L124" s="15">
-        <v>0.51778</v>
+        <v>0.61431</v>
       </c>
       <c r="M124" s="15">
-        <v>0.49787</v>
+        <v>0.52397</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-        <v>355</v>
+        <v>359</v>
+      </c>
+      <c r="E125" s="15">
+        <v>10080064656</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
-        <v>352</v>
+        <v>68</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K125" s="15">
-        <v>0.7758</v>
+        <v>0.974</v>
       </c>
       <c r="L125" s="15">
-        <v>0.65067</v>
+        <v>0.84413</v>
       </c>
       <c r="M125" s="15">
-        <v>0.62565</v>
+        <v>0.81166</v>
       </c>
       <c r="N125" s="15"/>
-      <c r="O125" s="15"/>
-      <c r="P125" s="15"/>
+      <c r="O125" s="15">
+        <v>1090</v>
+      </c>
+      <c r="P125" s="15" t="s">
+        <v>143</v>
+      </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
-      <c r="H126" s="15"/>
+      <c r="H126" s="15" t="s">
+        <v>363</v>
+      </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>2100</v>
+        <v>100</v>
       </c>
       <c r="K126" s="15">
-        <v>0.83752</v>
+        <v>0.61735</v>
       </c>
       <c r="L126" s="15">
-        <v>0.52346</v>
+        <v>0.51778</v>
       </c>
       <c r="M126" s="15">
-        <v>0.41876</v>
+        <v>0.49787</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>10080028496</v>
+        <v>365</v>
+      </c>
+      <c r="E127" s="15" t="s">
+        <v>366</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="I127" s="15"/>
       <c r="J127" s="15">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="K127" s="15">
-        <v>0.23266</v>
+        <v>0.7758</v>
       </c>
       <c r="L127" s="15">
-        <v>0.19152</v>
+        <v>0.65067</v>
       </c>
       <c r="M127" s="15">
-        <v>0.17785</v>
+        <v>0.62565</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-        <v>10080057403</v>
+        <v>368</v>
+      </c>
+      <c r="E128" s="15" t="s">
+        <v>369</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
-      <c r="H128" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H128" s="15"/>
+      <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>10000</v>
+        <v>2100</v>
       </c>
       <c r="K128" s="15">
-        <v>0.08882</v>
+        <v>0.83752</v>
       </c>
       <c r="L128" s="15">
-        <v>0.07449</v>
+        <v>0.52346</v>
       </c>
       <c r="M128" s="15">
-        <v>0.07163</v>
+        <v>0.41876</v>
       </c>
       <c r="N128" s="15"/>
-      <c r="O128" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O128" s="15"/>
+      <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>368</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>371</v>
+      </c>
+      <c r="E129" s="15">
+        <v>10080028496</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="I129" s="15"/>
+        <v>68</v>
+      </c>
+      <c r="I129" s="15" t="s">
+        <v>372</v>
+      </c>
       <c r="J129" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K129" s="15">
-        <v>1.79</v>
+        <v>0.23266</v>
       </c>
       <c r="L129" s="15">
-        <v>1.5</v>
+        <v>0.19152</v>
       </c>
       <c r="M129" s="15">
-        <v>1.45</v>
+        <v>0.17785</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>374</v>
+      </c>
+      <c r="E130" s="15">
+        <v>10080057403</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="I130" s="15"/>
+        <v>375</v>
+      </c>
+      <c r="I130" s="15" t="s">
+        <v>376</v>
+      </c>
       <c r="J130" s="15">
-        <v>3000</v>
+        <v>10000</v>
       </c>
       <c r="K130" s="15">
-        <v>1.84</v>
+        <v>0.09263</v>
       </c>
       <c r="L130" s="15">
-        <v>1.54</v>
+        <v>0.08028</v>
       </c>
       <c r="M130" s="15">
-        <v>1.48</v>
-[...1 lines deleted...]
-      <c r="N130" s="15"/>
+        <v>0.07718999999999999</v>
+      </c>
+      <c r="N130" s="15">
+        <v>6400</v>
+      </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>10080067105</v>
+        <v>378</v>
+      </c>
+      <c r="E131" s="15" t="s">
+        <v>379</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="I131" s="15"/>
-      <c r="J131" s="15"/>
+      <c r="J131" s="15">
+        <v>1000</v>
+      </c>
       <c r="K131" s="15">
-        <v>23.84</v>
+        <v>1.79</v>
       </c>
       <c r="L131" s="15">
-        <v>19.86</v>
+        <v>1.5</v>
       </c>
       <c r="M131" s="15">
-        <v>19.07</v>
+        <v>1.45</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
-      <c r="B132" s="14"/>
-[...2 lines deleted...]
-      <c r="E132" s="15"/>
+      <c r="B132" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C132" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D132" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="E132" s="15" t="s">
+        <v>383</v>
+      </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
-      <c r="H132" s="15"/>
+      <c r="H132" s="15" t="s">
+        <v>380</v>
+      </c>
       <c r="I132" s="15"/>
-      <c r="J132" s="15"/>
-[...2 lines deleted...]
-      <c r="M132" s="15"/>
+      <c r="J132" s="15">
+        <v>3000</v>
+      </c>
+      <c r="K132" s="15">
+        <v>1.84</v>
+      </c>
+      <c r="L132" s="15">
+        <v>1.54</v>
+      </c>
+      <c r="M132" s="15">
+        <v>1.48</v>
+      </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
+      <c r="R132"/>
+    </row>
+    <row r="133" spans="1:18">
+      <c r="B133" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C133" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D133" s="15" t="s">
+        <v>385</v>
+      </c>
+      <c r="E133" s="15">
+        <v>10080067105</v>
+      </c>
+      <c r="F133" s="15"/>
+      <c r="G133" s="15"/>
+      <c r="H133" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="I133" s="15"/>
+      <c r="J133" s="15"/>
+      <c r="K133" s="15">
+        <v>23.84</v>
+      </c>
+      <c r="L133" s="15">
+        <v>19.86</v>
+      </c>
+      <c r="M133" s="15">
+        <v>19.07</v>
+      </c>
+      <c r="N133" s="15"/>
+      <c r="O133" s="15"/>
+      <c r="P133" s="15"/>
+      <c r="Q133" s="15"/>
+      <c r="R133"/>
+    </row>
+    <row r="134" spans="1:18">
+      <c r="B134" s="14"/>
+      <c r="C134" s="15"/>
+      <c r="D134" s="15"/>
+      <c r="E134" s="15"/>
+      <c r="F134" s="15"/>
+      <c r="G134" s="15"/>
+      <c r="H134" s="15"/>
+      <c r="I134" s="15"/>
+      <c r="J134" s="15"/>
+      <c r="K134" s="15"/>
+      <c r="L134" s="15"/>
+      <c r="M134" s="15"/>
+      <c r="N134" s="15"/>
+      <c r="O134" s="15"/>
+      <c r="P134" s="15"/>
+      <c r="Q134" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6665,317 +6781,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>386</v>
+        <v>396</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>389</v>
+        <v>399</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>390</v>
+        <v>400</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>391</v>
+        <v>401</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>394</v>
+        <v>404</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>395</v>
+        <v>405</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>402</v>
+        <v>412</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>