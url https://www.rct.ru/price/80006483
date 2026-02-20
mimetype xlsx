--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -646,53 +646,50 @@
   <si>
     <t>ВЧ вилка кабельная прямая, для кабеля RG-405U / L-KLS1-MMCX-JB2</t>
   </si>
   <si>
     <t>UT-00147859</t>
   </si>
   <si>
     <t>L-KLS1-MMCX001</t>
   </si>
   <si>
     <t>ВЧ разъем прямой на плату, 50 Ω DC-6 GHz, THT / L-KLS1-MMCX001 (MMCX-KHD)</t>
   </si>
   <si>
     <t xml:space="preserve">73415-1471 Molex, </t>
   </si>
   <si>
     <t>L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>вилка MMCX прямая на кабель RG-174, RG-188A, RG-316. / L-KLS1-MMCX005-RG174</t>
   </si>
   <si>
     <t>10-00058135</t>
   </si>
   <si>
-    <t>10.03.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>вилка MMCX угловая на кабель (RG-174, RG-188A, RG-316) / L-KLS1-MMCX012</t>
   </si>
   <si>
     <t>UT-00138606</t>
   </si>
   <si>
     <t>L-KLS1-N008-L37.8</t>
   </si>
   <si>
     <t>розетка ВЧ коаксиальная прямая, на панель, типа N, гайка спереди, для кабелей: RG-58, RG-303, LMR-195, RG-316, RG-174 / L-KLS1-N008-L37.8</t>
   </si>
   <si>
     <t>UT-00098355</t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-OD1.13-L150</t>
   </si>
   <si>
     <t>Кабельная сборка (переходник гибкий) разъёмы UFL-F, SMA-F, 150 мм / L-KLS1-RFCA05-OD1.13-L150</t>
   </si>
   <si>
     <t>UT-00095141</t>
@@ -937,51 +934,51 @@
   <si>
     <t>UT-00145347</t>
   </si>
   <si>
     <t>PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>розетка коаксиальная кабельная на блок, гайка сзади / PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>UT-00120784</t>
   </si>
   <si>
     <t>R141 277 000</t>
   </si>
   <si>
     <t>розетка BNC кабельная, с фланцем, кабель RG174/RG316/RD316 / R141 277 000</t>
   </si>
   <si>
     <t>UT-00154651</t>
   </si>
   <si>
     <t>Radiall</t>
   </si>
   <si>
-    <t>13.02.2026</t>
+    <t>07.03.2026</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KWE-7-15.1</t>
   </si>
   <si>
     <t>RF Connectors, угловой / SAC0093TGG (L-KLS1-SMA-KWE-7-15.1)</t>
   </si>
   <si>
     <t>SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13mm / SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>L-KLS1-SMA001</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13.5mm , Gold plating / SMA-J (SMA-KE) (L-KLS1-SMA001)</t>
   </si>
   <si>
     <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, L-KLS1-SMA001 KLS, </t>
   </si>
@@ -3013,51 +3010,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080046552</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.15752</v>
       </c>
       <c r="L36" s="15">
         <v>0.15752</v>
       </c>
       <c r="M36" s="15">
         <v>0.15752</v>
       </c>
       <c r="N36" s="15">
-        <v>3783</v>
+        <v>2814</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>117</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I37" s="15"/>
@@ -3417,93 +3414,93 @@
         <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>100</v>
       </c>
       <c r="K47" s="15">
         <v>0.67791</v>
       </c>
       <c r="L47" s="15">
         <v>0.58752</v>
       </c>
       <c r="M47" s="15">
         <v>0.56493</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15">
-        <v>549</v>
+        <v>558</v>
       </c>
       <c r="P47" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E48" s="15">
         <v>10080048965</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>146</v>
       </c>
       <c r="J48" s="15">
         <v>132</v>
       </c>
       <c r="K48" s="15">
         <v>0.73458</v>
       </c>
       <c r="L48" s="15">
         <v>0.63664</v>
       </c>
       <c r="M48" s="15">
         <v>0.61215</v>
       </c>
       <c r="N48" s="15">
-        <v>10688</v>
+        <v>9633</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I49" s="15" t="s">
@@ -3752,91 +3749,89 @@
       <c r="C56" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E56" s="15">
         <v>10080067703</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.643</v>
       </c>
       <c r="L56" s="15">
         <v>0.53583</v>
       </c>
       <c r="M56" s="15">
         <v>0.5144</v>
       </c>
-      <c r="N56" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E57" s="15">
         <v>10080050029</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>176</v>
       </c>
       <c r="K57" s="15">
         <v>0.64562</v>
       </c>
       <c r="L57" s="15">
         <v>0.55953</v>
       </c>
       <c r="M57" s="15">
         <v>0.53801</v>
       </c>
       <c r="N57" s="15">
-        <v>250</v>
+        <v>296</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E58" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
@@ -4326,2407 +4321,2405 @@
       </c>
       <c r="E71" s="15">
         <v>10080035159</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I71" s="15" t="s">
         <v>206</v>
       </c>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.45</v>
       </c>
       <c r="L71" s="15">
         <v>0.35</v>
       </c>
       <c r="M71" s="15">
         <v>0.33</v>
       </c>
       <c r="N71" s="15">
-        <v>360</v>
+        <v>424</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>209</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
-        <v>0.5476</v>
+        <v>0.59192</v>
       </c>
       <c r="L72" s="15">
-        <v>0.45928</v>
+        <v>0.5129899999999999</v>
       </c>
       <c r="M72" s="15">
-        <v>0.44161</v>
+        <v>0.49326</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
-      <c r="P72" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.7685999999999999</v>
       </c>
       <c r="L73" s="15">
         <v>0.64463</v>
       </c>
       <c r="M73" s="15">
         <v>0.6198399999999999</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>100</v>
       </c>
       <c r="K74" s="15">
         <v>2.32</v>
       </c>
       <c r="L74" s="15">
         <v>2.01</v>
       </c>
       <c r="M74" s="15">
         <v>1.93</v>
       </c>
       <c r="N74" s="15">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>1000</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.56352</v>
       </c>
       <c r="L75" s="15">
         <v>0.48838</v>
       </c>
       <c r="M75" s="15">
         <v>0.4696</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>300</v>
       </c>
       <c r="K76" s="15">
         <v>0.60245</v>
       </c>
       <c r="L76" s="15">
         <v>0.52212</v>
       </c>
       <c r="M76" s="15">
         <v>0.50204</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E77" s="15">
         <v>10080056781</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.65638</v>
       </c>
       <c r="L77" s="15">
         <v>0.65638</v>
       </c>
       <c r="M77" s="15">
         <v>0.65638</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D78" s="15" t="s">
+      <c r="E78" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
         <v>0.89588</v>
       </c>
       <c r="L78" s="15">
         <v>0.89588</v>
       </c>
       <c r="M78" s="15">
         <v>0.89588</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15">
         <v>1000</v>
       </c>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="E79" s="15">
         <v>10080060853</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>0.74961</v>
       </c>
       <c r="L79" s="15">
         <v>0.64966</v>
       </c>
       <c r="M79" s="15">
         <v>0.62468</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>1.13</v>
       </c>
       <c r="L80" s="15">
         <v>0.94836</v>
       </c>
       <c r="M80" s="15">
         <v>0.91189</v>
       </c>
       <c r="N80" s="15">
         <v>10</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>3.62</v>
       </c>
       <c r="L81" s="15">
         <v>3.03</v>
       </c>
       <c r="M81" s="15">
         <v>2.92</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="E82" s="15">
         <v>10080075632</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>4.31</v>
       </c>
       <c r="L82" s="15">
         <v>3.59</v>
       </c>
       <c r="M82" s="15">
         <v>3.45</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>3.42</v>
       </c>
       <c r="L83" s="15">
         <v>2.97</v>
       </c>
       <c r="M83" s="15">
         <v>2.85</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>132</v>
       </c>
       <c r="K84" s="15">
         <v>0.82682</v>
       </c>
       <c r="L84" s="15">
         <v>0.69346</v>
       </c>
       <c r="M84" s="15">
         <v>0.66679</v>
       </c>
       <c r="N84" s="15">
         <v>100</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D85" s="15" t="s">
+      <c r="E85" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.85284</v>
       </c>
       <c r="L85" s="15">
         <v>0.71529</v>
       </c>
       <c r="M85" s="15">
         <v>0.68777</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15">
         <v>1000</v>
       </c>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>88</v>
       </c>
       <c r="K86" s="15">
         <v>1.48</v>
       </c>
       <c r="L86" s="15">
         <v>1.07</v>
       </c>
       <c r="M86" s="15">
         <v>0.93676</v>
       </c>
       <c r="N86" s="15">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>132</v>
       </c>
       <c r="K87" s="15">
         <v>0.7737000000000001</v>
       </c>
       <c r="L87" s="15">
         <v>0.67054</v>
       </c>
       <c r="M87" s="15">
         <v>0.64475</v>
       </c>
       <c r="N87" s="15">
         <v>1009</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>200</v>
       </c>
       <c r="K88" s="15">
         <v>0.9234</v>
       </c>
       <c r="L88" s="15">
         <v>0.77446</v>
       </c>
       <c r="M88" s="15">
         <v>0.74468</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15">
         <v>1000</v>
       </c>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="E89" s="15">
         <v>10080052255</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
         <v>0.62385</v>
       </c>
       <c r="L89" s="15">
         <v>0.52324</v>
       </c>
       <c r="M89" s="15">
         <v>0.5031099999999999</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
         <v>0.80524</v>
       </c>
       <c r="L90" s="15">
         <v>0.67536</v>
       </c>
       <c r="M90" s="15">
         <v>0.64939</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
         <v>0.59214</v>
       </c>
       <c r="L91" s="15">
         <v>0.51319</v>
       </c>
       <c r="M91" s="15">
         <v>0.49345</v>
       </c>
       <c r="N91" s="15">
-        <v>464</v>
+        <v>82</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15">
         <v>1000</v>
       </c>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
         <v>0.59184</v>
       </c>
       <c r="L92" s="15">
         <v>0.51293</v>
       </c>
       <c r="M92" s="15">
         <v>0.4932</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>270</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>500</v>
       </c>
       <c r="K93" s="15">
         <v>0.77923</v>
       </c>
       <c r="L93" s="15">
         <v>0.65354</v>
       </c>
       <c r="M93" s="15">
         <v>0.62841</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D94" s="15" t="s">
+      <c r="E94" s="15" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>176</v>
       </c>
       <c r="K94" s="15">
         <v>0.80823</v>
       </c>
       <c r="L94" s="15">
         <v>0.70047</v>
       </c>
       <c r="M94" s="15">
         <v>0.67353</v>
       </c>
       <c r="N94" s="15">
-        <v>378</v>
+        <v>353</v>
       </c>
       <c r="O94" s="15">
-        <v>1800</v>
+        <v>1680</v>
       </c>
       <c r="P94" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D95" s="15" t="s">
+      <c r="E95" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>1</v>
       </c>
       <c r="K95" s="15">
         <v>26.7</v>
       </c>
       <c r="L95" s="15">
         <v>22.25</v>
       </c>
       <c r="M95" s="15">
         <v>21.36</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1</v>
       </c>
       <c r="K96" s="15">
         <v>26.7</v>
       </c>
       <c r="L96" s="15">
         <v>22.25</v>
       </c>
       <c r="M96" s="15">
         <v>21.36</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="D97" s="15" t="s">
+      <c r="E97" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="J97" s="15">
         <v>100</v>
       </c>
       <c r="K97" s="15">
         <v>0.58302</v>
       </c>
       <c r="L97" s="15">
         <v>0.50528</v>
       </c>
       <c r="M97" s="15">
         <v>0.48585</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>45</v>
       </c>
       <c r="K98" s="15">
         <v>0.94757</v>
       </c>
       <c r="L98" s="15">
         <v>0.77699</v>
       </c>
       <c r="M98" s="15">
         <v>0.74541</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>288</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="D99" s="15" t="s">
+      <c r="E99" s="15" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.5818</v>
       </c>
       <c r="L99" s="15">
         <v>0.48797</v>
       </c>
       <c r="M99" s="15">
         <v>0.4692</v>
       </c>
       <c r="N99" s="15">
         <v>2</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>292</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>293</v>
       </c>
-      <c r="D100" s="15" t="s">
+      <c r="E100" s="15" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1</v>
       </c>
       <c r="K100" s="15">
         <v>3.82</v>
       </c>
       <c r="L100" s="15">
         <v>3.2</v>
       </c>
       <c r="M100" s="15">
         <v>3.08</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>50</v>
       </c>
       <c r="K101" s="15">
         <v>5.04</v>
       </c>
       <c r="L101" s="15">
         <v>5.04</v>
       </c>
       <c r="M101" s="15">
         <v>5.04</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>300</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>1</v>
       </c>
       <c r="K102" s="15">
         <v>47.14</v>
       </c>
       <c r="L102" s="15">
         <v>39.54</v>
       </c>
       <c r="M102" s="15">
         <v>38.02</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>302</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="D103" s="15" t="s">
+      <c r="E103" s="15" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>75.20999999999999</v>
       </c>
       <c r="L103" s="15">
         <v>65.18000000000001</v>
       </c>
       <c r="M103" s="15">
         <v>62.68</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E104" s="15">
         <v>10080059357</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.9522699999999999</v>
       </c>
       <c r="L104" s="15">
         <v>0.7986799999999999</v>
       </c>
       <c r="M104" s="15">
         <v>0.76796</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="E105" s="15">
         <v>10080005992</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>100</v>
       </c>
       <c r="K105" s="15">
         <v>1.5</v>
       </c>
       <c r="L105" s="15">
         <v>0.77594</v>
       </c>
       <c r="M105" s="15">
         <v>0.75131</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E106" s="15">
         <v>10080010564</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="J106" s="15">
         <v>264</v>
       </c>
       <c r="K106" s="15">
         <v>0.46538</v>
       </c>
       <c r="L106" s="15">
         <v>0.40333</v>
       </c>
       <c r="M106" s="15">
         <v>0.38781</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15">
-        <v>8500</v>
+        <v>6801</v>
       </c>
       <c r="P106" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>313</v>
       </c>
-      <c r="D107" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="15" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
       <c r="J107" s="15">
         <v>200</v>
       </c>
       <c r="K107" s="15">
         <v>0.43988</v>
       </c>
       <c r="L107" s="15">
         <v>0.38123</v>
       </c>
       <c r="M107" s="15">
         <v>0.36656</v>
       </c>
       <c r="N107" s="15">
-        <v>2405</v>
+        <v>1676</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>318</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>176</v>
       </c>
       <c r="K108" s="15">
         <v>0.77588</v>
       </c>
       <c r="L108" s="15">
         <v>0.67243</v>
       </c>
       <c r="M108" s="15">
         <v>0.64656</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15">
         <v>1056</v>
       </c>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>321</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>200</v>
       </c>
       <c r="K109" s="15">
         <v>0.57674</v>
       </c>
       <c r="L109" s="15">
         <v>0.48372</v>
       </c>
       <c r="M109" s="15">
         <v>0.46511</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
       <c r="E110" s="15">
         <v>10080034875</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>700</v>
       </c>
       <c r="K110" s="15">
         <v>0.88305</v>
       </c>
       <c r="L110" s="15">
         <v>0.61814</v>
       </c>
       <c r="M110" s="15">
         <v>0.57398</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>325</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="E111" s="15">
         <v>10080057529</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>1.09</v>
       </c>
       <c r="L111" s="15">
         <v>0</v>
       </c>
       <c r="M111" s="15">
         <v>0</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>330</v>
       </c>
       <c r="E112" s="15">
         <v>10080032634</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>200</v>
       </c>
       <c r="K112" s="15">
         <v>1.12</v>
       </c>
       <c r="L112" s="15">
         <v>0.74865</v>
       </c>
       <c r="M112" s="15">
         <v>0.68103</v>
       </c>
       <c r="N112" s="15">
         <v>65</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>330</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E113" s="15">
         <v>10080033641</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>176</v>
       </c>
       <c r="K113" s="15">
         <v>0.63273</v>
       </c>
       <c r="L113" s="15">
         <v>0.54837</v>
       </c>
       <c r="M113" s="15">
         <v>0.52728</v>
       </c>
       <c r="N113" s="15">
-        <v>2010</v>
+        <v>1162</v>
       </c>
       <c r="O113" s="15">
-        <v>2160</v>
+        <v>2700</v>
       </c>
       <c r="P113" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E114" s="15">
         <v>10080046972</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="I114" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="J114" s="15">
         <v>160</v>
       </c>
       <c r="K114" s="15">
         <v>0.93916</v>
       </c>
       <c r="L114" s="15">
         <v>0.9016</v>
       </c>
       <c r="M114" s="15">
         <v>0.86403</v>
       </c>
       <c r="N114" s="15">
-        <v>981</v>
+        <v>776</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="J115" s="15">
         <v>176</v>
       </c>
       <c r="K115" s="15">
         <v>1.04</v>
       </c>
       <c r="L115" s="15">
         <v>0.74039</v>
       </c>
       <c r="M115" s="15">
         <v>0.66635</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="E116" s="15">
         <v>10080000401</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J116" s="15">
         <v>200</v>
       </c>
       <c r="K116" s="15">
         <v>0.69608</v>
       </c>
       <c r="L116" s="15">
         <v>0.60327</v>
       </c>
       <c r="M116" s="15">
         <v>0.58006</v>
       </c>
       <c r="N116" s="15">
-        <v>13520</v>
+        <v>10452</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
       <c r="E117" s="15">
         <v>10080072078</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>200</v>
       </c>
       <c r="K117" s="15">
         <v>0.71108</v>
       </c>
       <c r="L117" s="15">
         <v>0.59257</v>
       </c>
       <c r="M117" s="15">
         <v>0.56887</v>
       </c>
       <c r="N117" s="15">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>343</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>345</v>
       </c>
       <c r="E118" s="15">
         <v>10080037274</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>1000</v>
       </c>
       <c r="K118" s="15">
         <v>1.06</v>
       </c>
       <c r="L118" s="15">
         <v>0.73954</v>
       </c>
       <c r="M118" s="15">
         <v>0.68672</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="E119" s="15">
         <v>10080037958</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>1.44</v>
       </c>
       <c r="L119" s="15">
         <v>0.71977</v>
       </c>
       <c r="M119" s="15">
         <v>0.65438</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="E120" s="15">
         <v>10080061463</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>100</v>
       </c>
       <c r="K120" s="15">
         <v>0.46948</v>
       </c>
       <c r="L120" s="15">
         <v>0</v>
       </c>
       <c r="M120" s="15">
         <v>0</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="E121" s="15">
         <v>10080056662</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>0.4841</v>
       </c>
       <c r="L121" s="15">
         <v>0.40341</v>
       </c>
       <c r="M121" s="15">
         <v>0.38727</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="E122" s="15">
         <v>10080061465</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I122" s="15" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="J122" s="15">
         <v>176</v>
       </c>
       <c r="K122" s="15">
         <v>0.4539</v>
       </c>
       <c r="L122" s="15">
         <v>0.39338</v>
       </c>
       <c r="M122" s="15">
         <v>0.37825</v>
       </c>
       <c r="N122" s="15">
-        <v>6611</v>
+        <v>5411</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D123" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="15" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.77672</v>
       </c>
       <c r="L123" s="15">
         <v>0.56196</v>
       </c>
       <c r="M123" s="15">
         <v>0.49037</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="E124" s="15">
         <v>10080032765</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>100</v>
       </c>
       <c r="K124" s="15">
         <v>1.16</v>
       </c>
       <c r="L124" s="15">
         <v>0.61431</v>
       </c>
       <c r="M124" s="15">
         <v>0.52397</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>357</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="E125" s="15">
         <v>10080064656</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>200</v>
       </c>
       <c r="K125" s="15">
         <v>0.974</v>
       </c>
       <c r="L125" s="15">
         <v>0.84413</v>
       </c>
       <c r="M125" s="15">
         <v>0.81166</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15">
-        <v>1090</v>
+        <v>1132</v>
       </c>
       <c r="P125" s="15" t="s">
         <v>143</v>
       </c>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>359</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>360</v>
       </c>
-      <c r="D126" s="15" t="s">
+      <c r="E126" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>100</v>
       </c>
       <c r="K126" s="15">
         <v>0.61735</v>
       </c>
       <c r="L126" s="15">
         <v>0.51778</v>
       </c>
       <c r="M126" s="15">
         <v>0.49787</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>364</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>100</v>
       </c>
       <c r="K127" s="15">
         <v>0.7758</v>
       </c>
       <c r="L127" s="15">
         <v>0.65067</v>
       </c>
       <c r="M127" s="15">
         <v>0.62565</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>367</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15"/>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2100</v>
       </c>
       <c r="K128" s="15">
         <v>0.83752</v>
       </c>
       <c r="L128" s="15">
         <v>0.52346</v>
       </c>
       <c r="M128" s="15">
         <v>0.41876</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>369</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
       <c r="E129" s="15">
         <v>10080028496</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="J129" s="15">
         <v>2500</v>
       </c>
       <c r="K129" s="15">
         <v>0.23266</v>
       </c>
       <c r="L129" s="15">
         <v>0.19152</v>
       </c>
       <c r="M129" s="15">
         <v>0.17785</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="E130" s="15">
         <v>10080057403</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="I130" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="J130" s="15">
         <v>10000</v>
       </c>
       <c r="K130" s="15">
         <v>0.09263</v>
       </c>
       <c r="L130" s="15">
         <v>0.08028</v>
       </c>
       <c r="M130" s="15">
         <v>0.07718999999999999</v>
       </c>
       <c r="N130" s="15">
-        <v>6400</v>
+        <v>6801</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>376</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>377</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1000</v>
       </c>
       <c r="K131" s="15">
         <v>1.79</v>
       </c>
       <c r="L131" s="15">
         <v>1.5</v>
       </c>
       <c r="M131" s="15">
         <v>1.45</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>381</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>3000</v>
       </c>
       <c r="K132" s="15">
         <v>1.84</v>
       </c>
       <c r="L132" s="15">
         <v>1.54</v>
       </c>
       <c r="M132" s="15">
         <v>1.48</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>383</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E133" s="15">
         <v>10080067105</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15"/>
       <c r="K133" s="15">
         <v>23.84</v>
       </c>
       <c r="L133" s="15">
         <v>19.86</v>
       </c>
       <c r="M133" s="15">
         <v>19.07</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14"/>
       <c r="C134" s="15"/>
       <c r="D134" s="15"/>
       <c r="E134" s="15"/>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
@@ -6781,317 +6774,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>388</v>
+        <v>387</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>395</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>