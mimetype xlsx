--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="413">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="416">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -256,50 +256,62 @@
   <si>
     <t>BNC-J</t>
   </si>
   <si>
     <t>разъём BNC, гнездо на плату / BNC-J</t>
   </si>
   <si>
     <t>10-00060782</t>
   </si>
   <si>
     <t>RUICHI</t>
   </si>
   <si>
     <t>DOSIN-806-0001</t>
   </si>
   <si>
     <t>ВЧ розетка угловая коаксиальная, L=15мм / DOSIN-806-0001</t>
   </si>
   <si>
     <t>UT-00128994</t>
   </si>
   <si>
     <t>DOSIN</t>
   </si>
   <si>
+    <t>ECT818000417</t>
+  </si>
+  <si>
+    <t>розетка IPEX прямая на плату, SMT / ECT818000417</t>
+  </si>
+  <si>
+    <t>UT-00155505</t>
+  </si>
+  <si>
+    <t>ECT</t>
+  </si>
+  <si>
     <t>FFA.0S.250.CTAC32</t>
   </si>
   <si>
     <t>коаксиальный разъем для кабелей RG 178 B/U, RG 196 A/U, RG 188 A/U, RG 316 B/U, RG 174 A/U, HF-2114, RG 122 /U / FFA.0S.250.CTAC32</t>
   </si>
   <si>
     <t>UT-00138354</t>
   </si>
   <si>
     <t>Lemo</t>
   </si>
   <si>
     <t>L-KLS1-TNC097</t>
   </si>
   <si>
     <t>HT8195 (L-KLS1-TNC097)</t>
   </si>
   <si>
     <t>10-00060699</t>
   </si>
   <si>
     <t>J01000A1255Y</t>
   </si>
   <si>
     <t>BNC вилка, прямой на кабель / J01000A1255Y</t>
@@ -412,86 +424,86 @@
   <si>
     <t>переход N вилка - SMA розетка / KLS1-N/SMA-JK</t>
   </si>
   <si>
     <t>KLS1-N001-RG58</t>
   </si>
   <si>
     <t>Cable Connector,Plug Male,Straight Type,50 Ω,11GHz,Nickel Plating,RG-58 Cable. / KLS1-N001-RG58</t>
   </si>
   <si>
     <t>L-KLS1-RFBA05-OD1.37-L145</t>
   </si>
   <si>
     <t>RF Connectors 1.37mm Cable Diameter, Length 135mm / KLS1-RFBA05-OD1.37-L145</t>
   </si>
   <si>
     <t xml:space="preserve">019330806-1 HUS-TSAN, </t>
   </si>
   <si>
     <t>L-KLS1-RFCA05-OD1.13-L410</t>
   </si>
   <si>
     <t>Кабельная сборка (переходник гибкий) разъёмы UFL-F, SMA-F, 410 мм / KLS1-RFCA05-OD1.13-L410</t>
   </si>
   <si>
+    <t>02.05.2026</t>
+  </si>
+  <si>
     <t>L-KLS1-RFN05-OD1.13-L200</t>
   </si>
   <si>
     <t>Кабельная сборка / KLS1-RFN05-OD1.13-L200</t>
   </si>
   <si>
     <t>L-KLS1-SMA-C-KF3</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-C-KF3</t>
   </si>
   <si>
     <t>10-00060695</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD-4-2</t>
   </si>
   <si>
     <t>10-00060696</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>ВЧ разъём SMA / KLS1-SMA-KFD12</t>
   </si>
   <si>
     <t>10-00060769</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS1-SMA-KYWE-8-20</t>
   </si>
   <si>
     <t>(Gold plating , угловое гнездо на плату ) / KLS1-SMA-KYWE-8-20 (L-KLS1-SMA-KYWE-8-20)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS1-SMA-KYWE-8-20 KLS, </t>
   </si>
   <si>
     <t>UT-00134734</t>
   </si>
   <si>
     <t>L-KLS1-SMA003</t>
   </si>
   <si>
     <t>вилка на плату (вертикальное) L=13mm / KLS1-SMA003</t>
   </si>
   <si>
     <t>10-00060807</t>
   </si>
   <si>
     <t>L-KLS1-SMA005</t>
   </si>
   <si>
     <t>SMA вилка обжимн.на кабель / KLS1-SMA005</t>
@@ -932,53 +944,50 @@
     <t>розетка MMCX угловая коаксиальная на плату / MMCX6252N1-3GT30G-50</t>
   </si>
   <si>
     <t>UT-00145347</t>
   </si>
   <si>
     <t>PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>розетка коаксиальная кабельная на блок, гайка сзади / PSA.0S.250.CTLC32</t>
   </si>
   <si>
     <t>UT-00120784</t>
   </si>
   <si>
     <t>R141 277 000</t>
   </si>
   <si>
     <t>розетка BNC кабельная, с фланцем, кабель RG174/RG316/RD316 / R141 277 000</t>
   </si>
   <si>
     <t>UT-00154651</t>
   </si>
   <si>
     <t>Radiall</t>
-  </si>
-[...1 lines deleted...]
-    <t>07.03.2026</t>
   </si>
   <si>
     <t>L-KLS1-SMA-KWE-7-15.1</t>
   </si>
   <si>
     <t>RF Connectors, угловой / SAC0093TGG (L-KLS1-SMA-KWE-7-15.1)</t>
   </si>
   <si>
     <t>SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13mm / SMA-J (SMA-KE)</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
     <t>L-KLS1-SMA001</t>
   </si>
   <si>
     <t>гнездо на плату (вертикальное) L=13.5mm , Gold plating / SMA-J (SMA-KE) (L-KLS1-SMA001)</t>
   </si>
   <si>
     <t xml:space="preserve">5-1814832-1 TE Connectivity, L-KLS1-SMA001-E32 KLS, 5-1814832-2 TE Connectivity, L-KLS1-SMA001 KLS, </t>
   </si>
@@ -1761,51 +1770,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R134"/>
+  <dimension ref="A1:R135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2636,4125 +2645,4152 @@
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
-        <v>1</v>
+        <v>5000</v>
       </c>
       <c r="K26" s="15">
-        <v>52.12</v>
+        <v>0.04373</v>
       </c>
       <c r="L26" s="15">
-        <v>51.43</v>
+        <v>0.0379</v>
       </c>
       <c r="M26" s="15">
-        <v>49.45</v>
+        <v>0.03644</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>68</v>
+        <v>87</v>
       </c>
       <c r="I27" s="15"/>
-      <c r="J27" s="15"/>
+      <c r="J27" s="15">
+        <v>1</v>
+      </c>
       <c r="K27" s="15">
-        <v>0.34</v>
+        <v>52.12</v>
       </c>
       <c r="L27" s="15">
-        <v>0.34</v>
+        <v>51.43</v>
       </c>
       <c r="M27" s="15">
-        <v>0.34</v>
-[...3 lines deleted...]
-      </c>
+        <v>49.45</v>
+      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>90</v>
+        <v>68</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
-        <v>6.54</v>
+        <v>0.34</v>
       </c>
       <c r="L28" s="15">
-        <v>5.67</v>
+        <v>0.34</v>
       </c>
       <c r="M28" s="15">
-        <v>5.45</v>
-[...1 lines deleted...]
-      <c r="N28" s="15"/>
+        <v>0.34</v>
+      </c>
+      <c r="N28" s="15">
+        <v>2</v>
+      </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>18.8</v>
+        <v>6.54</v>
       </c>
       <c r="L29" s="15">
-        <v>16.29</v>
+        <v>5.67</v>
       </c>
       <c r="M29" s="15">
-        <v>15.67</v>
+        <v>5.45</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15"/>
       <c r="K30" s="15">
-        <v>34.79</v>
+        <v>18.8</v>
       </c>
       <c r="L30" s="15">
-        <v>30.15</v>
+        <v>16.29</v>
       </c>
       <c r="M30" s="15">
-        <v>28.99</v>
+        <v>15.67</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I31" s="15"/>
-      <c r="J31" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J31" s="15"/>
       <c r="K31" s="15">
-        <v>15.67</v>
+        <v>34.79</v>
       </c>
       <c r="L31" s="15">
-        <v>13.58</v>
+        <v>30.15</v>
       </c>
       <c r="M31" s="15">
-        <v>13.06</v>
+        <v>28.99</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="I32" s="15"/>
-      <c r="J32" s="15"/>
+      <c r="J32" s="15">
+        <v>40</v>
+      </c>
       <c r="K32" s="15">
-        <v>10.46</v>
+        <v>15.67</v>
       </c>
       <c r="L32" s="15">
-        <v>9.07</v>
+        <v>13.58</v>
       </c>
       <c r="M32" s="15">
-        <v>8.720000000000001</v>
+        <v>13.06</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
-        <v>1.1</v>
+        <v>10.46</v>
       </c>
       <c r="L33" s="15">
-        <v>1.1</v>
+        <v>9.07</v>
       </c>
       <c r="M33" s="15">
-        <v>1.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>8.720000000000001</v>
+      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15">
-        <v>1.45</v>
+        <v>1.1</v>
       </c>
       <c r="L34" s="15">
-        <v>1.19</v>
+        <v>1.1</v>
       </c>
       <c r="M34" s="15">
-        <v>1.14</v>
-[...1 lines deleted...]
-      <c r="N34" s="15"/>
+        <v>1.1</v>
+      </c>
+      <c r="N34" s="15">
+        <v>1</v>
+      </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I35" s="15"/>
-      <c r="J35" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J35" s="15"/>
       <c r="K35" s="15">
-        <v>1.18</v>
+        <v>1.45</v>
       </c>
       <c r="L35" s="15">
-        <v>0.9923999999999999</v>
+        <v>1.19</v>
       </c>
       <c r="M35" s="15">
-        <v>0.95423</v>
+        <v>1.14</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>10080046552</v>
+        <v>114</v>
+      </c>
+      <c r="E36" s="15" t="s">
+        <v>115</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I36" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I36" s="15"/>
       <c r="J36" s="15">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="K36" s="15">
-        <v>0.15752</v>
+        <v>1.18</v>
       </c>
       <c r="L36" s="15">
-        <v>0.15752</v>
+        <v>0.9923999999999999</v>
       </c>
       <c r="M36" s="15">
-        <v>0.15752</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.95423</v>
+      </c>
+      <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="E37" s="15" t="s">
         <v>117</v>
+      </c>
+      <c r="E37" s="15">
+        <v>10080046552</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I37" s="15"/>
-      <c r="J37" s="15"/>
+      <c r="I37" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="J37" s="15">
+        <v>5000</v>
+      </c>
       <c r="K37" s="15">
-        <v>0.41</v>
+        <v>0.15752</v>
       </c>
       <c r="L37" s="15">
-        <v>0.41</v>
+        <v>0.15752</v>
       </c>
       <c r="M37" s="15">
-        <v>0.41</v>
+        <v>0.15752</v>
       </c>
       <c r="N37" s="15">
-        <v>2</v>
+        <v>3414</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>10080048979</v>
+        <v>120</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>121</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I38" s="15"/>
-      <c r="J38" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J38" s="15"/>
       <c r="K38" s="15">
-        <v>0.73767</v>
+        <v>0.41</v>
       </c>
       <c r="L38" s="15">
-        <v>0.60488</v>
+        <v>0.41</v>
       </c>
       <c r="M38" s="15">
-        <v>0.58029</v>
-[...1 lines deleted...]
-      <c r="N38" s="15"/>
+        <v>0.41</v>
+      </c>
+      <c r="N38" s="15">
+        <v>2</v>
+      </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>123</v>
+      </c>
+      <c r="E39" s="15">
+        <v>10080048979</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I39" s="15"/>
-      <c r="J39" s="15"/>
+      <c r="J39" s="15">
+        <v>1000</v>
+      </c>
       <c r="K39" s="15">
-        <v>0.41</v>
+        <v>0.73767</v>
       </c>
       <c r="L39" s="15">
-        <v>0.41</v>
+        <v>0.60488</v>
       </c>
       <c r="M39" s="15">
-        <v>0.41</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.58029</v>
+      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>10080067702</v>
+        <v>125</v>
+      </c>
+      <c r="E40" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
-        <v>2.66</v>
+        <v>0.41</v>
       </c>
       <c r="L40" s="15">
-        <v>2.22</v>
+        <v>0.41</v>
       </c>
       <c r="M40" s="15">
-        <v>2.13</v>
-[...1 lines deleted...]
-      <c r="N40" s="15"/>
+        <v>0.41</v>
+      </c>
+      <c r="N40" s="15">
+        <v>2</v>
+      </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E41" s="15">
-        <v>10080067706</v>
+        <v>10080067702</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
-        <v>1.8</v>
+        <v>2.66</v>
       </c>
       <c r="L41" s="15">
-        <v>1.5</v>
+        <v>2.22</v>
       </c>
       <c r="M41" s="15">
-        <v>1.44</v>
+        <v>2.13</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E42" s="15">
-        <v>10080065203</v>
+        <v>10080067706</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I42" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I42" s="15"/>
       <c r="J42" s="15"/>
       <c r="K42" s="15">
-        <v>10.69</v>
+        <v>1.8</v>
       </c>
       <c r="L42" s="15">
-        <v>8.91</v>
+        <v>1.5</v>
       </c>
       <c r="M42" s="15">
-        <v>8.550000000000001</v>
+        <v>1.44</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E43" s="15">
-        <v>10080070004</v>
+        <v>10080065203</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I43" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I43" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="J43" s="15"/>
       <c r="K43" s="15">
-        <v>0.84658</v>
+        <v>10.69</v>
       </c>
       <c r="L43" s="15">
-        <v>0.71003</v>
+        <v>8.91</v>
       </c>
       <c r="M43" s="15">
-        <v>0.6827299999999999</v>
+        <v>8.550000000000001</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E44" s="15">
-        <v>10080061898</v>
+        <v>10080070004</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I44" s="15"/>
-      <c r="J44" s="15"/>
+      <c r="J44" s="15">
+        <v>200</v>
+      </c>
       <c r="K44" s="15">
-        <v>1.86</v>
+        <v>0.84658</v>
       </c>
       <c r="L44" s="15">
-        <v>1.86</v>
+        <v>0.71003</v>
       </c>
       <c r="M44" s="15">
-        <v>1.86</v>
+        <v>0.6827299999999999</v>
       </c>
       <c r="N44" s="15"/>
-      <c r="O44" s="15"/>
-      <c r="P44" s="15"/>
+      <c r="O44" s="15">
+        <v>100</v>
+      </c>
+      <c r="P44" s="15" t="s">
+        <v>136</v>
+      </c>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>138</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10080061898</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
-        <v>0.21</v>
+        <v>1.86</v>
       </c>
       <c r="L45" s="15">
-        <v>0.21</v>
+        <v>1.86</v>
       </c>
       <c r="M45" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.86</v>
+      </c>
+      <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>0.21</v>
       </c>
       <c r="L46" s="15">
         <v>0.21</v>
       </c>
       <c r="M46" s="15">
         <v>0.21</v>
       </c>
       <c r="N46" s="15">
         <v>5</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I47" s="15"/>
-      <c r="J47" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J47" s="15"/>
       <c r="K47" s="15">
-        <v>0.67791</v>
+        <v>0.21</v>
       </c>
       <c r="L47" s="15">
-        <v>0.58752</v>
+        <v>0.21</v>
       </c>
       <c r="M47" s="15">
-        <v>0.56493</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.21</v>
+      </c>
+      <c r="N47" s="15">
+        <v>5</v>
+      </c>
+      <c r="O47" s="15"/>
+      <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>10080048965</v>
+        <v>146</v>
+      </c>
+      <c r="E48" s="15" t="s">
+        <v>147</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I48" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I48" s="15"/>
       <c r="J48" s="15">
-        <v>132</v>
+        <v>100</v>
       </c>
       <c r="K48" s="15">
-        <v>0.73458</v>
+        <v>0.67791</v>
       </c>
       <c r="L48" s="15">
-        <v>0.63664</v>
+        <v>0.58752</v>
       </c>
       <c r="M48" s="15">
-        <v>0.61215</v>
-[...4 lines deleted...]
-      <c r="O48" s="15"/>
+        <v>0.56493</v>
+      </c>
+      <c r="N48" s="15"/>
+      <c r="O48" s="15">
+        <v>711</v>
+      </c>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>147</v>
+        <v>149</v>
+      </c>
+      <c r="E49" s="15">
+        <v>10080048965</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I49" s="15" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="J49" s="15">
-        <v>1000</v>
+        <v>132</v>
       </c>
       <c r="K49" s="15">
-        <v>0.79437</v>
+        <v>0.73458</v>
       </c>
       <c r="L49" s="15">
-        <v>0.68845</v>
+        <v>0.63664</v>
       </c>
       <c r="M49" s="15">
-        <v>0.66198</v>
-[...1 lines deleted...]
-      <c r="N49" s="15"/>
+        <v>0.61215</v>
+      </c>
+      <c r="N49" s="15">
+        <v>8181</v>
+      </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I50" s="15"/>
-      <c r="J50" s="15"/>
+      <c r="I50" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="J50" s="15">
+        <v>1000</v>
+      </c>
       <c r="K50" s="15">
-        <v>0.21</v>
+        <v>0.79437</v>
       </c>
       <c r="L50" s="15">
-        <v>0.21</v>
+        <v>0.68845</v>
       </c>
       <c r="M50" s="15">
-        <v>0.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66198</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>10080056990</v>
+        <v>153</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>154</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
-        <v>0.65151</v>
+        <v>0.21</v>
       </c>
       <c r="L51" s="15">
-        <v>0.54293</v>
+        <v>0.21</v>
       </c>
       <c r="M51" s="15">
-        <v>0.5212</v>
-[...1 lines deleted...]
-      <c r="N51" s="15"/>
+        <v>0.21</v>
+      </c>
+      <c r="N51" s="15">
+        <v>5</v>
+      </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E52" s="15">
-        <v>10080075688</v>
+        <v>10080056990</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I52" s="15"/>
-      <c r="J52" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J52" s="15"/>
       <c r="K52" s="15">
-        <v>0.43545</v>
+        <v>0.65151</v>
       </c>
       <c r="L52" s="15">
-        <v>0.37739</v>
+        <v>0.54293</v>
       </c>
       <c r="M52" s="15">
-        <v>0.36288</v>
+        <v>0.5212</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E53" s="15">
-        <v>10080067705</v>
+        <v>10080075688</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>200</v>
       </c>
       <c r="K53" s="15">
-        <v>1.25</v>
+        <v>0.43545</v>
       </c>
       <c r="L53" s="15">
-        <v>1.04</v>
+        <v>0.37739</v>
       </c>
       <c r="M53" s="15">
-        <v>0.99981</v>
+        <v>0.36288</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>160</v>
+      </c>
+      <c r="E54" s="15">
+        <v>10080067705</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>200</v>
       </c>
       <c r="K54" s="15">
-        <v>0.60389</v>
+        <v>1.25</v>
       </c>
       <c r="L54" s="15">
-        <v>0.50649</v>
+        <v>1.04</v>
       </c>
       <c r="M54" s="15">
-        <v>0.48701</v>
+        <v>0.99981</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>161</v>
-[...2 lines deleted...]
-        <v>10080052113</v>
+        <v>162</v>
+      </c>
+      <c r="E55" s="15" t="s">
+        <v>163</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I55" s="15"/>
-      <c r="J55" s="15"/>
+      <c r="J55" s="15">
+        <v>200</v>
+      </c>
       <c r="K55" s="15">
-        <v>1.03</v>
+        <v>0.60389</v>
       </c>
       <c r="L55" s="15">
-        <v>0.84146</v>
+        <v>0.50649</v>
       </c>
       <c r="M55" s="15">
-        <v>0.80727</v>
+        <v>0.48701</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E56" s="15">
-        <v>10080067703</v>
+        <v>10080052113</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>0.643</v>
+        <v>1.03</v>
       </c>
       <c r="L56" s="15">
-        <v>0.53583</v>
+        <v>0.84146</v>
       </c>
       <c r="M56" s="15">
-        <v>0.5144</v>
+        <v>0.80727</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E57" s="15">
-        <v>10080050029</v>
+        <v>10080067703</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I57" s="15"/>
-      <c r="J57" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J57" s="15"/>
       <c r="K57" s="15">
-        <v>0.64562</v>
+        <v>0.643</v>
       </c>
       <c r="L57" s="15">
-        <v>0.55953</v>
+        <v>0.53583</v>
       </c>
       <c r="M57" s="15">
-        <v>0.53801</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.5144</v>
+      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>169</v>
+      </c>
+      <c r="E58" s="15">
+        <v>10080050029</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>100</v>
+        <v>176</v>
       </c>
       <c r="K58" s="15">
-        <v>1.21</v>
+        <v>0.64562</v>
       </c>
       <c r="L58" s="15">
-        <v>1.01</v>
+        <v>0.55953</v>
       </c>
       <c r="M58" s="15">
-        <v>0.97483</v>
-[...1 lines deleted...]
-      <c r="N58" s="15"/>
+        <v>0.53801</v>
+      </c>
+      <c r="N58" s="15">
+        <v>137</v>
+      </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K59" s="15">
-        <v>0.84422</v>
+        <v>1.21</v>
       </c>
       <c r="L59" s="15">
-        <v>0.70806</v>
+        <v>1.01</v>
       </c>
       <c r="M59" s="15">
-        <v>0.68083</v>
+        <v>0.97483</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>173</v>
-[...2 lines deleted...]
-        <v>10080032392</v>
+        <v>174</v>
+      </c>
+      <c r="E60" s="15" t="s">
+        <v>175</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I60" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>50</v>
+        <v>200</v>
       </c>
       <c r="K60" s="15">
-        <v>0.63562</v>
+        <v>0.84422</v>
       </c>
       <c r="L60" s="15">
-        <v>0.53311</v>
+        <v>0.70806</v>
       </c>
       <c r="M60" s="15">
-        <v>0.5125999999999999</v>
+        <v>0.68083</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="E61" s="15" t="s">
         <v>177</v>
+      </c>
+      <c r="E61" s="15">
+        <v>10080032392</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I61" s="15"/>
+      <c r="I61" s="15" t="s">
+        <v>178</v>
+      </c>
       <c r="J61" s="15">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="K61" s="15">
-        <v>0.35274</v>
+        <v>0.63562</v>
       </c>
       <c r="L61" s="15">
-        <v>0.30571</v>
+        <v>0.53311</v>
       </c>
       <c r="M61" s="15">
-        <v>0.29395</v>
+        <v>0.5125999999999999</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>10080034852</v>
+        <v>180</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>181</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K62" s="15">
-        <v>0.27545</v>
+        <v>0.35274</v>
       </c>
       <c r="L62" s="15">
-        <v>0.19749</v>
+        <v>0.30571</v>
       </c>
       <c r="M62" s="15">
-        <v>0.1715</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.29395</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>183</v>
+      </c>
+      <c r="E63" s="15">
+        <v>10080034852</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K63" s="15">
-        <v>1.56</v>
+        <v>0.27545</v>
       </c>
       <c r="L63" s="15">
-        <v>1.35</v>
+        <v>0.19749</v>
       </c>
       <c r="M63" s="15">
-        <v>1.3</v>
+        <v>0.1715</v>
       </c>
       <c r="N63" s="15">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
-      <c r="Q63" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>1.56</v>
       </c>
       <c r="L64" s="15">
         <v>1.35</v>
       </c>
       <c r="M64" s="15">
         <v>1.3</v>
       </c>
       <c r="N64" s="15">
         <v>3</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>5000</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K65" s="15">
-        <v>0.6348200000000001</v>
+        <v>1.56</v>
       </c>
       <c r="L65" s="15">
-        <v>0.53243</v>
+        <v>1.35</v>
       </c>
       <c r="M65" s="15">
-        <v>0.51195</v>
-[...1 lines deleted...]
-      <c r="N65" s="15"/>
+        <v>1.3</v>
+      </c>
+      <c r="N65" s="15">
+        <v>3</v>
+      </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
-      <c r="Q65" s="15"/>
+      <c r="Q65" s="15">
+        <v>5000</v>
+      </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K66" s="15">
-        <v>0.86755</v>
+        <v>0.6348200000000001</v>
       </c>
       <c r="L66" s="15">
-        <v>0.72762</v>
+        <v>0.53243</v>
       </c>
       <c r="M66" s="15">
-        <v>0.69964</v>
+        <v>0.51195</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.48841</v>
+        <v>0.86755</v>
       </c>
       <c r="L67" s="15">
-        <v>0.40963</v>
+        <v>0.72762</v>
       </c>
       <c r="M67" s="15">
-        <v>0.39388</v>
+        <v>0.69964</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.4455</v>
+        <v>0.48841</v>
       </c>
       <c r="L68" s="15">
-        <v>0.37365</v>
+        <v>0.40963</v>
       </c>
       <c r="M68" s="15">
-        <v>0.35928</v>
+        <v>0.39388</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.48177</v>
+        <v>0.4455</v>
       </c>
       <c r="L69" s="15">
-        <v>0.41753</v>
+        <v>0.37365</v>
       </c>
       <c r="M69" s="15">
-        <v>0.40148</v>
+        <v>0.35928</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.53127</v>
+        <v>0.48177</v>
       </c>
       <c r="L70" s="15">
-        <v>0.46043</v>
+        <v>0.41753</v>
       </c>
       <c r="M70" s="15">
-        <v>0.44273</v>
+        <v>0.40148</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>205</v>
-[...2 lines deleted...]
-        <v>10080035159</v>
+        <v>206</v>
+      </c>
+      <c r="E71" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I71" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.45</v>
+        <v>0.53127</v>
       </c>
       <c r="L71" s="15">
-        <v>0.35</v>
+        <v>0.46043</v>
       </c>
       <c r="M71" s="15">
-        <v>0.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44273</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="E72" s="15" t="s">
         <v>209</v>
+      </c>
+      <c r="E72" s="15">
+        <v>10080035159</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I72" s="15"/>
-      <c r="J72" s="15"/>
+      <c r="I72" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="J72" s="15">
+        <v>1000</v>
+      </c>
       <c r="K72" s="15">
-        <v>0.59192</v>
+        <v>0.45</v>
       </c>
       <c r="L72" s="15">
-        <v>0.5129899999999999</v>
+        <v>0.35</v>
       </c>
       <c r="M72" s="15">
-        <v>0.49326</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.33</v>
+      </c>
+      <c r="N72" s="15">
+        <v>493</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I73" s="15"/>
-      <c r="J73" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J73" s="15"/>
       <c r="K73" s="15">
-        <v>0.7685999999999999</v>
+        <v>0.59192</v>
       </c>
       <c r="L73" s="15">
-        <v>0.64463</v>
+        <v>0.5129899999999999</v>
       </c>
       <c r="M73" s="15">
-        <v>0.6198399999999999</v>
+        <v>0.49326</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K74" s="15">
-        <v>2.32</v>
+        <v>0.7685999999999999</v>
       </c>
       <c r="L74" s="15">
-        <v>2.01</v>
+        <v>0.64463</v>
       </c>
       <c r="M74" s="15">
-        <v>1.93</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.6198399999999999</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
-      <c r="Q74" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="K75" s="15">
-        <v>0.56352</v>
+        <v>2.32</v>
       </c>
       <c r="L75" s="15">
-        <v>0.48838</v>
+        <v>2.01</v>
       </c>
       <c r="M75" s="15">
-        <v>0.4696</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>1.93</v>
+      </c>
+      <c r="N75" s="15">
+        <v>93</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
-      <c r="Q75" s="15"/>
+      <c r="Q75" s="15">
+        <v>1000</v>
+      </c>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>300</v>
+        <v>500</v>
       </c>
       <c r="K76" s="15">
-        <v>0.60245</v>
+        <v>0.56352</v>
       </c>
       <c r="L76" s="15">
-        <v>0.52212</v>
+        <v>0.48838</v>
       </c>
       <c r="M76" s="15">
-        <v>0.50204</v>
+        <v>0.4696</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>10080056781</v>
+        <v>224</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>225</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>100</v>
+        <v>300</v>
       </c>
       <c r="K77" s="15">
-        <v>0.65638</v>
+        <v>0.60245</v>
       </c>
       <c r="L77" s="15">
-        <v>0.65638</v>
+        <v>0.52212</v>
       </c>
       <c r="M77" s="15">
-        <v>0.65638</v>
+        <v>0.50204</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>227</v>
+      </c>
+      <c r="E78" s="15">
+        <v>10080056781</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>100</v>
       </c>
       <c r="K78" s="15">
-        <v>0.89588</v>
+        <v>0.65638</v>
       </c>
       <c r="L78" s="15">
-        <v>0.89588</v>
+        <v>0.65638</v>
       </c>
       <c r="M78" s="15">
-        <v>0.89588</v>
+        <v>0.65638</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
-      <c r="Q78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>10080060853</v>
+        <v>229</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>230</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15"/>
+      <c r="J79" s="15">
+        <v>100</v>
+      </c>
       <c r="K79" s="15">
-        <v>0.74961</v>
+        <v>0.89588</v>
       </c>
       <c r="L79" s="15">
-        <v>0.64966</v>
+        <v>0.89588</v>
       </c>
       <c r="M79" s="15">
-        <v>0.62468</v>
+        <v>0.89588</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
-      <c r="Q79" s="15"/>
+      <c r="Q79" s="15">
+        <v>1000</v>
+      </c>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>232</v>
+      </c>
+      <c r="E80" s="15">
+        <v>10080060853</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>1.13</v>
+        <v>0.74961</v>
       </c>
       <c r="L80" s="15">
-        <v>0.94836</v>
+        <v>0.64966</v>
       </c>
       <c r="M80" s="15">
-        <v>0.91189</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.62468</v>
+      </c>
+      <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>3.62</v>
+        <v>1.13</v>
       </c>
       <c r="L81" s="15">
-        <v>3.03</v>
+        <v>0.94836</v>
       </c>
       <c r="M81" s="15">
-        <v>2.92</v>
-[...1 lines deleted...]
-      <c r="N81" s="15"/>
+        <v>0.91189</v>
+      </c>
+      <c r="N81" s="15">
+        <v>10</v>
+      </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>10080075632</v>
+        <v>237</v>
+      </c>
+      <c r="E82" s="15" t="s">
+        <v>238</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
-        <v>4.31</v>
+        <v>3.62</v>
       </c>
       <c r="L82" s="15">
-        <v>3.59</v>
+        <v>3.03</v>
       </c>
       <c r="M82" s="15">
-        <v>3.45</v>
+        <v>2.92</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>240</v>
+      </c>
+      <c r="E83" s="15">
+        <v>10080075632</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>3.42</v>
+        <v>4.31</v>
       </c>
       <c r="L83" s="15">
-        <v>2.97</v>
+        <v>3.59</v>
       </c>
       <c r="M83" s="15">
-        <v>2.85</v>
+        <v>3.45</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I84" s="15"/>
-      <c r="J84" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J84" s="15"/>
       <c r="K84" s="15">
-        <v>0.82682</v>
+        <v>3.42</v>
       </c>
       <c r="L84" s="15">
-        <v>0.69346</v>
+        <v>2.97</v>
       </c>
       <c r="M84" s="15">
-        <v>0.66679</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.85</v>
+      </c>
+      <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
+        <v>132</v>
+      </c>
+      <c r="K85" s="15">
+        <v>0.82682</v>
+      </c>
+      <c r="L85" s="15">
+        <v>0.69346</v>
+      </c>
+      <c r="M85" s="15">
+        <v>0.66679</v>
+      </c>
+      <c r="N85" s="15">
         <v>100</v>
       </c>
-      <c r="K85" s="15">
-[...8 lines deleted...]
-      <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
-      <c r="Q85" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>88</v>
+        <v>100</v>
       </c>
       <c r="K86" s="15">
-        <v>1.48</v>
+        <v>0.85284</v>
       </c>
       <c r="L86" s="15">
-        <v>1.07</v>
+        <v>0.71529</v>
       </c>
       <c r="M86" s="15">
-        <v>0.93676</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.68777</v>
+      </c>
+      <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
-      <c r="Q86" s="15"/>
+      <c r="Q86" s="15">
+        <v>1000</v>
+      </c>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>132</v>
+        <v>88</v>
       </c>
       <c r="K87" s="15">
-        <v>0.7737000000000001</v>
+        <v>1.48</v>
       </c>
       <c r="L87" s="15">
-        <v>0.67054</v>
+        <v>1.07</v>
       </c>
       <c r="M87" s="15">
-        <v>0.64475</v>
+        <v>0.93676</v>
       </c>
       <c r="N87" s="15">
-        <v>1009</v>
+        <v>125</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>200</v>
+        <v>132</v>
       </c>
       <c r="K88" s="15">
-        <v>0.9234</v>
+        <v>0.7737000000000001</v>
       </c>
       <c r="L88" s="15">
-        <v>0.77446</v>
+        <v>0.67054</v>
       </c>
       <c r="M88" s="15">
-        <v>0.74468</v>
-[...1 lines deleted...]
-      <c r="N88" s="15"/>
+        <v>0.64475</v>
+      </c>
+      <c r="N88" s="15">
+        <v>1513</v>
+      </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
-      <c r="Q88" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>256</v>
-[...2 lines deleted...]
-        <v>10080052255</v>
+        <v>257</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>258</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I89" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>200</v>
       </c>
       <c r="K89" s="15">
-        <v>0.62385</v>
+        <v>0.9234</v>
       </c>
       <c r="L89" s="15">
-        <v>0.52324</v>
+        <v>0.77446</v>
       </c>
       <c r="M89" s="15">
-        <v>0.5031099999999999</v>
+        <v>0.74468</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
-      <c r="Q89" s="15"/>
+      <c r="Q89" s="15">
+        <v>1000</v>
+      </c>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="E90" s="15" t="s">
         <v>260</v>
+      </c>
+      <c r="E90" s="15">
+        <v>10080052255</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J90" s="15">
         <v>200</v>
       </c>
       <c r="K90" s="15">
-        <v>0.80524</v>
+        <v>0.62385</v>
       </c>
       <c r="L90" s="15">
-        <v>0.67536</v>
+        <v>0.52324</v>
       </c>
       <c r="M90" s="15">
-        <v>0.64939</v>
+        <v>0.5031099999999999</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I91" s="15"/>
+      <c r="I91" s="15" t="s">
+        <v>265</v>
+      </c>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
-        <v>0.59214</v>
+        <v>0.80524</v>
       </c>
       <c r="L91" s="15">
-        <v>0.51319</v>
+        <v>0.67536</v>
       </c>
       <c r="M91" s="15">
-        <v>0.49345</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.64939</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
-      <c r="Q91" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I92" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>200</v>
       </c>
       <c r="K92" s="15">
-        <v>0.59184</v>
+        <v>0.59214</v>
       </c>
       <c r="L92" s="15">
-        <v>0.51293</v>
+        <v>0.51319</v>
       </c>
       <c r="M92" s="15">
-        <v>0.4932</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.49345</v>
+      </c>
+      <c r="N92" s="15">
+        <v>69</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
-      <c r="Q92" s="15"/>
+      <c r="Q92" s="15">
+        <v>1000</v>
+      </c>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>269</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>270</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>271</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I93" s="15"/>
+      <c r="I93" s="15" t="s">
+        <v>272</v>
+      </c>
       <c r="J93" s="15">
-        <v>500</v>
+        <v>200</v>
       </c>
       <c r="K93" s="15">
-        <v>0.77923</v>
+        <v>0.59184</v>
       </c>
       <c r="L93" s="15">
-        <v>0.65354</v>
+        <v>0.51293</v>
       </c>
       <c r="M93" s="15">
-        <v>0.62841</v>
+        <v>0.4932</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>176</v>
+        <v>500</v>
       </c>
       <c r="K94" s="15">
-        <v>0.80823</v>
+        <v>0.77923</v>
       </c>
       <c r="L94" s="15">
-        <v>0.70047</v>
+        <v>0.65354</v>
       </c>
       <c r="M94" s="15">
-        <v>0.67353</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.62841</v>
+      </c>
+      <c r="N94" s="15"/>
+      <c r="O94" s="15"/>
+      <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>1</v>
+        <v>176</v>
       </c>
       <c r="K95" s="15">
-        <v>26.7</v>
+        <v>0.80823</v>
       </c>
       <c r="L95" s="15">
-        <v>22.25</v>
+        <v>0.70047</v>
       </c>
       <c r="M95" s="15">
-        <v>21.36</v>
-[...2 lines deleted...]
-      <c r="O95" s="15"/>
+        <v>0.67353</v>
+      </c>
+      <c r="N95" s="15">
+        <v>257</v>
+      </c>
+      <c r="O95" s="15">
+        <v>1220</v>
+      </c>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1</v>
       </c>
       <c r="K96" s="15">
         <v>26.7</v>
       </c>
       <c r="L96" s="15">
         <v>22.25</v>
       </c>
       <c r="M96" s="15">
         <v>21.36</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I97" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>100</v>
+        <v>1</v>
       </c>
       <c r="K97" s="15">
-        <v>0.58302</v>
+        <v>26.7</v>
       </c>
       <c r="L97" s="15">
-        <v>0.50528</v>
+        <v>22.25</v>
       </c>
       <c r="M97" s="15">
-        <v>0.48585</v>
+        <v>21.36</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>286</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>287</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I98" s="15"/>
+      <c r="I98" s="15" t="s">
+        <v>288</v>
+      </c>
       <c r="J98" s="15">
-        <v>45</v>
+        <v>100</v>
       </c>
       <c r="K98" s="15">
-        <v>0.94757</v>
+        <v>0.58302</v>
       </c>
       <c r="L98" s="15">
-        <v>0.77699</v>
+        <v>0.50528</v>
       </c>
       <c r="M98" s="15">
-        <v>0.74541</v>
+        <v>0.48585</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I99" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>1000</v>
+        <v>45</v>
       </c>
       <c r="K99" s="15">
-        <v>0.5818</v>
+        <v>0.94757</v>
       </c>
       <c r="L99" s="15">
-        <v>0.48797</v>
+        <v>0.77699</v>
       </c>
       <c r="M99" s="15">
-        <v>0.4692</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.74541</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="I100" s="15" t="s">
         <v>295</v>
       </c>
-      <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>1</v>
+        <v>1000</v>
       </c>
       <c r="K100" s="15">
-        <v>3.82</v>
+        <v>0.5818</v>
       </c>
       <c r="L100" s="15">
-        <v>3.2</v>
+        <v>0.48797</v>
       </c>
       <c r="M100" s="15">
-        <v>3.08</v>
-[...1 lines deleted...]
-      <c r="N100" s="15"/>
+        <v>0.4692</v>
+      </c>
+      <c r="N100" s="15">
+        <v>2</v>
+      </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E101" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>33</v>
+        <v>299</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="K101" s="15">
-        <v>5.04</v>
+        <v>3.82</v>
       </c>
       <c r="L101" s="15">
-        <v>5.04</v>
+        <v>3.2</v>
       </c>
       <c r="M101" s="15">
-        <v>5.04</v>
+        <v>3.08</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="K102" s="15">
-        <v>47.14</v>
+        <v>5.04</v>
       </c>
       <c r="L102" s="15">
-        <v>39.54</v>
+        <v>5.04</v>
       </c>
       <c r="M102" s="15">
-        <v>38.02</v>
+        <v>5.04</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
-        <v>305</v>
+        <v>87</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15"/>
+      <c r="J103" s="15">
+        <v>1</v>
+      </c>
       <c r="K103" s="15">
-        <v>75.20999999999999</v>
+        <v>47.14</v>
       </c>
       <c r="L103" s="15">
-        <v>65.18000000000001</v>
+        <v>39.54</v>
       </c>
       <c r="M103" s="15">
-        <v>62.68</v>
+        <v>38.02</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
-      <c r="P103" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080059357</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="I104" s="15"/>
-      <c r="J104" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J104" s="15"/>
       <c r="K104" s="15">
-        <v>0.9522699999999999</v>
+        <v>82.03</v>
       </c>
       <c r="L104" s="15">
-        <v>0.7986799999999999</v>
+        <v>71.09</v>
       </c>
       <c r="M104" s="15">
-        <v>0.76796</v>
+        <v>68.34999999999999</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E105" s="15">
-        <v>10080005992</v>
+        <v>10080059357</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
-        <v>311</v>
+        <v>68</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>1.5</v>
+        <v>0.9522699999999999</v>
       </c>
       <c r="L105" s="15">
-        <v>0.77594</v>
+        <v>0.7986799999999999</v>
       </c>
       <c r="M105" s="15">
-        <v>0.75131</v>
+        <v>0.76796</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E106" s="15">
-        <v>10080010564</v>
+        <v>10080005992</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="I106" s="15" t="s">
         <v>314</v>
       </c>
+      <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>264</v>
+        <v>100</v>
       </c>
       <c r="K106" s="15">
-        <v>0.46538</v>
+        <v>1.5</v>
       </c>
       <c r="L106" s="15">
-        <v>0.40333</v>
+        <v>0.77594</v>
       </c>
       <c r="M106" s="15">
-        <v>0.38781</v>
+        <v>0.75131</v>
       </c>
       <c r="N106" s="15"/>
-      <c r="O106" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O106" s="15"/>
+      <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>313</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>316</v>
+      </c>
+      <c r="E107" s="15">
+        <v>10080010564</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J107" s="15">
-        <v>200</v>
+        <v>264</v>
       </c>
       <c r="K107" s="15">
-        <v>0.43988</v>
+        <v>0.46538</v>
       </c>
       <c r="L107" s="15">
-        <v>0.38123</v>
+        <v>0.40333</v>
       </c>
       <c r="M107" s="15">
-        <v>0.36656</v>
-[...4 lines deleted...]
-      <c r="O107" s="15"/>
+        <v>0.38781</v>
+      </c>
+      <c r="N107" s="15"/>
+      <c r="O107" s="15">
+        <v>6300</v>
+      </c>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="D108" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="E108" s="15" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I108" s="15"/>
+      <c r="I108" s="15" t="s">
+        <v>319</v>
+      </c>
       <c r="J108" s="15">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="K108" s="15">
-        <v>0.77588</v>
+        <v>0.43988</v>
       </c>
       <c r="L108" s="15">
-        <v>0.67243</v>
+        <v>0.38123</v>
       </c>
       <c r="M108" s="15">
-        <v>0.64656</v>
+        <v>0.36656</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
-      <c r="Q108" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>320</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E109" s="15" t="s">
         <v>322</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="K109" s="15">
-        <v>0.57674</v>
+        <v>0.77588</v>
       </c>
       <c r="L109" s="15">
-        <v>0.48372</v>
+        <v>0.67243</v>
       </c>
       <c r="M109" s="15">
-        <v>0.46511</v>
+        <v>0.64656</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
-      <c r="Q109" s="15"/>
+      <c r="Q109" s="15">
+        <v>1056</v>
+      </c>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="E110" s="15">
-        <v>10080034875</v>
+      <c r="E110" s="15" t="s">
+        <v>325</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>700</v>
+        <v>200</v>
       </c>
       <c r="K110" s="15">
-        <v>0.88305</v>
+        <v>0.57674</v>
       </c>
       <c r="L110" s="15">
-        <v>0.61814</v>
+        <v>0.48372</v>
       </c>
       <c r="M110" s="15">
-        <v>0.57398</v>
+        <v>0.46511</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E111" s="15">
-        <v>10080057529</v>
+        <v>10080034875</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I111" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I111" s="15"/>
       <c r="J111" s="15">
-        <v>100</v>
+        <v>700</v>
       </c>
       <c r="K111" s="15">
-        <v>1.09</v>
+        <v>0.88305</v>
       </c>
       <c r="L111" s="15">
-        <v>0</v>
+        <v>0.61814</v>
       </c>
       <c r="M111" s="15">
-        <v>0</v>
+        <v>0.57398</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>328</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>329</v>
       </c>
       <c r="E112" s="15">
-        <v>10080032634</v>
+        <v>10080057529</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I112" s="15"/>
+      <c r="I112" s="15" t="s">
+        <v>330</v>
+      </c>
       <c r="J112" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>1.12</v>
+        <v>1.09</v>
       </c>
       <c r="L112" s="15">
-        <v>0.74865</v>
+        <v>0</v>
       </c>
       <c r="M112" s="15">
-        <v>0.68103</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E113" s="15">
-        <v>10080033641</v>
+        <v>10080032634</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>176</v>
+        <v>200</v>
       </c>
       <c r="K113" s="15">
-        <v>0.63273</v>
+        <v>1.12</v>
       </c>
       <c r="L113" s="15">
-        <v>0.54837</v>
+        <v>0.74865</v>
       </c>
       <c r="M113" s="15">
-        <v>0.52728</v>
+        <v>0.68103</v>
       </c>
       <c r="N113" s="15">
-        <v>1162</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="O113" s="15"/>
+      <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E114" s="15">
-        <v>10080046972</v>
+        <v>10080033641</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="K114" s="15">
-        <v>0.93916</v>
+        <v>0.63273</v>
       </c>
       <c r="L114" s="15">
-        <v>0.9016</v>
+        <v>0.54837</v>
       </c>
       <c r="M114" s="15">
-        <v>0.86403</v>
+        <v>0.52728</v>
       </c>
       <c r="N114" s="15">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="O114" s="15"/>
+        <v>814</v>
+      </c>
+      <c r="O114" s="15">
+        <v>1890</v>
+      </c>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D115" s="15" t="s">
-[...3 lines deleted...]
-        <v>338</v>
+      <c r="E115" s="15">
+        <v>10080046972</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>68</v>
+        <v>337</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="J115" s="15">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="K115" s="15">
-        <v>1.04</v>
+        <v>0.93916</v>
       </c>
       <c r="L115" s="15">
-        <v>0.74039</v>
+        <v>0.9016</v>
       </c>
       <c r="M115" s="15">
-        <v>0.66635</v>
-[...1 lines deleted...]
-      <c r="N115" s="15"/>
+        <v>0.86403</v>
+      </c>
+      <c r="N115" s="15">
+        <v>1066</v>
+      </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>337</v>
-[...2 lines deleted...]
-        <v>10080000401</v>
+        <v>340</v>
+      </c>
+      <c r="E116" s="15" t="s">
+        <v>341</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="J116" s="15">
-        <v>200</v>
+        <v>176</v>
       </c>
       <c r="K116" s="15">
-        <v>0.69608</v>
+        <v>1.04</v>
       </c>
       <c r="L116" s="15">
-        <v>0.60327</v>
+        <v>0.74039</v>
       </c>
       <c r="M116" s="15">
-        <v>0.58006</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.66635</v>
+      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E117" s="15">
-        <v>10080072078</v>
+        <v>10080000401</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I117" s="15"/>
+      <c r="I117" s="15" t="s">
+        <v>343</v>
+      </c>
       <c r="J117" s="15">
         <v>200</v>
       </c>
       <c r="K117" s="15">
-        <v>0.71108</v>
+        <v>0.69608</v>
       </c>
       <c r="L117" s="15">
-        <v>0.59257</v>
+        <v>0.60327</v>
       </c>
       <c r="M117" s="15">
-        <v>0.56887</v>
+        <v>0.58006</v>
       </c>
       <c r="N117" s="15">
-        <v>154</v>
+        <v>10166</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E118" s="15">
-        <v>10080037274</v>
+        <v>10080072078</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K118" s="15">
-        <v>1.06</v>
+        <v>0.71108</v>
       </c>
       <c r="L118" s="15">
-        <v>0.73954</v>
+        <v>0.59257</v>
       </c>
       <c r="M118" s="15">
-        <v>0.68672</v>
-[...1 lines deleted...]
-      <c r="N118" s="15"/>
+        <v>0.56887</v>
+      </c>
+      <c r="N118" s="15">
+        <v>228</v>
+      </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E119" s="15">
-        <v>10080037958</v>
+        <v>10080037274</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
-        <v>1.44</v>
+        <v>1.06</v>
       </c>
       <c r="L119" s="15">
-        <v>0.71977</v>
+        <v>0.73954</v>
       </c>
       <c r="M119" s="15">
-        <v>0.65438</v>
+        <v>0.68672</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E120" s="15">
-        <v>10080061463</v>
+        <v>10080037958</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.46948</v>
+        <v>1.44</v>
       </c>
       <c r="L120" s="15">
-        <v>0</v>
+        <v>0.71977</v>
       </c>
       <c r="M120" s="15">
-        <v>0</v>
+        <v>0.65438</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E121" s="15">
-        <v>10080056662</v>
+        <v>10080061463</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I121" s="15"/>
-      <c r="J121" s="15"/>
+      <c r="J121" s="15">
+        <v>100</v>
+      </c>
       <c r="K121" s="15">
-        <v>0.4841</v>
+        <v>0.46948</v>
       </c>
       <c r="L121" s="15">
-        <v>0.40341</v>
+        <v>0</v>
       </c>
       <c r="M121" s="15">
-        <v>0.38727</v>
+        <v>0</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="E122" s="15">
-        <v>10080061465</v>
+        <v>10080056662</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I122" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I122" s="15"/>
+      <c r="J122" s="15"/>
       <c r="K122" s="15">
-        <v>0.4539</v>
+        <v>0.4841</v>
       </c>
       <c r="L122" s="15">
-        <v>0.39338</v>
+        <v>0.40341</v>
       </c>
       <c r="M122" s="15">
-        <v>0.37825</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.38727</v>
+      </c>
+      <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-        <v>354</v>
+        <v>355</v>
+      </c>
+      <c r="E123" s="15">
+        <v>10080061465</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="J123" s="15">
-        <v>1000</v>
+        <v>176</v>
       </c>
       <c r="K123" s="15">
-        <v>0.77672</v>
+        <v>0.4539</v>
       </c>
       <c r="L123" s="15">
-        <v>0.56196</v>
+        <v>0.39338</v>
       </c>
       <c r="M123" s="15">
-        <v>0.49037</v>
-[...1 lines deleted...]
-      <c r="N123" s="15"/>
+        <v>0.37825</v>
+      </c>
+      <c r="N123" s="15">
+        <v>4584</v>
+      </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>355</v>
       </c>
-      <c r="D124" s="15" t="s">
-[...3 lines deleted...]
-        <v>10080032765</v>
+      <c r="E124" s="15" t="s">
+        <v>357</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="I124" s="15"/>
+      <c r="I124" s="15" t="s">
+        <v>356</v>
+      </c>
       <c r="J124" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K124" s="15">
-        <v>1.16</v>
+        <v>0.77672</v>
       </c>
       <c r="L124" s="15">
-        <v>0.61431</v>
+        <v>0.56196</v>
       </c>
       <c r="M124" s="15">
-        <v>0.52397</v>
+        <v>0.49037</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E125" s="15">
-        <v>10080064656</v>
+        <v>10080032765</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>68</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="K125" s="15">
-        <v>0.974</v>
+        <v>1.16</v>
       </c>
       <c r="L125" s="15">
-        <v>0.84413</v>
+        <v>0.61431</v>
       </c>
       <c r="M125" s="15">
-        <v>0.81166</v>
+        <v>0.52397</v>
       </c>
       <c r="N125" s="15"/>
-      <c r="O125" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O125" s="15"/>
+      <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="E126" s="15" t="s">
         <v>361</v>
+      </c>
+      <c r="E126" s="15">
+        <v>10080064656</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>362</v>
+        <v>68</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>100</v>
+        <v>200</v>
       </c>
       <c r="K126" s="15">
-        <v>0.61735</v>
+        <v>0.974</v>
       </c>
       <c r="L126" s="15">
-        <v>0.51778</v>
+        <v>0.84413</v>
       </c>
       <c r="M126" s="15">
-        <v>0.49787</v>
+        <v>0.81166</v>
       </c>
       <c r="N126" s="15"/>
-      <c r="O126" s="15"/>
+      <c r="O126" s="15">
+        <v>963</v>
+      </c>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>100</v>
       </c>
       <c r="K127" s="15">
-        <v>0.7758</v>
+        <v>0.61735</v>
       </c>
       <c r="L127" s="15">
-        <v>0.65067</v>
+        <v>0.51778</v>
       </c>
       <c r="M127" s="15">
-        <v>0.62565</v>
+        <v>0.49787</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>366</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>367</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>368</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
-      <c r="H128" s="15"/>
+      <c r="H128" s="15" t="s">
+        <v>365</v>
+      </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
-        <v>2100</v>
+        <v>100</v>
       </c>
       <c r="K128" s="15">
-        <v>0.83752</v>
+        <v>0.7758</v>
       </c>
       <c r="L128" s="15">
-        <v>0.52346</v>
+        <v>0.65067</v>
       </c>
       <c r="M128" s="15">
-        <v>0.41876</v>
+        <v>0.62565</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>369</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>370</v>
       </c>
-      <c r="E129" s="15">
-        <v>10080028496</v>
+      <c r="E129" s="15" t="s">
+        <v>371</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
-      <c r="H129" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H129" s="15"/>
+      <c r="I129" s="15"/>
       <c r="J129" s="15">
-        <v>2500</v>
+        <v>2100</v>
       </c>
       <c r="K129" s="15">
-        <v>0.23266</v>
+        <v>0.83752</v>
       </c>
       <c r="L129" s="15">
-        <v>0.19152</v>
+        <v>0.52346</v>
       </c>
       <c r="M129" s="15">
-        <v>0.17785</v>
+        <v>0.41876</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E130" s="15">
-        <v>10080057403</v>
+        <v>10080028496</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="I130" s="15" t="s">
         <v>374</v>
       </c>
-      <c r="I130" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J130" s="15">
-        <v>10000</v>
+        <v>2500</v>
       </c>
       <c r="K130" s="15">
-        <v>0.09263</v>
+        <v>0.23266</v>
       </c>
       <c r="L130" s="15">
-        <v>0.08028</v>
+        <v>0.19152</v>
       </c>
       <c r="M130" s="15">
-        <v>0.07718999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.17785</v>
+      </c>
+      <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>376</v>
       </c>
-      <c r="D131" s="15" t="s">
-[...3 lines deleted...]
-        <v>378</v>
+      <c r="E131" s="15">
+        <v>10080057403</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="I131" s="15"/>
+        <v>377</v>
+      </c>
+      <c r="I131" s="15" t="s">
+        <v>378</v>
+      </c>
       <c r="J131" s="15">
-        <v>1000</v>
+        <v>10000</v>
       </c>
       <c r="K131" s="15">
-        <v>1.79</v>
+        <v>0.09263</v>
       </c>
       <c r="L131" s="15">
-        <v>1.5</v>
+        <v>0.08028</v>
       </c>
       <c r="M131" s="15">
-        <v>1.45</v>
-[...1 lines deleted...]
-      <c r="N131" s="15"/>
+        <v>0.07718999999999999</v>
+      </c>
+      <c r="N131" s="15">
+        <v>6393</v>
+      </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>1.84</v>
+        <v>1.79</v>
       </c>
       <c r="L132" s="15">
-        <v>1.54</v>
+        <v>1.5</v>
       </c>
       <c r="M132" s="15">
-        <v>1.48</v>
+        <v>1.45</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>383</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>384</v>
       </c>
-      <c r="E133" s="15">
-        <v>10080067105</v>
+      <c r="E133" s="15" t="s">
+        <v>385</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="I133" s="15"/>
-      <c r="J133" s="15"/>
+      <c r="J133" s="15">
+        <v>3000</v>
+      </c>
       <c r="K133" s="15">
-        <v>23.84</v>
+        <v>1.84</v>
       </c>
       <c r="L133" s="15">
-        <v>19.86</v>
+        <v>1.54</v>
       </c>
       <c r="M133" s="15">
-        <v>19.07</v>
+        <v>1.48</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
-      <c r="B134" s="14"/>
-[...2 lines deleted...]
-      <c r="E134" s="15"/>
+      <c r="B134" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C134" s="15" t="s">
+        <v>386</v>
+      </c>
+      <c r="D134" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="E134" s="15">
+        <v>10080067105</v>
+      </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
-      <c r="H134" s="15"/>
+      <c r="H134" s="15" t="s">
+        <v>388</v>
+      </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15"/>
-      <c r="K134" s="15"/>
-[...1 lines deleted...]
-      <c r="M134" s="15"/>
+      <c r="K134" s="15">
+        <v>23.84</v>
+      </c>
+      <c r="L134" s="15">
+        <v>19.86</v>
+      </c>
+      <c r="M134" s="15">
+        <v>19.07</v>
+      </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
+      <c r="R134"/>
+    </row>
+    <row r="135" spans="1:18">
+      <c r="B135" s="14"/>
+      <c r="C135" s="15"/>
+      <c r="D135" s="15"/>
+      <c r="E135" s="15"/>
+      <c r="F135" s="15"/>
+      <c r="G135" s="15"/>
+      <c r="H135" s="15"/>
+      <c r="I135" s="15"/>
+      <c r="J135" s="15"/>
+      <c r="K135" s="15"/>
+      <c r="L135" s="15"/>
+      <c r="M135" s="15"/>
+      <c r="N135" s="15"/>
+      <c r="O135" s="15"/>
+      <c r="P135" s="15"/>
+      <c r="Q135" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -6774,317 +6810,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>