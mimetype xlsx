--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -184,50 +184,53 @@
   <si>
     <t>вилка прямая RJ45 8P8C 10/100/1000Mbit/s Cat6A, корпус цинк / RJ4508MMSFWIC05</t>
   </si>
   <si>
     <t>UT-00153109</t>
   </si>
   <si>
     <t xml:space="preserve">6GK19011BB122AA0 SIEMENS, 6GK19011BB122AB0 SIEMENS, 6GK19011BB122AE0 SIEMENS, </t>
   </si>
   <si>
     <t>TP-10P10C</t>
   </si>
   <si>
     <t>телефонная вилка / TP-10P10C</t>
   </si>
   <si>
     <t>10-00058702</t>
   </si>
   <si>
     <t>L-KLS12-RJ11-4P4C-01</t>
   </si>
   <si>
     <t>TP-4P4C (L-KLS12-RJ11-4P4C-01)</t>
   </si>
   <si>
+    <t>05.04.2026</t>
+  </si>
+  <si>
     <t>4P4C FU F</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (4P4C FU F)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1121-P40T</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (DS1121-P40T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P2C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P2C) / TP-6P2C (L-KLS12-RJ12-6P2C-01)</t>
   </si>
   <si>
     <t>TP-6P4C</t>
   </si>
   <si>
     <t>Разъем TP-6P4C</t>
@@ -266,53 +269,50 @@
     <t>L-KLS12-RJ12-6P6C-06A</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-06A)</t>
   </si>
   <si>
     <t>UT-00147053</t>
   </si>
   <si>
     <t>8P8C FU F</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (8P8C FU F)</t>
   </si>
   <si>
     <t>DS1123-P80T</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (DS1123-P80T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ45-8P8C-01</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (KLS12-RJ45-8P8C-1)</t>
-  </si>
-[...1 lines deleted...]
-    <t>29.01.2026</t>
   </si>
   <si>
     <t>L-KLS12-RJ45E-8P8C-01</t>
   </si>
   <si>
     <t xml:space="preserve">(RJ45 Plug 8P8C) из двух частей / TP-8P8C (L-KLS12-RJ45E-8P8C-01) из двух частей </t>
   </si>
   <si>
     <t>TP-8P8C-S2</t>
   </si>
   <si>
     <t xml:space="preserve">(RJ45 Plug 8P8C) для плоского кабеля / TP-8P8C-S2 </t>
   </si>
   <si>
     <t>UT-00106029</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>DS1122-02P60T</t>
   </si>
   <si>
     <t>телефонная вилка длинные / TPL-6P6C (DS1122-02P60T)</t>
   </si>
@@ -1474,634 +1474,634 @@
       <c r="D16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E16" s="15">
         <v>10080011008</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.0309</v>
       </c>
       <c r="L16" s="15">
         <v>0.02236</v>
       </c>
       <c r="M16" s="15">
         <v>0.01951</v>
       </c>
       <c r="N16" s="15">
-        <v>73764</v>
+        <v>87382</v>
       </c>
       <c r="O16" s="15"/>
-      <c r="P16" s="15"/>
+      <c r="P16" s="15" t="s">
+        <v>56</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E17" s="15">
         <v>10080052330</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0168</v>
       </c>
       <c r="L17" s="15">
         <v>0.01456</v>
       </c>
       <c r="M17" s="15">
         <v>0.014</v>
       </c>
       <c r="N17" s="15">
-        <v>9701</v>
+        <v>7630</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18" s="15">
         <v>10000014963</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02757</v>
       </c>
       <c r="L18" s="15">
         <v>0.02389</v>
       </c>
       <c r="M18" s="15">
         <v>0.02298</v>
       </c>
       <c r="N18" s="15">
-        <v>8744</v>
+        <v>11444</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10080017459</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.02062</v>
       </c>
       <c r="L19" s="15">
         <v>0.01729</v>
       </c>
       <c r="M19" s="15">
         <v>0.01663</v>
       </c>
       <c r="N19" s="15">
-        <v>19093</v>
+        <v>19716</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E20" s="15">
         <v>10080034746</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03941</v>
       </c>
       <c r="L20" s="15">
         <v>0.02759</v>
       </c>
       <c r="M20" s="15">
         <v>0.02562</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080032366</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.03632</v>
       </c>
       <c r="L21" s="15">
         <v>0.03147</v>
       </c>
       <c r="M21" s="15">
         <v>0.03026</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080052331</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03038</v>
       </c>
       <c r="L22" s="15">
         <v>0.02633</v>
       </c>
       <c r="M22" s="15">
         <v>0.02531</v>
       </c>
       <c r="N22" s="15">
-        <v>74550</v>
+        <v>70099</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10000014964</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05449</v>
       </c>
       <c r="L23" s="15">
         <v>0.03942</v>
       </c>
       <c r="M23" s="15">
         <v>0.0344</v>
       </c>
       <c r="N23" s="15">
-        <v>14321</v>
+        <v>15789</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080010543</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08375</v>
       </c>
       <c r="L24" s="15">
         <v>0.04311</v>
       </c>
       <c r="M24" s="15">
         <v>0.04187</v>
       </c>
       <c r="N24" s="15">
         <v>1</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080045631</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.0349</v>
       </c>
       <c r="L25" s="15">
         <v>0.02493</v>
       </c>
       <c r="M25" s="15">
         <v>0.02244</v>
       </c>
-      <c r="N25" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N25" s="15">
+        <v>138000</v>
+      </c>
+      <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.09674000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.08112999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07801</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080052333</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03194</v>
       </c>
       <c r="L27" s="15">
         <v>0.02768</v>
       </c>
       <c r="M27" s="15">
         <v>0.02661</v>
       </c>
       <c r="N27" s="15">
-        <v>4634</v>
+        <v>3802</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000004576</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.07337</v>
       </c>
       <c r="L28" s="15">
         <v>0.05308</v>
       </c>
       <c r="M28" s="15">
         <v>0.04632</v>
       </c>
       <c r="N28" s="15">
-        <v>17727</v>
+        <v>13219</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080010631</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.03227</v>
       </c>
       <c r="L29" s="15">
         <v>0.02796</v>
       </c>
       <c r="M29" s="15">
         <v>0.02689</v>
       </c>
       <c r="N29" s="15">
-        <v>1041</v>
+        <v>543</v>
       </c>
       <c r="O29" s="15">
-        <v>39650</v>
-[...3 lines deleted...]
-      </c>
+        <v>50050</v>
+      </c>
+      <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080034761</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.09325</v>
       </c>
       <c r="L30" s="15">
         <v>0.06686</v>
       </c>
       <c r="M30" s="15">
         <v>0.06027</v>
       </c>
       <c r="N30" s="15">
-        <v>2767</v>
+        <v>3146</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <v>0.23311</v>
       </c>
       <c r="L31" s="15">
         <v>0.23311</v>
       </c>
       <c r="M31" s="15">
         <v>0.23311</v>
       </c>
       <c r="N31" s="15">
-        <v>1016</v>
+        <v>792</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2131,129 +2131,129 @@
       <c r="D33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080039004</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.13176</v>
       </c>
       <c r="L33" s="15">
         <v>0.09533</v>
       </c>
       <c r="M33" s="15">
         <v>0.08319</v>
       </c>
       <c r="N33" s="15">
-        <v>5683</v>
+        <v>5537</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="15">
         <v>10080048380</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.11761</v>
       </c>
       <c r="L34" s="15">
         <v>0.08509</v>
       </c>
       <c r="M34" s="15">
         <v>0.07425</v>
       </c>
       <c r="N34" s="15">
-        <v>8998</v>
+        <v>7583</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080052334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.12626</v>
       </c>
       <c r="L35" s="15">
         <v>0.07324</v>
       </c>
       <c r="M35" s="15">
         <v>0.06602</v>
       </c>
       <c r="N35" s="15">
-        <v>900</v>
+        <v>700</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
@@ -2318,51 +2318,51 @@
       <c r="D38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.16086</v>
       </c>
       <c r="L38" s="15">
         <v>0.11638</v>
       </c>
       <c r="M38" s="15">
         <v>0.10156</v>
       </c>
       <c r="N38" s="15">
-        <v>1284</v>
+        <v>2013</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15" t="s">