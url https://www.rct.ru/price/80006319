--- v1 (2025-12-14)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,53 +133,50 @@
   <si>
     <t>KLS12-WRJ45-20P</t>
   </si>
   <si>
     <t>кабельный корпус для вилки RJ45, IP65, D: 5 - 6.8мм / KLS12-WRJ45-20P</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>RJ4504MMAFWIC05</t>
   </si>
   <si>
     <t>вилка угловая RJ45 8P4C 10/100Mbit/s Cat5e, корпус цинк / RJ4504MMAFWIC05</t>
   </si>
   <si>
     <t>UT-00153113</t>
   </si>
   <si>
     <t>BEISIT</t>
   </si>
   <si>
     <t xml:space="preserve">6GK19011BB202AA0 SIEMENS, 6GK19011BB202AB0 SIEMENS, 6GK19011BB202AE0 SIEMENS, </t>
   </si>
   <si>
-    <t>16.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>RJ4504MMSFWIC05</t>
   </si>
   <si>
     <t>вилка прямая RJ45 8P4C 10/100Mbit/s Cat5e, корпус цинк / RJ4504MMSFWIC05</t>
   </si>
   <si>
     <t>UT-00153112</t>
   </si>
   <si>
     <t xml:space="preserve">6GK19011BB102AA0 SIEMENS, 6GK19011BB102AB0 SIEMENS, 6GK19011BB102AE0 SIEMENS, </t>
   </si>
   <si>
     <t>RJ4508MMAFWIC05</t>
   </si>
   <si>
     <t>вилка угловая RJ45 8P8C 10/100/1000Mbit/s Cat6A, корпус цинк / RJ4508MMAFWIC05</t>
   </si>
   <si>
     <t>UT-00153110</t>
   </si>
   <si>
     <t>RJ4508MMSFWIC05</t>
   </si>
   <si>
     <t>вилка прямая RJ45 8P8C 10/100/1000Mbit/s Cat6A, корпус цинк / RJ4508MMSFWIC05</t>
@@ -242,50 +239,53 @@
     <t>вилка RJ-11 6P4C на круглый кабель, 4 конт. центральные / TP-6P4C (DS1122-03-P40T)</t>
   </si>
   <si>
     <t>6P6C FU F</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (6P6C FU F)</t>
   </si>
   <si>
     <t>DS1122-P60T</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (DS1122-P60T)</t>
   </si>
   <si>
     <t>KLS12-RJ12-6P6C-2(3U)</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (KLS12-RJ12-6P6C-2(3U))</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-01)</t>
+  </si>
+  <si>
+    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-06A</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-06A)</t>
   </si>
   <si>
     <t>UT-00147053</t>
   </si>
   <si>
     <t>8P8C FU F</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (8P8C FU F)</t>
   </si>
   <si>
     <t>DS1123-P80T</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (DS1123-P80T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ45-8P8C-01</t>
   </si>
@@ -1276,601 +1276,597 @@
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>30</v>
       </c>
       <c r="K11" s="15">
         <v>15.54</v>
       </c>
       <c r="L11" s="15">
         <v>11.1</v>
       </c>
       <c r="M11" s="15">
         <v>9.99</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15">
         <v>1</v>
       </c>
-      <c r="P11" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
-      <c r="D12" s="15" t="s">
+      <c r="E12" s="15" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>30</v>
       </c>
       <c r="K12" s="15">
         <v>9.48</v>
       </c>
       <c r="L12" s="15">
         <v>6.77</v>
       </c>
       <c r="M12" s="15">
         <v>6.09</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15">
         <v>1</v>
       </c>
-      <c r="P12" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D13" s="15" t="s">
+      <c r="E13" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>30</v>
       </c>
       <c r="K13" s="15">
         <v>20.47</v>
       </c>
       <c r="L13" s="15">
         <v>14.62</v>
       </c>
       <c r="M13" s="15">
         <v>13.16</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
         <v>1</v>
       </c>
-      <c r="P13" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
-      <c r="D14" s="15" t="s">
+      <c r="E14" s="15" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>30</v>
       </c>
       <c r="K14" s="15">
         <v>11.37</v>
       </c>
       <c r="L14" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="M14" s="15">
         <v>7.31</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15">
         <v>1</v>
       </c>
-      <c r="P14" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.13819</v>
       </c>
       <c r="L15" s="15">
         <v>0.07538</v>
       </c>
       <c r="M15" s="15">
         <v>0.06909999999999999</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E16" s="15">
         <v>10080011008</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.0309</v>
+        <v>0.02126</v>
       </c>
       <c r="L16" s="15">
-        <v>0.02236</v>
+        <v>0.01842</v>
       </c>
       <c r="M16" s="15">
-        <v>0.01951</v>
+        <v>0.01771</v>
       </c>
       <c r="N16" s="15">
         <v>87382</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E17" s="15">
         <v>10080052330</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0168</v>
       </c>
       <c r="L17" s="15">
         <v>0.01456</v>
       </c>
       <c r="M17" s="15">
         <v>0.014</v>
       </c>
       <c r="N17" s="15">
-        <v>7630</v>
+        <v>7957</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E18" s="15">
         <v>10000014963</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02757</v>
       </c>
       <c r="L18" s="15">
         <v>0.02389</v>
       </c>
       <c r="M18" s="15">
         <v>0.02298</v>
       </c>
       <c r="N18" s="15">
-        <v>11444</v>
+        <v>9447</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E19" s="15">
         <v>10080017459</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.02062</v>
       </c>
       <c r="L19" s="15">
         <v>0.01729</v>
       </c>
       <c r="M19" s="15">
         <v>0.01663</v>
       </c>
       <c r="N19" s="15">
-        <v>19716</v>
+        <v>19484</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E20" s="15">
         <v>10080034746</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03941</v>
       </c>
       <c r="L20" s="15">
         <v>0.02759</v>
       </c>
       <c r="M20" s="15">
         <v>0.02562</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080032366</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.03632</v>
       </c>
       <c r="L21" s="15">
         <v>0.03147</v>
       </c>
       <c r="M21" s="15">
         <v>0.03026</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080052331</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03038</v>
       </c>
       <c r="L22" s="15">
         <v>0.02633</v>
       </c>
       <c r="M22" s="15">
         <v>0.02531</v>
       </c>
       <c r="N22" s="15">
-        <v>70099</v>
+        <v>71212</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10000014964</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.05449</v>
+        <v>0.03827</v>
       </c>
       <c r="L23" s="15">
-        <v>0.03942</v>
+        <v>0.03316</v>
       </c>
       <c r="M23" s="15">
-        <v>0.0344</v>
+        <v>0.03189</v>
       </c>
       <c r="N23" s="15">
-        <v>15789</v>
+        <v>11567</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E24" s="15">
         <v>10080010543</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.08375</v>
       </c>
       <c r="L24" s="15">
         <v>0.04311</v>
       </c>
       <c r="M24" s="15">
         <v>0.04187</v>
       </c>
       <c r="N24" s="15">
         <v>1</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080045631</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.0349</v>
+        <v>0.02609</v>
       </c>
       <c r="L25" s="15">
-        <v>0.02493</v>
+        <v>0.02261</v>
       </c>
       <c r="M25" s="15">
-        <v>0.02244</v>
+        <v>0.02174</v>
       </c>
       <c r="N25" s="15">
-        <v>138000</v>
-[...2 lines deleted...]
-      <c r="P25" s="15"/>
+        <v>134000</v>
+      </c>
+      <c r="O25" s="15">
+        <v>134000</v>
+      </c>
+      <c r="P25" s="15" t="s">
+        <v>75</v>
+      </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
@@ -1883,225 +1879,227 @@
       <c r="M26" s="15">
         <v>0.07801</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080052333</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03194</v>
       </c>
       <c r="L27" s="15">
         <v>0.02768</v>
       </c>
       <c r="M27" s="15">
         <v>0.02661</v>
       </c>
       <c r="N27" s="15">
-        <v>3802</v>
+        <v>4337</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000004576</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.07337</v>
+        <v>0.05153</v>
       </c>
       <c r="L28" s="15">
-        <v>0.05308</v>
+        <v>0.04466</v>
       </c>
       <c r="M28" s="15">
-        <v>0.04632</v>
+        <v>0.04294</v>
       </c>
       <c r="N28" s="15">
-        <v>13219</v>
+        <v>11371</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080010631</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.03227</v>
       </c>
       <c r="L29" s="15">
         <v>0.02796</v>
       </c>
       <c r="M29" s="15">
         <v>0.02689</v>
       </c>
       <c r="N29" s="15">
-        <v>543</v>
+        <v>1058</v>
       </c>
       <c r="O29" s="15">
-        <v>50050</v>
-[...1 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>71300</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>75</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080034761</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.09325</v>
       </c>
       <c r="L30" s="15">
         <v>0.06686</v>
       </c>
       <c r="M30" s="15">
         <v>0.06027</v>
       </c>
       <c r="N30" s="15">
-        <v>3146</v>
+        <v>2312</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>90</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <v>0.23311</v>
       </c>
       <c r="L31" s="15">
         <v>0.23311</v>
       </c>
       <c r="M31" s="15">
         <v>0.23311</v>
       </c>
       <c r="N31" s="15">
-        <v>792</v>
+        <v>851</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2122,138 +2120,138 @@
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080039004</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.13176</v>
+        <v>0.09081</v>
       </c>
       <c r="L33" s="15">
-        <v>0.09533</v>
+        <v>0.07870000000000001</v>
       </c>
       <c r="M33" s="15">
-        <v>0.08319</v>
+        <v>0.07568</v>
       </c>
       <c r="N33" s="15">
-        <v>5537</v>
+        <v>5464</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="15">
         <v>10080048380</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.11761</v>
+        <v>0.08093</v>
       </c>
       <c r="L34" s="15">
-        <v>0.08509</v>
+        <v>0.07013999999999999</v>
       </c>
       <c r="M34" s="15">
-        <v>0.07425</v>
+        <v>0.06744</v>
       </c>
       <c r="N34" s="15">
-        <v>7583</v>
+        <v>7653</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080052334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.12626</v>
       </c>
       <c r="L35" s="15">
         <v>0.07324</v>
       </c>
       <c r="M35" s="15">
         <v>0.06602</v>
       </c>
       <c r="N35" s="15">
-        <v>700</v>
+        <v>600</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
@@ -2309,60 +2307,60 @@
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.16086</v>
+        <v>0.10959</v>
       </c>
       <c r="L38" s="15">
-        <v>0.11638</v>
+        <v>0.09497999999999999</v>
       </c>
       <c r="M38" s="15">
-        <v>0.10156</v>
+        <v>0.09132999999999999</v>
       </c>
       <c r="N38" s="15">
-        <v>2013</v>
+        <v>633</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15" t="s">