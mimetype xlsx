--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,51 +181,51 @@
   <si>
     <t>вилка прямая RJ45 8P8C 10/100/1000Mbit/s Cat6A, корпус цинк / RJ4508MMSFWIC05</t>
   </si>
   <si>
     <t>UT-00153109</t>
   </si>
   <si>
     <t xml:space="preserve">6GK19011BB122AA0 SIEMENS, 6GK19011BB122AB0 SIEMENS, 6GK19011BB122AE0 SIEMENS, </t>
   </si>
   <si>
     <t>TP-10P10C</t>
   </si>
   <si>
     <t>телефонная вилка / TP-10P10C</t>
   </si>
   <si>
     <t>10-00058702</t>
   </si>
   <si>
     <t>L-KLS12-RJ11-4P4C-01</t>
   </si>
   <si>
     <t>TP-4P4C (L-KLS12-RJ11-4P4C-01)</t>
   </si>
   <si>
-    <t>05.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>4P4C FU F</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (4P4C FU F)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1121-P40T</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (DS1121-P40T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P2C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P2C) / TP-6P2C (L-KLS12-RJ12-6P2C-01)</t>
   </si>
   <si>
     <t>TP-6P4C</t>
   </si>
@@ -239,53 +239,50 @@
     <t>вилка RJ-11 6P4C на круглый кабель, 4 конт. центральные / TP-6P4C (DS1122-03-P40T)</t>
   </si>
   <si>
     <t>6P6C FU F</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (6P6C FU F)</t>
   </si>
   <si>
     <t>DS1122-P60T</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (DS1122-P60T)</t>
   </si>
   <si>
     <t>KLS12-RJ12-6P6C-2(3U)</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (KLS12-RJ12-6P6C-2(3U))</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-01)</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.04.2026</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-06A</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-06A)</t>
   </si>
   <si>
     <t>UT-00147053</t>
   </si>
   <si>
     <t>8P8C FU F</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (8P8C FU F)</t>
   </si>
   <si>
     <t>DS1123-P80T</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TP-8P8C (DS1123-P80T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ45-8P8C-01</t>
   </si>
@@ -1272,175 +1269,175 @@
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>30</v>
       </c>
       <c r="K11" s="15">
         <v>15.54</v>
       </c>
       <c r="L11" s="15">
         <v>11.1</v>
       </c>
       <c r="M11" s="15">
         <v>9.99</v>
       </c>
-      <c r="N11" s="15"/>
-      <c r="O11" s="15">
+      <c r="N11" s="15">
         <v>1</v>
       </c>
+      <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>30</v>
       </c>
       <c r="K12" s="15">
         <v>9.48</v>
       </c>
       <c r="L12" s="15">
         <v>6.77</v>
       </c>
       <c r="M12" s="15">
         <v>6.09</v>
       </c>
-      <c r="N12" s="15"/>
-      <c r="O12" s="15">
+      <c r="N12" s="15">
         <v>1</v>
       </c>
+      <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>30</v>
       </c>
       <c r="K13" s="15">
         <v>20.47</v>
       </c>
       <c r="L13" s="15">
         <v>14.62</v>
       </c>
       <c r="M13" s="15">
         <v>13.16</v>
       </c>
-      <c r="N13" s="15"/>
-      <c r="O13" s="15">
+      <c r="N13" s="15">
         <v>1</v>
       </c>
+      <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>30</v>
       </c>
       <c r="K14" s="15">
         <v>11.37</v>
       </c>
       <c r="L14" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="M14" s="15">
         <v>7.31</v>
       </c>
-      <c r="N14" s="15"/>
-      <c r="O14" s="15">
+      <c r="N14" s="15">
         <v>1</v>
       </c>
+      <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.13819</v>
       </c>
@@ -1466,170 +1463,170 @@
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080011008</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.02126</v>
       </c>
       <c r="L16" s="15">
         <v>0.01842</v>
       </c>
       <c r="M16" s="15">
         <v>0.01771</v>
       </c>
       <c r="N16" s="15">
-        <v>87382</v>
+        <v>59034</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15">
         <v>10080052330</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0168</v>
       </c>
       <c r="L17" s="15">
         <v>0.01456</v>
       </c>
       <c r="M17" s="15">
         <v>0.014</v>
       </c>
       <c r="N17" s="15">
-        <v>7957</v>
+        <v>8502</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15">
         <v>10000014963</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02757</v>
       </c>
       <c r="L18" s="15">
         <v>0.02389</v>
       </c>
       <c r="M18" s="15">
         <v>0.02298</v>
       </c>
       <c r="N18" s="15">
-        <v>9447</v>
+        <v>7818</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080017459</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.02062</v>
       </c>
       <c r="L19" s="15">
         <v>0.01729</v>
       </c>
       <c r="M19" s="15">
         <v>0.01663</v>
       </c>
       <c r="N19" s="15">
-        <v>19484</v>
+        <v>14845</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15">
         <v>10080034746</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15"/>
@@ -1698,90 +1695,90 @@
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080052331</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03038</v>
       </c>
       <c r="L22" s="15">
         <v>0.02633</v>
       </c>
       <c r="M22" s="15">
         <v>0.02531</v>
       </c>
       <c r="N22" s="15">
-        <v>71212</v>
+        <v>96804</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10000014964</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03827</v>
       </c>
       <c r="L23" s="15">
         <v>0.03316</v>
       </c>
       <c r="M23" s="15">
         <v>0.03189</v>
       </c>
       <c r="N23" s="15">
-        <v>11567</v>
+        <v>12152</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15">
         <v>10080010543</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
@@ -1815,578 +1812,578 @@
       <c r="D25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="15">
         <v>10080045631</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02609</v>
       </c>
       <c r="L25" s="15">
         <v>0.02261</v>
       </c>
       <c r="M25" s="15">
         <v>0.02174</v>
       </c>
       <c r="N25" s="15">
-        <v>134000</v>
+        <v>123114</v>
       </c>
       <c r="O25" s="15">
-        <v>134000</v>
+        <v>148000</v>
       </c>
       <c r="P25" s="15" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.09674000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.08112999999999999</v>
       </c>
       <c r="M26" s="15">
         <v>0.07801</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080052333</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03194</v>
       </c>
       <c r="L27" s="15">
         <v>0.02768</v>
       </c>
       <c r="M27" s="15">
         <v>0.02661</v>
       </c>
       <c r="N27" s="15">
-        <v>4337</v>
+        <v>4218</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10000004576</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.05153</v>
       </c>
       <c r="L28" s="15">
         <v>0.04466</v>
       </c>
       <c r="M28" s="15">
         <v>0.04294</v>
       </c>
       <c r="N28" s="15">
-        <v>11371</v>
+        <v>15219</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="E29" s="15">
         <v>10080010631</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.03227</v>
       </c>
       <c r="L29" s="15">
         <v>0.02796</v>
       </c>
       <c r="M29" s="15">
         <v>0.02689</v>
       </c>
       <c r="N29" s="15">
-        <v>1058</v>
+        <v>58034</v>
       </c>
       <c r="O29" s="15">
-        <v>71300</v>
+        <v>43500</v>
       </c>
       <c r="P29" s="15" t="s">
-        <v>75</v>
+        <v>55</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080034761</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.09325</v>
       </c>
       <c r="L30" s="15">
         <v>0.06686</v>
       </c>
       <c r="M30" s="15">
         <v>0.06027</v>
       </c>
       <c r="N30" s="15">
-        <v>2312</v>
+        <v>2767</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <v>0.23311</v>
       </c>
       <c r="L31" s="15">
         <v>0.23311</v>
       </c>
       <c r="M31" s="15">
         <v>0.23311</v>
       </c>
       <c r="N31" s="15">
-        <v>851</v>
+        <v>1016</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15">
         <v>0.1478</v>
       </c>
       <c r="L32" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M32" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080039004</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.09081</v>
       </c>
       <c r="L33" s="15">
         <v>0.07870000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07568</v>
       </c>
       <c r="N33" s="15">
-        <v>5464</v>
+        <v>6107</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="E34" s="15">
         <v>10080048380</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.08093</v>
       </c>
       <c r="L34" s="15">
         <v>0.07013999999999999</v>
       </c>
       <c r="M34" s="15">
         <v>0.06744</v>
       </c>
       <c r="N34" s="15">
-        <v>7653</v>
+        <v>6377</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080052334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.12626</v>
       </c>
       <c r="L35" s="15">
         <v>0.07324</v>
       </c>
       <c r="M35" s="15">
         <v>0.06602</v>
       </c>
       <c r="N35" s="15">
-        <v>600</v>
+        <v>830</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>1.26</v>
       </c>
       <c r="L36" s="15">
         <v>0.68048</v>
       </c>
       <c r="M36" s="15">
         <v>0.62814</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.40201</v>
       </c>
       <c r="L37" s="15">
         <v>0.21776</v>
       </c>
       <c r="M37" s="15">
         <v>0.201</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.10959</v>
       </c>
       <c r="L38" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.09132999999999999</v>
       </c>
       <c r="N38" s="15">
-        <v>633</v>
+        <v>706</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J39" s="15">
         <v>500</v>
       </c>
       <c r="K39" s="15">
         <v>0.07251000000000001</v>
       </c>
       <c r="L39" s="15">
         <v>0.06283999999999999</v>
       </c>
       <c r="M39" s="15">
         <v>0.06043</v>
       </c>
       <c r="N39" s="15">
         <v>6</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14"/>
       <c r="C40" s="15"/>
       <c r="D40" s="15"/>
@@ -2444,317 +2441,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>