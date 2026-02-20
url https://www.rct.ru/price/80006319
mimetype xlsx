--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1261,178 +1261,178 @@
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>30</v>
       </c>
       <c r="K11" s="15">
-        <v>15.54</v>
+        <v>13.05</v>
       </c>
       <c r="L11" s="15">
-        <v>11.1</v>
+        <v>11.52</v>
       </c>
       <c r="M11" s="15">
-        <v>9.99</v>
+        <v>10.36</v>
       </c>
       <c r="N11" s="15">
         <v>1</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>30</v>
       </c>
       <c r="K12" s="15">
-        <v>9.48</v>
+        <v>7.99</v>
       </c>
       <c r="L12" s="15">
-        <v>6.77</v>
+        <v>7.05</v>
       </c>
       <c r="M12" s="15">
-        <v>6.09</v>
+        <v>6.35</v>
       </c>
       <c r="N12" s="15">
         <v>1</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>30</v>
       </c>
       <c r="K13" s="15">
-        <v>20.47</v>
+        <v>17.18</v>
       </c>
       <c r="L13" s="15">
-        <v>14.62</v>
+        <v>15.16</v>
       </c>
       <c r="M13" s="15">
-        <v>13.16</v>
+        <v>13.64</v>
       </c>
       <c r="N13" s="15">
         <v>1</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>30</v>
       </c>
       <c r="K14" s="15">
-        <v>11.37</v>
+        <v>9.57</v>
       </c>
       <c r="L14" s="15">
-        <v>8.119999999999999</v>
+        <v>8.44</v>
       </c>
       <c r="M14" s="15">
-        <v>7.31</v>
+        <v>7.6</v>
       </c>
       <c r="N14" s="15">
         <v>1</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
@@ -1463,170 +1463,170 @@
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080011008</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.02126</v>
       </c>
       <c r="L16" s="15">
         <v>0.01842</v>
       </c>
       <c r="M16" s="15">
         <v>0.01771</v>
       </c>
       <c r="N16" s="15">
-        <v>59034</v>
+        <v>57146</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15">
         <v>10080052330</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0168</v>
       </c>
       <c r="L17" s="15">
         <v>0.01456</v>
       </c>
       <c r="M17" s="15">
         <v>0.014</v>
       </c>
       <c r="N17" s="15">
-        <v>8502</v>
+        <v>8284</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15">
         <v>10000014963</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02757</v>
       </c>
       <c r="L18" s="15">
         <v>0.02389</v>
       </c>
       <c r="M18" s="15">
         <v>0.02298</v>
       </c>
       <c r="N18" s="15">
-        <v>7818</v>
+        <v>7167</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080017459</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.02062</v>
       </c>
       <c r="L19" s="15">
         <v>0.01729</v>
       </c>
       <c r="M19" s="15">
         <v>0.01663</v>
       </c>
       <c r="N19" s="15">
-        <v>14845</v>
+        <v>20876</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E20" s="15">
         <v>10080034746</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15"/>
@@ -1734,51 +1734,51 @@
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10000014964</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03827</v>
       </c>
       <c r="L23" s="15">
         <v>0.03316</v>
       </c>
       <c r="M23" s="15">
         <v>0.03189</v>
       </c>
       <c r="N23" s="15">
-        <v>12152</v>
+        <v>15276</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15">
         <v>10080010543</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
@@ -1812,54 +1812,54 @@
       <c r="D25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="15">
         <v>10080045631</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02609</v>
       </c>
       <c r="L25" s="15">
         <v>0.02261</v>
       </c>
       <c r="M25" s="15">
         <v>0.02174</v>
       </c>
       <c r="N25" s="15">
-        <v>123114</v>
+        <v>137461</v>
       </c>
       <c r="O25" s="15">
-        <v>148000</v>
+        <v>168000</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>55</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
@@ -1892,211 +1892,211 @@
       <c r="D27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="15">
         <v>10080052333</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03194</v>
       </c>
       <c r="L27" s="15">
         <v>0.02768</v>
       </c>
       <c r="M27" s="15">
         <v>0.02661</v>
       </c>
       <c r="N27" s="15">
-        <v>4218</v>
+        <v>3563</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="15">
         <v>10000004576</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.05153</v>
       </c>
       <c r="L28" s="15">
         <v>0.04466</v>
       </c>
       <c r="M28" s="15">
         <v>0.04294</v>
       </c>
       <c r="N28" s="15">
-        <v>15219</v>
+        <v>12535</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10080010631</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
-        <v>0.03227</v>
+        <v>0.03563</v>
       </c>
       <c r="L29" s="15">
-        <v>0.02796</v>
+        <v>0.03088</v>
       </c>
       <c r="M29" s="15">
-        <v>0.02689</v>
+        <v>0.02969</v>
       </c>
       <c r="N29" s="15">
-        <v>58034</v>
+        <v>34050</v>
       </c>
       <c r="O29" s="15">
-        <v>43500</v>
+        <v>42000</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>55</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="15">
         <v>10080034761</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.09325</v>
       </c>
       <c r="L30" s="15">
         <v>0.06686</v>
       </c>
       <c r="M30" s="15">
         <v>0.06027</v>
       </c>
       <c r="N30" s="15">
-        <v>2767</v>
+        <v>2691</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <v>0.23311</v>
       </c>
       <c r="L31" s="15">
         <v>0.23311</v>
       </c>
       <c r="M31" s="15">
         <v>0.23311</v>
       </c>
       <c r="N31" s="15">
-        <v>1016</v>
+        <v>1040</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2126,129 +2126,129 @@
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10080039004</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.09081</v>
       </c>
       <c r="L33" s="15">
         <v>0.07870000000000001</v>
       </c>
       <c r="M33" s="15">
         <v>0.07568</v>
       </c>
       <c r="N33" s="15">
-        <v>6107</v>
+        <v>4878</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10080048380</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.08093</v>
       </c>
       <c r="L34" s="15">
         <v>0.07013999999999999</v>
       </c>
       <c r="M34" s="15">
         <v>0.06744</v>
       </c>
       <c r="N34" s="15">
-        <v>6377</v>
+        <v>6104</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080052334</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>58</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.12626</v>
       </c>
       <c r="L35" s="15">
         <v>0.07324</v>
       </c>
       <c r="M35" s="15">
         <v>0.06602</v>
       </c>
       <c r="N35" s="15">
-        <v>830</v>
+        <v>640</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
@@ -2313,51 +2313,51 @@
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.10959</v>
       </c>
       <c r="L38" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.09132999999999999</v>
       </c>
       <c r="N38" s="15">
-        <v>706</v>
+        <v>568</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15" t="s">