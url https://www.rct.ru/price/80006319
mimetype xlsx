--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,86 +181,86 @@
   <si>
     <t>вилка прямая RJ45 8P8C 10/100/1000Mbit/s Cat6A, корпус цинк / RJ4508MMSFWIC05</t>
   </si>
   <si>
     <t>UT-00153109</t>
   </si>
   <si>
     <t xml:space="preserve">6GK19011BB122AA0 SIEMENS, 6GK19011BB122AB0 SIEMENS, 6GK19011BB122AE0 SIEMENS, </t>
   </si>
   <si>
     <t>TP-10P10C</t>
   </si>
   <si>
     <t>телефонная вилка / TP-10P10C</t>
   </si>
   <si>
     <t>10-00058702</t>
   </si>
   <si>
     <t>L-KLS12-RJ11-4P4C-01</t>
   </si>
   <si>
     <t>TP-4P4C (L-KLS12-RJ11-4P4C-01)</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>4P4C FU F</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (4P4C FU F)</t>
   </si>
   <si>
     <t>SHAINOR</t>
   </si>
   <si>
     <t>DS1121-P40T</t>
   </si>
   <si>
     <t>(RJ11 Plug 4P4C) / TP-4P4C (DS1121-P40T)</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P2C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P2C) / TP-6P2C (L-KLS12-RJ12-6P2C-01)</t>
   </si>
   <si>
     <t>TP-6P4C</t>
   </si>
   <si>
     <t>Разъем TP-6P4C</t>
   </si>
   <si>
     <t>DS1122-03-P40T</t>
   </si>
   <si>
     <t>вилка RJ-11 6P4C на круглый кабель, 4 конт. центральные / TP-6P4C (DS1122-03-P40T)</t>
   </si>
   <si>
+    <t>06.08.2026</t>
+  </si>
+  <si>
     <t>6P6C FU F</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (6P6C FU F)</t>
   </si>
   <si>
     <t>DS1122-P60T</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (DS1122-P60T)</t>
   </si>
   <si>
     <t>KLS12-RJ12-6P6C-2(3U)</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (KLS12-RJ12-6P6C-2(3U))</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-01</t>
   </si>
   <si>
     <t>(RJ12 Plug 6P6C) / TP-6P6C (L-KLS12-RJ12-6P6C-01)</t>
   </si>
   <si>
     <t>L-KLS12-RJ12-6P6C-06A</t>
@@ -295,66 +295,66 @@
   <si>
     <t xml:space="preserve">(RJ45 Plug 8P8C) из двух частей / TP-8P8C (L-KLS12-RJ45E-8P8C-01) из двух частей </t>
   </si>
   <si>
     <t>TP-8P8C-S2</t>
   </si>
   <si>
     <t xml:space="preserve">(RJ45 Plug 8P8C) для плоского кабеля / TP-8P8C-S2 </t>
   </si>
   <si>
     <t>UT-00106029</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>DS1122-02P60T</t>
   </si>
   <si>
     <t>телефонная вилка длинные / TPL-6P6C (DS1122-02P60T)</t>
   </si>
   <si>
     <t>10-00058706</t>
   </si>
   <si>
+    <t>TPR-8P8C-0.85</t>
+  </si>
+  <si>
+    <t>(RJ45 Plug 8P8C) / TPR-8P8C</t>
+  </si>
+  <si>
     <t>DS1123-05-P80T</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) / TPR-8P8C (ROUND TYPE) (DS1123-05-P80T)</t>
   </si>
   <si>
     <t>DS1123-01-P86T</t>
   </si>
   <si>
     <t>(RJ45 Plug 8P8C) 6u Au / TPR-8P8C (SQUARE TYPE) (DS1123-01-P86T)</t>
-  </si>
-[...4 lines deleted...]
-    <t>(RJ45 Plug 8P8C) / TPR-8P8C-0.85</t>
   </si>
   <si>
     <t>TPS-10P10C</t>
   </si>
   <si>
     <t>телефонная вилка экранированные / TPS-10P10C</t>
   </si>
   <si>
     <t>10-00058707</t>
   </si>
   <si>
     <t>TPS-8P8C</t>
   </si>
   <si>
     <t>вилка экранированные RJ45 / TPS-8P8C</t>
   </si>
   <si>
     <t>10-00058708</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS12-RJ45B-8P8C-2 KLS, </t>
   </si>
   <si>
     <t>L-KLS12-RJ45B-8P8C-02</t>
   </si>
@@ -1269,174 +1269,166 @@
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J11" s="15">
         <v>30</v>
       </c>
       <c r="K11" s="15">
         <v>13.05</v>
       </c>
       <c r="L11" s="15">
         <v>11.52</v>
       </c>
       <c r="M11" s="15">
         <v>10.36</v>
       </c>
-      <c r="N11" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>30</v>
       </c>
       <c r="K12" s="15">
         <v>7.99</v>
       </c>
       <c r="L12" s="15">
         <v>7.05</v>
       </c>
       <c r="M12" s="15">
         <v>6.35</v>
       </c>
-      <c r="N12" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>30</v>
       </c>
       <c r="K13" s="15">
         <v>17.18</v>
       </c>
       <c r="L13" s="15">
         <v>15.16</v>
       </c>
       <c r="M13" s="15">
         <v>13.64</v>
       </c>
-      <c r="N13" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>49</v>
       </c>
       <c r="J14" s="15">
         <v>30</v>
       </c>
       <c r="K14" s="15">
         <v>9.57</v>
       </c>
       <c r="L14" s="15">
         <v>8.44</v>
       </c>
       <c r="M14" s="15">
         <v>7.6</v>
       </c>
-      <c r="N14" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15"/>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.13819</v>
@@ -1463,322 +1455,324 @@
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15">
         <v>10080011008</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.02126</v>
       </c>
       <c r="L16" s="15">
         <v>0.01842</v>
       </c>
       <c r="M16" s="15">
         <v>0.01771</v>
       </c>
       <c r="N16" s="15">
-        <v>57146</v>
+        <v>54829</v>
       </c>
       <c r="O16" s="15"/>
-      <c r="P16" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E17" s="15">
         <v>10080052330</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.0168</v>
       </c>
       <c r="L17" s="15">
         <v>0.01456</v>
       </c>
       <c r="M17" s="15">
         <v>0.014</v>
       </c>
       <c r="N17" s="15">
         <v>8284</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E18" s="15">
         <v>10000014963</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.02757</v>
       </c>
       <c r="L18" s="15">
         <v>0.02389</v>
       </c>
       <c r="M18" s="15">
         <v>0.02298</v>
       </c>
       <c r="N18" s="15">
-        <v>7167</v>
+        <v>7818</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="E19" s="15">
         <v>10080017459</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.02062</v>
       </c>
       <c r="L19" s="15">
         <v>0.01729</v>
       </c>
       <c r="M19" s="15">
         <v>0.01663</v>
       </c>
       <c r="N19" s="15">
-        <v>20876</v>
+        <v>14149</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>62</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E20" s="15">
         <v>10080034746</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03941</v>
       </c>
       <c r="L20" s="15">
         <v>0.02759</v>
       </c>
       <c r="M20" s="15">
         <v>0.02562</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="E21" s="15">
         <v>10080032366</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.03632</v>
       </c>
       <c r="L21" s="15">
         <v>0.03147</v>
       </c>
       <c r="M21" s="15">
         <v>0.03026</v>
       </c>
       <c r="N21" s="15"/>
-      <c r="O21" s="15"/>
-      <c r="P21" s="15"/>
+      <c r="O21" s="15">
+        <v>51600</v>
+      </c>
+      <c r="P21" s="15" t="s">
+        <v>66</v>
+      </c>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E22" s="15">
         <v>10080052331</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03038</v>
       </c>
       <c r="L22" s="15">
         <v>0.02633</v>
       </c>
       <c r="M22" s="15">
         <v>0.02531</v>
       </c>
       <c r="N22" s="15">
-        <v>96804</v>
+        <v>66761</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10000014964</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03827</v>
       </c>
       <c r="L23" s="15">
         <v>0.03316</v>
       </c>
       <c r="M23" s="15">
         <v>0.03189</v>
       </c>
       <c r="N23" s="15">
-        <v>15276</v>
+        <v>10589</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E24" s="15">
         <v>10080010543</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I24" s="15"/>
@@ -1812,58 +1806,56 @@
       <c r="D25" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E25" s="15">
         <v>10080045631</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.02609</v>
       </c>
       <c r="L25" s="15">
         <v>0.02261</v>
       </c>
       <c r="M25" s="15">
         <v>0.02174</v>
       </c>
       <c r="N25" s="15">
-        <v>137461</v>
+        <v>85960</v>
       </c>
       <c r="O25" s="15">
-        <v>168000</v>
-[...3 lines deleted...]
-      </c>
+        <v>124000</v>
+      </c>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
@@ -1876,227 +1868,225 @@
       <c r="M26" s="15">
         <v>0.07801</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="15">
         <v>10080052333</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03194</v>
       </c>
       <c r="L27" s="15">
         <v>0.02768</v>
       </c>
       <c r="M27" s="15">
         <v>0.02661</v>
       </c>
       <c r="N27" s="15">
-        <v>3563</v>
+        <v>4906</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="15">
         <v>10000004576</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.05153</v>
       </c>
       <c r="L28" s="15">
         <v>0.04466</v>
       </c>
       <c r="M28" s="15">
         <v>0.04294</v>
       </c>
       <c r="N28" s="15">
-        <v>12535</v>
+        <v>11732</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10080010631</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.03563</v>
       </c>
       <c r="L29" s="15">
         <v>0.03088</v>
       </c>
       <c r="M29" s="15">
         <v>0.02969</v>
       </c>
       <c r="N29" s="15">
-        <v>34050</v>
+        <v>30981</v>
       </c>
       <c r="O29" s="15">
-        <v>42000</v>
-[...3 lines deleted...]
-      </c>
+        <v>38500</v>
+      </c>
+      <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="15">
         <v>10080034761</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.09325</v>
       </c>
       <c r="L30" s="15">
         <v>0.06686</v>
       </c>
       <c r="M30" s="15">
         <v>0.06027</v>
       </c>
       <c r="N30" s="15">
-        <v>2691</v>
+        <v>3336</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>89</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1</v>
       </c>
       <c r="K31" s="15">
         <v>0.23311</v>
       </c>
       <c r="L31" s="15">
         <v>0.23311</v>
       </c>
       <c r="M31" s="15">
         <v>0.23311</v>
       </c>
       <c r="N31" s="15">
-        <v>1040</v>
+        <v>780</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
@@ -2105,150 +2095,150 @@
         <v>0.1478</v>
       </c>
       <c r="L32" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M32" s="15">
         <v>0.07389999999999999</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15">
-        <v>10080039004</v>
+        <v>10080052334</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>30</v>
+        <v>57</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.09081</v>
+        <v>0.12626</v>
       </c>
       <c r="L33" s="15">
-        <v>0.07870000000000001</v>
+        <v>0.07324</v>
       </c>
       <c r="M33" s="15">
-        <v>0.07568</v>
+        <v>0.06602</v>
       </c>
       <c r="N33" s="15">
-        <v>4878</v>
+        <v>650</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E34" s="15">
-        <v>10080048380</v>
+        <v>10080039004</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.08093</v>
+        <v>0.09081</v>
       </c>
       <c r="L34" s="15">
-        <v>0.07013999999999999</v>
+        <v>0.07870000000000001</v>
       </c>
       <c r="M34" s="15">
-        <v>0.06744</v>
+        <v>0.07568</v>
       </c>
       <c r="N34" s="15">
-        <v>6104</v>
+        <v>4133</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
-        <v>10080052334</v>
+        <v>10080048380</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.12626</v>
+        <v>0.08093</v>
       </c>
       <c r="L35" s="15">
-        <v>0.07324</v>
+        <v>0.07013999999999999</v>
       </c>
       <c r="M35" s="15">
-        <v>0.06602</v>
+        <v>0.06744</v>
       </c>
       <c r="N35" s="15">
-        <v>640</v>
+        <v>5759</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
@@ -2313,51 +2303,51 @@
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>500</v>
       </c>
       <c r="K38" s="15">
         <v>0.10959</v>
       </c>
       <c r="L38" s="15">
         <v>0.09497999999999999</v>
       </c>
       <c r="M38" s="15">
         <v>0.09132999999999999</v>
       </c>
       <c r="N38" s="15">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>33</v>
       </c>
       <c r="I39" s="15" t="s">