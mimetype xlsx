--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1740,209 +1740,207 @@
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.1434</v>
       </c>
       <c r="L12" s="15">
         <v>0.12428</v>
       </c>
       <c r="M12" s="15">
         <v>0.1195</v>
       </c>
       <c r="N12" s="15">
-        <v>128</v>
+        <v>120</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.0467</v>
       </c>
       <c r="L13" s="15">
         <v>0.03379</v>
       </c>
       <c r="M13" s="15">
         <v>0.02948</v>
       </c>
       <c r="N13" s="15">
-        <v>2196</v>
+        <v>2988</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03818</v>
       </c>
       <c r="L14" s="15">
         <v>0.02727</v>
       </c>
       <c r="M14" s="15">
         <v>0.02454</v>
       </c>
-      <c r="N14" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N14" s="15">
+        <v>1740</v>
+      </c>
+      <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.03927</v>
       </c>
       <c r="L15" s="15">
         <v>0.02805</v>
       </c>
       <c r="M15" s="15">
         <v>0.02525</v>
       </c>
       <c r="N15" s="15">
-        <v>2075</v>
-[...3 lines deleted...]
-      </c>
+        <v>10250</v>
+      </c>
+      <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.06167</v>
       </c>
       <c r="L16" s="15">
         <v>0.04462</v>
       </c>
       <c r="M16" s="15">
         <v>0.03894</v>
       </c>
       <c r="N16" s="15">
-        <v>810</v>
+        <v>670</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
@@ -1976,248 +1974,246 @@
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
         <v>0.05915</v>
       </c>
       <c r="L18" s="15">
         <v>0.0428</v>
       </c>
       <c r="M18" s="15">
         <v>0.03735</v>
       </c>
       <c r="N18" s="15">
-        <v>2803</v>
+        <v>4625</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10003</v>
       </c>
       <c r="L19" s="15">
         <v>0.05772</v>
       </c>
       <c r="M19" s="15">
         <v>0.05193</v>
       </c>
       <c r="N19" s="15">
-        <v>3111</v>
+        <v>3686</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.08182</v>
       </c>
       <c r="L20" s="15">
         <v>0.05844</v>
       </c>
       <c r="M20" s="15">
         <v>0.0526</v>
       </c>
       <c r="N20" s="15">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>7548</v>
+      </c>
+      <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.07106999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.05142</v>
       </c>
       <c r="M21" s="15">
         <v>0.04487</v>
       </c>
       <c r="N21" s="15">
-        <v>19978</v>
+        <v>22283</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>854</v>
+        <v>759</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -2286,129 +2282,129 @@
       <c r="D26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.09711</v>
       </c>
       <c r="L26" s="15">
         <v>0.07026</v>
       </c>
       <c r="M26" s="15">
         <v>0.06131</v>
       </c>
       <c r="N26" s="15">
-        <v>9295</v>
+        <v>8714</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.14829</v>
       </c>
       <c r="L27" s="15">
         <v>0.09823</v>
       </c>
       <c r="M27" s="15">
         <v>0.08572</v>
       </c>
       <c r="N27" s="15">
-        <v>800</v>
+        <v>875</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.10868</v>
       </c>
       <c r="L28" s="15">
         <v>0.06521</v>
       </c>
       <c r="M28" s="15">
         <v>0.06521</v>
       </c>
       <c r="N28" s="15">
-        <v>6104</v>
+        <v>6976</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
@@ -2439,91 +2435,91 @@
       </c>
       <c r="D30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E30" s="15">
         <v>10080006508</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.11731</v>
       </c>
       <c r="L30" s="15">
         <v>0.08379</v>
       </c>
       <c r="M30" s="15">
         <v>0.07541</v>
       </c>
-      <c r="N30" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N30" s="15">
+        <v>990</v>
+      </c>
+      <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04635</v>
       </c>
       <c r="L31" s="15">
         <v>0.03354</v>
       </c>
       <c r="M31" s="15">
         <v>0.02926</v>
       </c>
       <c r="N31" s="15">
-        <v>1943</v>
+        <v>2202</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I32" s="15"/>
@@ -2555,718 +2551,712 @@
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>77</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>618</v>
+        <v>811</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E34" s="15">
         <v>10080043127</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.05705</v>
       </c>
       <c r="L34" s="15">
         <v>0.04128</v>
       </c>
       <c r="M34" s="15">
         <v>0.03602</v>
       </c>
       <c r="N34" s="15">
-        <v>2661</v>
+        <v>2021</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E35" s="15">
         <v>10080050044</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.06026</v>
       </c>
       <c r="L35" s="15">
         <v>0.0436</v>
       </c>
       <c r="M35" s="15">
         <v>0.03804</v>
       </c>
       <c r="N35" s="15">
-        <v>3070</v>
+        <v>1863</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E36" s="15">
         <v>10080069039</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06482</v>
       </c>
       <c r="L36" s="15">
         <v>0.0469</v>
       </c>
       <c r="M36" s="15">
         <v>0.04092</v>
       </c>
       <c r="N36" s="15">
-        <v>10118</v>
+        <v>10673</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E37" s="15">
         <v>10080060761</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05579</v>
+        <v>0.05045</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04923</v>
+        <v>0.04372</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04431</v>
+        <v>0.04204</v>
       </c>
       <c r="N37" s="15">
-        <v>119</v>
+        <v>1339</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E38" s="15">
         <v>10080035172</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>2000</v>
       </c>
       <c r="K38" s="15">
         <v>0.0746</v>
       </c>
       <c r="L38" s="15">
         <v>0.05398</v>
       </c>
       <c r="M38" s="15">
         <v>0.0471</v>
       </c>
       <c r="N38" s="15">
-        <v>490</v>
+        <v>1568</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.06955</v>
       </c>
       <c r="L39" s="15">
         <v>0.04968</v>
       </c>
       <c r="M39" s="15">
         <v>0.04471</v>
       </c>
       <c r="N39" s="15"/>
-      <c r="O39" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>2000</v>
       </c>
       <c r="K40" s="15">
         <v>0.08185000000000001</v>
       </c>
       <c r="L40" s="15">
         <v>0.05922</v>
       </c>
       <c r="M40" s="15">
         <v>0.05168</v>
       </c>
       <c r="N40" s="15">
-        <v>14616</v>
+        <v>16443</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.06011</v>
       </c>
       <c r="L41" s="15">
         <v>0.05209</v>
       </c>
       <c r="M41" s="15">
         <v>0.05009</v>
       </c>
       <c r="N41" s="15">
-        <v>1245</v>
-[...3 lines deleted...]
-      </c>
+        <v>3915</v>
+      </c>
+      <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>99</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.08476</v>
       </c>
       <c r="L42" s="15">
         <v>0.06132</v>
       </c>
       <c r="M42" s="15">
         <v>0.05351</v>
       </c>
       <c r="N42" s="15">
-        <v>163</v>
+        <v>190</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E43" s="15">
         <v>10080035173</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>2000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08591</v>
       </c>
       <c r="L43" s="15">
         <v>0.06137</v>
       </c>
       <c r="M43" s="15">
         <v>0.05523</v>
       </c>
       <c r="N43" s="15">
-        <v>898</v>
-[...3 lines deleted...]
-      </c>
+        <v>5936</v>
+      </c>
+      <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.13139</v>
       </c>
       <c r="L44" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.08295</v>
       </c>
       <c r="N44" s="15">
-        <v>750</v>
+        <v>900</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E45" s="15">
         <v>10080063329</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>2000</v>
       </c>
       <c r="K45" s="15">
         <v>0.10438</v>
       </c>
       <c r="L45" s="15">
         <v>0.07552</v>
       </c>
       <c r="M45" s="15">
         <v>0.0659</v>
       </c>
       <c r="N45" s="15">
-        <v>1200</v>
+        <v>1354</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E46" s="15">
         <v>10080045919</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.11933</v>
       </c>
       <c r="L46" s="15">
         <v>0.08633</v>
       </c>
       <c r="M46" s="15">
         <v>0.07534</v>
       </c>
       <c r="N46" s="15">
-        <v>702</v>
+        <v>657</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E47" s="15">
         <v>10080042633</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.13868</v>
       </c>
       <c r="L47" s="15">
         <v>0.09186</v>
       </c>
       <c r="M47" s="15">
         <v>0.08017000000000001</v>
       </c>
       <c r="N47" s="15">
-        <v>4898</v>
+        <v>5135</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E48" s="15">
         <v>10080048795</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.08687</v>
       </c>
       <c r="L48" s="15">
         <v>0.05693</v>
       </c>
       <c r="M48" s="15">
         <v>0.04943</v>
       </c>
       <c r="N48" s="15">
-        <v>1871</v>
+        <v>1462</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E49" s="15">
         <v>10080074467</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.08719</v>
       </c>
       <c r="L49" s="15">
         <v>0.06308</v>
       </c>
       <c r="M49" s="15">
         <v>0.05505</v>
       </c>
       <c r="N49" s="15">
-        <v>1333</v>
+        <v>1201</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E50" s="15">
         <v>10080071334</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.11373</v>
       </c>
       <c r="L50" s="15">
         <v>0.08228000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.0718</v>
       </c>
       <c r="N50" s="15">
-        <v>19497</v>
+        <v>18497</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>119</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3336,51 +3326,51 @@
         <v>123</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>124</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>2000</v>
       </c>
       <c r="K53" s="15">
         <v>0.08288</v>
       </c>
       <c r="L53" s="15">
         <v>0.06951</v>
       </c>
       <c r="M53" s="15">
         <v>0.06684</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="P53" s="15" t="s">
         <v>125</v>
       </c>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
@@ -3524,207 +3514,207 @@
       <c r="D58" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E58" s="15">
         <v>10080066129</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03003</v>
       </c>
       <c r="L58" s="15">
         <v>0.02173</v>
       </c>
       <c r="M58" s="15">
         <v>0.01896</v>
       </c>
       <c r="N58" s="15">
-        <v>13601</v>
+        <v>16201</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E59" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.03168</v>
       </c>
       <c r="L59" s="15">
         <v>0.02292</v>
       </c>
       <c r="M59" s="15">
         <v>0.02</v>
       </c>
       <c r="N59" s="15">
-        <v>836</v>
+        <v>768</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>143</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>144</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.0633</v>
       </c>
       <c r="L60" s="15">
         <v>0.0458</v>
       </c>
       <c r="M60" s="15">
         <v>0.03996</v>
       </c>
       <c r="N60" s="15">
-        <v>7000</v>
+        <v>8800</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E61" s="15">
         <v>10080070865</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.06508</v>
       </c>
       <c r="L61" s="15">
         <v>0.04708</v>
       </c>
       <c r="M61" s="15">
         <v>0.04109</v>
       </c>
       <c r="N61" s="15">
-        <v>7125</v>
+        <v>8394</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>3000</v>
       </c>
       <c r="K62" s="15">
         <v>0.05902</v>
       </c>
       <c r="L62" s="15">
         <v>0.0427</v>
       </c>
       <c r="M62" s="15">
         <v>0.03726</v>
       </c>
       <c r="N62" s="15">
-        <v>1284</v>
+        <v>1494</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>152</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>153</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
@@ -3756,129 +3746,129 @@
       <c r="D64" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E64" s="15" t="s">
         <v>156</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.08273999999999999</v>
       </c>
       <c r="L64" s="15">
         <v>0.05986</v>
       </c>
       <c r="M64" s="15">
         <v>0.05224</v>
       </c>
       <c r="N64" s="15">
-        <v>618</v>
+        <v>824</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.14116</v>
       </c>
       <c r="L65" s="15">
         <v>0.10213</v>
       </c>
       <c r="M65" s="15">
         <v>0.08912</v>
       </c>
       <c r="N65" s="15">
-        <v>520</v>
+        <v>528</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>2000</v>
       </c>
       <c r="K66" s="15">
         <v>0.03431</v>
       </c>
       <c r="L66" s="15">
         <v>0.02973</v>
       </c>
       <c r="M66" s="15">
         <v>0.02859</v>
       </c>
       <c r="N66" s="15">
-        <v>1280</v>
+        <v>1360</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
@@ -3950,91 +3940,91 @@
         <v>170</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
         <v>0.10197</v>
       </c>
       <c r="L69" s="15">
         <v>0.08552999999999999</v>
       </c>
       <c r="M69" s="15">
         <v>0.08223999999999999</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
-        <v>750</v>
+        <v>850</v>
       </c>
       <c r="P69" s="15" t="s">
         <v>172</v>
       </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>2000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04888</v>
       </c>
       <c r="L70" s="15">
         <v>0.04888</v>
       </c>
       <c r="M70" s="15">
         <v>0.04888</v>
       </c>
       <c r="N70" s="15">
-        <v>3996</v>
+        <v>3947</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
@@ -4066,90 +4056,90 @@
         <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>181</v>
       </c>
       <c r="E72" s="15">
         <v>10080074137</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>0.02156</v>
       </c>
       <c r="L72" s="15">
         <v>0.01868</v>
       </c>
       <c r="M72" s="15">
         <v>0.01796</v>
       </c>
       <c r="N72" s="15">
-        <v>14918</v>
+        <v>15117</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E73" s="15">
         <v>10080074138</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>10000</v>
       </c>
       <c r="K73" s="15">
         <v>0.06174</v>
       </c>
       <c r="L73" s="15">
         <v>0.04467</v>
       </c>
       <c r="M73" s="15">
         <v>0.03898</v>
       </c>
       <c r="N73" s="15">
-        <v>13592</v>
+        <v>13792</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
@@ -4251,51 +4241,51 @@
       <c r="D77" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E77" s="15">
         <v>10080008531</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>1000</v>
       </c>
       <c r="K77" s="15">
         <v>0.08448</v>
       </c>
       <c r="L77" s="15">
         <v>0.04874</v>
       </c>
       <c r="M77" s="15">
         <v>0.04386</v>
       </c>
       <c r="N77" s="15">
-        <v>718</v>
+        <v>895</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E78" s="15">
         <v>10080034449</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
@@ -4327,287 +4317,287 @@
       <c r="D79" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E79" s="15">
         <v>10080048611</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.06972</v>
       </c>
       <c r="L79" s="15">
         <v>0.06042</v>
       </c>
       <c r="M79" s="15">
         <v>0.0581</v>
       </c>
       <c r="N79" s="15">
-        <v>1625</v>
+        <v>2000</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E80" s="15">
         <v>10080006285</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>2000</v>
       </c>
       <c r="K80" s="15">
         <v>0.05204</v>
       </c>
       <c r="L80" s="15">
         <v>0.03765</v>
       </c>
       <c r="M80" s="15">
         <v>0.03285</v>
       </c>
       <c r="N80" s="15">
-        <v>8800</v>
+        <v>6710</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>199</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>200</v>
       </c>
       <c r="E81" s="15">
         <v>10080006287</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>2000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06182</v>
       </c>
       <c r="L81" s="15">
         <v>0.04473</v>
       </c>
       <c r="M81" s="15">
         <v>0.03903</v>
       </c>
       <c r="N81" s="15">
-        <v>3168</v>
+        <v>2196</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E82" s="15">
         <v>10080006514</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
         <v>0.02559</v>
       </c>
       <c r="L82" s="15">
         <v>0.02218</v>
       </c>
       <c r="M82" s="15">
         <v>0.02133</v>
       </c>
       <c r="N82" s="15">
-        <v>3300</v>
+        <v>3250</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E83" s="15">
         <v>10080006284</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>2000</v>
       </c>
       <c r="K83" s="15">
         <v>0.03251</v>
       </c>
       <c r="L83" s="15">
         <v>0.02352</v>
       </c>
       <c r="M83" s="15">
         <v>0.02052</v>
       </c>
       <c r="N83" s="15">
-        <v>11461</v>
+        <v>6006</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E84" s="15">
         <v>10080006511</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
         <v>0.08685</v>
       </c>
       <c r="L84" s="15">
         <v>0.05038</v>
       </c>
       <c r="M84" s="15">
         <v>0.04541</v>
       </c>
       <c r="N84" s="15">
-        <v>14023</v>
+        <v>17748</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>207</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>208</v>
       </c>
       <c r="E85" s="15">
         <v>10080028222</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>209</v>
       </c>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
         <v>0.05024</v>
       </c>
       <c r="L85" s="15">
         <v>0.04354</v>
       </c>
       <c r="M85" s="15">
         <v>0.04186</v>
       </c>
       <c r="N85" s="15">
-        <v>836</v>
+        <v>675</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
@@ -4639,51 +4629,51 @@
       <c r="D87" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E87" s="15">
         <v>10080006509</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03285</v>
       </c>
       <c r="L87" s="15">
         <v>0.02377</v>
       </c>
       <c r="M87" s="15">
         <v>0.02074</v>
       </c>
       <c r="N87" s="15">
-        <v>2804</v>
+        <v>3110</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
@@ -4714,364 +4704,364 @@
       </c>
       <c r="D89" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E89" s="15">
         <v>10080006510</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.04637</v>
       </c>
       <c r="L89" s="15">
         <v>0.03312</v>
       </c>
       <c r="M89" s="15">
         <v>0.02981</v>
       </c>
-      <c r="N89" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N89" s="15">
+        <v>720</v>
+      </c>
+      <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E90" s="15">
         <v>10080032274</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.19566</v>
       </c>
       <c r="L90" s="15">
         <v>0.12962</v>
       </c>
       <c r="M90" s="15">
         <v>0.1131</v>
       </c>
       <c r="N90" s="15">
-        <v>842</v>
+        <v>594</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E91" s="15">
         <v>10080058264</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.05108</v>
       </c>
       <c r="L91" s="15">
         <v>0.03696</v>
       </c>
       <c r="M91" s="15">
         <v>0.03225</v>
       </c>
       <c r="N91" s="15">
-        <v>1271</v>
+        <v>957</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>224</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.03393</v>
       </c>
       <c r="L92" s="15">
         <v>0.02941</v>
       </c>
       <c r="M92" s="15">
         <v>0.02828</v>
       </c>
       <c r="N92" s="15">
-        <v>4763</v>
+        <v>3485</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
         <v>0.05284</v>
       </c>
       <c r="L93" s="15">
         <v>0.03823</v>
       </c>
       <c r="M93" s="15">
         <v>0.03336</v>
       </c>
       <c r="N93" s="15">
-        <v>1890</v>
+        <v>1803</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E94" s="15">
         <v>10080043122</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.05727</v>
       </c>
       <c r="L94" s="15">
         <v>0.04091</v>
       </c>
       <c r="M94" s="15">
         <v>0.03681</v>
       </c>
-      <c r="N94" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N94" s="15">
+        <v>2295</v>
+      </c>
+      <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E95" s="15">
         <v>10080032268</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.08824</v>
       </c>
       <c r="L95" s="15">
         <v>0.05781</v>
       </c>
       <c r="M95" s="15">
         <v>0.05212</v>
       </c>
       <c r="N95" s="15">
-        <v>18351</v>
+        <v>23936</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>232</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>233</v>
       </c>
       <c r="E96" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>2000</v>
       </c>
       <c r="K96" s="15">
         <v>0.06852999999999999</v>
       </c>
       <c r="L96" s="15">
         <v>0.04958</v>
       </c>
       <c r="M96" s="15">
         <v>0.04326</v>
       </c>
       <c r="N96" s="15">
-        <v>1697</v>
+        <v>1579</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E97" s="15">
         <v>10080066971</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>2000</v>
       </c>
       <c r="K97" s="15">
         <v>0.07914</v>
       </c>
       <c r="L97" s="15">
         <v>0.05726</v>
       </c>
       <c r="M97" s="15">
         <v>0.04996</v>
       </c>
       <c r="N97" s="15">
-        <v>2240</v>
+        <v>3010</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E98" s="15">
         <v>10080072828</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
@@ -5105,359 +5095,357 @@
       <c r="D99" s="15" t="s">
         <v>240</v>
       </c>
       <c r="E99" s="15">
         <v>10080066984</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.06764000000000001</v>
       </c>
       <c r="L99" s="15">
         <v>0.04832</v>
       </c>
       <c r="M99" s="15">
         <v>0.04348</v>
       </c>
       <c r="N99" s="15">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>630</v>
+      </c>
+      <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E100" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.08552999999999999</v>
       </c>
       <c r="L100" s="15">
         <v>0.06132</v>
       </c>
       <c r="M100" s="15">
         <v>0.05326</v>
       </c>
       <c r="N100" s="15">
-        <v>1195</v>
+        <v>1430</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E101" s="15">
         <v>10080043120</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
         <v>0.07907</v>
       </c>
       <c r="L101" s="15">
         <v>0.05721</v>
       </c>
       <c r="M101" s="15">
         <v>0.04992</v>
       </c>
       <c r="N101" s="15">
-        <v>23686</v>
+        <v>21017</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>246</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>247</v>
       </c>
       <c r="E102" s="15">
         <v>10080035171</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
         <v>0.06683</v>
       </c>
       <c r="L102" s="15">
         <v>0.05792</v>
       </c>
       <c r="M102" s="15">
         <v>0.05569</v>
       </c>
-      <c r="N102" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N102" s="15">
+        <v>870</v>
+      </c>
+      <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>248</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>249</v>
       </c>
       <c r="E103" s="15">
         <v>10080045920</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15"/>
       <c r="K103" s="15">
         <v>0.08420999999999999</v>
       </c>
       <c r="L103" s="15">
         <v>0.07298</v>
       </c>
       <c r="M103" s="15">
         <v>0.07018000000000001</v>
       </c>
       <c r="N103" s="15">
-        <v>840</v>
+        <v>972</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E104" s="15">
         <v>10080072836</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>1000</v>
       </c>
       <c r="K104" s="15">
         <v>0.15055</v>
       </c>
       <c r="L104" s="15">
         <v>0.12547</v>
       </c>
       <c r="M104" s="15">
         <v>0.12044</v>
       </c>
       <c r="N104" s="15">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E105" s="15">
         <v>10080066985</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>1000</v>
       </c>
       <c r="K105" s="15">
         <v>0.20059</v>
       </c>
       <c r="L105" s="15">
         <v>0.13288</v>
       </c>
       <c r="M105" s="15">
         <v>0.11595</v>
       </c>
       <c r="N105" s="15">
-        <v>855</v>
+        <v>770</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E106" s="15">
         <v>10080043118</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>0.18207</v>
       </c>
       <c r="L106" s="15">
         <v>0.13173</v>
       </c>
       <c r="M106" s="15">
         <v>0.11495</v>
       </c>
       <c r="N106" s="15">
-        <v>185</v>
+        <v>227</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>256</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>257</v>
       </c>
       <c r="E107" s="15">
         <v>10080066986</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>0.2187</v>
       </c>
       <c r="L107" s="15">
         <v>0.14488</v>
       </c>
       <c r="M107" s="15">
         <v>0.12642</v>
       </c>
       <c r="N107" s="15">
-        <v>1408</v>
+        <v>1374</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14"/>
       <c r="C108" s="15"/>
       <c r="D108" s="15"/>
       <c r="E108" s="15"/>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15"/>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15"/>
       <c r="L108" s="15"/>
       <c r="M108" s="15"/>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
     </row>
   </sheetData>