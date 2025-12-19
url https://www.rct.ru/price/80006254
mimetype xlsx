--- v1 (2025-12-16)
+++ v2 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,50 +133,53 @@
   <si>
     <t>L-KLS8-1223-BRF-10.8</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=10.8мм / ASR-11 (L-KLS8-1223-BRF-10.8)</t>
   </si>
   <si>
     <t>UT-00137852</t>
   </si>
   <si>
     <t>L-KLS8-1223-BRF-12.7</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=12.7мм / ASR-12.7 (L-KLS8-1223-BRF-12.7)</t>
   </si>
   <si>
     <t>UT-00137851</t>
   </si>
   <si>
     <t>L-KLS8-0230-BSS-12</t>
   </si>
   <si>
     <t>BSS-12 (L-KLS8-0230-BSS-12)</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0201-CS-0305</t>
   </si>
   <si>
     <t>Длина стойки 4,8мм / CS-0305 (L-KLS8-0201-CS-0305)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0406</t>
   </si>
   <si>
     <t>Длина стойки 6,4мм / CS-0406 (L-KLS8-0201-CS-0406)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0610</t>
   </si>
   <si>
     <t>CS-0610 (L-KLS8-0201-CS-0610)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0813</t>
   </si>
   <si>
     <t>CS-0813 (L-KLS8-0201-CS-0813)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-10</t>
@@ -374,50 +377,74 @@
     <t>L-KLS8-0215-M2-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М2* PCHSS2-11 / HP2-11 (L-KLS8-0215-M2-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M4-15</t>
   </si>
   <si>
     <t>Стойка пластиковая М4* PCHSS4-15 / HP4-15 (L-KLS8-0215-M4-15)</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>H=11mm / KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>H=7mm / KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>UT-00139948</t>
+  </si>
+  <si>
+    <t>L-KLS8-0223-PTF-3-05L</t>
+  </si>
+  <si>
+    <t>KLS8-0223-PTF-3-05L (L-KLS8-0223-PTF-3-05L)</t>
+  </si>
+  <si>
+    <t>L-KLS8-0223-PTF-3L-05</t>
+  </si>
+  <si>
+    <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.55мм / KLS8-0223-PTF-3L-05</t>
+  </si>
+  <si>
+    <t>UT-00101199</t>
+  </si>
+  <si>
+    <t>L-KLS8-0223-PTF-3L-08</t>
+  </si>
+  <si>
+    <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.8мм / KLS8-0223-PTF-3L-08</t>
+  </si>
+  <si>
+    <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
     <t>03.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>стойка пластиковая H=28.5мм / L-KLS8-0202A-SP-28</t>
   </si>
@@ -1377,51 +1404,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R108"/>
+  <dimension ref="A1:R111"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1740,3735 +1767,3882 @@
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.1434</v>
       </c>
       <c r="L12" s="15">
         <v>0.12428</v>
       </c>
       <c r="M12" s="15">
         <v>0.1195</v>
       </c>
       <c r="N12" s="15">
-        <v>120</v>
-[...2 lines deleted...]
-      <c r="P12" s="15"/>
+        <v>128</v>
+      </c>
+      <c r="O12" s="15">
+        <v>670</v>
+      </c>
+      <c r="P12" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
-        <v>0.0467</v>
+        <v>0.03114</v>
       </c>
       <c r="L13" s="15">
-        <v>0.03379</v>
+        <v>0.02699</v>
       </c>
       <c r="M13" s="15">
-        <v>0.02948</v>
+        <v>0.02595</v>
       </c>
       <c r="N13" s="15">
-        <v>2988</v>
+        <v>2232</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03818</v>
       </c>
       <c r="L14" s="15">
         <v>0.02727</v>
       </c>
       <c r="M14" s="15">
         <v>0.02454</v>
       </c>
       <c r="N14" s="15">
-        <v>1740</v>
-[...2 lines deleted...]
-      <c r="P14" s="15"/>
+        <v>1660</v>
+      </c>
+      <c r="O14" s="15">
+        <v>8300</v>
+      </c>
+      <c r="P14" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.03927</v>
+        <v>0.02832</v>
       </c>
       <c r="L15" s="15">
-        <v>0.02805</v>
+        <v>0.02454</v>
       </c>
       <c r="M15" s="15">
-        <v>0.02525</v>
+        <v>0.0236</v>
       </c>
       <c r="N15" s="15">
-        <v>10250</v>
-[...2 lines deleted...]
-      <c r="P15" s="15"/>
+        <v>6080</v>
+      </c>
+      <c r="O15" s="15">
+        <v>1280</v>
+      </c>
+      <c r="P15" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.06167</v>
       </c>
       <c r="L16" s="15">
         <v>0.04462</v>
       </c>
       <c r="M16" s="15">
         <v>0.03894</v>
       </c>
       <c r="N16" s="15">
-        <v>670</v>
+        <v>908</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
         <v>0.06347999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.04593</v>
       </c>
       <c r="M17" s="15">
         <v>0.04008</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.05915</v>
+        <v>0.03996</v>
       </c>
       <c r="L18" s="15">
-        <v>0.0428</v>
+        <v>0.03463</v>
       </c>
       <c r="M18" s="15">
-        <v>0.03735</v>
+        <v>0.0333</v>
       </c>
       <c r="N18" s="15">
-        <v>4625</v>
+        <v>4786</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10003</v>
       </c>
       <c r="L19" s="15">
         <v>0.05772</v>
       </c>
       <c r="M19" s="15">
         <v>0.05193</v>
       </c>
       <c r="N19" s="15">
-        <v>3686</v>
-[...2 lines deleted...]
-      <c r="P19" s="15"/>
+        <v>4069</v>
+      </c>
+      <c r="O19" s="15">
+        <v>3400</v>
+      </c>
+      <c r="P19" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.08182</v>
+        <v>0.05942</v>
       </c>
       <c r="L20" s="15">
-        <v>0.05844</v>
+        <v>0.05149</v>
       </c>
       <c r="M20" s="15">
-        <v>0.0526</v>
+        <v>0.04951</v>
       </c>
       <c r="N20" s="15">
-        <v>7548</v>
+        <v>8772</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.07106999999999999</v>
+        <v>0.05049</v>
       </c>
       <c r="L21" s="15">
-        <v>0.05142</v>
+        <v>0.04376</v>
       </c>
       <c r="M21" s="15">
-        <v>0.04487</v>
+        <v>0.04208</v>
       </c>
       <c r="N21" s="15">
-        <v>22283</v>
+        <v>17417</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>759</v>
+        <v>749</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>306</v>
+        <v>368</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10506</v>
       </c>
       <c r="L24" s="15">
         <v>0.10222</v>
       </c>
       <c r="M24" s="15">
         <v>0.09631000000000001</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1500</v>
       </c>
       <c r="K25" s="15">
         <v>0.10678</v>
       </c>
       <c r="L25" s="15">
         <v>0.07726</v>
       </c>
       <c r="M25" s="15">
         <v>0.06741</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.09711</v>
+        <v>0.06593</v>
       </c>
       <c r="L26" s="15">
-        <v>0.07026</v>
+        <v>0.05714</v>
       </c>
       <c r="M26" s="15">
-        <v>0.06131</v>
+        <v>0.05494</v>
       </c>
       <c r="N26" s="15">
-        <v>8714</v>
+        <v>9730</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.14829</v>
+        <v>0.08046</v>
       </c>
       <c r="L27" s="15">
-        <v>0.09823</v>
+        <v>0.06973</v>
       </c>
       <c r="M27" s="15">
-        <v>0.08572</v>
+        <v>0.06705</v>
       </c>
       <c r="N27" s="15">
-        <v>875</v>
+        <v>1025</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.10868</v>
       </c>
       <c r="L28" s="15">
         <v>0.06521</v>
       </c>
       <c r="M28" s="15">
         <v>0.06521</v>
       </c>
       <c r="N28" s="15">
-        <v>6976</v>
+        <v>5319</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.11833</v>
       </c>
       <c r="L29" s="15">
         <v>0.08561000000000001</v>
       </c>
       <c r="M29" s="15">
         <v>0.07471</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E30" s="15">
         <v>10080006508</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.11731</v>
       </c>
       <c r="L30" s="15">
         <v>0.08379</v>
       </c>
       <c r="M30" s="15">
         <v>0.07541</v>
       </c>
       <c r="N30" s="15">
-        <v>990</v>
+        <v>1140</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04635</v>
       </c>
       <c r="L31" s="15">
         <v>0.03354</v>
       </c>
       <c r="M31" s="15">
         <v>0.02926</v>
       </c>
       <c r="N31" s="15">
-        <v>2202</v>
+        <v>1632</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <v>0.13989</v>
       </c>
       <c r="L32" s="15">
         <v>0.12249</v>
       </c>
       <c r="M32" s="15">
         <v>0.11805</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>811</v>
+        <v>654</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080043127</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.05705</v>
       </c>
       <c r="L34" s="15">
         <v>0.04128</v>
       </c>
       <c r="M34" s="15">
         <v>0.03602</v>
       </c>
       <c r="N34" s="15">
-        <v>2021</v>
+        <v>2055</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080050044</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.06026</v>
       </c>
       <c r="L35" s="15">
         <v>0.0436</v>
       </c>
       <c r="M35" s="15">
         <v>0.03804</v>
       </c>
       <c r="N35" s="15">
-        <v>1863</v>
-[...2 lines deleted...]
-      <c r="P35" s="15"/>
+        <v>2547</v>
+      </c>
+      <c r="O35" s="15">
+        <v>8200</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E36" s="15">
         <v>10080069039</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.06482</v>
       </c>
       <c r="L36" s="15">
         <v>0.0469</v>
       </c>
       <c r="M36" s="15">
         <v>0.04092</v>
       </c>
       <c r="N36" s="15">
-        <v>10673</v>
+        <v>11781</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E37" s="15">
         <v>10080060761</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05045</v>
+        <v>0.05016</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04372</v>
+        <v>0.04347</v>
       </c>
       <c r="M37" s="15">
-        <v>0.04204</v>
+        <v>0.0418</v>
       </c>
       <c r="N37" s="15">
-        <v>1339</v>
+        <v>1691</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E38" s="15">
         <v>10080035172</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>2000</v>
       </c>
       <c r="K38" s="15">
         <v>0.0746</v>
       </c>
       <c r="L38" s="15">
         <v>0.05398</v>
       </c>
       <c r="M38" s="15">
         <v>0.0471</v>
       </c>
       <c r="N38" s="15">
-        <v>1568</v>
+        <v>2313</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.06955</v>
       </c>
       <c r="L39" s="15">
         <v>0.04968</v>
       </c>
       <c r="M39" s="15">
         <v>0.04471</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>2000</v>
       </c>
       <c r="K40" s="15">
         <v>0.08185000000000001</v>
       </c>
       <c r="L40" s="15">
         <v>0.05922</v>
       </c>
       <c r="M40" s="15">
         <v>0.05168</v>
       </c>
       <c r="N40" s="15">
-        <v>16443</v>
+        <v>12992</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.06011</v>
       </c>
       <c r="L41" s="15">
         <v>0.05209</v>
       </c>
       <c r="M41" s="15">
         <v>0.05009</v>
       </c>
       <c r="N41" s="15">
-        <v>3915</v>
+        <v>3690</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.08476</v>
       </c>
       <c r="L42" s="15">
         <v>0.06132</v>
       </c>
       <c r="M42" s="15">
         <v>0.05351</v>
       </c>
       <c r="N42" s="15">
-        <v>190</v>
-[...2 lines deleted...]
-      <c r="P42" s="15"/>
+        <v>153</v>
+      </c>
+      <c r="O42" s="15">
+        <v>610</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E43" s="15">
         <v>10080035173</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>2000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.08591</v>
+        <v>0.0621</v>
       </c>
       <c r="L43" s="15">
-        <v>0.06137</v>
+        <v>0.05382</v>
       </c>
       <c r="M43" s="15">
-        <v>0.05523</v>
+        <v>0.05175</v>
       </c>
       <c r="N43" s="15">
-        <v>5936</v>
+        <v>5721</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.13139</v>
       </c>
       <c r="L44" s="15">
         <v>0.09506000000000001</v>
       </c>
       <c r="M44" s="15">
         <v>0.08295</v>
       </c>
       <c r="N44" s="15">
-        <v>900</v>
+        <v>840</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="E45" s="15">
         <v>10080063329</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>2000</v>
       </c>
       <c r="K45" s="15">
         <v>0.10438</v>
       </c>
       <c r="L45" s="15">
         <v>0.07552</v>
       </c>
       <c r="M45" s="15">
         <v>0.0659</v>
       </c>
       <c r="N45" s="15">
-        <v>1354</v>
+        <v>1277</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E46" s="15">
         <v>10080045919</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.11933</v>
       </c>
       <c r="L46" s="15">
         <v>0.08633</v>
       </c>
       <c r="M46" s="15">
         <v>0.07534</v>
       </c>
       <c r="N46" s="15">
-        <v>657</v>
+        <v>774</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E47" s="15">
         <v>10080042633</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.13868</v>
+        <v>0.07647</v>
       </c>
       <c r="L47" s="15">
-        <v>0.09186</v>
+        <v>0.06627</v>
       </c>
       <c r="M47" s="15">
-        <v>0.08017000000000001</v>
+        <v>0.06372999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>5135</v>
+        <v>6636</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E48" s="15">
         <v>10080048795</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.08687</v>
       </c>
       <c r="L48" s="15">
         <v>0.05693</v>
       </c>
       <c r="M48" s="15">
         <v>0.04943</v>
       </c>
       <c r="N48" s="15">
-        <v>1462</v>
+        <v>1871</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E49" s="15">
         <v>10080074467</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.08719</v>
       </c>
       <c r="L49" s="15">
         <v>0.06308</v>
       </c>
       <c r="M49" s="15">
         <v>0.05505</v>
       </c>
       <c r="N49" s="15">
-        <v>1201</v>
+        <v>1119</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E50" s="15">
         <v>10080071334</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.11373</v>
       </c>
       <c r="L50" s="15">
         <v>0.08228000000000001</v>
       </c>
       <c r="M50" s="15">
         <v>0.0718</v>
       </c>
       <c r="N50" s="15">
-        <v>18497</v>
+        <v>20246</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.11199</v>
       </c>
       <c r="L51" s="15">
         <v>0.09393</v>
       </c>
       <c r="M51" s="15">
         <v>0.09031</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="E52" s="15">
-        <v>10080050350</v>
+        <v>10080059298</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>2000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.53202</v>
+        <v>0.00868</v>
       </c>
       <c r="L52" s="15">
-        <v>0</v>
+        <v>0.007</v>
       </c>
       <c r="M52" s="15">
-        <v>0</v>
+        <v>0.00673</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.08288</v>
+        <v>0.02405</v>
       </c>
       <c r="L53" s="15">
-        <v>0.06951</v>
+        <v>0.02018</v>
       </c>
       <c r="M53" s="15">
-        <v>0.06684</v>
+        <v>0.0194</v>
       </c>
       <c r="N53" s="15"/>
-      <c r="O53" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O53" s="15"/>
+      <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>1000</v>
+        <v>20000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.14319</v>
+        <v>0.01289</v>
       </c>
       <c r="L54" s="15">
-        <v>0.12009</v>
+        <v>0.00933</v>
       </c>
       <c r="M54" s="15">
-        <v>0.11547</v>
+        <v>0.00814</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="E55" s="15" t="s">
-        <v>131</v>
+      <c r="E55" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.07596</v>
+        <v>0.53202</v>
       </c>
       <c r="L55" s="15">
-        <v>0.06370000000000001</v>
+        <v>0</v>
       </c>
       <c r="M55" s="15">
-        <v>0.06125</v>
+        <v>0</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.11282</v>
+        <v>0.08288</v>
       </c>
       <c r="L56" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.06951</v>
       </c>
       <c r="M56" s="15">
-        <v>0.09099</v>
+        <v>0.06684</v>
       </c>
       <c r="N56" s="15"/>
-      <c r="O56" s="15"/>
-      <c r="P56" s="15"/>
+      <c r="O56" s="15">
+        <v>630</v>
+      </c>
+      <c r="P56" s="15" t="s">
+        <v>134</v>
+      </c>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.12636</v>
+        <v>0.14319</v>
       </c>
       <c r="L57" s="15">
-        <v>0.10598</v>
+        <v>0.12009</v>
       </c>
       <c r="M57" s="15">
-        <v>0.1019</v>
+        <v>0.11547</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="E58" s="15">
-        <v>10080066129</v>
+      <c r="E58" s="15" t="s">
+        <v>140</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.03003</v>
+        <v>0.07596</v>
       </c>
       <c r="L58" s="15">
-        <v>0.02173</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M58" s="15">
-        <v>0.01896</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06125</v>
+      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.03168</v>
+        <v>0.11282</v>
       </c>
       <c r="L59" s="15">
-        <v>0.02292</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.02</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09099</v>
+      </c>
+      <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.0633</v>
+        <v>0.12636</v>
       </c>
       <c r="L60" s="15">
-        <v>0.0458</v>
+        <v>0.10598</v>
       </c>
       <c r="M60" s="15">
-        <v>0.03996</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E61" s="15">
-        <v>10080070865</v>
+        <v>10080066129</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.06508</v>
+        <v>0.03003</v>
       </c>
       <c r="L61" s="15">
-        <v>0.04708</v>
+        <v>0.02173</v>
       </c>
       <c r="M61" s="15">
-        <v>0.04109</v>
+        <v>0.01896</v>
       </c>
       <c r="N61" s="15">
-        <v>8394</v>
+        <v>14000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.05902</v>
+        <v>0.03168</v>
       </c>
       <c r="L62" s="15">
-        <v>0.0427</v>
+        <v>0.02292</v>
       </c>
       <c r="M62" s="15">
-        <v>0.03726</v>
+        <v>0.02</v>
       </c>
       <c r="N62" s="15">
-        <v>1494</v>
+        <v>855</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.07364</v>
+        <v>0.04329</v>
       </c>
       <c r="L63" s="15">
-        <v>0.07364</v>
+        <v>0.03752</v>
       </c>
       <c r="M63" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N63" s="15"/>
+        <v>0.03608</v>
+      </c>
+      <c r="N63" s="15">
+        <v>8700</v>
+      </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="E64" s="15" t="s">
         <v>156</v>
+      </c>
+      <c r="E64" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.08273999999999999</v>
+        <v>0.04479</v>
       </c>
       <c r="L64" s="15">
-        <v>0.05986</v>
+        <v>0.03882</v>
       </c>
       <c r="M64" s="15">
-        <v>0.05224</v>
+        <v>0.03733</v>
       </c>
       <c r="N64" s="15">
-        <v>824</v>
+        <v>8687</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>159</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.14116</v>
+        <v>0.05902</v>
       </c>
       <c r="L65" s="15">
-        <v>0.10213</v>
+        <v>0.0427</v>
       </c>
       <c r="M65" s="15">
-        <v>0.08912</v>
+        <v>0.03726</v>
       </c>
       <c r="N65" s="15">
-        <v>528</v>
+        <v>1410</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.03431</v>
+        <v>0.07364</v>
       </c>
       <c r="L66" s="15">
-        <v>0.02973</v>
+        <v>0.07364</v>
       </c>
       <c r="M66" s="15">
-        <v>0.02859</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.05219</v>
+        <v>0.08273999999999999</v>
       </c>
       <c r="L67" s="15">
-        <v>0.04377</v>
+        <v>0.05986</v>
       </c>
       <c r="M67" s="15">
-        <v>0.04209</v>
-[...1 lines deleted...]
-      <c r="N67" s="15"/>
+        <v>0.05224</v>
+      </c>
+      <c r="N67" s="15">
+        <v>873</v>
+      </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>166</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>167</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>168</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.08859</v>
+        <v>0.14116</v>
       </c>
       <c r="L68" s="15">
-        <v>0.0743</v>
+        <v>0.10213</v>
       </c>
       <c r="M68" s="15">
-        <v>0.07145</v>
+        <v>0.08912</v>
       </c>
       <c r="N68" s="15">
-        <v>16</v>
-[...2 lines deleted...]
-      <c r="P68" s="15"/>
+        <v>528</v>
+      </c>
+      <c r="O68" s="15">
+        <v>1320</v>
+      </c>
+      <c r="P68" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>2000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.10197</v>
+        <v>0.03431</v>
       </c>
       <c r="L69" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.02973</v>
       </c>
       <c r="M69" s="15">
-        <v>0.08223999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.02859</v>
+      </c>
+      <c r="N69" s="15">
+        <v>1500</v>
+      </c>
+      <c r="O69" s="15"/>
+      <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.04888</v>
+        <v>0.05219</v>
       </c>
       <c r="L70" s="15">
-        <v>0.04888</v>
+        <v>0.04377</v>
       </c>
       <c r="M70" s="15">
-        <v>0.04888</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I71" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.0396</v>
+        <v>0.08859</v>
       </c>
       <c r="L71" s="15">
-        <v>0.03322</v>
+        <v>0.0743</v>
       </c>
       <c r="M71" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.07145</v>
+      </c>
+      <c r="N71" s="15">
+        <v>16</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080074137</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
-      <c r="J72" s="15"/>
+      <c r="J72" s="15">
+        <v>2000</v>
+      </c>
       <c r="K72" s="15">
-        <v>0.02156</v>
+        <v>0.10197</v>
       </c>
       <c r="L72" s="15">
-        <v>0.01868</v>
+        <v>0.08552999999999999</v>
       </c>
       <c r="M72" s="15">
-        <v>0.01796</v>
-[...5 lines deleted...]
-      <c r="P72" s="15"/>
+        <v>0.08223999999999999</v>
+      </c>
+      <c r="N72" s="15"/>
+      <c r="O72" s="15">
+        <v>740</v>
+      </c>
+      <c r="P72" s="15" t="s">
+        <v>181</v>
+      </c>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="E73" s="15">
-        <v>10080074138</v>
+      <c r="E73" s="15" t="s">
+        <v>184</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.06174</v>
+        <v>0.04888</v>
       </c>
       <c r="L73" s="15">
-        <v>0.04467</v>
+        <v>0.04888</v>
       </c>
       <c r="M73" s="15">
-        <v>0.03898</v>
+        <v>0.04888</v>
       </c>
       <c r="N73" s="15">
-        <v>13792</v>
+        <v>3547</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I74" s="15"/>
+      <c r="I74" s="15" t="s">
+        <v>188</v>
+      </c>
       <c r="J74" s="15">
-        <v>100</v>
+        <v>5000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.24556</v>
+        <v>0.0396</v>
       </c>
       <c r="L74" s="15">
-        <v>0.20595</v>
+        <v>0.03322</v>
       </c>
       <c r="M74" s="15">
-        <v>0.19803</v>
+        <v>0.03194</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15">
-        <v>10080076098</v>
+        <v>10080074137</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
-        <v>0.11261</v>
+        <v>0.02156</v>
       </c>
       <c r="L75" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.01868</v>
       </c>
       <c r="M75" s="15">
-        <v>0.09007999999999999</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.01796</v>
+      </c>
+      <c r="N75" s="15">
+        <v>16111</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E76" s="15">
-        <v>10080076097</v>
+        <v>10080074138</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
-      <c r="J76" s="15"/>
+      <c r="J76" s="15">
+        <v>10000</v>
+      </c>
       <c r="K76" s="15">
-        <v>0.12284</v>
+        <v>0.04113</v>
       </c>
       <c r="L76" s="15">
-        <v>0.10237</v>
+        <v>0.03565</v>
       </c>
       <c r="M76" s="15">
-        <v>0.09827</v>
-[...1 lines deleted...]
-      <c r="N76" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N76" s="15">
+        <v>14592</v>
+      </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>10080008531</v>
+        <v>194</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>195</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.08448</v>
+        <v>0.24556</v>
       </c>
       <c r="L77" s="15">
-        <v>0.04874</v>
+        <v>0.20595</v>
       </c>
       <c r="M77" s="15">
-        <v>0.04386</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.19803</v>
+      </c>
+      <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E78" s="15">
-        <v>10080034449</v>
+        <v>10080076098</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.15663</v>
+        <v>0.11261</v>
       </c>
       <c r="L78" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M78" s="15">
-        <v>0.07097000000000001</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E79" s="15">
-        <v>10080048611</v>
+        <v>10080076097</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.06972</v>
+        <v>0.12284</v>
       </c>
       <c r="L79" s="15">
-        <v>0.06042</v>
+        <v>0.10237</v>
       </c>
       <c r="M79" s="15">
-        <v>0.0581</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09827</v>
+      </c>
+      <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E80" s="15">
-        <v>10080006285</v>
+        <v>10080008531</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K80" s="15">
-        <v>0.05204</v>
+        <v>0.08448</v>
       </c>
       <c r="L80" s="15">
-        <v>0.03765</v>
+        <v>0.04874</v>
       </c>
       <c r="M80" s="15">
-        <v>0.03285</v>
+        <v>0.04386</v>
       </c>
       <c r="N80" s="15">
-        <v>6710</v>
+        <v>884</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E81" s="15">
-        <v>10080006287</v>
+        <v>10080034449</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>2000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.06182</v>
+        <v>0.15663</v>
       </c>
       <c r="L81" s="15">
-        <v>0.04473</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M81" s="15">
-        <v>0.03903</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="E82" s="15">
-        <v>10080006514</v>
+        <v>10080048611</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>5000</v>
+        <v>500</v>
       </c>
       <c r="K82" s="15">
-        <v>0.02559</v>
+        <v>0.06972</v>
       </c>
       <c r="L82" s="15">
-        <v>0.02218</v>
+        <v>0.06042</v>
       </c>
       <c r="M82" s="15">
-        <v>0.02133</v>
+        <v>0.0581</v>
       </c>
       <c r="N82" s="15">
-        <v>3250</v>
+        <v>1925</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="E83" s="15">
-        <v>10080006284</v>
+        <v>10080006285</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>2000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.03251</v>
+        <v>0.03705</v>
       </c>
       <c r="L83" s="15">
-        <v>0.02352</v>
+        <v>0.03211</v>
       </c>
       <c r="M83" s="15">
-        <v>0.02052</v>
+        <v>0.03088</v>
       </c>
       <c r="N83" s="15">
-        <v>6006</v>
+        <v>7920</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E84" s="15">
-        <v>10080006511</v>
+        <v>10080006287</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.08685</v>
+        <v>0.04368</v>
       </c>
       <c r="L84" s="15">
-        <v>0.05038</v>
+        <v>0.03786</v>
       </c>
       <c r="M84" s="15">
-        <v>0.04541</v>
+        <v>0.0364</v>
       </c>
       <c r="N84" s="15">
-        <v>17748</v>
+        <v>2844</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E85" s="15">
-        <v>10080028222</v>
+        <v>10080006514</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.05024</v>
+        <v>0.02559</v>
       </c>
       <c r="L85" s="15">
-        <v>0.04354</v>
+        <v>0.02218</v>
       </c>
       <c r="M85" s="15">
-        <v>0.04186</v>
+        <v>0.02133</v>
       </c>
       <c r="N85" s="15">
-        <v>675</v>
+        <v>3150</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>213</v>
+      </c>
+      <c r="E86" s="15">
+        <v>10080006284</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.02079</v>
+        <v>0.03251</v>
       </c>
       <c r="L86" s="15">
-        <v>0.01802</v>
+        <v>0.02352</v>
       </c>
       <c r="M86" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N86" s="15"/>
+        <v>0.02052</v>
+      </c>
+      <c r="N86" s="15">
+        <v>4928</v>
+      </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E87" s="15">
-        <v>10080006509</v>
+        <v>10080006511</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.03285</v>
+        <v>0.08685</v>
       </c>
       <c r="L87" s="15">
-        <v>0.02377</v>
+        <v>0.05038</v>
       </c>
       <c r="M87" s="15">
-        <v>0.02074</v>
+        <v>0.04541</v>
       </c>
       <c r="N87" s="15">
-        <v>3110</v>
+        <v>17748</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>217</v>
+      </c>
+      <c r="E88" s="15">
+        <v>10080028222</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I88" s="15"/>
+      <c r="I88" s="15" t="s">
+        <v>218</v>
+      </c>
       <c r="J88" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.04372</v>
+        <v>0.05024</v>
       </c>
       <c r="L88" s="15">
-        <v>0.03666</v>
+        <v>0.04354</v>
       </c>
       <c r="M88" s="15">
-        <v>0.03525</v>
-[...1 lines deleted...]
-      <c r="N88" s="15"/>
+        <v>0.04186</v>
+      </c>
+      <c r="N88" s="15">
+        <v>686</v>
+      </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-        <v>10080006510</v>
+        <v>220</v>
+      </c>
+      <c r="E89" s="15" t="s">
+        <v>221</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.04637</v>
+        <v>0.02079</v>
       </c>
       <c r="L89" s="15">
-        <v>0.03312</v>
+        <v>0.01802</v>
       </c>
       <c r="M89" s="15">
-        <v>0.02981</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01733</v>
+      </c>
+      <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E90" s="15">
-        <v>10080032274</v>
+        <v>10080006509</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.19566</v>
+        <v>0.03285</v>
       </c>
       <c r="L90" s="15">
-        <v>0.12962</v>
+        <v>0.02377</v>
       </c>
       <c r="M90" s="15">
-        <v>0.1131</v>
+        <v>0.02074</v>
       </c>
       <c r="N90" s="15">
-        <v>594</v>
+        <v>3899</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>10080058264</v>
+        <v>223</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>224</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.05108</v>
+        <v>0.04372</v>
       </c>
       <c r="L91" s="15">
-        <v>0.03696</v>
+        <v>0.03666</v>
       </c>
       <c r="M91" s="15">
-        <v>0.03225</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>226</v>
+      </c>
+      <c r="E92" s="15">
+        <v>10080006510</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.03393</v>
+        <v>0.03344</v>
       </c>
       <c r="L92" s="15">
-        <v>0.02941</v>
+        <v>0.02898</v>
       </c>
       <c r="M92" s="15">
-        <v>0.02828</v>
+        <v>0.02786</v>
       </c>
       <c r="N92" s="15">
-        <v>3485</v>
+        <v>690</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>228</v>
+      </c>
+      <c r="E93" s="15">
+        <v>10080032274</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.05284</v>
+        <v>0.10788</v>
       </c>
       <c r="L93" s="15">
-        <v>0.03823</v>
+        <v>0.0935</v>
       </c>
       <c r="M93" s="15">
-        <v>0.03336</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N93" s="15">
-        <v>1803</v>
+        <v>743</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E94" s="15">
-        <v>10080043122</v>
+        <v>10080058264</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.05727</v>
+        <v>0.05108</v>
       </c>
       <c r="L94" s="15">
-        <v>0.04091</v>
+        <v>0.03696</v>
       </c>
       <c r="M94" s="15">
-        <v>0.03681</v>
+        <v>0.03225</v>
       </c>
       <c r="N94" s="15">
-        <v>2295</v>
-[...2 lines deleted...]
-      <c r="P94" s="15"/>
+        <v>971</v>
+      </c>
+      <c r="O94" s="15">
+        <v>680</v>
+      </c>
+      <c r="P94" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>10080032268</v>
+        <v>232</v>
+      </c>
+      <c r="E95" s="15" t="s">
+        <v>233</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.08824</v>
+        <v>0.03393</v>
       </c>
       <c r="L95" s="15">
-        <v>0.05781</v>
+        <v>0.02941</v>
       </c>
       <c r="M95" s="15">
-        <v>0.05212</v>
+        <v>0.02828</v>
       </c>
       <c r="N95" s="15">
-        <v>23936</v>
+        <v>3776</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.06852999999999999</v>
+        <v>0.05284</v>
       </c>
       <c r="L96" s="15">
-        <v>0.04958</v>
+        <v>0.03823</v>
       </c>
       <c r="M96" s="15">
-        <v>0.04326</v>
+        <v>0.03336</v>
       </c>
       <c r="N96" s="15">
-        <v>1579</v>
+        <v>1695</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="E97" s="15">
-        <v>10080066971</v>
+        <v>10080043122</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.07914</v>
+        <v>0.03918</v>
       </c>
       <c r="L97" s="15">
-        <v>0.05726</v>
+        <v>0.03396</v>
       </c>
       <c r="M97" s="15">
-        <v>0.04996</v>
+        <v>0.03265</v>
       </c>
       <c r="N97" s="15">
-        <v>3010</v>
-[...2 lines deleted...]
-      <c r="P97" s="15"/>
+        <v>2198</v>
+      </c>
+      <c r="O97" s="15">
+        <v>2460</v>
+      </c>
+      <c r="P97" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="E98" s="15">
-        <v>10080072828</v>
+        <v>10080032268</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.0473</v>
       </c>
       <c r="L98" s="15">
-        <v>0.05958</v>
+        <v>0.04099</v>
       </c>
       <c r="M98" s="15">
-        <v>0.05199</v>
+        <v>0.03941</v>
       </c>
       <c r="N98" s="15">
-        <v>4374</v>
+        <v>16755</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>10080066984</v>
+        <v>242</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>243</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.06764000000000001</v>
+        <v>0.06852999999999999</v>
       </c>
       <c r="L99" s="15">
-        <v>0.04832</v>
+        <v>0.04958</v>
       </c>
       <c r="M99" s="15">
-        <v>0.04348</v>
+        <v>0.04326</v>
       </c>
       <c r="N99" s="15">
-        <v>630</v>
+        <v>1885</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>245</v>
+      </c>
+      <c r="E100" s="15">
+        <v>10080066971</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.07914</v>
       </c>
       <c r="L100" s="15">
-        <v>0.06132</v>
+        <v>0.05726</v>
       </c>
       <c r="M100" s="15">
-        <v>0.05326</v>
+        <v>0.04996</v>
       </c>
       <c r="N100" s="15">
-        <v>1430</v>
+        <v>2485</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E101" s="15">
-        <v>10080043120</v>
+        <v>10080072828</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.07907</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L101" s="15">
-        <v>0.05721</v>
+        <v>0.05958</v>
       </c>
       <c r="M101" s="15">
-        <v>0.04992</v>
+        <v>0.05199</v>
       </c>
       <c r="N101" s="15">
-        <v>21017</v>
+        <v>5624</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="E102" s="15">
-        <v>10080035171</v>
+        <v>10080066984</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.06683</v>
+        <v>0.04875</v>
       </c>
       <c r="L102" s="15">
-        <v>0.05792</v>
+        <v>0.04225</v>
       </c>
       <c r="M102" s="15">
-        <v>0.05569</v>
+        <v>0.04063</v>
       </c>
       <c r="N102" s="15">
-        <v>870</v>
+        <v>570</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-        <v>10080045920</v>
+        <v>251</v>
+      </c>
+      <c r="E103" s="15" t="s">
+        <v>252</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
-      <c r="J103" s="15"/>
+      <c r="J103" s="15">
+        <v>1000</v>
+      </c>
       <c r="K103" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.05007</v>
       </c>
       <c r="L103" s="15">
-        <v>0.07298</v>
+        <v>0.04339</v>
       </c>
       <c r="M103" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.04173</v>
       </c>
       <c r="N103" s="15">
-        <v>972</v>
+        <v>1508</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="E104" s="15">
-        <v>10080072836</v>
+        <v>10080043120</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.15055</v>
+        <v>0.05262</v>
       </c>
       <c r="L104" s="15">
-        <v>0.12547</v>
+        <v>0.0456</v>
       </c>
       <c r="M104" s="15">
-        <v>0.12044</v>
+        <v>0.04385</v>
       </c>
       <c r="N104" s="15">
-        <v>760</v>
+        <v>29357</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E105" s="15">
-        <v>10080066985</v>
+        <v>10080035171</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.20059</v>
+        <v>0.06683</v>
       </c>
       <c r="L105" s="15">
-        <v>0.13288</v>
+        <v>0.05792</v>
       </c>
       <c r="M105" s="15">
-        <v>0.11595</v>
+        <v>0.05569</v>
       </c>
       <c r="N105" s="15">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E106" s="15">
-        <v>10080043118</v>
+        <v>10080045920</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>0.18207</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L106" s="15">
-        <v>0.13173</v>
+        <v>0.07298</v>
       </c>
       <c r="M106" s="15">
-        <v>0.11495</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N106" s="15">
-        <v>227</v>
+        <v>840</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E107" s="15">
-        <v>10080066986</v>
+        <v>10080072836</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
-      <c r="J107" s="15"/>
+      <c r="J107" s="15">
+        <v>1000</v>
+      </c>
       <c r="K107" s="15">
-        <v>0.2187</v>
+        <v>0.15055</v>
       </c>
       <c r="L107" s="15">
-        <v>0.14488</v>
+        <v>0.12547</v>
       </c>
       <c r="M107" s="15">
-        <v>0.12642</v>
+        <v>0.12044</v>
       </c>
       <c r="N107" s="15">
-        <v>1374</v>
+        <v>860</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
-      <c r="B108" s="14"/>
-[...2 lines deleted...]
-      <c r="E108" s="15"/>
+      <c r="B108" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C108" s="15" t="s">
+        <v>261</v>
+      </c>
+      <c r="D108" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="E108" s="15">
+        <v>10080066985</v>
+      </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
-      <c r="H108" s="15"/>
+      <c r="H108" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
-[...3 lines deleted...]
-      <c r="N108" s="15"/>
+      <c r="J108" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K108" s="15">
+        <v>0.10794</v>
+      </c>
+      <c r="L108" s="15">
+        <v>0.09354999999999999</v>
+      </c>
+      <c r="M108" s="15">
+        <v>0.08995</v>
+      </c>
+      <c r="N108" s="15">
+        <v>627</v>
+      </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
+      <c r="R108"/>
+    </row>
+    <row r="109" spans="1:18">
+      <c r="B109" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C109" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="D109" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="E109" s="15">
+        <v>10080043118</v>
+      </c>
+      <c r="F109" s="15"/>
+      <c r="G109" s="15"/>
+      <c r="H109" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I109" s="15"/>
+      <c r="J109" s="15"/>
+      <c r="K109" s="15">
+        <v>0.18207</v>
+      </c>
+      <c r="L109" s="15">
+        <v>0.13173</v>
+      </c>
+      <c r="M109" s="15">
+        <v>0.11495</v>
+      </c>
+      <c r="N109" s="15">
+        <v>244</v>
+      </c>
+      <c r="O109" s="15"/>
+      <c r="P109" s="15"/>
+      <c r="Q109" s="15"/>
+      <c r="R109"/>
+    </row>
+    <row r="110" spans="1:18">
+      <c r="B110" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C110" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D110" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="E110" s="15">
+        <v>10080066986</v>
+      </c>
+      <c r="F110" s="15"/>
+      <c r="G110" s="15"/>
+      <c r="H110" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I110" s="15"/>
+      <c r="J110" s="15"/>
+      <c r="K110" s="15">
+        <v>0.11765</v>
+      </c>
+      <c r="L110" s="15">
+        <v>0.10196</v>
+      </c>
+      <c r="M110" s="15">
+        <v>0.09804</v>
+      </c>
+      <c r="N110" s="15">
+        <v>1048</v>
+      </c>
+      <c r="O110" s="15"/>
+      <c r="P110" s="15"/>
+      <c r="Q110" s="15"/>
+      <c r="R110"/>
+    </row>
+    <row r="111" spans="1:18">
+      <c r="B111" s="14"/>
+      <c r="C111" s="15"/>
+      <c r="D111" s="15"/>
+      <c r="E111" s="15"/>
+      <c r="F111" s="15"/>
+      <c r="G111" s="15"/>
+      <c r="H111" s="15"/>
+      <c r="I111" s="15"/>
+      <c r="J111" s="15"/>
+      <c r="K111" s="15"/>
+      <c r="L111" s="15"/>
+      <c r="M111" s="15"/>
+      <c r="N111" s="15"/>
+      <c r="O111" s="15"/>
+      <c r="P111" s="15"/>
+      <c r="Q111" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5488,317 +5662,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>