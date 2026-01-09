--- v2 (2025-12-19)
+++ v3 (2026-01-09)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -385,86 +385,92 @@
   <si>
     <t>Стойка пластиковая М4* PCHSS4-15 / HP4-15 (L-KLS8-0215-M4-15)</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>H=11mm / KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>H=7mm / KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>UT-00139948</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3-05L</t>
   </si>
   <si>
     <t>KLS8-0223-PTF-3-05L (L-KLS8-0223-PTF-3-05L)</t>
   </si>
   <si>
+    <t>L-KLS8-0223-PTF-3K-05</t>
+  </si>
+  <si>
+    <t>шайба нейлоновая, ID=3.1мм, OD=6.0мм, T=0.5мм / KLS8-0223-PTF-3K-05</t>
+  </si>
+  <si>
+    <t>UT-00153828</t>
+  </si>
+  <si>
     <t>L-KLS8-0223-PTF-3L-05</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.55мм / KLS8-0223-PTF-3L-05</t>
   </si>
   <si>
     <t>UT-00101199</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.8мм / KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
-    <t>03.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>стойка пластиковая H=28.5мм / L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>UT-00132148</t>
   </si>
   <si>
     <t>L-KLS8-0202B-SP-11</t>
   </si>
   <si>
     <t>стойка пластиковая H=11.1мм / L-KLS8-0202B-SP-11</t>
   </si>
   <si>
     <t>UT-00132146</t>
   </si>
   <si>
     <t>L-KLS8-0202B-SP-19</t>
   </si>
   <si>
     <t>стойка на плату, PCB hole 3.2mm, L=19.1mm / L-KLS8-0202B-SP-19</t>
   </si>
   <si>
     <t>UT-00148260</t>
@@ -557,53 +563,50 @@
     <t>L-KLS8-0234-BLG-17</t>
   </si>
   <si>
     <t>стойка пластиковая, две защелки, A=17мм, отв. 3мм / L-KLS8-0234-BLG-17</t>
   </si>
   <si>
     <t>UT-00120799</t>
   </si>
   <si>
     <t>L-KLS8-0237-LCA-05</t>
   </si>
   <si>
     <t>A=5mm / L-KLS8-0237-LCA-05</t>
   </si>
   <si>
     <t>UT-00100927</t>
   </si>
   <si>
     <t>L-KLS8-0237-LCA-18</t>
   </si>
   <si>
     <t>A=18mm / L-KLS8-0237-LCA-18</t>
   </si>
   <si>
     <t>UT-00094547</t>
-  </si>
-[...1 lines deleted...]
-    <t>21.01.2026</t>
   </si>
   <si>
     <t>L-KLS8-0237M-LD-6.5</t>
   </si>
   <si>
     <t>A=6.5mm / L-KLS8-0237M-LD-6.5</t>
   </si>
   <si>
     <t>UT-00090410</t>
   </si>
   <si>
     <t>L-KLS8-0255-PDC-05</t>
   </si>
   <si>
     <t>Стойка пластиковая с односторонней защелкой, A=5мм, плата t=1.2~1.7мм / L-KLS8-0255-PDC-05</t>
   </si>
   <si>
     <t>UT-00103485</t>
   </si>
   <si>
     <t xml:space="preserve">DCB-5 CN, </t>
   </si>
   <si>
     <t>L-KLS8-0318-PF-M2.5-06</t>
   </si>
@@ -1404,51 +1407,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R111"/>
+  <dimension ref="A1:R112"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1684,579 +1687,579 @@
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>500</v>
       </c>
       <c r="K10" s="15">
-        <v>0.17154</v>
+        <v>0.12072</v>
       </c>
       <c r="L10" s="15">
-        <v>0.12411</v>
+        <v>0.10462</v>
       </c>
       <c r="M10" s="15">
-        <v>0.1083</v>
+        <v>0.1006</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>500</v>
       </c>
       <c r="K11" s="15">
-        <v>0.2578</v>
+        <v>0.17784</v>
       </c>
       <c r="L11" s="15">
-        <v>0.18652</v>
+        <v>0.15413</v>
       </c>
       <c r="M11" s="15">
-        <v>0.16276</v>
+        <v>0.1482</v>
       </c>
       <c r="N11" s="15"/>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.1434</v>
       </c>
       <c r="L12" s="15">
         <v>0.12428</v>
       </c>
       <c r="M12" s="15">
         <v>0.1195</v>
       </c>
       <c r="N12" s="15">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="O12" s="15">
-        <v>670</v>
+        <v>640</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03114</v>
       </c>
       <c r="L13" s="15">
         <v>0.02699</v>
       </c>
       <c r="M13" s="15">
         <v>0.02595</v>
       </c>
       <c r="N13" s="15">
-        <v>2232</v>
+        <v>2484</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.03818</v>
+        <v>0.0276</v>
       </c>
       <c r="L14" s="15">
-        <v>0.02727</v>
+        <v>0.02392</v>
       </c>
       <c r="M14" s="15">
-        <v>0.02454</v>
+        <v>0.023</v>
       </c>
       <c r="N14" s="15">
-        <v>1660</v>
+        <v>1200</v>
       </c>
       <c r="O14" s="15">
-        <v>8300</v>
+        <v>6000</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.02832</v>
+        <v>0.02847</v>
       </c>
       <c r="L15" s="15">
-        <v>0.02454</v>
+        <v>0.02467</v>
       </c>
       <c r="M15" s="15">
-        <v>0.0236</v>
+        <v>0.02373</v>
       </c>
       <c r="N15" s="15">
-        <v>6080</v>
+        <v>3150</v>
       </c>
       <c r="O15" s="15">
-        <v>1280</v>
+        <v>1400</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.06167</v>
+        <v>0.04409</v>
       </c>
       <c r="L16" s="15">
-        <v>0.04462</v>
+        <v>0.03821</v>
       </c>
       <c r="M16" s="15">
-        <v>0.03894</v>
+        <v>0.03674</v>
       </c>
       <c r="N16" s="15">
-        <v>908</v>
+        <v>832</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.06347999999999999</v>
+        <v>0.03819</v>
       </c>
       <c r="L17" s="15">
-        <v>0.04593</v>
+        <v>0.0331</v>
       </c>
       <c r="M17" s="15">
-        <v>0.04008</v>
+        <v>0.03183</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03996</v>
       </c>
       <c r="L18" s="15">
         <v>0.03463</v>
       </c>
       <c r="M18" s="15">
         <v>0.0333</v>
       </c>
       <c r="N18" s="15">
-        <v>4786</v>
+        <v>3657</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.10003</v>
       </c>
       <c r="L19" s="15">
         <v>0.05772</v>
       </c>
       <c r="M19" s="15">
         <v>0.05193</v>
       </c>
       <c r="N19" s="15">
-        <v>4069</v>
+        <v>3255</v>
       </c>
       <c r="O19" s="15">
-        <v>3400</v>
+        <v>2720</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.05942</v>
+        <v>0.05895</v>
       </c>
       <c r="L20" s="15">
-        <v>0.05149</v>
+        <v>0.05109</v>
       </c>
       <c r="M20" s="15">
-        <v>0.04951</v>
+        <v>0.04913</v>
       </c>
       <c r="N20" s="15">
-        <v>8772</v>
+        <v>7332</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.05049</v>
       </c>
       <c r="L21" s="15">
         <v>0.04376</v>
       </c>
       <c r="M21" s="15">
         <v>0.04208</v>
       </c>
       <c r="N21" s="15">
-        <v>17417</v>
+        <v>17473</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>749</v>
+        <v>825</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>368</v>
+        <v>311</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -2325,244 +2328,244 @@
       <c r="D26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06593</v>
       </c>
       <c r="L26" s="15">
         <v>0.05714</v>
       </c>
       <c r="M26" s="15">
         <v>0.05494</v>
       </c>
       <c r="N26" s="15">
-        <v>9730</v>
+        <v>12885</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.08046</v>
       </c>
       <c r="L27" s="15">
         <v>0.06973</v>
       </c>
       <c r="M27" s="15">
         <v>0.06705</v>
       </c>
       <c r="N27" s="15">
-        <v>1025</v>
+        <v>938</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.10868</v>
       </c>
       <c r="L28" s="15">
         <v>0.06521</v>
       </c>
       <c r="M28" s="15">
         <v>0.06521</v>
       </c>
       <c r="N28" s="15">
-        <v>5319</v>
+        <v>6453</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
-        <v>0.11833</v>
+        <v>0.08459999999999999</v>
       </c>
       <c r="L29" s="15">
-        <v>0.08561000000000001</v>
+        <v>0.07332</v>
       </c>
       <c r="M29" s="15">
-        <v>0.07471</v>
+        <v>0.07049999999999999</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E30" s="15">
         <v>10080006508</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.11731</v>
+        <v>0.08475000000000001</v>
       </c>
       <c r="L30" s="15">
-        <v>0.08379</v>
+        <v>0.07345</v>
       </c>
       <c r="M30" s="15">
-        <v>0.07541</v>
+        <v>0.07063</v>
       </c>
       <c r="N30" s="15">
-        <v>1140</v>
+        <v>1275</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.04635</v>
+        <v>0.03312</v>
       </c>
       <c r="L31" s="15">
-        <v>0.03354</v>
+        <v>0.0287</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02926</v>
+        <v>0.0276</v>
       </c>
       <c r="N31" s="15">
-        <v>1632</v>
+        <v>1580</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I32" s="15"/>
@@ -2594,250 +2597,250 @@
       <c r="D33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>654</v>
+        <v>793</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080043127</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.05705</v>
+        <v>0.04076</v>
       </c>
       <c r="L34" s="15">
-        <v>0.04128</v>
+        <v>0.03532</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03602</v>
+        <v>0.03396</v>
       </c>
       <c r="N34" s="15">
-        <v>2055</v>
+        <v>2661</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080050044</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.06026</v>
+        <v>0.04205</v>
       </c>
       <c r="L35" s="15">
-        <v>0.0436</v>
+        <v>0.03644</v>
       </c>
       <c r="M35" s="15">
-        <v>0.03804</v>
+        <v>0.03504</v>
       </c>
       <c r="N35" s="15">
-        <v>2547</v>
+        <v>2267</v>
       </c>
       <c r="O35" s="15">
-        <v>8200</v>
+        <v>7300</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E36" s="15">
         <v>10080069039</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.06482</v>
+        <v>0.04364</v>
       </c>
       <c r="L36" s="15">
-        <v>0.0469</v>
+        <v>0.03782</v>
       </c>
       <c r="M36" s="15">
-        <v>0.04092</v>
+        <v>0.03636</v>
       </c>
       <c r="N36" s="15">
-        <v>11781</v>
+        <v>9148</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E37" s="15">
         <v>10080060761</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.05016</v>
       </c>
       <c r="L37" s="15">
         <v>0.04347</v>
       </c>
       <c r="M37" s="15">
         <v>0.0418</v>
       </c>
       <c r="N37" s="15">
-        <v>1691</v>
+        <v>1427</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E38" s="15">
         <v>10080035172</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>2000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.0746</v>
+        <v>0.04989</v>
       </c>
       <c r="L38" s="15">
-        <v>0.05398</v>
+        <v>0.04324</v>
       </c>
       <c r="M38" s="15">
-        <v>0.0471</v>
+        <v>0.04158</v>
       </c>
       <c r="N38" s="15">
-        <v>2313</v>
+        <v>1542</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
@@ -2860,298 +2863,298 @@
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>2000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.08185000000000001</v>
+        <v>0.05645</v>
       </c>
       <c r="L40" s="15">
-        <v>0.05922</v>
+        <v>0.04892</v>
       </c>
       <c r="M40" s="15">
-        <v>0.05168</v>
+        <v>0.04704</v>
       </c>
       <c r="N40" s="15">
-        <v>12992</v>
+        <v>15834</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>97</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.06011</v>
+        <v>0.05868</v>
       </c>
       <c r="L41" s="15">
-        <v>0.05209</v>
+        <v>0.05086</v>
       </c>
       <c r="M41" s="15">
-        <v>0.05009</v>
+        <v>0.0489</v>
       </c>
       <c r="N41" s="15">
-        <v>3690</v>
+        <v>3870</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.08476</v>
+        <v>0.05823</v>
       </c>
       <c r="L42" s="15">
-        <v>0.06132</v>
+        <v>0.05047</v>
       </c>
       <c r="M42" s="15">
-        <v>0.05351</v>
+        <v>0.04853</v>
       </c>
       <c r="N42" s="15">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="O42" s="15">
-        <v>610</v>
+        <v>690</v>
       </c>
       <c r="P42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E43" s="15">
         <v>10080035173</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>2000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.0621</v>
+        <v>0.06168</v>
       </c>
       <c r="L43" s="15">
-        <v>0.05382</v>
+        <v>0.05346</v>
       </c>
       <c r="M43" s="15">
-        <v>0.05175</v>
+        <v>0.0514</v>
       </c>
       <c r="N43" s="15">
-        <v>5721</v>
+        <v>6436</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>105</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.13139</v>
+        <v>0.09029</v>
       </c>
       <c r="L44" s="15">
-        <v>0.09506000000000001</v>
+        <v>0.07825</v>
       </c>
       <c r="M44" s="15">
-        <v>0.08295</v>
+        <v>0.07524</v>
       </c>
       <c r="N44" s="15">
-        <v>840</v>
+        <v>760</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E45" s="15">
         <v>10080063329</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>2000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.10438</v>
+        <v>0.07197000000000001</v>
       </c>
       <c r="L45" s="15">
-        <v>0.07552</v>
+        <v>0.06237</v>
       </c>
       <c r="M45" s="15">
-        <v>0.0659</v>
+        <v>0.05998</v>
       </c>
       <c r="N45" s="15">
-        <v>1277</v>
+        <v>923</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E46" s="15">
         <v>10080045919</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.11933</v>
+        <v>0.08262</v>
       </c>
       <c r="L46" s="15">
-        <v>0.08633</v>
+        <v>0.0716</v>
       </c>
       <c r="M46" s="15">
-        <v>0.07534</v>
+        <v>0.06884999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>774</v>
+        <v>576</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E47" s="15">
         <v>10080042633</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
@@ -3185,129 +3188,129 @@
       <c r="D48" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E48" s="15">
         <v>10080048795</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.08687</v>
       </c>
       <c r="L48" s="15">
         <v>0.05693</v>
       </c>
       <c r="M48" s="15">
         <v>0.04943</v>
       </c>
       <c r="N48" s="15">
-        <v>1871</v>
+        <v>1892</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E49" s="15">
         <v>10080074467</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.08719</v>
+        <v>0.06039</v>
       </c>
       <c r="L49" s="15">
-        <v>0.06308</v>
+        <v>0.05234</v>
       </c>
       <c r="M49" s="15">
-        <v>0.05505</v>
+        <v>0.05033</v>
       </c>
       <c r="N49" s="15">
-        <v>1119</v>
+        <v>1053</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>116</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>117</v>
       </c>
       <c r="E50" s="15">
         <v>10080071334</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.11373</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L50" s="15">
-        <v>0.08228000000000001</v>
+        <v>0.07041</v>
       </c>
       <c r="M50" s="15">
-        <v>0.0718</v>
+        <v>0.0677</v>
       </c>
       <c r="N50" s="15">
-        <v>20246</v>
+        <v>21246</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>120</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3364,2285 +3367,2320 @@
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.02405</v>
+        <v>0.00713</v>
       </c>
       <c r="L53" s="15">
-        <v>0.02018</v>
+        <v>0.00618</v>
       </c>
       <c r="M53" s="15">
-        <v>0.0194</v>
-[...1 lines deleted...]
-      <c r="N53" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N53" s="15">
+        <v>20</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E54" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>20000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.01289</v>
+        <v>0.02405</v>
       </c>
       <c r="L54" s="15">
-        <v>0.00933</v>
+        <v>0.02018</v>
       </c>
       <c r="M54" s="15">
-        <v>0.00814</v>
+        <v>0.0194</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="E55" s="15">
-        <v>10080050350</v>
+      <c r="E55" s="15" t="s">
+        <v>131</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.53202</v>
+        <v>0.00923</v>
       </c>
       <c r="L55" s="15">
-        <v>0</v>
+        <v>0.008</v>
       </c>
       <c r="M55" s="15">
-        <v>0</v>
+        <v>0.00769</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E56" s="15" t="s">
         <v>133</v>
+      </c>
+      <c r="E56" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>2000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.08288</v>
+        <v>0.53202</v>
       </c>
       <c r="L56" s="15">
-        <v>0.06951</v>
+        <v>0</v>
       </c>
       <c r="M56" s="15">
-        <v>0.06684</v>
+        <v>0</v>
       </c>
       <c r="N56" s="15"/>
-      <c r="O56" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O56" s="15"/>
+      <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.14319</v>
+        <v>0.08288</v>
       </c>
       <c r="L57" s="15">
-        <v>0.12009</v>
+        <v>0.06951</v>
       </c>
       <c r="M57" s="15">
-        <v>0.11547</v>
-[...1 lines deleted...]
-      <c r="N57" s="15"/>
+        <v>0.06684</v>
+      </c>
+      <c r="N57" s="15">
+        <v>600</v>
+      </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.07596</v>
+        <v>0.14319</v>
       </c>
       <c r="L58" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M58" s="15">
-        <v>0.06125</v>
+        <v>0.11547</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.11282</v>
+        <v>0.07596</v>
       </c>
       <c r="L59" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.09099</v>
+        <v>0.06125</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>144</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.12636</v>
+        <v>0.11282</v>
       </c>
       <c r="L60" s="15">
-        <v>0.10598</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M60" s="15">
-        <v>0.1019</v>
+        <v>0.09099</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>147</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080066129</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.03003</v>
+        <v>0.12636</v>
       </c>
       <c r="L61" s="15">
-        <v>0.02173</v>
+        <v>0.10598</v>
       </c>
       <c r="M61" s="15">
-        <v>0.01896</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="E62" s="15" t="s">
-        <v>151</v>
+      <c r="E62" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.03168</v>
+        <v>0.02063</v>
       </c>
       <c r="L62" s="15">
-        <v>0.02292</v>
+        <v>0.01788</v>
       </c>
       <c r="M62" s="15">
-        <v>0.02</v>
+        <v>0.01719</v>
       </c>
       <c r="N62" s="15">
-        <v>855</v>
+        <v>14800</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.04329</v>
+        <v>0.02274</v>
       </c>
       <c r="L63" s="15">
-        <v>0.03752</v>
+        <v>0.01971</v>
       </c>
       <c r="M63" s="15">
-        <v>0.03608</v>
+        <v>0.01895</v>
       </c>
       <c r="N63" s="15">
-        <v>8700</v>
+        <v>855</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080070865</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.04479</v>
+        <v>0.04329</v>
       </c>
       <c r="L64" s="15">
-        <v>0.03882</v>
+        <v>0.03752</v>
       </c>
       <c r="M64" s="15">
-        <v>0.03733</v>
+        <v>0.03608</v>
       </c>
       <c r="N64" s="15">
-        <v>8687</v>
+        <v>7700</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>158</v>
       </c>
-      <c r="E65" s="15" t="s">
-        <v>159</v>
+      <c r="E65" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.05902</v>
+        <v>0.04479</v>
       </c>
       <c r="L65" s="15">
-        <v>0.0427</v>
+        <v>0.03882</v>
       </c>
       <c r="M65" s="15">
-        <v>0.03726</v>
+        <v>0.03733</v>
       </c>
       <c r="N65" s="15">
-        <v>1410</v>
+        <v>5954</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.07364</v>
+        <v>0.0408</v>
       </c>
       <c r="L66" s="15">
-        <v>0.07364</v>
+        <v>0.03536</v>
       </c>
       <c r="M66" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N66" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N66" s="15">
+        <v>1810</v>
+      </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.08273999999999999</v>
+        <v>0.07364</v>
       </c>
       <c r="L67" s="15">
-        <v>0.05986</v>
+        <v>0.07364</v>
       </c>
       <c r="M67" s="15">
-        <v>0.05224</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.14116</v>
+        <v>0.05685</v>
       </c>
       <c r="L68" s="15">
-        <v>0.10213</v>
+        <v>0.04927</v>
       </c>
       <c r="M68" s="15">
-        <v>0.08912</v>
+        <v>0.04738</v>
       </c>
       <c r="N68" s="15">
-        <v>528</v>
-[...6 lines deleted...]
-      </c>
+        <v>853</v>
+      </c>
+      <c r="O68" s="15"/>
+      <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>169</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.03431</v>
+        <v>0.09696</v>
       </c>
       <c r="L69" s="15">
-        <v>0.02973</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M69" s="15">
-        <v>0.02859</v>
+        <v>0.0808</v>
       </c>
       <c r="N69" s="15">
-        <v>1500</v>
-[...2 lines deleted...]
-      <c r="P69" s="15"/>
+        <v>656</v>
+      </c>
+      <c r="O69" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P69" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.05219</v>
+        <v>0.03431</v>
       </c>
       <c r="L70" s="15">
-        <v>0.04377</v>
+        <v>0.02973</v>
       </c>
       <c r="M70" s="15">
-        <v>0.04209</v>
-[...1 lines deleted...]
-      <c r="N70" s="15"/>
+        <v>0.02859</v>
+      </c>
+      <c r="N70" s="15">
+        <v>1240</v>
+      </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.08859</v>
+        <v>0.05219</v>
       </c>
       <c r="L71" s="15">
-        <v>0.0743</v>
+        <v>0.04377</v>
       </c>
       <c r="M71" s="15">
-        <v>0.07145</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>2000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.10197</v>
+        <v>0.08859</v>
       </c>
       <c r="L72" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.0743</v>
       </c>
       <c r="M72" s="15">
-        <v>0.08223999999999999</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.07145</v>
+      </c>
+      <c r="N72" s="15">
+        <v>16</v>
+      </c>
+      <c r="O72" s="15"/>
+      <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>182</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.04888</v>
+        <v>0.10197</v>
       </c>
       <c r="L73" s="15">
-        <v>0.04888</v>
+        <v>0.08552999999999999</v>
       </c>
       <c r="M73" s="15">
-        <v>0.04888</v>
+        <v>0.08223999999999999</v>
       </c>
       <c r="N73" s="15">
-        <v>3547</v>
+        <v>790</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="E74" s="15" t="s">
         <v>185</v>
-      </c>
-[...4 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I74" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I74" s="15"/>
       <c r="J74" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.0396</v>
+        <v>0.04888</v>
       </c>
       <c r="L74" s="15">
-        <v>0.03322</v>
+        <v>0.04888</v>
       </c>
       <c r="M74" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N74" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N74" s="15">
+        <v>3947</v>
+      </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>10080074137</v>
+        <v>187</v>
+      </c>
+      <c r="E75" s="15" t="s">
+        <v>188</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I75" s="15"/>
-      <c r="J75" s="15"/>
+      <c r="I75" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="J75" s="15">
+        <v>5000</v>
+      </c>
       <c r="K75" s="15">
-        <v>0.02156</v>
+        <v>0.0396</v>
       </c>
       <c r="L75" s="15">
-        <v>0.01868</v>
+        <v>0.03322</v>
       </c>
       <c r="M75" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03194</v>
+      </c>
+      <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D76" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E76" s="15">
-        <v>10080074138</v>
+        <v>10080074137</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
-      <c r="J76" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J76" s="15"/>
       <c r="K76" s="15">
-        <v>0.04113</v>
+        <v>0.02156</v>
       </c>
       <c r="L76" s="15">
-        <v>0.03565</v>
+        <v>0.01868</v>
       </c>
       <c r="M76" s="15">
-        <v>0.03428</v>
+        <v>0.01796</v>
       </c>
       <c r="N76" s="15">
-        <v>14592</v>
+        <v>11934</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D77" s="15" t="s">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="E77" s="15">
+        <v>10080074138</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.24556</v>
+        <v>0.04113</v>
       </c>
       <c r="L77" s="15">
-        <v>0.20595</v>
+        <v>0.03565</v>
       </c>
       <c r="M77" s="15">
-        <v>0.19803</v>
-[...1 lines deleted...]
-      <c r="N77" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N77" s="15">
+        <v>16191</v>
+      </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E78" s="15" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080076098</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15"/>
+      <c r="J78" s="15">
+        <v>100</v>
+      </c>
       <c r="K78" s="15">
-        <v>0.11261</v>
+        <v>0.24556</v>
       </c>
       <c r="L78" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.20595</v>
       </c>
       <c r="M78" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.19803</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="D79" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="15">
-        <v>10080076097</v>
+        <v>10080076098</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
-        <v>0.12284</v>
+        <v>0.11261</v>
       </c>
       <c r="L79" s="15">
-        <v>0.10237</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M79" s="15">
-        <v>0.09827</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="D80" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="15">
-        <v>10080008531</v>
+        <v>10080076097</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
-      <c r="J80" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>0.08448</v>
+        <v>0.12284</v>
       </c>
       <c r="L80" s="15">
-        <v>0.04874</v>
+        <v>0.10237</v>
       </c>
       <c r="M80" s="15">
-        <v>0.04386</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09827</v>
+      </c>
+      <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D81" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K81" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L81" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M81" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N81" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N81" s="15">
+        <v>739</v>
+      </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D82" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="15">
-        <v>10080048611</v>
+        <v>10080034449</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.06972</v>
+        <v>0.15663</v>
       </c>
       <c r="L82" s="15">
-        <v>0.06042</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M82" s="15">
-        <v>0.0581</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D83" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K83" s="15">
-        <v>0.03705</v>
+        <v>0.06516</v>
       </c>
       <c r="L83" s="15">
-        <v>0.03211</v>
+        <v>0.05647</v>
       </c>
       <c r="M83" s="15">
-        <v>0.03088</v>
+        <v>0.0543</v>
       </c>
       <c r="N83" s="15">
-        <v>7920</v>
+        <v>1800</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="D84" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="15">
-        <v>10080006287</v>
+        <v>10080006285</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>2000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.04368</v>
+        <v>0.03705</v>
       </c>
       <c r="L84" s="15">
-        <v>0.03786</v>
+        <v>0.03211</v>
       </c>
       <c r="M84" s="15">
-        <v>0.0364</v>
+        <v>0.03088</v>
       </c>
       <c r="N84" s="15">
-        <v>2844</v>
+        <v>6710</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D85" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="15">
-        <v>10080006514</v>
+        <v>10080006287</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.02559</v>
+        <v>0.04368</v>
       </c>
       <c r="L85" s="15">
-        <v>0.02218</v>
+        <v>0.03786</v>
       </c>
       <c r="M85" s="15">
-        <v>0.02133</v>
+        <v>0.0364</v>
       </c>
       <c r="N85" s="15">
-        <v>3150</v>
+        <v>3060</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D86" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="15">
-        <v>10080006284</v>
+        <v>10080006514</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.03251</v>
+        <v>0.02559</v>
       </c>
       <c r="L86" s="15">
-        <v>0.02352</v>
+        <v>0.02218</v>
       </c>
       <c r="M86" s="15">
-        <v>0.02052</v>
+        <v>0.02133</v>
       </c>
       <c r="N86" s="15">
-        <v>4928</v>
+        <v>3900</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D87" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="15">
-        <v>10080006511</v>
+        <v>10080006284</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.08685</v>
+        <v>0.02276</v>
       </c>
       <c r="L87" s="15">
-        <v>0.05038</v>
+        <v>0.01972</v>
       </c>
       <c r="M87" s="15">
-        <v>0.04541</v>
+        <v>0.01896</v>
       </c>
       <c r="N87" s="15">
-        <v>17748</v>
+        <v>6699</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D88" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="15">
-        <v>10080028222</v>
+        <v>10080006511</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I88" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.05024</v>
+        <v>0.08685</v>
       </c>
       <c r="L88" s="15">
-        <v>0.04354</v>
+        <v>0.05038</v>
       </c>
       <c r="M88" s="15">
-        <v>0.04186</v>
+        <v>0.04541</v>
       </c>
       <c r="N88" s="15">
-        <v>686</v>
+        <v>17748</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>218</v>
+      </c>
+      <c r="E89" s="15">
+        <v>10080028222</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I89" s="15"/>
+      <c r="I89" s="15" t="s">
+        <v>219</v>
+      </c>
       <c r="J89" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.02079</v>
+        <v>0.05024</v>
       </c>
       <c r="L89" s="15">
-        <v>0.01802</v>
+        <v>0.04354</v>
       </c>
       <c r="M89" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.04186</v>
+      </c>
+      <c r="N89" s="15">
+        <v>836</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>10080006509</v>
+        <v>221</v>
+      </c>
+      <c r="E90" s="15" t="s">
+        <v>222</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.03285</v>
+        <v>0.02079</v>
       </c>
       <c r="L90" s="15">
-        <v>0.02377</v>
+        <v>0.01802</v>
       </c>
       <c r="M90" s="15">
-        <v>0.02074</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01733</v>
+      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>221</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10080006509</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.04372</v>
+        <v>0.02262</v>
       </c>
       <c r="L91" s="15">
-        <v>0.03666</v>
+        <v>0.0196</v>
       </c>
       <c r="M91" s="15">
-        <v>0.03525</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.01885</v>
+      </c>
+      <c r="N91" s="15">
+        <v>3242</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080006510</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.03344</v>
+        <v>0.04372</v>
       </c>
       <c r="L92" s="15">
-        <v>0.02898</v>
+        <v>0.03666</v>
       </c>
       <c r="M92" s="15">
-        <v>0.02786</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D93" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="15">
-        <v>10080032274</v>
+        <v>10080006510</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.10788</v>
+        <v>0.03323</v>
       </c>
       <c r="L93" s="15">
-        <v>0.0935</v>
+        <v>0.0288</v>
       </c>
       <c r="M93" s="15">
-        <v>0.08989999999999999</v>
+        <v>0.02769</v>
       </c>
       <c r="N93" s="15">
-        <v>743</v>
+        <v>810</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D94" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E94" s="15">
-        <v>10080058264</v>
+        <v>10080032274</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.05108</v>
+        <v>0.10788</v>
       </c>
       <c r="L94" s="15">
-        <v>0.03696</v>
+        <v>0.0935</v>
       </c>
       <c r="M94" s="15">
-        <v>0.03225</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N94" s="15">
-        <v>971</v>
-[...6 lines deleted...]
-      </c>
+        <v>753</v>
+      </c>
+      <c r="O94" s="15"/>
+      <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D95" s="15" t="s">
-[...3 lines deleted...]
-        <v>233</v>
+      <c r="E95" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>5000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.03393</v>
+        <v>0.03398</v>
       </c>
       <c r="L95" s="15">
-        <v>0.02941</v>
+        <v>0.02945</v>
       </c>
       <c r="M95" s="15">
-        <v>0.02828</v>
+        <v>0.02831</v>
       </c>
       <c r="N95" s="15">
-        <v>3776</v>
-[...2 lines deleted...]
-      <c r="P95" s="15"/>
+        <v>928</v>
+      </c>
+      <c r="O95" s="15">
+        <v>650</v>
+      </c>
+      <c r="P95" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D96" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>5000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.05284</v>
+        <v>0.03393</v>
       </c>
       <c r="L96" s="15">
-        <v>0.03823</v>
+        <v>0.02941</v>
       </c>
       <c r="M96" s="15">
-        <v>0.03336</v>
+        <v>0.02828</v>
       </c>
       <c r="N96" s="15">
-        <v>1695</v>
+        <v>4995</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D97" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E97" s="15" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080043122</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.03918</v>
+        <v>0.05284</v>
       </c>
       <c r="L97" s="15">
-        <v>0.03396</v>
+        <v>0.03823</v>
       </c>
       <c r="M97" s="15">
-        <v>0.03265</v>
+        <v>0.03336</v>
       </c>
       <c r="N97" s="15">
-        <v>2198</v>
-[...6 lines deleted...]
-      </c>
+        <v>1347</v>
+      </c>
+      <c r="O97" s="15"/>
+      <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="D98" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E98" s="15">
-        <v>10080032268</v>
+        <v>10080043122</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.0473</v>
+        <v>0.04109</v>
       </c>
       <c r="L98" s="15">
-        <v>0.04099</v>
+        <v>0.03561</v>
       </c>
       <c r="M98" s="15">
-        <v>0.03941</v>
+        <v>0.03424</v>
       </c>
       <c r="N98" s="15">
-        <v>16755</v>
-[...2 lines deleted...]
-      <c r="P98" s="15"/>
+        <v>1635</v>
+      </c>
+      <c r="O98" s="15">
+        <v>1830</v>
+      </c>
+      <c r="P98" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D99" s="15" t="s">
-[...3 lines deleted...]
-        <v>243</v>
+      <c r="E99" s="15">
+        <v>10080032268</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.06852999999999999</v>
+        <v>0.0473</v>
       </c>
       <c r="L99" s="15">
-        <v>0.04958</v>
+        <v>0.04099</v>
       </c>
       <c r="M99" s="15">
-        <v>0.04326</v>
+        <v>0.03941</v>
       </c>
       <c r="N99" s="15">
-        <v>1885</v>
+        <v>19947</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="D100" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="E100" s="15" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080066971</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>2000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.07914</v>
+        <v>0.04734</v>
       </c>
       <c r="L100" s="15">
-        <v>0.05726</v>
+        <v>0.04103</v>
       </c>
       <c r="M100" s="15">
-        <v>0.04996</v>
+        <v>0.03945</v>
       </c>
       <c r="N100" s="15">
-        <v>2485</v>
+        <v>2050</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="D101" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="15">
-        <v>10080072828</v>
+        <v>10080066971</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.07914</v>
       </c>
       <c r="L101" s="15">
-        <v>0.05958</v>
+        <v>0.05726</v>
       </c>
       <c r="M101" s="15">
-        <v>0.05199</v>
+        <v>0.04996</v>
       </c>
       <c r="N101" s="15">
-        <v>5624</v>
+        <v>2660</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="D102" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E102" s="15">
-        <v>10080066984</v>
+        <v>10080072828</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.04875</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L102" s="15">
-        <v>0.04225</v>
+        <v>0.05958</v>
       </c>
       <c r="M102" s="15">
-        <v>0.04063</v>
+        <v>0.05199</v>
       </c>
       <c r="N102" s="15">
-        <v>570</v>
+        <v>4062</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="D103" s="15" t="s">
-[...3 lines deleted...]
-        <v>252</v>
+      <c r="E103" s="15">
+        <v>10080066984</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.05007</v>
+        <v>0.04863</v>
       </c>
       <c r="L103" s="15">
-        <v>0.04339</v>
+        <v>0.04215</v>
       </c>
       <c r="M103" s="15">
-        <v>0.04173</v>
+        <v>0.04053</v>
       </c>
       <c r="N103" s="15">
-        <v>1508</v>
+        <v>457</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>252</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080043120</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.05262</v>
+        <v>0.05007</v>
       </c>
       <c r="L104" s="15">
-        <v>0.0456</v>
+        <v>0.04339</v>
       </c>
       <c r="M104" s="15">
-        <v>0.04385</v>
+        <v>0.04173</v>
       </c>
       <c r="N104" s="15">
-        <v>29357</v>
+        <v>1391</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>255</v>
       </c>
-      <c r="D105" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E105" s="15">
-        <v>10080035171</v>
+        <v>10080043120</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>2000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.06683</v>
+        <v>0.05262</v>
       </c>
       <c r="L105" s="15">
-        <v>0.05792</v>
+        <v>0.0456</v>
       </c>
       <c r="M105" s="15">
-        <v>0.05569</v>
+        <v>0.04385</v>
       </c>
       <c r="N105" s="15">
-        <v>780</v>
+        <v>24687</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D106" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106" s="15">
-        <v>10080045920</v>
+        <v>10080035171</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
-      <c r="J106" s="15"/>
+      <c r="J106" s="15">
+        <v>2000</v>
+      </c>
       <c r="K106" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.06648</v>
       </c>
       <c r="L106" s="15">
-        <v>0.07298</v>
+        <v>0.05762</v>
       </c>
       <c r="M106" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.0554</v>
       </c>
       <c r="N106" s="15">
-        <v>840</v>
+        <v>680</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D107" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E107" s="15">
-        <v>10080072836</v>
+        <v>10080045920</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
-      <c r="J107" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J107" s="15"/>
       <c r="K107" s="15">
-        <v>0.15055</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L107" s="15">
-        <v>0.12547</v>
+        <v>0.07298</v>
       </c>
       <c r="M107" s="15">
-        <v>0.12044</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N107" s="15">
-        <v>860</v>
+        <v>696</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>261</v>
       </c>
-      <c r="D108" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E108" s="15">
-        <v>10080066985</v>
+        <v>10080072836</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>1000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.10794</v>
+        <v>0.15055</v>
       </c>
       <c r="L108" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.12547</v>
       </c>
       <c r="M108" s="15">
-        <v>0.08995</v>
+        <v>0.12044</v>
       </c>
       <c r="N108" s="15">
-        <v>627</v>
+        <v>660</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="D109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="15">
-        <v>10080043118</v>
+        <v>10080066985</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15"/>
+      <c r="J109" s="15">
+        <v>1000</v>
+      </c>
       <c r="K109" s="15">
-        <v>0.18207</v>
+        <v>0.10794</v>
       </c>
       <c r="L109" s="15">
-        <v>0.13173</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M109" s="15">
-        <v>0.11495</v>
+        <v>0.08995</v>
       </c>
       <c r="N109" s="15">
-        <v>244</v>
+        <v>703</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>265</v>
       </c>
-      <c r="D110" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="15">
-        <v>10080066986</v>
+        <v>10080043118</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
-        <v>0.11765</v>
+        <v>0.18207</v>
       </c>
       <c r="L110" s="15">
-        <v>0.10196</v>
+        <v>0.13173</v>
       </c>
       <c r="M110" s="15">
-        <v>0.09804</v>
+        <v>0.11495</v>
       </c>
       <c r="N110" s="15">
-        <v>1048</v>
+        <v>171</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
-      <c r="B111" s="14"/>
-[...2 lines deleted...]
-      <c r="E111" s="15"/>
+      <c r="B111" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C111" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D111" s="15" t="s">
+        <v>267</v>
+      </c>
+      <c r="E111" s="15">
+        <v>10080066986</v>
+      </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
-      <c r="H111" s="15"/>
+      <c r="H111" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
-      <c r="K111" s="15"/>
-[...2 lines deleted...]
-      <c r="N111" s="15"/>
+      <c r="K111" s="15">
+        <v>0.11765</v>
+      </c>
+      <c r="L111" s="15">
+        <v>0.10196</v>
+      </c>
+      <c r="M111" s="15">
+        <v>0.09804</v>
+      </c>
+      <c r="N111" s="15">
+        <v>1220</v>
+      </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
+      <c r="R111"/>
+    </row>
+    <row r="112" spans="1:18">
+      <c r="B112" s="14"/>
+      <c r="C112" s="15"/>
+      <c r="D112" s="15"/>
+      <c r="E112" s="15"/>
+      <c r="F112" s="15"/>
+      <c r="G112" s="15"/>
+      <c r="H112" s="15"/>
+      <c r="I112" s="15"/>
+      <c r="J112" s="15"/>
+      <c r="K112" s="15"/>
+      <c r="L112" s="15"/>
+      <c r="M112" s="15"/>
+      <c r="N112" s="15"/>
+      <c r="O112" s="15"/>
+      <c r="P112" s="15"/>
+      <c r="Q112" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5662,317 +5700,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>