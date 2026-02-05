--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>05.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,155 +133,161 @@
   <si>
     <t>L-KLS8-1223-BRF-10.8</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=10.8мм / ASR-11 (L-KLS8-1223-BRF-10.8)</t>
   </si>
   <si>
     <t>UT-00137852</t>
   </si>
   <si>
     <t>L-KLS8-1223-BRF-12.7</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=12.7мм / ASR-12.7 (L-KLS8-1223-BRF-12.7)</t>
   </si>
   <si>
     <t>UT-00137851</t>
   </si>
   <si>
     <t>L-KLS8-0230-BSS-12</t>
   </si>
   <si>
     <t>BSS-12 (L-KLS8-0230-BSS-12)</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0305</t>
   </si>
   <si>
     <t>Длина стойки 4,8мм / CS-0305 (L-KLS8-0201-CS-0305)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0406</t>
   </si>
   <si>
     <t>Длина стойки 6,4мм / CS-0406 (L-KLS8-0201-CS-0406)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0610</t>
   </si>
   <si>
     <t>CS-0610 (L-KLS8-0201-CS-0610)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0813</t>
   </si>
   <si>
     <t>CS-0813 (L-KLS8-0201-CS-0813)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-10</t>
   </si>
   <si>
     <t>CS-10 (L-KLS8-0208-CS-10)</t>
   </si>
   <si>
     <t>UT-00128384</t>
   </si>
   <si>
-    <t xml:space="preserve">BS-10S , </t>
+    <t xml:space="preserve">BS-10S , L-KLS8-0208-CS-10 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1016</t>
   </si>
   <si>
     <t>CS-1016 (L-KLS8-0201-CS-1016)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1219</t>
   </si>
   <si>
     <t>CS-1219 (L-KLS8-0201-CS-1219)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-13</t>
   </si>
   <si>
     <t>CS-13 (L-KLS8-0208-CS-13)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1422</t>
   </si>
   <si>
     <t>CS-1422 (KLS8-0201-CS-1422)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-1625</t>
   </si>
   <si>
     <t>CS-1625 (KLS8-0201-CS-1625)</t>
   </si>
   <si>
     <t>KLS8-0201-CS-1828</t>
   </si>
   <si>
     <t>CS-1828 (KLS8-0201-CS-1828)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-19</t>
   </si>
   <si>
     <t>CS-19 (L-KLS8-0208-CS-19)</t>
   </si>
   <si>
     <t>UT-00134764</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0208-CS-19 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0201-CS-2236</t>
   </si>
   <si>
     <t>CS-2236 (KLS8-0201-CS-2236)</t>
   </si>
   <si>
     <t>KLS8-0208-CS-28</t>
   </si>
   <si>
     <t>CS-28 (KLS8-0208-CS-28)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-35</t>
   </si>
   <si>
     <t>CS-35 (KLS8-0208-CS-35)</t>
   </si>
   <si>
     <t>UT-00137231</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0208-CS-35 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-0208-CS-5</t>
   </si>
   <si>
     <t>Длина стойки 5мм / CS-5 (L-KLS8-0208-CS-5)</t>
   </si>
   <si>
     <t>FI-96</t>
   </si>
   <si>
     <t>Стойка FI-96</t>
   </si>
   <si>
     <t>MASZCZYK</t>
   </si>
   <si>
     <t>FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>Пластиковая стойка Мама-мама M3 25mm / FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -10 / HP-10 (L-KLS8-0215-M3-10)</t>
@@ -289,50 +295,53 @@
   <si>
     <t>L-KLS8-0215-M3-11</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -11 / HP-11 (L-KLS8-0215-M3-11)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-12</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -12 / HP-12 (KLS8-0215-M3-12)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-13</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -13 / HP-13 (L-KLS8-0215-M3-13)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-14</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -14 / HP-14 (L-KLS8-0215-M3-14)</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-0215-M3-14 KLS, </t>
+  </si>
+  <si>
     <t>UT-00150015</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-15</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -15 / HP-15 (L-KLS8-0215-M3-15)</t>
   </si>
   <si>
     <t>10-00061463</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-18</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -18 / HP-18 (L-KLS8-0215-M3-18)</t>
   </si>
   <si>
     <t>UT-00121391</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-19</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -19 / HP-19 (L-KLS8-0215-M3-19)</t>
@@ -364,50 +373,59 @@
   <si>
     <t>L-KLS8-0215-M3-30</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -30 / HP-30 (L-KLS8-0215-M3-30)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-32</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -32 / HP-32 (L-KLS8-0215-M3-32)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M2-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М2* PCHSS2-11 / HP2-11 (L-KLS8-0215-M2-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M4-15</t>
   </si>
   <si>
     <t>Стойка пластиковая М4* PCHSS4-15 / HP4-15 (L-KLS8-0215-M4-15)</t>
   </si>
   <si>
+    <t>L-KLS8-0215-M4-18</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая М4* PCHSS4-18 / HP4-18 (L-KLS8-0215-M4-18)</t>
+  </si>
+  <si>
+    <t>UT-00155111</t>
+  </si>
+  <si>
     <t>L-KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>H=11mm / KLS8-0220A-LCI-11</t>
   </si>
   <si>
     <t>L-KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>H=7mm / KLS8-0220A-LCI-7</t>
   </si>
   <si>
     <t>UT-00139948</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3-05L</t>
   </si>
   <si>
     <t>KLS8-0223-PTF-3-05L (L-KLS8-0223-PTF-3-05L)</t>
   </si>
   <si>
     <t>L-KLS8-0223-PTF-3K-05</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.1мм, OD=6.0мм, T=0.5мм / KLS8-0223-PTF-3K-05</t>
@@ -683,50 +701,53 @@
     <t>RS-6 (BSC-6) (L-KLS8-0239-BSC-06)</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-10</t>
   </si>
   <si>
     <t>Длина стойки 10,5мм / SP-10 (L-KLS8-0202-SP-10)</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-19</t>
   </si>
   <si>
     <t>Длина стойки 19.1 мм / SP-19 (L-KLS8-0202-SP-19)</t>
   </si>
   <si>
     <t xml:space="preserve">DLMSPM-12-19 Essentra, </t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-3</t>
   </si>
   <si>
     <t>SP-3 (L-KLS8-0202-SP-3)</t>
   </si>
   <si>
     <t>UT-00137232</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-0202-SP-3 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-5</t>
   </si>
   <si>
     <t>Длина стойки 5.3 мм / SP-5 (L-KLS8-0202-SP-5)</t>
   </si>
   <si>
     <t>UT-00104904</t>
   </si>
   <si>
     <t>L-KLS8-0202-SP-6</t>
   </si>
   <si>
     <t>SP-6 (L-KLS8-0202-SP-6)</t>
   </si>
   <si>
     <t>L-KLS8-0224A-TCBS-10</t>
   </si>
   <si>
     <t>TCBS-10 (L-KLS8-0224A-TCBS-10)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-06</t>
   </si>
@@ -1407,51 +1428,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R112"/>
+  <dimension ref="A1:R113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1761,253 +1782,253 @@
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
-        <v>0.1434</v>
+        <v>0.14585</v>
       </c>
       <c r="L12" s="15">
-        <v>0.12428</v>
+        <v>0.1264</v>
       </c>
       <c r="M12" s="15">
-        <v>0.1195</v>
+        <v>0.12154</v>
       </c>
       <c r="N12" s="15">
         <v>122</v>
       </c>
       <c r="O12" s="15">
         <v>640</v>
       </c>
       <c r="P12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03114</v>
       </c>
       <c r="L13" s="15">
         <v>0.02699</v>
       </c>
       <c r="M13" s="15">
         <v>0.02595</v>
       </c>
       <c r="N13" s="15">
-        <v>2484</v>
+        <v>3132</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.0276</v>
+        <v>0.02798</v>
       </c>
       <c r="L14" s="15">
-        <v>0.02392</v>
+        <v>0.02425</v>
       </c>
       <c r="M14" s="15">
-        <v>0.023</v>
+        <v>0.02331</v>
       </c>
       <c r="N14" s="15">
-        <v>1200</v>
+        <v>1260</v>
       </c>
       <c r="O14" s="15">
-        <v>6000</v>
+        <v>6300</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
-        <v>0.02847</v>
+        <v>0.02877</v>
       </c>
       <c r="L15" s="15">
-        <v>0.02467</v>
+        <v>0.02493</v>
       </c>
       <c r="M15" s="15">
-        <v>0.02373</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02398</v>
+      </c>
+      <c r="N15" s="15"/>
       <c r="O15" s="15">
-        <v>1400</v>
+        <v>297</v>
       </c>
       <c r="P15" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04409</v>
       </c>
       <c r="L16" s="15">
         <v>0.03821</v>
       </c>
       <c r="M16" s="15">
         <v>0.03674</v>
       </c>
       <c r="N16" s="15">
-        <v>832</v>
+        <v>778</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I17" s="15"/>
+      <c r="I17" s="15" t="s">
+        <v>51</v>
+      </c>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
         <v>0.03819</v>
       </c>
       <c r="L17" s="15">
         <v>0.0331</v>
       </c>
       <c r="M17" s="15">
         <v>0.03183</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
@@ -2016,250 +2037,250 @@
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03996</v>
       </c>
       <c r="L18" s="15">
         <v>0.03463</v>
       </c>
       <c r="M18" s="15">
         <v>0.0333</v>
       </c>
       <c r="N18" s="15">
-        <v>3657</v>
+        <v>2436</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.10003</v>
+        <v>0.05195</v>
       </c>
       <c r="L19" s="15">
-        <v>0.05772</v>
+        <v>0.04502</v>
       </c>
       <c r="M19" s="15">
-        <v>0.05193</v>
+        <v>0.04329</v>
       </c>
       <c r="N19" s="15">
-        <v>3255</v>
+        <v>3111</v>
       </c>
       <c r="O19" s="15">
-        <v>2720</v>
+        <v>2600</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.05895</v>
       </c>
       <c r="L20" s="15">
         <v>0.05109</v>
       </c>
       <c r="M20" s="15">
         <v>0.04913</v>
       </c>
       <c r="N20" s="15">
-        <v>7332</v>
+        <v>8049</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.05049</v>
       </c>
       <c r="L21" s="15">
         <v>0.04376</v>
       </c>
       <c r="M21" s="15">
         <v>0.04208</v>
       </c>
       <c r="N21" s="15">
-        <v>17473</v>
+        <v>16057</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>825</v>
+        <v>636</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -2277,3410 +2298,3457 @@
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I25" s="15"/>
+      <c r="I25" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="J25" s="15">
         <v>1500</v>
       </c>
       <c r="K25" s="15">
         <v>0.10678</v>
       </c>
       <c r="L25" s="15">
         <v>0.07726</v>
       </c>
       <c r="M25" s="15">
         <v>0.06741</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I26" s="15"/>
+      <c r="I26" s="15" t="s">
+        <v>67</v>
+      </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06593</v>
       </c>
       <c r="L26" s="15">
         <v>0.05714</v>
       </c>
       <c r="M26" s="15">
         <v>0.05494</v>
       </c>
       <c r="N26" s="15">
-        <v>12885</v>
+        <v>15542</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.08046</v>
       </c>
       <c r="L27" s="15">
         <v>0.06973</v>
       </c>
       <c r="M27" s="15">
         <v>0.06705</v>
       </c>
       <c r="N27" s="15">
-        <v>938</v>
+        <v>950</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.10868</v>
       </c>
       <c r="L28" s="15">
         <v>0.06521</v>
       </c>
       <c r="M28" s="15">
         <v>0.06521</v>
       </c>
       <c r="N28" s="15">
-        <v>6453</v>
+        <v>5490</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I29" s="15"/>
+      <c r="I29" s="15" t="s">
+        <v>75</v>
+      </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.08459999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07332</v>
       </c>
       <c r="M29" s="15">
         <v>0.07049999999999999</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080006508</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I30" s="15"/>
+      <c r="I30" s="15" t="s">
+        <v>75</v>
+      </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.08475000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07345</v>
       </c>
       <c r="M30" s="15">
         <v>0.07063</v>
       </c>
-      <c r="N30" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03312</v>
       </c>
       <c r="L31" s="15">
         <v>0.0287</v>
       </c>
       <c r="M31" s="15">
         <v>0.0276</v>
       </c>
       <c r="N31" s="15">
-        <v>1580</v>
+        <v>1969</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <v>0.13989</v>
       </c>
       <c r="L32" s="15">
         <v>0.12249</v>
       </c>
       <c r="M32" s="15">
         <v>0.11805</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>793</v>
+        <v>737</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E34" s="15">
         <v>10080043127</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.04076</v>
       </c>
       <c r="L34" s="15">
         <v>0.03532</v>
       </c>
       <c r="M34" s="15">
         <v>0.03396</v>
       </c>
       <c r="N34" s="15">
-        <v>2661</v>
+        <v>2298</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E35" s="15">
         <v>10080050044</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.04205</v>
       </c>
       <c r="L35" s="15">
         <v>0.03644</v>
       </c>
       <c r="M35" s="15">
         <v>0.03504</v>
       </c>
       <c r="N35" s="15">
-        <v>2267</v>
+        <v>2764</v>
       </c>
       <c r="O35" s="15">
-        <v>7300</v>
+        <v>8900</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E36" s="15">
         <v>10080069039</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.04364</v>
       </c>
       <c r="L36" s="15">
         <v>0.03782</v>
       </c>
       <c r="M36" s="15">
         <v>0.03636</v>
       </c>
       <c r="N36" s="15">
-        <v>9148</v>
+        <v>10673</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E37" s="15">
         <v>10080060761</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.05016</v>
       </c>
       <c r="L37" s="15">
         <v>0.04347</v>
       </c>
       <c r="M37" s="15">
         <v>0.0418</v>
       </c>
       <c r="N37" s="15">
-        <v>1427</v>
+        <v>1076</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E38" s="15">
         <v>10080035172</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I38" s="15"/>
+      <c r="I38" s="15" t="s">
+        <v>93</v>
+      </c>
       <c r="J38" s="15">
         <v>2000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04989</v>
       </c>
       <c r="L38" s="15">
         <v>0.04324</v>
       </c>
       <c r="M38" s="15">
         <v>0.04158</v>
       </c>
       <c r="N38" s="15">
-        <v>1542</v>
+        <v>1773</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I39" s="15"/>
+      <c r="I39" s="15" t="s">
+        <v>93</v>
+      </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.06955</v>
       </c>
       <c r="L39" s="15">
         <v>0.04968</v>
       </c>
       <c r="M39" s="15">
         <v>0.04471</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>2000</v>
       </c>
       <c r="K40" s="15">
         <v>0.05645</v>
       </c>
       <c r="L40" s="15">
         <v>0.04892</v>
       </c>
       <c r="M40" s="15">
         <v>0.04704</v>
       </c>
       <c r="N40" s="15">
-        <v>15834</v>
+        <v>14274</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.05868</v>
       </c>
       <c r="L41" s="15">
         <v>0.05086</v>
       </c>
       <c r="M41" s="15">
         <v>0.0489</v>
       </c>
-      <c r="N41" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.05823</v>
+        <v>0.05793</v>
       </c>
       <c r="L42" s="15">
-        <v>0.05047</v>
+        <v>0.05021</v>
       </c>
       <c r="M42" s="15">
-        <v>0.04853</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04828</v>
+      </c>
+      <c r="N42" s="15"/>
       <c r="O42" s="15">
-        <v>690</v>
+        <v>160</v>
       </c>
       <c r="P42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E43" s="15">
         <v>10080035173</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>2000</v>
       </c>
       <c r="K43" s="15">
         <v>0.06168</v>
       </c>
       <c r="L43" s="15">
         <v>0.05346</v>
       </c>
       <c r="M43" s="15">
         <v>0.0514</v>
       </c>
       <c r="N43" s="15">
-        <v>6436</v>
+        <v>4330</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.09029</v>
       </c>
       <c r="L44" s="15">
         <v>0.07825</v>
       </c>
       <c r="M44" s="15">
         <v>0.07524</v>
       </c>
       <c r="N44" s="15">
-        <v>760</v>
+        <v>600</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E45" s="15">
         <v>10080063329</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>2000</v>
       </c>
       <c r="K45" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="L45" s="15">
         <v>0.06237</v>
       </c>
       <c r="M45" s="15">
         <v>0.05998</v>
       </c>
       <c r="N45" s="15">
-        <v>923</v>
+        <v>1385</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="E46" s="15">
         <v>10080045919</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.08262</v>
       </c>
       <c r="L46" s="15">
         <v>0.0716</v>
       </c>
       <c r="M46" s="15">
         <v>0.06884999999999999</v>
       </c>
       <c r="N46" s="15">
-        <v>576</v>
+        <v>693</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="E47" s="15">
         <v>10080042633</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07647</v>
       </c>
       <c r="L47" s="15">
         <v>0.06627</v>
       </c>
       <c r="M47" s="15">
         <v>0.06372999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>6636</v>
+        <v>5530</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E48" s="15">
         <v>10080048795</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.08687</v>
       </c>
       <c r="L48" s="15">
         <v>0.05693</v>
       </c>
       <c r="M48" s="15">
         <v>0.04943</v>
       </c>
       <c r="N48" s="15">
-        <v>1892</v>
+        <v>1613</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E49" s="15">
         <v>10080074467</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.06039</v>
       </c>
       <c r="L49" s="15">
         <v>0.05234</v>
       </c>
       <c r="M49" s="15">
         <v>0.05033</v>
       </c>
       <c r="N49" s="15">
-        <v>1053</v>
+        <v>1185</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>10080071334</v>
+        <v>120</v>
+      </c>
+      <c r="E50" s="15" t="s">
+        <v>121</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.08124000000000001</v>
+        <v>0.07169</v>
       </c>
       <c r="L50" s="15">
-        <v>0.07041</v>
+        <v>0.06213</v>
       </c>
       <c r="M50" s="15">
-        <v>0.0677</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05974</v>
+      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>123</v>
+      </c>
+      <c r="E51" s="15">
+        <v>10080071334</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.11199</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L51" s="15">
-        <v>0.09393</v>
+        <v>0.07041</v>
       </c>
       <c r="M51" s="15">
-        <v>0.09031</v>
-[...1 lines deleted...]
-      <c r="N51" s="15"/>
+        <v>0.0677</v>
+      </c>
+      <c r="N51" s="15">
+        <v>20496</v>
+      </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>10080059298</v>
+        <v>125</v>
+      </c>
+      <c r="E52" s="15" t="s">
+        <v>126</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.00868</v>
+        <v>0.11199</v>
       </c>
       <c r="L52" s="15">
-        <v>0.007</v>
+        <v>0.09393</v>
       </c>
       <c r="M52" s="15">
-        <v>0.00673</v>
+        <v>0.09031</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>128</v>
+      </c>
+      <c r="E53" s="15">
+        <v>10080059298</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.00713</v>
+        <v>0.00868</v>
       </c>
       <c r="L53" s="15">
-        <v>0.00618</v>
+        <v>0.007</v>
       </c>
       <c r="M53" s="15">
-        <v>0.00594</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00673</v>
+      </c>
+      <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.02405</v>
+        <v>0.00713</v>
       </c>
       <c r="L54" s="15">
-        <v>0.02018</v>
+        <v>0.00618</v>
       </c>
       <c r="M54" s="15">
-        <v>0.0194</v>
-[...1 lines deleted...]
-      <c r="N54" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N54" s="15">
+        <v>20</v>
+      </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>20000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.00923</v>
+        <v>0.02405</v>
       </c>
       <c r="L55" s="15">
-        <v>0.008</v>
+        <v>0.02018</v>
       </c>
       <c r="M55" s="15">
-        <v>0.00769</v>
+        <v>0.0194</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>10080050350</v>
+        <v>136</v>
+      </c>
+      <c r="E56" s="15" t="s">
+        <v>137</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.53202</v>
+        <v>0.00923</v>
       </c>
       <c r="L56" s="15">
-        <v>0</v>
+        <v>0.008</v>
       </c>
       <c r="M56" s="15">
-        <v>0</v>
+        <v>0.00769</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>139</v>
+      </c>
+      <c r="E57" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>2000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.08288</v>
+        <v>0.53202</v>
       </c>
       <c r="L57" s="15">
-        <v>0.06951</v>
+        <v>0</v>
       </c>
       <c r="M57" s="15">
-        <v>0.06684</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.14319</v>
+        <v>0.08212999999999999</v>
       </c>
       <c r="L58" s="15">
-        <v>0.12009</v>
+        <v>0.07117999999999999</v>
       </c>
       <c r="M58" s="15">
-        <v>0.11547</v>
-[...1 lines deleted...]
-      <c r="N58" s="15"/>
+        <v>0.06844</v>
+      </c>
+      <c r="N58" s="15">
+        <v>810</v>
+      </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.07596</v>
+        <v>0.14319</v>
       </c>
       <c r="L59" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M59" s="15">
-        <v>0.06125</v>
+        <v>0.11547</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.11282</v>
+        <v>0.07596</v>
       </c>
       <c r="L60" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M60" s="15">
-        <v>0.09099</v>
+        <v>0.06125</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.12636</v>
+        <v>0.11282</v>
       </c>
       <c r="L61" s="15">
-        <v>0.10598</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M61" s="15">
-        <v>0.1019</v>
+        <v>0.09099</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>10080066129</v>
+        <v>153</v>
+      </c>
+      <c r="E62" s="15" t="s">
+        <v>154</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.02063</v>
+        <v>0.12636</v>
       </c>
       <c r="L62" s="15">
-        <v>0.01788</v>
+        <v>0.10598</v>
       </c>
       <c r="M62" s="15">
-        <v>0.01719</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>153</v>
+        <v>156</v>
+      </c>
+      <c r="E63" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.02274</v>
+        <v>0.02063</v>
       </c>
       <c r="L63" s="15">
-        <v>0.01971</v>
+        <v>0.01788</v>
       </c>
       <c r="M63" s="15">
-        <v>0.01895</v>
+        <v>0.01719</v>
       </c>
       <c r="N63" s="15">
-        <v>855</v>
+        <v>14200</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.04329</v>
+        <v>0.02274</v>
       </c>
       <c r="L64" s="15">
-        <v>0.03752</v>
+        <v>0.01971</v>
       </c>
       <c r="M64" s="15">
-        <v>0.03608</v>
+        <v>0.01895</v>
       </c>
       <c r="N64" s="15">
-        <v>7700</v>
+        <v>740</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>10080070865</v>
+        <v>161</v>
+      </c>
+      <c r="E65" s="15" t="s">
+        <v>162</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.04479</v>
+        <v>0.04329</v>
       </c>
       <c r="L65" s="15">
-        <v>0.03882</v>
+        <v>0.03752</v>
       </c>
       <c r="M65" s="15">
-        <v>0.03733</v>
+        <v>0.03608</v>
       </c>
       <c r="N65" s="15">
-        <v>5954</v>
+        <v>7500</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>160</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>164</v>
+      </c>
+      <c r="E66" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.0408</v>
+        <v>0.04479</v>
       </c>
       <c r="L66" s="15">
-        <v>0.03536</v>
+        <v>0.03882</v>
       </c>
       <c r="M66" s="15">
-        <v>0.034</v>
+        <v>0.03733</v>
       </c>
       <c r="N66" s="15">
-        <v>1810</v>
+        <v>8589</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.07364</v>
+        <v>0.0408</v>
       </c>
       <c r="L67" s="15">
-        <v>0.07364</v>
+        <v>0.03536</v>
       </c>
       <c r="M67" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N67" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N67" s="15">
+        <v>1473</v>
+      </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.05685</v>
+        <v>0.07364</v>
       </c>
       <c r="L68" s="15">
-        <v>0.04927</v>
+        <v>0.07364</v>
       </c>
       <c r="M68" s="15">
-        <v>0.04738</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.09696</v>
+        <v>0.05685</v>
       </c>
       <c r="L69" s="15">
-        <v>0.08402999999999999</v>
+        <v>0.04927</v>
       </c>
       <c r="M69" s="15">
-        <v>0.0808</v>
+        <v>0.04738</v>
       </c>
       <c r="N69" s="15">
-        <v>656</v>
-[...6 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="O69" s="15"/>
+      <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.03431</v>
+        <v>0.09696</v>
       </c>
       <c r="L70" s="15">
-        <v>0.02973</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M70" s="15">
-        <v>0.02859</v>
+        <v>0.0808</v>
       </c>
       <c r="N70" s="15">
-        <v>1240</v>
-[...2 lines deleted...]
-      <c r="P70" s="15"/>
+        <v>536</v>
+      </c>
+      <c r="O70" s="15">
+        <v>1340</v>
+      </c>
+      <c r="P70" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.05219</v>
+        <v>0.03431</v>
       </c>
       <c r="L71" s="15">
-        <v>0.04377</v>
+        <v>0.02973</v>
       </c>
       <c r="M71" s="15">
-        <v>0.04209</v>
-[...1 lines deleted...]
-      <c r="N71" s="15"/>
+        <v>0.02859</v>
+      </c>
+      <c r="N71" s="15">
+        <v>1620</v>
+      </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.08859</v>
+        <v>0.05219</v>
       </c>
       <c r="L72" s="15">
-        <v>0.0743</v>
+        <v>0.04377</v>
       </c>
       <c r="M72" s="15">
-        <v>0.07145</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>2000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.10197</v>
+        <v>0.08859</v>
       </c>
       <c r="L73" s="15">
-        <v>0.08552999999999999</v>
+        <v>0.0743</v>
       </c>
       <c r="M73" s="15">
-        <v>0.08223999999999999</v>
+        <v>0.07145</v>
       </c>
       <c r="N73" s="15">
-        <v>790</v>
+        <v>16</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>2000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.04888</v>
+        <v>0.10431</v>
       </c>
       <c r="L74" s="15">
-        <v>0.04888</v>
+        <v>0.09039999999999999</v>
       </c>
       <c r="M74" s="15">
-        <v>0.04888</v>
+        <v>0.08692999999999999</v>
       </c>
       <c r="N74" s="15">
-        <v>3947</v>
+        <v>840</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I75" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I75" s="15"/>
       <c r="J75" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.0396</v>
+        <v>0.04888</v>
       </c>
       <c r="L75" s="15">
-        <v>0.03322</v>
+        <v>0.04888</v>
       </c>
       <c r="M75" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N75" s="15">
+        <v>2997</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>10080074137</v>
+        <v>193</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>194</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I76" s="15"/>
-      <c r="J76" s="15"/>
+      <c r="I76" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="J76" s="15">
+        <v>5000</v>
+      </c>
       <c r="K76" s="15">
-        <v>0.02156</v>
+        <v>0.0396</v>
       </c>
       <c r="L76" s="15">
-        <v>0.01868</v>
+        <v>0.03322</v>
       </c>
       <c r="M76" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03194</v>
+      </c>
+      <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="E77" s="15">
-        <v>10080074138</v>
+        <v>10080074137</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
-      <c r="J77" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J77" s="15"/>
       <c r="K77" s="15">
-        <v>0.04113</v>
+        <v>0.02156</v>
       </c>
       <c r="L77" s="15">
-        <v>0.03565</v>
+        <v>0.01868</v>
       </c>
       <c r="M77" s="15">
-        <v>0.03428</v>
+        <v>0.01796</v>
       </c>
       <c r="N77" s="15">
-        <v>16191</v>
+        <v>15904</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>199</v>
+      </c>
+      <c r="E78" s="15">
+        <v>10080074138</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="K78" s="15">
-        <v>0.24556</v>
+        <v>0.04113</v>
       </c>
       <c r="L78" s="15">
-        <v>0.20595</v>
+        <v>0.03565</v>
       </c>
       <c r="M78" s="15">
-        <v>0.19803</v>
-[...1 lines deleted...]
-      <c r="N78" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N78" s="15">
+        <v>13592</v>
+      </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>198</v>
-[...2 lines deleted...]
-        <v>10080076098</v>
+        <v>201</v>
+      </c>
+      <c r="E79" s="15" t="s">
+        <v>202</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15"/>
+      <c r="J79" s="15">
+        <v>100</v>
+      </c>
       <c r="K79" s="15">
-        <v>0.11261</v>
+        <v>0.24556</v>
       </c>
       <c r="L79" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.20595</v>
       </c>
       <c r="M79" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.19803</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="E80" s="15">
-        <v>10080076097</v>
+        <v>10080076098</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>0.12284</v>
+        <v>0.11261</v>
       </c>
       <c r="L80" s="15">
-        <v>0.10237</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M80" s="15">
-        <v>0.09827</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="E81" s="15">
-        <v>10080008531</v>
+        <v>10080076097</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
-      <c r="J81" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>0.08448</v>
+        <v>0.12284</v>
       </c>
       <c r="L81" s="15">
-        <v>0.04874</v>
+        <v>0.10237</v>
       </c>
       <c r="M81" s="15">
-        <v>0.04386</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09827</v>
+      </c>
+      <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E82" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L82" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M82" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N82" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N82" s="15">
+        <v>812</v>
+      </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E83" s="15">
-        <v>10080048611</v>
+        <v>10080034449</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.06516</v>
+        <v>0.15663</v>
       </c>
       <c r="L83" s="15">
-        <v>0.05647</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M83" s="15">
-        <v>0.0543</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="E84" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.03705</v>
+        <v>0.06516</v>
       </c>
       <c r="L84" s="15">
-        <v>0.03211</v>
+        <v>0.05647</v>
       </c>
       <c r="M84" s="15">
-        <v>0.03088</v>
+        <v>0.0543</v>
       </c>
       <c r="N84" s="15">
-        <v>6710</v>
+        <v>1541</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="E85" s="15">
-        <v>10080006287</v>
+        <v>10080006285</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>2000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.04368</v>
+        <v>0.03705</v>
       </c>
       <c r="L85" s="15">
-        <v>0.03786</v>
+        <v>0.03211</v>
       </c>
       <c r="M85" s="15">
-        <v>0.0364</v>
+        <v>0.03088</v>
       </c>
       <c r="N85" s="15">
-        <v>3060</v>
+        <v>6600</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="E86" s="15">
-        <v>10080006514</v>
+        <v>10080006287</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.02559</v>
+        <v>0.04368</v>
       </c>
       <c r="L86" s="15">
-        <v>0.02218</v>
+        <v>0.03786</v>
       </c>
       <c r="M86" s="15">
-        <v>0.02133</v>
+        <v>0.0364</v>
       </c>
       <c r="N86" s="15">
-        <v>3900</v>
+        <v>2664</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="E87" s="15">
-        <v>10080006284</v>
+        <v>10080006514</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.02276</v>
+        <v>0.02559</v>
       </c>
       <c r="L87" s="15">
-        <v>0.01972</v>
+        <v>0.02218</v>
       </c>
       <c r="M87" s="15">
-        <v>0.01896</v>
+        <v>0.02133</v>
       </c>
       <c r="N87" s="15">
-        <v>6699</v>
+        <v>3600</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="E88" s="15">
-        <v>10080006511</v>
+        <v>10080006284</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.08685</v>
+        <v>0.02276</v>
       </c>
       <c r="L88" s="15">
-        <v>0.05038</v>
+        <v>0.01972</v>
       </c>
       <c r="M88" s="15">
-        <v>0.04541</v>
+        <v>0.01896</v>
       </c>
       <c r="N88" s="15">
-        <v>17748</v>
+        <v>5852</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E89" s="15">
-        <v>10080028222</v>
+        <v>10080006511</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I89" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.05024</v>
+        <v>0.08685</v>
       </c>
       <c r="L89" s="15">
-        <v>0.04354</v>
+        <v>0.05038</v>
       </c>
       <c r="M89" s="15">
-        <v>0.04186</v>
+        <v>0.04541</v>
       </c>
       <c r="N89" s="15">
-        <v>836</v>
+        <v>17309</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>222</v>
+        <v>224</v>
+      </c>
+      <c r="E90" s="15">
+        <v>10080028222</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I90" s="15"/>
+      <c r="I90" s="15" t="s">
+        <v>225</v>
+      </c>
       <c r="J90" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.02079</v>
+        <v>0.05024</v>
       </c>
       <c r="L90" s="15">
-        <v>0.01802</v>
+        <v>0.04354</v>
       </c>
       <c r="M90" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N90" s="15"/>
+        <v>0.04186</v>
+      </c>
+      <c r="N90" s="15">
+        <v>857</v>
+      </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>10080006509</v>
+        <v>227</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>228</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I91" s="15"/>
+      <c r="I91" s="15" t="s">
+        <v>229</v>
+      </c>
       <c r="J91" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.02262</v>
+        <v>0.02079</v>
       </c>
       <c r="L91" s="15">
-        <v>0.0196</v>
+        <v>0.01802</v>
       </c>
       <c r="M91" s="15">
-        <v>0.01885</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01733</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="E92" s="15">
+        <v>10080006509</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I92" s="15"/>
+      <c r="I92" s="15" t="s">
+        <v>229</v>
+      </c>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.04372</v>
+        <v>0.02262</v>
       </c>
       <c r="L92" s="15">
-        <v>0.03666</v>
+        <v>0.0196</v>
       </c>
       <c r="M92" s="15">
-        <v>0.03525</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.01885</v>
+      </c>
+      <c r="N92" s="15">
+        <v>3767</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>10080006510</v>
+        <v>231</v>
+      </c>
+      <c r="E93" s="15" t="s">
+        <v>232</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.03323</v>
+        <v>0.04372</v>
       </c>
       <c r="L93" s="15">
-        <v>0.0288</v>
+        <v>0.03666</v>
       </c>
       <c r="M93" s="15">
-        <v>0.02769</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="E94" s="15">
-        <v>10080032274</v>
+        <v>10080006510</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.10788</v>
+        <v>0.03323</v>
       </c>
       <c r="L94" s="15">
-        <v>0.0935</v>
+        <v>0.0288</v>
       </c>
       <c r="M94" s="15">
-        <v>0.08989999999999999</v>
+        <v>0.02769</v>
       </c>
       <c r="N94" s="15">
-        <v>753</v>
+        <v>690</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E95" s="15">
-        <v>10080058264</v>
+        <v>10080032274</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.03398</v>
+        <v>0.10788</v>
       </c>
       <c r="L95" s="15">
-        <v>0.02945</v>
+        <v>0.0935</v>
       </c>
       <c r="M95" s="15">
-        <v>0.02831</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N95" s="15">
-        <v>928</v>
-[...6 lines deleted...]
-      </c>
+        <v>802</v>
+      </c>
+      <c r="O95" s="15"/>
+      <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>238</v>
+      </c>
+      <c r="E96" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>5000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.03393</v>
+        <v>0.03398</v>
       </c>
       <c r="L96" s="15">
-        <v>0.02941</v>
+        <v>0.02945</v>
       </c>
       <c r="M96" s="15">
-        <v>0.02828</v>
+        <v>0.02831</v>
       </c>
       <c r="N96" s="15">
-        <v>4995</v>
-[...2 lines deleted...]
-      <c r="P96" s="15"/>
+        <v>628</v>
+      </c>
+      <c r="O96" s="15">
+        <v>670</v>
+      </c>
+      <c r="P96" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>5000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.05284</v>
+        <v>0.03393</v>
       </c>
       <c r="L97" s="15">
-        <v>0.03823</v>
+        <v>0.02941</v>
       </c>
       <c r="M97" s="15">
-        <v>0.03336</v>
+        <v>0.02828</v>
       </c>
       <c r="N97" s="15">
-        <v>1347</v>
+        <v>3776</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-        <v>10080043122</v>
+        <v>243</v>
+      </c>
+      <c r="E98" s="15" t="s">
+        <v>244</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.04109</v>
+        <v>0.05284</v>
       </c>
       <c r="L98" s="15">
-        <v>0.03561</v>
+        <v>0.03823</v>
       </c>
       <c r="M98" s="15">
-        <v>0.03424</v>
+        <v>0.03336</v>
       </c>
       <c r="N98" s="15">
-        <v>1635</v>
-[...6 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="O98" s="15"/>
+      <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="E99" s="15">
-        <v>10080032268</v>
+        <v>10080043122</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.0473</v>
+        <v>0.04109</v>
       </c>
       <c r="L99" s="15">
-        <v>0.04099</v>
+        <v>0.03561</v>
       </c>
       <c r="M99" s="15">
-        <v>0.03941</v>
+        <v>0.03424</v>
       </c>
       <c r="N99" s="15">
-        <v>19947</v>
-[...2 lines deleted...]
-      <c r="P99" s="15"/>
+        <v>2386</v>
+      </c>
+      <c r="O99" s="15">
+        <v>2670</v>
+      </c>
+      <c r="P99" s="15" t="s">
+        <v>39</v>
+      </c>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>248</v>
+      </c>
+      <c r="E100" s="15">
+        <v>10080032268</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.04734</v>
+        <v>0.0473</v>
       </c>
       <c r="L100" s="15">
-        <v>0.04103</v>
+        <v>0.04099</v>
       </c>
       <c r="M100" s="15">
-        <v>0.03945</v>
+        <v>0.03941</v>
       </c>
       <c r="N100" s="15">
-        <v>2050</v>
+        <v>23936</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>10080066971</v>
+        <v>250</v>
+      </c>
+      <c r="E101" s="15" t="s">
+        <v>251</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>2000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.07914</v>
+        <v>0.04734</v>
       </c>
       <c r="L101" s="15">
-        <v>0.05726</v>
+        <v>0.04103</v>
       </c>
       <c r="M101" s="15">
-        <v>0.04996</v>
+        <v>0.03945</v>
       </c>
       <c r="N101" s="15">
-        <v>2660</v>
+        <v>1461</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="E102" s="15">
-        <v>10080072828</v>
+        <v>10080066971</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.07914</v>
       </c>
       <c r="L102" s="15">
-        <v>0.05958</v>
+        <v>0.05726</v>
       </c>
       <c r="M102" s="15">
-        <v>0.05199</v>
+        <v>0.04996</v>
       </c>
       <c r="N102" s="15">
-        <v>4062</v>
+        <v>3010</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="E103" s="15">
-        <v>10080066984</v>
+        <v>10080072828</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.04863</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L103" s="15">
-        <v>0.04215</v>
+        <v>0.05958</v>
       </c>
       <c r="M103" s="15">
-        <v>0.04053</v>
+        <v>0.05199</v>
       </c>
       <c r="N103" s="15">
-        <v>457</v>
+        <v>3871</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>252</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>257</v>
+      </c>
+      <c r="E104" s="15">
+        <v>10080066984</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.05007</v>
+        <v>0.04863</v>
       </c>
       <c r="L104" s="15">
-        <v>0.04339</v>
+        <v>0.04215</v>
       </c>
       <c r="M104" s="15">
-        <v>0.04173</v>
+        <v>0.04053</v>
       </c>
       <c r="N104" s="15">
-        <v>1391</v>
+        <v>592</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>10080043120</v>
+        <v>259</v>
+      </c>
+      <c r="E105" s="15" t="s">
+        <v>260</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.05262</v>
+        <v>0.05007</v>
       </c>
       <c r="L105" s="15">
-        <v>0.0456</v>
+        <v>0.04339</v>
       </c>
       <c r="M105" s="15">
-        <v>0.04385</v>
+        <v>0.04173</v>
       </c>
       <c r="N105" s="15">
-        <v>24687</v>
+        <v>1332</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="E106" s="15">
-        <v>10080035171</v>
+        <v>10080043120</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>2000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.06648</v>
+        <v>0.05262</v>
       </c>
       <c r="L106" s="15">
-        <v>0.05762</v>
+        <v>0.0456</v>
       </c>
       <c r="M106" s="15">
-        <v>0.0554</v>
+        <v>0.04385</v>
       </c>
       <c r="N106" s="15">
-        <v>680</v>
+        <v>27684</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="E107" s="15">
-        <v>10080045920</v>
+        <v>10080035171</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
-      <c r="J107" s="15"/>
+      <c r="J107" s="15">
+        <v>2000</v>
+      </c>
       <c r="K107" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.06648</v>
       </c>
       <c r="L107" s="15">
-        <v>0.07298</v>
+        <v>0.05762</v>
       </c>
       <c r="M107" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.0554</v>
       </c>
       <c r="N107" s="15">
-        <v>696</v>
+        <v>396</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E108" s="15">
-        <v>10080072836</v>
+        <v>10080045920</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J108" s="15"/>
       <c r="K108" s="15">
-        <v>0.15055</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L108" s="15">
-        <v>0.12547</v>
+        <v>0.07298</v>
       </c>
       <c r="M108" s="15">
-        <v>0.12044</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N108" s="15">
-        <v>660</v>
+        <v>830</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="E109" s="15">
-        <v>10080066985</v>
+        <v>10080072836</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>1000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.10794</v>
+        <v>0.15055</v>
       </c>
       <c r="L109" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.12547</v>
       </c>
       <c r="M109" s="15">
-        <v>0.08995</v>
+        <v>0.12044</v>
       </c>
       <c r="N109" s="15">
-        <v>703</v>
+        <v>760</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="E110" s="15">
-        <v>10080043118</v>
+        <v>10080066985</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>1000</v>
+      </c>
       <c r="K110" s="15">
-        <v>0.18207</v>
+        <v>0.10794</v>
       </c>
       <c r="L110" s="15">
-        <v>0.13173</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M110" s="15">
-        <v>0.11495</v>
+        <v>0.08995</v>
       </c>
       <c r="N110" s="15">
-        <v>171</v>
+        <v>570</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E111" s="15">
-        <v>10080066986</v>
+        <v>10080043118</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.11765</v>
+        <v>0.18207</v>
       </c>
       <c r="L111" s="15">
-        <v>0.10196</v>
+        <v>0.13173</v>
       </c>
       <c r="M111" s="15">
-        <v>0.09804</v>
+        <v>0.11495</v>
       </c>
       <c r="N111" s="15">
-        <v>1220</v>
+        <v>238</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
-      <c r="B112" s="14"/>
-[...2 lines deleted...]
-      <c r="E112" s="15"/>
+      <c r="B112" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>273</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="E112" s="15">
+        <v>10080066986</v>
+      </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
-      <c r="H112" s="15"/>
+      <c r="H112" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
-      <c r="K112" s="15"/>
-[...2 lines deleted...]
-      <c r="N112" s="15"/>
+      <c r="K112" s="15">
+        <v>0.11765</v>
+      </c>
+      <c r="L112" s="15">
+        <v>0.10196</v>
+      </c>
+      <c r="M112" s="15">
+        <v>0.09804</v>
+      </c>
+      <c r="N112" s="15">
+        <v>1048</v>
+      </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
+      <c r="R112"/>
+    </row>
+    <row r="113" spans="1:18">
+      <c r="B113" s="14"/>
+      <c r="C113" s="15"/>
+      <c r="D113" s="15"/>
+      <c r="E113" s="15"/>
+      <c r="F113" s="15"/>
+      <c r="G113" s="15"/>
+      <c r="H113" s="15"/>
+      <c r="I113" s="15"/>
+      <c r="J113" s="15"/>
+      <c r="K113" s="15"/>
+      <c r="L113" s="15"/>
+      <c r="M113" s="15"/>
+      <c r="N113" s="15"/>
+      <c r="O113" s="15"/>
+      <c r="P113" s="15"/>
+      <c r="Q113" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5700,317 +5768,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>269</v>
+        <v>276</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>273</v>
+        <v>280</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>274</v>
+        <v>281</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>275</v>
+        <v>282</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>291</v>
+        <v>298</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>293</v>
+        <v>300</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>294</v>
+        <v>301</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>