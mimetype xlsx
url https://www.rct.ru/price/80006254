--- v4 (2026-02-05)
+++ v5 (2026-03-04)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="302">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -133,53 +133,50 @@
   <si>
     <t>L-KLS8-1223-BRF-10.8</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=10.8мм / ASR-11 (L-KLS8-1223-BRF-10.8)</t>
   </si>
   <si>
     <t>UT-00137852</t>
   </si>
   <si>
     <t>L-KLS8-1223-BRF-12.7</t>
   </si>
   <si>
     <t>стойка пластиковая с двухсторонним скотчем 3M, 20x20мм H=12.7мм / ASR-12.7 (L-KLS8-1223-BRF-12.7)</t>
   </si>
   <si>
     <t>UT-00137851</t>
   </si>
   <si>
     <t>L-KLS8-0230-BSS-12</t>
   </si>
   <si>
     <t>BSS-12 (L-KLS8-0230-BSS-12)</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-0201-CS-0305</t>
   </si>
   <si>
     <t>Длина стойки 4,8мм / CS-0305 (L-KLS8-0201-CS-0305)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0406</t>
   </si>
   <si>
     <t>Длина стойки 6,4мм / CS-0406 (L-KLS8-0201-CS-0406)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0610</t>
   </si>
   <si>
     <t>CS-0610 (L-KLS8-0201-CS-0610)</t>
   </si>
   <si>
     <t>L-KLS8-0201-CS-0813</t>
   </si>
   <si>
     <t>CS-0813 (L-KLS8-0201-CS-0813)</t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-10</t>
@@ -265,50 +262,65 @@
   <si>
     <t xml:space="preserve">L-KLS8-0208-CS-35 KLS, </t>
   </si>
   <si>
     <t>L-KLS8-0208-CS-5</t>
   </si>
   <si>
     <t>Длина стойки 5мм / CS-5 (L-KLS8-0208-CS-5)</t>
   </si>
   <si>
     <t>FI-96</t>
   </si>
   <si>
     <t>Стойка FI-96</t>
   </si>
   <si>
     <t>MASZCZYK</t>
   </si>
   <si>
     <t>FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>Пластиковая стойка Мама-мама M3 25mm / FI-99 (HTP-325)</t>
   </si>
   <si>
+    <t>H-L0200-0200-4-2-2N-W-SL</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая M2 h=2мм / H-L0200-0200-4-2-2N-W-SL</t>
+  </si>
+  <si>
+    <t>UT-00156086</t>
+  </si>
+  <si>
+    <t>CONNFLY</t>
+  </si>
+  <si>
+    <t>11.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0215-M3-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -10 / HP-10 (L-KLS8-0215-M3-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-11</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -11 / HP-11 (L-KLS8-0215-M3-11)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-12</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -12 / HP-12 (KLS8-0215-M3-12)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-13</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -13 / HP-13 (L-KLS8-0215-M3-13)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-14</t>
@@ -445,50 +457,53 @@
   <si>
     <t>L-KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>шайба нейлоновая, ID=3.0мм, OD=8.0мм, T=0.8мм / KLS8-0223-PTF-3L-08</t>
   </si>
   <si>
     <t>UT-00139694</t>
   </si>
   <si>
     <t>L-KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>KLS8-0231B-190A (RSFS-750)</t>
   </si>
   <si>
     <t>L-KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>A=3mm / KLS8-02372-MAD-3</t>
   </si>
   <si>
     <t>10-00061528</t>
   </si>
   <si>
+    <t>29.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>стойка пластиковая H=28.5мм / L-KLS8-0202A-SP-28</t>
   </si>
   <si>
     <t>UT-00132148</t>
   </si>
   <si>
     <t>L-KLS8-0202B-SP-11</t>
   </si>
   <si>
     <t>стойка пластиковая H=11.1мм / L-KLS8-0202B-SP-11</t>
   </si>
   <si>
     <t>UT-00132146</t>
   </si>
   <si>
     <t>L-KLS8-0202B-SP-19</t>
   </si>
   <si>
     <t>стойка на плату, PCB hole 3.2mm, L=19.1mm / L-KLS8-0202B-SP-19</t>
   </si>
   <si>
     <t>UT-00148260</t>
@@ -839,50 +854,59 @@
     <t>Стойка пластиковая М3* PCHSN -30 / TP-30 (L-KLS8-0214-M3-30)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-33</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -33 / TP-33 (L-KLS8-0214-M3-33)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-35</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -35 / TP-35 (L-KLS8-0214-M3-35)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-40</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -40 / TP-40 (L-KLS8-0214-M3-40)</t>
   </si>
   <si>
     <t>L-KLS8-0214-M3-50</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSN -50 / TP-50 (L-KLS8-0214-M3-50)</t>
+  </si>
+  <si>
+    <t>H-L1200-1700-3-2-1N1W-W-SL</t>
+  </si>
+  <si>
+    <t>Стойка пластиковая M2 h=17мм / TP2-17 (H-L1200-1700-3-2-1N1W-W-SL)</t>
+  </si>
+  <si>
+    <t>UT-00156084</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
@@ -1428,51 +1452,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R113"/>
+  <dimension ref="A1:R115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1791,3964 +1815,4032 @@
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.14585</v>
       </c>
       <c r="L12" s="15">
         <v>0.1264</v>
       </c>
       <c r="M12" s="15">
         <v>0.12154</v>
       </c>
       <c r="N12" s="15">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="O12" s="15">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>790</v>
+      </c>
+      <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D13" s="15" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03114</v>
       </c>
       <c r="L13" s="15">
         <v>0.02699</v>
       </c>
       <c r="M13" s="15">
         <v>0.02595</v>
       </c>
       <c r="N13" s="15">
-        <v>3132</v>
+        <v>2952</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" s="15" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02798</v>
       </c>
       <c r="L14" s="15">
         <v>0.02425</v>
       </c>
       <c r="M14" s="15">
         <v>0.02331</v>
       </c>
       <c r="N14" s="15">
-        <v>1260</v>
+        <v>1580</v>
       </c>
       <c r="O14" s="15">
-        <v>6300</v>
-[...3 lines deleted...]
-      </c>
+        <v>7900</v>
+      </c>
+      <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.02877</v>
       </c>
       <c r="L15" s="15">
         <v>0.02493</v>
       </c>
       <c r="M15" s="15">
         <v>0.02398</v>
       </c>
-      <c r="N15" s="15"/>
+      <c r="N15" s="15">
+        <v>1160</v>
+      </c>
       <c r="O15" s="15">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04409</v>
       </c>
       <c r="L16" s="15">
         <v>0.03821</v>
       </c>
       <c r="M16" s="15">
         <v>0.03674</v>
       </c>
       <c r="N16" s="15">
-        <v>778</v>
+        <v>701</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
         <v>0.03819</v>
       </c>
       <c r="L17" s="15">
         <v>0.0331</v>
       </c>
       <c r="M17" s="15">
         <v>0.03183</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03996</v>
       </c>
       <c r="L18" s="15">
         <v>0.03463</v>
       </c>
       <c r="M18" s="15">
         <v>0.0333</v>
       </c>
       <c r="N18" s="15">
-        <v>2436</v>
+        <v>2184</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>51</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05195</v>
       </c>
       <c r="L19" s="15">
         <v>0.04502</v>
       </c>
       <c r="M19" s="15">
         <v>0.04329</v>
       </c>
       <c r="N19" s="15">
-        <v>3111</v>
+        <v>3303</v>
       </c>
       <c r="O19" s="15">
-        <v>2600</v>
-[...3 lines deleted...]
-      </c>
+        <v>2760</v>
+      </c>
+      <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>53</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.05895</v>
       </c>
       <c r="L20" s="15">
         <v>0.05109</v>
       </c>
       <c r="M20" s="15">
         <v>0.04913</v>
       </c>
       <c r="N20" s="15">
-        <v>8049</v>
+        <v>7283</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.05049</v>
       </c>
       <c r="L21" s="15">
         <v>0.04376</v>
       </c>
       <c r="M21" s="15">
         <v>0.04208</v>
       </c>
       <c r="N21" s="15">
-        <v>16057</v>
+        <v>18890</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>636</v>
+        <v>598</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>327</v>
+        <v>286</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.10506</v>
       </c>
       <c r="L24" s="15">
         <v>0.10222</v>
       </c>
       <c r="M24" s="15">
         <v>0.09631000000000001</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J25" s="15">
         <v>1500</v>
       </c>
       <c r="K25" s="15">
         <v>0.10678</v>
       </c>
       <c r="L25" s="15">
         <v>0.07726</v>
       </c>
       <c r="M25" s="15">
         <v>0.06741</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06593</v>
       </c>
       <c r="L26" s="15">
         <v>0.05714</v>
       </c>
       <c r="M26" s="15">
         <v>0.05494</v>
       </c>
       <c r="N26" s="15">
-        <v>15542</v>
+        <v>13749</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.08046</v>
       </c>
       <c r="L27" s="15">
         <v>0.06973</v>
       </c>
       <c r="M27" s="15">
         <v>0.06705</v>
       </c>
       <c r="N27" s="15">
-        <v>950</v>
+        <v>900</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.10868</v>
       </c>
       <c r="L28" s="15">
         <v>0.06521</v>
       </c>
       <c r="M28" s="15">
         <v>0.06521</v>
       </c>
       <c r="N28" s="15">
         <v>5490</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.08459999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07332</v>
       </c>
       <c r="M29" s="15">
         <v>0.07049999999999999</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10080006508</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.08475000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07345</v>
       </c>
       <c r="M30" s="15">
         <v>0.07063</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03312</v>
       </c>
       <c r="L31" s="15">
         <v>0.0287</v>
       </c>
       <c r="M31" s="15">
         <v>0.0276</v>
       </c>
       <c r="N31" s="15">
-        <v>1969</v>
+        <v>2176</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1</v>
       </c>
       <c r="K32" s="15">
         <v>0.13989</v>
       </c>
       <c r="L32" s="15">
         <v>0.12249</v>
       </c>
       <c r="M32" s="15">
         <v>0.11805</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>737</v>
+        <v>572</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080043127</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.04076</v>
+        <v>0.01236</v>
       </c>
       <c r="L34" s="15">
-        <v>0.03532</v>
+        <v>0.01071</v>
       </c>
       <c r="M34" s="15">
-        <v>0.03396</v>
-[...5 lines deleted...]
-      <c r="P34" s="15"/>
+        <v>0.0103</v>
+      </c>
+      <c r="N34" s="15"/>
+      <c r="O34" s="15">
+        <v>2520</v>
+      </c>
+      <c r="P34" s="15" t="s">
+        <v>86</v>
+      </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E35" s="15">
-        <v>10080050044</v>
+        <v>10080043127</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.04205</v>
+        <v>0.04076</v>
       </c>
       <c r="L35" s="15">
-        <v>0.03644</v>
+        <v>0.03532</v>
       </c>
       <c r="M35" s="15">
-        <v>0.03504</v>
+        <v>0.03396</v>
       </c>
       <c r="N35" s="15">
-        <v>2764</v>
-[...6 lines deleted...]
-      </c>
+        <v>1744</v>
+      </c>
+      <c r="O35" s="15"/>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E36" s="15">
-        <v>10080069039</v>
+        <v>10080050044</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.04364</v>
+        <v>0.04205</v>
       </c>
       <c r="L36" s="15">
-        <v>0.03782</v>
+        <v>0.03644</v>
       </c>
       <c r="M36" s="15">
-        <v>0.03636</v>
+        <v>0.03504</v>
       </c>
       <c r="N36" s="15">
-        <v>10673</v>
-[...1 lines deleted...]
-      <c r="O36" s="15"/>
+        <v>2205</v>
+      </c>
+      <c r="O36" s="15">
+        <v>7100</v>
+      </c>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E37" s="15">
-        <v>10080060761</v>
+        <v>10080069039</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.05016</v>
+        <v>0.04364</v>
       </c>
       <c r="L37" s="15">
-        <v>0.04347</v>
+        <v>0.03782</v>
       </c>
       <c r="M37" s="15">
-        <v>0.0418</v>
+        <v>0.03636</v>
       </c>
       <c r="N37" s="15">
-        <v>1076</v>
+        <v>10950</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="E38" s="15">
-        <v>10080035172</v>
+        <v>10080060761</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I38" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.04989</v>
+        <v>0.05016</v>
       </c>
       <c r="L38" s="15">
-        <v>0.04324</v>
+        <v>0.04347</v>
       </c>
       <c r="M38" s="15">
-        <v>0.04158</v>
+        <v>0.0418</v>
       </c>
       <c r="N38" s="15">
-        <v>1773</v>
+        <v>139</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>96</v>
+      </c>
+      <c r="E39" s="15">
+        <v>10080035172</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="J39" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.06955</v>
+        <v>0.04989</v>
       </c>
       <c r="L39" s="15">
-        <v>0.04968</v>
+        <v>0.04324</v>
       </c>
       <c r="M39" s="15">
-        <v>0.04471</v>
-[...1 lines deleted...]
-      <c r="N39" s="15"/>
+        <v>0.04158</v>
+      </c>
+      <c r="N39" s="15">
+        <v>1714</v>
+      </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I40" s="15"/>
+      <c r="I40" s="15" t="s">
+        <v>97</v>
+      </c>
       <c r="J40" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.05645</v>
+        <v>0.06955</v>
       </c>
       <c r="L40" s="15">
-        <v>0.04892</v>
+        <v>0.04968</v>
       </c>
       <c r="M40" s="15">
-        <v>0.04704</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04471</v>
+      </c>
+      <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.05868</v>
+        <v>0.05645</v>
       </c>
       <c r="L41" s="15">
-        <v>0.05086</v>
+        <v>0.04892</v>
       </c>
       <c r="M41" s="15">
-        <v>0.0489</v>
-[...1 lines deleted...]
-      <c r="N41" s="15"/>
+        <v>0.04704</v>
+      </c>
+      <c r="N41" s="15">
+        <v>16470</v>
+      </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.05793</v>
+        <v>0.05868</v>
       </c>
       <c r="L42" s="15">
-        <v>0.05021</v>
+        <v>0.05086</v>
       </c>
       <c r="M42" s="15">
-        <v>0.04828</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0489</v>
+      </c>
+      <c r="N42" s="15">
+        <v>400</v>
+      </c>
+      <c r="O42" s="15"/>
+      <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>10080035173</v>
+        <v>106</v>
+      </c>
+      <c r="E43" s="15" t="s">
+        <v>107</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.06168</v>
+        <v>0.05793</v>
       </c>
       <c r="L43" s="15">
-        <v>0.05346</v>
+        <v>0.05021</v>
       </c>
       <c r="M43" s="15">
-        <v>0.0514</v>
-[...4 lines deleted...]
-      <c r="O43" s="15"/>
+        <v>0.04828</v>
+      </c>
+      <c r="N43" s="15"/>
+      <c r="O43" s="15">
+        <v>153</v>
+      </c>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>109</v>
+      </c>
+      <c r="E44" s="15">
+        <v>10080035173</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.09029</v>
+        <v>0.06168</v>
       </c>
       <c r="L44" s="15">
-        <v>0.07825</v>
+        <v>0.05346</v>
       </c>
       <c r="M44" s="15">
-        <v>0.07524</v>
+        <v>0.0514</v>
       </c>
       <c r="N44" s="15">
-        <v>600</v>
+        <v>4386</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>10080063329</v>
+        <v>111</v>
+      </c>
+      <c r="E45" s="15" t="s">
+        <v>112</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.07197000000000001</v>
+        <v>0.09029</v>
       </c>
       <c r="L45" s="15">
-        <v>0.06237</v>
+        <v>0.07825</v>
       </c>
       <c r="M45" s="15">
-        <v>0.05998</v>
+        <v>0.07524</v>
       </c>
       <c r="N45" s="15">
-        <v>1385</v>
+        <v>660</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E46" s="15">
-        <v>10080045919</v>
+        <v>10080063329</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.08262</v>
+        <v>0.07197000000000001</v>
       </c>
       <c r="L46" s="15">
-        <v>0.0716</v>
+        <v>0.06237</v>
       </c>
       <c r="M46" s="15">
-        <v>0.06884999999999999</v>
+        <v>0.05998</v>
       </c>
       <c r="N46" s="15">
-        <v>693</v>
+        <v>1108</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E47" s="15">
-        <v>10080042633</v>
+        <v>10080045919</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.07647</v>
+        <v>0.08262</v>
       </c>
       <c r="L47" s="15">
-        <v>0.06627</v>
+        <v>0.0716</v>
       </c>
       <c r="M47" s="15">
-        <v>0.06372999999999999</v>
+        <v>0.06884999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>5530</v>
+        <v>558</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E48" s="15">
-        <v>10080048795</v>
+        <v>10080042633</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.08687</v>
+        <v>0.07647</v>
       </c>
       <c r="L48" s="15">
-        <v>0.05693</v>
+        <v>0.06627</v>
       </c>
       <c r="M48" s="15">
-        <v>0.04943</v>
+        <v>0.06372999999999999</v>
       </c>
       <c r="N48" s="15">
-        <v>1613</v>
+        <v>5451</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E49" s="15">
-        <v>10080074467</v>
+        <v>10080048795</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.06039</v>
+        <v>0.08687</v>
       </c>
       <c r="L49" s="15">
-        <v>0.05234</v>
+        <v>0.05693</v>
       </c>
       <c r="M49" s="15">
-        <v>0.05033</v>
+        <v>0.04943</v>
       </c>
       <c r="N49" s="15">
-        <v>1185</v>
+        <v>1871</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>120</v>
-[...2 lines deleted...]
-        <v>121</v>
+        <v>122</v>
+      </c>
+      <c r="E50" s="15">
+        <v>10080074467</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.07169</v>
+        <v>0.06039</v>
       </c>
       <c r="L50" s="15">
-        <v>0.06213</v>
+        <v>0.05234</v>
       </c>
       <c r="M50" s="15">
-        <v>0.05974</v>
-[...1 lines deleted...]
-      <c r="N50" s="15"/>
+        <v>0.05033</v>
+      </c>
+      <c r="N50" s="15">
+        <v>1103</v>
+      </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>10080071334</v>
+        <v>124</v>
+      </c>
+      <c r="E51" s="15" t="s">
+        <v>125</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.08124000000000001</v>
+        <v>0.07169</v>
       </c>
       <c r="L51" s="15">
-        <v>0.07041</v>
+        <v>0.06213</v>
       </c>
       <c r="M51" s="15">
-        <v>0.0677</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05974</v>
+      </c>
+      <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>127</v>
+      </c>
+      <c r="E52" s="15">
+        <v>10080071334</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.11199</v>
+        <v>0.08124000000000001</v>
       </c>
       <c r="L52" s="15">
-        <v>0.09393</v>
+        <v>0.07041</v>
       </c>
       <c r="M52" s="15">
-        <v>0.09031</v>
-[...1 lines deleted...]
-      <c r="N52" s="15"/>
+        <v>0.0677</v>
+      </c>
+      <c r="N52" s="15">
+        <v>17747</v>
+      </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>10080059298</v>
+        <v>129</v>
+      </c>
+      <c r="E53" s="15" t="s">
+        <v>130</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.00868</v>
+        <v>0.11199</v>
       </c>
       <c r="L53" s="15">
-        <v>0.007</v>
+        <v>0.09393</v>
       </c>
       <c r="M53" s="15">
-        <v>0.00673</v>
+        <v>0.09031</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>132</v>
+      </c>
+      <c r="E54" s="15">
+        <v>10080059298</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>10000</v>
+        <v>2000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.00713</v>
+        <v>0.00868</v>
       </c>
       <c r="L54" s="15">
-        <v>0.00618</v>
+        <v>0.007</v>
       </c>
       <c r="M54" s="15">
-        <v>0.00594</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.00673</v>
+      </c>
+      <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>20000</v>
+        <v>10000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.02405</v>
+        <v>0.00713</v>
       </c>
       <c r="L55" s="15">
-        <v>0.02018</v>
+        <v>0.00618</v>
       </c>
       <c r="M55" s="15">
-        <v>0.0194</v>
-[...1 lines deleted...]
-      <c r="N55" s="15"/>
+        <v>0.00594</v>
+      </c>
+      <c r="N55" s="15">
+        <v>20</v>
+      </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>20000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.00923</v>
+        <v>0.02405</v>
       </c>
       <c r="L56" s="15">
-        <v>0.008</v>
+        <v>0.02018</v>
       </c>
       <c r="M56" s="15">
-        <v>0.00769</v>
+        <v>0.0194</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>10080050350</v>
+        <v>140</v>
+      </c>
+      <c r="E57" s="15" t="s">
+        <v>141</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
-        <v>2000</v>
+        <v>20000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.53202</v>
+        <v>0.00923</v>
       </c>
       <c r="L57" s="15">
-        <v>0</v>
+        <v>0.008</v>
       </c>
       <c r="M57" s="15">
-        <v>0</v>
+        <v>0.00769</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="E58" s="15">
+        <v>10080050350</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>2000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.08212999999999999</v>
+        <v>0.53202</v>
       </c>
       <c r="L58" s="15">
-        <v>0.07117999999999999</v>
+        <v>0</v>
       </c>
       <c r="M58" s="15">
-        <v>0.06844</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.14319</v>
+        <v>0.08212999999999999</v>
       </c>
       <c r="L59" s="15">
-        <v>0.12009</v>
+        <v>0.07117999999999999</v>
       </c>
       <c r="M59" s="15">
-        <v>0.11547</v>
+        <v>0.06844</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
-      <c r="P59" s="15"/>
+      <c r="P59" s="15" t="s">
+        <v>147</v>
+      </c>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.07596</v>
+        <v>0.14319</v>
       </c>
       <c r="L60" s="15">
-        <v>0.06370000000000001</v>
+        <v>0.12009</v>
       </c>
       <c r="M60" s="15">
-        <v>0.06125</v>
+        <v>0.11547</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.11282</v>
+        <v>0.07596</v>
       </c>
       <c r="L61" s="15">
-        <v>0.09463000000000001</v>
+        <v>0.06370000000000001</v>
       </c>
       <c r="M61" s="15">
-        <v>0.09099</v>
+        <v>0.06125</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.12636</v>
+        <v>0.11282</v>
       </c>
       <c r="L62" s="15">
-        <v>0.10598</v>
+        <v>0.09463000000000001</v>
       </c>
       <c r="M62" s="15">
-        <v>0.1019</v>
+        <v>0.09099</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>10080066129</v>
+        <v>158</v>
+      </c>
+      <c r="E63" s="15" t="s">
+        <v>159</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.02063</v>
+        <v>0.12636</v>
       </c>
       <c r="L63" s="15">
-        <v>0.01788</v>
+        <v>0.10598</v>
       </c>
       <c r="M63" s="15">
-        <v>0.01719</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1019</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>158</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>161</v>
+      </c>
+      <c r="E64" s="15">
+        <v>10080066129</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.02274</v>
+        <v>0.02063</v>
       </c>
       <c r="L64" s="15">
-        <v>0.01971</v>
+        <v>0.01788</v>
       </c>
       <c r="M64" s="15">
-        <v>0.01895</v>
+        <v>0.01719</v>
       </c>
       <c r="N64" s="15">
-        <v>740</v>
+        <v>14600</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.04329</v>
+        <v>0.02274</v>
       </c>
       <c r="L65" s="15">
-        <v>0.03752</v>
+        <v>0.01971</v>
       </c>
       <c r="M65" s="15">
-        <v>0.03608</v>
+        <v>0.01895</v>
       </c>
       <c r="N65" s="15">
-        <v>7500</v>
+        <v>778</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>10080070865</v>
+        <v>166</v>
+      </c>
+      <c r="E66" s="15" t="s">
+        <v>167</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.04479</v>
+        <v>0.04329</v>
       </c>
       <c r="L66" s="15">
-        <v>0.03882</v>
+        <v>0.03752</v>
       </c>
       <c r="M66" s="15">
-        <v>0.03733</v>
+        <v>0.03608</v>
       </c>
       <c r="N66" s="15">
-        <v>8589</v>
+        <v>6900</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>169</v>
+      </c>
+      <c r="E67" s="15">
+        <v>10080070865</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.0408</v>
+        <v>0.04479</v>
       </c>
       <c r="L67" s="15">
-        <v>0.03536</v>
+        <v>0.03882</v>
       </c>
       <c r="M67" s="15">
-        <v>0.034</v>
+        <v>0.03733</v>
       </c>
       <c r="N67" s="15">
-        <v>1473</v>
+        <v>7223</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.07364</v>
+        <v>0.0408</v>
       </c>
       <c r="L68" s="15">
-        <v>0.07364</v>
+        <v>0.03536</v>
       </c>
       <c r="M68" s="15">
-        <v>0.07364</v>
-[...1 lines deleted...]
-      <c r="N68" s="15"/>
+        <v>0.034</v>
+      </c>
+      <c r="N68" s="15">
+        <v>1810</v>
+      </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.05685</v>
+        <v>0.07364</v>
       </c>
       <c r="L69" s="15">
-        <v>0.04927</v>
+        <v>0.07364</v>
       </c>
       <c r="M69" s="15">
-        <v>0.04738</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07364</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.09696</v>
+        <v>0.05685</v>
       </c>
       <c r="L70" s="15">
-        <v>0.08402999999999999</v>
+        <v>0.04927</v>
       </c>
       <c r="M70" s="15">
-        <v>0.0808</v>
+        <v>0.04738</v>
       </c>
       <c r="N70" s="15">
-        <v>536</v>
-[...6 lines deleted...]
-      </c>
+        <v>696</v>
+      </c>
+      <c r="O70" s="15"/>
+      <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.03431</v>
+        <v>0.09696</v>
       </c>
       <c r="L71" s="15">
-        <v>0.02973</v>
+        <v>0.08402999999999999</v>
       </c>
       <c r="M71" s="15">
-        <v>0.02859</v>
+        <v>0.0808</v>
       </c>
       <c r="N71" s="15">
-        <v>1620</v>
-[...1 lines deleted...]
-      <c r="O71" s="15"/>
+        <v>305</v>
+      </c>
+      <c r="O71" s="15">
+        <v>1220</v>
+      </c>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.05219</v>
+        <v>0.03431</v>
       </c>
       <c r="L72" s="15">
-        <v>0.04377</v>
+        <v>0.02973</v>
       </c>
       <c r="M72" s="15">
-        <v>0.04209</v>
-[...1 lines deleted...]
-      <c r="N72" s="15"/>
+        <v>0.02859</v>
+      </c>
+      <c r="N72" s="15">
+        <v>1760</v>
+      </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.08859</v>
+        <v>0.05219</v>
       </c>
       <c r="L73" s="15">
-        <v>0.0743</v>
+        <v>0.04377</v>
       </c>
       <c r="M73" s="15">
-        <v>0.07145</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04209</v>
+      </c>
+      <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>2000</v>
       </c>
       <c r="K74" s="15">
-        <v>0.10431</v>
+        <v>0.08859</v>
       </c>
       <c r="L74" s="15">
-        <v>0.09039999999999999</v>
+        <v>0.0743</v>
       </c>
       <c r="M74" s="15">
-        <v>0.08692999999999999</v>
+        <v>0.07145</v>
       </c>
       <c r="N74" s="15">
-        <v>840</v>
+        <v>16</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>2000</v>
       </c>
       <c r="K75" s="15">
-        <v>0.04888</v>
+        <v>0.10431</v>
       </c>
       <c r="L75" s="15">
-        <v>0.04888</v>
+        <v>0.09039999999999999</v>
       </c>
       <c r="M75" s="15">
-        <v>0.04888</v>
+        <v>0.08692999999999999</v>
       </c>
       <c r="N75" s="15">
-        <v>2997</v>
+        <v>830</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I76" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I76" s="15"/>
       <c r="J76" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.0396</v>
+        <v>0.04888</v>
       </c>
       <c r="L76" s="15">
-        <v>0.03322</v>
+        <v>0.04888</v>
       </c>
       <c r="M76" s="15">
-        <v>0.03194</v>
-[...1 lines deleted...]
-      <c r="N76" s="15"/>
+        <v>0.04888</v>
+      </c>
+      <c r="N76" s="15">
+        <v>2997</v>
+      </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>197</v>
-[...2 lines deleted...]
-        <v>10080074137</v>
+        <v>198</v>
+      </c>
+      <c r="E77" s="15" t="s">
+        <v>199</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I77" s="15"/>
-      <c r="J77" s="15"/>
+      <c r="I77" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="J77" s="15">
+        <v>5000</v>
+      </c>
       <c r="K77" s="15">
-        <v>0.02156</v>
+        <v>0.0396</v>
       </c>
       <c r="L77" s="15">
-        <v>0.01868</v>
+        <v>0.03322</v>
       </c>
       <c r="M77" s="15">
-        <v>0.01796</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03194</v>
+      </c>
+      <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E78" s="15">
-        <v>10080074138</v>
+        <v>10080074137</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
-      <c r="J78" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J78" s="15"/>
       <c r="K78" s="15">
-        <v>0.04113</v>
+        <v>0.02156</v>
       </c>
       <c r="L78" s="15">
-        <v>0.03565</v>
+        <v>0.01868</v>
       </c>
       <c r="M78" s="15">
-        <v>0.03428</v>
+        <v>0.01796</v>
       </c>
       <c r="N78" s="15">
-        <v>13592</v>
+        <v>15109</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>201</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>204</v>
+      </c>
+      <c r="E79" s="15">
+        <v>10080074138</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
-        <v>100</v>
+        <v>10000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.24556</v>
+        <v>0.04113</v>
       </c>
       <c r="L79" s="15">
-        <v>0.20595</v>
+        <v>0.03565</v>
       </c>
       <c r="M79" s="15">
-        <v>0.19803</v>
-[...1 lines deleted...]
-      <c r="N79" s="15"/>
+        <v>0.03428</v>
+      </c>
+      <c r="N79" s="15">
+        <v>8890</v>
+      </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>10080076098</v>
+        <v>206</v>
+      </c>
+      <c r="E80" s="15" t="s">
+        <v>207</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
-      <c r="J80" s="15"/>
+      <c r="J80" s="15">
+        <v>100</v>
+      </c>
       <c r="K80" s="15">
-        <v>0.11261</v>
+        <v>0.24556</v>
       </c>
       <c r="L80" s="15">
-        <v>0.09384000000000001</v>
+        <v>0.20595</v>
       </c>
       <c r="M80" s="15">
-        <v>0.09007999999999999</v>
+        <v>0.19803</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E81" s="15">
-        <v>10080076097</v>
+        <v>10080076098</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>0.12284</v>
+        <v>0.11261</v>
       </c>
       <c r="L81" s="15">
-        <v>0.10237</v>
+        <v>0.09384000000000001</v>
       </c>
       <c r="M81" s="15">
-        <v>0.09827</v>
+        <v>0.09007999999999999</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="E82" s="15">
-        <v>10080008531</v>
+        <v>10080076097</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
-      <c r="J82" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J82" s="15"/>
       <c r="K82" s="15">
-        <v>0.08448</v>
+        <v>0.12284</v>
       </c>
       <c r="L82" s="15">
-        <v>0.04874</v>
+        <v>0.10237</v>
       </c>
       <c r="M82" s="15">
-        <v>0.04386</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09827</v>
+      </c>
+      <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="E83" s="15">
-        <v>10080034449</v>
+        <v>10080008531</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.15663</v>
+        <v>0.08448</v>
       </c>
       <c r="L83" s="15">
-        <v>0.08321000000000001</v>
+        <v>0.04874</v>
       </c>
       <c r="M83" s="15">
-        <v>0.07097000000000001</v>
-[...1 lines deleted...]
-      <c r="N83" s="15"/>
+        <v>0.04386</v>
+      </c>
+      <c r="N83" s="15">
+        <v>926</v>
+      </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E84" s="15">
-        <v>10080048611</v>
+        <v>10080034449</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>500</v>
+        <v>2000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.06516</v>
+        <v>0.15663</v>
       </c>
       <c r="L84" s="15">
-        <v>0.05647</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="M84" s="15">
-        <v>0.0543</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07097000000000001</v>
+      </c>
+      <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E85" s="15">
-        <v>10080006285</v>
+        <v>10080048611</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>2000</v>
+        <v>500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.03705</v>
+        <v>0.06516</v>
       </c>
       <c r="L85" s="15">
-        <v>0.03211</v>
+        <v>0.05647</v>
       </c>
       <c r="M85" s="15">
-        <v>0.03088</v>
+        <v>0.0543</v>
       </c>
       <c r="N85" s="15">
-        <v>6600</v>
+        <v>1380</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E86" s="15">
-        <v>10080006287</v>
+        <v>10080006285</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>2000</v>
       </c>
       <c r="K86" s="15">
-        <v>0.04368</v>
+        <v>0.03705</v>
       </c>
       <c r="L86" s="15">
-        <v>0.03786</v>
+        <v>0.03211</v>
       </c>
       <c r="M86" s="15">
-        <v>0.0364</v>
+        <v>0.03088</v>
       </c>
       <c r="N86" s="15">
-        <v>2664</v>
+        <v>7370</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E87" s="15">
-        <v>10080006514</v>
+        <v>10080006287</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.02559</v>
+        <v>0.04368</v>
       </c>
       <c r="L87" s="15">
-        <v>0.02218</v>
+        <v>0.03786</v>
       </c>
       <c r="M87" s="15">
-        <v>0.02133</v>
+        <v>0.0364</v>
       </c>
       <c r="N87" s="15">
-        <v>3600</v>
+        <v>2808</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="E88" s="15">
-        <v>10080006284</v>
+        <v>10080006514</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
-        <v>2000</v>
+        <v>5000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.02276</v>
+        <v>0.02559</v>
       </c>
       <c r="L88" s="15">
-        <v>0.01972</v>
+        <v>0.02218</v>
       </c>
       <c r="M88" s="15">
-        <v>0.01896</v>
+        <v>0.02133</v>
       </c>
       <c r="N88" s="15">
-        <v>5852</v>
+        <v>4150</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E89" s="15">
-        <v>10080006511</v>
+        <v>10080006284</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.08685</v>
+        <v>0.02276</v>
       </c>
       <c r="L89" s="15">
-        <v>0.05038</v>
+        <v>0.01972</v>
       </c>
       <c r="M89" s="15">
-        <v>0.04541</v>
+        <v>0.01896</v>
       </c>
       <c r="N89" s="15">
-        <v>17309</v>
+        <v>5313</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E90" s="15">
-        <v>10080028222</v>
+        <v>10080006511</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I90" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I90" s="15"/>
       <c r="J90" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.05024</v>
+        <v>0.08685</v>
       </c>
       <c r="L90" s="15">
-        <v>0.04354</v>
+        <v>0.05038</v>
       </c>
       <c r="M90" s="15">
-        <v>0.04186</v>
+        <v>0.04541</v>
       </c>
       <c r="N90" s="15">
-        <v>857</v>
+        <v>15995</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>229</v>
+      </c>
+      <c r="E91" s="15">
+        <v>10080028222</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J91" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.02079</v>
+        <v>0.05024</v>
       </c>
       <c r="L91" s="15">
-        <v>0.01802</v>
+        <v>0.04354</v>
       </c>
       <c r="M91" s="15">
-        <v>0.01733</v>
-[...1 lines deleted...]
-      <c r="N91" s="15"/>
+        <v>0.04186</v>
+      </c>
+      <c r="N91" s="15">
+        <v>879</v>
+      </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>10080006509</v>
+        <v>232</v>
+      </c>
+      <c r="E92" s="15" t="s">
+        <v>233</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="J92" s="15">
-        <v>5000</v>
+        <v>4000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.02262</v>
+        <v>0.02079</v>
       </c>
       <c r="L92" s="15">
-        <v>0.0196</v>
+        <v>0.01802</v>
       </c>
       <c r="M92" s="15">
-        <v>0.01885</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01733</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="E93" s="15" t="s">
         <v>232</v>
+      </c>
+      <c r="E93" s="15">
+        <v>10080006509</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I93" s="15"/>
+      <c r="I93" s="15" t="s">
+        <v>234</v>
+      </c>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.04372</v>
+        <v>0.02262</v>
       </c>
       <c r="L93" s="15">
-        <v>0.03666</v>
+        <v>0.0196</v>
       </c>
       <c r="M93" s="15">
-        <v>0.03525</v>
-[...1 lines deleted...]
-      <c r="N93" s="15"/>
+        <v>0.01885</v>
+      </c>
+      <c r="N93" s="15">
+        <v>331</v>
+      </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>10080006510</v>
+        <v>236</v>
+      </c>
+      <c r="E94" s="15" t="s">
+        <v>237</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>5000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.03323</v>
+        <v>0.04372</v>
       </c>
       <c r="L94" s="15">
-        <v>0.0288</v>
+        <v>0.03666</v>
       </c>
       <c r="M94" s="15">
-        <v>0.02769</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03525</v>
+      </c>
+      <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E95" s="15">
-        <v>10080032274</v>
+        <v>10080006510</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.10788</v>
+        <v>0.03323</v>
       </c>
       <c r="L95" s="15">
-        <v>0.0935</v>
+        <v>0.0288</v>
       </c>
       <c r="M95" s="15">
-        <v>0.08989999999999999</v>
+        <v>0.02769</v>
       </c>
       <c r="N95" s="15">
-        <v>802</v>
+        <v>680</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="E96" s="15">
-        <v>10080058264</v>
+        <v>10080032274</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.03398</v>
+        <v>0.10788</v>
       </c>
       <c r="L96" s="15">
-        <v>0.02945</v>
+        <v>0.0935</v>
       </c>
       <c r="M96" s="15">
-        <v>0.02831</v>
+        <v>0.08989999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>628</v>
-[...6 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="O96" s="15"/>
+      <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>243</v>
+      </c>
+      <c r="E97" s="15">
+        <v>10080058264</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>5000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.03393</v>
+        <v>0.03398</v>
       </c>
       <c r="L97" s="15">
-        <v>0.02941</v>
+        <v>0.02945</v>
       </c>
       <c r="M97" s="15">
-        <v>0.02828</v>
+        <v>0.02831</v>
       </c>
       <c r="N97" s="15">
-        <v>3776</v>
-[...1 lines deleted...]
-      <c r="O97" s="15"/>
+        <v>131</v>
+      </c>
+      <c r="O97" s="15">
+        <v>780</v>
+      </c>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.05284</v>
+        <v>0.03393</v>
       </c>
       <c r="L98" s="15">
-        <v>0.03823</v>
+        <v>0.02941</v>
       </c>
       <c r="M98" s="15">
-        <v>0.03336</v>
+        <v>0.02828</v>
       </c>
       <c r="N98" s="15">
-        <v>715</v>
+        <v>5228</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>10080043122</v>
+        <v>248</v>
+      </c>
+      <c r="E99" s="15" t="s">
+        <v>249</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
-        <v>3000</v>
+        <v>5000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.04109</v>
+        <v>0.05284</v>
       </c>
       <c r="L99" s="15">
-        <v>0.03561</v>
+        <v>0.03823</v>
       </c>
       <c r="M99" s="15">
-        <v>0.03424</v>
+        <v>0.03336</v>
       </c>
       <c r="N99" s="15">
-        <v>2386</v>
-[...6 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="O99" s="15"/>
+      <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="E100" s="15">
-        <v>10080032268</v>
+        <v>10080043122</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.0473</v>
+        <v>0.04109</v>
       </c>
       <c r="L100" s="15">
-        <v>0.04099</v>
+        <v>0.03561</v>
       </c>
       <c r="M100" s="15">
-        <v>0.03941</v>
+        <v>0.03424</v>
       </c>
       <c r="N100" s="15">
-        <v>23936</v>
-[...1 lines deleted...]
-      <c r="O100" s="15"/>
+        <v>791</v>
+      </c>
+      <c r="O100" s="15">
+        <v>2460</v>
+      </c>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>253</v>
+      </c>
+      <c r="E101" s="15">
+        <v>10080032268</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.04734</v>
+        <v>0.0473</v>
       </c>
       <c r="L101" s="15">
-        <v>0.04103</v>
+        <v>0.04099</v>
       </c>
       <c r="M101" s="15">
-        <v>0.03945</v>
+        <v>0.03941</v>
       </c>
       <c r="N101" s="15">
-        <v>1461</v>
+        <v>20764</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>10080066971</v>
+        <v>255</v>
+      </c>
+      <c r="E102" s="15" t="s">
+        <v>256</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.07914</v>
+        <v>0.04734</v>
       </c>
       <c r="L102" s="15">
-        <v>0.05726</v>
+        <v>0.04103</v>
       </c>
       <c r="M102" s="15">
-        <v>0.04996</v>
+        <v>0.03945</v>
       </c>
       <c r="N102" s="15">
-        <v>3010</v>
+        <v>2121</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E103" s="15">
-        <v>10080072828</v>
+        <v>10080066971</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.08235000000000001</v>
+        <v>0.07914</v>
       </c>
       <c r="L103" s="15">
-        <v>0.05958</v>
+        <v>0.05726</v>
       </c>
       <c r="M103" s="15">
-        <v>0.05199</v>
+        <v>0.04996</v>
       </c>
       <c r="N103" s="15">
-        <v>3871</v>
+        <v>2800</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="E104" s="15">
-        <v>10080066984</v>
+        <v>10080072828</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>3000</v>
+        <v>2000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.04863</v>
+        <v>0.08235000000000001</v>
       </c>
       <c r="L104" s="15">
-        <v>0.04215</v>
+        <v>0.05958</v>
       </c>
       <c r="M104" s="15">
-        <v>0.04053</v>
+        <v>0.05199</v>
       </c>
       <c r="N104" s="15">
-        <v>592</v>
+        <v>3811</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>262</v>
+      </c>
+      <c r="E105" s="15">
+        <v>10080066984</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.05007</v>
+        <v>0.04863</v>
       </c>
       <c r="L105" s="15">
-        <v>0.04339</v>
+        <v>0.04215</v>
       </c>
       <c r="M105" s="15">
-        <v>0.04173</v>
+        <v>0.04053</v>
       </c>
       <c r="N105" s="15">
-        <v>1332</v>
+        <v>607</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>10080043120</v>
+        <v>264</v>
+      </c>
+      <c r="E106" s="15" t="s">
+        <v>265</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.05262</v>
+        <v>0.05007</v>
       </c>
       <c r="L106" s="15">
-        <v>0.0456</v>
+        <v>0.04339</v>
       </c>
       <c r="M106" s="15">
-        <v>0.04385</v>
+        <v>0.04173</v>
       </c>
       <c r="N106" s="15">
-        <v>27684</v>
+        <v>1606</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="E107" s="15">
-        <v>10080035171</v>
+        <v>10080043120</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>2000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.06648</v>
+        <v>0.05262</v>
       </c>
       <c r="L107" s="15">
-        <v>0.05762</v>
+        <v>0.0456</v>
       </c>
       <c r="M107" s="15">
-        <v>0.0554</v>
+        <v>0.04385</v>
       </c>
       <c r="N107" s="15">
-        <v>396</v>
+        <v>26762</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="E108" s="15">
-        <v>10080045920</v>
+        <v>10080035171</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
-      <c r="J108" s="15"/>
+      <c r="J108" s="15">
+        <v>2000</v>
+      </c>
       <c r="K108" s="15">
-        <v>0.08420999999999999</v>
+        <v>0.06648</v>
       </c>
       <c r="L108" s="15">
-        <v>0.07298</v>
+        <v>0.05762</v>
       </c>
       <c r="M108" s="15">
-        <v>0.07018000000000001</v>
+        <v>0.0554</v>
       </c>
       <c r="N108" s="15">
-        <v>830</v>
+        <v>429</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="E109" s="15">
-        <v>10080072836</v>
+        <v>10080045920</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>0.15055</v>
+        <v>0.08420999999999999</v>
       </c>
       <c r="L109" s="15">
-        <v>0.12547</v>
+        <v>0.07298</v>
       </c>
       <c r="M109" s="15">
-        <v>0.12044</v>
+        <v>0.07018000000000001</v>
       </c>
       <c r="N109" s="15">
-        <v>760</v>
+        <v>351</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="E110" s="15">
-        <v>10080066985</v>
+        <v>10080072836</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.10794</v>
+        <v>0.15055</v>
       </c>
       <c r="L110" s="15">
-        <v>0.09354999999999999</v>
+        <v>0.12547</v>
       </c>
       <c r="M110" s="15">
-        <v>0.08995</v>
+        <v>0.12044</v>
       </c>
       <c r="N110" s="15">
-        <v>570</v>
+        <v>690</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="E111" s="15">
-        <v>10080043118</v>
+        <v>10080066985</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
-      <c r="J111" s="15"/>
+      <c r="J111" s="15">
+        <v>1000</v>
+      </c>
       <c r="K111" s="15">
-        <v>0.18207</v>
+        <v>0.10794</v>
       </c>
       <c r="L111" s="15">
-        <v>0.13173</v>
+        <v>0.09354999999999999</v>
       </c>
       <c r="M111" s="15">
-        <v>0.11495</v>
+        <v>0.08995</v>
       </c>
       <c r="N111" s="15">
-        <v>238</v>
+        <v>751</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="E112" s="15">
-        <v>10080066986</v>
+        <v>10080043118</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
-        <v>0.11765</v>
+        <v>0.18207</v>
       </c>
       <c r="L112" s="15">
-        <v>0.10196</v>
+        <v>0.13173</v>
       </c>
       <c r="M112" s="15">
-        <v>0.09804</v>
+        <v>0.11495</v>
       </c>
       <c r="N112" s="15">
-        <v>1048</v>
+        <v>213</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
-      <c r="B113" s="14"/>
-[...2 lines deleted...]
-      <c r="E113" s="15"/>
+      <c r="B113" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C113" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D113" s="15" t="s">
+        <v>279</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080066986</v>
+      </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
-      <c r="H113" s="15"/>
+      <c r="H113" s="15" t="s">
+        <v>30</v>
+      </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
-      <c r="K113" s="15"/>
-[...2 lines deleted...]
-      <c r="N113" s="15"/>
+      <c r="K113" s="15">
+        <v>0.11765</v>
+      </c>
+      <c r="L113" s="15">
+        <v>0.10196</v>
+      </c>
+      <c r="M113" s="15">
+        <v>0.09804</v>
+      </c>
+      <c r="N113" s="15">
+        <v>1408</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
+      <c r="R113"/>
+    </row>
+    <row r="114" spans="1:18">
+      <c r="B114" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C114" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="E114" s="15" t="s">
+        <v>282</v>
+      </c>
+      <c r="F114" s="15"/>
+      <c r="G114" s="15"/>
+      <c r="H114" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="I114" s="15"/>
+      <c r="J114" s="15">
+        <v>5000</v>
+      </c>
+      <c r="K114" s="15">
+        <v>0.02873</v>
+      </c>
+      <c r="L114" s="15">
+        <v>0.0249</v>
+      </c>
+      <c r="M114" s="15">
+        <v>0.02394</v>
+      </c>
+      <c r="N114" s="15"/>
+      <c r="O114" s="15">
+        <v>3600</v>
+      </c>
+      <c r="P114" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q114" s="15"/>
+      <c r="R114"/>
+    </row>
+    <row r="115" spans="1:18">
+      <c r="B115" s="14"/>
+      <c r="C115" s="15"/>
+      <c r="D115" s="15"/>
+      <c r="E115" s="15"/>
+      <c r="F115" s="15"/>
+      <c r="G115" s="15"/>
+      <c r="H115" s="15"/>
+      <c r="I115" s="15"/>
+      <c r="J115" s="15"/>
+      <c r="K115" s="15"/>
+      <c r="L115" s="15"/>
+      <c r="M115" s="15"/>
+      <c r="N115" s="15"/>
+      <c r="O115" s="15"/>
+      <c r="P115" s="15"/>
+      <c r="Q115" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -5768,317 +5860,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>295</v>
+        <v>303</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>296</v>
+        <v>304</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>