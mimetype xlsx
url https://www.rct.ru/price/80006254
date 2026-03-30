--- v5 (2026-03-04)
+++ v6 (2026-03-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -274,51 +274,51 @@
   <si>
     <t>Стойка FI-96</t>
   </si>
   <si>
     <t>MASZCZYK</t>
   </si>
   <si>
     <t>FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>Пластиковая стойка Мама-мама M3 25mm / FI-99 (HTP-325)</t>
   </si>
   <si>
     <t>H-L0200-0200-4-2-2N-W-SL</t>
   </si>
   <si>
     <t>Стойка пластиковая M2 h=2мм / H-L0200-0200-4-2-2N-W-SL</t>
   </si>
   <si>
     <t>UT-00156086</t>
   </si>
   <si>
     <t>CONNFLY</t>
   </si>
   <si>
-    <t>11.04.2026</t>
+    <t>22.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-10</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -10 / HP-10 (L-KLS8-0215-M3-10)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-11</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -11 / HP-11 (L-KLS8-0215-M3-11)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-12</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -12 / HP-12 (KLS8-0215-M3-12)</t>
   </si>
   <si>
     <t>L-KLS8-0215-M3-13</t>
   </si>
   <si>
     <t>Стойка пластиковая М3* PCHSS -13 / HP-13 (L-KLS8-0215-M3-13)</t>
   </si>
@@ -1815,213 +1815,207 @@
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10080032270</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.14585</v>
       </c>
       <c r="L12" s="15">
         <v>0.1264</v>
       </c>
       <c r="M12" s="15">
         <v>0.12154</v>
       </c>
       <c r="N12" s="15">
-        <v>151</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080006484</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.03114</v>
       </c>
       <c r="L13" s="15">
         <v>0.02699</v>
       </c>
       <c r="M13" s="15">
         <v>0.02595</v>
       </c>
       <c r="N13" s="15">
-        <v>2952</v>
+        <v>2054</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080006485</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02798</v>
       </c>
       <c r="L14" s="15">
         <v>0.02425</v>
       </c>
       <c r="M14" s="15">
         <v>0.02331</v>
       </c>
       <c r="N14" s="15">
-        <v>1580</v>
-[...3 lines deleted...]
-      </c>
+        <v>1620</v>
+      </c>
+      <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15">
         <v>10080006486</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.02877</v>
       </c>
       <c r="L15" s="15">
         <v>0.02493</v>
       </c>
       <c r="M15" s="15">
         <v>0.02398</v>
       </c>
       <c r="N15" s="15">
-        <v>1160</v>
-[...3 lines deleted...]
-      </c>
+        <v>1670</v>
+      </c>
+      <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080006487</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04409</v>
       </c>
       <c r="L16" s="15">
         <v>0.03821</v>
       </c>
       <c r="M16" s="15">
         <v>0.03674</v>
       </c>
       <c r="N16" s="15">
-        <v>701</v>
+        <v>917</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15" t="s">
@@ -2057,248 +2051,246 @@
       </c>
       <c r="E18" s="15">
         <v>10080006498</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="J18" s="15">
         <v>3000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03996</v>
       </c>
       <c r="L18" s="15">
         <v>0.03463</v>
       </c>
       <c r="M18" s="15">
         <v>0.0333</v>
       </c>
       <c r="N18" s="15">
-        <v>2184</v>
+        <v>577</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080006488</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.05195</v>
       </c>
       <c r="L19" s="15">
         <v>0.04502</v>
       </c>
       <c r="M19" s="15">
         <v>0.04329</v>
       </c>
       <c r="N19" s="15">
-        <v>3303</v>
-[...3 lines deleted...]
-      </c>
+        <v>5972</v>
+      </c>
+      <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080006489</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.05895</v>
       </c>
       <c r="L20" s="15">
         <v>0.05109</v>
       </c>
       <c r="M20" s="15">
         <v>0.04913</v>
       </c>
       <c r="N20" s="15">
-        <v>7283</v>
+        <v>8624</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080006502</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.05049</v>
       </c>
       <c r="L21" s="15">
         <v>0.04376</v>
       </c>
       <c r="M21" s="15">
         <v>0.04208</v>
       </c>
       <c r="N21" s="15">
-        <v>18890</v>
+        <v>19598</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080006490</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.05046</v>
       </c>
       <c r="L22" s="15">
         <v>0.04373</v>
       </c>
       <c r="M22" s="15">
         <v>0.04205</v>
       </c>
       <c r="N22" s="15">
-        <v>598</v>
+        <v>693</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="15">
         <v>10080006491</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05796</v>
       </c>
       <c r="L23" s="15">
         <v>0.05023</v>
       </c>
       <c r="M23" s="15">
         <v>0.0483</v>
       </c>
       <c r="N23" s="15">
-        <v>286</v>
+        <v>355</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10080006492</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
@@ -2371,90 +2363,90 @@
       </c>
       <c r="E26" s="15">
         <v>10080006504</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06593</v>
       </c>
       <c r="L26" s="15">
         <v>0.05714</v>
       </c>
       <c r="M26" s="15">
         <v>0.05494</v>
       </c>
       <c r="N26" s="15">
-        <v>13749</v>
+        <v>16339</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E27" s="15">
         <v>10080006493</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.08046</v>
       </c>
       <c r="L27" s="15">
         <v>0.06973</v>
       </c>
       <c r="M27" s="15">
         <v>0.06705</v>
       </c>
       <c r="N27" s="15">
-        <v>900</v>
+        <v>875</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E28" s="15">
         <v>10080006507</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
@@ -2566,51 +2558,51 @@
       <c r="D31" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E31" s="15">
         <v>10080006496</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>5000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03312</v>
       </c>
       <c r="L31" s="15">
         <v>0.0287</v>
       </c>
       <c r="M31" s="15">
         <v>0.0276</v>
       </c>
       <c r="N31" s="15">
-        <v>2176</v>
+        <v>1554</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E32" s="15">
         <v>10080032892</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I32" s="15"/>
@@ -2642,291 +2634,289 @@
       <c r="D33" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E33" s="15">
         <v>10080036527</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>0.3473</v>
       </c>
       <c r="L33" s="15">
         <v>0.31256</v>
       </c>
       <c r="M33" s="15">
         <v>0.28941</v>
       </c>
       <c r="N33" s="15">
-        <v>572</v>
+        <v>783</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.01236</v>
       </c>
       <c r="L34" s="15">
         <v>0.01071</v>
       </c>
       <c r="M34" s="15">
         <v>0.0103</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>2520</v>
+        <v>2400</v>
       </c>
       <c r="P34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E35" s="15">
         <v>10080043127</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.04076</v>
       </c>
       <c r="L35" s="15">
         <v>0.03532</v>
       </c>
       <c r="M35" s="15">
         <v>0.03396</v>
       </c>
       <c r="N35" s="15">
-        <v>1744</v>
+        <v>1772</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E36" s="15">
         <v>10080050044</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.04205</v>
       </c>
       <c r="L36" s="15">
         <v>0.03644</v>
       </c>
       <c r="M36" s="15">
         <v>0.03504</v>
       </c>
       <c r="N36" s="15">
-        <v>2205</v>
-[...3 lines deleted...]
-      </c>
+        <v>8736</v>
+      </c>
+      <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>91</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E37" s="15">
         <v>10080069039</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>5000</v>
       </c>
       <c r="K37" s="15">
         <v>0.04364</v>
       </c>
       <c r="L37" s="15">
         <v>0.03782</v>
       </c>
       <c r="M37" s="15">
         <v>0.03636</v>
       </c>
       <c r="N37" s="15">
-        <v>10950</v>
+        <v>6114</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E38" s="15">
         <v>10080060761</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.05016</v>
       </c>
       <c r="L38" s="15">
         <v>0.04347</v>
       </c>
       <c r="M38" s="15">
         <v>0.0418</v>
       </c>
       <c r="N38" s="15">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E39" s="15">
         <v>10080035172</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J39" s="15">
         <v>2000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04989</v>
       </c>
       <c r="L39" s="15">
         <v>0.04324</v>
       </c>
       <c r="M39" s="15">
         <v>0.04158</v>
       </c>
       <c r="N39" s="15">
-        <v>1714</v>
+        <v>1256</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>95</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>96</v>
       </c>
       <c r="E40" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
@@ -2960,402 +2950,402 @@
       <c r="D41" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E41" s="15" t="s">
         <v>101</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>2000</v>
       </c>
       <c r="K41" s="15">
         <v>0.05645</v>
       </c>
       <c r="L41" s="15">
         <v>0.04892</v>
       </c>
       <c r="M41" s="15">
         <v>0.04704</v>
       </c>
       <c r="N41" s="15">
-        <v>16470</v>
+        <v>13359</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>104</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>2000</v>
       </c>
       <c r="K42" s="15">
         <v>0.05868</v>
       </c>
       <c r="L42" s="15">
         <v>0.05086</v>
       </c>
       <c r="M42" s="15">
         <v>0.0489</v>
       </c>
       <c r="N42" s="15">
-        <v>400</v>
+        <v>385</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>105</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>106</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>107</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.05793</v>
       </c>
       <c r="L43" s="15">
         <v>0.05021</v>
       </c>
       <c r="M43" s="15">
         <v>0.04828</v>
       </c>
-      <c r="N43" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N43" s="15">
+        <v>200</v>
+      </c>
+      <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E44" s="15">
         <v>10080035173</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>2000</v>
       </c>
       <c r="K44" s="15">
         <v>0.06168</v>
       </c>
       <c r="L44" s="15">
         <v>0.05346</v>
       </c>
       <c r="M44" s="15">
         <v>0.0514</v>
       </c>
       <c r="N44" s="15">
-        <v>4386</v>
+        <v>3609</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>112</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.09029</v>
       </c>
       <c r="L45" s="15">
         <v>0.07825</v>
       </c>
       <c r="M45" s="15">
         <v>0.07524</v>
       </c>
       <c r="N45" s="15">
-        <v>660</v>
+        <v>640</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E46" s="15">
         <v>10080063329</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>2000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07197000000000001</v>
       </c>
       <c r="L46" s="15">
         <v>0.06237</v>
       </c>
       <c r="M46" s="15">
         <v>0.05998</v>
       </c>
       <c r="N46" s="15">
-        <v>1108</v>
+        <v>969</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E47" s="15">
         <v>10080045919</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.08262</v>
       </c>
       <c r="L47" s="15">
         <v>0.0716</v>
       </c>
       <c r="M47" s="15">
         <v>0.06884999999999999</v>
       </c>
       <c r="N47" s="15">
-        <v>558</v>
+        <v>792</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E48" s="15">
         <v>10080042633</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.07647</v>
       </c>
       <c r="L48" s="15">
         <v>0.06627</v>
       </c>
       <c r="M48" s="15">
         <v>0.06372999999999999</v>
       </c>
       <c r="N48" s="15">
-        <v>5451</v>
+        <v>5135</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E49" s="15">
         <v>10080048795</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.08687</v>
       </c>
       <c r="L49" s="15">
         <v>0.05693</v>
       </c>
       <c r="M49" s="15">
         <v>0.04943</v>
       </c>
       <c r="N49" s="15">
-        <v>1871</v>
+        <v>1524</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E50" s="15">
         <v>10080074467</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06039</v>
       </c>
       <c r="L50" s="15">
         <v>0.05234</v>
       </c>
       <c r="M50" s="15">
         <v>0.05033</v>
       </c>
       <c r="N50" s="15">
-        <v>1103</v>
+        <v>1119</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>125</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3387,51 +3377,51 @@
       <c r="D52" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E52" s="15">
         <v>10080071334</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.08124000000000001</v>
       </c>
       <c r="L52" s="15">
         <v>0.07041</v>
       </c>
       <c r="M52" s="15">
         <v>0.0677</v>
       </c>
       <c r="N52" s="15">
-        <v>17747</v>
+        <v>16247</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>130</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
@@ -3837,207 +3827,207 @@
       <c r="D64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E64" s="15">
         <v>10080066129</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>2000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02063</v>
       </c>
       <c r="L64" s="15">
         <v>0.01788</v>
       </c>
       <c r="M64" s="15">
         <v>0.01719</v>
       </c>
       <c r="N64" s="15">
-        <v>14600</v>
+        <v>12600</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.02274</v>
       </c>
       <c r="L65" s="15">
         <v>0.01971</v>
       </c>
       <c r="M65" s="15">
         <v>0.01895</v>
       </c>
       <c r="N65" s="15">
-        <v>778</v>
+        <v>826</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.04329</v>
       </c>
       <c r="L66" s="15">
         <v>0.03752</v>
       </c>
       <c r="M66" s="15">
         <v>0.03608</v>
       </c>
       <c r="N66" s="15">
-        <v>6900</v>
+        <v>6000</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="15">
         <v>10080070865</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.04479</v>
       </c>
       <c r="L67" s="15">
         <v>0.03882</v>
       </c>
       <c r="M67" s="15">
         <v>0.03733</v>
       </c>
       <c r="N67" s="15">
-        <v>7223</v>
+        <v>8394</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>172</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>3000</v>
       </c>
       <c r="K68" s="15">
         <v>0.0408</v>
       </c>
       <c r="L68" s="15">
         <v>0.03536</v>
       </c>
       <c r="M68" s="15">
         <v>0.034</v>
       </c>
       <c r="N68" s="15">
-        <v>1810</v>
+        <v>1684</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>175</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
@@ -4069,131 +4059,129 @@
       <c r="D70" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.05685</v>
       </c>
       <c r="L70" s="15">
         <v>0.04927</v>
       </c>
       <c r="M70" s="15">
         <v>0.04738</v>
       </c>
       <c r="N70" s="15">
-        <v>696</v>
+        <v>507</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.09696</v>
       </c>
       <c r="L71" s="15">
         <v>0.08402999999999999</v>
       </c>
       <c r="M71" s="15">
         <v>0.0808</v>
       </c>
       <c r="N71" s="15">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>1785</v>
+      </c>
+      <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>2000</v>
       </c>
       <c r="K72" s="15">
         <v>0.03431</v>
       </c>
       <c r="L72" s="15">
         <v>0.02973</v>
       </c>
       <c r="M72" s="15">
         <v>0.02859</v>
       </c>
       <c r="N72" s="15">
-        <v>1760</v>
+        <v>1720</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E73" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
@@ -4264,90 +4252,90 @@
       <c r="D75" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>2000</v>
       </c>
       <c r="K75" s="15">
         <v>0.10431</v>
       </c>
       <c r="L75" s="15">
         <v>0.09039999999999999</v>
       </c>
       <c r="M75" s="15">
         <v>0.08692999999999999</v>
       </c>
       <c r="N75" s="15">
-        <v>830</v>
+        <v>730</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>194</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>195</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>196</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>2000</v>
       </c>
       <c r="K76" s="15">
         <v>0.04888</v>
       </c>
       <c r="L76" s="15">
         <v>0.04888</v>
       </c>
       <c r="M76" s="15">
         <v>0.04888</v>
       </c>
       <c r="N76" s="15">
-        <v>2997</v>
+        <v>3147</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>199</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4379,90 +4367,90 @@
         <v>201</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E78" s="15">
         <v>10080074137</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15"/>
       <c r="K78" s="15">
         <v>0.02156</v>
       </c>
       <c r="L78" s="15">
         <v>0.01868</v>
       </c>
       <c r="M78" s="15">
         <v>0.01796</v>
       </c>
       <c r="N78" s="15">
-        <v>15109</v>
+        <v>13776</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E79" s="15">
         <v>10080074138</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>10000</v>
       </c>
       <c r="K79" s="15">
         <v>0.04113</v>
       </c>
       <c r="L79" s="15">
         <v>0.03565</v>
       </c>
       <c r="M79" s="15">
         <v>0.03428</v>
       </c>
       <c r="N79" s="15">
-        <v>8890</v>
+        <v>6792</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
@@ -4640,287 +4628,287 @@
       <c r="D85" s="15" t="s">
         <v>217</v>
       </c>
       <c r="E85" s="15">
         <v>10080048611</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>500</v>
       </c>
       <c r="K85" s="15">
         <v>0.06516</v>
       </c>
       <c r="L85" s="15">
         <v>0.05647</v>
       </c>
       <c r="M85" s="15">
         <v>0.0543</v>
       </c>
       <c r="N85" s="15">
-        <v>1380</v>
+        <v>1955</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E86" s="15">
         <v>10080006285</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>2000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03705</v>
       </c>
       <c r="L86" s="15">
         <v>0.03211</v>
       </c>
       <c r="M86" s="15">
         <v>0.03088</v>
       </c>
       <c r="N86" s="15">
-        <v>7370</v>
+        <v>9680</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E87" s="15">
         <v>10080006287</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>2000</v>
       </c>
       <c r="K87" s="15">
         <v>0.04368</v>
       </c>
       <c r="L87" s="15">
         <v>0.03786</v>
       </c>
       <c r="M87" s="15">
         <v>0.0364</v>
       </c>
       <c r="N87" s="15">
-        <v>2808</v>
+        <v>3024</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>222</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>223</v>
       </c>
       <c r="E88" s="15">
         <v>10080006514</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.02559</v>
       </c>
       <c r="L88" s="15">
         <v>0.02218</v>
       </c>
       <c r="M88" s="15">
         <v>0.02133</v>
       </c>
       <c r="N88" s="15">
-        <v>4150</v>
+        <v>3800</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E89" s="15">
         <v>10080006284</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>2000</v>
       </c>
       <c r="K89" s="15">
         <v>0.02276</v>
       </c>
       <c r="L89" s="15">
         <v>0.01972</v>
       </c>
       <c r="M89" s="15">
         <v>0.01896</v>
       </c>
       <c r="N89" s="15">
-        <v>5313</v>
+        <v>5544</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>226</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>227</v>
       </c>
       <c r="E90" s="15">
         <v>10080006511</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>1000</v>
       </c>
       <c r="K90" s="15">
         <v>0.08685</v>
       </c>
       <c r="L90" s="15">
         <v>0.05038</v>
       </c>
       <c r="M90" s="15">
         <v>0.04541</v>
       </c>
       <c r="N90" s="15">
-        <v>15995</v>
+        <v>15118</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E91" s="15">
         <v>10080028222</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>230</v>
       </c>
       <c r="J91" s="15">
         <v>2000</v>
       </c>
       <c r="K91" s="15">
         <v>0.05024</v>
       </c>
       <c r="L91" s="15">
         <v>0.04354</v>
       </c>
       <c r="M91" s="15">
         <v>0.04186</v>
       </c>
       <c r="N91" s="15">
-        <v>879</v>
+        <v>718</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>231</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -4956,51 +4944,51 @@
       </c>
       <c r="E93" s="15">
         <v>10080006509</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
         <v>0.02262</v>
       </c>
       <c r="L93" s="15">
         <v>0.0196</v>
       </c>
       <c r="M93" s="15">
         <v>0.01885</v>
       </c>
       <c r="N93" s="15">
-        <v>331</v>
+        <v>270</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
@@ -5032,714 +5020,710 @@
       <c r="D95" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E95" s="15">
         <v>10080006510</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>5000</v>
       </c>
       <c r="K95" s="15">
         <v>0.03323</v>
       </c>
       <c r="L95" s="15">
         <v>0.0288</v>
       </c>
       <c r="M95" s="15">
         <v>0.02769</v>
       </c>
       <c r="N95" s="15">
-        <v>680</v>
+        <v>760</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E96" s="15">
         <v>10080032274</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>1000</v>
       </c>
       <c r="K96" s="15">
         <v>0.10788</v>
       </c>
       <c r="L96" s="15">
         <v>0.0935</v>
       </c>
       <c r="M96" s="15">
         <v>0.08989999999999999</v>
       </c>
       <c r="N96" s="15">
-        <v>812</v>
+        <v>842</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>242</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>243</v>
       </c>
       <c r="E97" s="15">
         <v>10080058264</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>5000</v>
       </c>
       <c r="K97" s="15">
         <v>0.03398</v>
       </c>
       <c r="L97" s="15">
         <v>0.02945</v>
       </c>
       <c r="M97" s="15">
         <v>0.02831</v>
       </c>
       <c r="N97" s="15">
-        <v>131</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>246</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>5000</v>
       </c>
       <c r="K98" s="15">
         <v>0.03393</v>
       </c>
       <c r="L98" s="15">
         <v>0.02941</v>
       </c>
       <c r="M98" s="15">
         <v>0.02828</v>
       </c>
       <c r="N98" s="15">
-        <v>5228</v>
+        <v>3543</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>247</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>248</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>249</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>5000</v>
       </c>
       <c r="K99" s="15">
         <v>0.05284</v>
       </c>
       <c r="L99" s="15">
         <v>0.03823</v>
       </c>
       <c r="M99" s="15">
         <v>0.03336</v>
       </c>
       <c r="N99" s="15">
-        <v>856</v>
+        <v>762</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E100" s="15">
         <v>10080043122</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.04109</v>
       </c>
       <c r="L100" s="15">
         <v>0.03561</v>
       </c>
       <c r="M100" s="15">
         <v>0.03424</v>
       </c>
       <c r="N100" s="15">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>2656</v>
+      </c>
+      <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E101" s="15">
         <v>10080032268</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.0473</v>
       </c>
       <c r="L101" s="15">
         <v>0.04099</v>
       </c>
       <c r="M101" s="15">
         <v>0.03941</v>
       </c>
       <c r="N101" s="15">
-        <v>20764</v>
+        <v>18405</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>2000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04734</v>
       </c>
       <c r="L102" s="15">
         <v>0.04103</v>
       </c>
       <c r="M102" s="15">
         <v>0.03945</v>
       </c>
       <c r="N102" s="15">
-        <v>2121</v>
+        <v>1707</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E103" s="15">
         <v>10080066971</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>2000</v>
       </c>
       <c r="K103" s="15">
         <v>0.07914</v>
       </c>
       <c r="L103" s="15">
         <v>0.05726</v>
       </c>
       <c r="M103" s="15">
         <v>0.04996</v>
       </c>
       <c r="N103" s="15">
-        <v>2800</v>
+        <v>1827</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E104" s="15">
         <v>10080072828</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>2000</v>
       </c>
       <c r="K104" s="15">
         <v>0.08235000000000001</v>
       </c>
       <c r="L104" s="15">
         <v>0.05958</v>
       </c>
       <c r="M104" s="15">
         <v>0.05199</v>
       </c>
       <c r="N104" s="15">
-        <v>3811</v>
+        <v>5098</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E105" s="15">
         <v>10080066984</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
         <v>0.04863</v>
       </c>
       <c r="L105" s="15">
         <v>0.04215</v>
       </c>
       <c r="M105" s="15">
         <v>0.04053</v>
       </c>
       <c r="N105" s="15">
-        <v>607</v>
+        <v>577</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>264</v>
       </c>
       <c r="E106" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>1000</v>
       </c>
       <c r="K106" s="15">
         <v>0.05007</v>
       </c>
       <c r="L106" s="15">
         <v>0.04339</v>
       </c>
       <c r="M106" s="15">
         <v>0.04173</v>
       </c>
       <c r="N106" s="15">
-        <v>1606</v>
+        <v>1665</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E107" s="15">
         <v>10080043120</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>2000</v>
       </c>
       <c r="K107" s="15">
         <v>0.05262</v>
       </c>
       <c r="L107" s="15">
         <v>0.0456</v>
       </c>
       <c r="M107" s="15">
         <v>0.04385</v>
       </c>
       <c r="N107" s="15">
-        <v>26762</v>
+        <v>24916</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E108" s="15">
         <v>10080035171</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>2000</v>
       </c>
       <c r="K108" s="15">
         <v>0.06648</v>
       </c>
       <c r="L108" s="15">
         <v>0.05762</v>
       </c>
       <c r="M108" s="15">
         <v>0.0554</v>
       </c>
       <c r="N108" s="15">
-        <v>429</v>
+        <v>294</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E109" s="15">
         <v>10080045920</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>0.08420999999999999</v>
       </c>
       <c r="L109" s="15">
         <v>0.07298</v>
       </c>
       <c r="M109" s="15">
         <v>0.07018000000000001</v>
       </c>
       <c r="N109" s="15">
-        <v>351</v>
+        <v>271</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>272</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>273</v>
       </c>
       <c r="E110" s="15">
         <v>10080072836</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>1000</v>
       </c>
       <c r="K110" s="15">
         <v>0.15055</v>
       </c>
       <c r="L110" s="15">
         <v>0.12547</v>
       </c>
       <c r="M110" s="15">
         <v>0.12044</v>
       </c>
       <c r="N110" s="15">
-        <v>690</v>
+        <v>600</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>274</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>275</v>
       </c>
       <c r="E111" s="15">
         <v>10080066985</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>1000</v>
       </c>
       <c r="K111" s="15">
         <v>0.10794</v>
       </c>
       <c r="L111" s="15">
         <v>0.09354999999999999</v>
       </c>
       <c r="M111" s="15">
         <v>0.08995</v>
       </c>
       <c r="N111" s="15">
-        <v>751</v>
+        <v>599</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>276</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>277</v>
       </c>
       <c r="E112" s="15">
         <v>10080043118</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>0.18207</v>
       </c>
       <c r="L112" s="15">
         <v>0.13173</v>
       </c>
       <c r="M112" s="15">
         <v>0.11495</v>
       </c>
       <c r="N112" s="15">
-        <v>213</v>
+        <v>174</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D113" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E113" s="15">
         <v>10080066986</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
@@ -5772,51 +5756,51 @@
         <v>281</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>282</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>85</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>5000</v>
       </c>
       <c r="K114" s="15">
         <v>0.02873</v>
       </c>
       <c r="L114" s="15">
         <v>0.0249</v>
       </c>
       <c r="M114" s="15">
         <v>0.02394</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15">
-        <v>3600</v>
+        <v>3280</v>
       </c>
       <c r="P114" s="15" t="s">
         <v>86</v>
       </c>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14"/>
       <c r="C115" s="15"/>
       <c r="D115" s="15"/>
       <c r="E115" s="15"/>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15"/>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15"/>
       <c r="L115" s="15"/>
       <c r="M115" s="15"/>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
     </row>