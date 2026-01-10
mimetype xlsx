--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="699">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,51 +181,51 @@
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>14.01.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
@@ -265,77 +265,86 @@
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L05-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L05-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 5 (L-KLS8-DBL-M3-E5.5-L05-A)</t>
   </si>
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
+    <t>16.04.2026</t>
+  </si>
+  <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
+    <t>03.05.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
+    <t>12.04.2026</t>
+  </si>
+  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -352,51 +361,51 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>04.12.2025</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
@@ -433,50 +442,53 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
   </si>
   <si>
+    <t>05.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (L-KLS8-DBL-M3-E5.5-L14-A)</t>
   </si>
   <si>
     <t>UT-00149196</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1400-2000-5-03-1N1W CONNFLY, </t>
@@ -1412,53 +1424,50 @@
     <t>cтойка для платы, латунная, без покрытия / PCHSS-26 (желтые) L-KLS8-DBK-M3-E5.0-L26</t>
   </si>
   <si>
     <t>UT-00120039</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E4.7-L27</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSS-27 (желтые) L-KLS8-DBK-M3-E4.7-L27</t>
   </si>
   <si>
     <t>10-00061337</t>
   </si>
   <si>
     <t>H-L2800-0600-5-03-2N</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-28 (H-L2800-0600-5-03-2N)</t>
   </si>
   <si>
     <t>10-00061403</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBK-M3-E5.5-L28-A KLS, </t>
-  </si>
-[...1 lines deleted...]
-    <t>02.03.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E5.5-L28-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-28 (L-KLS8-DBK-M3-E5.5-L28-A)</t>
   </si>
   <si>
     <t>UT-00149228</t>
   </si>
   <si>
     <t xml:space="preserve">H-L2800-0600-5-03-2N CONNFLY, </t>
   </si>
   <si>
     <t>H-L3000-0600-5-03-2N</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSS-30 (H-L3000-0600-5-03-2N)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBK-M3-E5.5-L30-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBK-M3-E5.5-L30-A</t>
   </si>
@@ -2947,51 +2956,51 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>800</v>
       </c>
       <c r="K11" s="15">
         <v>0.11268</v>
       </c>
       <c r="L11" s="15">
         <v>0.09766</v>
       </c>
       <c r="M11" s="15">
         <v>0.0939</v>
       </c>
       <c r="N11" s="15">
-        <v>1354</v>
+        <v>1653</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
@@ -3055,226 +3064,222 @@
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J14" s="15">
         <v>250</v>
       </c>
       <c r="K14" s="15">
-        <v>0.61811</v>
+        <v>0.44837</v>
       </c>
       <c r="L14" s="15">
-        <v>0.44151</v>
+        <v>0.38858</v>
       </c>
       <c r="M14" s="15">
-        <v>0.39736</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.37364</v>
+      </c>
+      <c r="N14" s="15"/>
+      <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15">
         <v>5000</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J15" s="15">
         <v>950</v>
       </c>
       <c r="K15" s="15">
         <v>0.19797</v>
       </c>
       <c r="L15" s="15">
         <v>0.17157</v>
       </c>
       <c r="M15" s="15">
         <v>0.16498</v>
       </c>
       <c r="N15" s="15">
-        <v>1691</v>
+        <v>1672</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>4750</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
-        <v>0.21939</v>
+        <v>0.17057</v>
       </c>
       <c r="L16" s="15">
-        <v>0.15873</v>
+        <v>0.14782</v>
       </c>
       <c r="M16" s="15">
-        <v>0.13851</v>
+        <v>0.14214</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="Q16" s="15">
         <v>10000</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>350</v>
       </c>
       <c r="K17" s="15">
         <v>0.20392</v>
       </c>
       <c r="L17" s="15">
         <v>0.19465</v>
       </c>
       <c r="M17" s="15">
         <v>0.19465</v>
       </c>
       <c r="N17" s="15">
-        <v>6916</v>
+        <v>6734</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.52625</v>
+        <v>0.31874</v>
       </c>
       <c r="L18" s="15">
-        <v>0.38074</v>
+        <v>0.27624</v>
       </c>
       <c r="M18" s="15">
-        <v>0.33225</v>
+        <v>0.26561</v>
       </c>
       <c r="N18" s="15">
-        <v>870</v>
+        <v>700</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -3332,7963 +3337,8115 @@
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
-        <v>0.24951</v>
+        <v>0.1698</v>
       </c>
       <c r="L21" s="15">
-        <v>0.18052</v>
+        <v>0.14716</v>
       </c>
       <c r="M21" s="15">
-        <v>0.15752</v>
+        <v>0.1415</v>
       </c>
       <c r="N21" s="15">
-        <v>649</v>
+        <v>795</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15">
         <v>10080066095</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.2987</v>
       </c>
       <c r="L22" s="15">
         <v>0.24892</v>
       </c>
       <c r="M22" s="15">
         <v>0.23895</v>
       </c>
       <c r="N22" s="15">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15">
         <v>10080039233</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.08792999999999999</v>
+        <v>0.05858</v>
       </c>
       <c r="L23" s="15">
-        <v>0.06362</v>
+        <v>0.05077</v>
       </c>
       <c r="M23" s="15">
-        <v>0.05551</v>
+        <v>0.04881</v>
       </c>
       <c r="N23" s="15">
-        <v>79429</v>
+        <v>64489</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.06887</v>
+        <v>0.06117</v>
       </c>
       <c r="L24" s="15">
-        <v>0.06077</v>
+        <v>0.05301</v>
       </c>
       <c r="M24" s="15">
-        <v>0.05469</v>
+        <v>0.05098</v>
       </c>
       <c r="N24" s="15">
-        <v>6599</v>
+        <v>6771</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.08276</v>
+        <v>0.05717</v>
       </c>
       <c r="L25" s="15">
-        <v>0.05988</v>
+        <v>0.04954</v>
       </c>
       <c r="M25" s="15">
-        <v>0.05225</v>
+        <v>0.04764</v>
       </c>
       <c r="N25" s="15">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="P25" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O25" s="15">
+        <v>1220</v>
+      </c>
+      <c r="P25" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E26" s="15">
         <v>10080003156</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.08835999999999999</v>
+        <v>0.06084</v>
       </c>
       <c r="L26" s="15">
-        <v>0.06393</v>
+        <v>0.05273</v>
       </c>
       <c r="M26" s="15">
-        <v>0.05579</v>
-[...5 lines deleted...]
-      <c r="P26" s="15"/>
+        <v>0.0507</v>
+      </c>
+      <c r="N26" s="15"/>
+      <c r="O26" s="15">
+        <v>124500</v>
+      </c>
+      <c r="P26" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.06865</v>
+        <v>0.06096</v>
       </c>
       <c r="L27" s="15">
-        <v>0.06057</v>
+        <v>0.05283</v>
       </c>
       <c r="M27" s="15">
-        <v>0.05451</v>
+        <v>0.0508</v>
       </c>
       <c r="N27" s="15">
-        <v>690</v>
-[...2 lines deleted...]
-      <c r="P27" s="15"/>
+        <v>840</v>
+      </c>
+      <c r="O27" s="15">
+        <v>4200</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E28" s="15">
         <v>10080039171</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.1106</v>
+        <v>0.07743</v>
       </c>
       <c r="L28" s="15">
-        <v>0.08001999999999999</v>
+        <v>0.06711</v>
       </c>
       <c r="M28" s="15">
-        <v>0.06983</v>
+        <v>0.06453</v>
       </c>
       <c r="N28" s="15">
-        <v>538</v>
-[...2 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>86</v>
+      </c>
+      <c r="O28" s="15">
+        <v>4408</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>94</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.07338</v>
+        <v>0.07215000000000001</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0636</v>
+        <v>0.06253</v>
       </c>
       <c r="M29" s="15">
-        <v>0.06115</v>
+        <v>0.06013</v>
       </c>
       <c r="N29" s="15">
-        <v>19638</v>
+        <v>17975</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.08146</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L30" s="15">
-        <v>0.07188</v>
+        <v>0.06271</v>
       </c>
       <c r="M30" s="15">
-        <v>0.06469</v>
+        <v>0.0603</v>
       </c>
       <c r="N30" s="15">
-        <v>554</v>
+        <v>507</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E31" s="15">
         <v>10080032081</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.07575</v>
+        <v>0.07437000000000001</v>
       </c>
       <c r="L31" s="15">
-        <v>0.06565</v>
+        <v>0.06444999999999999</v>
       </c>
       <c r="M31" s="15">
-        <v>0.06313000000000001</v>
+        <v>0.06198</v>
       </c>
       <c r="N31" s="15"/>
-      <c r="O31" s="15"/>
-      <c r="P31" s="15"/>
+      <c r="O31" s="15">
+        <v>35200</v>
+      </c>
+      <c r="P31" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="J32" s="15">
         <v>2000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.08405</v>
+        <v>0.07466</v>
       </c>
       <c r="L32" s="15">
-        <v>0.07416</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M32" s="15">
-        <v>0.06673999999999999</v>
+        <v>0.06221</v>
       </c>
       <c r="N32" s="15">
-        <v>152</v>
-[...2 lines deleted...]
-      <c r="P32" s="15"/>
+        <v>92</v>
+      </c>
+      <c r="O32" s="15">
+        <v>8300</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E33" s="15">
         <v>10080040572</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.12423</v>
       </c>
       <c r="L33" s="15">
         <v>0.08988</v>
       </c>
       <c r="M33" s="15">
         <v>0.07843</v>
       </c>
       <c r="N33" s="15">
-        <v>2863</v>
+        <v>2606</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E34" s="15">
         <v>10080003157</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.10672</v>
+        <v>0.07614</v>
       </c>
       <c r="L34" s="15">
-        <v>0.07721</v>
+        <v>0.06598999999999999</v>
       </c>
       <c r="M34" s="15">
-        <v>0.06738</v>
+        <v>0.06345000000000001</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>91250</v>
+        <v>216989</v>
       </c>
       <c r="P34" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
-        <v>0.07395</v>
+        <v>0.06569</v>
       </c>
       <c r="L35" s="15">
-        <v>0.06525</v>
+        <v>0.05693</v>
       </c>
       <c r="M35" s="15">
-        <v>0.05873</v>
+        <v>0.05474</v>
       </c>
       <c r="N35" s="15"/>
-      <c r="O35" s="15"/>
-      <c r="P35" s="15"/>
+      <c r="O35" s="15">
+        <v>14000</v>
+      </c>
+      <c r="P35" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E36" s="15">
         <v>10080040573</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>2000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.1704</v>
+        <v>0.10473</v>
       </c>
       <c r="L36" s="15">
-        <v>0.12328</v>
+        <v>0.09077</v>
       </c>
       <c r="M36" s="15">
-        <v>0.10757</v>
+        <v>0.08728</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1500</v>
       </c>
       <c r="K37" s="15">
-        <v>0.1604</v>
+        <v>0.11448</v>
       </c>
       <c r="L37" s="15">
-        <v>0.11457</v>
+        <v>0.09922</v>
       </c>
       <c r="M37" s="15">
-        <v>0.10311</v>
+        <v>0.0954</v>
       </c>
       <c r="N37" s="15">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080046881</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.09471</v>
+        <v>0.09228</v>
       </c>
       <c r="L38" s="15">
-        <v>0.08208</v>
+        <v>0.07998</v>
       </c>
       <c r="M38" s="15">
-        <v>0.07893</v>
+        <v>0.0769</v>
       </c>
       <c r="N38" s="15">
-        <v>13998</v>
+        <v>10749</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E39" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.10538</v>
+        <v>0.0936</v>
       </c>
       <c r="L39" s="15">
-        <v>0.09299</v>
+        <v>0.08112</v>
       </c>
       <c r="M39" s="15">
-        <v>0.08369</v>
+        <v>0.078</v>
       </c>
       <c r="N39" s="15">
-        <v>880</v>
+        <v>740</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="E40" s="15">
         <v>10080017980</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.133</v>
+        <v>0.09206</v>
       </c>
       <c r="L40" s="15">
-        <v>0.09623</v>
+        <v>0.07978</v>
       </c>
       <c r="M40" s="15">
-        <v>0.08397</v>
+        <v>0.07671</v>
       </c>
       <c r="N40" s="15"/>
-      <c r="O40" s="15"/>
-      <c r="P40" s="15"/>
+      <c r="O40" s="15">
+        <v>14600</v>
+      </c>
+      <c r="P40" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.10537</v>
+        <v>0.0936</v>
       </c>
       <c r="L41" s="15">
-        <v>0.09297</v>
+        <v>0.08112</v>
       </c>
       <c r="M41" s="15">
-        <v>0.08366999999999999</v>
+        <v>0.078</v>
       </c>
       <c r="N41" s="15">
         <v>80</v>
       </c>
-      <c r="O41" s="15"/>
-      <c r="P41" s="15"/>
+      <c r="O41" s="15">
+        <v>8200</v>
+      </c>
+      <c r="P41" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E42" s="15">
         <v>10080040574</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1500</v>
       </c>
       <c r="K42" s="15">
-        <v>0.1323</v>
+        <v>0.09569999999999999</v>
       </c>
       <c r="L42" s="15">
-        <v>0.0945</v>
+        <v>0.08294</v>
       </c>
       <c r="M42" s="15">
-        <v>0.08505</v>
-[...1 lines deleted...]
-      <c r="N42" s="15"/>
+        <v>0.07975</v>
+      </c>
+      <c r="N42" s="15">
+        <v>2450</v>
+      </c>
       <c r="O42" s="15">
-        <v>2520</v>
-[...1 lines deleted...]
-      <c r="P42" s="15"/>
+        <v>4900</v>
+      </c>
+      <c r="P42" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.11072</v>
+        <v>0.09674000000000001</v>
       </c>
       <c r="L43" s="15">
-        <v>0.0977</v>
+        <v>0.08384</v>
       </c>
       <c r="M43" s="15">
-        <v>0.08792999999999999</v>
-[...5 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>0.08061</v>
+      </c>
+      <c r="N43" s="15"/>
+      <c r="O43" s="15">
+        <v>783</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>142</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="E44" s="15">
         <v>10080066536</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.1509</v>
       </c>
       <c r="L44" s="15">
         <v>0.12575</v>
       </c>
       <c r="M44" s="15">
         <v>0.12072</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="E45" s="15">
         <v>10080071700</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.13962</v>
+        <v>0.09608</v>
       </c>
       <c r="L45" s="15">
-        <v>0.10101</v>
+        <v>0.08327</v>
       </c>
       <c r="M45" s="15">
-        <v>0.08815000000000001</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="N45" s="15">
-        <v>7068</v>
+        <v>7753</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.10899</v>
+        <v>0.0968</v>
       </c>
       <c r="L46" s="15">
-        <v>0.09617000000000001</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M46" s="15">
-        <v>0.08655</v>
+        <v>0.08066</v>
       </c>
       <c r="N46" s="15">
-        <v>700</v>
+        <v>330</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="E47" s="15">
         <v>10080003158</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.14049</v>
+        <v>0.09648</v>
       </c>
       <c r="L47" s="15">
-        <v>0.10164</v>
+        <v>0.08362</v>
       </c>
       <c r="M47" s="15">
-        <v>0.08869</v>
+        <v>0.0804</v>
       </c>
       <c r="N47" s="15">
-        <v>91840</v>
+        <v>81674</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.11006</v>
+        <v>0.09776</v>
       </c>
       <c r="L48" s="15">
-        <v>0.09711</v>
+        <v>0.08472</v>
       </c>
       <c r="M48" s="15">
-        <v>0.08740000000000001</v>
+        <v>0.08146</v>
       </c>
       <c r="N48" s="15">
-        <v>7000</v>
+        <v>9000</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="E49" s="15">
         <v>10080016343</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.1945</v>
+        <v>0.1334</v>
       </c>
       <c r="L49" s="15">
-        <v>0.14072</v>
+        <v>0.11561</v>
       </c>
       <c r="M49" s="15">
-        <v>0.12279</v>
+        <v>0.11116</v>
       </c>
       <c r="N49" s="15">
-        <v>9052</v>
+        <v>9176</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.14238</v>
+        <v>0.12648</v>
       </c>
       <c r="L50" s="15">
-        <v>0.12563</v>
+        <v>0.10962</v>
       </c>
       <c r="M50" s="15">
-        <v>0.11306</v>
+        <v>0.1054</v>
       </c>
       <c r="N50" s="15">
-        <v>662</v>
+        <v>396</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.1828</v>
+        <v>0.12707</v>
       </c>
       <c r="L51" s="15">
-        <v>0.13226</v>
+        <v>0.11012</v>
       </c>
       <c r="M51" s="15">
-        <v>0.11541</v>
+        <v>0.10589</v>
       </c>
       <c r="N51" s="15">
-        <v>641</v>
+        <v>728</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="E52" s="15">
         <v>10080012445</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.16596</v>
+        <v>0.11549</v>
       </c>
       <c r="L52" s="15">
-        <v>0.12007</v>
+        <v>0.10009</v>
       </c>
       <c r="M52" s="15">
-        <v>0.10478</v>
+        <v>0.09624000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>4899</v>
+        <v>6177</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.13049</v>
+        <v>0.11591</v>
       </c>
       <c r="L53" s="15">
-        <v>0.11514</v>
+        <v>0.10045</v>
       </c>
       <c r="M53" s="15">
-        <v>0.10363</v>
+        <v>0.09659</v>
       </c>
       <c r="N53" s="15">
-        <v>4300</v>
+        <v>4250</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E54" s="15">
         <v>10080047946</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.1945</v>
+        <v>0.13235</v>
       </c>
       <c r="L54" s="15">
-        <v>0.14072</v>
+        <v>0.1147</v>
       </c>
       <c r="M54" s="15">
-        <v>0.12279</v>
+        <v>0.11029</v>
       </c>
       <c r="N54" s="15">
         <v>2600</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="E55" s="15">
         <v>10080046603</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.13062</v>
+        <v>0.12711</v>
       </c>
       <c r="L55" s="15">
-        <v>0.1132</v>
+        <v>0.11016</v>
       </c>
       <c r="M55" s="15">
-        <v>0.10885</v>
+        <v>0.10593</v>
       </c>
       <c r="N55" s="15">
-        <v>10474</v>
+        <v>10635</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.14538</v>
+        <v>0.12914</v>
       </c>
       <c r="L56" s="15">
-        <v>0.12828</v>
+        <v>0.11192</v>
       </c>
       <c r="M56" s="15">
-        <v>0.11545</v>
+        <v>0.10761</v>
       </c>
       <c r="N56" s="15">
-        <v>3650</v>
+        <v>4450</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
       <c r="E57" s="15">
         <v>10080003159</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.1642</v>
+        <v>0.11366</v>
       </c>
       <c r="L57" s="15">
-        <v>0.1188</v>
+        <v>0.0985</v>
       </c>
       <c r="M57" s="15">
-        <v>0.10367</v>
+        <v>0.09471</v>
       </c>
       <c r="N57" s="15">
-        <v>24511</v>
-[...2 lines deleted...]
-      <c r="P57" s="15"/>
+        <v>20346</v>
+      </c>
+      <c r="O57" s="15">
+        <v>23400</v>
+      </c>
+      <c r="P57" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="E58" s="15">
         <v>10000006841</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.19453</v>
       </c>
       <c r="L58" s="15">
         <v>0.11285</v>
       </c>
       <c r="M58" s="15">
         <v>0.10172</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.09941999999999999</v>
+        <v>0.08831</v>
       </c>
       <c r="L59" s="15">
-        <v>0.08772000000000001</v>
+        <v>0.07653</v>
       </c>
       <c r="M59" s="15">
-        <v>0.07895000000000001</v>
+        <v>0.07359</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.13059</v>
+        <v>0.116</v>
       </c>
       <c r="L60" s="15">
-        <v>0.11523</v>
+        <v>0.10053</v>
       </c>
       <c r="M60" s="15">
-        <v>0.10371</v>
+        <v>0.09666</v>
       </c>
       <c r="N60" s="15">
-        <v>7500</v>
+        <v>8428</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="E61" s="15">
         <v>10080016342</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.21505</v>
+        <v>0.1484</v>
       </c>
       <c r="L61" s="15">
-        <v>0.15559</v>
+        <v>0.12861</v>
       </c>
       <c r="M61" s="15">
-        <v>0.13577</v>
+        <v>0.12366</v>
       </c>
       <c r="N61" s="15">
-        <v>2838</v>
-[...2 lines deleted...]
-      <c r="P61" s="15"/>
+        <v>2649</v>
+      </c>
+      <c r="O61" s="15">
+        <v>3500</v>
+      </c>
+      <c r="P61" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="E62" s="15">
         <v>10080054557</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.23087</v>
+        <v>0.15947</v>
       </c>
       <c r="L62" s="15">
-        <v>0.16703</v>
+        <v>0.1382</v>
       </c>
       <c r="M62" s="15">
-        <v>0.14575</v>
+        <v>0.13289</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
-      <c r="P62" s="15"/>
+      <c r="P62" s="15" t="s">
+        <v>142</v>
+      </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.16196</v>
+        <v>0.14387</v>
       </c>
       <c r="L63" s="15">
-        <v>0.14291</v>
+        <v>0.12468</v>
       </c>
       <c r="M63" s="15">
-        <v>0.12861</v>
+        <v>0.11989</v>
       </c>
       <c r="N63" s="15">
-        <v>800</v>
+        <v>765</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.2065</v>
+        <v>0.14183</v>
       </c>
       <c r="L64" s="15">
-        <v>0.1494</v>
+        <v>0.12292</v>
       </c>
       <c r="M64" s="15">
-        <v>0.13037</v>
+        <v>0.11819</v>
       </c>
       <c r="N64" s="15">
-        <v>2202</v>
-[...2 lines deleted...]
-      <c r="P64" s="15"/>
+        <v>2073</v>
+      </c>
+      <c r="O64" s="15">
+        <v>1280</v>
+      </c>
+      <c r="P64" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
-        <v>0.15666</v>
+        <v>0.13914</v>
       </c>
       <c r="L65" s="15">
-        <v>0.13823</v>
+        <v>0.12059</v>
       </c>
       <c r="M65" s="15">
-        <v>0.1244</v>
+        <v>0.11595</v>
       </c>
       <c r="N65" s="15">
-        <v>720</v>
+        <v>639</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.14096</v>
+        <v>0.13691</v>
       </c>
       <c r="L66" s="15">
-        <v>0.12216</v>
+        <v>0.11865</v>
       </c>
       <c r="M66" s="15">
-        <v>0.11746</v>
+        <v>0.11409</v>
       </c>
       <c r="N66" s="15">
         <v>1286</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="E67" s="15">
         <v>10080003160</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.20031</v>
+        <v>0.13766</v>
       </c>
       <c r="L67" s="15">
-        <v>0.14493</v>
+        <v>0.1193</v>
       </c>
       <c r="M67" s="15">
-        <v>0.12646</v>
+        <v>0.11471</v>
       </c>
       <c r="N67" s="15">
-        <v>12302</v>
+        <v>9267</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
-        <v>0.15751</v>
+        <v>0.13991</v>
       </c>
       <c r="L68" s="15">
-        <v>0.13898</v>
+        <v>0.12125</v>
       </c>
       <c r="M68" s="15">
-        <v>0.12508</v>
+        <v>0.11659</v>
       </c>
       <c r="N68" s="15">
-        <v>730</v>
+        <v>690</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>2.37</v>
       </c>
       <c r="L69" s="15">
         <v>1.99</v>
       </c>
       <c r="M69" s="15">
         <v>1.91</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="E70" s="15">
         <v>10080010559</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
-        <v>0.28848</v>
+        <v>0.19778</v>
       </c>
       <c r="L70" s="15">
-        <v>0.20872</v>
+        <v>0.17141</v>
       </c>
       <c r="M70" s="15">
-        <v>0.18213</v>
+        <v>0.16481</v>
       </c>
       <c r="N70" s="15">
-        <v>4818</v>
+        <v>5632</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
-        <v>0.17949</v>
+        <v>0.15941</v>
       </c>
       <c r="L71" s="15">
-        <v>0.15837</v>
+        <v>0.13815</v>
       </c>
       <c r="M71" s="15">
-        <v>0.14253</v>
+        <v>0.13284</v>
       </c>
       <c r="N71" s="15">
-        <v>1980</v>
+        <v>2220</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="E72" s="15">
         <v>10080032318</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
-        <v>0.23186</v>
+        <v>0.16049</v>
       </c>
       <c r="L72" s="15">
-        <v>0.16775</v>
+        <v>0.13909</v>
       </c>
       <c r="M72" s="15">
-        <v>0.14638</v>
+        <v>0.13374</v>
       </c>
       <c r="N72" s="15">
-        <v>11467</v>
+        <v>11727</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
-        <v>0.23798</v>
+        <v>0.17189</v>
       </c>
       <c r="L73" s="15">
-        <v>0.17218</v>
+        <v>0.14897</v>
       </c>
       <c r="M73" s="15">
-        <v>0.15025</v>
+        <v>0.14324</v>
       </c>
       <c r="N73" s="15">
-        <v>450</v>
+        <v>420</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="E74" s="15">
         <v>10080003155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
-        <v>0.17813</v>
+        <v>0.1718</v>
       </c>
       <c r="L74" s="15">
-        <v>0.15438</v>
+        <v>0.14889</v>
       </c>
       <c r="M74" s="15">
-        <v>0.14844</v>
+        <v>0.14316</v>
       </c>
       <c r="N74" s="15">
-        <v>8918</v>
+        <v>3276</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
-        <v>0.19783</v>
+        <v>0.1757</v>
       </c>
       <c r="L75" s="15">
-        <v>0.17456</v>
+        <v>0.15227</v>
       </c>
       <c r="M75" s="15">
-        <v>0.1571</v>
+        <v>0.14641</v>
       </c>
       <c r="N75" s="15">
-        <v>1800</v>
+        <v>2392</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E76" s="15">
         <v>10080039268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
-        <v>0.32672</v>
+        <v>0.19682</v>
       </c>
       <c r="L76" s="15">
-        <v>0.23637</v>
+        <v>0.17057</v>
       </c>
       <c r="M76" s="15">
-        <v>0.20626</v>
+        <v>0.16401</v>
       </c>
       <c r="N76" s="15">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E77" s="15" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.20204</v>
       </c>
       <c r="L77" s="15">
         <v>0.1751</v>
       </c>
       <c r="M77" s="15">
         <v>0.16836</v>
       </c>
       <c r="N77" s="15">
-        <v>1086</v>
+        <v>656</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="E78" s="15" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
-        <v>0.22948</v>
+        <v>0.16377</v>
       </c>
       <c r="L78" s="15">
-        <v>0.16603</v>
+        <v>0.14193</v>
       </c>
       <c r="M78" s="15">
-        <v>0.14488</v>
+        <v>0.13648</v>
       </c>
       <c r="N78" s="15">
-        <v>5748</v>
+        <v>6556</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="E79" s="15">
         <v>10080049399</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
-        <v>0.31738</v>
+        <v>0.2183</v>
       </c>
       <c r="L79" s="15">
-        <v>0.22963</v>
+        <v>0.18919</v>
       </c>
       <c r="M79" s="15">
-        <v>0.20038</v>
+        <v>0.18191</v>
       </c>
       <c r="N79" s="15">
-        <v>1643</v>
+        <v>1858</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
-        <v>0.24823</v>
+        <v>0.22049</v>
       </c>
       <c r="L80" s="15">
-        <v>0.21903</v>
+        <v>0.19109</v>
       </c>
       <c r="M80" s="15">
-        <v>0.19713</v>
+        <v>0.18374</v>
       </c>
       <c r="N80" s="15">
-        <v>720</v>
+        <v>624</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="E81" s="15">
         <v>10080012536</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="J81" s="15">
         <v>500</v>
       </c>
       <c r="K81" s="15">
-        <v>0.31932</v>
+        <v>0.21942</v>
       </c>
       <c r="L81" s="15">
-        <v>0.23103</v>
+        <v>0.19016</v>
       </c>
       <c r="M81" s="15">
-        <v>0.2016</v>
+        <v>0.18285</v>
       </c>
       <c r="N81" s="15">
-        <v>1821</v>
+        <v>1315</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="J82" s="15">
         <v>500</v>
       </c>
       <c r="K82" s="15">
-        <v>0.25102</v>
+        <v>0.22296</v>
       </c>
       <c r="L82" s="15">
-        <v>0.22149</v>
+        <v>0.19323</v>
       </c>
       <c r="M82" s="15">
-        <v>0.19934</v>
+        <v>0.1858</v>
       </c>
       <c r="N82" s="15">
-        <v>770</v>
+        <v>644</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E83" s="15">
         <v>10080040578</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>250</v>
       </c>
       <c r="K83" s="15">
-        <v>0.39547</v>
+        <v>0.21936</v>
       </c>
       <c r="L83" s="15">
-        <v>0.26198</v>
+        <v>0.19011</v>
       </c>
       <c r="M83" s="15">
-        <v>0.22861</v>
+        <v>0.1828</v>
       </c>
       <c r="N83" s="15">
-        <v>4085</v>
+        <v>3464</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E84" s="15">
         <v>10080040559</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
-        <v>0.38739</v>
+        <v>0.26628</v>
       </c>
       <c r="L84" s="15">
-        <v>0.28028</v>
+        <v>0.23078</v>
       </c>
       <c r="M84" s="15">
-        <v>0.24457</v>
+        <v>0.2219</v>
       </c>
       <c r="N84" s="15">
-        <v>1562</v>
+        <v>1290</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="J85" s="15">
         <v>250</v>
       </c>
       <c r="K85" s="15">
-        <v>0.3041</v>
+        <v>0.27009</v>
       </c>
       <c r="L85" s="15">
-        <v>0.26832</v>
+        <v>0.23408</v>
       </c>
       <c r="M85" s="15">
-        <v>0.24149</v>
+        <v>0.22508</v>
       </c>
       <c r="N85" s="15">
-        <v>640</v>
+        <v>832</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E86" s="15">
         <v>10080034412</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>250</v>
       </c>
       <c r="K86" s="15">
-        <v>0.3505</v>
+        <v>0.24197</v>
       </c>
       <c r="L86" s="15">
-        <v>0.25359</v>
+        <v>0.2097</v>
       </c>
       <c r="M86" s="15">
-        <v>0.22128</v>
+        <v>0.20164</v>
       </c>
       <c r="N86" s="15">
-        <v>1607</v>
+        <v>1706</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E87" s="15">
         <v>10080033051</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
-        <v>0.30246</v>
+        <v>0.29049</v>
       </c>
       <c r="L87" s="15">
-        <v>0.26213</v>
+        <v>0.25176</v>
       </c>
       <c r="M87" s="15">
-        <v>0.25205</v>
+        <v>0.24208</v>
       </c>
       <c r="N87" s="15">
-        <v>3574</v>
+        <v>4442</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J88" s="15">
         <v>250</v>
       </c>
       <c r="K88" s="15">
-        <v>0.33633</v>
+        <v>0.29873</v>
       </c>
       <c r="L88" s="15">
-        <v>0.29676</v>
+        <v>0.2589</v>
       </c>
       <c r="M88" s="15">
-        <v>0.26708</v>
+        <v>0.24894</v>
       </c>
       <c r="N88" s="15">
-        <v>900</v>
+        <v>880</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>250</v>
       </c>
       <c r="K89" s="15">
-        <v>0.99827</v>
+        <v>0.5515099999999999</v>
       </c>
       <c r="L89" s="15">
-        <v>0.6613</v>
+        <v>0.47797</v>
       </c>
       <c r="M89" s="15">
-        <v>0.57706</v>
+        <v>0.45959</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E90" s="15">
         <v>10080037666</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="J90" s="15">
         <v>250</v>
       </c>
       <c r="K90" s="15">
-        <v>0.3512</v>
+        <v>0.34661</v>
       </c>
       <c r="L90" s="15">
-        <v>0.30437</v>
+        <v>0.30039</v>
       </c>
       <c r="M90" s="15">
-        <v>0.29266</v>
+        <v>0.28884</v>
       </c>
       <c r="N90" s="15">
-        <v>1140</v>
+        <v>1245</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
-        <v>0.39642</v>
+        <v>0.35207</v>
       </c>
       <c r="L91" s="15">
-        <v>0.34979</v>
+        <v>0.30512</v>
       </c>
       <c r="M91" s="15">
-        <v>0.31481</v>
+        <v>0.29339</v>
       </c>
       <c r="N91" s="15">
-        <v>660</v>
+        <v>703</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.05496</v>
       </c>
       <c r="L92" s="15">
         <v>0.04763</v>
       </c>
       <c r="M92" s="15">
         <v>0.0458</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>2000</v>
       </c>
       <c r="K93" s="15">
         <v>0.03749</v>
       </c>
       <c r="L93" s="15">
         <v>0.03249</v>
       </c>
       <c r="M93" s="15">
         <v>0.03124</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1500</v>
       </c>
       <c r="K94" s="15">
         <v>0.05964</v>
       </c>
       <c r="L94" s="15">
         <v>0.05169</v>
       </c>
       <c r="M94" s="15">
         <v>0.0497</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.08917</v>
       </c>
       <c r="L95" s="15">
         <v>0.07479</v>
       </c>
       <c r="M95" s="15">
         <v>0.07191</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E96" s="15">
         <v>10080056804</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15"/>
       <c r="K96" s="15">
         <v>0.12512</v>
       </c>
       <c r="L96" s="15">
         <v>0.0726</v>
       </c>
       <c r="M96" s="15">
         <v>0.06542000000000001</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="E97" s="15">
         <v>10080054791</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.10457</v>
+        <v>0.07281</v>
       </c>
       <c r="L97" s="15">
-        <v>0.07566000000000001</v>
+        <v>0.0631</v>
       </c>
       <c r="M97" s="15">
-        <v>0.06602</v>
-[...1 lines deleted...]
-      <c r="N97" s="15"/>
+        <v>0.06068</v>
+      </c>
+      <c r="N97" s="15">
+        <v>1220</v>
+      </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.10058</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="L98" s="15">
-        <v>0.07277</v>
+        <v>0.06247</v>
       </c>
       <c r="M98" s="15">
-        <v>0.0635</v>
+        <v>0.06006</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.14493</v>
+        <v>0.1287</v>
       </c>
       <c r="L99" s="15">
-        <v>0.12788</v>
+        <v>0.11154</v>
       </c>
       <c r="M99" s="15">
-        <v>0.11509</v>
+        <v>0.10725</v>
       </c>
       <c r="N99" s="15">
-        <v>3632</v>
+        <v>4994</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E100" s="15">
         <v>10080067893</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.1637</v>
+        <v>0.11648</v>
       </c>
       <c r="L100" s="15">
-        <v>0.11844</v>
+        <v>0.10095</v>
       </c>
       <c r="M100" s="15">
-        <v>0.10335</v>
+        <v>0.09705999999999999</v>
       </c>
       <c r="N100" s="15">
-        <v>410</v>
-[...2 lines deleted...]
-      <c r="P100" s="15"/>
+        <v>75</v>
+      </c>
+      <c r="O100" s="15">
+        <v>740</v>
+      </c>
+      <c r="P100" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="E101" s="15">
         <v>10080066543</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.24443</v>
       </c>
       <c r="L101" s="15">
         <v>0.17684</v>
       </c>
       <c r="M101" s="15">
         <v>0.15432</v>
       </c>
       <c r="N101" s="15">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="P101" s="15"/>
+        <v>109</v>
+      </c>
+      <c r="O101" s="15">
+        <v>1640</v>
+      </c>
+      <c r="P101" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
-        <v>0.25819</v>
+        <v>0.17937</v>
       </c>
       <c r="L102" s="15">
-        <v>0.1868</v>
+        <v>0.15545</v>
       </c>
       <c r="M102" s="15">
-        <v>0.163</v>
+        <v>0.14948</v>
       </c>
       <c r="N102" s="15">
-        <v>1136</v>
-[...2 lines deleted...]
-      <c r="P102" s="15"/>
+        <v>1161</v>
+      </c>
+      <c r="O102" s="15">
+        <v>900</v>
+      </c>
+      <c r="P102" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E103" s="15">
         <v>10080038266</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.21522</v>
+        <v>0.15363</v>
       </c>
       <c r="L103" s="15">
-        <v>0.15571</v>
+        <v>0.13315</v>
       </c>
       <c r="M103" s="15">
-        <v>0.13588</v>
+        <v>0.12803</v>
       </c>
       <c r="N103" s="15">
-        <v>3592</v>
+        <v>3817</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E104" s="15">
         <v>10080056206</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
-        <v>0.26265</v>
+        <v>0.22941</v>
       </c>
       <c r="L104" s="15">
-        <v>0.23175</v>
+        <v>0.19882</v>
       </c>
       <c r="M104" s="15">
-        <v>0.20858</v>
+        <v>0.19118</v>
       </c>
       <c r="N104" s="15">
-        <v>1560</v>
+        <v>1340</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="E105" s="15">
         <v>10080064705</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
-        <v>0.23535</v>
+        <v>0.20906</v>
       </c>
       <c r="L105" s="15">
-        <v>0.20766</v>
+        <v>0.18118</v>
       </c>
       <c r="M105" s="15">
-        <v>0.18689</v>
+        <v>0.17421</v>
       </c>
       <c r="N105" s="15">
-        <v>9405</v>
+        <v>7322</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="E106" s="15">
         <v>10080046856</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>250</v>
       </c>
       <c r="K106" s="15">
-        <v>0.9444900000000001</v>
+        <v>0.62748</v>
       </c>
       <c r="L106" s="15">
-        <v>0.6833399999999999</v>
+        <v>0.54382</v>
       </c>
       <c r="M106" s="15">
-        <v>0.59629</v>
+        <v>0.5229</v>
       </c>
       <c r="N106" s="15">
-        <v>1482</v>
+        <v>1311</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
-        <v>0.37463</v>
+        <v>0.26322</v>
       </c>
       <c r="L107" s="15">
-        <v>0.27104</v>
+        <v>0.22812</v>
       </c>
       <c r="M107" s="15">
-        <v>0.23652</v>
+        <v>0.21935</v>
       </c>
       <c r="N107" s="15">
-        <v>1591</v>
+        <v>1147</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E108" s="15">
         <v>10080053149</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.64842</v>
       </c>
       <c r="L108" s="15">
         <v>0.56196</v>
       </c>
       <c r="M108" s="15">
         <v>0.54035</v>
       </c>
       <c r="N108" s="15">
-        <v>1200</v>
+        <v>909</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="E109" s="15">
         <v>10080049126</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.56403</v>
       </c>
       <c r="L109" s="15">
         <v>0.48883</v>
       </c>
       <c r="M109" s="15">
         <v>0.47003</v>
       </c>
       <c r="N109" s="15">
-        <v>822</v>
+        <v>700</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="E110" s="15">
         <v>10080056207</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>1.04</v>
       </c>
       <c r="L110" s="15">
         <v>0.6919</v>
       </c>
       <c r="M110" s="15">
         <v>0.6279</v>
       </c>
       <c r="N110" s="15">
-        <v>238</v>
+        <v>196</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E111" s="15">
         <v>10080046857</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
-        <v>1.34</v>
+        <v>0.95669</v>
       </c>
       <c r="L111" s="15">
-        <v>0.9547099999999999</v>
+        <v>0.82913</v>
       </c>
       <c r="M111" s="15">
-        <v>0.85923</v>
+        <v>0.7972399999999999</v>
       </c>
       <c r="N111" s="15">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E112" s="15">
         <v>10080069814</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.34109</v>
       </c>
       <c r="L112" s="15">
         <v>0.28425</v>
       </c>
       <c r="M112" s="15">
         <v>0.27287</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>250</v>
       </c>
       <c r="K113" s="15">
         <v>0.80576</v>
       </c>
       <c r="L113" s="15">
         <v>0.77073</v>
       </c>
       <c r="M113" s="15">
         <v>0.73569</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.07711999999999999</v>
+        <v>0.05324</v>
       </c>
       <c r="L114" s="15">
-        <v>0.0558</v>
+        <v>0.04614</v>
       </c>
       <c r="M114" s="15">
-        <v>0.04869</v>
+        <v>0.04436</v>
       </c>
       <c r="N114" s="15">
-        <v>1386</v>
+        <v>1054</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.05952</v>
+        <v>0.05288</v>
       </c>
       <c r="L115" s="15">
-        <v>0.05252</v>
+        <v>0.04583</v>
       </c>
       <c r="M115" s="15">
-        <v>0.04726</v>
+        <v>0.04406</v>
       </c>
       <c r="N115" s="15">
-        <v>1760</v>
+        <v>1229</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E116" s="15">
         <v>10080003161</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.07842</v>
+        <v>0.05349</v>
       </c>
       <c r="L116" s="15">
-        <v>0.05674</v>
+        <v>0.04636</v>
       </c>
       <c r="M116" s="15">
-        <v>0.04951</v>
+        <v>0.04458</v>
       </c>
       <c r="N116" s="15">
-        <v>82764</v>
+        <v>67131</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="E117" s="15">
         <v>10080010560</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
-        <v>0.06045</v>
+        <v>0.05985</v>
       </c>
       <c r="L117" s="15">
-        <v>0.05239</v>
+        <v>0.05187</v>
       </c>
       <c r="M117" s="15">
-        <v>0.05038</v>
+        <v>0.04988</v>
       </c>
       <c r="N117" s="15">
-        <v>6875</v>
+        <v>8170</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="J118" s="15">
         <v>1000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.06006</v>
+        <v>0.05334</v>
       </c>
       <c r="L118" s="15">
-        <v>0.053</v>
+        <v>0.04623</v>
       </c>
       <c r="M118" s="15">
-        <v>0.0477</v>
+        <v>0.04445</v>
       </c>
       <c r="N118" s="15">
-        <v>780</v>
+        <v>850</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E119" s="15">
         <v>10080069665</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.06818</v>
+        <v>0.04695</v>
       </c>
       <c r="L119" s="15">
-        <v>0.04933</v>
+        <v>0.04069</v>
       </c>
       <c r="M119" s="15">
-        <v>0.04305</v>
+        <v>0.03913</v>
       </c>
       <c r="N119" s="15">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E120" s="15">
         <v>10080026651</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="J120" s="15">
         <v>1000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.07181</v>
+        <v>0.04772</v>
       </c>
       <c r="L120" s="15">
-        <v>0.05195</v>
+        <v>0.04135</v>
       </c>
       <c r="M120" s="15">
-        <v>0.04533</v>
+        <v>0.03976</v>
       </c>
       <c r="N120" s="15">
-        <v>6995</v>
+        <v>6607</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.05639</v>
+        <v>0.0501</v>
       </c>
       <c r="L121" s="15">
-        <v>0.04976</v>
+        <v>0.04342</v>
       </c>
       <c r="M121" s="15">
-        <v>0.04478</v>
+        <v>0.04175</v>
       </c>
       <c r="N121" s="15">
-        <v>740</v>
+        <v>870</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="E122" s="15">
         <v>10080047947</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.0533</v>
       </c>
       <c r="L122" s="15">
         <v>0.04619</v>
       </c>
       <c r="M122" s="15">
         <v>0.04441</v>
       </c>
       <c r="N122" s="15">
-        <v>3384</v>
+        <v>2708</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="E123" s="15">
         <v>10080003165</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.09589</v>
+        <v>0.066</v>
       </c>
       <c r="L123" s="15">
-        <v>0.06938</v>
+        <v>0.0572</v>
       </c>
       <c r="M123" s="15">
-        <v>0.06054</v>
+        <v>0.055</v>
       </c>
       <c r="N123" s="15">
-        <v>195575</v>
+        <v>129663</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="J124" s="15">
         <v>1500</v>
       </c>
       <c r="K124" s="15">
-        <v>0.07466</v>
+        <v>0.06632</v>
       </c>
       <c r="L124" s="15">
-        <v>0.06587999999999999</v>
+        <v>0.05747</v>
       </c>
       <c r="M124" s="15">
-        <v>0.05929</v>
+        <v>0.05526</v>
       </c>
       <c r="N124" s="15">
         <v>1954</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="E125" s="15">
         <v>10080039269</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.11173</v>
+        <v>0.07668</v>
       </c>
       <c r="L125" s="15">
-        <v>0.08084</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M125" s="15">
-        <v>0.07054000000000001</v>
+        <v>0.0639</v>
       </c>
       <c r="N125" s="15">
-        <v>5438</v>
+        <v>5365</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="E126" s="15">
         <v>10080048233</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="J126" s="15">
         <v>1000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.07889</v>
+        <v>0.0776</v>
       </c>
       <c r="L126" s="15">
-        <v>0.06837</v>
+        <v>0.06725</v>
       </c>
       <c r="M126" s="15">
-        <v>0.06574000000000001</v>
+        <v>0.06466</v>
       </c>
       <c r="N126" s="15">
-        <v>7372</v>
-[...2 lines deleted...]
-      <c r="P126" s="15"/>
+        <v>6264</v>
+      </c>
+      <c r="O126" s="15">
+        <v>7200</v>
+      </c>
+      <c r="P126" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.0849</v>
+        <v>0.07542</v>
       </c>
       <c r="L127" s="15">
-        <v>0.07491</v>
+        <v>0.06536</v>
       </c>
       <c r="M127" s="15">
-        <v>0.06741999999999999</v>
+        <v>0.06285</v>
       </c>
       <c r="N127" s="15">
-        <v>7608</v>
+        <v>5370</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="E128" s="15">
         <v>10080006096</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.10551</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L128" s="15">
-        <v>0.07633</v>
+        <v>0.06296</v>
       </c>
       <c r="M128" s="15">
-        <v>0.06661</v>
+        <v>0.06054</v>
       </c>
       <c r="N128" s="15">
-        <v>16658</v>
+        <v>13957</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.08104</v>
+        <v>0.07199</v>
       </c>
       <c r="L129" s="15">
-        <v>0.07151</v>
+        <v>0.06239</v>
       </c>
       <c r="M129" s="15">
-        <v>0.06435</v>
+        <v>0.05999</v>
       </c>
       <c r="N129" s="15">
-        <v>5440</v>
+        <v>6020</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="E130" s="15">
         <v>10080040579</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.09568</v>
       </c>
       <c r="L130" s="15">
         <v>0.05521</v>
       </c>
       <c r="M130" s="15">
         <v>0.04969</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="E131" s="15">
         <v>10080067215</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1500</v>
       </c>
       <c r="K131" s="15">
         <v>0.09014</v>
       </c>
       <c r="L131" s="15">
         <v>0.06522</v>
       </c>
       <c r="M131" s="15">
         <v>0.0569</v>
       </c>
       <c r="N131" s="15">
-        <v>4255</v>
+        <v>4686</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="E132" s="15">
         <v>10080003162</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.08463</v>
+        <v>0.0824</v>
       </c>
       <c r="L132" s="15">
-        <v>0.07335</v>
+        <v>0.07141</v>
       </c>
       <c r="M132" s="15">
-        <v>0.07053</v>
+        <v>0.06866</v>
       </c>
       <c r="N132" s="15">
-        <v>31950</v>
+        <v>27000</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.09399</v>
+        <v>0.08351</v>
       </c>
       <c r="L133" s="15">
-        <v>0.08294</v>
+        <v>0.07237</v>
       </c>
       <c r="M133" s="15">
-        <v>0.07464</v>
+        <v>0.06959</v>
       </c>
       <c r="N133" s="15">
-        <v>850</v>
+        <v>800</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="E134" s="15">
         <v>10080040580</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.10772</v>
+        <v>0.0731</v>
       </c>
       <c r="L134" s="15">
-        <v>0.07793</v>
+        <v>0.06335</v>
       </c>
       <c r="M134" s="15">
-        <v>0.06801</v>
+        <v>0.06091</v>
       </c>
       <c r="N134" s="15">
-        <v>2330</v>
+        <v>1890</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.11261</v>
+        <v>0.09999</v>
       </c>
       <c r="L135" s="15">
-        <v>0.09936</v>
+        <v>0.08666</v>
       </c>
       <c r="M135" s="15">
-        <v>0.08942</v>
+        <v>0.08333</v>
       </c>
       <c r="N135" s="15">
-        <v>660</v>
+        <v>730</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="E136" s="15">
         <v>10080050059</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.10118</v>
+        <v>0.09987</v>
       </c>
       <c r="L136" s="15">
-        <v>0.08769</v>
+        <v>0.08655</v>
       </c>
       <c r="M136" s="15">
-        <v>0.08431</v>
+        <v>0.08323</v>
       </c>
       <c r="N136" s="15">
-        <v>3351</v>
+        <v>3270</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="E137" s="15">
         <v>10080031651</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.14285</v>
+        <v>0.09918</v>
       </c>
       <c r="L137" s="15">
-        <v>0.10335</v>
+        <v>0.08595999999999999</v>
       </c>
       <c r="M137" s="15">
-        <v>0.09019000000000001</v>
-[...5 lines deleted...]
-      <c r="P137" s="15"/>
+        <v>0.08265</v>
+      </c>
+      <c r="N137" s="15"/>
+      <c r="O137" s="15">
+        <v>8200</v>
+      </c>
+      <c r="P137" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="J138" s="15">
         <v>1000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.11133</v>
+        <v>0.09891</v>
       </c>
       <c r="L138" s="15">
-        <v>0.09823999999999999</v>
+        <v>0.08572</v>
       </c>
       <c r="M138" s="15">
-        <v>0.08841</v>
+        <v>0.08243</v>
       </c>
       <c r="N138" s="15"/>
-      <c r="O138" s="15"/>
-      <c r="P138" s="15"/>
+      <c r="O138" s="15">
+        <v>8500</v>
+      </c>
+      <c r="P138" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="E139" s="15">
         <v>10080035099</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.1468</v>
+        <v>0.0975</v>
       </c>
       <c r="L139" s="15">
-        <v>0.10621</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M139" s="15">
-        <v>0.09268</v>
+        <v>0.08125</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.08499</v>
       </c>
       <c r="L140" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M140" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="E141" s="15">
         <v>10080003163</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.14791</v>
+        <v>0.10158</v>
       </c>
       <c r="L141" s="15">
-        <v>0.10701</v>
+        <v>0.08803999999999999</v>
       </c>
       <c r="M141" s="15">
-        <v>0.09338</v>
+        <v>0.08465</v>
       </c>
       <c r="N141" s="15">
-        <v>19983</v>
-[...2 lines deleted...]
-      <c r="P141" s="15"/>
+        <v>28101</v>
+      </c>
+      <c r="O141" s="15">
+        <v>36000</v>
+      </c>
+      <c r="P141" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.11597</v>
+        <v>0.10301</v>
       </c>
       <c r="L142" s="15">
-        <v>0.10233</v>
+        <v>0.08927</v>
       </c>
       <c r="M142" s="15">
-        <v>0.0921</v>
+        <v>0.08584</v>
       </c>
       <c r="N142" s="15">
-        <v>1580</v>
+        <v>1660</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="E143" s="15">
         <v>10080040581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.15101</v>
+        <v>0.10422</v>
       </c>
       <c r="L143" s="15">
-        <v>0.10926</v>
+        <v>0.09032</v>
       </c>
       <c r="M143" s="15">
-        <v>0.09533999999999999</v>
+        <v>0.08685</v>
       </c>
       <c r="N143" s="15">
-        <v>5900</v>
+        <v>6278</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.11574</v>
+        <v>0.11304</v>
       </c>
       <c r="L144" s="15">
-        <v>0.10031</v>
+        <v>0.09797</v>
       </c>
       <c r="M144" s="15">
-        <v>0.09644999999999999</v>
+        <v>0.09420000000000001</v>
       </c>
       <c r="N144" s="15">
-        <v>530</v>
-[...2 lines deleted...]
-      <c r="P144" s="15"/>
+        <v>655</v>
+      </c>
+      <c r="O144" s="15">
+        <v>2670</v>
+      </c>
+      <c r="P144" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
-        <v>0.12548</v>
+        <v>0.11145</v>
       </c>
       <c r="L145" s="15">
-        <v>0.11072</v>
+        <v>0.09659</v>
       </c>
       <c r="M145" s="15">
-        <v>0.09964000000000001</v>
+        <v>0.09288</v>
       </c>
       <c r="N145" s="15"/>
-      <c r="O145" s="15"/>
-      <c r="P145" s="15"/>
+      <c r="O145" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P145" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="E146" s="15">
         <v>10080003164</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.17551</v>
+        <v>0.12054</v>
       </c>
       <c r="L146" s="15">
-        <v>0.12698</v>
+        <v>0.10447</v>
       </c>
       <c r="M146" s="15">
-        <v>0.11081</v>
+        <v>0.10045</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15">
-        <v>15800</v>
-[...1 lines deleted...]
-      <c r="P146" s="15"/>
+        <v>32800</v>
+      </c>
+      <c r="P146" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E147" s="15" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
-        <v>0.13792</v>
+        <v>0.12251</v>
       </c>
       <c r="L147" s="15">
-        <v>0.1217</v>
+        <v>0.10617</v>
       </c>
       <c r="M147" s="15">
-        <v>0.10953</v>
+        <v>0.10209</v>
       </c>
       <c r="N147" s="15"/>
-      <c r="O147" s="15"/>
-      <c r="P147" s="15"/>
+      <c r="O147" s="15">
+        <v>8600</v>
+      </c>
+      <c r="P147" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="E148" s="15">
         <v>10080040582</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.18198</v>
+        <v>0.1236</v>
       </c>
       <c r="L148" s="15">
-        <v>0.13166</v>
+        <v>0.10712</v>
       </c>
       <c r="M148" s="15">
-        <v>0.11489</v>
+        <v>0.103</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>500</v>
       </c>
       <c r="K149" s="15">
-        <v>0.1785</v>
+        <v>0.12773</v>
       </c>
       <c r="L149" s="15">
-        <v>0.12915</v>
+        <v>0.1107</v>
       </c>
       <c r="M149" s="15">
-        <v>0.1127</v>
+        <v>0.10644</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.17308</v>
       </c>
       <c r="L150" s="15">
         <v>0.12522</v>
       </c>
       <c r="M150" s="15">
         <v>0.10927</v>
       </c>
       <c r="N150" s="15">
-        <v>723</v>
+        <v>432</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="E151" s="15" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.1496</v>
       </c>
       <c r="L151" s="15">
         <v>0.12965</v>
       </c>
       <c r="M151" s="15">
         <v>0.12466</v>
       </c>
       <c r="N151" s="15">
-        <v>468</v>
-[...1 lines deleted...]
-      <c r="O151" s="15"/>
+        <v>354</v>
+      </c>
+      <c r="O151" s="15">
+        <v>1240</v>
+      </c>
       <c r="P151" s="15" t="s">
-        <v>466</v>
+        <v>115</v>
       </c>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
-        <v>0.14875</v>
+        <v>0.13214</v>
       </c>
       <c r="L152" s="15">
-        <v>0.13125</v>
+        <v>0.11452</v>
       </c>
       <c r="M152" s="15">
-        <v>0.11813</v>
+        <v>0.11011</v>
       </c>
       <c r="N152" s="15">
-        <v>162</v>
-[...2 lines deleted...]
-      <c r="P152" s="15"/>
+        <v>70</v>
+      </c>
+      <c r="O152" s="15">
+        <v>700</v>
+      </c>
+      <c r="P152" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E153" s="15">
         <v>10080003166</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.19478</v>
+        <v>0.1298</v>
       </c>
       <c r="L153" s="15">
-        <v>0.14092</v>
+        <v>0.11249</v>
       </c>
       <c r="M153" s="15">
-        <v>0.12297</v>
+        <v>0.10816</v>
       </c>
       <c r="N153" s="15">
-        <v>10363</v>
-[...2 lines deleted...]
-      <c r="P153" s="15"/>
+        <v>10178</v>
+      </c>
+      <c r="O153" s="15">
+        <v>3800</v>
+      </c>
+      <c r="P153" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="E154" s="15" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
-        <v>0.15336</v>
+        <v>0.13622</v>
       </c>
       <c r="L154" s="15">
-        <v>0.13532</v>
+        <v>0.11805</v>
       </c>
       <c r="M154" s="15">
-        <v>0.12178</v>
+        <v>0.11351</v>
       </c>
       <c r="N154" s="15">
-        <v>4250</v>
+        <v>4100</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="E155" s="15">
         <v>10080039172</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
-        <v>0.20435</v>
+        <v>0.14093</v>
       </c>
       <c r="L155" s="15">
-        <v>0.14785</v>
+        <v>0.12214</v>
       </c>
       <c r="M155" s="15">
-        <v>0.12901</v>
+        <v>0.11744</v>
       </c>
       <c r="N155" s="15">
-        <v>11852</v>
+        <v>8741</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="E156" s="15">
         <v>10080045772</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
-        <v>0.28279</v>
+        <v>0.19421</v>
       </c>
       <c r="L156" s="15">
-        <v>0.2046</v>
+        <v>0.16831</v>
       </c>
       <c r="M156" s="15">
-        <v>0.17854</v>
+        <v>0.16184</v>
       </c>
       <c r="N156" s="15">
-        <v>19833</v>
+        <v>23551</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="E157" s="15" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="J157" s="15">
         <v>500</v>
       </c>
       <c r="K157" s="15">
-        <v>0.22058</v>
+        <v>0.1959</v>
       </c>
       <c r="L157" s="15">
-        <v>0.19463</v>
+        <v>0.16978</v>
       </c>
       <c r="M157" s="15">
-        <v>0.17516</v>
+        <v>0.16325</v>
       </c>
       <c r="N157" s="15">
-        <v>860</v>
+        <v>650</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="E158" s="15" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
-        <v>0.2091</v>
+        <v>0.19307</v>
       </c>
       <c r="L158" s="15">
-        <v>0.1845</v>
+        <v>0.16732</v>
       </c>
       <c r="M158" s="15">
-        <v>0.16605</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.16089</v>
+      </c>
+      <c r="N158" s="15"/>
       <c r="O158" s="15"/>
-      <c r="P158" s="15"/>
+      <c r="P158" s="15" t="s">
+        <v>142</v>
+      </c>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="E159" s="15">
         <v>10080034287</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
-        <v>0.22599</v>
+        <v>0.21924</v>
       </c>
       <c r="L159" s="15">
-        <v>0.19586</v>
+        <v>0.19001</v>
       </c>
       <c r="M159" s="15">
-        <v>0.18833</v>
-[...5 lines deleted...]
-      <c r="P159" s="15"/>
+        <v>0.1827</v>
+      </c>
+      <c r="N159" s="15"/>
+      <c r="O159" s="15">
+        <v>3700</v>
+      </c>
+      <c r="P159" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="E160" s="15" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
-        <v>0.25097</v>
+        <v>0.22292</v>
       </c>
       <c r="L160" s="15">
-        <v>0.22145</v>
+        <v>0.19319</v>
       </c>
       <c r="M160" s="15">
-        <v>0.1993</v>
+        <v>0.18576</v>
       </c>
       <c r="N160" s="15">
-        <v>890</v>
+        <v>840</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="E161" s="15">
         <v>10080051423</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
-        <v>0.40395</v>
+        <v>0.27789</v>
       </c>
       <c r="L161" s="15">
-        <v>0.29226</v>
+        <v>0.24084</v>
       </c>
       <c r="M161" s="15">
-        <v>0.25503</v>
+        <v>0.23158</v>
       </c>
       <c r="N161" s="15"/>
-      <c r="O161" s="15"/>
-      <c r="P161" s="15"/>
+      <c r="O161" s="15">
+        <v>1460</v>
+      </c>
+      <c r="P161" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="E162" s="15" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="J162" s="15">
         <v>250</v>
       </c>
       <c r="K162" s="15">
-        <v>0.31589</v>
+        <v>0.28058</v>
       </c>
       <c r="L162" s="15">
-        <v>0.27873</v>
+        <v>0.24317</v>
       </c>
       <c r="M162" s="15">
-        <v>0.25086</v>
+        <v>0.23381</v>
       </c>
       <c r="N162" s="15">
-        <v>610</v>
+        <v>650</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="E163" s="15">
         <v>10080019221</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
-        <v>0.42295</v>
+        <v>0.29061</v>
       </c>
       <c r="L163" s="15">
-        <v>0.30601</v>
+        <v>0.25186</v>
       </c>
       <c r="M163" s="15">
-        <v>0.26703</v>
+        <v>0.24218</v>
       </c>
       <c r="N163" s="15">
-        <v>1761</v>
+        <v>1790</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="J164" s="15">
         <v>250</v>
       </c>
       <c r="K164" s="15">
-        <v>0.33272</v>
+        <v>0.29555</v>
       </c>
       <c r="L164" s="15">
-        <v>0.29358</v>
+        <v>0.25614</v>
       </c>
       <c r="M164" s="15">
-        <v>0.26422</v>
+        <v>0.24629</v>
       </c>
       <c r="N164" s="15">
-        <v>620</v>
+        <v>720</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="E165" s="15">
         <v>10080056877</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
-        <v>0.40729</v>
+        <v>0.27798</v>
       </c>
       <c r="L165" s="15">
-        <v>0.29467</v>
+        <v>0.24092</v>
       </c>
       <c r="M165" s="15">
-        <v>0.25714</v>
+        <v>0.23165</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="E166" s="15">
         <v>10080047287</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="J166" s="15">
         <v>300</v>
       </c>
       <c r="K166" s="15">
         <v>0.36152</v>
       </c>
       <c r="L166" s="15">
         <v>0.31331</v>
       </c>
       <c r="M166" s="15">
         <v>0.30126</v>
       </c>
       <c r="N166" s="15"/>
-      <c r="O166" s="15"/>
-      <c r="P166" s="15"/>
+      <c r="O166" s="15">
+        <v>1620</v>
+      </c>
+      <c r="P166" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D167" s="15" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="E167" s="15" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="J167" s="15">
         <v>250</v>
       </c>
       <c r="K167" s="15">
-        <v>0.39229</v>
+        <v>0.34845</v>
       </c>
       <c r="L167" s="15">
-        <v>0.34614</v>
+        <v>0.30199</v>
       </c>
       <c r="M167" s="15">
-        <v>0.31153</v>
+        <v>0.29038</v>
       </c>
       <c r="N167" s="15"/>
-      <c r="O167" s="15"/>
-      <c r="P167" s="15"/>
+      <c r="O167" s="15">
+        <v>1500</v>
+      </c>
+      <c r="P167" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="D168" s="15" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="E168" s="15" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>200</v>
       </c>
       <c r="K168" s="15">
         <v>0.85407</v>
       </c>
       <c r="L168" s="15">
         <v>0.71631</v>
       </c>
       <c r="M168" s="15">
         <v>0.68877</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D169" s="15" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="E169" s="15" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
-        <v>0.05924</v>
+        <v>0.04092</v>
       </c>
       <c r="L169" s="15">
-        <v>0.04286</v>
+        <v>0.03546</v>
       </c>
       <c r="M169" s="15">
-        <v>0.0374</v>
+        <v>0.0341</v>
       </c>
       <c r="N169" s="15">
-        <v>638</v>
+        <v>407</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="D170" s="15" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="E170" s="15" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
-        <v>0.07692</v>
+        <v>0.05544</v>
       </c>
       <c r="L170" s="15">
-        <v>0.05495</v>
+        <v>0.04805</v>
       </c>
       <c r="M170" s="15">
-        <v>0.04945</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0462</v>
+      </c>
+      <c r="N170" s="15">
+        <v>216</v>
+      </c>
+      <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="D171" s="15" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="E171" s="15" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>1000</v>
       </c>
       <c r="K171" s="15">
-        <v>0.08467</v>
+        <v>0.0605</v>
       </c>
       <c r="L171" s="15">
-        <v>0.06126</v>
+        <v>0.05243</v>
       </c>
       <c r="M171" s="15">
-        <v>0.05346</v>
+        <v>0.05041</v>
       </c>
       <c r="N171" s="15"/>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="E172" s="15">
         <v>10080055990</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
-        <v>0.15761</v>
+        <v>0.10628</v>
       </c>
       <c r="L172" s="15">
-        <v>0.11403</v>
+        <v>0.09211</v>
       </c>
       <c r="M172" s="15">
-        <v>0.09950000000000001</v>
+        <v>0.08856</v>
       </c>
       <c r="N172" s="15">
-        <v>577</v>
+        <v>645</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="E173" s="15" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>3000</v>
       </c>
       <c r="K173" s="15">
-        <v>0.08005</v>
+        <v>0.05576</v>
       </c>
       <c r="L173" s="15">
-        <v>0.05792</v>
+        <v>0.04832</v>
       </c>
       <c r="M173" s="15">
-        <v>0.05054</v>
+        <v>0.04646</v>
       </c>
       <c r="N173" s="15">
-        <v>4000</v>
+        <v>3150</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="E174" s="15">
         <v>10080058977</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1250</v>
       </c>
       <c r="K174" s="15">
-        <v>0.08728</v>
+        <v>0.06369</v>
       </c>
       <c r="L174" s="15">
-        <v>0.06234</v>
+        <v>0.0552</v>
       </c>
       <c r="M174" s="15">
-        <v>0.05611</v>
+        <v>0.05308</v>
       </c>
       <c r="N174" s="15">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>17430</v>
+      </c>
+      <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="E175" s="15" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>1250</v>
       </c>
       <c r="K175" s="15">
-        <v>0.0881</v>
+        <v>0.06329</v>
       </c>
       <c r="L175" s="15">
-        <v>0.06293</v>
+        <v>0.05485</v>
       </c>
       <c r="M175" s="15">
-        <v>0.05663</v>
+        <v>0.05274</v>
       </c>
       <c r="N175" s="15">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
       <c r="E176" s="15">
         <v>10080053584</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
-        <v>0.1703</v>
+        <v>0.11378</v>
       </c>
       <c r="L176" s="15">
-        <v>0.12321</v>
+        <v>0.09861</v>
       </c>
       <c r="M176" s="15">
-        <v>0.10752</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>2053</v>
+        <v>2153</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="E177" s="15">
         <v>10080064706</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
-        <v>0.14367</v>
+        <v>0.12762</v>
       </c>
       <c r="L177" s="15">
-        <v>0.12677</v>
+        <v>0.1106</v>
       </c>
       <c r="M177" s="15">
-        <v>0.11409</v>
+        <v>0.10635</v>
       </c>
       <c r="N177" s="15">
-        <v>670</v>
+        <v>512</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="E178" s="15">
         <v>10080057779</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15"/>
       <c r="J178" s="15">
         <v>1000</v>
       </c>
       <c r="K178" s="15">
         <v>0.11442</v>
       </c>
       <c r="L178" s="15">
         <v>0.09916</v>
       </c>
       <c r="M178" s="15">
         <v>0.09535</v>
       </c>
       <c r="N178" s="15"/>
-      <c r="O178" s="15"/>
-      <c r="P178" s="15"/>
+      <c r="O178" s="15">
+        <v>860</v>
+      </c>
+      <c r="P178" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15"/>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
-        <v>0.17757</v>
+        <v>0.12128</v>
       </c>
       <c r="L179" s="15">
-        <v>0.12847</v>
+        <v>0.10511</v>
       </c>
       <c r="M179" s="15">
-        <v>0.11211</v>
+        <v>0.10106</v>
       </c>
       <c r="N179" s="15">
-        <v>403</v>
+        <v>481</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="E180" s="15">
         <v>10080039270</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
-        <v>0.12906</v>
+        <v>0.12881</v>
       </c>
       <c r="L180" s="15">
-        <v>0.11185</v>
+        <v>0.11163</v>
       </c>
       <c r="M180" s="15">
-        <v>0.10755</v>
-[...1 lines deleted...]
-      <c r="N180" s="15"/>
+        <v>0.10734</v>
+      </c>
+      <c r="N180" s="15">
+        <v>498</v>
+      </c>
       <c r="O180" s="15">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="P180" s="15"/>
+        <v>415</v>
+      </c>
+      <c r="P180" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="E181" s="15">
         <v>10080042870</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
-      <c r="J181" s="15"/>
+      <c r="J181" s="15">
+        <v>1000</v>
+      </c>
       <c r="K181" s="15">
-        <v>0.2447</v>
+        <v>0.13665</v>
       </c>
       <c r="L181" s="15">
-        <v>0.16209</v>
+        <v>0.11843</v>
       </c>
       <c r="M181" s="15">
-        <v>0.14145</v>
+        <v>0.11388</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="E182" s="15" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
-        <v>0.19248</v>
+        <v>0.13365</v>
       </c>
       <c r="L182" s="15">
-        <v>0.13926</v>
+        <v>0.11583</v>
       </c>
       <c r="M182" s="15">
-        <v>0.12152</v>
+        <v>0.11138</v>
       </c>
       <c r="N182" s="15"/>
-      <c r="O182" s="15"/>
-      <c r="P182" s="15"/>
+      <c r="O182" s="15">
+        <v>760</v>
+      </c>
+      <c r="P182" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="E183" s="15">
         <v>10080064704</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
-        <v>0.24037</v>
+        <v>0.16004</v>
       </c>
       <c r="L183" s="15">
-        <v>0.17391</v>
+        <v>0.1387</v>
       </c>
       <c r="M183" s="15">
-        <v>0.15175</v>
+        <v>0.13336</v>
       </c>
       <c r="N183" s="15">
-        <v>2652</v>
+        <v>2210</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="E184" s="15" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.29547</v>
       </c>
       <c r="L184" s="15">
         <v>0.21377</v>
       </c>
       <c r="M184" s="15">
         <v>0.18654</v>
       </c>
       <c r="N184" s="15"/>
-      <c r="O184" s="15"/>
-      <c r="P184" s="15"/>
+      <c r="O184" s="15">
+        <v>780</v>
+      </c>
+      <c r="P184" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="E185" s="15">
         <v>10080064708</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15"/>
       <c r="K185" s="15">
         <v>0.50856</v>
       </c>
       <c r="L185" s="15">
         <v>0.29504</v>
       </c>
       <c r="M185" s="15">
         <v>0.26593</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15"/>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
-        <v>0.47161</v>
+        <v>0.32538</v>
       </c>
       <c r="L186" s="15">
-        <v>0.34121</v>
+        <v>0.282</v>
       </c>
       <c r="M186" s="15">
-        <v>0.29774</v>
+        <v>0.27115</v>
       </c>
       <c r="N186" s="15">
-        <v>790</v>
+        <v>850</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="E187" s="15">
         <v>10080069763</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15"/>
       <c r="K187" s="15">
         <v>0.6294</v>
       </c>
       <c r="L187" s="15">
         <v>0.52449</v>
       </c>
       <c r="M187" s="15">
         <v>0.50352</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="E188" s="15">
         <v>10080003139</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="J188" s="15">
         <v>1000</v>
       </c>
       <c r="K188" s="15">
-        <v>0.0883</v>
+        <v>0.06137</v>
       </c>
       <c r="L188" s="15">
-        <v>0.06388000000000001</v>
+        <v>0.05318</v>
       </c>
       <c r="M188" s="15">
-        <v>0.05575</v>
+        <v>0.05114</v>
       </c>
       <c r="N188" s="15">
         <v>93</v>
       </c>
-      <c r="O188" s="15"/>
-      <c r="P188" s="15"/>
+      <c r="O188" s="15">
+        <v>2100</v>
+      </c>
+      <c r="P188" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="E189" s="15">
         <v>10080003140</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="J189" s="15">
         <v>1000</v>
       </c>
       <c r="K189" s="15">
-        <v>0.10564</v>
+        <v>0.07256</v>
       </c>
       <c r="L189" s="15">
-        <v>0.07643</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="M189" s="15">
-        <v>0.06669</v>
+        <v>0.06046</v>
       </c>
       <c r="N189" s="15">
-        <v>2277</v>
+        <v>2744</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="E190" s="15" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="J190" s="15">
         <v>1000</v>
       </c>
       <c r="K190" s="15">
-        <v>0.08230999999999999</v>
+        <v>0.0731</v>
       </c>
       <c r="L190" s="15">
-        <v>0.07263</v>
+        <v>0.06335</v>
       </c>
       <c r="M190" s="15">
-        <v>0.06537</v>
+        <v>0.06091</v>
       </c>
       <c r="N190" s="15">
-        <v>880</v>
+        <v>729</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="E191" s="15">
         <v>10080003141</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="J191" s="15">
         <v>1000</v>
       </c>
       <c r="K191" s="15">
-        <v>0.13683</v>
+        <v>0.08348999999999999</v>
       </c>
       <c r="L191" s="15">
-        <v>0.09898999999999999</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="M191" s="15">
-        <v>0.08638999999999999</v>
+        <v>0.06958</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="E192" s="15">
         <v>10080010561</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>1000</v>
       </c>
       <c r="K192" s="15">
-        <v>0.23658</v>
+        <v>0.1041</v>
       </c>
       <c r="L192" s="15">
-        <v>0.17117</v>
+        <v>0.1041</v>
       </c>
       <c r="M192" s="15">
-        <v>0.14936</v>
+        <v>0.1041</v>
       </c>
       <c r="N192" s="15">
-        <v>915</v>
+        <v>1098</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="E193" s="15">
         <v>10080003142</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="J193" s="15">
         <v>1000</v>
       </c>
       <c r="K193" s="15">
-        <v>0.16551</v>
+        <v>0.11378</v>
       </c>
       <c r="L193" s="15">
-        <v>0.11974</v>
+        <v>0.09861</v>
       </c>
       <c r="M193" s="15">
-        <v>0.10449</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N193" s="15">
-        <v>2410</v>
+        <v>2037</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="E194" s="15">
         <v>10080010562</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
         <v>0.10716</v>
       </c>
       <c r="L194" s="15">
         <v>0.10345</v>
       </c>
       <c r="M194" s="15">
         <v>0.09976</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="J195" s="15">
         <v>1000</v>
       </c>
       <c r="K195" s="15">
-        <v>0.12985</v>
+        <v>0.11534</v>
       </c>
       <c r="L195" s="15">
-        <v>0.11457</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M195" s="15">
-        <v>0.10311</v>
+        <v>0.09611</v>
       </c>
       <c r="N195" s="15">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="E196" s="15" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>1000</v>
       </c>
       <c r="K196" s="15">
         <v>0.1775</v>
       </c>
       <c r="L196" s="15">
         <v>0.11894</v>
       </c>
       <c r="M196" s="15">
         <v>0.10808</v>
       </c>
       <c r="N196" s="15">
         <v>1</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="E197" s="15">
         <v>10080003143</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
       <c r="J197" s="15">
         <v>1000</v>
       </c>
       <c r="K197" s="15">
-        <v>0.21533</v>
+        <v>0.14331</v>
       </c>
       <c r="L197" s="15">
-        <v>0.15579</v>
+        <v>0.1242</v>
       </c>
       <c r="M197" s="15">
-        <v>0.13595</v>
+        <v>0.11943</v>
       </c>
       <c r="N197" s="15">
-        <v>2231</v>
+        <v>2145</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>599</v>
+        <v>602</v>
       </c>
       <c r="E198" s="15">
         <v>10080063994</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.22497</v>
       </c>
       <c r="L198" s="15">
         <v>0.1613</v>
       </c>
       <c r="M198" s="15">
         <v>0.14007</v>
       </c>
       <c r="N198" s="15">
-        <v>589</v>
+        <v>753</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="E199" s="15">
         <v>10080003144</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
-        <v>0.23959</v>
+        <v>0.14523</v>
       </c>
       <c r="L199" s="15">
-        <v>0.17335</v>
+        <v>0.12587</v>
       </c>
       <c r="M199" s="15">
-        <v>0.15126</v>
+        <v>0.12103</v>
       </c>
       <c r="N199" s="15">
-        <v>426</v>
-[...2 lines deleted...]
-      <c r="P199" s="15"/>
+        <v>542</v>
+      </c>
+      <c r="O199" s="15">
+        <v>3560</v>
+      </c>
+      <c r="P199" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="E200" s="15">
         <v>10080047949</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15"/>
       <c r="K200" s="15">
         <v>0.2703</v>
       </c>
       <c r="L200" s="15">
         <v>0.15681</v>
       </c>
       <c r="M200" s="15">
         <v>0.14134</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="E201" s="15">
         <v>10080003134</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
-        <v>0.07844</v>
+        <v>0.04407</v>
       </c>
       <c r="L201" s="15">
-        <v>0.05139</v>
+        <v>0.03819</v>
       </c>
       <c r="M201" s="15">
-        <v>0.04632</v>
+        <v>0.03673</v>
       </c>
       <c r="N201" s="15">
-        <v>108</v>
+        <v>83</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="J202" s="15">
         <v>1000</v>
       </c>
       <c r="K202" s="15">
-        <v>0.057</v>
+        <v>0.05064</v>
       </c>
       <c r="L202" s="15">
-        <v>0.0503</v>
+        <v>0.04389</v>
       </c>
       <c r="M202" s="15">
-        <v>0.04527</v>
+        <v>0.0422</v>
       </c>
       <c r="N202" s="15">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>612</v>
+        <v>615</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>613</v>
+        <v>616</v>
       </c>
       <c r="E203" s="15">
         <v>10080003135</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
-        <v>0.0756</v>
+        <v>0.05256</v>
       </c>
       <c r="L203" s="15">
-        <v>0.0547</v>
+        <v>0.04555</v>
       </c>
       <c r="M203" s="15">
-        <v>0.04773</v>
+        <v>0.0438</v>
       </c>
       <c r="N203" s="15">
-        <v>5542</v>
+        <v>4935</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>615</v>
+        <v>618</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
-        <v>0.05919</v>
+        <v>0.05256</v>
       </c>
       <c r="L204" s="15">
-        <v>0.05223</v>
+        <v>0.04555</v>
       </c>
       <c r="M204" s="15">
-        <v>0.04701</v>
+        <v>0.0438</v>
       </c>
       <c r="N204" s="15">
-        <v>900</v>
+        <v>600</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
       <c r="E205" s="15">
         <v>10080003136</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>621</v>
+        <v>624</v>
       </c>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
-        <v>0.10646</v>
+        <v>0.07475999999999999</v>
       </c>
       <c r="L205" s="15">
-        <v>0.07702000000000001</v>
+        <v>0.06479</v>
       </c>
       <c r="M205" s="15">
-        <v>0.06721000000000001</v>
+        <v>0.0623</v>
       </c>
       <c r="N205" s="15"/>
-      <c r="O205" s="15"/>
-      <c r="P205" s="15"/>
+      <c r="O205" s="15">
+        <v>1320</v>
+      </c>
+      <c r="P205" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>622</v>
+        <v>625</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>623</v>
+        <v>626</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
-        <v>0.08177</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L206" s="15">
-        <v>0.07215000000000001</v>
+        <v>0.06296</v>
       </c>
       <c r="M206" s="15">
-        <v>0.06494</v>
+        <v>0.06054</v>
       </c>
       <c r="N206" s="15">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>626</v>
+        <v>629</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>627</v>
+        <v>630</v>
       </c>
       <c r="E207" s="15">
         <v>10080003137</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>628</v>
+        <v>631</v>
       </c>
       <c r="J207" s="15">
         <v>1000</v>
       </c>
       <c r="K207" s="15">
-        <v>0.13174</v>
+        <v>0.09050999999999999</v>
       </c>
       <c r="L207" s="15">
-        <v>0.09531000000000001</v>
+        <v>0.07844</v>
       </c>
       <c r="M207" s="15">
-        <v>0.08316999999999999</v>
+        <v>0.07543</v>
       </c>
       <c r="N207" s="15"/>
-      <c r="O207" s="15"/>
-      <c r="P207" s="15"/>
+      <c r="O207" s="15">
+        <v>1560</v>
+      </c>
+      <c r="P207" s="15" t="s">
+        <v>87</v>
+      </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>629</v>
+        <v>632</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="J208" s="15">
         <v>1000</v>
       </c>
       <c r="K208" s="15">
-        <v>0.10367</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L208" s="15">
-        <v>0.09147</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M208" s="15">
-        <v>0.08232</v>
-[...5 lines deleted...]
-      <c r="P208" s="15"/>
+        <v>0.07674</v>
+      </c>
+      <c r="N208" s="15"/>
+      <c r="O208" s="15">
+        <v>790</v>
+      </c>
+      <c r="P208" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>634</v>
+        <v>637</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>635</v>
+        <v>638</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>636</v>
+        <v>639</v>
       </c>
       <c r="J209" s="15">
         <v>1000</v>
       </c>
       <c r="K209" s="15">
-        <v>0.17921</v>
+        <v>0.15918</v>
       </c>
       <c r="L209" s="15">
-        <v>0.15813</v>
+        <v>0.13796</v>
       </c>
       <c r="M209" s="15">
-        <v>0.14232</v>
+        <v>0.13265</v>
       </c>
       <c r="N209" s="15">
-        <v>558</v>
+        <v>702</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>637</v>
+        <v>640</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E210" s="15">
         <v>10000013004</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="J210" s="15">
         <v>1000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.22476</v>
+        <v>0.13568</v>
       </c>
       <c r="L210" s="15">
-        <v>0.16115</v>
+        <v>0.11759</v>
       </c>
       <c r="M210" s="15">
-        <v>0.14525</v>
+        <v>0.11306</v>
       </c>
       <c r="N210" s="15">
         <v>35</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>640</v>
+        <v>643</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="E211" s="15">
         <v>10080003138</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.22186</v>
       </c>
       <c r="L211" s="15">
         <v>0.128</v>
       </c>
       <c r="M211" s="15">
         <v>0.1152</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
-        <v>0.14384</v>
+        <v>0.12776</v>
       </c>
       <c r="L212" s="15">
-        <v>0.12692</v>
+        <v>0.11072</v>
       </c>
       <c r="M212" s="15">
-        <v>0.11422</v>
+        <v>0.10646</v>
       </c>
       <c r="N212" s="15">
-        <v>820</v>
+        <v>860</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="E213" s="15">
         <v>10080047948</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15"/>
       <c r="K213" s="15">
-        <v>0.44126</v>
+        <v>0.24369</v>
       </c>
       <c r="L213" s="15">
-        <v>0.29231</v>
+        <v>0.2112</v>
       </c>
       <c r="M213" s="15">
-        <v>0.25507</v>
+        <v>0.20308</v>
       </c>
       <c r="N213" s="15">
         <v>32</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="E214" s="15">
         <v>10080063996</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15"/>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.41263</v>
       </c>
       <c r="L214" s="15">
         <v>0.29854</v>
       </c>
       <c r="M214" s="15">
         <v>0.26051</v>
       </c>
       <c r="N214" s="15"/>
-      <c r="O214" s="15"/>
-      <c r="P214" s="15"/>
+      <c r="O214" s="15">
+        <v>395</v>
+      </c>
+      <c r="P214" s="15" t="s">
+        <v>83</v>
+      </c>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15"/>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
         <v>0.4272</v>
       </c>
       <c r="L215" s="15">
         <v>0.30909</v>
       </c>
       <c r="M215" s="15">
         <v>0.26971</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>0.8385899999999999</v>
       </c>
       <c r="L216" s="15">
         <v>0.70334</v>
       </c>
       <c r="M216" s="15">
         <v>0.6762899999999999</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>1000</v>
       </c>
       <c r="K217" s="15">
         <v>0.10281</v>
       </c>
       <c r="L217" s="15">
         <v>0.08623</v>
       </c>
       <c r="M217" s="15">
         <v>0.08291</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="E218" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.21482</v>
       </c>
       <c r="L218" s="15">
         <v>0.18617</v>
       </c>
       <c r="M218" s="15">
         <v>0.17901</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="J219" s="15">
         <v>1000</v>
       </c>
       <c r="K219" s="15">
         <v>0.09809</v>
       </c>
       <c r="L219" s="15">
         <v>0.08501</v>
       </c>
       <c r="M219" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="E220" s="15">
         <v>10080069189</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15"/>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>600</v>
       </c>
       <c r="K220" s="15">
         <v>0.32081</v>
       </c>
       <c r="L220" s="15">
         <v>0.26733</v>
       </c>
       <c r="M220" s="15">
         <v>0.25663</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="E221" s="15">
         <v>10080069190</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>1600</v>
       </c>
       <c r="K221" s="15">
-        <v>0.24264</v>
+        <v>0.14066</v>
       </c>
       <c r="L221" s="15">
-        <v>0.20219</v>
+        <v>0.14066</v>
       </c>
       <c r="M221" s="15">
-        <v>0.19411</v>
+        <v>0.14066</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14"/>
       <c r="C222" s="15"/>
       <c r="D222" s="15"/>
       <c r="E222" s="15"/>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15"/>
       <c r="I222" s="15"/>
       <c r="J222" s="15"/>
       <c r="K222" s="15"/>
       <c r="L222" s="15"/>
       <c r="M222" s="15"/>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
     </row>
@@ -11332,317 +11489,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>