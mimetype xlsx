--- v1 (2026-01-10)
+++ v2 (2026-02-05)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>05.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,74 +160,74 @@
   <si>
     <t xml:space="preserve">9774110360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>UT-00129439</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-14.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L13.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-14.4 (h=13.0мм)</t>
   </si>
   <si>
     <t>UT-00099003</t>
   </si>
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
+    <t>06.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>UT-00098708</t>
   </si>
   <si>
     <t>L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>стойка латунная луженая M2.5, OD5.0*L3.0мм + ID3.6*T1.1мм / L-KLS8-SMT5.0-M2.5-H3.0</t>
   </si>
   <si>
     <t>UT-00094185</t>
   </si>
   <si>
     <t>L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD5.0*L6.0мм + ID3.50*T1.50мм, катушка / L-KLS8-SMTSO5035-M3-6.0+1.5-R</t>
   </si>
   <si>
     <t>UT-00146544</t>
@@ -265,86 +265,83 @@
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L05-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L05-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 5 (L-KLS8-DBL-M3-E5.5-L05-A)</t>
   </si>
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
-    <t>16.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
-    <t>03.05.2026</t>
+    <t>02.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
-    <t>12.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -361,71 +358,71 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 8 (L-KLS8-DBL-M3-E5.5-L08-A)</t>
   </si>
   <si>
     <t>UT-00149192</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0800-1400-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 8 (желтые) L-KLS8-DBL-M3-E5.0-L08</t>
   </si>
   <si>
     <t>H-L1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (H-L1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
-    <t>13.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.5-L10-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-10 (L-KLS8-DBL-M3-E5.5-L10-A)</t>
   </si>
   <si>
     <t>UT-00149193</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-1600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-10 (желтые) L-KLS8-DBL-M3-E5.0-L10</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBL-M3-E5.0-L10 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134765</t>
   </si>
   <si>
     <t>H-L1100-1700-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-11 (H-L1100-1700-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L11-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L11-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-11 (L-KLS8-DBL-M3-E5.5-L11-A)</t>
   </si>
   <si>
     <t>UT-00149194</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1100-1700-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L1200-1800-5-03-1N1W</t>
@@ -433,62 +430,62 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (H-L1200-1800-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L12-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L12-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
+    <t>29.04.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
   </si>
   <si>
-    <t>05.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (L-KLS8-DBL-M3-E5.5-L14-A)</t>
   </si>
   <si>
     <t>UT-00149196</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1400-2000-5-03-1N1W CONNFLY, </t>
@@ -766,50 +763,53 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-30 (H-L3000-3600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L30-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L30-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-30 (L-KLS8-DBL-M3-E5.5-L30-A)</t>
   </si>
   <si>
     <t>UT-00149207</t>
   </si>
   <si>
     <t xml:space="preserve">H-L3000-3600-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L30</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-30 (желтые) L-KLS8-DBL-M3-E5.0-L30</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBL-M3-E5.0-L30 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134766</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E4.7-L32</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-32 (желтые) L-KLS8-DBL-M3-E4.7-L32</t>
   </si>
   <si>
     <t>UT-00140695</t>
   </si>
   <si>
     <t>H-L3500-4100-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-35 (H-L3500-4100-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L35-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L35-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-35 (L-KLS8-DBL-M3-E5.5-L35-A)</t>
@@ -1669,50 +1669,53 @@
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-12 (желтые) L-KLS8-DBK-M4-E5.5-L12</t>
   </si>
   <si>
     <t>UT-00118381</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L15</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-15 (желтые) L-KLS8-DBK-M4-E5.5-L15</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L18</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-18 (желтые) L-KLS8-DBK-M4-E5.5-L18</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L20</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-20 (желтые) L-KLS8-DBK-M4-E5.5-L20</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBK-M4-E5.5-L20 KLS, </t>
+  </si>
+  <si>
     <t>UT-00134775</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L22</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-22 (желтые) L-KLS8-DBK-M4-E5.5-L22</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L24</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-24 (желтые) L-KLS8-DBK-M4-E5.0-L24</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L24-7</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия, длина резьбы 7мм / PCHSS4-24 (желтые) L-KLS8-DBK-M4-E5.0-L24-7</t>
   </si>
   <si>
     <t>UT-00129239</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L25</t>
@@ -1723,50 +1726,53 @@
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L30</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-30 (желтые) L-KLS8-DBK-M4-E5.5-L30</t>
   </si>
   <si>
     <t>UT-00139350</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.0-L45</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-45 (желтые) L-KLS8-DBK-M4-E5.0-L45</t>
   </si>
   <si>
     <t>L-KLS8-DBK-M4-E5.5-L45</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-45 (желтые) L-KLS8-DBK-M4-E5.5-L45</t>
   </si>
   <si>
     <t>UT-00090577</t>
   </si>
   <si>
+    <t xml:space="preserve">L-KLS8-DBK-M4-E5.5-L45 KLS, </t>
+  </si>
+  <si>
     <t>L-KLS8-DBK-M4-E6.0-L55</t>
   </si>
   <si>
     <t>cтойка для платы M4, латунная, без покрытия / PCHSS4-55 (желтые) L-KLS8-DBK-M4-E6.0-L55</t>
   </si>
   <si>
     <t>H-C0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSN- 6 (H-C0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-PCSN-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
     <t>H-C1000-1600-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSN-10 (H-C1000-1600-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-PCSN-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-PCSN-M3-E5.5-L10-A</t>
@@ -1976,50 +1982,53 @@
     <t xml:space="preserve">L-KLS8-PCSS-M3-E5.5-L30-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-PCSS-M3-E5.5-L30-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCSS-30 (L-KLS8-PCSS-M3-E5.5-L30-A)</t>
   </si>
   <si>
     <t>UT-00149246</t>
   </si>
   <si>
     <t xml:space="preserve">H-C3000 0600-5-03-2N CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-PCSS-M3-E5.0-L30</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCSS-30 (желтые) L-KLS8-PCSS-M3-E5.0-L30</t>
   </si>
   <si>
     <t>L-KLS8-PCSS-M3-E5.0-L45</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCSS-45 (желтые) L-KLS8-PCSS-M3-E5.0-L45</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-PCSS-M3-E5.0-L45 KLS, </t>
   </si>
   <si>
     <t>UT-00134776</t>
   </si>
   <si>
     <t>R30-1001002</t>
   </si>
   <si>
     <t>стойка для платы / R30-1001002</t>
   </si>
   <si>
     <t>10-00061395</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-0600-5-03-2N CONNFLY, L-KLS8-DBK-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
     <t>SMTSO2030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L3.0мм + ID3.6*T1.53мм, катушка / SMTSO2030CTJ</t>
   </si>
   <si>
     <t>UT-00149718</t>
   </si>
@@ -2956,51 +2965,51 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>800</v>
       </c>
       <c r="K11" s="15">
         <v>0.11268</v>
       </c>
       <c r="L11" s="15">
         <v>0.09766</v>
       </c>
       <c r="M11" s="15">
         <v>0.0939</v>
       </c>
       <c r="N11" s="15">
-        <v>1653</v>
+        <v>1434</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
@@ -3074,212 +3083,212 @@
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J14" s="15">
         <v>250</v>
       </c>
       <c r="K14" s="15">
         <v>0.44837</v>
       </c>
       <c r="L14" s="15">
         <v>0.38858</v>
       </c>
       <c r="M14" s="15">
         <v>0.37364</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
-      <c r="P14" s="15"/>
+      <c r="P14" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q14" s="15">
         <v>5000</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J15" s="15">
         <v>950</v>
       </c>
       <c r="K15" s="15">
         <v>0.19797</v>
       </c>
       <c r="L15" s="15">
         <v>0.17157</v>
       </c>
       <c r="M15" s="15">
         <v>0.16498</v>
       </c>
       <c r="N15" s="15">
-        <v>1672</v>
+        <v>1330</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>4750</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>650</v>
       </c>
       <c r="K16" s="15">
         <v>0.17057</v>
       </c>
       <c r="L16" s="15">
         <v>0.14782</v>
       </c>
       <c r="M16" s="15">
         <v>0.14214</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
-      <c r="P16" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>10000</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>350</v>
       </c>
       <c r="K17" s="15">
         <v>0.20392</v>
       </c>
       <c r="L17" s="15">
         <v>0.19465</v>
       </c>
       <c r="M17" s="15">
         <v>0.19465</v>
       </c>
       <c r="N17" s="15">
-        <v>6734</v>
+        <v>8190</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.31874</v>
       </c>
       <c r="L18" s="15">
         <v>0.27624</v>
       </c>
       <c r="M18" s="15">
         <v>0.26561</v>
       </c>
       <c r="N18" s="15">
-        <v>700</v>
+        <v>800</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -3346,172 +3355,172 @@
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.1698</v>
       </c>
       <c r="L21" s="15">
         <v>0.14716</v>
       </c>
       <c r="M21" s="15">
         <v>0.1415</v>
       </c>
       <c r="N21" s="15">
-        <v>795</v>
+        <v>911</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15">
         <v>10080066095</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.2987</v>
       </c>
       <c r="L22" s="15">
         <v>0.24892</v>
       </c>
       <c r="M22" s="15">
         <v>0.23895</v>
       </c>
       <c r="N22" s="15">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15">
         <v>10080039233</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05858</v>
       </c>
       <c r="L23" s="15">
         <v>0.05077</v>
       </c>
       <c r="M23" s="15">
         <v>0.04881</v>
       </c>
       <c r="N23" s="15">
-        <v>64489</v>
+        <v>65500</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06117</v>
       </c>
       <c r="L24" s="15">
         <v>0.05301</v>
       </c>
       <c r="M24" s="15">
         <v>0.05098</v>
       </c>
       <c r="N24" s="15">
-        <v>6771</v>
+        <v>6514</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
@@ -3542,2151 +3551,2157 @@
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E26" s="15">
         <v>10080003156</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>86</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.06084</v>
+        <v>0.06644</v>
       </c>
       <c r="L26" s="15">
-        <v>0.05273</v>
+        <v>0.05758</v>
       </c>
       <c r="M26" s="15">
-        <v>0.0507</v>
+        <v>0.05536</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15">
-        <v>124500</v>
+        <v>112500</v>
       </c>
       <c r="P26" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>90</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>91</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.06096</v>
       </c>
       <c r="L27" s="15">
         <v>0.05283</v>
       </c>
       <c r="M27" s="15">
         <v>0.0508</v>
       </c>
       <c r="N27" s="15">
-        <v>840</v>
+        <v>549</v>
       </c>
       <c r="O27" s="15">
-        <v>4200</v>
+        <v>3050</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E28" s="15">
         <v>10080039171</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.07743</v>
       </c>
       <c r="L28" s="15">
         <v>0.06711</v>
       </c>
       <c r="M28" s="15">
         <v>0.06453</v>
       </c>
       <c r="N28" s="15">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="O28" s="15">
-        <v>4408</v>
+        <v>4466</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>94</v>
+        <v>83</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.07215000000000001</v>
       </c>
       <c r="L29" s="15">
         <v>0.06253</v>
       </c>
       <c r="M29" s="15">
         <v>0.06013</v>
       </c>
       <c r="N29" s="15">
-        <v>17975</v>
+        <v>23544</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.06271</v>
       </c>
       <c r="M30" s="15">
         <v>0.0603</v>
       </c>
       <c r="N30" s="15">
-        <v>507</v>
+        <v>609</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E31" s="15">
         <v>10080032081</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.07437000000000001</v>
+        <v>0.08123</v>
       </c>
       <c r="L31" s="15">
-        <v>0.06444999999999999</v>
+        <v>0.0704</v>
       </c>
       <c r="M31" s="15">
-        <v>0.06198</v>
+        <v>0.06769</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>35200</v>
+        <v>35600</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J32" s="15">
         <v>2000</v>
       </c>
       <c r="K32" s="15">
         <v>0.07466</v>
       </c>
       <c r="L32" s="15">
         <v>0.06469999999999999</v>
       </c>
       <c r="M32" s="15">
         <v>0.06221</v>
       </c>
       <c r="N32" s="15">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="O32" s="15">
-        <v>8300</v>
+        <v>8500</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E33" s="15">
         <v>10080040572</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.12423</v>
       </c>
       <c r="L33" s="15">
         <v>0.08988</v>
       </c>
       <c r="M33" s="15">
         <v>0.07843</v>
       </c>
       <c r="N33" s="15">
-        <v>2606</v>
+        <v>2985</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E34" s="15">
         <v>10080003157</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.07614</v>
+        <v>0.08028</v>
       </c>
       <c r="L34" s="15">
-        <v>0.06598999999999999</v>
+        <v>0.06958</v>
       </c>
       <c r="M34" s="15">
-        <v>0.06345000000000001</v>
+        <v>0.0669</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>216989</v>
+        <v>262330</v>
       </c>
       <c r="P34" s="15" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D35" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="E35" s="15" t="s">
         <v>116</v>
-      </c>
-[...4 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.06569</v>
       </c>
       <c r="L35" s="15">
         <v>0.05693</v>
       </c>
       <c r="M35" s="15">
         <v>0.05474</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>14000</v>
+        <v>15800</v>
       </c>
       <c r="P35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="E36" s="15">
         <v>10080040573</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I36" s="15"/>
+      <c r="I36" s="15" t="s">
+        <v>120</v>
+      </c>
       <c r="J36" s="15">
         <v>2000</v>
       </c>
       <c r="K36" s="15">
         <v>0.10473</v>
       </c>
       <c r="L36" s="15">
         <v>0.09077</v>
       </c>
       <c r="M36" s="15">
         <v>0.08728</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="D37" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="E37" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I37" s="15"/>
+      <c r="I37" s="15" t="s">
+        <v>120</v>
+      </c>
       <c r="J37" s="15">
         <v>1500</v>
       </c>
       <c r="K37" s="15">
         <v>0.11448</v>
       </c>
       <c r="L37" s="15">
         <v>0.09922</v>
       </c>
       <c r="M37" s="15">
         <v>0.0954</v>
       </c>
       <c r="N37" s="15">
-        <v>1231</v>
+        <v>1412</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="E38" s="15">
         <v>10080046881</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.09228</v>
       </c>
       <c r="L38" s="15">
         <v>0.07998</v>
       </c>
       <c r="M38" s="15">
         <v>0.0769</v>
       </c>
       <c r="N38" s="15">
-        <v>10749</v>
+        <v>9672</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0936</v>
       </c>
       <c r="L39" s="15">
         <v>0.08112</v>
       </c>
       <c r="M39" s="15">
         <v>0.078</v>
       </c>
       <c r="N39" s="15">
-        <v>740</v>
+        <v>790</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E40" s="15">
         <v>10080017980</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.09206</v>
+        <v>0.09986</v>
       </c>
       <c r="L40" s="15">
-        <v>0.07978</v>
+        <v>0.08654000000000001</v>
       </c>
       <c r="M40" s="15">
-        <v>0.07671</v>
+        <v>0.08321000000000001</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>14600</v>
+        <v>14000</v>
       </c>
       <c r="P40" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.0936</v>
       </c>
       <c r="L41" s="15">
         <v>0.08112</v>
       </c>
       <c r="M41" s="15">
         <v>0.078</v>
       </c>
-      <c r="N41" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>8200</v>
+        <v>6000</v>
       </c>
       <c r="P41" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E42" s="15">
         <v>10080040574</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1500</v>
       </c>
       <c r="K42" s="15">
         <v>0.09569999999999999</v>
       </c>
       <c r="L42" s="15">
         <v>0.08294</v>
       </c>
       <c r="M42" s="15">
         <v>0.07975</v>
       </c>
       <c r="N42" s="15">
-        <v>2450</v>
+        <v>2485</v>
       </c>
       <c r="O42" s="15">
-        <v>4900</v>
+        <v>4970</v>
       </c>
       <c r="P42" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>141</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
-        <v>0.09674000000000001</v>
+        <v>0.1035</v>
       </c>
       <c r="L43" s="15">
-        <v>0.08384</v>
+        <v>0.0897</v>
       </c>
       <c r="M43" s="15">
-        <v>0.08061</v>
+        <v>0.08624999999999999</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15">
-        <v>783</v>
+        <v>657</v>
       </c>
       <c r="P43" s="15" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E44" s="15">
         <v>10080066536</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.1509</v>
       </c>
       <c r="L44" s="15">
         <v>0.12575</v>
       </c>
       <c r="M44" s="15">
         <v>0.12072</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E45" s="15">
         <v>10080071700</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.09608</v>
       </c>
       <c r="L45" s="15">
         <v>0.08327</v>
       </c>
       <c r="M45" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="N45" s="15">
-        <v>7753</v>
+        <v>8315</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D46" s="15" t="s">
+      <c r="E46" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0968</v>
       </c>
       <c r="L46" s="15">
         <v>0.08389000000000001</v>
       </c>
       <c r="M46" s="15">
         <v>0.08066</v>
       </c>
       <c r="N46" s="15">
-        <v>330</v>
+        <v>305</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E47" s="15">
         <v>10080003158</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.09648</v>
       </c>
       <c r="L47" s="15">
         <v>0.08362</v>
       </c>
       <c r="M47" s="15">
         <v>0.0804</v>
       </c>
       <c r="N47" s="15">
-        <v>81674</v>
+        <v>75076</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>155</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.09776</v>
       </c>
       <c r="L48" s="15">
         <v>0.08472</v>
       </c>
       <c r="M48" s="15">
         <v>0.08146</v>
       </c>
       <c r="N48" s="15">
-        <v>9000</v>
+        <v>7154</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E49" s="15">
         <v>10080016343</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.1334</v>
       </c>
       <c r="L49" s="15">
         <v>0.11561</v>
       </c>
       <c r="M49" s="15">
         <v>0.11116</v>
       </c>
       <c r="N49" s="15">
-        <v>9176</v>
+        <v>10044</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.12648</v>
       </c>
       <c r="L50" s="15">
         <v>0.10962</v>
       </c>
       <c r="M50" s="15">
         <v>0.1054</v>
       </c>
       <c r="N50" s="15">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.12707</v>
       </c>
       <c r="L51" s="15">
         <v>0.11012</v>
       </c>
       <c r="M51" s="15">
         <v>0.10589</v>
       </c>
       <c r="N51" s="15">
-        <v>728</v>
+        <v>686</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E52" s="15">
         <v>10080012445</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.11549</v>
       </c>
       <c r="L52" s="15">
         <v>0.10009</v>
       </c>
       <c r="M52" s="15">
         <v>0.09624000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>6177</v>
+        <v>4208</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>172</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.11591</v>
       </c>
       <c r="L53" s="15">
         <v>0.10045</v>
       </c>
       <c r="M53" s="15">
         <v>0.09659</v>
       </c>
       <c r="N53" s="15">
-        <v>4250</v>
+        <v>4400</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E54" s="15">
         <v>10080047946</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.13235</v>
       </c>
       <c r="L54" s="15">
         <v>0.1147</v>
       </c>
       <c r="M54" s="15">
         <v>0.11029</v>
       </c>
       <c r="N54" s="15">
-        <v>2600</v>
+        <v>1835</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E55" s="15">
         <v>10080046603</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.12711</v>
       </c>
       <c r="L55" s="15">
         <v>0.11016</v>
       </c>
       <c r="M55" s="15">
         <v>0.10593</v>
       </c>
       <c r="N55" s="15">
-        <v>10635</v>
+        <v>11033</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.12914</v>
       </c>
       <c r="L56" s="15">
         <v>0.11192</v>
       </c>
       <c r="M56" s="15">
         <v>0.10761</v>
       </c>
       <c r="N56" s="15">
-        <v>4450</v>
+        <v>4350</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E57" s="15">
         <v>10080003159</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.11366</v>
       </c>
       <c r="L57" s="15">
         <v>0.0985</v>
       </c>
       <c r="M57" s="15">
         <v>0.09471</v>
       </c>
       <c r="N57" s="15">
-        <v>20346</v>
+        <v>18391</v>
       </c>
       <c r="O57" s="15">
-        <v>23400</v>
+        <v>24300</v>
       </c>
       <c r="P57" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E58" s="15">
         <v>10000006841</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.19453</v>
       </c>
       <c r="L58" s="15">
         <v>0.11285</v>
       </c>
       <c r="M58" s="15">
         <v>0.10172</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.08831</v>
       </c>
       <c r="L59" s="15">
         <v>0.07653</v>
       </c>
       <c r="M59" s="15">
         <v>0.07359</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.116</v>
       </c>
       <c r="L60" s="15">
         <v>0.10053</v>
       </c>
       <c r="M60" s="15">
         <v>0.09666</v>
       </c>
       <c r="N60" s="15">
-        <v>8428</v>
+        <v>6468</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E61" s="15">
         <v>10080016342</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1484</v>
       </c>
       <c r="L61" s="15">
         <v>0.12861</v>
       </c>
       <c r="M61" s="15">
         <v>0.12366</v>
       </c>
       <c r="N61" s="15">
-        <v>2649</v>
+        <v>3406</v>
       </c>
       <c r="O61" s="15">
-        <v>3500</v>
+        <v>4500</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E62" s="15">
         <v>10080054557</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.15947</v>
+        <v>0.17082</v>
       </c>
       <c r="L62" s="15">
-        <v>0.1382</v>
+        <v>0.14804</v>
       </c>
       <c r="M62" s="15">
-        <v>0.13289</v>
+        <v>0.14235</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.14387</v>
       </c>
       <c r="L63" s="15">
         <v>0.12468</v>
       </c>
       <c r="M63" s="15">
         <v>0.11989</v>
       </c>
       <c r="N63" s="15">
-        <v>765</v>
+        <v>612</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.14183</v>
       </c>
       <c r="L64" s="15">
         <v>0.12292</v>
       </c>
       <c r="M64" s="15">
         <v>0.11819</v>
       </c>
       <c r="N64" s="15">
-        <v>2073</v>
+        <v>1131</v>
       </c>
       <c r="O64" s="15">
-        <v>1280</v>
+        <v>1480</v>
       </c>
       <c r="P64" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.13914</v>
       </c>
       <c r="L65" s="15">
         <v>0.12059</v>
       </c>
       <c r="M65" s="15">
         <v>0.11595</v>
       </c>
       <c r="N65" s="15">
-        <v>639</v>
+        <v>747</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.13691</v>
       </c>
       <c r="L66" s="15">
         <v>0.11865</v>
       </c>
       <c r="M66" s="15">
         <v>0.11409</v>
       </c>
       <c r="N66" s="15">
-        <v>1286</v>
+        <v>1467</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="E67" s="15">
         <v>10080003160</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.13766</v>
       </c>
       <c r="L67" s="15">
         <v>0.1193</v>
       </c>
       <c r="M67" s="15">
         <v>0.11471</v>
       </c>
       <c r="N67" s="15">
-        <v>9267</v>
+        <v>10604</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.13991</v>
       </c>
       <c r="L68" s="15">
         <v>0.12125</v>
       </c>
       <c r="M68" s="15">
         <v>0.11659</v>
       </c>
       <c r="N68" s="15">
-        <v>690</v>
+        <v>890</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>2.37</v>
       </c>
       <c r="L69" s="15">
         <v>1.99</v>
       </c>
       <c r="M69" s="15">
         <v>1.91</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="E70" s="15">
         <v>10080010559</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.19778</v>
       </c>
       <c r="L70" s="15">
         <v>0.17141</v>
       </c>
       <c r="M70" s="15">
         <v>0.16481</v>
       </c>
       <c r="N70" s="15">
-        <v>5632</v>
+        <v>4693</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.15941</v>
       </c>
       <c r="L71" s="15">
         <v>0.13815</v>
       </c>
       <c r="M71" s="15">
         <v>0.13284</v>
       </c>
       <c r="N71" s="15">
-        <v>2220</v>
+        <v>1950</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
       <c r="E72" s="15">
         <v>10080032318</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.16049</v>
       </c>
       <c r="L72" s="15">
         <v>0.13909</v>
       </c>
       <c r="M72" s="15">
         <v>0.13374</v>
       </c>
       <c r="N72" s="15">
-        <v>11727</v>
+        <v>10018</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>238</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17189</v>
       </c>
       <c r="L73" s="15">
         <v>0.14897</v>
       </c>
       <c r="M73" s="15">
         <v>0.14324</v>
       </c>
       <c r="N73" s="15">
-        <v>420</v>
+        <v>440</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="E74" s="15">
         <v>10080003155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
         <v>0.1718</v>
       </c>
       <c r="L74" s="15">
         <v>0.14889</v>
       </c>
       <c r="M74" s="15">
         <v>0.14316</v>
       </c>
       <c r="N74" s="15">
-        <v>3276</v>
+        <v>3969</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.1757</v>
       </c>
       <c r="L75" s="15">
         <v>0.15227</v>
       </c>
       <c r="M75" s="15">
         <v>0.14641</v>
       </c>
       <c r="N75" s="15">
-        <v>2392</v>
+        <v>1974</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E76" s="15">
         <v>10080039268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I76" s="15"/>
+      <c r="I76" s="15" t="s">
+        <v>249</v>
+      </c>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.19682</v>
       </c>
       <c r="L76" s="15">
         <v>0.17057</v>
       </c>
       <c r="M76" s="15">
         <v>0.16401</v>
       </c>
       <c r="N76" s="15">
-        <v>304</v>
+        <v>230</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>250</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I77" s="15"/>
+      <c r="I77" s="15" t="s">
+        <v>249</v>
+      </c>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.20204</v>
       </c>
       <c r="L77" s="15">
         <v>0.1751</v>
       </c>
       <c r="M77" s="15">
         <v>0.16836</v>
       </c>
       <c r="N77" s="15">
-        <v>656</v>
+        <v>696</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>251</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>252</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>253</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
@@ -5722,416 +5737,416 @@
       </c>
       <c r="E79" s="15">
         <v>10080049399</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>256</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.2183</v>
       </c>
       <c r="L79" s="15">
         <v>0.18919</v>
       </c>
       <c r="M79" s="15">
         <v>0.18191</v>
       </c>
       <c r="N79" s="15">
-        <v>1858</v>
+        <v>1129</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>260</v>
       </c>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.22049</v>
       </c>
       <c r="L80" s="15">
         <v>0.19109</v>
       </c>
       <c r="M80" s="15">
         <v>0.18374</v>
       </c>
       <c r="N80" s="15">
-        <v>624</v>
+        <v>644</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>261</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>262</v>
       </c>
       <c r="E81" s="15">
         <v>10080012536</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>263</v>
       </c>
       <c r="J81" s="15">
         <v>500</v>
       </c>
       <c r="K81" s="15">
         <v>0.21942</v>
       </c>
       <c r="L81" s="15">
         <v>0.19016</v>
       </c>
       <c r="M81" s="15">
         <v>0.18285</v>
       </c>
       <c r="N81" s="15">
-        <v>1315</v>
+        <v>1659</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E82" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15" t="s">
         <v>267</v>
       </c>
       <c r="J82" s="15">
         <v>500</v>
       </c>
       <c r="K82" s="15">
         <v>0.22296</v>
       </c>
       <c r="L82" s="15">
         <v>0.19323</v>
       </c>
       <c r="M82" s="15">
         <v>0.1858</v>
       </c>
       <c r="N82" s="15">
-        <v>644</v>
+        <v>882</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E83" s="15">
         <v>10080040578</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>250</v>
       </c>
       <c r="K83" s="15">
         <v>0.21936</v>
       </c>
       <c r="L83" s="15">
         <v>0.19011</v>
       </c>
       <c r="M83" s="15">
         <v>0.1828</v>
       </c>
       <c r="N83" s="15">
-        <v>3464</v>
+        <v>3516</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>270</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>271</v>
       </c>
       <c r="E84" s="15">
         <v>10080040559</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>272</v>
       </c>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
         <v>0.26628</v>
       </c>
       <c r="L84" s="15">
         <v>0.23078</v>
       </c>
       <c r="M84" s="15">
         <v>0.2219</v>
       </c>
       <c r="N84" s="15">
-        <v>1290</v>
+        <v>1235</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>275</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>276</v>
       </c>
       <c r="J85" s="15">
         <v>250</v>
       </c>
       <c r="K85" s="15">
         <v>0.27009</v>
       </c>
       <c r="L85" s="15">
         <v>0.23408</v>
       </c>
       <c r="M85" s="15">
         <v>0.22508</v>
       </c>
       <c r="N85" s="15">
-        <v>832</v>
+        <v>594</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E86" s="15">
         <v>10080034412</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>250</v>
       </c>
       <c r="K86" s="15">
         <v>0.24197</v>
       </c>
       <c r="L86" s="15">
         <v>0.2097</v>
       </c>
       <c r="M86" s="15">
         <v>0.20164</v>
       </c>
       <c r="N86" s="15">
-        <v>1706</v>
+        <v>967</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
         <v>279</v>
       </c>
       <c r="D87" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E87" s="15">
         <v>10080033051</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I87" s="15" t="s">
         <v>281</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.29049</v>
       </c>
       <c r="L87" s="15">
         <v>0.25176</v>
       </c>
       <c r="M87" s="15">
         <v>0.24208</v>
       </c>
       <c r="N87" s="15">
-        <v>4442</v>
+        <v>3245</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>284</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
         <v>285</v>
       </c>
       <c r="J88" s="15">
         <v>250</v>
       </c>
       <c r="K88" s="15">
         <v>0.29873</v>
       </c>
       <c r="L88" s="15">
         <v>0.2589</v>
       </c>
       <c r="M88" s="15">
         <v>0.24894</v>
       </c>
       <c r="N88" s="15">
-        <v>880</v>
+        <v>750</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>286</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>287</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>288</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
@@ -6165,92 +6180,92 @@
       </c>
       <c r="E90" s="15">
         <v>10080037666</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>291</v>
       </c>
       <c r="J90" s="15">
         <v>250</v>
       </c>
       <c r="K90" s="15">
         <v>0.34661</v>
       </c>
       <c r="L90" s="15">
         <v>0.30039</v>
       </c>
       <c r="M90" s="15">
         <v>0.28884</v>
       </c>
       <c r="N90" s="15">
-        <v>1245</v>
+        <v>621</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>292</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>293</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>294</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>295</v>
       </c>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
         <v>0.35207</v>
       </c>
       <c r="L91" s="15">
         <v>0.30512</v>
       </c>
       <c r="M91" s="15">
         <v>0.29339</v>
       </c>
       <c r="N91" s="15">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>296</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>297</v>
       </c>
       <c r="E92" s="15" t="s">
         <v>298</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I92" s="15"/>
@@ -6426,51 +6441,51 @@
       <c r="D97" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E97" s="15">
         <v>10080054791</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.07281</v>
       </c>
       <c r="L97" s="15">
         <v>0.0631</v>
       </c>
       <c r="M97" s="15">
         <v>0.06068</v>
       </c>
       <c r="N97" s="15">
-        <v>1220</v>
+        <v>1680</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E98" s="15" t="s">
         <v>314</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
@@ -6502,531 +6517,531 @@
       <c r="D99" s="15" t="s">
         <v>316</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>317</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.1287</v>
       </c>
       <c r="L99" s="15">
         <v>0.11154</v>
       </c>
       <c r="M99" s="15">
         <v>0.10725</v>
       </c>
       <c r="N99" s="15">
-        <v>4994</v>
+        <v>2668</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>318</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>319</v>
       </c>
       <c r="E100" s="15">
         <v>10080067893</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.11648</v>
       </c>
       <c r="L100" s="15">
         <v>0.10095</v>
       </c>
       <c r="M100" s="15">
         <v>0.09705999999999999</v>
       </c>
       <c r="N100" s="15">
         <v>75</v>
       </c>
       <c r="O100" s="15">
-        <v>740</v>
+        <v>690</v>
       </c>
       <c r="P100" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
         <v>320</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>321</v>
       </c>
       <c r="E101" s="15">
         <v>10080066543</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.24443</v>
       </c>
       <c r="L101" s="15">
         <v>0.17684</v>
       </c>
       <c r="M101" s="15">
         <v>0.15432</v>
       </c>
       <c r="N101" s="15">
-        <v>109</v>
+        <v>90</v>
       </c>
       <c r="O101" s="15">
-        <v>1640</v>
+        <v>1360</v>
       </c>
       <c r="P101" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>322</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>323</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>324</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.17937</v>
       </c>
       <c r="L102" s="15">
         <v>0.15545</v>
       </c>
       <c r="M102" s="15">
         <v>0.14948</v>
       </c>
       <c r="N102" s="15">
-        <v>1161</v>
+        <v>968</v>
       </c>
       <c r="O102" s="15">
-        <v>900</v>
+        <v>750</v>
       </c>
       <c r="P102" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>325</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>326</v>
       </c>
       <c r="E103" s="15">
         <v>10080038266</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.15363</v>
       </c>
       <c r="L103" s="15">
         <v>0.13315</v>
       </c>
       <c r="M103" s="15">
         <v>0.12803</v>
       </c>
       <c r="N103" s="15">
-        <v>3817</v>
+        <v>3862</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>327</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>328</v>
       </c>
       <c r="E104" s="15">
         <v>10080056206</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.22941</v>
       </c>
       <c r="L104" s="15">
         <v>0.19882</v>
       </c>
       <c r="M104" s="15">
         <v>0.19118</v>
       </c>
       <c r="N104" s="15">
-        <v>1340</v>
+        <v>1460</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>329</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>330</v>
       </c>
       <c r="E105" s="15">
         <v>10080064705</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.20906</v>
       </c>
       <c r="L105" s="15">
         <v>0.18118</v>
       </c>
       <c r="M105" s="15">
         <v>0.17421</v>
       </c>
       <c r="N105" s="15">
-        <v>7322</v>
+        <v>9835</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>331</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>332</v>
       </c>
       <c r="E106" s="15">
         <v>10080046856</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>250</v>
       </c>
       <c r="K106" s="15">
         <v>0.62748</v>
       </c>
       <c r="L106" s="15">
         <v>0.54382</v>
       </c>
       <c r="M106" s="15">
         <v>0.5229</v>
       </c>
       <c r="N106" s="15">
-        <v>1311</v>
+        <v>1129</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
         <v>333</v>
       </c>
       <c r="D107" s="15" t="s">
         <v>334</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>335</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I107" s="15" t="s">
         <v>336</v>
       </c>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.26322</v>
       </c>
       <c r="L107" s="15">
         <v>0.22812</v>
       </c>
       <c r="M107" s="15">
         <v>0.21935</v>
       </c>
       <c r="N107" s="15">
-        <v>1147</v>
+        <v>680</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>337</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>338</v>
       </c>
       <c r="E108" s="15">
         <v>10080053149</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.64842</v>
       </c>
       <c r="L108" s="15">
         <v>0.56196</v>
       </c>
       <c r="M108" s="15">
         <v>0.54035</v>
       </c>
       <c r="N108" s="15">
-        <v>909</v>
+        <v>1163</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
         <v>339</v>
       </c>
       <c r="D109" s="15" t="s">
         <v>340</v>
       </c>
       <c r="E109" s="15">
         <v>10080049126</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.56403</v>
       </c>
       <c r="L109" s="15">
         <v>0.48883</v>
       </c>
       <c r="M109" s="15">
         <v>0.47003</v>
       </c>
       <c r="N109" s="15">
-        <v>700</v>
+        <v>833</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
         <v>341</v>
       </c>
       <c r="D110" s="15" t="s">
         <v>342</v>
       </c>
       <c r="E110" s="15">
         <v>10080056207</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>1.04</v>
       </c>
       <c r="L110" s="15">
         <v>0.6919</v>
       </c>
       <c r="M110" s="15">
         <v>0.6279</v>
       </c>
       <c r="N110" s="15">
-        <v>196</v>
+        <v>275</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D111" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E111" s="15">
         <v>10080046857</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>0.95669</v>
       </c>
       <c r="L111" s="15">
         <v>0.82913</v>
       </c>
       <c r="M111" s="15">
         <v>0.7972399999999999</v>
       </c>
       <c r="N111" s="15">
-        <v>189</v>
+        <v>69</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D112" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E112" s="15">
         <v>10080069814</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
@@ -7097,334 +7112,334 @@
       </c>
       <c r="E114" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I114" s="15" t="s">
         <v>353</v>
       </c>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.05324</v>
       </c>
       <c r="L114" s="15">
         <v>0.04614</v>
       </c>
       <c r="M114" s="15">
         <v>0.04436</v>
       </c>
       <c r="N114" s="15">
-        <v>1054</v>
+        <v>1530</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>354</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>355</v>
       </c>
       <c r="E115" s="15" t="s">
         <v>356</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
         <v>357</v>
       </c>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.05288</v>
       </c>
       <c r="L115" s="15">
         <v>0.04583</v>
       </c>
       <c r="M115" s="15">
         <v>0.04406</v>
       </c>
       <c r="N115" s="15">
-        <v>1229</v>
+        <v>1456</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D116" s="15" t="s">
         <v>359</v>
       </c>
       <c r="E116" s="15">
         <v>10080003161</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>360</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.05349</v>
       </c>
       <c r="L116" s="15">
         <v>0.04636</v>
       </c>
       <c r="M116" s="15">
         <v>0.04458</v>
       </c>
       <c r="N116" s="15">
-        <v>67131</v>
+        <v>62290</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>361</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>362</v>
       </c>
       <c r="E117" s="15">
         <v>10080010560</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.05985</v>
       </c>
       <c r="L117" s="15">
         <v>0.05187</v>
       </c>
       <c r="M117" s="15">
         <v>0.04988</v>
       </c>
       <c r="N117" s="15">
-        <v>8170</v>
+        <v>7273</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>363</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>364</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>365</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
         <v>366</v>
       </c>
       <c r="J118" s="15">
         <v>1000</v>
       </c>
       <c r="K118" s="15">
         <v>0.05334</v>
       </c>
       <c r="L118" s="15">
         <v>0.04623</v>
       </c>
       <c r="M118" s="15">
         <v>0.04445</v>
       </c>
       <c r="N118" s="15">
-        <v>850</v>
+        <v>820</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>367</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>368</v>
       </c>
       <c r="E119" s="15">
         <v>10080069665</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.04695</v>
       </c>
       <c r="L119" s="15">
         <v>0.04069</v>
       </c>
       <c r="M119" s="15">
         <v>0.03913</v>
       </c>
       <c r="N119" s="15">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
         <v>369</v>
       </c>
       <c r="D120" s="15" t="s">
         <v>370</v>
       </c>
       <c r="E120" s="15">
         <v>10080026651</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I120" s="15" t="s">
         <v>371</v>
       </c>
       <c r="J120" s="15">
         <v>1000</v>
       </c>
       <c r="K120" s="15">
         <v>0.04772</v>
       </c>
       <c r="L120" s="15">
         <v>0.04135</v>
       </c>
       <c r="M120" s="15">
         <v>0.03976</v>
       </c>
       <c r="N120" s="15">
-        <v>6607</v>
+        <v>5350</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>372</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>373</v>
       </c>
       <c r="E121" s="15" t="s">
         <v>374</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
         <v>375</v>
       </c>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.0501</v>
       </c>
       <c r="L121" s="15">
         <v>0.04342</v>
       </c>
       <c r="M121" s="15">
         <v>0.04175</v>
       </c>
       <c r="N121" s="15">
-        <v>870</v>
+        <v>630</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>376</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>377</v>
       </c>
       <c r="E122" s="15">
         <v>10080047947</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
@@ -7460,51 +7475,51 @@
       </c>
       <c r="E123" s="15">
         <v>10080003165</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I123" s="15" t="s">
         <v>380</v>
       </c>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.066</v>
       </c>
       <c r="L123" s="15">
         <v>0.0572</v>
       </c>
       <c r="M123" s="15">
         <v>0.055</v>
       </c>
       <c r="N123" s="15">
-        <v>129663</v>
+        <v>141574</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>381</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>382</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>383</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
@@ -7540,178 +7555,178 @@
       <c r="D125" s="15" t="s">
         <v>386</v>
       </c>
       <c r="E125" s="15">
         <v>10080039269</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.07668</v>
       </c>
       <c r="L125" s="15">
         <v>0.06646000000000001</v>
       </c>
       <c r="M125" s="15">
         <v>0.0639</v>
       </c>
       <c r="N125" s="15">
-        <v>5365</v>
+        <v>4095</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>387</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>388</v>
       </c>
       <c r="E126" s="15">
         <v>10080048233</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I126" s="15" t="s">
         <v>389</v>
       </c>
       <c r="J126" s="15">
         <v>1000</v>
       </c>
       <c r="K126" s="15">
         <v>0.0776</v>
       </c>
       <c r="L126" s="15">
         <v>0.06725</v>
       </c>
       <c r="M126" s="15">
         <v>0.06466</v>
       </c>
       <c r="N126" s="15">
-        <v>6264</v>
+        <v>6080</v>
       </c>
       <c r="O126" s="15">
-        <v>7200</v>
+        <v>7600</v>
       </c>
       <c r="P126" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>390</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>391</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>392</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15" t="s">
         <v>393</v>
       </c>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.07542</v>
       </c>
       <c r="L127" s="15">
         <v>0.06536</v>
       </c>
       <c r="M127" s="15">
         <v>0.06285</v>
       </c>
       <c r="N127" s="15">
-        <v>5370</v>
+        <v>7787</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>394</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>395</v>
       </c>
       <c r="E128" s="15">
         <v>10080006096</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>396</v>
       </c>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.07265000000000001</v>
       </c>
       <c r="L128" s="15">
         <v>0.06296</v>
       </c>
       <c r="M128" s="15">
         <v>0.06054</v>
       </c>
       <c r="N128" s="15">
-        <v>13957</v>
+        <v>16371</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>397</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>398</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>399</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15" t="s">
@@ -7784,339 +7799,339 @@
       <c r="D131" s="15" t="s">
         <v>404</v>
       </c>
       <c r="E131" s="15">
         <v>10080067215</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1500</v>
       </c>
       <c r="K131" s="15">
         <v>0.09014</v>
       </c>
       <c r="L131" s="15">
         <v>0.06522</v>
       </c>
       <c r="M131" s="15">
         <v>0.0569</v>
       </c>
       <c r="N131" s="15">
-        <v>4686</v>
+        <v>3934</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>405</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>406</v>
       </c>
       <c r="E132" s="15">
         <v>10080003162</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I132" s="15" t="s">
         <v>407</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.0824</v>
       </c>
       <c r="L132" s="15">
         <v>0.07141</v>
       </c>
       <c r="M132" s="15">
         <v>0.06866</v>
       </c>
       <c r="N132" s="15">
-        <v>27000</v>
+        <v>36859</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>408</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>409</v>
       </c>
       <c r="E133" s="15" t="s">
         <v>410</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15" t="s">
         <v>411</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.08351</v>
       </c>
       <c r="L133" s="15">
         <v>0.07237</v>
       </c>
       <c r="M133" s="15">
         <v>0.06959</v>
       </c>
       <c r="N133" s="15">
-        <v>800</v>
+        <v>700</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
         <v>412</v>
       </c>
       <c r="D134" s="15" t="s">
         <v>413</v>
       </c>
       <c r="E134" s="15">
         <v>10080040580</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.0731</v>
       </c>
       <c r="L134" s="15">
         <v>0.06335</v>
       </c>
       <c r="M134" s="15">
         <v>0.06091</v>
       </c>
       <c r="N134" s="15">
-        <v>1890</v>
+        <v>430</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
         <v>414</v>
       </c>
       <c r="D135" s="15" t="s">
         <v>415</v>
       </c>
       <c r="E135" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15" t="s">
         <v>417</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
         <v>0.09999</v>
       </c>
       <c r="L135" s="15">
         <v>0.08666</v>
       </c>
       <c r="M135" s="15">
         <v>0.08333</v>
       </c>
       <c r="N135" s="15">
-        <v>730</v>
+        <v>820</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
         <v>418</v>
       </c>
       <c r="D136" s="15" t="s">
         <v>419</v>
       </c>
       <c r="E136" s="15">
         <v>10080050059</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>420</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.09987</v>
       </c>
       <c r="L136" s="15">
         <v>0.08655</v>
       </c>
       <c r="M136" s="15">
         <v>0.08323</v>
       </c>
       <c r="N136" s="15">
-        <v>3270</v>
+        <v>3392</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>421</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>422</v>
       </c>
       <c r="E137" s="15">
         <v>10080031651</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>423</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.09918</v>
+        <v>0.10677</v>
       </c>
       <c r="L137" s="15">
-        <v>0.08595999999999999</v>
+        <v>0.09253</v>
       </c>
       <c r="M137" s="15">
-        <v>0.08265</v>
+        <v>0.08898</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15">
-        <v>8200</v>
+        <v>4690</v>
       </c>
       <c r="P137" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>424</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>425</v>
       </c>
       <c r="E138" s="15" t="s">
         <v>426</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
         <v>427</v>
       </c>
       <c r="J138" s="15">
         <v>1000</v>
       </c>
       <c r="K138" s="15">
         <v>0.09891</v>
       </c>
       <c r="L138" s="15">
         <v>0.08572</v>
       </c>
       <c r="M138" s="15">
         <v>0.08243</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15">
-        <v>8500</v>
+        <v>6600</v>
       </c>
       <c r="P138" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>428</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>429</v>
       </c>
       <c r="E139" s="15">
         <v>10080035099</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>74</v>
       </c>
@@ -8190,308 +8205,308 @@
       </c>
       <c r="E141" s="15">
         <v>10080003163</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I141" s="15" t="s">
         <v>436</v>
       </c>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
         <v>0.10158</v>
       </c>
       <c r="L141" s="15">
         <v>0.08803999999999999</v>
       </c>
       <c r="M141" s="15">
         <v>0.08465</v>
       </c>
       <c r="N141" s="15">
-        <v>28101</v>
+        <v>24755</v>
       </c>
       <c r="O141" s="15">
-        <v>36000</v>
+        <v>34000</v>
       </c>
       <c r="P141" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>437</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>438</v>
       </c>
       <c r="E142" s="15" t="s">
         <v>439</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
         <v>440</v>
       </c>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.10301</v>
       </c>
       <c r="L142" s="15">
         <v>0.08927</v>
       </c>
       <c r="M142" s="15">
         <v>0.08584</v>
       </c>
       <c r="N142" s="15">
-        <v>1660</v>
+        <v>1740</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>441</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>442</v>
       </c>
       <c r="E143" s="15">
         <v>10080040581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.10422</v>
       </c>
       <c r="L143" s="15">
         <v>0.09032</v>
       </c>
       <c r="M143" s="15">
         <v>0.08685</v>
       </c>
       <c r="N143" s="15">
-        <v>6278</v>
+        <v>5521</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
         <v>443</v>
       </c>
       <c r="D144" s="15" t="s">
         <v>444</v>
       </c>
       <c r="E144" s="15" t="s">
         <v>445</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I144" s="15" t="s">
         <v>446</v>
       </c>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.11304</v>
       </c>
       <c r="L144" s="15">
         <v>0.09797</v>
       </c>
       <c r="M144" s="15">
         <v>0.09420000000000001</v>
       </c>
       <c r="N144" s="15">
-        <v>655</v>
+        <v>574</v>
       </c>
       <c r="O144" s="15">
-        <v>2670</v>
+        <v>2340</v>
       </c>
       <c r="P144" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
         <v>447</v>
       </c>
       <c r="D145" s="15" t="s">
         <v>448</v>
       </c>
       <c r="E145" s="15" t="s">
         <v>449</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
         <v>450</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.11145</v>
       </c>
       <c r="L145" s="15">
         <v>0.09659</v>
       </c>
       <c r="M145" s="15">
         <v>0.09288</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15">
-        <v>1460</v>
+        <v>1740</v>
       </c>
       <c r="P145" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>451</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>452</v>
       </c>
       <c r="E146" s="15">
         <v>10080003164</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>453</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.12054</v>
+        <v>0.13001</v>
       </c>
       <c r="L146" s="15">
-        <v>0.10447</v>
+        <v>0.11267</v>
       </c>
       <c r="M146" s="15">
-        <v>0.10045</v>
+        <v>0.10834</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15">
-        <v>32800</v>
+        <v>25600</v>
       </c>
       <c r="P146" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>454</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>455</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>456</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>457</v>
       </c>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.12251</v>
       </c>
       <c r="L147" s="15">
         <v>0.10617</v>
       </c>
       <c r="M147" s="15">
         <v>0.10209</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15">
-        <v>8600</v>
+        <v>6300</v>
       </c>
       <c r="P147" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>458</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>459</v>
       </c>
       <c r="E148" s="15">
         <v>10080040582</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
@@ -8561,637 +8576,635 @@
       <c r="D150" s="15" t="s">
         <v>464</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>465</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.17308</v>
       </c>
       <c r="L150" s="15">
         <v>0.12522</v>
       </c>
       <c r="M150" s="15">
         <v>0.10927</v>
       </c>
       <c r="N150" s="15">
-        <v>432</v>
+        <v>309</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>466</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>467</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>468</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>469</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.1496</v>
       </c>
       <c r="L151" s="15">
         <v>0.12965</v>
       </c>
       <c r="M151" s="15">
         <v>0.12466</v>
       </c>
       <c r="N151" s="15">
-        <v>354</v>
+        <v>434</v>
       </c>
       <c r="O151" s="15">
-        <v>1240</v>
+        <v>1520</v>
       </c>
       <c r="P151" s="15" t="s">
-        <v>115</v>
+        <v>87</v>
       </c>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>470</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>471</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>472</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15" t="s">
         <v>473</v>
       </c>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.13214</v>
       </c>
       <c r="L152" s="15">
         <v>0.11452</v>
       </c>
       <c r="M152" s="15">
         <v>0.11011</v>
       </c>
       <c r="N152" s="15">
         <v>70</v>
       </c>
       <c r="O152" s="15">
-        <v>700</v>
+        <v>880</v>
       </c>
       <c r="P152" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
         <v>474</v>
       </c>
       <c r="D153" s="15" t="s">
         <v>475</v>
       </c>
       <c r="E153" s="15">
         <v>10080003166</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>476</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
-        <v>0.1298</v>
+        <v>0.14402</v>
       </c>
       <c r="L153" s="15">
-        <v>0.11249</v>
+        <v>0.12481</v>
       </c>
       <c r="M153" s="15">
-        <v>0.10816</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12001</v>
+      </c>
+      <c r="N153" s="15"/>
       <c r="O153" s="15">
         <v>3800</v>
       </c>
       <c r="P153" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>477</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>478</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>479</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>480</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
         <v>0.13622</v>
       </c>
       <c r="L154" s="15">
         <v>0.11805</v>
       </c>
       <c r="M154" s="15">
         <v>0.11351</v>
       </c>
       <c r="N154" s="15">
-        <v>4100</v>
+        <v>3900</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
         <v>481</v>
       </c>
       <c r="D155" s="15" t="s">
         <v>482</v>
       </c>
       <c r="E155" s="15">
         <v>10080039172</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
         <v>0.14093</v>
       </c>
       <c r="L155" s="15">
         <v>0.12214</v>
       </c>
       <c r="M155" s="15">
         <v>0.11744</v>
       </c>
       <c r="N155" s="15">
-        <v>8741</v>
+        <v>8401</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>483</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>484</v>
       </c>
       <c r="E156" s="15">
         <v>10080045772</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I156" s="15" t="s">
         <v>485</v>
       </c>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.19421</v>
       </c>
       <c r="L156" s="15">
         <v>0.16831</v>
       </c>
       <c r="M156" s="15">
         <v>0.16184</v>
       </c>
       <c r="N156" s="15">
-        <v>23551</v>
+        <v>27580</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>486</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>487</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>488</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15" t="s">
         <v>489</v>
       </c>
       <c r="J157" s="15">
         <v>500</v>
       </c>
       <c r="K157" s="15">
         <v>0.1959</v>
       </c>
       <c r="L157" s="15">
         <v>0.16978</v>
       </c>
       <c r="M157" s="15">
         <v>0.16325</v>
       </c>
       <c r="N157" s="15">
-        <v>650</v>
+        <v>720</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
         <v>490</v>
       </c>
       <c r="D158" s="15" t="s">
         <v>491</v>
       </c>
       <c r="E158" s="15" t="s">
         <v>492</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
-        <v>0.19307</v>
+        <v>0.1908</v>
       </c>
       <c r="L158" s="15">
-        <v>0.16732</v>
+        <v>0.16536</v>
       </c>
       <c r="M158" s="15">
-        <v>0.16089</v>
+        <v>0.159</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15" t="s">
-        <v>142</v>
+        <v>83</v>
       </c>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>493</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>494</v>
       </c>
       <c r="E159" s="15">
         <v>10080034287</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I159" s="15" t="s">
         <v>495</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
         <v>0.21924</v>
       </c>
       <c r="L159" s="15">
         <v>0.19001</v>
       </c>
       <c r="M159" s="15">
         <v>0.1827</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15">
-        <v>3700</v>
+        <v>2880</v>
       </c>
       <c r="P159" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>496</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>497</v>
       </c>
       <c r="E160" s="15" t="s">
         <v>498</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15" t="s">
         <v>499</v>
       </c>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.22292</v>
       </c>
       <c r="L160" s="15">
         <v>0.19319</v>
       </c>
       <c r="M160" s="15">
         <v>0.18576</v>
       </c>
       <c r="N160" s="15">
-        <v>840</v>
+        <v>609</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E161" s="15">
         <v>10080051423</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I161" s="15" t="s">
         <v>502</v>
       </c>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
-        <v>0.27789</v>
+        <v>0.30204</v>
       </c>
       <c r="L161" s="15">
-        <v>0.24084</v>
+        <v>0.26177</v>
       </c>
       <c r="M161" s="15">
-        <v>0.23158</v>
+        <v>0.2517</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15">
-        <v>1460</v>
+        <v>1420</v>
       </c>
       <c r="P161" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>503</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>504</v>
       </c>
       <c r="E162" s="15" t="s">
         <v>505</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15" t="s">
         <v>506</v>
       </c>
       <c r="J162" s="15">
         <v>250</v>
       </c>
       <c r="K162" s="15">
         <v>0.28058</v>
       </c>
       <c r="L162" s="15">
         <v>0.24317</v>
       </c>
       <c r="M162" s="15">
         <v>0.23381</v>
       </c>
       <c r="N162" s="15">
-        <v>650</v>
+        <v>850</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
         <v>507</v>
       </c>
       <c r="D163" s="15" t="s">
         <v>508</v>
       </c>
       <c r="E163" s="15">
         <v>10080019221</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>509</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.29061</v>
       </c>
       <c r="L163" s="15">
         <v>0.25186</v>
       </c>
       <c r="M163" s="15">
         <v>0.24218</v>
       </c>
       <c r="N163" s="15">
-        <v>1790</v>
+        <v>1621</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>510</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>511</v>
       </c>
       <c r="E164" s="15" t="s">
         <v>512</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
         <v>513</v>
       </c>
       <c r="J164" s="15">
         <v>250</v>
       </c>
       <c r="K164" s="15">
         <v>0.29555</v>
       </c>
       <c r="L164" s="15">
         <v>0.25614</v>
       </c>
       <c r="M164" s="15">
         <v>0.24629</v>
       </c>
       <c r="N164" s="15">
-        <v>720</v>
+        <v>790</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>514</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>515</v>
       </c>
       <c r="E165" s="15">
         <v>10080056877</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
@@ -9216,128 +9229,128 @@
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
         <v>516</v>
       </c>
       <c r="D166" s="15" t="s">
         <v>517</v>
       </c>
       <c r="E166" s="15">
         <v>10080047287</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I166" s="15" t="s">
         <v>518</v>
       </c>
       <c r="J166" s="15">
         <v>300</v>
       </c>
       <c r="K166" s="15">
-        <v>0.36152</v>
+        <v>0.38328</v>
       </c>
       <c r="L166" s="15">
-        <v>0.31331</v>
+        <v>0.33218</v>
       </c>
       <c r="M166" s="15">
-        <v>0.30126</v>
+        <v>0.3194</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15">
-        <v>1620</v>
+        <v>1760</v>
       </c>
       <c r="P166" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J167" s="15">
         <v>250</v>
       </c>
       <c r="K167" s="15">
         <v>0.34845</v>
       </c>
       <c r="L167" s="15">
         <v>0.30199</v>
       </c>
       <c r="M167" s="15">
         <v>0.29038</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15">
-        <v>1500</v>
+        <v>1440</v>
       </c>
       <c r="P167" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>523</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>524</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>525</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>200</v>
       </c>
       <c r="K168" s="15">
         <v>0.85407</v>
       </c>
       <c r="L168" s="15">
         <v>0.71631</v>
       </c>
       <c r="M168" s="15">
         <v>0.68877</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
@@ -9346,51 +9359,51 @@
       <c r="D169" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
         <v>0.04092</v>
       </c>
       <c r="L169" s="15">
         <v>0.03546</v>
       </c>
       <c r="M169" s="15">
         <v>0.0341</v>
       </c>
       <c r="N169" s="15">
-        <v>407</v>
+        <v>457</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>529</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>530</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>531</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
@@ -9461,1978 +9474,1988 @@
       <c r="D172" s="15" t="s">
         <v>536</v>
       </c>
       <c r="E172" s="15">
         <v>10080055990</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
         <v>0.10628</v>
       </c>
       <c r="L172" s="15">
         <v>0.09211</v>
       </c>
       <c r="M172" s="15">
         <v>0.08856</v>
       </c>
       <c r="N172" s="15">
-        <v>645</v>
+        <v>740</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>537</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>538</v>
       </c>
       <c r="E173" s="15" t="s">
         <v>539</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>3000</v>
       </c>
       <c r="K173" s="15">
         <v>0.05576</v>
       </c>
       <c r="L173" s="15">
         <v>0.04832</v>
       </c>
       <c r="M173" s="15">
         <v>0.04646</v>
       </c>
       <c r="N173" s="15">
-        <v>3150</v>
+        <v>3100</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>540</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>541</v>
       </c>
       <c r="E174" s="15">
         <v>10080058977</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1250</v>
       </c>
       <c r="K174" s="15">
         <v>0.06369</v>
       </c>
       <c r="L174" s="15">
         <v>0.0552</v>
       </c>
       <c r="M174" s="15">
         <v>0.05308</v>
       </c>
       <c r="N174" s="15">
-        <v>17430</v>
+        <v>9748</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
         <v>542</v>
       </c>
       <c r="D175" s="15" t="s">
         <v>543</v>
       </c>
       <c r="E175" s="15" t="s">
         <v>544</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>1250</v>
       </c>
       <c r="K175" s="15">
         <v>0.06329</v>
       </c>
       <c r="L175" s="15">
         <v>0.05485</v>
       </c>
       <c r="M175" s="15">
         <v>0.05274</v>
       </c>
       <c r="N175" s="15">
-        <v>397</v>
+        <v>430</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>545</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>546</v>
       </c>
       <c r="E176" s="15">
         <v>10080053584</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
         <v>0.11378</v>
       </c>
       <c r="L176" s="15">
         <v>0.09861</v>
       </c>
       <c r="M176" s="15">
         <v>0.09481000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>2153</v>
+        <v>1306</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>547</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>548</v>
       </c>
       <c r="E177" s="15">
         <v>10080064706</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.12762</v>
       </c>
       <c r="L177" s="15">
         <v>0.1106</v>
       </c>
       <c r="M177" s="15">
         <v>0.10635</v>
       </c>
       <c r="N177" s="15">
-        <v>512</v>
+        <v>640</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>549</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>550</v>
       </c>
       <c r="E178" s="15">
         <v>10080057779</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I178" s="15"/>
+      <c r="I178" s="15" t="s">
+        <v>551</v>
+      </c>
       <c r="J178" s="15">
         <v>1000</v>
       </c>
       <c r="K178" s="15">
         <v>0.11442</v>
       </c>
       <c r="L178" s="15">
         <v>0.09916</v>
       </c>
       <c r="M178" s="15">
         <v>0.09535</v>
       </c>
       <c r="N178" s="15"/>
       <c r="O178" s="15">
-        <v>860</v>
+        <v>770</v>
       </c>
       <c r="P178" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
         <v>549</v>
       </c>
       <c r="D179" s="15" t="s">
         <v>550</v>
       </c>
       <c r="E179" s="15" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I179" s="15"/>
+      <c r="I179" s="15" t="s">
+        <v>551</v>
+      </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.12128</v>
       </c>
       <c r="L179" s="15">
         <v>0.10511</v>
       </c>
       <c r="M179" s="15">
         <v>0.10106</v>
       </c>
       <c r="N179" s="15">
-        <v>481</v>
+        <v>54</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="E180" s="15">
         <v>10080039270</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
         <v>0.12881</v>
       </c>
       <c r="L180" s="15">
         <v>0.11163</v>
       </c>
       <c r="M180" s="15">
         <v>0.10734</v>
       </c>
       <c r="N180" s="15">
-        <v>498</v>
+        <v>225</v>
       </c>
       <c r="O180" s="15">
-        <v>415</v>
+        <v>375</v>
       </c>
       <c r="P180" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="E181" s="15">
         <v>10080042870</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>1000</v>
       </c>
       <c r="K181" s="15">
         <v>0.13665</v>
       </c>
       <c r="L181" s="15">
         <v>0.11843</v>
       </c>
       <c r="M181" s="15">
         <v>0.11388</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="E182" s="15" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.13365</v>
       </c>
       <c r="L182" s="15">
         <v>0.11583</v>
       </c>
       <c r="M182" s="15">
         <v>0.11138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="P182" s="15" t="s">
-        <v>83</v>
+        <v>138</v>
       </c>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="E183" s="15">
         <v>10080064704</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.16004</v>
       </c>
       <c r="L183" s="15">
         <v>0.1387</v>
       </c>
       <c r="M183" s="15">
         <v>0.13336</v>
       </c>
       <c r="N183" s="15">
-        <v>2210</v>
+        <v>2064</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="E184" s="15" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.29547</v>
       </c>
       <c r="L184" s="15">
         <v>0.21377</v>
       </c>
       <c r="M184" s="15">
         <v>0.18654</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15">
-        <v>780</v>
+        <v>670</v>
       </c>
       <c r="P184" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="E185" s="15">
         <v>10080064708</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15"/>
       <c r="K185" s="15">
         <v>0.50856</v>
       </c>
       <c r="L185" s="15">
         <v>0.29504</v>
       </c>
       <c r="M185" s="15">
         <v>0.26593</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="E186" s="15" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I186" s="15"/>
+      <c r="I186" s="15" t="s">
+        <v>570</v>
+      </c>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
         <v>0.32538</v>
       </c>
       <c r="L186" s="15">
         <v>0.282</v>
       </c>
       <c r="M186" s="15">
         <v>0.27115</v>
       </c>
       <c r="N186" s="15">
-        <v>850</v>
+        <v>640</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="E187" s="15">
         <v>10080069763</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15"/>
       <c r="K187" s="15">
         <v>0.6294</v>
       </c>
       <c r="L187" s="15">
         <v>0.52449</v>
       </c>
       <c r="M187" s="15">
         <v>0.50352</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="E188" s="15">
         <v>10080003139</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>573</v>
+        <v>575</v>
       </c>
       <c r="J188" s="15">
         <v>1000</v>
       </c>
       <c r="K188" s="15">
         <v>0.06137</v>
       </c>
       <c r="L188" s="15">
         <v>0.05318</v>
       </c>
       <c r="M188" s="15">
         <v>0.05114</v>
       </c>
       <c r="N188" s="15">
         <v>93</v>
       </c>
       <c r="O188" s="15">
-        <v>2100</v>
+        <v>2160</v>
       </c>
       <c r="P188" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="E189" s="15">
         <v>10080003140</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="J189" s="15">
         <v>1000</v>
       </c>
       <c r="K189" s="15">
         <v>0.07256</v>
       </c>
       <c r="L189" s="15">
         <v>0.06288000000000001</v>
       </c>
       <c r="M189" s="15">
         <v>0.06046</v>
       </c>
       <c r="N189" s="15">
-        <v>2744</v>
+        <v>2215</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="D190" s="15" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="E190" s="15" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="J190" s="15">
         <v>1000</v>
       </c>
       <c r="K190" s="15">
         <v>0.0731</v>
       </c>
       <c r="L190" s="15">
         <v>0.06335</v>
       </c>
       <c r="M190" s="15">
         <v>0.06091</v>
       </c>
       <c r="N190" s="15">
-        <v>729</v>
+        <v>603</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="E191" s="15">
         <v>10080003141</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="J191" s="15">
         <v>1000</v>
       </c>
       <c r="K191" s="15">
         <v>0.08348999999999999</v>
       </c>
       <c r="L191" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="M191" s="15">
         <v>0.06958</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="E192" s="15">
         <v>10080010561</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>1000</v>
       </c>
       <c r="K192" s="15">
         <v>0.1041</v>
       </c>
       <c r="L192" s="15">
         <v>0.1041</v>
       </c>
       <c r="M192" s="15">
         <v>0.1041</v>
       </c>
       <c r="N192" s="15">
-        <v>1098</v>
+        <v>954</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="E193" s="15">
         <v>10080003142</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="J193" s="15">
         <v>1000</v>
       </c>
       <c r="K193" s="15">
         <v>0.11378</v>
       </c>
       <c r="L193" s="15">
         <v>0.09861</v>
       </c>
       <c r="M193" s="15">
         <v>0.09481000000000001</v>
       </c>
       <c r="N193" s="15">
-        <v>2037</v>
+        <v>2537</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E194" s="15">
         <v>10080010562</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
         <v>0.10716</v>
       </c>
       <c r="L194" s="15">
         <v>0.10345</v>
       </c>
       <c r="M194" s="15">
         <v>0.09976</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="E195" s="15" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="J195" s="15">
         <v>1000</v>
       </c>
       <c r="K195" s="15">
         <v>0.11534</v>
       </c>
       <c r="L195" s="15">
         <v>0.09995999999999999</v>
       </c>
       <c r="M195" s="15">
         <v>0.09611</v>
       </c>
       <c r="N195" s="15">
-        <v>860</v>
+        <v>810</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D196" s="15" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
       <c r="E196" s="15" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>1000</v>
       </c>
       <c r="K196" s="15">
         <v>0.1775</v>
       </c>
       <c r="L196" s="15">
         <v>0.11894</v>
       </c>
       <c r="M196" s="15">
         <v>0.10808</v>
       </c>
       <c r="N196" s="15">
         <v>1</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="E197" s="15">
         <v>10080003143</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="J197" s="15">
         <v>1000</v>
       </c>
       <c r="K197" s="15">
         <v>0.14331</v>
       </c>
       <c r="L197" s="15">
         <v>0.1242</v>
       </c>
       <c r="M197" s="15">
         <v>0.11943</v>
       </c>
       <c r="N197" s="15">
-        <v>2145</v>
+        <v>2489</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>601</v>
+        <v>603</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="E198" s="15">
         <v>10080063994</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.22497</v>
       </c>
       <c r="L198" s="15">
         <v>0.1613</v>
       </c>
       <c r="M198" s="15">
         <v>0.14007</v>
       </c>
       <c r="N198" s="15">
-        <v>753</v>
+        <v>727</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="E199" s="15">
         <v>10080003144</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.14523</v>
       </c>
       <c r="L199" s="15">
         <v>0.12587</v>
       </c>
       <c r="M199" s="15">
         <v>0.12103</v>
       </c>
       <c r="N199" s="15">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="O199" s="15">
-        <v>3560</v>
+        <v>3600</v>
       </c>
       <c r="P199" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="E200" s="15">
         <v>10080047949</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15"/>
       <c r="K200" s="15">
         <v>0.2703</v>
       </c>
       <c r="L200" s="15">
         <v>0.15681</v>
       </c>
       <c r="M200" s="15">
         <v>0.14134</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="E201" s="15">
         <v>10080003134</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
         <v>0.04407</v>
       </c>
       <c r="L201" s="15">
         <v>0.03819</v>
       </c>
       <c r="M201" s="15">
         <v>0.03673</v>
       </c>
       <c r="N201" s="15">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="D202" s="15" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="E202" s="15" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="J202" s="15">
         <v>1000</v>
       </c>
       <c r="K202" s="15">
         <v>0.05064</v>
       </c>
       <c r="L202" s="15">
         <v>0.04389</v>
       </c>
       <c r="M202" s="15">
         <v>0.0422</v>
       </c>
       <c r="N202" s="15">
-        <v>720</v>
+        <v>790</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="E203" s="15">
         <v>10080003135</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
         <v>0.05256</v>
       </c>
       <c r="L203" s="15">
         <v>0.04555</v>
       </c>
       <c r="M203" s="15">
         <v>0.0438</v>
       </c>
       <c r="N203" s="15">
-        <v>4935</v>
+        <v>4105</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
-        <v>618</v>
+        <v>620</v>
       </c>
       <c r="D204" s="15" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="E204" s="15" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
         <v>0.05256</v>
       </c>
       <c r="L204" s="15">
         <v>0.04555</v>
       </c>
       <c r="M204" s="15">
         <v>0.0438</v>
       </c>
       <c r="N204" s="15">
-        <v>600</v>
+        <v>890</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="E205" s="15">
         <v>10080003136</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
-        <v>0.07475999999999999</v>
+        <v>0.07893</v>
       </c>
       <c r="L205" s="15">
-        <v>0.06479</v>
+        <v>0.06841</v>
       </c>
       <c r="M205" s="15">
-        <v>0.0623</v>
+        <v>0.06578000000000001</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15">
-        <v>1320</v>
+        <v>1240</v>
       </c>
       <c r="P205" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D206" s="15" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="E206" s="15" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
         <v>0.07265000000000001</v>
       </c>
       <c r="L206" s="15">
         <v>0.06296</v>
       </c>
       <c r="M206" s="15">
         <v>0.06054</v>
       </c>
       <c r="N206" s="15">
-        <v>810</v>
+        <v>616</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="E207" s="15">
         <v>10080003137</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="J207" s="15">
         <v>1000</v>
       </c>
       <c r="K207" s="15">
-        <v>0.09050999999999999</v>
+        <v>0.09755</v>
       </c>
       <c r="L207" s="15">
-        <v>0.07844</v>
+        <v>0.08454</v>
       </c>
       <c r="M207" s="15">
-        <v>0.07543</v>
+        <v>0.08129</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15">
-        <v>1560</v>
+        <v>1420</v>
       </c>
       <c r="P207" s="15" t="s">
         <v>87</v>
       </c>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="D208" s="15" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="E208" s="15" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="J208" s="15">
         <v>1000</v>
       </c>
       <c r="K208" s="15">
         <v>0.09209000000000001</v>
       </c>
       <c r="L208" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="M208" s="15">
         <v>0.07674</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15">
-        <v>790</v>
+        <v>640</v>
       </c>
       <c r="P208" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D209" s="15" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="E209" s="15" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="J209" s="15">
         <v>1000</v>
       </c>
       <c r="K209" s="15">
         <v>0.15918</v>
       </c>
       <c r="L209" s="15">
         <v>0.13796</v>
       </c>
       <c r="M209" s="15">
         <v>0.13265</v>
       </c>
       <c r="N209" s="15">
-        <v>702</v>
+        <v>729</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="E210" s="15">
         <v>10000013004</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="J210" s="15">
         <v>1000</v>
       </c>
       <c r="K210" s="15">
         <v>0.13568</v>
       </c>
       <c r="L210" s="15">
         <v>0.11759</v>
       </c>
       <c r="M210" s="15">
         <v>0.11306</v>
       </c>
       <c r="N210" s="15">
         <v>35</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="E211" s="15">
         <v>10080003138</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.22186</v>
       </c>
       <c r="L211" s="15">
         <v>0.128</v>
       </c>
       <c r="M211" s="15">
         <v>0.1152</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D212" s="15" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="E212" s="15" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
         <v>0.12776</v>
       </c>
       <c r="L212" s="15">
         <v>0.11072</v>
       </c>
       <c r="M212" s="15">
         <v>0.10646</v>
       </c>
       <c r="N212" s="15">
-        <v>860</v>
+        <v>248</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="E213" s="15">
         <v>10080047948</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15"/>
       <c r="K213" s="15">
         <v>0.24369</v>
       </c>
       <c r="L213" s="15">
         <v>0.2112</v>
       </c>
       <c r="M213" s="15">
         <v>0.20308</v>
       </c>
       <c r="N213" s="15">
         <v>32</v>
       </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E214" s="15">
         <v>10080063996</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I214" s="15"/>
+      <c r="I214" s="15" t="s">
+        <v>656</v>
+      </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.41263</v>
       </c>
       <c r="L214" s="15">
         <v>0.29854</v>
       </c>
       <c r="M214" s="15">
         <v>0.26051</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15">
-        <v>395</v>
+        <v>340</v>
       </c>
       <c r="P214" s="15" t="s">
         <v>83</v>
       </c>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="E215" s="15" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I215" s="15"/>
+      <c r="I215" s="15" t="s">
+        <v>656</v>
+      </c>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
         <v>0.4272</v>
       </c>
       <c r="L215" s="15">
         <v>0.30909</v>
       </c>
       <c r="M215" s="15">
         <v>0.26971</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D216" s="15" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="E216" s="15" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>0.8385899999999999</v>
       </c>
       <c r="L216" s="15">
         <v>0.70334</v>
       </c>
       <c r="M216" s="15">
         <v>0.6762899999999999</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="D217" s="15" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="E217" s="15" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>1000</v>
       </c>
       <c r="K217" s="15">
         <v>0.10281</v>
       </c>
       <c r="L217" s="15">
         <v>0.08623</v>
       </c>
       <c r="M217" s="15">
         <v>0.08291</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D218" s="15" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="E218" s="15" t="s">
-        <v>665</v>
+        <v>668</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.21482</v>
       </c>
       <c r="L218" s="15">
         <v>0.18617</v>
       </c>
       <c r="M218" s="15">
         <v>0.17901</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="D219" s="15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="E219" s="15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="J219" s="15">
         <v>1000</v>
       </c>
       <c r="K219" s="15">
         <v>0.09809</v>
       </c>
       <c r="L219" s="15">
         <v>0.08501</v>
       </c>
       <c r="M219" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="D220" s="15" t="s">
-        <v>672</v>
+        <v>675</v>
       </c>
       <c r="E220" s="15">
         <v>10080069189</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15"/>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>600</v>
       </c>
       <c r="K220" s="15">
         <v>0.32081</v>
       </c>
       <c r="L220" s="15">
         <v>0.26733</v>
       </c>
       <c r="M220" s="15">
         <v>0.25663</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="E221" s="15">
         <v>10080069190</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>1600</v>
       </c>
       <c r="K221" s="15">
         <v>0.14066</v>
       </c>
       <c r="L221" s="15">
         <v>0.14066</v>
       </c>
       <c r="M221" s="15">
         <v>0.14066</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14"/>
       <c r="C222" s="15"/>
       <c r="D222" s="15"/>
       <c r="E222" s="15"/>
@@ -11489,317 +11512,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>688</v>
+        <v>691</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>689</v>
+        <v>692</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>692</v>
+        <v>695</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>