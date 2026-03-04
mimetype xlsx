--- v2 (2026-02-05)
+++ v3 (2026-03-04)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="705">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="704">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.02.2026</t>
+    <t>04.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t xml:space="preserve">9774110360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>UT-00129439</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-14.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L13.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-14.4 (h=13.0мм)</t>
   </si>
   <si>
     <t>UT-00099003</t>
   </si>
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
-    <t>06.04.2026</t>
+    <t>08.04.2026</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
@@ -265,83 +265,80 @@
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L05-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L05-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 5 (L-KLS8-DBL-M3-E5.5-L05-A)</t>
   </si>
   <si>
     <t>UT-00149189</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0500-1100-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 5 (желтые) L-KLS8-DBL-M3-E5.0-L05</t>
   </si>
   <si>
     <t>UT-00137975</t>
   </si>
   <si>
-    <t>07.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>H-L0600-1200-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
-    <t>02.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
+    <t>22.05.2026</t>
+  </si>
+  <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>H-L0800-1400-5-03-1N1W</t>
@@ -430,53 +427,50 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (H-L1200-1800-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L12-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L12-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-12 (L-KLS8-DBL-M3-E5.5-L12-A)</t>
   </si>
   <si>
     <t>UT-00149195</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1200-1800-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-12 (желтые) L-KLS8-DBL-M3-E5.0-L12</t>
   </si>
   <si>
-    <t>29.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13 (желтые) L-KLS8-DBL-M3-E5.0-L13+8</t>
   </si>
   <si>
     <t>10-00061405</t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN-13.5 (желтые) L-KLS8-DBL-M3-E5.0-L13.5</t>
   </si>
   <si>
     <t>H-L1400-2000-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN-14 (H-L1400-2000-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L14-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L14-A</t>
@@ -2024,50 +2018,53 @@
     <t xml:space="preserve">H-L1000-0600-5-03-2N CONNFLY, L-KLS8-DBK-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
     <t>SMTSO2030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L3.0мм + ID3.6*T1.53мм, катушка / SMTSO2030CTJ</t>
   </si>
   <si>
     <t>UT-00149718</t>
   </si>
   <si>
     <t>SINHOO</t>
   </si>
   <si>
     <t>SMTSO2080CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L8.0мм + ID3.6*T1.53мм, катушка / SMTSO2080CTJ</t>
   </si>
   <si>
     <t>UT-00142309</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M2-8.0+1.5-R KLS, </t>
+  </si>
+  <si>
+    <t>20.03.2026</t>
   </si>
   <si>
     <t>SMTSO3030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M3, OD5.56*L3.0мм + ID4.09*T1.53мм, катушка / SMTSO3030CTJ</t>
   </si>
   <si>
     <t>UT-00138282</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M3-3.0+1.5-R KLS, </t>
   </si>
   <si>
     <t>SMTSO3070MTJ</t>
   </si>
   <si>
     <t>Стойка SMTSO3070MTJ</t>
   </si>
   <si>
     <t>ZIY01-001</t>
   </si>
   <si>
     <t>M2 D4.5xL3+1.53 mm, стойка для MINI PCIE / ZIY01-001</t>
   </si>
@@ -2965,51 +2962,51 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>800</v>
       </c>
       <c r="K11" s="15">
         <v>0.11268</v>
       </c>
       <c r="L11" s="15">
         <v>0.09766</v>
       </c>
       <c r="M11" s="15">
         <v>0.0939</v>
       </c>
       <c r="N11" s="15">
-        <v>1434</v>
+        <v>1573</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
@@ -3124,53 +3121,51 @@
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
         <v>52</v>
       </c>
       <c r="J15" s="15">
         <v>950</v>
       </c>
       <c r="K15" s="15">
         <v>0.19797</v>
       </c>
       <c r="L15" s="15">
         <v>0.17157</v>
       </c>
       <c r="M15" s="15">
         <v>0.16498</v>
       </c>
-      <c r="N15" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>4750</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
@@ -3205,90 +3200,90 @@
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>350</v>
       </c>
       <c r="K17" s="15">
         <v>0.20392</v>
       </c>
       <c r="L17" s="15">
         <v>0.19465</v>
       </c>
       <c r="M17" s="15">
         <v>0.19465</v>
       </c>
       <c r="N17" s="15">
-        <v>8190</v>
+        <v>7826</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.31874</v>
       </c>
       <c r="L18" s="15">
         <v>0.27624</v>
       </c>
       <c r="M18" s="15">
         <v>0.26561</v>
       </c>
       <c r="N18" s="15">
-        <v>800</v>
+        <v>780</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
@@ -3355,8107 +3350,8023 @@
       <c r="D21" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>500</v>
       </c>
       <c r="K21" s="15">
         <v>0.1698</v>
       </c>
       <c r="L21" s="15">
         <v>0.14716</v>
       </c>
       <c r="M21" s="15">
         <v>0.1415</v>
       </c>
       <c r="N21" s="15">
-        <v>911</v>
+        <v>659</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E22" s="15">
         <v>10080066095</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.2987</v>
       </c>
       <c r="L22" s="15">
         <v>0.24892</v>
       </c>
       <c r="M22" s="15">
         <v>0.23895</v>
       </c>
       <c r="N22" s="15">
-        <v>202</v>
+        <v>147</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E23" s="15">
         <v>10080039233</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>75</v>
       </c>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
         <v>0.05858</v>
       </c>
       <c r="L23" s="15">
         <v>0.05077</v>
       </c>
       <c r="M23" s="15">
         <v>0.04881</v>
       </c>
       <c r="N23" s="15">
-        <v>65500</v>
+        <v>60128</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
         <v>0.06117</v>
       </c>
       <c r="L24" s="15">
         <v>0.05301</v>
       </c>
       <c r="M24" s="15">
         <v>0.05098</v>
       </c>
       <c r="N24" s="15">
-        <v>6514</v>
+        <v>6808</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.05717</v>
       </c>
       <c r="L25" s="15">
         <v>0.04954</v>
       </c>
       <c r="M25" s="15">
         <v>0.04764</v>
       </c>
       <c r="N25" s="15">
         <v>70</v>
       </c>
       <c r="O25" s="15">
         <v>1220</v>
       </c>
-      <c r="P25" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E26" s="15">
         <v>10080003156</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I26" s="15" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J26" s="15">
         <v>1000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06644</v>
       </c>
       <c r="L26" s="15">
         <v>0.05758</v>
       </c>
       <c r="M26" s="15">
         <v>0.05536</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15">
-        <v>112500</v>
-[...3 lines deleted...]
-      </c>
+        <v>89400</v>
+      </c>
+      <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="E27" s="15" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.06096</v>
       </c>
       <c r="L27" s="15">
         <v>0.05283</v>
       </c>
       <c r="M27" s="15">
         <v>0.0508</v>
       </c>
       <c r="N27" s="15">
-        <v>549</v>
+        <v>252</v>
       </c>
       <c r="O27" s="15">
-        <v>3050</v>
-[...3 lines deleted...]
-      </c>
+        <v>4200</v>
+      </c>
+      <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="E28" s="15">
         <v>10080039171</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.07743</v>
       </c>
       <c r="L28" s="15">
         <v>0.06711</v>
       </c>
       <c r="M28" s="15">
         <v>0.06453</v>
       </c>
       <c r="N28" s="15">
-        <v>88</v>
+        <v>81</v>
       </c>
       <c r="O28" s="15">
-        <v>4466</v>
+        <v>4118</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.07215000000000001</v>
       </c>
       <c r="L29" s="15">
         <v>0.06253</v>
       </c>
       <c r="M29" s="15">
         <v>0.06013</v>
       </c>
       <c r="N29" s="15">
-        <v>23544</v>
+        <v>22654</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="L30" s="15">
         <v>0.06271</v>
       </c>
       <c r="M30" s="15">
         <v>0.0603</v>
       </c>
       <c r="N30" s="15">
-        <v>609</v>
+        <v>539</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>101</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
       <c r="E31" s="15">
         <v>10080032081</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.08123</v>
       </c>
       <c r="L31" s="15">
         <v>0.0704</v>
       </c>
       <c r="M31" s="15">
         <v>0.06769</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15">
-        <v>35600</v>
-[...3 lines deleted...]
-      </c>
+        <v>33320</v>
+      </c>
+      <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="J32" s="15">
         <v>2000</v>
       </c>
       <c r="K32" s="15">
         <v>0.07466</v>
       </c>
       <c r="L32" s="15">
         <v>0.06469999999999999</v>
       </c>
       <c r="M32" s="15">
         <v>0.06221</v>
       </c>
       <c r="N32" s="15">
-        <v>94</v>
+        <v>87</v>
       </c>
       <c r="O32" s="15">
-        <v>8500</v>
-[...3 lines deleted...]
-      </c>
+        <v>7900</v>
+      </c>
+      <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E33" s="15">
         <v>10080040572</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.12423</v>
       </c>
       <c r="L33" s="15">
         <v>0.08988</v>
       </c>
       <c r="M33" s="15">
         <v>0.07843</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E34" s="15">
         <v>10080003157</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.08028</v>
       </c>
       <c r="L34" s="15">
         <v>0.06958</v>
       </c>
       <c r="M34" s="15">
         <v>0.0669</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15">
-        <v>262330</v>
-[...3 lines deleted...]
-      </c>
+        <v>129048</v>
+      </c>
+      <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J35" s="15">
         <v>1500</v>
       </c>
       <c r="K35" s="15">
         <v>0.06569</v>
       </c>
       <c r="L35" s="15">
         <v>0.05693</v>
       </c>
       <c r="M35" s="15">
         <v>0.05474</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15">
-        <v>15800</v>
-[...3 lines deleted...]
-      </c>
+        <v>15200</v>
+      </c>
+      <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E36" s="15">
         <v>10080040573</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J36" s="15">
         <v>2000</v>
       </c>
       <c r="K36" s="15">
         <v>0.10473</v>
       </c>
       <c r="L36" s="15">
         <v>0.09077</v>
       </c>
       <c r="M36" s="15">
         <v>0.08728</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D37" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="15" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J37" s="15">
         <v>1500</v>
       </c>
       <c r="K37" s="15">
         <v>0.11448</v>
       </c>
       <c r="L37" s="15">
         <v>0.09922</v>
       </c>
       <c r="M37" s="15">
         <v>0.0954</v>
       </c>
       <c r="N37" s="15">
-        <v>1412</v>
+        <v>1187</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E38" s="15">
         <v>10080046881</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.09228</v>
       </c>
       <c r="L38" s="15">
         <v>0.07998</v>
       </c>
       <c r="M38" s="15">
         <v>0.0769</v>
       </c>
       <c r="N38" s="15">
-        <v>9672</v>
+        <v>11286</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0936</v>
       </c>
       <c r="L39" s="15">
         <v>0.08112</v>
       </c>
       <c r="M39" s="15">
         <v>0.078</v>
       </c>
       <c r="N39" s="15">
-        <v>790</v>
+        <v>308</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E40" s="15">
         <v>10080017980</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.09986</v>
       </c>
       <c r="L40" s="15">
         <v>0.08654000000000001</v>
       </c>
       <c r="M40" s="15">
         <v>0.08321000000000001</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15">
-        <v>14000</v>
-[...3 lines deleted...]
-      </c>
+        <v>18000</v>
+      </c>
+      <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.0936</v>
       </c>
       <c r="L41" s="15">
         <v>0.08112</v>
       </c>
       <c r="M41" s="15">
         <v>0.078</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15">
-        <v>6000</v>
-[...3 lines deleted...]
-      </c>
+        <v>7600</v>
+      </c>
+      <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E42" s="15">
         <v>10080040574</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1500</v>
       </c>
       <c r="K42" s="15">
         <v>0.09569999999999999</v>
       </c>
       <c r="L42" s="15">
         <v>0.08294</v>
       </c>
       <c r="M42" s="15">
         <v>0.07975</v>
       </c>
       <c r="N42" s="15">
-        <v>2485</v>
+        <v>2940</v>
       </c>
       <c r="O42" s="15">
-        <v>4970</v>
+        <v>5880</v>
       </c>
       <c r="P42" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D43" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E43" s="15" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.1035</v>
       </c>
       <c r="L43" s="15">
         <v>0.0897</v>
       </c>
       <c r="M43" s="15">
         <v>0.08624999999999999</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15">
-        <v>657</v>
-[...3 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="E44" s="15">
         <v>10080066536</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.1509</v>
       </c>
       <c r="L44" s="15">
         <v>0.12575</v>
       </c>
       <c r="M44" s="15">
         <v>0.12072</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="E45" s="15">
         <v>10080071700</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.09608</v>
       </c>
       <c r="L45" s="15">
         <v>0.08327</v>
       </c>
       <c r="M45" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="N45" s="15">
-        <v>8315</v>
+        <v>6338</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="E46" s="15" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.0968</v>
       </c>
       <c r="L46" s="15">
         <v>0.08389000000000001</v>
       </c>
       <c r="M46" s="15">
         <v>0.08066</v>
       </c>
       <c r="N46" s="15">
-        <v>305</v>
+        <v>405</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="E47" s="15">
         <v>10080003158</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.09648</v>
       </c>
       <c r="L47" s="15">
         <v>0.08362</v>
       </c>
       <c r="M47" s="15">
         <v>0.0804</v>
       </c>
       <c r="N47" s="15">
-        <v>75076</v>
+        <v>59984</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="E48" s="15" t="s">
         <v>154</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.09776</v>
       </c>
       <c r="L48" s="15">
         <v>0.08472</v>
       </c>
       <c r="M48" s="15">
         <v>0.08146</v>
       </c>
       <c r="N48" s="15">
-        <v>7154</v>
+        <v>6762</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="E49" s="15">
         <v>10080016343</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.1334</v>
       </c>
       <c r="L49" s="15">
         <v>0.11561</v>
       </c>
       <c r="M49" s="15">
         <v>0.11116</v>
       </c>
       <c r="N49" s="15">
-        <v>10044</v>
+        <v>9672</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="E50" s="15" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.12648</v>
       </c>
       <c r="L50" s="15">
         <v>0.10962</v>
       </c>
       <c r="M50" s="15">
         <v>0.1054</v>
       </c>
       <c r="N50" s="15">
-        <v>406</v>
+        <v>337</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="E51" s="15" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.12707</v>
       </c>
       <c r="L51" s="15">
         <v>0.11012</v>
       </c>
       <c r="M51" s="15">
         <v>0.10589</v>
       </c>
       <c r="N51" s="15">
-        <v>686</v>
+        <v>662</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="E52" s="15">
         <v>10080012445</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.11549</v>
       </c>
       <c r="L52" s="15">
         <v>0.10009</v>
       </c>
       <c r="M52" s="15">
         <v>0.09624000000000001</v>
       </c>
       <c r="N52" s="15">
-        <v>4208</v>
+        <v>4366</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="E53" s="15" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.11591</v>
       </c>
       <c r="L53" s="15">
         <v>0.10045</v>
       </c>
       <c r="M53" s="15">
         <v>0.09659</v>
       </c>
       <c r="N53" s="15">
-        <v>4400</v>
+        <v>3650</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E54" s="15">
         <v>10080047946</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.13235</v>
       </c>
       <c r="L54" s="15">
         <v>0.1147</v>
       </c>
       <c r="M54" s="15">
         <v>0.11029</v>
       </c>
       <c r="N54" s="15">
-        <v>1835</v>
+        <v>2416</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E55" s="15">
         <v>10080046603</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.12711</v>
       </c>
       <c r="L55" s="15">
         <v>0.11016</v>
       </c>
       <c r="M55" s="15">
         <v>0.10593</v>
       </c>
       <c r="N55" s="15">
-        <v>11033</v>
+        <v>7162</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="E56" s="15" t="s">
         <v>180</v>
-      </c>
-[...4 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.12914</v>
       </c>
       <c r="L56" s="15">
         <v>0.11192</v>
       </c>
       <c r="M56" s="15">
         <v>0.10761</v>
       </c>
       <c r="N56" s="15">
-        <v>4350</v>
+        <v>4250</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="E57" s="15">
         <v>10080003159</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.11366</v>
       </c>
       <c r="L57" s="15">
         <v>0.0985</v>
       </c>
       <c r="M57" s="15">
         <v>0.09471</v>
       </c>
       <c r="N57" s="15">
-        <v>18391</v>
+        <v>2053</v>
       </c>
       <c r="O57" s="15">
         <v>24300</v>
       </c>
-      <c r="P57" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="E58" s="15">
         <v>10000006841</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.19453</v>
       </c>
       <c r="L58" s="15">
         <v>0.11285</v>
       </c>
       <c r="M58" s="15">
         <v>0.10172</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="E59" s="15" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
         <v>0.08831</v>
       </c>
       <c r="L59" s="15">
         <v>0.07653</v>
       </c>
       <c r="M59" s="15">
         <v>0.07359</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.116</v>
       </c>
       <c r="L60" s="15">
         <v>0.10053</v>
       </c>
       <c r="M60" s="15">
         <v>0.09666</v>
       </c>
       <c r="N60" s="15">
-        <v>6468</v>
+        <v>5880</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E61" s="15">
         <v>10080016342</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.1484</v>
       </c>
       <c r="L61" s="15">
         <v>0.12861</v>
       </c>
       <c r="M61" s="15">
         <v>0.12366</v>
       </c>
       <c r="N61" s="15">
-        <v>3406</v>
+        <v>2271</v>
       </c>
       <c r="O61" s="15">
-        <v>4500</v>
+        <v>3000</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="E62" s="15">
         <v>10080054557</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.17082</v>
       </c>
       <c r="L62" s="15">
         <v>0.14804</v>
       </c>
       <c r="M62" s="15">
         <v>0.14235</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
-      <c r="P62" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>201</v>
-      </c>
-[...4 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.14387</v>
       </c>
       <c r="L63" s="15">
         <v>0.12468</v>
       </c>
       <c r="M63" s="15">
         <v>0.11989</v>
       </c>
       <c r="N63" s="15">
-        <v>612</v>
+        <v>729</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.14183</v>
       </c>
       <c r="L64" s="15">
         <v>0.12292</v>
       </c>
       <c r="M64" s="15">
         <v>0.11819</v>
       </c>
       <c r="N64" s="15">
-        <v>1131</v>
+        <v>963</v>
       </c>
       <c r="O64" s="15">
-        <v>1480</v>
-[...3 lines deleted...]
-      </c>
+        <v>1260</v>
+      </c>
+      <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="E65" s="15" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J65" s="15">
         <v>500</v>
       </c>
       <c r="K65" s="15">
         <v>0.13914</v>
       </c>
       <c r="L65" s="15">
         <v>0.12059</v>
       </c>
       <c r="M65" s="15">
         <v>0.11595</v>
       </c>
       <c r="N65" s="15">
-        <v>747</v>
+        <v>549</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>213</v>
-      </c>
-[...4 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.13691</v>
       </c>
       <c r="L66" s="15">
         <v>0.11865</v>
       </c>
       <c r="M66" s="15">
         <v>0.11409</v>
       </c>
       <c r="N66" s="15">
-        <v>1467</v>
+        <v>1012</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="E67" s="15">
         <v>10080003160</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.13766</v>
       </c>
       <c r="L67" s="15">
         <v>0.1193</v>
       </c>
       <c r="M67" s="15">
         <v>0.11471</v>
       </c>
       <c r="N67" s="15">
-        <v>10604</v>
+        <v>9289</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E68" s="15" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J68" s="15">
         <v>500</v>
       </c>
       <c r="K68" s="15">
         <v>0.13991</v>
       </c>
       <c r="L68" s="15">
         <v>0.12125</v>
       </c>
       <c r="M68" s="15">
         <v>0.11659</v>
       </c>
       <c r="N68" s="15">
-        <v>890</v>
+        <v>670</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="E69" s="15" t="s">
         <v>224</v>
-      </c>
-[...4 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>50</v>
       </c>
       <c r="K69" s="15">
         <v>2.37</v>
       </c>
       <c r="L69" s="15">
         <v>1.99</v>
       </c>
       <c r="M69" s="15">
         <v>1.91</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="E70" s="15">
         <v>10080010559</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.19778</v>
       </c>
       <c r="L70" s="15">
         <v>0.17141</v>
       </c>
       <c r="M70" s="15">
         <v>0.16481</v>
       </c>
       <c r="N70" s="15">
-        <v>4693</v>
+        <v>4380</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>230</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>0.15941</v>
       </c>
       <c r="L71" s="15">
         <v>0.13815</v>
       </c>
       <c r="M71" s="15">
         <v>0.13284</v>
       </c>
       <c r="N71" s="15">
-        <v>1950</v>
+        <v>2508</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E72" s="15">
         <v>10080032318</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
         <v>0.16049</v>
       </c>
       <c r="L72" s="15">
         <v>0.13909</v>
       </c>
       <c r="M72" s="15">
         <v>0.13374</v>
       </c>
       <c r="N72" s="15">
-        <v>10018</v>
+        <v>7923</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>239</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
         <v>0.17189</v>
       </c>
       <c r="L73" s="15">
         <v>0.14897</v>
       </c>
       <c r="M73" s="15">
         <v>0.14324</v>
       </c>
       <c r="N73" s="15">
-        <v>440</v>
+        <v>415</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E74" s="15">
         <v>10080003155</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
         <v>0.1718</v>
       </c>
       <c r="L74" s="15">
         <v>0.14889</v>
       </c>
       <c r="M74" s="15">
         <v>0.14316</v>
       </c>
       <c r="N74" s="15">
-        <v>3969</v>
+        <v>2995</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D75" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="E75" s="15" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
         <v>0.1757</v>
       </c>
       <c r="L75" s="15">
         <v>0.15227</v>
       </c>
       <c r="M75" s="15">
         <v>0.14641</v>
       </c>
       <c r="N75" s="15">
-        <v>1974</v>
+        <v>2363</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="E76" s="15">
         <v>10080039268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.19682</v>
       </c>
       <c r="L76" s="15">
         <v>0.17057</v>
       </c>
       <c r="M76" s="15">
         <v>0.16401</v>
       </c>
       <c r="N76" s="15">
-        <v>230</v>
+        <v>294</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="D77" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="E77" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="J77" s="15">
         <v>500</v>
       </c>
       <c r="K77" s="15">
         <v>0.20204</v>
       </c>
       <c r="L77" s="15">
         <v>0.1751</v>
       </c>
       <c r="M77" s="15">
         <v>0.16836</v>
       </c>
       <c r="N77" s="15">
-        <v>696</v>
+        <v>488</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D78" s="15" t="s">
+        <v>250</v>
+      </c>
+      <c r="E78" s="15" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
         <v>0.16377</v>
       </c>
       <c r="L78" s="15">
         <v>0.14193</v>
       </c>
       <c r="M78" s="15">
         <v>0.13648</v>
       </c>
       <c r="N78" s="15">
-        <v>6556</v>
+        <v>5388</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="E79" s="15">
         <v>10080049399</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
         <v>0.2183</v>
       </c>
       <c r="L79" s="15">
         <v>0.18919</v>
       </c>
       <c r="M79" s="15">
         <v>0.18191</v>
       </c>
       <c r="N79" s="15">
-        <v>1129</v>
+        <v>1317</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>255</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="E80" s="15" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
         <v>0.22049</v>
       </c>
       <c r="L80" s="15">
         <v>0.19109</v>
       </c>
       <c r="M80" s="15">
         <v>0.18374</v>
       </c>
       <c r="N80" s="15">
-        <v>644</v>
+        <v>703</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E81" s="15">
         <v>10080012536</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="J81" s="15">
         <v>500</v>
       </c>
       <c r="K81" s="15">
         <v>0.21942</v>
       </c>
       <c r="L81" s="15">
         <v>0.19016</v>
       </c>
       <c r="M81" s="15">
         <v>0.18285</v>
       </c>
       <c r="N81" s="15">
-        <v>1659</v>
+        <v>1700</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D82" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="E82" s="15" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="J82" s="15">
         <v>500</v>
       </c>
       <c r="K82" s="15">
         <v>0.22296</v>
       </c>
       <c r="L82" s="15">
         <v>0.19323</v>
       </c>
       <c r="M82" s="15">
         <v>0.1858</v>
       </c>
       <c r="N82" s="15">
-        <v>882</v>
+        <v>664</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="E83" s="15">
         <v>10080040578</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>250</v>
       </c>
       <c r="K83" s="15">
         <v>0.21936</v>
       </c>
       <c r="L83" s="15">
         <v>0.19011</v>
       </c>
       <c r="M83" s="15">
         <v>0.1828</v>
       </c>
       <c r="N83" s="15">
-        <v>3516</v>
+        <v>3981</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="E84" s="15">
         <v>10080040559</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="J84" s="15">
         <v>500</v>
       </c>
       <c r="K84" s="15">
         <v>0.26628</v>
       </c>
       <c r="L84" s="15">
         <v>0.23078</v>
       </c>
       <c r="M84" s="15">
         <v>0.2219</v>
       </c>
       <c r="N84" s="15">
-        <v>1235</v>
+        <v>1595</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="D85" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="E85" s="15" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>275</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="J85" s="15">
         <v>250</v>
       </c>
       <c r="K85" s="15">
         <v>0.27009</v>
       </c>
       <c r="L85" s="15">
         <v>0.23408</v>
       </c>
       <c r="M85" s="15">
         <v>0.22508</v>
       </c>
       <c r="N85" s="15">
-        <v>594</v>
+        <v>580</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="E86" s="15">
         <v>10080034412</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>250</v>
       </c>
       <c r="K86" s="15">
         <v>0.24197</v>
       </c>
       <c r="L86" s="15">
         <v>0.2097</v>
       </c>
       <c r="M86" s="15">
         <v>0.20164</v>
       </c>
       <c r="N86" s="15">
-        <v>967</v>
+        <v>880</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="E87" s="15">
         <v>10080033051</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.29049</v>
       </c>
       <c r="L87" s="15">
         <v>0.25176</v>
       </c>
       <c r="M87" s="15">
         <v>0.24208</v>
       </c>
-      <c r="N87" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D88" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="E88" s="15" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="J88" s="15">
         <v>250</v>
       </c>
       <c r="K88" s="15">
         <v>0.29873</v>
       </c>
       <c r="L88" s="15">
         <v>0.2589</v>
       </c>
       <c r="M88" s="15">
         <v>0.24894</v>
       </c>
       <c r="N88" s="15">
-        <v>750</v>
+        <v>611</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>288</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>250</v>
       </c>
       <c r="K89" s="15">
         <v>0.5515099999999999</v>
       </c>
       <c r="L89" s="15">
         <v>0.47797</v>
       </c>
       <c r="M89" s="15">
         <v>0.45959</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="E90" s="15">
         <v>10080037666</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="J90" s="15">
         <v>250</v>
       </c>
       <c r="K90" s="15">
         <v>0.34661</v>
       </c>
       <c r="L90" s="15">
         <v>0.30039</v>
       </c>
       <c r="M90" s="15">
         <v>0.28884</v>
       </c>
       <c r="N90" s="15">
-        <v>621</v>
+        <v>714</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>290</v>
+      </c>
+      <c r="D91" s="15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E91" s="15" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="J91" s="15">
         <v>200</v>
       </c>
       <c r="K91" s="15">
         <v>0.35207</v>
       </c>
       <c r="L91" s="15">
         <v>0.30512</v>
       </c>
       <c r="M91" s="15">
         <v>0.29339</v>
       </c>
       <c r="N91" s="15">
-        <v>713</v>
+        <v>614</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>295</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>296</v>
-      </c>
-[...4 lines deleted...]
-        <v>298</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>1000</v>
       </c>
       <c r="K92" s="15">
         <v>0.05496</v>
       </c>
       <c r="L92" s="15">
         <v>0.04763</v>
       </c>
       <c r="M92" s="15">
         <v>0.0458</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="D93" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="E93" s="15" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>2000</v>
       </c>
       <c r="K93" s="15">
         <v>0.03749</v>
       </c>
       <c r="L93" s="15">
         <v>0.03249</v>
       </c>
       <c r="M93" s="15">
         <v>0.03124</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="D94" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="E94" s="15" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>1500</v>
       </c>
       <c r="K94" s="15">
         <v>0.05964</v>
       </c>
       <c r="L94" s="15">
         <v>0.05169</v>
       </c>
       <c r="M94" s="15">
         <v>0.0497</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>303</v>
+      </c>
+      <c r="D95" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="E95" s="15" t="s">
         <v>305</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>0.08917</v>
       </c>
       <c r="L95" s="15">
         <v>0.07479</v>
       </c>
       <c r="M95" s="15">
         <v>0.07191</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="E96" s="15">
         <v>10080056804</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15"/>
       <c r="K96" s="15">
         <v>0.12512</v>
       </c>
       <c r="L96" s="15">
         <v>0.0726</v>
       </c>
       <c r="M96" s="15">
         <v>0.06542000000000001</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="E97" s="15">
         <v>10080054791</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>1000</v>
       </c>
       <c r="K97" s="15">
         <v>0.07281</v>
       </c>
       <c r="L97" s="15">
         <v>0.0631</v>
       </c>
       <c r="M97" s="15">
         <v>0.06068</v>
       </c>
       <c r="N97" s="15">
-        <v>1680</v>
+        <v>1780</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D98" s="15" t="s">
+        <v>311</v>
+      </c>
+      <c r="E98" s="15" t="s">
         <v>312</v>
-      </c>
-[...4 lines deleted...]
-        <v>314</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
         <v>0.07208000000000001</v>
       </c>
       <c r="L98" s="15">
         <v>0.06247</v>
       </c>
       <c r="M98" s="15">
         <v>0.06006</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>315</v>
-      </c>
-[...4 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
         <v>0.1287</v>
       </c>
       <c r="L99" s="15">
         <v>0.11154</v>
       </c>
       <c r="M99" s="15">
         <v>0.10725</v>
       </c>
       <c r="N99" s="15">
-        <v>2668</v>
+        <v>3347</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="E100" s="15">
         <v>10080067893</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
         <v>0.11648</v>
       </c>
       <c r="L100" s="15">
         <v>0.10095</v>
       </c>
       <c r="M100" s="15">
         <v>0.09705999999999999</v>
       </c>
       <c r="N100" s="15">
         <v>75</v>
       </c>
       <c r="O100" s="15">
-        <v>690</v>
+        <v>720</v>
       </c>
       <c r="P100" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="E101" s="15">
         <v>10080066543</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>500</v>
       </c>
       <c r="K101" s="15">
         <v>0.24443</v>
       </c>
       <c r="L101" s="15">
         <v>0.17684</v>
       </c>
       <c r="M101" s="15">
         <v>0.15432</v>
       </c>
       <c r="N101" s="15">
-        <v>90</v>
+        <v>81</v>
       </c>
       <c r="O101" s="15">
-        <v>1360</v>
+        <v>1220</v>
       </c>
       <c r="P101" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>320</v>
+      </c>
+      <c r="D102" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
         <v>0.17937</v>
       </c>
       <c r="L102" s="15">
         <v>0.15545</v>
       </c>
       <c r="M102" s="15">
         <v>0.14948</v>
       </c>
-      <c r="N102" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N102" s="15"/>
       <c r="O102" s="15">
-        <v>750</v>
+        <v>356</v>
       </c>
       <c r="P102" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>325</v>
+        <v>323</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>326</v>
+        <v>324</v>
       </c>
       <c r="E103" s="15">
         <v>10080038266</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
         <v>0.15363</v>
       </c>
       <c r="L103" s="15">
         <v>0.13315</v>
       </c>
       <c r="M103" s="15">
         <v>0.12803</v>
       </c>
       <c r="N103" s="15">
-        <v>3862</v>
+        <v>1768</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="E104" s="15">
         <v>10080056206</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
         <v>0.22941</v>
       </c>
       <c r="L104" s="15">
         <v>0.19882</v>
       </c>
       <c r="M104" s="15">
         <v>0.19118</v>
       </c>
       <c r="N104" s="15">
-        <v>1460</v>
+        <v>1700</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="E105" s="15">
         <v>10080064705</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
         <v>0.20906</v>
       </c>
       <c r="L105" s="15">
         <v>0.18118</v>
       </c>
       <c r="M105" s="15">
         <v>0.17421</v>
       </c>
       <c r="N105" s="15">
-        <v>9835</v>
+        <v>7649</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="E106" s="15">
         <v>10080046856</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>250</v>
       </c>
       <c r="K106" s="15">
         <v>0.62748</v>
       </c>
       <c r="L106" s="15">
         <v>0.54382</v>
       </c>
       <c r="M106" s="15">
         <v>0.5229</v>
       </c>
       <c r="N106" s="15">
-        <v>1129</v>
+        <v>1406</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D107" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="E107" s="15" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="J107" s="15">
         <v>500</v>
       </c>
       <c r="K107" s="15">
         <v>0.26322</v>
       </c>
       <c r="L107" s="15">
         <v>0.22812</v>
       </c>
       <c r="M107" s="15">
         <v>0.21935</v>
       </c>
-      <c r="N107" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="E108" s="15">
         <v>10080053149</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>250</v>
       </c>
       <c r="K108" s="15">
         <v>0.64842</v>
       </c>
       <c r="L108" s="15">
         <v>0.56196</v>
       </c>
       <c r="M108" s="15">
         <v>0.54035</v>
       </c>
       <c r="N108" s="15">
-        <v>1163</v>
+        <v>1297</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="E109" s="15">
         <v>10080049126</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>500</v>
       </c>
       <c r="K109" s="15">
         <v>0.56403</v>
       </c>
       <c r="L109" s="15">
         <v>0.48883</v>
       </c>
       <c r="M109" s="15">
         <v>0.47003</v>
       </c>
       <c r="N109" s="15">
-        <v>833</v>
+        <v>866</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="E110" s="15">
         <v>10080056207</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>1.04</v>
       </c>
       <c r="L110" s="15">
         <v>0.6919</v>
       </c>
       <c r="M110" s="15">
         <v>0.6279</v>
       </c>
       <c r="N110" s="15">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="E111" s="15">
         <v>10080046857</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>100</v>
       </c>
       <c r="K111" s="15">
         <v>0.95669</v>
       </c>
       <c r="L111" s="15">
         <v>0.82913</v>
       </c>
       <c r="M111" s="15">
         <v>0.7972399999999999</v>
       </c>
       <c r="N111" s="15">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="E112" s="15">
         <v>10080069814</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>1000</v>
       </c>
       <c r="K112" s="15">
         <v>0.34109</v>
       </c>
       <c r="L112" s="15">
         <v>0.28425</v>
       </c>
       <c r="M112" s="15">
         <v>0.27287</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>345</v>
+      </c>
+      <c r="D113" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="E113" s="15" t="s">
         <v>347</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>250</v>
       </c>
       <c r="K113" s="15">
         <v>0.80576</v>
       </c>
       <c r="L113" s="15">
         <v>0.77073</v>
       </c>
       <c r="M113" s="15">
         <v>0.73569</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>348</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>350</v>
-      </c>
-[...4 lines deleted...]
-        <v>352</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="J114" s="15">
         <v>1000</v>
       </c>
       <c r="K114" s="15">
         <v>0.05324</v>
       </c>
       <c r="L114" s="15">
         <v>0.04614</v>
       </c>
       <c r="M114" s="15">
         <v>0.04436</v>
       </c>
       <c r="N114" s="15">
-        <v>1530</v>
+        <v>340</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D115" s="15" t="s">
+        <v>353</v>
+      </c>
+      <c r="E115" s="15" t="s">
         <v>354</v>
-      </c>
-[...4 lines deleted...]
-        <v>356</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.05288</v>
       </c>
       <c r="L115" s="15">
         <v>0.04583</v>
       </c>
       <c r="M115" s="15">
         <v>0.04406</v>
       </c>
       <c r="N115" s="15">
-        <v>1456</v>
+        <v>1626</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="E116" s="15">
         <v>10080003161</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.05349</v>
       </c>
       <c r="L116" s="15">
         <v>0.04636</v>
       </c>
       <c r="M116" s="15">
         <v>0.04458</v>
       </c>
       <c r="N116" s="15">
-        <v>62290</v>
+        <v>72945</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="E117" s="15">
         <v>10080010560</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2500</v>
       </c>
       <c r="K117" s="15">
         <v>0.05985</v>
       </c>
       <c r="L117" s="15">
         <v>0.05187</v>
       </c>
       <c r="M117" s="15">
         <v>0.04988</v>
       </c>
       <c r="N117" s="15">
-        <v>7273</v>
+        <v>8668</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>361</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="J118" s="15">
         <v>1000</v>
       </c>
       <c r="K118" s="15">
         <v>0.05334</v>
       </c>
       <c r="L118" s="15">
         <v>0.04623</v>
       </c>
       <c r="M118" s="15">
         <v>0.04445</v>
       </c>
       <c r="N118" s="15">
-        <v>820</v>
+        <v>630</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="E119" s="15">
         <v>10080069665</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
         <v>0.04695</v>
       </c>
       <c r="L119" s="15">
         <v>0.04069</v>
       </c>
       <c r="M119" s="15">
         <v>0.03913</v>
       </c>
       <c r="N119" s="15">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="E120" s="15">
         <v>10080026651</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="J120" s="15">
         <v>1000</v>
       </c>
       <c r="K120" s="15">
         <v>0.04772</v>
       </c>
       <c r="L120" s="15">
         <v>0.04135</v>
       </c>
       <c r="M120" s="15">
         <v>0.03976</v>
       </c>
       <c r="N120" s="15">
-        <v>5350</v>
+        <v>6028</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>372</v>
-      </c>
-[...4 lines deleted...]
-        <v>374</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
         <v>0.0501</v>
       </c>
       <c r="L121" s="15">
         <v>0.04342</v>
       </c>
       <c r="M121" s="15">
         <v>0.04175</v>
       </c>
       <c r="N121" s="15">
-        <v>630</v>
+        <v>840</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="E122" s="15">
         <v>10080047947</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
         <v>0.0533</v>
       </c>
       <c r="L122" s="15">
         <v>0.04619</v>
       </c>
       <c r="M122" s="15">
         <v>0.04441</v>
       </c>
       <c r="N122" s="15">
-        <v>2708</v>
+        <v>1585</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="E123" s="15">
         <v>10080003165</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
         <v>0.066</v>
       </c>
       <c r="L123" s="15">
         <v>0.0572</v>
       </c>
       <c r="M123" s="15">
         <v>0.055</v>
       </c>
       <c r="N123" s="15">
-        <v>141574</v>
+        <v>172130</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D124" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="E124" s="15" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="J124" s="15">
         <v>1500</v>
       </c>
       <c r="K124" s="15">
         <v>0.06632</v>
       </c>
       <c r="L124" s="15">
         <v>0.05747</v>
       </c>
       <c r="M124" s="15">
         <v>0.05526</v>
       </c>
       <c r="N124" s="15">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="E125" s="15">
         <v>10080039269</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.07668</v>
       </c>
       <c r="L125" s="15">
         <v>0.06646000000000001</v>
       </c>
       <c r="M125" s="15">
         <v>0.0639</v>
       </c>
       <c r="N125" s="15">
-        <v>4095</v>
+        <v>4500</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="E126" s="15">
         <v>10080048233</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="J126" s="15">
         <v>1000</v>
       </c>
       <c r="K126" s="15">
         <v>0.0776</v>
       </c>
       <c r="L126" s="15">
         <v>0.06725</v>
       </c>
       <c r="M126" s="15">
         <v>0.06466</v>
       </c>
       <c r="N126" s="15">
-        <v>6080</v>
+        <v>5427</v>
       </c>
       <c r="O126" s="15">
-        <v>7600</v>
-[...3 lines deleted...]
-      </c>
+        <v>6700</v>
+      </c>
+      <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="D127" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="E127" s="15" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>392</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.07542</v>
       </c>
       <c r="L127" s="15">
         <v>0.06536</v>
       </c>
       <c r="M127" s="15">
         <v>0.06285</v>
       </c>
       <c r="N127" s="15">
-        <v>7787</v>
+        <v>6892</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="E128" s="15">
         <v>10080006096</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="J128" s="15">
         <v>1000</v>
       </c>
       <c r="K128" s="15">
         <v>0.07265000000000001</v>
       </c>
       <c r="L128" s="15">
         <v>0.06296</v>
       </c>
       <c r="M128" s="15">
         <v>0.06054</v>
       </c>
       <c r="N128" s="15">
-        <v>16371</v>
+        <v>16389</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>395</v>
+      </c>
+      <c r="D129" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="E129" s="15" t="s">
         <v>397</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
         <v>0.07199</v>
       </c>
       <c r="L129" s="15">
         <v>0.06239</v>
       </c>
       <c r="M129" s="15">
         <v>0.05999</v>
       </c>
       <c r="N129" s="15">
-        <v>6020</v>
+        <v>4340</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="E130" s="15">
         <v>10080040579</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.09568</v>
       </c>
       <c r="L130" s="15">
         <v>0.05521</v>
       </c>
       <c r="M130" s="15">
         <v>0.04969</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E131" s="15">
         <v>10080067215</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>1500</v>
       </c>
       <c r="K131" s="15">
         <v>0.09014</v>
       </c>
       <c r="L131" s="15">
         <v>0.06522</v>
       </c>
       <c r="M131" s="15">
         <v>0.0569</v>
       </c>
       <c r="N131" s="15">
-        <v>3934</v>
+        <v>3171</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="E132" s="15">
         <v>10080003162</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="J132" s="15">
         <v>1000</v>
       </c>
       <c r="K132" s="15">
         <v>0.0824</v>
       </c>
       <c r="L132" s="15">
         <v>0.07141</v>
       </c>
       <c r="M132" s="15">
         <v>0.06866</v>
       </c>
       <c r="N132" s="15">
-        <v>36859</v>
+        <v>35960</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>406</v>
+      </c>
+      <c r="D133" s="15" t="s">
+        <v>407</v>
+      </c>
+      <c r="E133" s="15" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>410</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
         <v>0.08351</v>
       </c>
       <c r="L133" s="15">
         <v>0.07237</v>
       </c>
       <c r="M133" s="15">
         <v>0.06959</v>
       </c>
       <c r="N133" s="15">
-        <v>700</v>
+        <v>670</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E134" s="15">
         <v>10080040580</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
         <v>0.0731</v>
       </c>
       <c r="L134" s="15">
         <v>0.06335</v>
       </c>
       <c r="M134" s="15">
         <v>0.06091</v>
       </c>
       <c r="N134" s="15">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="D135" s="15" t="s">
+        <v>413</v>
+      </c>
+      <c r="E135" s="15" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
         <v>0.09999</v>
       </c>
       <c r="L135" s="15">
         <v>0.08666</v>
       </c>
       <c r="M135" s="15">
         <v>0.08333</v>
       </c>
       <c r="N135" s="15">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E136" s="15">
         <v>10080050059</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
         <v>0.09987</v>
       </c>
       <c r="L136" s="15">
         <v>0.08655</v>
       </c>
       <c r="M136" s="15">
         <v>0.08323</v>
       </c>
       <c r="N136" s="15">
-        <v>3392</v>
+        <v>2746</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="E137" s="15">
         <v>10080031651</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
         <v>0.10677</v>
       </c>
       <c r="L137" s="15">
         <v>0.09253</v>
       </c>
       <c r="M137" s="15">
         <v>0.08898</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15">
-        <v>4690</v>
-[...3 lines deleted...]
-      </c>
+        <v>5180</v>
+      </c>
+      <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>422</v>
+      </c>
+      <c r="D138" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="E138" s="15" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="J138" s="15">
         <v>1000</v>
       </c>
       <c r="K138" s="15">
         <v>0.09891</v>
       </c>
       <c r="L138" s="15">
         <v>0.08572</v>
       </c>
       <c r="M138" s="15">
         <v>0.08243</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15">
-        <v>6600</v>
-[...3 lines deleted...]
-      </c>
+        <v>8600</v>
+      </c>
+      <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="E139" s="15">
         <v>10080035099</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
         <v>0.0975</v>
       </c>
       <c r="L139" s="15">
         <v>0.08450000000000001</v>
       </c>
       <c r="M139" s="15">
         <v>0.08125</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D140" s="15" t="s">
+        <v>430</v>
+      </c>
+      <c r="E140" s="15" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
         <v>0.08499</v>
       </c>
       <c r="L140" s="15">
         <v>0.08006000000000001</v>
       </c>
       <c r="M140" s="15">
         <v>0.07759000000000001</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="E141" s="15">
         <v>10080003163</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
         <v>0.10158</v>
       </c>
       <c r="L141" s="15">
         <v>0.08803999999999999</v>
       </c>
       <c r="M141" s="15">
         <v>0.08465</v>
       </c>
       <c r="N141" s="15">
-        <v>24755</v>
+        <v>7664</v>
       </c>
       <c r="O141" s="15">
-        <v>34000</v>
-[...3 lines deleted...]
-      </c>
+        <v>33600</v>
+      </c>
+      <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>435</v>
+      </c>
+      <c r="D142" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>437</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
         <v>0.10301</v>
       </c>
       <c r="L142" s="15">
         <v>0.08927</v>
       </c>
       <c r="M142" s="15">
         <v>0.08584</v>
       </c>
       <c r="N142" s="15">
-        <v>1740</v>
+        <v>1220</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="E143" s="15">
         <v>10080040581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.10422</v>
       </c>
       <c r="L143" s="15">
         <v>0.09032</v>
       </c>
       <c r="M143" s="15">
         <v>0.08685</v>
       </c>
       <c r="N143" s="15">
-        <v>5521</v>
+        <v>4614</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="D144" s="15" t="s">
+        <v>442</v>
+      </c>
+      <c r="E144" s="15" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I144" s="15" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.11304</v>
       </c>
       <c r="L144" s="15">
         <v>0.09797</v>
       </c>
       <c r="M144" s="15">
         <v>0.09420000000000001</v>
       </c>
       <c r="N144" s="15">
-        <v>574</v>
+        <v>449</v>
       </c>
       <c r="O144" s="15">
-        <v>2340</v>
-[...3 lines deleted...]
-      </c>
+        <v>1830</v>
+      </c>
+      <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="D145" s="15" t="s">
+        <v>446</v>
+      </c>
+      <c r="E145" s="15" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.11145</v>
       </c>
       <c r="L145" s="15">
         <v>0.09659</v>
       </c>
       <c r="M145" s="15">
         <v>0.09288</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15">
-        <v>1740</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="E146" s="15">
         <v>10080003164</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I146" s="15" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.13001</v>
       </c>
       <c r="L146" s="15">
         <v>0.11267</v>
       </c>
       <c r="M146" s="15">
         <v>0.10834</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15">
-        <v>25600</v>
-[...3 lines deleted...]
-      </c>
+        <v>27149</v>
+      </c>
+      <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>452</v>
+      </c>
+      <c r="D147" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="E147" s="15" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>456</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="J147" s="15">
         <v>500</v>
       </c>
       <c r="K147" s="15">
         <v>0.12251</v>
       </c>
       <c r="L147" s="15">
         <v>0.10617</v>
       </c>
       <c r="M147" s="15">
         <v>0.10209</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15">
-        <v>6300</v>
-[...3 lines deleted...]
-      </c>
+        <v>6100</v>
+      </c>
+      <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="E148" s="15">
         <v>10080040582</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
         <v>0.1236</v>
       </c>
       <c r="L148" s="15">
         <v>0.10712</v>
       </c>
       <c r="M148" s="15">
         <v>0.103</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D149" s="15" t="s">
+        <v>459</v>
+      </c>
+      <c r="E149" s="15" t="s">
         <v>460</v>
-      </c>
-[...4 lines deleted...]
-        <v>462</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>500</v>
       </c>
       <c r="K149" s="15">
         <v>0.12773</v>
       </c>
       <c r="L149" s="15">
         <v>0.1107</v>
       </c>
       <c r="M149" s="15">
         <v>0.10644</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>461</v>
+      </c>
+      <c r="D150" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="E150" s="15" t="s">
         <v>463</v>
-      </c>
-[...4 lines deleted...]
-        <v>465</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
         <v>0.17308</v>
       </c>
       <c r="L150" s="15">
         <v>0.12522</v>
       </c>
       <c r="M150" s="15">
         <v>0.10927</v>
       </c>
       <c r="N150" s="15">
-        <v>309</v>
+        <v>335</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="D151" s="15" t="s">
+        <v>465</v>
+      </c>
+      <c r="E151" s="15" t="s">
         <v>466</v>
-      </c>
-[...4 lines deleted...]
-        <v>468</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I151" s="15" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.1496</v>
       </c>
       <c r="L151" s="15">
         <v>0.12965</v>
       </c>
       <c r="M151" s="15">
         <v>0.12466</v>
       </c>
       <c r="N151" s="15">
-        <v>434</v>
+        <v>371</v>
       </c>
       <c r="O151" s="15">
-        <v>1520</v>
-[...3 lines deleted...]
-      </c>
+        <v>1300</v>
+      </c>
+      <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>468</v>
+      </c>
+      <c r="D152" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="E152" s="15" t="s">
         <v>470</v>
-      </c>
-[...4 lines deleted...]
-        <v>472</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="J152" s="15">
         <v>500</v>
       </c>
       <c r="K152" s="15">
         <v>0.13214</v>
       </c>
       <c r="L152" s="15">
         <v>0.11452</v>
       </c>
       <c r="M152" s="15">
         <v>0.11011</v>
       </c>
       <c r="N152" s="15">
         <v>70</v>
       </c>
       <c r="O152" s="15">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="E153" s="15">
         <v>10080003166</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
         <v>0.14402</v>
       </c>
       <c r="L153" s="15">
         <v>0.12481</v>
       </c>
       <c r="M153" s="15">
         <v>0.12001</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15">
-        <v>3800</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>475</v>
+      </c>
+      <c r="D154" s="15" t="s">
+        <v>476</v>
+      </c>
+      <c r="E154" s="15" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>479</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
         <v>0.13622</v>
       </c>
       <c r="L154" s="15">
         <v>0.11805</v>
       </c>
       <c r="M154" s="15">
         <v>0.11351</v>
       </c>
       <c r="N154" s="15">
-        <v>3900</v>
+        <v>3650</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="E155" s="15">
         <v>10080039172</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>500</v>
       </c>
       <c r="K155" s="15">
         <v>0.14093</v>
       </c>
       <c r="L155" s="15">
         <v>0.12214</v>
       </c>
       <c r="M155" s="15">
         <v>0.11744</v>
       </c>
       <c r="N155" s="15">
-        <v>8401</v>
+        <v>7935</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>484</v>
+        <v>482</v>
       </c>
       <c r="E156" s="15">
         <v>10080045772</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I156" s="15" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
         <v>0.19421</v>
       </c>
       <c r="L156" s="15">
         <v>0.16831</v>
       </c>
       <c r="M156" s="15">
         <v>0.16184</v>
       </c>
       <c r="N156" s="15">
-        <v>27580</v>
+        <v>24231</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>484</v>
+      </c>
+      <c r="D157" s="15" t="s">
+        <v>485</v>
+      </c>
+      <c r="E157" s="15" t="s">
         <v>486</v>
-      </c>
-[...4 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="J157" s="15">
         <v>500</v>
       </c>
       <c r="K157" s="15">
         <v>0.1959</v>
       </c>
       <c r="L157" s="15">
         <v>0.16978</v>
       </c>
       <c r="M157" s="15">
         <v>0.16325</v>
       </c>
       <c r="N157" s="15">
-        <v>720</v>
+        <v>600</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>488</v>
+      </c>
+      <c r="D158" s="15" t="s">
+        <v>489</v>
+      </c>
+      <c r="E158" s="15" t="s">
         <v>490</v>
-      </c>
-[...4 lines deleted...]
-        <v>492</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
         <v>0.1908</v>
       </c>
       <c r="L158" s="15">
         <v>0.16536</v>
       </c>
       <c r="M158" s="15">
         <v>0.159</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
-      <c r="P158" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="E159" s="15">
         <v>10080034287</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I159" s="15" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
         <v>0.21924</v>
       </c>
       <c r="L159" s="15">
         <v>0.19001</v>
       </c>
       <c r="M159" s="15">
         <v>0.1827</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15">
-        <v>2880</v>
-[...3 lines deleted...]
-      </c>
+        <v>1200</v>
+      </c>
+      <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>494</v>
+      </c>
+      <c r="D160" s="15" t="s">
+        <v>495</v>
+      </c>
+      <c r="E160" s="15" t="s">
         <v>496</v>
-      </c>
-[...4 lines deleted...]
-        <v>498</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
         <v>0.22292</v>
       </c>
       <c r="L160" s="15">
         <v>0.19319</v>
       </c>
       <c r="M160" s="15">
         <v>0.18576</v>
       </c>
-      <c r="N160" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E161" s="15">
         <v>10080051423</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
         <v>0.30204</v>
       </c>
       <c r="L161" s="15">
         <v>0.26177</v>
       </c>
       <c r="M161" s="15">
         <v>0.2517</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1460</v>
+      </c>
+      <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D162" s="15" t="s">
+        <v>502</v>
+      </c>
+      <c r="E162" s="15" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="J162" s="15">
         <v>250</v>
       </c>
       <c r="K162" s="15">
         <v>0.28058</v>
       </c>
       <c r="L162" s="15">
         <v>0.24317</v>
       </c>
       <c r="M162" s="15">
         <v>0.23381</v>
       </c>
       <c r="N162" s="15">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="E163" s="15">
         <v>10080019221</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I163" s="15" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="J163" s="15">
         <v>500</v>
       </c>
       <c r="K163" s="15">
         <v>0.29061</v>
       </c>
       <c r="L163" s="15">
         <v>0.25186</v>
       </c>
       <c r="M163" s="15">
         <v>0.24218</v>
       </c>
       <c r="N163" s="15">
-        <v>1621</v>
+        <v>1790</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>508</v>
+      </c>
+      <c r="D164" s="15" t="s">
+        <v>509</v>
+      </c>
+      <c r="E164" s="15" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>512</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="J164" s="15">
         <v>250</v>
       </c>
       <c r="K164" s="15">
         <v>0.29555</v>
       </c>
       <c r="L164" s="15">
         <v>0.25614</v>
       </c>
       <c r="M164" s="15">
         <v>0.24629</v>
       </c>
       <c r="N164" s="15">
-        <v>790</v>
+        <v>700</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="E165" s="15">
         <v>10080056877</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15"/>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
         <v>0.27798</v>
       </c>
       <c r="L165" s="15">
         <v>0.24092</v>
       </c>
       <c r="M165" s="15">
         <v>0.23165</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="E166" s="15">
         <v>10080047287</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I166" s="15" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="J166" s="15">
         <v>300</v>
       </c>
       <c r="K166" s="15">
         <v>0.38328</v>
       </c>
       <c r="L166" s="15">
         <v>0.33218</v>
       </c>
       <c r="M166" s="15">
         <v>0.3194</v>
       </c>
       <c r="N166" s="15"/>
       <c r="O166" s="15">
-        <v>1760</v>
-[...3 lines deleted...]
-      </c>
+        <v>1800</v>
+      </c>
+      <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
+        <v>517</v>
+      </c>
+      <c r="D167" s="15" t="s">
+        <v>518</v>
+      </c>
+      <c r="E167" s="15" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="J167" s="15">
         <v>250</v>
       </c>
       <c r="K167" s="15">
         <v>0.34845</v>
       </c>
       <c r="L167" s="15">
         <v>0.30199</v>
       </c>
       <c r="M167" s="15">
         <v>0.29038</v>
       </c>
       <c r="N167" s="15"/>
       <c r="O167" s="15">
-        <v>1440</v>
-[...3 lines deleted...]
-      </c>
+        <v>1320</v>
+      </c>
+      <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>521</v>
+      </c>
+      <c r="D168" s="15" t="s">
+        <v>522</v>
+      </c>
+      <c r="E168" s="15" t="s">
         <v>523</v>
-      </c>
-[...4 lines deleted...]
-        <v>525</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="I168" s="15"/>
       <c r="J168" s="15">
         <v>200</v>
       </c>
       <c r="K168" s="15">
         <v>0.85407</v>
       </c>
       <c r="L168" s="15">
         <v>0.71631</v>
       </c>
       <c r="M168" s="15">
         <v>0.68877</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
+        <v>524</v>
+      </c>
+      <c r="D169" s="15" t="s">
+        <v>525</v>
+      </c>
+      <c r="E169" s="15" t="s">
         <v>526</v>
-      </c>
-[...4 lines deleted...]
-        <v>528</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
         <v>1000</v>
       </c>
       <c r="K169" s="15">
         <v>0.04092</v>
       </c>
       <c r="L169" s="15">
         <v>0.03546</v>
       </c>
       <c r="M169" s="15">
         <v>0.0341</v>
       </c>
       <c r="N169" s="15">
-        <v>457</v>
+        <v>358</v>
       </c>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
+        <v>527</v>
+      </c>
+      <c r="D170" s="15" t="s">
+        <v>528</v>
+      </c>
+      <c r="E170" s="15" t="s">
         <v>529</v>
-      </c>
-[...4 lines deleted...]
-        <v>531</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
         <v>0.05544</v>
       </c>
       <c r="L170" s="15">
         <v>0.04805</v>
       </c>
       <c r="M170" s="15">
         <v>0.0462</v>
       </c>
-      <c r="N170" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
+        <v>530</v>
+      </c>
+      <c r="D171" s="15" t="s">
+        <v>531</v>
+      </c>
+      <c r="E171" s="15" t="s">
         <v>532</v>
-      </c>
-[...4 lines deleted...]
-        <v>534</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>1000</v>
       </c>
       <c r="K171" s="15">
         <v>0.0605</v>
       </c>
       <c r="L171" s="15">
         <v>0.05243</v>
       </c>
       <c r="M171" s="15">
         <v>0.05041</v>
       </c>
       <c r="N171" s="15"/>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="D172" s="15" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="E172" s="15">
         <v>10080055990</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
         <v>0.10628</v>
       </c>
       <c r="L172" s="15">
         <v>0.09211</v>
       </c>
       <c r="M172" s="15">
         <v>0.08856</v>
       </c>
       <c r="N172" s="15">
-        <v>740</v>
+        <v>423</v>
       </c>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
+        <v>535</v>
+      </c>
+      <c r="D173" s="15" t="s">
+        <v>536</v>
+      </c>
+      <c r="E173" s="15" t="s">
         <v>537</v>
-      </c>
-[...4 lines deleted...]
-        <v>539</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
         <v>3000</v>
       </c>
       <c r="K173" s="15">
         <v>0.05576</v>
       </c>
       <c r="L173" s="15">
         <v>0.04832</v>
       </c>
       <c r="M173" s="15">
         <v>0.04646</v>
       </c>
       <c r="N173" s="15">
-        <v>3100</v>
+        <v>4500</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D174" s="15" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="E174" s="15">
         <v>10080058977</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
         <v>1250</v>
       </c>
       <c r="K174" s="15">
         <v>0.06369</v>
       </c>
       <c r="L174" s="15">
         <v>0.0552</v>
       </c>
       <c r="M174" s="15">
         <v>0.05308</v>
       </c>
       <c r="N174" s="15">
-        <v>9748</v>
+        <v>9312</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
+        <v>540</v>
+      </c>
+      <c r="D175" s="15" t="s">
+        <v>541</v>
+      </c>
+      <c r="E175" s="15" t="s">
         <v>542</v>
-      </c>
-[...4 lines deleted...]
-        <v>544</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>1250</v>
       </c>
       <c r="K175" s="15">
         <v>0.06329</v>
       </c>
       <c r="L175" s="15">
         <v>0.05485</v>
       </c>
       <c r="M175" s="15">
         <v>0.05274</v>
       </c>
       <c r="N175" s="15">
-        <v>430</v>
+        <v>419</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D176" s="15" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="E176" s="15">
         <v>10080053584</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
         <v>1000</v>
       </c>
       <c r="K176" s="15">
         <v>0.11378</v>
       </c>
       <c r="L176" s="15">
         <v>0.09861</v>
       </c>
       <c r="M176" s="15">
         <v>0.09481000000000001</v>
       </c>
       <c r="N176" s="15">
-        <v>1306</v>
+        <v>1118</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="E177" s="15">
         <v>10080064706</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
         <v>500</v>
       </c>
       <c r="K177" s="15">
         <v>0.12762</v>
       </c>
       <c r="L177" s="15">
         <v>0.1106</v>
       </c>
       <c r="M177" s="15">
         <v>0.10635</v>
       </c>
       <c r="N177" s="15">
-        <v>640</v>
+        <v>617</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="E178" s="15">
         <v>10080057779</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I178" s="15" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="J178" s="15">
         <v>1000</v>
       </c>
       <c r="K178" s="15">
         <v>0.11442</v>
       </c>
       <c r="L178" s="15">
         <v>0.09916</v>
       </c>
       <c r="M178" s="15">
         <v>0.09535</v>
       </c>
       <c r="N178" s="15"/>
       <c r="O178" s="15">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>660</v>
+      </c>
+      <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="D179" s="15" t="s">
+        <v>548</v>
+      </c>
+      <c r="E179" s="15" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>552</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="J179" s="15">
         <v>500</v>
       </c>
       <c r="K179" s="15">
         <v>0.12128</v>
       </c>
       <c r="L179" s="15">
         <v>0.10511</v>
       </c>
       <c r="M179" s="15">
         <v>0.10106</v>
       </c>
       <c r="N179" s="15">
         <v>54</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D180" s="15" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="E180" s="15">
         <v>10080039270</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I180" s="15"/>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
         <v>0.12881</v>
       </c>
       <c r="L180" s="15">
         <v>0.11163</v>
       </c>
       <c r="M180" s="15">
         <v>0.10734</v>
       </c>
       <c r="N180" s="15">
-        <v>225</v>
+        <v>213</v>
       </c>
       <c r="O180" s="15">
-        <v>375</v>
+        <v>355</v>
       </c>
       <c r="P180" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="E181" s="15">
         <v>10080042870</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
         <v>1000</v>
       </c>
       <c r="K181" s="15">
         <v>0.13665</v>
       </c>
       <c r="L181" s="15">
         <v>0.11843</v>
       </c>
       <c r="M181" s="15">
         <v>0.11388</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
+        <v>555</v>
+      </c>
+      <c r="D182" s="15" t="s">
+        <v>556</v>
+      </c>
+      <c r="E182" s="15" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>559</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
         <v>500</v>
       </c>
       <c r="K182" s="15">
         <v>0.13365</v>
       </c>
       <c r="L182" s="15">
         <v>0.11583</v>
       </c>
       <c r="M182" s="15">
         <v>0.11138</v>
       </c>
       <c r="N182" s="15"/>
       <c r="O182" s="15">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="P182" s="15" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D183" s="15" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="E183" s="15">
         <v>10080064704</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
         <v>0.16004</v>
       </c>
       <c r="L183" s="15">
         <v>0.1387</v>
       </c>
       <c r="M183" s="15">
         <v>0.13336</v>
       </c>
       <c r="N183" s="15">
-        <v>2064</v>
+        <v>1488</v>
       </c>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="D184" s="15" t="s">
+        <v>561</v>
+      </c>
+      <c r="E184" s="15" t="s">
         <v>562</v>
-      </c>
-[...4 lines deleted...]
-        <v>564</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
         <v>0.29547</v>
       </c>
       <c r="L184" s="15">
         <v>0.21377</v>
       </c>
       <c r="M184" s="15">
         <v>0.18654</v>
       </c>
       <c r="N184" s="15"/>
       <c r="O184" s="15">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="D185" s="15" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="E185" s="15">
         <v>10080064708</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
       <c r="J185" s="15"/>
       <c r="K185" s="15">
         <v>0.50856</v>
       </c>
       <c r="L185" s="15">
         <v>0.29504</v>
       </c>
       <c r="M185" s="15">
         <v>0.26593</v>
       </c>
       <c r="N185" s="15"/>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
+        <v>565</v>
+      </c>
+      <c r="D186" s="15" t="s">
+        <v>566</v>
+      </c>
+      <c r="E186" s="15" t="s">
         <v>567</v>
-      </c>
-[...4 lines deleted...]
-        <v>569</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I186" s="15" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="J186" s="15">
         <v>250</v>
       </c>
       <c r="K186" s="15">
         <v>0.32538</v>
       </c>
       <c r="L186" s="15">
         <v>0.282</v>
       </c>
       <c r="M186" s="15">
         <v>0.27115</v>
       </c>
       <c r="N186" s="15">
-        <v>640</v>
+        <v>870</v>
       </c>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
-        <v>571</v>
+        <v>569</v>
       </c>
       <c r="D187" s="15" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="E187" s="15">
         <v>10080069763</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I187" s="15"/>
       <c r="J187" s="15"/>
       <c r="K187" s="15">
         <v>0.6294</v>
       </c>
       <c r="L187" s="15">
         <v>0.52449</v>
       </c>
       <c r="M187" s="15">
         <v>0.50352</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="E188" s="15">
         <v>10080003139</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I188" s="15" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="J188" s="15">
         <v>1000</v>
       </c>
       <c r="K188" s="15">
         <v>0.06137</v>
       </c>
       <c r="L188" s="15">
         <v>0.05318</v>
       </c>
       <c r="M188" s="15">
         <v>0.05114</v>
       </c>
       <c r="N188" s="15">
         <v>93</v>
       </c>
       <c r="O188" s="15">
-        <v>2160</v>
-[...3 lines deleted...]
-      </c>
+        <v>2490</v>
+      </c>
+      <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D189" s="15" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="E189" s="15">
         <v>10080003140</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I189" s="15" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="J189" s="15">
         <v>1000</v>
       </c>
       <c r="K189" s="15">
         <v>0.07256</v>
       </c>
       <c r="L189" s="15">
         <v>0.06288000000000001</v>
       </c>
       <c r="M189" s="15">
         <v>0.06046</v>
       </c>
       <c r="N189" s="15">
-        <v>2215</v>
+        <v>2409</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
+        <v>577</v>
+      </c>
+      <c r="D190" s="15" t="s">
+        <v>578</v>
+      </c>
+      <c r="E190" s="15" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="J190" s="15">
         <v>1000</v>
       </c>
       <c r="K190" s="15">
         <v>0.0731</v>
       </c>
       <c r="L190" s="15">
         <v>0.06335</v>
       </c>
       <c r="M190" s="15">
         <v>0.06091</v>
       </c>
       <c r="N190" s="15">
-        <v>603</v>
+        <v>612</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D191" s="15" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="E191" s="15">
         <v>10080003141</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I191" s="15" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="J191" s="15">
         <v>1000</v>
       </c>
       <c r="K191" s="15">
         <v>0.08348999999999999</v>
       </c>
       <c r="L191" s="15">
         <v>0.07235999999999999</v>
       </c>
       <c r="M191" s="15">
         <v>0.06958</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="D192" s="15" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="E192" s="15">
         <v>10080010561</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I192" s="15"/>
       <c r="J192" s="15">
         <v>1000</v>
       </c>
       <c r="K192" s="15">
         <v>0.1041</v>
       </c>
       <c r="L192" s="15">
         <v>0.1041</v>
       </c>
       <c r="M192" s="15">
         <v>0.1041</v>
       </c>
       <c r="N192" s="15">
-        <v>954</v>
+        <v>823</v>
       </c>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="E193" s="15">
         <v>10080003142</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I193" s="15" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="J193" s="15">
         <v>1000</v>
       </c>
       <c r="K193" s="15">
         <v>0.11378</v>
       </c>
       <c r="L193" s="15">
         <v>0.09861</v>
       </c>
       <c r="M193" s="15">
         <v>0.09481000000000001</v>
       </c>
       <c r="N193" s="15">
-        <v>2537</v>
+        <v>2603</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="D194" s="15" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="E194" s="15">
         <v>10080010562</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I194" s="15"/>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
         <v>0.10716</v>
       </c>
       <c r="L194" s="15">
         <v>0.10345</v>
       </c>
       <c r="M194" s="15">
         <v>0.09976</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
+        <v>591</v>
+      </c>
+      <c r="D195" s="15" t="s">
+        <v>592</v>
+      </c>
+      <c r="E195" s="15" t="s">
         <v>593</v>
-      </c>
-[...4 lines deleted...]
-        <v>595</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I195" s="15" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="J195" s="15">
         <v>1000</v>
       </c>
       <c r="K195" s="15">
         <v>0.11534</v>
       </c>
       <c r="L195" s="15">
         <v>0.09995999999999999</v>
       </c>
       <c r="M195" s="15">
         <v>0.09611</v>
       </c>
       <c r="N195" s="15">
-        <v>810</v>
+        <v>760</v>
       </c>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>595</v>
+      </c>
+      <c r="D196" s="15" t="s">
+        <v>596</v>
+      </c>
+      <c r="E196" s="15" t="s">
         <v>597</v>
-      </c>
-[...4 lines deleted...]
-        <v>599</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I196" s="15"/>
       <c r="J196" s="15">
         <v>1000</v>
       </c>
       <c r="K196" s="15">
         <v>0.1775</v>
       </c>
       <c r="L196" s="15">
         <v>0.11894</v>
       </c>
       <c r="M196" s="15">
         <v>0.10808</v>
       </c>
       <c r="N196" s="15">
         <v>1</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D197" s="15" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="E197" s="15">
         <v>10080003143</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I197" s="15" t="s">
-        <v>602</v>
+        <v>600</v>
       </c>
       <c r="J197" s="15">
         <v>1000</v>
       </c>
       <c r="K197" s="15">
         <v>0.14331</v>
       </c>
       <c r="L197" s="15">
         <v>0.1242</v>
       </c>
       <c r="M197" s="15">
         <v>0.11943</v>
       </c>
       <c r="N197" s="15">
-        <v>2489</v>
+        <v>2431</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="D198" s="15" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="E198" s="15">
         <v>10080063994</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I198" s="15"/>
       <c r="J198" s="15"/>
       <c r="K198" s="15">
         <v>0.22497</v>
       </c>
       <c r="L198" s="15">
         <v>0.1613</v>
       </c>
       <c r="M198" s="15">
         <v>0.14007</v>
       </c>
       <c r="N198" s="15">
-        <v>727</v>
+        <v>606</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="E199" s="15">
         <v>10080003144</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I199" s="15" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="J199" s="15">
         <v>500</v>
       </c>
       <c r="K199" s="15">
         <v>0.14523</v>
       </c>
       <c r="L199" s="15">
         <v>0.12587</v>
       </c>
       <c r="M199" s="15">
         <v>0.12103</v>
       </c>
       <c r="N199" s="15">
-        <v>548</v>
+        <v>414</v>
       </c>
       <c r="O199" s="15">
-        <v>3600</v>
-[...3 lines deleted...]
-      </c>
+        <v>2720</v>
+      </c>
+      <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="D200" s="15" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="E200" s="15">
         <v>10080047949</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I200" s="15"/>
       <c r="J200" s="15"/>
       <c r="K200" s="15">
         <v>0.2703</v>
       </c>
       <c r="L200" s="15">
         <v>0.15681</v>
       </c>
       <c r="M200" s="15">
         <v>0.14134</v>
       </c>
       <c r="N200" s="15"/>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="E201" s="15">
         <v>10080003134</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I201" s="15" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="J201" s="15">
         <v>1000</v>
       </c>
       <c r="K201" s="15">
         <v>0.04407</v>
       </c>
       <c r="L201" s="15">
         <v>0.03819</v>
       </c>
       <c r="M201" s="15">
         <v>0.03673</v>
       </c>
       <c r="N201" s="15">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
+        <v>611</v>
+      </c>
+      <c r="D202" s="15" t="s">
+        <v>612</v>
+      </c>
+      <c r="E202" s="15" t="s">
         <v>613</v>
-      </c>
-[...4 lines deleted...]
-        <v>615</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="J202" s="15">
         <v>1000</v>
       </c>
       <c r="K202" s="15">
         <v>0.05064</v>
       </c>
       <c r="L202" s="15">
         <v>0.04389</v>
       </c>
       <c r="M202" s="15">
         <v>0.0422</v>
       </c>
       <c r="N202" s="15">
-        <v>790</v>
+        <v>680</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
-        <v>617</v>
+        <v>615</v>
       </c>
       <c r="D203" s="15" t="s">
-        <v>618</v>
+        <v>616</v>
       </c>
       <c r="E203" s="15">
         <v>10080003135</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I203" s="15" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
         <v>0.05256</v>
       </c>
       <c r="L203" s="15">
         <v>0.04555</v>
       </c>
       <c r="M203" s="15">
         <v>0.0438</v>
       </c>
       <c r="N203" s="15">
-        <v>4105</v>
+        <v>6089</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
+        <v>618</v>
+      </c>
+      <c r="D204" s="15" t="s">
+        <v>619</v>
+      </c>
+      <c r="E204" s="15" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
         <v>0.05256</v>
       </c>
       <c r="L204" s="15">
         <v>0.04555</v>
       </c>
       <c r="M204" s="15">
         <v>0.0438</v>
       </c>
       <c r="N204" s="15">
-        <v>890</v>
+        <v>630</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="D205" s="15" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="E205" s="15">
         <v>10080003136</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I205" s="15" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
         <v>0.07893</v>
       </c>
       <c r="L205" s="15">
         <v>0.06841</v>
       </c>
       <c r="M205" s="15">
         <v>0.06578000000000001</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15">
-        <v>1240</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
+        <v>625</v>
+      </c>
+      <c r="D206" s="15" t="s">
+        <v>626</v>
+      </c>
+      <c r="E206" s="15" t="s">
         <v>627</v>
-      </c>
-[...4 lines deleted...]
-        <v>629</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
         <v>0.07265000000000001</v>
       </c>
       <c r="L206" s="15">
         <v>0.06296</v>
       </c>
       <c r="M206" s="15">
         <v>0.06054</v>
       </c>
       <c r="N206" s="15">
-        <v>616</v>
+        <v>592</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="D207" s="15" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="E207" s="15">
         <v>10080003137</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I207" s="15" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="J207" s="15">
         <v>1000</v>
       </c>
       <c r="K207" s="15">
         <v>0.09755</v>
       </c>
       <c r="L207" s="15">
         <v>0.08454</v>
       </c>
       <c r="M207" s="15">
         <v>0.08129</v>
       </c>
       <c r="N207" s="15"/>
       <c r="O207" s="15">
-        <v>1420</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
+        <v>632</v>
+      </c>
+      <c r="D208" s="15" t="s">
+        <v>633</v>
+      </c>
+      <c r="E208" s="15" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>636</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="J208" s="15">
         <v>1000</v>
       </c>
       <c r="K208" s="15">
         <v>0.09209000000000001</v>
       </c>
       <c r="L208" s="15">
         <v>0.07981000000000001</v>
       </c>
       <c r="M208" s="15">
         <v>0.07674</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15">
-        <v>640</v>
-[...3 lines deleted...]
-      </c>
+        <v>860</v>
+      </c>
+      <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>636</v>
+      </c>
+      <c r="D209" s="15" t="s">
+        <v>637</v>
+      </c>
+      <c r="E209" s="15" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="J209" s="15">
         <v>1000</v>
       </c>
       <c r="K209" s="15">
         <v>0.15918</v>
       </c>
       <c r="L209" s="15">
         <v>0.13796</v>
       </c>
       <c r="M209" s="15">
         <v>0.13265</v>
       </c>
       <c r="N209" s="15">
-        <v>729</v>
+        <v>576</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="D210" s="15" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="E210" s="15">
         <v>10000013004</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I210" s="15" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="J210" s="15">
         <v>1000</v>
       </c>
       <c r="K210" s="15">
         <v>0.13568</v>
       </c>
       <c r="L210" s="15">
         <v>0.11759</v>
       </c>
       <c r="M210" s="15">
         <v>0.11306</v>
       </c>
       <c r="N210" s="15">
         <v>35</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="D211" s="15" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="E211" s="15">
         <v>10080003138</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
         <v>74</v>
       </c>
       <c r="I211" s="15" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="J211" s="15">
         <v>500</v>
       </c>
       <c r="K211" s="15">
         <v>0.22186</v>
       </c>
       <c r="L211" s="15">
         <v>0.128</v>
       </c>
       <c r="M211" s="15">
         <v>0.1152</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
+        <v>646</v>
+      </c>
+      <c r="D212" s="15" t="s">
+        <v>647</v>
+      </c>
+      <c r="E212" s="15" t="s">
         <v>648</v>
-      </c>
-[...4 lines deleted...]
-        <v>650</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
         <v>0.12776</v>
       </c>
       <c r="L212" s="15">
         <v>0.11072</v>
       </c>
       <c r="M212" s="15">
         <v>0.10646</v>
       </c>
       <c r="N212" s="15">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="D213" s="15" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="E213" s="15">
         <v>10080047948</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I213" s="15"/>
       <c r="J213" s="15"/>
       <c r="K213" s="15">
         <v>0.24369</v>
       </c>
       <c r="L213" s="15">
         <v>0.2112</v>
       </c>
       <c r="M213" s="15">
         <v>0.20308</v>
       </c>
-      <c r="N213" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="E214" s="15">
         <v>10080063996</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I214" s="15" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="J214" s="15">
         <v>250</v>
       </c>
       <c r="K214" s="15">
         <v>0.41263</v>
       </c>
       <c r="L214" s="15">
         <v>0.29854</v>
       </c>
       <c r="M214" s="15">
         <v>0.26051</v>
       </c>
       <c r="N214" s="15"/>
       <c r="O214" s="15">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D215" s="15" t="s">
+        <v>653</v>
+      </c>
+      <c r="E215" s="15" t="s">
         <v>655</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="J215" s="15">
         <v>500</v>
       </c>
       <c r="K215" s="15">
         <v>0.4272</v>
       </c>
       <c r="L215" s="15">
         <v>0.30909</v>
       </c>
       <c r="M215" s="15">
         <v>0.26971</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>656</v>
+      </c>
+      <c r="D216" s="15" t="s">
+        <v>657</v>
+      </c>
+      <c r="E216" s="15" t="s">
         <v>658</v>
-      </c>
-[...4 lines deleted...]
-        <v>660</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>661</v>
+        <v>659</v>
       </c>
       <c r="J216" s="15"/>
       <c r="K216" s="15">
         <v>0.8385899999999999</v>
       </c>
       <c r="L216" s="15">
         <v>0.70334</v>
       </c>
       <c r="M216" s="15">
         <v>0.6762899999999999</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>660</v>
+      </c>
+      <c r="D217" s="15" t="s">
+        <v>661</v>
+      </c>
+      <c r="E217" s="15" t="s">
         <v>662</v>
-      </c>
-[...4 lines deleted...]
-        <v>664</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="I217" s="15"/>
       <c r="J217" s="15">
         <v>1000</v>
       </c>
       <c r="K217" s="15">
         <v>0.10281</v>
       </c>
       <c r="L217" s="15">
         <v>0.08623</v>
       </c>
       <c r="M217" s="15">
         <v>0.08291</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>664</v>
+      </c>
+      <c r="D218" s="15" t="s">
+        <v>665</v>
+      </c>
+      <c r="E218" s="15" t="s">
         <v>666</v>
-      </c>
-[...4 lines deleted...]
-        <v>668</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="I218" s="15" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="J218" s="15">
         <v>500</v>
       </c>
       <c r="K218" s="15">
         <v>0.21482</v>
       </c>
       <c r="L218" s="15">
         <v>0.18617</v>
       </c>
       <c r="M218" s="15">
         <v>0.17901</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
-      <c r="P218" s="15"/>
+      <c r="P218" s="15" t="s">
+        <v>668</v>
+      </c>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>669</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>670</v>
       </c>
-      <c r="D219" s="15" t="s">
+      <c r="E219" s="15" t="s">
         <v>671</v>
-      </c>
-[...1 lines deleted...]
-        <v>672</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="I219" s="15" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="J219" s="15">
         <v>1000</v>
       </c>
       <c r="K219" s="15">
         <v>0.09809</v>
       </c>
       <c r="L219" s="15">
         <v>0.08501</v>
       </c>
       <c r="M219" s="15">
         <v>0.08173999999999999</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
-      <c r="P219" s="15"/>
+      <c r="P219" s="15" t="s">
+        <v>668</v>
+      </c>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>673</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
       <c r="E220" s="15">
         <v>10080069189</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
       <c r="H220" s="15"/>
       <c r="I220" s="15"/>
       <c r="J220" s="15">
         <v>600</v>
       </c>
       <c r="K220" s="15">
         <v>0.32081</v>
       </c>
       <c r="L220" s="15">
         <v>0.26733</v>
       </c>
       <c r="M220" s="15">
         <v>0.25663</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
+        <v>675</v>
+      </c>
+      <c r="D221" s="15" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
       <c r="E221" s="15">
         <v>10080069190</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="I221" s="15"/>
       <c r="J221" s="15">
         <v>1600</v>
       </c>
       <c r="K221" s="15">
         <v>0.14066</v>
       </c>
       <c r="L221" s="15">
         <v>0.14066</v>
       </c>
       <c r="M221" s="15">
         <v>0.14066</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
       <c r="P221" s="15"/>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
       <c r="B222" s="14"/>
       <c r="C222" s="15"/>
       <c r="D222" s="15"/>
       <c r="E222" s="15"/>
@@ -11512,317 +11423,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>678</v>
+        <v>677</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>679</v>
+        <v>678</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>681</v>
-      </c>
-[...1 lines deleted...]
-        <v>682</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>684</v>
-      </c>
-[...1 lines deleted...]
-        <v>685</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>686</v>
+        <v>685</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>686</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>687</v>
-      </c>
-[...1 lines deleted...]
-        <v>688</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>690</v>
-      </c>
-[...1 lines deleted...]
-        <v>691</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>693</v>
-      </c>
-[...1 lines deleted...]
-        <v>694</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>694</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>699</v>
-      </c>
-[...1 lines deleted...]
-        <v>700</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>702</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>703</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>