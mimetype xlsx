--- v3 (2026-03-04)
+++ v4 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="704">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="715">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -148,65 +148,74 @@
   <si>
     <t>UT-00103467</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L11.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12.4 (h=11.0мм)</t>
   </si>
   <si>
     <t>UT-00099881</t>
   </si>
   <si>
     <t xml:space="preserve">9774110360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-12+1.4-R</t>
   </si>
   <si>
     <t>UT-00129439</t>
   </si>
   <si>
+    <t>L-KLS8-SMT-M3-13.4</t>
+  </si>
+  <si>
+    <t>стойка стальная луженая, M3, OD6.0*L12.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-13.4 (h=12.0мм)</t>
+  </si>
+  <si>
+    <t>UT-00156096</t>
+  </si>
+  <si>
+    <t>03.06.2026</t>
+  </si>
+  <si>
     <t>L-KLS8-SMT-M3-14.4</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L13.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-14.4 (h=13.0мм)</t>
   </si>
   <si>
     <t>UT-00099003</t>
   </si>
   <si>
     <t xml:space="preserve">9774130360R Wurth, </t>
   </si>
   <si>
-    <t>08.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>L-KLS8-SMT-M3-3.9</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L2.5мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-3.9 (h=2.5мм)</t>
   </si>
   <si>
     <t>UT-00099001</t>
   </si>
   <si>
     <t xml:space="preserve">9774025360R Wurth, </t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>стойка стальная луженая, M3, OD6.0*L5.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3-5+1.4-R</t>
   </si>
   <si>
     <t>UT-00119619</t>
   </si>
   <si>
     <t>L-KLS8-SMT-M3.0-10</t>
   </si>
   <si>
     <t>стойка стальная луженая M3.0, OD6.0*L10.0мм + ID4.2*T1.4мм, катушка / L-KLS8-SMT-M3.0-10</t>
@@ -292,51 +301,51 @@
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (H-L0600-1200-5-03-1N1W)</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L6-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L6-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 6 (L-KLS8-DBL-M3-E5.5-L6-A)</t>
   </si>
   <si>
     <t>UT-00149190</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0600-1200-5-03-1N1W CONNFLY, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCHSN- 6 (желтые) L-KLS8-DBL-M3-E5.0-L6</t>
   </si>
   <si>
-    <t>22.05.2026</t>
+    <t>26.04.2026</t>
   </si>
   <si>
     <t>H-L0700-1300-5-03-1N1W</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (H-L0700-1300-5-03-1N1W)</t>
   </si>
   <si>
     <t>UT-00095476</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-DBL-M3-E5.5-L7-A KLS, </t>
   </si>
   <si>
     <t>L-KLS8-DBL-M3-E5.5-L7-A</t>
   </si>
   <si>
     <t>стойка для платы, никелированная латунь / PCHSN- 7 (L-KLS8-DBL-M3-E5.5-L7-A)</t>
   </si>
   <si>
     <t>UT-00149191</t>
   </si>
   <si>
     <t xml:space="preserve">H-L0700-1300-5-03-1N1W CONNFLY, </t>
   </si>
@@ -1996,93 +2005,117 @@
   <si>
     <t>L-KLS8-PCSS-M3-E5.0-L45</t>
   </si>
   <si>
     <t>cтойка для платы, латунная, без покрытия / PCSS-45 (желтые) L-KLS8-PCSS-M3-E5.0-L45</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-PCSS-M3-E5.0-L45 KLS, </t>
   </si>
   <si>
     <t>UT-00134776</t>
   </si>
   <si>
     <t>R30-1001002</t>
   </si>
   <si>
     <t>стойка для платы / R30-1001002</t>
   </si>
   <si>
     <t>10-00061395</t>
   </si>
   <si>
     <t xml:space="preserve">H-L1000-0600-5-03-2N CONNFLY, L-KLS8-DBK-M3-E5.5-L10-A KLS, </t>
   </si>
   <si>
+    <t>SMTSO-M25-5ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">стойка стальная луженая, M2.5x0.45, OD5.56x5.00мм + ID4.09*T1.53мм, катушка / SMTSO-M25-5ET </t>
+  </si>
+  <si>
+    <t>UT-00156066</t>
+  </si>
+  <si>
+    <t>PEM</t>
+  </si>
+  <si>
+    <t>02.04.2026</t>
+  </si>
+  <si>
     <t>SMTSO2030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L3.0мм + ID3.6*T1.53мм, катушка / SMTSO2030CTJ</t>
   </si>
   <si>
     <t>UT-00149718</t>
   </si>
   <si>
     <t>SINHOO</t>
   </si>
   <si>
     <t>SMTSO2080CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M2, OD5.56*L8.0мм + ID3.6*T1.53мм, катушка / SMTSO2080CTJ</t>
   </si>
   <si>
     <t>UT-00142309</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M2-8.0+1.5-R KLS, </t>
   </si>
   <si>
-    <t>20.03.2026</t>
+    <t>12.04.2026</t>
   </si>
   <si>
     <t>SMTSO3030CTJ</t>
   </si>
   <si>
     <t>стойка латунная луженая, M3, OD5.56*L3.0мм + ID4.09*T1.53мм, катушка / SMTSO3030CTJ</t>
   </si>
   <si>
     <t>UT-00138282</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-SMTSOB-M3-3.0+1.5-R KLS, </t>
   </si>
   <si>
     <t>SMTSO3070MTJ</t>
   </si>
   <si>
     <t>Стойка SMTSO3070MTJ</t>
+  </si>
+  <si>
+    <t>SMTWE2050MTJ</t>
+  </si>
+  <si>
+    <t>стойка стальная луженая, M2.0x0.4, OD4.35x5.00мм + ID2.80*T1.40мм, катушка / SMTWE2050MTJ</t>
+  </si>
+  <si>
+    <t>UT-00156533</t>
   </si>
   <si>
     <t>ZIY01-001</t>
   </si>
   <si>
     <t>M2 D4.5xL3+1.53 mm, стойка для MINI PCIE / ZIY01-001</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
@@ -2634,51 +2667,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R222"/>
+  <dimension ref="A1:R225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2962,51 +2995,51 @@
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>800</v>
       </c>
       <c r="K11" s="15">
         <v>0.11268</v>
       </c>
       <c r="L11" s="15">
         <v>0.09766</v>
       </c>
       <c r="M11" s="15">
         <v>0.0939</v>
       </c>
       <c r="N11" s="15">
-        <v>1573</v>
+        <v>1275</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15" t="s">
@@ -3063,8347 +3096,8436 @@
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I14" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="15"/>
       <c r="J14" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K14" s="15">
-        <v>0.44837</v>
+        <v>0.37235</v>
       </c>
       <c r="L14" s="15">
-        <v>0.38858</v>
+        <v>0.3227</v>
       </c>
       <c r="M14" s="15">
-        <v>0.37364</v>
+        <v>0.31029</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="Q14" s="15">
-        <v>5000</v>
+        <v>3000</v>
       </c>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J15" s="15">
-        <v>950</v>
+        <v>250</v>
       </c>
       <c r="K15" s="15">
-        <v>0.19797</v>
+        <v>0.42231</v>
       </c>
       <c r="L15" s="15">
-        <v>0.17157</v>
+        <v>0.366</v>
       </c>
       <c r="M15" s="15">
-        <v>0.16498</v>
+        <v>0.35193</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
-      <c r="P15" s="15"/>
+      <c r="P15" s="15" t="s">
+        <v>47</v>
+      </c>
       <c r="Q15" s="15">
-        <v>4750</v>
+        <v>5000</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I16" s="15"/>
+      <c r="I16" s="15" t="s">
+        <v>55</v>
+      </c>
       <c r="J16" s="15">
-        <v>650</v>
+        <v>950</v>
       </c>
       <c r="K16" s="15">
-        <v>0.17057</v>
+        <v>0.19797</v>
       </c>
       <c r="L16" s="15">
-        <v>0.14782</v>
+        <v>0.17157</v>
       </c>
       <c r="M16" s="15">
-        <v>0.14214</v>
+        <v>0.16498</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
-        <v>10000</v>
+        <v>4750</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
-        <v>350</v>
+        <v>650</v>
       </c>
       <c r="K17" s="15">
-        <v>0.20392</v>
+        <v>0.17057</v>
       </c>
       <c r="L17" s="15">
-        <v>0.19465</v>
+        <v>0.14782</v>
       </c>
       <c r="M17" s="15">
-        <v>0.19465</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14214</v>
+      </c>
+      <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
-      <c r="Q17" s="15"/>
+      <c r="Q17" s="15">
+        <v>10000</v>
+      </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
-        <v>1000</v>
+        <v>350</v>
       </c>
       <c r="K18" s="15">
-        <v>0.31874</v>
+        <v>0.20392</v>
       </c>
       <c r="L18" s="15">
-        <v>0.27624</v>
+        <v>0.19465</v>
       </c>
       <c r="M18" s="15">
-        <v>0.26561</v>
+        <v>0.19465</v>
       </c>
       <c r="N18" s="15">
-        <v>780</v>
+        <v>7553</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
-        <v>700</v>
+        <v>1000</v>
       </c>
       <c r="K19" s="15">
-        <v>0.13742</v>
+        <v>0.31874</v>
       </c>
       <c r="L19" s="15">
-        <v>0.11526</v>
+        <v>0.27624</v>
       </c>
       <c r="M19" s="15">
-        <v>0.11083</v>
-[...1 lines deleted...]
-      <c r="N19" s="15"/>
+        <v>0.26561</v>
+      </c>
+      <c r="N19" s="15">
+        <v>610</v>
+      </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="E20" s="15">
-        <v>10080061740</v>
+      <c r="E20" s="15" t="s">
+        <v>67</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
-      <c r="J20" s="15"/>
+      <c r="J20" s="15">
+        <v>700</v>
+      </c>
       <c r="K20" s="15">
-        <v>0.1416</v>
+        <v>0.13742</v>
       </c>
       <c r="L20" s="15">
-        <v>0.08216</v>
+        <v>0.11526</v>
       </c>
       <c r="M20" s="15">
-        <v>0.07405</v>
+        <v>0.11083</v>
       </c>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="E21" s="15" t="s">
         <v>69</v>
+      </c>
+      <c r="E21" s="15">
+        <v>10080061740</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
-      <c r="J21" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J21" s="15"/>
       <c r="K21" s="15">
-        <v>0.1698</v>
+        <v>0.1416</v>
       </c>
       <c r="L21" s="15">
-        <v>0.14716</v>
+        <v>0.08216</v>
       </c>
       <c r="M21" s="15">
-        <v>0.1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07405</v>
+      </c>
+      <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="E22" s="15">
-        <v>10080066095</v>
+      <c r="E22" s="15" t="s">
+        <v>72</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K22" s="15">
-        <v>0.2987</v>
+        <v>0.1698</v>
       </c>
       <c r="L22" s="15">
-        <v>0.24892</v>
+        <v>0.14716</v>
       </c>
       <c r="M22" s="15">
-        <v>0.23895</v>
+        <v>0.1415</v>
       </c>
       <c r="N22" s="15">
-        <v>147</v>
+        <v>900</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E23" s="15">
-        <v>10080039233</v>
+        <v>10080066095</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.05858</v>
+        <v>0.2987</v>
       </c>
       <c r="L23" s="15">
-        <v>0.05077</v>
+        <v>0.24892</v>
       </c>
       <c r="M23" s="15">
-        <v>0.04881</v>
+        <v>0.23895</v>
       </c>
       <c r="N23" s="15">
-        <v>60128</v>
+        <v>190</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D24" s="15" t="s">
-[...3 lines deleted...]
-        <v>78</v>
+      <c r="E24" s="15">
+        <v>10080039233</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I24" s="15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J24" s="15">
         <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.06117</v>
+        <v>0.05858</v>
       </c>
       <c r="L24" s="15">
-        <v>0.05301</v>
+        <v>0.05077</v>
       </c>
       <c r="M24" s="15">
-        <v>0.05098</v>
+        <v>0.04881</v>
       </c>
       <c r="N24" s="15">
-        <v>6808</v>
+        <v>144</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I25" s="15"/>
+      <c r="I25" s="15" t="s">
+        <v>82</v>
+      </c>
       <c r="J25" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.05717</v>
+        <v>0.06117</v>
       </c>
       <c r="L25" s="15">
-        <v>0.04954</v>
+        <v>0.05301</v>
       </c>
       <c r="M25" s="15">
-        <v>0.04764</v>
+        <v>0.05098</v>
       </c>
       <c r="N25" s="15">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>5957</v>
+      </c>
+      <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>84</v>
       </c>
-      <c r="E26" s="15">
-        <v>10080003156</v>
+      <c r="E26" s="15" t="s">
+        <v>85</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I26" s="15"/>
       <c r="J26" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.06644</v>
+        <v>0.05717</v>
       </c>
       <c r="L26" s="15">
-        <v>0.05758</v>
+        <v>0.04954</v>
       </c>
       <c r="M26" s="15">
-        <v>0.05536</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.04764</v>
+      </c>
+      <c r="N26" s="15">
+        <v>1290</v>
+      </c>
+      <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>87</v>
       </c>
-      <c r="E27" s="15" t="s">
-        <v>88</v>
+      <c r="E27" s="15">
+        <v>10080003156</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.06096</v>
+        <v>0.06644</v>
       </c>
       <c r="L27" s="15">
-        <v>0.05283</v>
+        <v>0.05758</v>
       </c>
       <c r="M27" s="15">
-        <v>0.0508</v>
+        <v>0.05536</v>
       </c>
       <c r="N27" s="15">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>84530</v>
+      </c>
+      <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039171</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I28" s="15"/>
+      <c r="I28" s="15" t="s">
+        <v>92</v>
+      </c>
       <c r="J28" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.07743</v>
+        <v>0.06096</v>
       </c>
       <c r="L28" s="15">
-        <v>0.06711</v>
+        <v>0.05283</v>
       </c>
       <c r="M28" s="15">
-        <v>0.06453</v>
+        <v>0.0508</v>
       </c>
       <c r="N28" s="15">
-        <v>81</v>
-[...6 lines deleted...]
-      </c>
+        <v>4250</v>
+      </c>
+      <c r="O28" s="15"/>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>94</v>
       </c>
-      <c r="E29" s="15" t="s">
-        <v>95</v>
+      <c r="E29" s="15">
+        <v>10080039171</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I29" s="15"/>
       <c r="J29" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.07215000000000001</v>
+        <v>0.07548000000000001</v>
       </c>
       <c r="L29" s="15">
-        <v>0.06253</v>
+        <v>0.06542000000000001</v>
       </c>
       <c r="M29" s="15">
-        <v>0.06013</v>
+        <v>0.0629</v>
       </c>
       <c r="N29" s="15">
-        <v>22654</v>
-[...2 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>777</v>
+      </c>
+      <c r="O29" s="15">
+        <v>4250</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.07215000000000001</v>
       </c>
       <c r="L30" s="15">
-        <v>0.06271</v>
+        <v>0.06253</v>
       </c>
       <c r="M30" s="15">
-        <v>0.0603</v>
+        <v>0.06013</v>
       </c>
       <c r="N30" s="15">
-        <v>539</v>
+        <v>15269</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>101</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080032081</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>103</v>
       </c>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.08123</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="L31" s="15">
-        <v>0.0704</v>
+        <v>0.06271</v>
       </c>
       <c r="M31" s="15">
-        <v>0.06769</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0603</v>
+      </c>
+      <c r="N31" s="15">
+        <v>522</v>
+      </c>
+      <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="E32" s="15" t="s">
-        <v>106</v>
+      <c r="E32" s="15">
+        <v>10080032081</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I32" s="15" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="J32" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.07466</v>
+        <v>0.08123</v>
       </c>
       <c r="L32" s="15">
-        <v>0.06469999999999999</v>
+        <v>0.0704</v>
       </c>
       <c r="M32" s="15">
-        <v>0.06221</v>
+        <v>0.06769</v>
       </c>
       <c r="N32" s="15">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>35600</v>
+      </c>
+      <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>108</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040572</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I33" s="15"/>
+      <c r="I33" s="15" t="s">
+        <v>110</v>
+      </c>
       <c r="J33" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.12423</v>
+        <v>0.07466</v>
       </c>
       <c r="L33" s="15">
-        <v>0.08988</v>
+        <v>0.06469999999999999</v>
       </c>
       <c r="M33" s="15">
-        <v>0.07843</v>
-[...1 lines deleted...]
-      <c r="N33" s="15"/>
+        <v>0.06221</v>
+      </c>
+      <c r="N33" s="15">
+        <v>6370</v>
+      </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E34" s="15">
-        <v>10080003157</v>
+        <v>10080040572</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.08028</v>
+        <v>0.12423</v>
       </c>
       <c r="L34" s="15">
-        <v>0.06958</v>
+        <v>0.08988</v>
       </c>
       <c r="M34" s="15">
-        <v>0.0669</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.07843</v>
+      </c>
+      <c r="N34" s="15">
+        <v>206</v>
+      </c>
+      <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="E35" s="15" t="s">
-        <v>115</v>
+      <c r="E35" s="15">
+        <v>10080003157</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="J35" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.06569</v>
+        <v>0.08028</v>
       </c>
       <c r="L35" s="15">
-        <v>0.05693</v>
+        <v>0.06958</v>
       </c>
       <c r="M35" s="15">
-        <v>0.05474</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0669</v>
+      </c>
+      <c r="N35" s="15">
+        <v>123606</v>
+      </c>
+      <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040573</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>119</v>
       </c>
       <c r="J36" s="15">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="K36" s="15">
-        <v>0.10473</v>
+        <v>0.06569</v>
       </c>
       <c r="L36" s="15">
-        <v>0.09077</v>
+        <v>0.05693</v>
       </c>
       <c r="M36" s="15">
-        <v>0.08728</v>
-[...1 lines deleted...]
-      <c r="N36" s="15"/>
+        <v>0.05474</v>
+      </c>
+      <c r="N36" s="15">
+        <v>14200</v>
+      </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>120</v>
+        <v>121</v>
+      </c>
+      <c r="E37" s="15">
+        <v>10080040573</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="J37" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.11448</v>
+        <v>0.10473</v>
       </c>
       <c r="L37" s="15">
-        <v>0.09922</v>
+        <v>0.09077</v>
       </c>
       <c r="M37" s="15">
-        <v>0.0954</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.08728</v>
+      </c>
+      <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D38" s="15" t="s">
-[...3 lines deleted...]
-        <v>10080046881</v>
+      <c r="E38" s="15" t="s">
+        <v>123</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="J38" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K38" s="15">
-        <v>0.09228</v>
+        <v>0.11448</v>
       </c>
       <c r="L38" s="15">
-        <v>0.07998</v>
+        <v>0.09922</v>
       </c>
       <c r="M38" s="15">
-        <v>0.0769</v>
+        <v>0.0954</v>
       </c>
       <c r="N38" s="15">
-        <v>11286</v>
+        <v>1095</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="E39" s="15" t="s">
-        <v>126</v>
+      <c r="E39" s="15">
+        <v>10080046881</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.0936</v>
+        <v>0.09228</v>
       </c>
       <c r="L39" s="15">
-        <v>0.08112</v>
+        <v>0.07998</v>
       </c>
       <c r="M39" s="15">
-        <v>0.078</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.0769</v>
+      </c>
+      <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="D40" s="15" t="s">
+      <c r="E40" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080017980</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>130</v>
       </c>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.09986</v>
+        <v>0.0936</v>
       </c>
       <c r="L40" s="15">
-        <v>0.08654000000000001</v>
+        <v>0.08112</v>
       </c>
       <c r="M40" s="15">
-        <v>0.08321000000000001</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.078</v>
+      </c>
+      <c r="N40" s="15">
+        <v>296</v>
+      </c>
+      <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="E41" s="15" t="s">
-        <v>133</v>
+      <c r="E41" s="15">
+        <v>10080017980</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.0936</v>
+        <v>0.09986</v>
       </c>
       <c r="L41" s="15">
-        <v>0.08112</v>
+        <v>0.08654000000000001</v>
       </c>
       <c r="M41" s="15">
-        <v>0.078</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.08321000000000001</v>
+      </c>
+      <c r="N41" s="15">
+        <v>622</v>
+      </c>
+      <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040574</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I42" s="15"/>
+      <c r="I42" s="15" t="s">
+        <v>137</v>
+      </c>
       <c r="J42" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K42" s="15">
-        <v>0.09569999999999999</v>
+        <v>0.0936</v>
       </c>
       <c r="L42" s="15">
-        <v>0.08294</v>
+        <v>0.08112</v>
       </c>
       <c r="M42" s="15">
-        <v>0.07975</v>
+        <v>0.078</v>
       </c>
       <c r="N42" s="15">
-        <v>2940</v>
-[...6 lines deleted...]
-      </c>
+        <v>6700</v>
+      </c>
+      <c r="O42" s="15"/>
+      <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E43" s="15" t="s">
         <v>139</v>
+      </c>
+      <c r="E43" s="15">
+        <v>10080040574</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K43" s="15">
-        <v>0.1035</v>
+        <v>0.10245</v>
       </c>
       <c r="L43" s="15">
-        <v>0.0897</v>
+        <v>0.08878999999999999</v>
       </c>
       <c r="M43" s="15">
-        <v>0.08624999999999999</v>
-[...1 lines deleted...]
-      <c r="N43" s="15"/>
+        <v>0.08538</v>
+      </c>
+      <c r="N43" s="15">
+        <v>2226</v>
+      </c>
       <c r="O43" s="15">
-        <v>810</v>
-[...1 lines deleted...]
-      <c r="P43" s="15"/>
+        <v>5880</v>
+      </c>
+      <c r="P43" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="E44" s="15">
-        <v>10080066536</v>
+      <c r="E44" s="15" t="s">
+        <v>142</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.1509</v>
+        <v>0.1035</v>
       </c>
       <c r="L44" s="15">
-        <v>0.12575</v>
+        <v>0.0897</v>
       </c>
       <c r="M44" s="15">
-        <v>0.12072</v>
-[...1 lines deleted...]
-      <c r="N44" s="15"/>
+        <v>0.08624999999999999</v>
+      </c>
+      <c r="N44" s="15">
+        <v>549</v>
+      </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E45" s="15">
-        <v>10080071700</v>
+        <v>10080066536</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.09608</v>
+        <v>0.1509</v>
       </c>
       <c r="L45" s="15">
-        <v>0.08327</v>
+        <v>0.12575</v>
       </c>
       <c r="M45" s="15">
-        <v>0.08006000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.12072</v>
+      </c>
+      <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="E46" s="15" t="s">
-        <v>147</v>
+      <c r="E46" s="15">
+        <v>10080071700</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.0968</v>
+        <v>0.09608</v>
       </c>
       <c r="L46" s="15">
-        <v>0.08389000000000001</v>
+        <v>0.08327</v>
       </c>
       <c r="M46" s="15">
-        <v>0.08066</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="N46" s="15">
-        <v>405</v>
+        <v>6650</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003158</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
-        <v>0.09648</v>
+        <v>0.0968</v>
       </c>
       <c r="L47" s="15">
-        <v>0.08362</v>
+        <v>0.08389000000000001</v>
       </c>
       <c r="M47" s="15">
-        <v>0.0804</v>
+        <v>0.08066</v>
       </c>
       <c r="N47" s="15">
-        <v>59984</v>
+        <v>330</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="E48" s="15" t="s">
-        <v>154</v>
+      <c r="E48" s="15">
+        <v>10080003158</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I48" s="15" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
-        <v>0.09776</v>
+        <v>0.09648</v>
       </c>
       <c r="L48" s="15">
-        <v>0.08472</v>
+        <v>0.08362</v>
       </c>
       <c r="M48" s="15">
-        <v>0.08146</v>
+        <v>0.0804</v>
       </c>
       <c r="N48" s="15">
-        <v>6762</v>
+        <v>54551</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080016343</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I49" s="15"/>
+      <c r="I49" s="15" t="s">
+        <v>158</v>
+      </c>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
-        <v>0.1334</v>
+        <v>0.09776</v>
       </c>
       <c r="L49" s="15">
-        <v>0.11561</v>
+        <v>0.08472</v>
       </c>
       <c r="M49" s="15">
-        <v>0.11116</v>
+        <v>0.08146</v>
       </c>
       <c r="N49" s="15">
-        <v>9672</v>
+        <v>8624</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="E50" s="15" t="s">
         <v>160</v>
+      </c>
+      <c r="E50" s="15">
+        <v>10080016343</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I50" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.12648</v>
+        <v>0.1334</v>
       </c>
       <c r="L50" s="15">
-        <v>0.10962</v>
+        <v>0.11561</v>
       </c>
       <c r="M50" s="15">
-        <v>0.1054</v>
+        <v>0.11116</v>
       </c>
       <c r="N50" s="15">
-        <v>337</v>
+        <v>10788</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
-        <v>0.12707</v>
+        <v>0.12648</v>
       </c>
       <c r="L51" s="15">
-        <v>0.11012</v>
+        <v>0.10962</v>
       </c>
       <c r="M51" s="15">
-        <v>0.10589</v>
+        <v>0.1054</v>
       </c>
       <c r="N51" s="15">
-        <v>662</v>
+        <v>181</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012445</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>168</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
-        <v>0.11549</v>
+        <v>0.12707</v>
       </c>
       <c r="L52" s="15">
-        <v>0.10009</v>
+        <v>0.11012</v>
       </c>
       <c r="M52" s="15">
-        <v>0.09624000000000001</v>
+        <v>0.10589</v>
       </c>
       <c r="N52" s="15">
-        <v>4366</v>
+        <v>606</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="E53" s="15" t="s">
-        <v>171</v>
+      <c r="E53" s="15">
+        <v>10080012445</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
-        <v>0.11591</v>
+        <v>0.11549</v>
       </c>
       <c r="L53" s="15">
-        <v>0.10045</v>
+        <v>0.10009</v>
       </c>
       <c r="M53" s="15">
-        <v>0.09659</v>
+        <v>0.09624000000000001</v>
       </c>
       <c r="N53" s="15">
-        <v>3650</v>
+        <v>4419</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080047946</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I54" s="15"/>
+      <c r="I54" s="15" t="s">
+        <v>175</v>
+      </c>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
-        <v>0.13235</v>
+        <v>0.11591</v>
       </c>
       <c r="L54" s="15">
-        <v>0.1147</v>
+        <v>0.10045</v>
       </c>
       <c r="M54" s="15">
-        <v>0.11029</v>
+        <v>0.09659</v>
       </c>
       <c r="N54" s="15">
-        <v>2416</v>
+        <v>4200</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E55" s="15">
-        <v>10080046603</v>
+        <v>10080047946</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
-        <v>0.12711</v>
+        <v>0.13235</v>
       </c>
       <c r="L55" s="15">
-        <v>0.11016</v>
+        <v>0.1147</v>
       </c>
       <c r="M55" s="15">
-        <v>0.10593</v>
+        <v>0.11029</v>
       </c>
       <c r="N55" s="15">
-        <v>7162</v>
+        <v>2661</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="E56" s="15" t="s">
-        <v>180</v>
+      <c r="E56" s="15">
+        <v>10080046603</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.12914</v>
+        <v>0.12711</v>
       </c>
       <c r="L56" s="15">
-        <v>0.11192</v>
+        <v>0.11016</v>
       </c>
       <c r="M56" s="15">
-        <v>0.10761</v>
+        <v>0.10593</v>
       </c>
       <c r="N56" s="15">
-        <v>4250</v>
+        <v>495</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003159</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
-        <v>0.11366</v>
+        <v>0.12914</v>
       </c>
       <c r="L57" s="15">
-        <v>0.0985</v>
+        <v>0.11192</v>
       </c>
       <c r="M57" s="15">
-        <v>0.09471</v>
+        <v>0.10761</v>
       </c>
       <c r="N57" s="15">
-        <v>2053</v>
-[...3 lines deleted...]
-      </c>
+        <v>3850</v>
+      </c>
+      <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E58" s="15">
-        <v>10000006841</v>
+        <v>10080003159</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>187</v>
       </c>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
-        <v>0.19453</v>
+        <v>0.11366</v>
       </c>
       <c r="L58" s="15">
-        <v>0.11285</v>
+        <v>0.0985</v>
       </c>
       <c r="M58" s="15">
-        <v>0.10172</v>
+        <v>0.09471</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="E59" s="15" t="s">
-        <v>190</v>
+      <c r="E59" s="15">
+        <v>10000006841</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I59" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I59" s="15" t="s">
+        <v>190</v>
+      </c>
       <c r="J59" s="15">
         <v>1000</v>
       </c>
       <c r="K59" s="15">
-        <v>0.08831</v>
+        <v>0.19453</v>
       </c>
       <c r="L59" s="15">
-        <v>0.07653</v>
+        <v>0.11285</v>
       </c>
       <c r="M59" s="15">
-        <v>0.07359</v>
+        <v>0.10172</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D60" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E60" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I60" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
-        <v>0.116</v>
+        <v>0.08831</v>
       </c>
       <c r="L60" s="15">
-        <v>0.10053</v>
+        <v>0.07653</v>
       </c>
       <c r="M60" s="15">
-        <v>0.09666</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07359</v>
+      </c>
+      <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>195</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080016342</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I61" s="15"/>
+      <c r="I61" s="15" t="s">
+        <v>197</v>
+      </c>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.1484</v>
+        <v>0.116</v>
       </c>
       <c r="L61" s="15">
-        <v>0.12861</v>
+        <v>0.10053</v>
       </c>
       <c r="M61" s="15">
-        <v>0.12366</v>
+        <v>0.09666</v>
       </c>
       <c r="N61" s="15">
-        <v>2271</v>
-[...6 lines deleted...]
-      </c>
+        <v>2920</v>
+      </c>
+      <c r="O61" s="15"/>
+      <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E62" s="15">
-        <v>10080054557</v>
+        <v>10080016342</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.17082</v>
+        <v>0.14996</v>
       </c>
       <c r="L62" s="15">
-        <v>0.14804</v>
+        <v>0.12996</v>
       </c>
       <c r="M62" s="15">
-        <v>0.14235</v>
-[...3 lines deleted...]
-      <c r="P62" s="15"/>
+        <v>0.12496</v>
+      </c>
+      <c r="N62" s="15">
+        <v>2649</v>
+      </c>
+      <c r="O62" s="15">
+        <v>3500</v>
+      </c>
+      <c r="P62" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="E63" s="15" t="s">
         <v>201</v>
+      </c>
+      <c r="E63" s="15">
+        <v>10080054557</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I63" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.14387</v>
+        <v>0.17082</v>
       </c>
       <c r="L63" s="15">
-        <v>0.12468</v>
+        <v>0.14804</v>
       </c>
       <c r="M63" s="15">
-        <v>0.11989</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14235</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
-        <v>0.14183</v>
+        <v>0.14387</v>
       </c>
       <c r="L64" s="15">
-        <v>0.12292</v>
+        <v>0.12468</v>
       </c>
       <c r="M64" s="15">
-        <v>0.11819</v>
+        <v>0.11989</v>
       </c>
       <c r="N64" s="15">
-        <v>963</v>
-[...3 lines deleted...]
-      </c>
+        <v>720</v>
+      </c>
+      <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="J65" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.13914</v>
+        <v>0.14183</v>
       </c>
       <c r="L65" s="15">
-        <v>0.12059</v>
+        <v>0.12292</v>
       </c>
       <c r="M65" s="15">
-        <v>0.11595</v>
+        <v>0.11819</v>
       </c>
       <c r="N65" s="15">
-        <v>549</v>
+        <v>2258</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J66" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K66" s="15">
-        <v>0.13691</v>
+        <v>0.13914</v>
       </c>
       <c r="L66" s="15">
-        <v>0.11865</v>
+        <v>0.12059</v>
       </c>
       <c r="M66" s="15">
-        <v>0.11409</v>
+        <v>0.11595</v>
       </c>
       <c r="N66" s="15">
-        <v>1012</v>
+        <v>549</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003160</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.13766</v>
+        <v>0.13691</v>
       </c>
       <c r="L67" s="15">
-        <v>0.1193</v>
+        <v>0.11865</v>
       </c>
       <c r="M67" s="15">
-        <v>0.11471</v>
+        <v>0.11409</v>
       </c>
       <c r="N67" s="15">
-        <v>9289</v>
+        <v>1012</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="E68" s="15" t="s">
-        <v>220</v>
+      <c r="E68" s="15">
+        <v>10080003160</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="J68" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.13991</v>
+        <v>0.13766</v>
       </c>
       <c r="L68" s="15">
-        <v>0.12125</v>
+        <v>0.1193</v>
       </c>
       <c r="M68" s="15">
-        <v>0.11659</v>
+        <v>0.11471</v>
       </c>
       <c r="N68" s="15">
-        <v>670</v>
+        <v>6812</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>222</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="I69" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I69" s="15" t="s">
+        <v>224</v>
+      </c>
       <c r="J69" s="15">
-        <v>50</v>
+        <v>500</v>
       </c>
       <c r="K69" s="15">
-        <v>2.37</v>
+        <v>0.13991</v>
       </c>
       <c r="L69" s="15">
-        <v>1.99</v>
+        <v>0.12125</v>
       </c>
       <c r="M69" s="15">
-        <v>1.91</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.11659</v>
+      </c>
+      <c r="N69" s="15">
+        <v>760</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>226</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080010559</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
-        <v>30</v>
+        <v>228</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
-        <v>1000</v>
+        <v>50</v>
       </c>
       <c r="K70" s="15">
-        <v>0.19778</v>
+        <v>2.37</v>
       </c>
       <c r="L70" s="15">
-        <v>0.17141</v>
+        <v>1.99</v>
       </c>
       <c r="M70" s="15">
-        <v>0.16481</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.91</v>
+      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="E71" s="15" t="s">
         <v>230</v>
+      </c>
+      <c r="E71" s="15">
+        <v>10080010559</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I71" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.15941</v>
+        <v>0.19778</v>
       </c>
       <c r="L71" s="15">
-        <v>0.13815</v>
+        <v>0.17141</v>
       </c>
       <c r="M71" s="15">
-        <v>0.13284</v>
+        <v>0.16481</v>
       </c>
       <c r="N71" s="15">
-        <v>2508</v>
+        <v>4193</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080032318</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J72" s="15">
         <v>500</v>
       </c>
       <c r="K72" s="15">
-        <v>0.16049</v>
+        <v>0.15941</v>
       </c>
       <c r="L72" s="15">
-        <v>0.13909</v>
+        <v>0.13815</v>
       </c>
       <c r="M72" s="15">
-        <v>0.13374</v>
+        <v>0.13284</v>
       </c>
       <c r="N72" s="15">
-        <v>7923</v>
+        <v>2183</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="E73" s="15" t="s">
-        <v>237</v>
+      <c r="E73" s="15">
+        <v>10080032318</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I73" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I73" s="15" t="s">
+        <v>237</v>
+      </c>
       <c r="J73" s="15">
         <v>500</v>
       </c>
       <c r="K73" s="15">
-        <v>0.17189</v>
+        <v>0.16049</v>
       </c>
       <c r="L73" s="15">
-        <v>0.14897</v>
+        <v>0.13909</v>
       </c>
       <c r="M73" s="15">
-        <v>0.14324</v>
+        <v>0.13374</v>
       </c>
       <c r="N73" s="15">
-        <v>415</v>
+        <v>8631</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="E74" s="15">
-        <v>10080003155</v>
+      <c r="E74" s="15" t="s">
+        <v>240</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>500</v>
       </c>
       <c r="K74" s="15">
-        <v>0.1718</v>
+        <v>0.17189</v>
       </c>
       <c r="L74" s="15">
-        <v>0.14889</v>
+        <v>0.14897</v>
       </c>
       <c r="M74" s="15">
-        <v>0.14316</v>
+        <v>0.14324</v>
       </c>
       <c r="N74" s="15">
-        <v>2995</v>
+        <v>320</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="E75" s="15" t="s">
-        <v>243</v>
+      <c r="E75" s="15">
+        <v>10080003155</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J75" s="15">
         <v>500</v>
       </c>
       <c r="K75" s="15">
-        <v>0.1757</v>
+        <v>0.1718</v>
       </c>
       <c r="L75" s="15">
-        <v>0.15227</v>
+        <v>0.14889</v>
       </c>
       <c r="M75" s="15">
-        <v>0.14641</v>
+        <v>0.14316</v>
       </c>
       <c r="N75" s="15">
-        <v>2363</v>
+        <v>798</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039268</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>247</v>
       </c>
       <c r="J76" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K76" s="15">
-        <v>0.19682</v>
+        <v>0.1757</v>
       </c>
       <c r="L76" s="15">
-        <v>0.17057</v>
+        <v>0.15227</v>
       </c>
       <c r="M76" s="15">
-        <v>0.16401</v>
+        <v>0.14641</v>
       </c>
       <c r="N76" s="15">
-        <v>294</v>
+        <v>2213</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>249</v>
+      </c>
+      <c r="E77" s="15">
+        <v>10080039268</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="J77" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.20204</v>
+        <v>0.19682</v>
       </c>
       <c r="L77" s="15">
-        <v>0.1751</v>
+        <v>0.17057</v>
       </c>
       <c r="M77" s="15">
-        <v>0.16836</v>
+        <v>0.16401</v>
       </c>
       <c r="N77" s="15">
-        <v>488</v>
+        <v>273</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="E78" s="15" t="s">
         <v>251</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I78" s="15"/>
+      <c r="I78" s="15" t="s">
+        <v>250</v>
+      </c>
       <c r="J78" s="15">
         <v>500</v>
       </c>
       <c r="K78" s="15">
-        <v>0.16377</v>
+        <v>0.20204</v>
       </c>
       <c r="L78" s="15">
-        <v>0.14193</v>
+        <v>0.1751</v>
       </c>
       <c r="M78" s="15">
-        <v>0.13648</v>
+        <v>0.16836</v>
       </c>
       <c r="N78" s="15">
-        <v>5388</v>
+        <v>189</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="E79" s="15">
-        <v>10080049399</v>
+      <c r="E79" s="15" t="s">
+        <v>254</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>500</v>
       </c>
       <c r="K79" s="15">
-        <v>0.2183</v>
+        <v>0.16377</v>
       </c>
       <c r="L79" s="15">
-        <v>0.18919</v>
+        <v>0.14193</v>
       </c>
       <c r="M79" s="15">
-        <v>0.18191</v>
+        <v>0.13648</v>
       </c>
       <c r="N79" s="15">
-        <v>1317</v>
+        <v>5837</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>255</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>256</v>
       </c>
-      <c r="E80" s="15" t="s">
-        <v>257</v>
+      <c r="E80" s="15">
+        <v>10080049399</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I80" s="15" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="J80" s="15">
         <v>500</v>
       </c>
       <c r="K80" s="15">
-        <v>0.22049</v>
+        <v>0.2183</v>
       </c>
       <c r="L80" s="15">
-        <v>0.19109</v>
+        <v>0.18919</v>
       </c>
       <c r="M80" s="15">
-        <v>0.18374</v>
+        <v>0.18191</v>
       </c>
       <c r="N80" s="15">
-        <v>703</v>
+        <v>1392</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>259</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080012536</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I81" s="15" t="s">
         <v>261</v>
       </c>
       <c r="J81" s="15">
         <v>500</v>
       </c>
       <c r="K81" s="15">
-        <v>0.21942</v>
+        <v>0.22049</v>
       </c>
       <c r="L81" s="15">
-        <v>0.19016</v>
+        <v>0.19109</v>
       </c>
       <c r="M81" s="15">
-        <v>0.18285</v>
+        <v>0.18374</v>
       </c>
       <c r="N81" s="15">
-        <v>1700</v>
+        <v>891</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>263</v>
       </c>
-      <c r="E82" s="15" t="s">
-        <v>264</v>
+      <c r="E82" s="15">
+        <v>10080012536</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="J82" s="15">
         <v>500</v>
       </c>
       <c r="K82" s="15">
-        <v>0.22296</v>
+        <v>0.21942</v>
       </c>
       <c r="L82" s="15">
-        <v>0.19323</v>
+        <v>0.19016</v>
       </c>
       <c r="M82" s="15">
-        <v>0.1858</v>
+        <v>0.18285</v>
       </c>
       <c r="N82" s="15">
-        <v>664</v>
+        <v>1417</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>266</v>
       </c>
-      <c r="D83" s="15" t="s">
+      <c r="E83" s="15" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040578</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I83" s="15"/>
+      <c r="I83" s="15" t="s">
+        <v>268</v>
+      </c>
       <c r="J83" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K83" s="15">
-        <v>0.21936</v>
+        <v>0.22296</v>
       </c>
       <c r="L83" s="15">
-        <v>0.19011</v>
+        <v>0.19323</v>
       </c>
       <c r="M83" s="15">
-        <v>0.1828</v>
+        <v>0.1858</v>
       </c>
       <c r="N83" s="15">
-        <v>3981</v>
+        <v>852</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E84" s="15">
-        <v>10080040559</v>
+        <v>10080040578</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K84" s="15">
-        <v>0.26628</v>
+        <v>0.21936</v>
       </c>
       <c r="L84" s="15">
-        <v>0.23078</v>
+        <v>0.19011</v>
       </c>
       <c r="M84" s="15">
-        <v>0.2219</v>
+        <v>0.1828</v>
       </c>
       <c r="N84" s="15">
-        <v>1595</v>
+        <v>3413</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>271</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>272</v>
       </c>
-      <c r="E85" s="15" t="s">
-        <v>273</v>
+      <c r="E85" s="15">
+        <v>10080040559</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="J85" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K85" s="15">
-        <v>0.27009</v>
+        <v>0.26628</v>
       </c>
       <c r="L85" s="15">
-        <v>0.23408</v>
+        <v>0.23078</v>
       </c>
       <c r="M85" s="15">
-        <v>0.22508</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2219</v>
+      </c>
+      <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>275</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034412</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I86" s="15"/>
+      <c r="I86" s="15" t="s">
+        <v>277</v>
+      </c>
       <c r="J86" s="15">
         <v>250</v>
       </c>
       <c r="K86" s="15">
-        <v>0.24197</v>
+        <v>0.27009</v>
       </c>
       <c r="L86" s="15">
-        <v>0.2097</v>
+        <v>0.23408</v>
       </c>
       <c r="M86" s="15">
-        <v>0.20164</v>
+        <v>0.22508</v>
       </c>
       <c r="N86" s="15">
-        <v>880</v>
+        <v>694</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="E87" s="15">
-        <v>10080033051</v>
+        <v>10080034412</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I87" s="15"/>
       <c r="J87" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K87" s="15">
-        <v>0.29049</v>
+        <v>0.24197</v>
       </c>
       <c r="L87" s="15">
-        <v>0.25176</v>
+        <v>0.2097</v>
       </c>
       <c r="M87" s="15">
-        <v>0.24208</v>
+        <v>0.20164</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>280</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="E88" s="15" t="s">
-        <v>282</v>
+      <c r="E88" s="15">
+        <v>10080033051</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="J88" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K88" s="15">
-        <v>0.29873</v>
+        <v>0.29049</v>
       </c>
       <c r="L88" s="15">
-        <v>0.2589</v>
+        <v>0.25176</v>
       </c>
       <c r="M88" s="15">
-        <v>0.24894</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.24208</v>
+      </c>
+      <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>283</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I89" s="15"/>
+      <c r="I89" s="15" t="s">
+        <v>286</v>
+      </c>
       <c r="J89" s="15">
         <v>250</v>
       </c>
       <c r="K89" s="15">
-        <v>0.5515099999999999</v>
+        <v>0.29873</v>
       </c>
       <c r="L89" s="15">
-        <v>0.47797</v>
+        <v>0.2589</v>
       </c>
       <c r="M89" s="15">
-        <v>0.45959</v>
-[...1 lines deleted...]
-      <c r="N89" s="15"/>
+        <v>0.24894</v>
+      </c>
+      <c r="N89" s="15">
+        <v>575</v>
+      </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>287</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="E90" s="15">
-        <v>10080037666</v>
+      <c r="E90" s="15" t="s">
+        <v>289</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>250</v>
       </c>
       <c r="K90" s="15">
-        <v>0.34661</v>
+        <v>0.5515099999999999</v>
       </c>
       <c r="L90" s="15">
-        <v>0.30039</v>
+        <v>0.47797</v>
       </c>
       <c r="M90" s="15">
-        <v>0.28884</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.45959</v>
+      </c>
+      <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>290</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>291</v>
       </c>
-      <c r="E91" s="15" t="s">
-        <v>292</v>
+      <c r="E91" s="15">
+        <v>10080037666</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="J91" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K91" s="15">
-        <v>0.35207</v>
+        <v>0.34661</v>
       </c>
       <c r="L91" s="15">
-        <v>0.30512</v>
+        <v>0.30039</v>
       </c>
       <c r="M91" s="15">
-        <v>0.29339</v>
+        <v>0.28884</v>
       </c>
       <c r="N91" s="15">
-        <v>614</v>
+        <v>480</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="I92" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I92" s="15" t="s">
+        <v>296</v>
+      </c>
       <c r="J92" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K92" s="15">
-        <v>0.05496</v>
+        <v>0.35207</v>
       </c>
       <c r="L92" s="15">
-        <v>0.04763</v>
+        <v>0.30512</v>
       </c>
       <c r="M92" s="15">
-        <v>0.0458</v>
-[...1 lines deleted...]
-      <c r="N92" s="15"/>
+        <v>0.29339</v>
+      </c>
+      <c r="N92" s="15">
+        <v>743</v>
+      </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>299</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.03749</v>
+        <v>0.05496</v>
       </c>
       <c r="L93" s="15">
-        <v>0.03249</v>
+        <v>0.04763</v>
       </c>
       <c r="M93" s="15">
-        <v>0.03124</v>
+        <v>0.0458</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>300</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>301</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>302</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.05964</v>
+        <v>0.03749</v>
       </c>
       <c r="L94" s="15">
-        <v>0.05169</v>
+        <v>0.03249</v>
       </c>
       <c r="M94" s="15">
-        <v>0.0497</v>
+        <v>0.03124</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E95" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I95" s="15"/>
-      <c r="J95" s="15"/>
+      <c r="J95" s="15">
+        <v>1500</v>
+      </c>
       <c r="K95" s="15">
-        <v>0.08917</v>
+        <v>0.05964</v>
       </c>
       <c r="L95" s="15">
-        <v>0.07479</v>
+        <v>0.05169</v>
       </c>
       <c r="M95" s="15">
-        <v>0.07191</v>
+        <v>0.0497</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>307</v>
       </c>
-      <c r="E96" s="15">
-        <v>10080056804</v>
+      <c r="E96" s="15" t="s">
+        <v>308</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15"/>
       <c r="K96" s="15">
-        <v>0.12512</v>
+        <v>0.08917</v>
       </c>
       <c r="L96" s="15">
-        <v>0.0726</v>
+        <v>0.07479</v>
       </c>
       <c r="M96" s="15">
-        <v>0.06542000000000001</v>
+        <v>0.07191</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E97" s="15">
-        <v>10080054791</v>
+        <v>10080056804</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
-      <c r="J97" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J97" s="15"/>
       <c r="K97" s="15">
-        <v>0.07281</v>
+        <v>0.12512</v>
       </c>
       <c r="L97" s="15">
-        <v>0.0631</v>
+        <v>0.0726</v>
       </c>
       <c r="M97" s="15">
-        <v>0.06068</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06542000000000001</v>
+      </c>
+      <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="E98" s="15" t="s">
         <v>312</v>
+      </c>
+      <c r="E98" s="15">
+        <v>10080054791</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>1000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.07208000000000001</v>
+        <v>0.07281</v>
       </c>
       <c r="L98" s="15">
-        <v>0.06247</v>
+        <v>0.0631</v>
       </c>
       <c r="M98" s="15">
-        <v>0.06006</v>
-[...1 lines deleted...]
-      <c r="N98" s="15"/>
+        <v>0.06068</v>
+      </c>
+      <c r="N98" s="15">
+        <v>1580</v>
+      </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
         <v>313</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>314</v>
       </c>
       <c r="E99" s="15" t="s">
         <v>315</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>1000</v>
       </c>
       <c r="K99" s="15">
-        <v>0.1287</v>
+        <v>0.07208000000000001</v>
       </c>
       <c r="L99" s="15">
-        <v>0.11154</v>
+        <v>0.06247</v>
       </c>
       <c r="M99" s="15">
-        <v>0.10725</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06006</v>
+      </c>
+      <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="E100" s="15">
-        <v>10080067893</v>
+      <c r="E100" s="15" t="s">
+        <v>318</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>1000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.11648</v>
+        <v>0.1287</v>
       </c>
       <c r="L100" s="15">
-        <v>0.10095</v>
+        <v>0.11154</v>
       </c>
       <c r="M100" s="15">
-        <v>0.09705999999999999</v>
+        <v>0.10725</v>
       </c>
       <c r="N100" s="15">
-        <v>75</v>
-[...6 lines deleted...]
-      </c>
+        <v>2348</v>
+      </c>
+      <c r="O100" s="15"/>
+      <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E101" s="15">
-        <v>10080066543</v>
+        <v>10080067893</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K101" s="15">
-        <v>0.24443</v>
+        <v>0.10829</v>
       </c>
       <c r="L101" s="15">
-        <v>0.17684</v>
+        <v>0.09385</v>
       </c>
       <c r="M101" s="15">
-        <v>0.15432</v>
+        <v>0.09024</v>
       </c>
       <c r="N101" s="15">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="O101" s="15">
-        <v>1220</v>
+        <v>890</v>
       </c>
       <c r="P101" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="E102" s="15" t="s">
         <v>322</v>
+      </c>
+      <c r="E102" s="15">
+        <v>10080066543</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>500</v>
       </c>
       <c r="K102" s="15">
-        <v>0.17937</v>
+        <v>0.16505</v>
       </c>
       <c r="L102" s="15">
-        <v>0.15545</v>
+        <v>0.14304</v>
       </c>
       <c r="M102" s="15">
-        <v>0.14948</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.13754</v>
+      </c>
+      <c r="N102" s="15">
+        <v>86</v>
+      </c>
       <c r="O102" s="15">
-        <v>356</v>
+        <v>1300</v>
       </c>
       <c r="P102" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>323</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="E103" s="15">
-        <v>10080038266</v>
+      <c r="E103" s="15" t="s">
+        <v>325</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>500</v>
       </c>
       <c r="K103" s="15">
-        <v>0.15363</v>
+        <v>0.19022</v>
       </c>
       <c r="L103" s="15">
-        <v>0.13315</v>
+        <v>0.16485</v>
       </c>
       <c r="M103" s="15">
-        <v>0.12803</v>
+        <v>0.15851</v>
       </c>
       <c r="N103" s="15">
-        <v>1768</v>
-[...2 lines deleted...]
-      <c r="P103" s="15"/>
+        <v>839</v>
+      </c>
+      <c r="O103" s="15">
+        <v>650</v>
+      </c>
+      <c r="P103" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E104" s="15">
-        <v>10080056206</v>
+        <v>10080038266</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>500</v>
       </c>
       <c r="K104" s="15">
-        <v>0.22941</v>
+        <v>0.15363</v>
       </c>
       <c r="L104" s="15">
-        <v>0.19882</v>
+        <v>0.13315</v>
       </c>
       <c r="M104" s="15">
-        <v>0.19118</v>
+        <v>0.12803</v>
       </c>
       <c r="N104" s="15">
-        <v>1700</v>
+        <v>1242</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E105" s="15">
-        <v>10080064705</v>
+        <v>10080056206</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>500</v>
       </c>
       <c r="K105" s="15">
-        <v>0.20906</v>
+        <v>0.22941</v>
       </c>
       <c r="L105" s="15">
-        <v>0.18118</v>
+        <v>0.19882</v>
       </c>
       <c r="M105" s="15">
-        <v>0.17421</v>
+        <v>0.19118</v>
       </c>
       <c r="N105" s="15">
-        <v>7649</v>
+        <v>1760</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E106" s="15">
-        <v>10080046856</v>
+        <v>10080064705</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K106" s="15">
-        <v>0.62748</v>
+        <v>0.20906</v>
       </c>
       <c r="L106" s="15">
-        <v>0.54382</v>
+        <v>0.18118</v>
       </c>
       <c r="M106" s="15">
-        <v>0.5229</v>
+        <v>0.17421</v>
       </c>
       <c r="N106" s="15">
-        <v>1406</v>
+        <v>8935</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>332</v>
-[...1 lines deleted...]
-      <c r="E107" s="15" t="s">
         <v>333</v>
+      </c>
+      <c r="E107" s="15">
+        <v>10080046856</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I107" s="15"/>
       <c r="J107" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K107" s="15">
-        <v>0.26322</v>
+        <v>0.62748</v>
       </c>
       <c r="L107" s="15">
-        <v>0.22812</v>
+        <v>0.54382</v>
       </c>
       <c r="M107" s="15">
-        <v>0.21935</v>
+        <v>0.5229</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>335</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080053149</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I108" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I108" s="15" t="s">
+        <v>337</v>
+      </c>
       <c r="J108" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K108" s="15">
-        <v>0.64842</v>
+        <v>0.26322</v>
       </c>
       <c r="L108" s="15">
-        <v>0.56196</v>
+        <v>0.22812</v>
       </c>
       <c r="M108" s="15">
-        <v>0.54035</v>
+        <v>0.21935</v>
       </c>
       <c r="N108" s="15">
-        <v>1297</v>
+        <v>587</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E109" s="15">
-        <v>10080049126</v>
+        <v>10080053149</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K109" s="15">
-        <v>0.56403</v>
+        <v>0.64842</v>
       </c>
       <c r="L109" s="15">
-        <v>0.48883</v>
+        <v>0.56196</v>
       </c>
       <c r="M109" s="15">
-        <v>0.47003</v>
+        <v>0.54035</v>
       </c>
       <c r="N109" s="15">
-        <v>866</v>
+        <v>1178</v>
       </c>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E110" s="15">
-        <v>10080056207</v>
+        <v>10080049126</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>500</v>
+      </c>
       <c r="K110" s="15">
-        <v>1.04</v>
+        <v>0.56403</v>
       </c>
       <c r="L110" s="15">
-        <v>0.6919</v>
+        <v>0.48883</v>
       </c>
       <c r="M110" s="15">
-        <v>0.6279</v>
+        <v>0.47003</v>
       </c>
       <c r="N110" s="15">
-        <v>246</v>
+        <v>648</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E111" s="15">
-        <v>10080046857</v>
+        <v>10080056207</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
-      <c r="J111" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>0.95669</v>
+        <v>1.04</v>
       </c>
       <c r="L111" s="15">
-        <v>0.82913</v>
+        <v>0.6919</v>
       </c>
       <c r="M111" s="15">
-        <v>0.7972399999999999</v>
+        <v>0.6279</v>
       </c>
       <c r="N111" s="15">
-        <v>81</v>
+        <v>224</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E112" s="15">
-        <v>10080069814</v>
+        <v>10080046857</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K112" s="15">
-        <v>0.34109</v>
+        <v>0.95669</v>
       </c>
       <c r="L112" s="15">
-        <v>0.28425</v>
+        <v>0.82913</v>
       </c>
       <c r="M112" s="15">
-        <v>0.27287</v>
-[...1 lines deleted...]
-      <c r="N112" s="15"/>
+        <v>0.7972399999999999</v>
+      </c>
+      <c r="N112" s="15">
+        <v>90</v>
+      </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="E113" s="15" t="s">
         <v>347</v>
+      </c>
+      <c r="E113" s="15">
+        <v>10080069814</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>250</v>
+        <v>1000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.80576</v>
+        <v>0.34109</v>
       </c>
       <c r="L113" s="15">
-        <v>0.77073</v>
+        <v>0.28425</v>
       </c>
       <c r="M113" s="15">
-        <v>0.73569</v>
+        <v>0.27287</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D114" s="15" t="s">
         <v>349</v>
       </c>
       <c r="E114" s="15" t="s">
         <v>350</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>1000</v>
+        <v>250</v>
       </c>
       <c r="K114" s="15">
-        <v>0.05324</v>
+        <v>0.80576</v>
       </c>
       <c r="L114" s="15">
-        <v>0.04614</v>
+        <v>0.77073</v>
       </c>
       <c r="M114" s="15">
-        <v>0.04436</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.73569</v>
+      </c>
+      <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>352</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="J115" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.05288</v>
+        <v>0.05324</v>
       </c>
       <c r="L115" s="15">
-        <v>0.04583</v>
+        <v>0.04614</v>
       </c>
       <c r="M115" s="15">
-        <v>0.04406</v>
+        <v>0.04436</v>
       </c>
       <c r="N115" s="15">
-        <v>1626</v>
+        <v>332</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003161</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I116" s="15" t="s">
         <v>358</v>
       </c>
       <c r="J116" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.05349</v>
+        <v>0.05288</v>
       </c>
       <c r="L116" s="15">
-        <v>0.04636</v>
+        <v>0.04583</v>
       </c>
       <c r="M116" s="15">
-        <v>0.04458</v>
+        <v>0.04406</v>
       </c>
       <c r="N116" s="15">
-        <v>72945</v>
+        <v>848</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>359</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>360</v>
       </c>
       <c r="E117" s="15">
-        <v>10080010560</v>
+        <v>10080003161</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I117" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I117" s="15" t="s">
+        <v>361</v>
+      </c>
       <c r="J117" s="15">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.05985</v>
+        <v>0.05349</v>
       </c>
       <c r="L117" s="15">
-        <v>0.05187</v>
+        <v>0.04636</v>
       </c>
       <c r="M117" s="15">
-        <v>0.04988</v>
+        <v>0.04458</v>
       </c>
       <c r="N117" s="15">
-        <v>8668</v>
+        <v>32821</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="E118" s="15" t="s">
         <v>363</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10080010560</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I118" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K118" s="15">
-        <v>0.05334</v>
+        <v>0.05985</v>
       </c>
       <c r="L118" s="15">
-        <v>0.04623</v>
+        <v>0.05187</v>
       </c>
       <c r="M118" s="15">
-        <v>0.04445</v>
+        <v>0.04988</v>
       </c>
       <c r="N118" s="15">
-        <v>630</v>
+        <v>6476</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>364</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>365</v>
       </c>
-      <c r="D119" s="15" t="s">
+      <c r="E119" s="15" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080069665</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I119" s="15"/>
+      <c r="I119" s="15" t="s">
+        <v>367</v>
+      </c>
       <c r="J119" s="15">
         <v>1000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.04695</v>
+        <v>0.05334</v>
       </c>
       <c r="L119" s="15">
-        <v>0.04069</v>
+        <v>0.04623</v>
       </c>
       <c r="M119" s="15">
-        <v>0.03913</v>
+        <v>0.04445</v>
       </c>
       <c r="N119" s="15">
-        <v>141</v>
+        <v>860</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E120" s="15">
-        <v>10080026651</v>
+        <v>10080069665</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>1000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.04772</v>
+        <v>0.04695</v>
       </c>
       <c r="L120" s="15">
-        <v>0.04135</v>
+        <v>0.04069</v>
       </c>
       <c r="M120" s="15">
-        <v>0.03976</v>
+        <v>0.03913</v>
       </c>
       <c r="N120" s="15">
-        <v>6028</v>
+        <v>105</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
         <v>370</v>
       </c>
       <c r="D121" s="15" t="s">
         <v>371</v>
       </c>
-      <c r="E121" s="15" t="s">
-        <v>372</v>
+      <c r="E121" s="15">
+        <v>10080026651</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="J121" s="15">
         <v>1000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.0501</v>
+        <v>0.04772</v>
       </c>
       <c r="L121" s="15">
-        <v>0.04342</v>
+        <v>0.04135</v>
       </c>
       <c r="M121" s="15">
-        <v>0.04175</v>
+        <v>0.03976</v>
       </c>
       <c r="N121" s="15">
-        <v>840</v>
+        <v>4109</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>374</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080047947</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I122" s="15"/>
+      <c r="I122" s="15" t="s">
+        <v>376</v>
+      </c>
       <c r="J122" s="15">
         <v>1000</v>
       </c>
       <c r="K122" s="15">
-        <v>0.0533</v>
+        <v>0.0501</v>
       </c>
       <c r="L122" s="15">
-        <v>0.04619</v>
+        <v>0.04342</v>
       </c>
       <c r="M122" s="15">
-        <v>0.04441</v>
+        <v>0.04175</v>
       </c>
       <c r="N122" s="15">
-        <v>1585</v>
+        <v>384</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E123" s="15">
-        <v>10080003165</v>
+        <v>10080047947</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>1000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.066</v>
+        <v>0.0533</v>
       </c>
       <c r="L123" s="15">
-        <v>0.0572</v>
+        <v>0.04619</v>
       </c>
       <c r="M123" s="15">
-        <v>0.055</v>
+        <v>0.04441</v>
       </c>
       <c r="N123" s="15">
-        <v>172130</v>
+        <v>1486</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="E124" s="15" t="s">
-        <v>381</v>
+      <c r="E124" s="15">
+        <v>10080003165</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>382</v>
+        <v>381</v>
       </c>
       <c r="J124" s="15">
-        <v>1500</v>
+        <v>1000</v>
       </c>
       <c r="K124" s="15">
-        <v>0.06632</v>
+        <v>0.066</v>
       </c>
       <c r="L124" s="15">
-        <v>0.05747</v>
+        <v>0.0572</v>
       </c>
       <c r="M124" s="15">
-        <v>0.05526</v>
+        <v>0.055</v>
       </c>
       <c r="N124" s="15">
-        <v>1984</v>
+        <v>144734</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>383</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039269</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I125" s="15"/>
+      <c r="I125" s="15" t="s">
+        <v>385</v>
+      </c>
       <c r="J125" s="15">
-        <v>2000</v>
+        <v>1500</v>
       </c>
       <c r="K125" s="15">
-        <v>0.07668</v>
+        <v>0.06632</v>
       </c>
       <c r="L125" s="15">
-        <v>0.06646000000000001</v>
+        <v>0.05747</v>
       </c>
       <c r="M125" s="15">
-        <v>0.0639</v>
+        <v>0.05526</v>
       </c>
       <c r="N125" s="15">
-        <v>4500</v>
+        <v>2228</v>
       </c>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E126" s="15">
-        <v>10080048233</v>
+        <v>10080039269</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.0776</v>
+        <v>0.07668</v>
       </c>
       <c r="L126" s="15">
-        <v>0.06725</v>
+        <v>0.06646000000000001</v>
       </c>
       <c r="M126" s="15">
-        <v>0.06466</v>
+        <v>0.0639</v>
       </c>
       <c r="N126" s="15">
-        <v>5427</v>
-[...3 lines deleted...]
-      </c>
+        <v>3353</v>
+      </c>
+      <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>388</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>389</v>
       </c>
-      <c r="E127" s="15" t="s">
-        <v>390</v>
+      <c r="E127" s="15">
+        <v>10080048233</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="J127" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.07542</v>
+        <v>0.0776</v>
       </c>
       <c r="L127" s="15">
-        <v>0.06536</v>
+        <v>0.06725</v>
       </c>
       <c r="M127" s="15">
-        <v>0.06285</v>
+        <v>0.06466</v>
       </c>
       <c r="N127" s="15">
-        <v>6892</v>
+        <v>5832</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>392</v>
       </c>
-      <c r="D128" s="15" t="s">
+      <c r="E128" s="15" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080006096</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I128" s="15" t="s">
         <v>394</v>
       </c>
       <c r="J128" s="15">
-        <v>1000</v>
+        <v>2000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.07542</v>
       </c>
       <c r="L128" s="15">
-        <v>0.06296</v>
+        <v>0.06536</v>
       </c>
       <c r="M128" s="15">
-        <v>0.06054</v>
+        <v>0.06285</v>
       </c>
       <c r="N128" s="15">
-        <v>16389</v>
+        <v>7697</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>396</v>
       </c>
-      <c r="E129" s="15" t="s">
-        <v>397</v>
+      <c r="E129" s="15">
+        <v>10080006096</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>398</v>
+        <v>397</v>
       </c>
       <c r="J129" s="15">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.07199</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L129" s="15">
-        <v>0.06239</v>
+        <v>0.06296</v>
       </c>
       <c r="M129" s="15">
-        <v>0.05999</v>
+        <v>0.06054</v>
       </c>
       <c r="N129" s="15">
-        <v>4340</v>
+        <v>11157</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>399</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040579</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I130" s="15"/>
+      <c r="I130" s="15" t="s">
+        <v>401</v>
+      </c>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.09568</v>
+        <v>0.07199</v>
       </c>
       <c r="L130" s="15">
-        <v>0.05521</v>
+        <v>0.06239</v>
       </c>
       <c r="M130" s="15">
-        <v>0.04969</v>
-[...1 lines deleted...]
-      <c r="N130" s="15"/>
+        <v>0.05999</v>
+      </c>
+      <c r="N130" s="15">
+        <v>4760</v>
+      </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E131" s="15">
-        <v>10080067215</v>
+        <v>10080040579</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
-        <v>1500</v>
+        <v>2000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.09014</v>
+        <v>0.09568</v>
       </c>
       <c r="L131" s="15">
-        <v>0.06522</v>
+        <v>0.05521</v>
       </c>
       <c r="M131" s="15">
-        <v>0.0569</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04969</v>
+      </c>
+      <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E132" s="15">
-        <v>10080003162</v>
+        <v>10080067215</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I132" s="15"/>
       <c r="J132" s="15">
-        <v>1000</v>
+        <v>1500</v>
       </c>
       <c r="K132" s="15">
-        <v>0.0824</v>
+        <v>0.09014</v>
       </c>
       <c r="L132" s="15">
-        <v>0.07141</v>
+        <v>0.06522</v>
       </c>
       <c r="M132" s="15">
-        <v>0.06866</v>
+        <v>0.0569</v>
       </c>
       <c r="N132" s="15">
-        <v>35960</v>
+        <v>4285</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
         <v>406</v>
       </c>
       <c r="D133" s="15" t="s">
         <v>407</v>
       </c>
-      <c r="E133" s="15" t="s">
-        <v>408</v>
+      <c r="E133" s="15">
+        <v>10080003162</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I133" s="15" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="J133" s="15">
         <v>1000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.08351</v>
+        <v>0.0824</v>
       </c>
       <c r="L133" s="15">
-        <v>0.07237</v>
+        <v>0.07141</v>
       </c>
       <c r="M133" s="15">
-        <v>0.06959</v>
+        <v>0.06866</v>
       </c>
       <c r="N133" s="15">
-        <v>670</v>
+        <v>37032</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>410</v>
       </c>
-      <c r="D134" s="15" t="s">
+      <c r="E134" s="15" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040580</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I134" s="15"/>
+      <c r="I134" s="15" t="s">
+        <v>412</v>
+      </c>
       <c r="J134" s="15">
         <v>1000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.0731</v>
+        <v>0.08351</v>
       </c>
       <c r="L134" s="15">
-        <v>0.06335</v>
+        <v>0.07237</v>
       </c>
       <c r="M134" s="15">
-        <v>0.06091</v>
+        <v>0.06959</v>
       </c>
       <c r="N134" s="15">
-        <v>441</v>
+        <v>890</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="E135" s="15" t="s">
         <v>414</v>
+      </c>
+      <c r="E135" s="15">
+        <v>10080040580</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I135" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>1000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.09999</v>
+        <v>0.0731</v>
       </c>
       <c r="L135" s="15">
-        <v>0.08666</v>
+        <v>0.06335</v>
       </c>
       <c r="M135" s="15">
-        <v>0.08333</v>
+        <v>0.06091</v>
       </c>
       <c r="N135" s="15">
-        <v>830</v>
+        <v>430</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>415</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>416</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080050059</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I136" s="15" t="s">
         <v>418</v>
       </c>
       <c r="J136" s="15">
         <v>1000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.09987</v>
+        <v>0.09999</v>
       </c>
       <c r="L136" s="15">
-        <v>0.08655</v>
+        <v>0.08666</v>
       </c>
       <c r="M136" s="15">
-        <v>0.08323</v>
+        <v>0.08333</v>
       </c>
       <c r="N136" s="15">
-        <v>2746</v>
+        <v>650</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>419</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>420</v>
       </c>
       <c r="E137" s="15">
-        <v>10080031651</v>
+        <v>10080050059</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I137" s="15" t="s">
         <v>421</v>
       </c>
       <c r="J137" s="15">
         <v>1000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.10677</v>
+        <v>0.09987</v>
       </c>
       <c r="L137" s="15">
-        <v>0.09253</v>
+        <v>0.08655</v>
       </c>
       <c r="M137" s="15">
-        <v>0.08898</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.08323</v>
+      </c>
+      <c r="N137" s="15">
+        <v>3553</v>
+      </c>
+      <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
         <v>422</v>
       </c>
       <c r="D138" s="15" t="s">
         <v>423</v>
       </c>
-      <c r="E138" s="15" t="s">
-        <v>424</v>
+      <c r="E138" s="15">
+        <v>10080031651</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="J138" s="15">
         <v>1000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.09891</v>
+        <v>0.10677</v>
       </c>
       <c r="L138" s="15">
-        <v>0.08572</v>
+        <v>0.09253</v>
       </c>
       <c r="M138" s="15">
-        <v>0.08243</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.08898</v>
+      </c>
+      <c r="N138" s="15">
+        <v>5560</v>
+      </c>
+      <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>425</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>426</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>427</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080035099</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I139" s="15" t="s">
         <v>428</v>
       </c>
       <c r="J139" s="15">
         <v>1000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.0975</v>
+        <v>0.09891</v>
       </c>
       <c r="L139" s="15">
-        <v>0.08450000000000001</v>
+        <v>0.08572</v>
       </c>
       <c r="M139" s="15">
-        <v>0.08125</v>
-[...1 lines deleted...]
-      <c r="N139" s="15"/>
+        <v>0.08243</v>
+      </c>
+      <c r="N139" s="15">
+        <v>8900</v>
+      </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
         <v>429</v>
       </c>
       <c r="D140" s="15" t="s">
         <v>430</v>
       </c>
-      <c r="E140" s="15" t="s">
-        <v>431</v>
+      <c r="E140" s="15">
+        <v>10080035099</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="I140" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I140" s="15" t="s">
+        <v>431</v>
+      </c>
       <c r="J140" s="15">
         <v>1000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.08499</v>
+        <v>0.0975</v>
       </c>
       <c r="L140" s="15">
-        <v>0.08006000000000001</v>
+        <v>0.08450000000000001</v>
       </c>
       <c r="M140" s="15">
-        <v>0.07759000000000001</v>
+        <v>0.08125</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>432</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>433</v>
       </c>
-      <c r="E141" s="15">
-        <v>10080003163</v>
+      <c r="E141" s="15" t="s">
+        <v>434</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>1000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.10158</v>
+        <v>0.08499</v>
       </c>
       <c r="L141" s="15">
-        <v>0.08803999999999999</v>
+        <v>0.08006000000000001</v>
       </c>
       <c r="M141" s="15">
-        <v>0.08465</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.07759000000000001</v>
+      </c>
+      <c r="N141" s="15"/>
+      <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
         <v>435</v>
       </c>
       <c r="D142" s="15" t="s">
         <v>436</v>
       </c>
-      <c r="E142" s="15" t="s">
-        <v>437</v>
+      <c r="E142" s="15">
+        <v>10080003163</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="J142" s="15">
         <v>1000</v>
       </c>
       <c r="K142" s="15">
-        <v>0.10301</v>
+        <v>0.10158</v>
       </c>
       <c r="L142" s="15">
-        <v>0.08927</v>
+        <v>0.08803999999999999</v>
       </c>
       <c r="M142" s="15">
-        <v>0.08584</v>
+        <v>0.08465</v>
       </c>
       <c r="N142" s="15">
-        <v>1220</v>
+        <v>15794</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>439</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040581</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I143" s="15"/>
+      <c r="I143" s="15" t="s">
+        <v>441</v>
+      </c>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.10422</v>
+        <v>0.10301</v>
       </c>
       <c r="L143" s="15">
-        <v>0.09032</v>
+        <v>0.08927</v>
       </c>
       <c r="M143" s="15">
-        <v>0.08685</v>
+        <v>0.08584</v>
       </c>
       <c r="N143" s="15">
-        <v>4614</v>
+        <v>440</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="E144" s="15" t="s">
         <v>443</v>
+      </c>
+      <c r="E144" s="15">
+        <v>10080040581</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.11304</v>
+        <v>0.10422</v>
       </c>
       <c r="L144" s="15">
-        <v>0.09797</v>
+        <v>0.09032</v>
       </c>
       <c r="M144" s="15">
-        <v>0.09420000000000001</v>
+        <v>0.08685</v>
       </c>
       <c r="N144" s="15">
-        <v>449</v>
-[...3 lines deleted...]
-      </c>
+        <v>6278</v>
+      </c>
+      <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>444</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>445</v>
       </c>
-      <c r="D145" s="15" t="s">
+      <c r="E145" s="15" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I145" s="15" t="s">
-        <v>448</v>
+        <v>447</v>
       </c>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
-        <v>0.11145</v>
+        <v>0.11304</v>
       </c>
       <c r="L145" s="15">
-        <v>0.09659</v>
+        <v>0.09797</v>
       </c>
       <c r="M145" s="15">
-        <v>0.09288</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.09420000000000001</v>
+      </c>
+      <c r="N145" s="15">
+        <v>2316</v>
+      </c>
+      <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>448</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>449</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003164</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I146" s="15" t="s">
         <v>451</v>
       </c>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.13001</v>
+        <v>0.11145</v>
       </c>
       <c r="L146" s="15">
-        <v>0.11267</v>
+        <v>0.09659</v>
       </c>
       <c r="M146" s="15">
-        <v>0.10834</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.09288</v>
+      </c>
+      <c r="N146" s="15">
+        <v>1220</v>
+      </c>
+      <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>452</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>453</v>
       </c>
-      <c r="E147" s="15" t="s">
-        <v>454</v>
+      <c r="E147" s="15">
+        <v>10080003164</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I147" s="15" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="J147" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K147" s="15">
-        <v>0.12251</v>
+        <v>0.13001</v>
       </c>
       <c r="L147" s="15">
-        <v>0.10617</v>
+        <v>0.11267</v>
       </c>
       <c r="M147" s="15">
-        <v>0.10209</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.10834</v>
+      </c>
+      <c r="N147" s="15">
+        <v>28149</v>
+      </c>
+      <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>456</v>
       </c>
-      <c r="D148" s="15" t="s">
+      <c r="E148" s="15" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080040582</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I148" s="15"/>
+      <c r="I148" s="15" t="s">
+        <v>458</v>
+      </c>
       <c r="J148" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K148" s="15">
-        <v>0.1236</v>
+        <v>0.12251</v>
       </c>
       <c r="L148" s="15">
-        <v>0.10712</v>
+        <v>0.10617</v>
       </c>
       <c r="M148" s="15">
-        <v>0.103</v>
-[...1 lines deleted...]
-      <c r="N148" s="15"/>
+        <v>0.10209</v>
+      </c>
+      <c r="N148" s="15">
+        <v>8500</v>
+      </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="E149" s="15" t="s">
         <v>460</v>
+      </c>
+      <c r="E149" s="15">
+        <v>10080040582</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K149" s="15">
-        <v>0.12773</v>
+        <v>0.1236</v>
       </c>
       <c r="L149" s="15">
-        <v>0.1107</v>
+        <v>0.10712</v>
       </c>
       <c r="M149" s="15">
-        <v>0.10644</v>
+        <v>0.103</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
         <v>461</v>
       </c>
       <c r="D150" s="15" t="s">
         <v>462</v>
       </c>
       <c r="E150" s="15" t="s">
         <v>463</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>500</v>
       </c>
       <c r="K150" s="15">
-        <v>0.17308</v>
+        <v>0.12773</v>
       </c>
       <c r="L150" s="15">
-        <v>0.12522</v>
+        <v>0.1107</v>
       </c>
       <c r="M150" s="15">
-        <v>0.10927</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.10644</v>
+      </c>
+      <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>464</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>465</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>466</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I151" s="15"/>
       <c r="J151" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K151" s="15">
-        <v>0.1496</v>
+        <v>0.17308</v>
       </c>
       <c r="L151" s="15">
-        <v>0.12965</v>
+        <v>0.12522</v>
       </c>
       <c r="M151" s="15">
-        <v>0.12466</v>
+        <v>0.10927</v>
       </c>
       <c r="N151" s="15">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>300</v>
+      </c>
+      <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>467</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>468</v>
       </c>
-      <c r="D152" s="15" t="s">
+      <c r="E152" s="15" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I152" s="15" t="s">
-        <v>471</v>
+        <v>470</v>
       </c>
       <c r="J152" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K152" s="15">
-        <v>0.13214</v>
+        <v>0.1496</v>
       </c>
       <c r="L152" s="15">
-        <v>0.11452</v>
+        <v>0.12965</v>
       </c>
       <c r="M152" s="15">
-        <v>0.11011</v>
+        <v>0.12466</v>
       </c>
       <c r="N152" s="15">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>1902</v>
+      </c>
+      <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>472</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003166</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J153" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K153" s="15">
-        <v>0.14402</v>
+        <v>0.13214</v>
       </c>
       <c r="L153" s="15">
-        <v>0.12481</v>
+        <v>0.11452</v>
       </c>
       <c r="M153" s="15">
-        <v>0.12001</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.11011</v>
+      </c>
+      <c r="N153" s="15">
+        <v>717</v>
+      </c>
+      <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>476</v>
       </c>
-      <c r="E154" s="15" t="s">
-        <v>477</v>
+      <c r="E154" s="15">
+        <v>10080003166</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="J154" s="15">
         <v>1000</v>
       </c>
       <c r="K154" s="15">
-        <v>0.13622</v>
+        <v>0.14402</v>
       </c>
       <c r="L154" s="15">
-        <v>0.11805</v>
+        <v>0.12481</v>
       </c>
       <c r="M154" s="15">
-        <v>0.11351</v>
+        <v>0.12001</v>
       </c>
       <c r="N154" s="15">
-        <v>3650</v>
+        <v>1220</v>
       </c>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>478</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>479</v>
       </c>
-      <c r="D155" s="15" t="s">
+      <c r="E155" s="15" t="s">
         <v>480</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080039172</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I155" s="15"/>
+      <c r="I155" s="15" t="s">
+        <v>481</v>
+      </c>
       <c r="J155" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K155" s="15">
-        <v>0.14093</v>
+        <v>0.13622</v>
       </c>
       <c r="L155" s="15">
-        <v>0.12214</v>
+        <v>0.11805</v>
       </c>
       <c r="M155" s="15">
-        <v>0.11744</v>
+        <v>0.11351</v>
       </c>
       <c r="N155" s="15">
-        <v>7935</v>
+        <v>4250</v>
       </c>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="E156" s="15">
-        <v>10080045772</v>
+        <v>10080039172</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>500</v>
       </c>
       <c r="K156" s="15">
-        <v>0.19421</v>
+        <v>0.14093</v>
       </c>
       <c r="L156" s="15">
-        <v>0.16831</v>
+        <v>0.12214</v>
       </c>
       <c r="M156" s="15">
-        <v>0.16184</v>
+        <v>0.11744</v>
       </c>
       <c r="N156" s="15">
-        <v>24231</v>
+        <v>3543</v>
       </c>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>484</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>485</v>
       </c>
-      <c r="E157" s="15" t="s">
-        <v>486</v>
+      <c r="E157" s="15">
+        <v>10080045772</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I157" s="15" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="J157" s="15">
         <v>500</v>
       </c>
       <c r="K157" s="15">
-        <v>0.1959</v>
+        <v>0.19421</v>
       </c>
       <c r="L157" s="15">
-        <v>0.16978</v>
+        <v>0.16831</v>
       </c>
       <c r="M157" s="15">
-        <v>0.16325</v>
+        <v>0.16184</v>
       </c>
       <c r="N157" s="15">
-        <v>600</v>
+        <v>21202</v>
       </c>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>487</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>488</v>
       </c>
-      <c r="D158" s="15" t="s">
+      <c r="E158" s="15" t="s">
         <v>489</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I158" s="15"/>
+      <c r="I158" s="15" t="s">
+        <v>490</v>
+      </c>
       <c r="J158" s="15">
         <v>500</v>
       </c>
       <c r="K158" s="15">
-        <v>0.1908</v>
+        <v>0.1959</v>
       </c>
       <c r="L158" s="15">
-        <v>0.16536</v>
+        <v>0.16978</v>
       </c>
       <c r="M158" s="15">
-        <v>0.159</v>
-[...1 lines deleted...]
-      <c r="N158" s="15"/>
+        <v>0.16325</v>
+      </c>
+      <c r="N158" s="15">
+        <v>810</v>
+      </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>491</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>492</v>
       </c>
-      <c r="E159" s="15">
-        <v>10080034287</v>
+      <c r="E159" s="15" t="s">
+        <v>493</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I159" s="15"/>
       <c r="J159" s="15">
         <v>500</v>
       </c>
       <c r="K159" s="15">
-        <v>0.21924</v>
+        <v>0.1908</v>
       </c>
       <c r="L159" s="15">
-        <v>0.19001</v>
+        <v>0.16536</v>
       </c>
       <c r="M159" s="15">
-        <v>0.1827</v>
+        <v>0.159</v>
       </c>
       <c r="N159" s="15"/>
-      <c r="O159" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
         <v>494</v>
       </c>
       <c r="D160" s="15" t="s">
         <v>495</v>
       </c>
-      <c r="E160" s="15" t="s">
-        <v>496</v>
+      <c r="E160" s="15">
+        <v>10080034287</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>497</v>
+        <v>496</v>
       </c>
       <c r="J160" s="15">
         <v>500</v>
       </c>
       <c r="K160" s="15">
-        <v>0.22292</v>
+        <v>0.21924</v>
       </c>
       <c r="L160" s="15">
-        <v>0.19319</v>
+        <v>0.19001</v>
       </c>
       <c r="M160" s="15">
-        <v>0.18576</v>
+        <v>0.1827</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>497</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>498</v>
       </c>
-      <c r="D161" s="15" t="s">
+      <c r="E161" s="15" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080051423</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I161" s="15" t="s">
         <v>500</v>
       </c>
       <c r="J161" s="15">
         <v>500</v>
       </c>
       <c r="K161" s="15">
-        <v>0.30204</v>
+        <v>0.22292</v>
       </c>
       <c r="L161" s="15">
-        <v>0.26177</v>
+        <v>0.19319</v>
       </c>
       <c r="M161" s="15">
-        <v>0.2517</v>
+        <v>0.18576</v>
       </c>
       <c r="N161" s="15"/>
-      <c r="O161" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
         <v>501</v>
       </c>
       <c r="D162" s="15" t="s">
         <v>502</v>
       </c>
-      <c r="E162" s="15" t="s">
-        <v>503</v>
+      <c r="E162" s="15">
+        <v>10080051423</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I162" s="15" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="J162" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K162" s="15">
-        <v>0.28058</v>
+        <v>0.30204</v>
       </c>
       <c r="L162" s="15">
-        <v>0.24317</v>
+        <v>0.26177</v>
       </c>
       <c r="M162" s="15">
-        <v>0.23381</v>
+        <v>0.2517</v>
       </c>
       <c r="N162" s="15">
-        <v>860</v>
+        <v>1620</v>
       </c>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>504</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>505</v>
       </c>
-      <c r="D163" s="15" t="s">
+      <c r="E163" s="15" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080019221</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I163" s="15" t="s">
         <v>507</v>
       </c>
       <c r="J163" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K163" s="15">
-        <v>0.29061</v>
+        <v>0.28058</v>
       </c>
       <c r="L163" s="15">
-        <v>0.25186</v>
+        <v>0.24317</v>
       </c>
       <c r="M163" s="15">
-        <v>0.24218</v>
+        <v>0.23381</v>
       </c>
       <c r="N163" s="15">
-        <v>1790</v>
+        <v>800</v>
       </c>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>508</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>509</v>
       </c>
-      <c r="E164" s="15" t="s">
-        <v>510</v>
+      <c r="E164" s="15">
+        <v>10080019221</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="J164" s="15">
-        <v>250</v>
+        <v>500</v>
       </c>
       <c r="K164" s="15">
-        <v>0.29555</v>
+        <v>0.29061</v>
       </c>
       <c r="L164" s="15">
-        <v>0.25614</v>
+        <v>0.25186</v>
       </c>
       <c r="M164" s="15">
-        <v>0.24629</v>
+        <v>0.24218</v>
       </c>
       <c r="N164" s="15">
-        <v>700</v>
+        <v>1708</v>
       </c>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>511</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>512</v>
       </c>
-      <c r="D165" s="15" t="s">
+      <c r="E165" s="15" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080056877</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I165" s="15"/>
+      <c r="I165" s="15" t="s">
+        <v>514</v>
+      </c>
       <c r="J165" s="15">
         <v>250</v>
       </c>
       <c r="K165" s="15">
-        <v>0.27798</v>
+        <v>0.29555</v>
       </c>
       <c r="L165" s="15">
-        <v>0.24092</v>
+        <v>0.25614</v>
       </c>
       <c r="M165" s="15">
-        <v>0.23165</v>
-[...1 lines deleted...]
-      <c r="N165" s="15"/>
+        <v>0.24629</v>
+      </c>
+      <c r="N165" s="15">
+        <v>850</v>
+      </c>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C166" s="15" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D166" s="15" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E166" s="15">
-        <v>10080047287</v>
+        <v>10080056877</v>
       </c>
       <c r="F166" s="15"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I166" s="15"/>
       <c r="J166" s="15">
-        <v>300</v>
+        <v>250</v>
       </c>
       <c r="K166" s="15">
-        <v>0.38328</v>
+        <v>0.27798</v>
       </c>
       <c r="L166" s="15">
-        <v>0.33218</v>
+        <v>0.24092</v>
       </c>
       <c r="M166" s="15">
-        <v>0.3194</v>
+        <v>0.23165</v>
       </c>
       <c r="N166" s="15"/>
-      <c r="O166" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166"/>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>517</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>518</v>
       </c>
-      <c r="E167" s="15" t="s">
-        <v>519</v>
+      <c r="E167" s="15">
+        <v>10080047287</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I167" s="15" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="J167" s="15">
-        <v>250</v>
+        <v>300</v>
       </c>
       <c r="K167" s="15">
-        <v>0.34845</v>
+        <v>0.38328</v>
       </c>
       <c r="L167" s="15">
-        <v>0.30199</v>
+        <v>0.33218</v>
       </c>
       <c r="M167" s="15">
-        <v>0.29038</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.3194</v>
+      </c>
+      <c r="N167" s="15">
+        <v>1260</v>
+      </c>
+      <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167"/>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
+        <v>520</v>
+      </c>
+      <c r="D168" s="15" t="s">
         <v>521</v>
       </c>
-      <c r="D168" s="15" t="s">
+      <c r="E168" s="15" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15" t="s">
-        <v>225</v>
-[...1 lines deleted...]
-      <c r="I168" s="15"/>
+        <v>30</v>
+      </c>
+      <c r="I168" s="15" t="s">
+        <v>523</v>
+      </c>
       <c r="J168" s="15">
-        <v>200</v>
+        <v>250</v>
       </c>
       <c r="K168" s="15">
-        <v>0.85407</v>
+        <v>0.34845</v>
       </c>
       <c r="L168" s="15">
-        <v>0.71631</v>
+        <v>0.30199</v>
       </c>
       <c r="M168" s="15">
-        <v>0.68877</v>
-[...1 lines deleted...]
-      <c r="N168" s="15"/>
+        <v>0.29038</v>
+      </c>
+      <c r="N168" s="15">
+        <v>1220</v>
+      </c>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168"/>
     </row>
     <row r="169" spans="1:18">
       <c r="B169" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C169" s="15" t="s">
         <v>524</v>
       </c>
       <c r="D169" s="15" t="s">
         <v>525</v>
       </c>
       <c r="E169" s="15" t="s">
         <v>526</v>
       </c>
       <c r="F169" s="15"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15" t="s">
-        <v>30</v>
+        <v>228</v>
       </c>
       <c r="I169" s="15"/>
       <c r="J169" s="15">
-        <v>1000</v>
+        <v>200</v>
       </c>
       <c r="K169" s="15">
-        <v>0.04092</v>
+        <v>0.85407</v>
       </c>
       <c r="L169" s="15">
-        <v>0.03546</v>
+        <v>0.71631</v>
       </c>
       <c r="M169" s="15">
-        <v>0.0341</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.68877</v>
+      </c>
+      <c r="N169" s="15"/>
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169"/>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>527</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>528</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>529</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I170" s="15"/>
       <c r="J170" s="15">
         <v>1000</v>
       </c>
       <c r="K170" s="15">
-        <v>0.05544</v>
+        <v>0.04092</v>
       </c>
       <c r="L170" s="15">
-        <v>0.04805</v>
+        <v>0.03546</v>
       </c>
       <c r="M170" s="15">
-        <v>0.0462</v>
-[...1 lines deleted...]
-      <c r="N170" s="15"/>
+        <v>0.0341</v>
+      </c>
+      <c r="N170" s="15">
+        <v>451</v>
+      </c>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170"/>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>530</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>531</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>532</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I171" s="15"/>
       <c r="J171" s="15">
         <v>1000</v>
       </c>
       <c r="K171" s="15">
-        <v>0.0605</v>
+        <v>0.05544</v>
       </c>
       <c r="L171" s="15">
-        <v>0.05243</v>
+        <v>0.04805</v>
       </c>
       <c r="M171" s="15">
-        <v>0.05041</v>
-[...1 lines deleted...]
-      <c r="N171" s="15"/>
+        <v>0.0462</v>
+      </c>
+      <c r="N171" s="15">
+        <v>100</v>
+      </c>
       <c r="O171" s="15"/>
       <c r="P171" s="15"/>
       <c r="Q171" s="15"/>
       <c r="R171"/>
     </row>
     <row r="172" spans="1:18">
       <c r="B172" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C172" s="15" t="s">
         <v>533</v>
       </c>
       <c r="D172" s="15" t="s">
         <v>534</v>
       </c>
-      <c r="E172" s="15">
-        <v>10080055990</v>
+      <c r="E172" s="15" t="s">
+        <v>535</v>
       </c>
       <c r="F172" s="15"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I172" s="15"/>
       <c r="J172" s="15">
         <v>1000</v>
       </c>
       <c r="K172" s="15">
-        <v>0.10628</v>
+        <v>0.0605</v>
       </c>
       <c r="L172" s="15">
-        <v>0.09211</v>
+        <v>0.05243</v>
       </c>
       <c r="M172" s="15">
-        <v>0.08856</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05041</v>
+      </c>
+      <c r="N172" s="15"/>
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172"/>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D173" s="15" t="s">
-        <v>536</v>
-[...1 lines deleted...]
-      <c r="E173" s="15" t="s">
         <v>537</v>
+      </c>
+      <c r="E173" s="15">
+        <v>10080055990</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I173" s="15"/>
       <c r="J173" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K173" s="15">
-        <v>0.05576</v>
+        <v>0.10628</v>
       </c>
       <c r="L173" s="15">
-        <v>0.04832</v>
+        <v>0.09211</v>
       </c>
       <c r="M173" s="15">
-        <v>0.04646</v>
+        <v>0.08856</v>
       </c>
       <c r="N173" s="15">
-        <v>4500</v>
+        <v>383</v>
       </c>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173"/>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>538</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>539</v>
       </c>
-      <c r="E174" s="15">
-        <v>10080058977</v>
+      <c r="E174" s="15" t="s">
+        <v>540</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I174" s="15"/>
       <c r="J174" s="15">
-        <v>1250</v>
+        <v>3000</v>
       </c>
       <c r="K174" s="15">
-        <v>0.06369</v>
+        <v>0.05576</v>
       </c>
       <c r="L174" s="15">
-        <v>0.0552</v>
+        <v>0.04832</v>
       </c>
       <c r="M174" s="15">
-        <v>0.05308</v>
+        <v>0.04646</v>
       </c>
       <c r="N174" s="15">
-        <v>9312</v>
+        <v>3500</v>
       </c>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174"/>
     </row>
     <row r="175" spans="1:18">
       <c r="B175" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C175" s="15" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D175" s="15" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="E175" s="15" t="s">
         <v>542</v>
+      </c>
+      <c r="E175" s="15">
+        <v>10080058977</v>
       </c>
       <c r="F175" s="15"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I175" s="15"/>
       <c r="J175" s="15">
         <v>1250</v>
       </c>
       <c r="K175" s="15">
-        <v>0.06329</v>
+        <v>0.06369</v>
       </c>
       <c r="L175" s="15">
-        <v>0.05485</v>
+        <v>0.0552</v>
       </c>
       <c r="M175" s="15">
-        <v>0.05274</v>
+        <v>0.05308</v>
       </c>
       <c r="N175" s="15">
-        <v>419</v>
+        <v>11785</v>
       </c>
       <c r="O175" s="15"/>
       <c r="P175" s="15"/>
       <c r="Q175" s="15"/>
       <c r="R175"/>
     </row>
     <row r="176" spans="1:18">
       <c r="B176" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C176" s="15" t="s">
         <v>543</v>
       </c>
       <c r="D176" s="15" t="s">
         <v>544</v>
       </c>
-      <c r="E176" s="15">
-        <v>10080053584</v>
+      <c r="E176" s="15" t="s">
+        <v>545</v>
       </c>
       <c r="F176" s="15"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I176" s="15"/>
       <c r="J176" s="15">
-        <v>1000</v>
+        <v>1250</v>
       </c>
       <c r="K176" s="15">
-        <v>0.11378</v>
+        <v>0.06329</v>
       </c>
       <c r="L176" s="15">
-        <v>0.09861</v>
+        <v>0.05485</v>
       </c>
       <c r="M176" s="15">
-        <v>0.09481000000000001</v>
+        <v>0.05274</v>
       </c>
       <c r="N176" s="15">
-        <v>1118</v>
+        <v>474</v>
       </c>
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176"/>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D177" s="15" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E177" s="15">
-        <v>10080064706</v>
+        <v>10080053584</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I177" s="15"/>
       <c r="J177" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K177" s="15">
-        <v>0.12762</v>
+        <v>0.11378</v>
       </c>
       <c r="L177" s="15">
-        <v>0.1106</v>
+        <v>0.09861</v>
       </c>
       <c r="M177" s="15">
-        <v>0.10635</v>
+        <v>0.09481000000000001</v>
       </c>
       <c r="N177" s="15">
-        <v>617</v>
+        <v>757</v>
       </c>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177"/>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D178" s="15" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="E178" s="15">
-        <v>10080057779</v>
+        <v>10080064706</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I178" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I178" s="15"/>
       <c r="J178" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K178" s="15">
-        <v>0.11442</v>
+        <v>0.12762</v>
       </c>
       <c r="L178" s="15">
-        <v>0.09916</v>
+        <v>0.1106</v>
       </c>
       <c r="M178" s="15">
-        <v>0.09535</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.10635</v>
+      </c>
+      <c r="N178" s="15">
+        <v>474</v>
+      </c>
+      <c r="O178" s="15"/>
       <c r="P178" s="15"/>
       <c r="Q178" s="15"/>
       <c r="R178"/>
     </row>
     <row r="179" spans="1:18">
       <c r="B179" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C179" s="15" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D179" s="15" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>551</v>
+      </c>
+      <c r="E179" s="15">
+        <v>10080057779</v>
       </c>
       <c r="F179" s="15"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I179" s="15" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="J179" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K179" s="15">
-        <v>0.12128</v>
+        <v>0.11442</v>
       </c>
       <c r="L179" s="15">
-        <v>0.10511</v>
+        <v>0.09916</v>
       </c>
       <c r="M179" s="15">
-        <v>0.10106</v>
+        <v>0.09535</v>
       </c>
       <c r="N179" s="15">
-        <v>54</v>
+        <v>600</v>
       </c>
       <c r="O179" s="15"/>
       <c r="P179" s="15"/>
       <c r="Q179" s="15"/>
       <c r="R179"/>
     </row>
     <row r="180" spans="1:18">
       <c r="B180" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C180" s="15" t="s">
+        <v>550</v>
+      </c>
+      <c r="D180" s="15" t="s">
         <v>551</v>
       </c>
-      <c r="D180" s="15" t="s">
-[...3 lines deleted...]
-        <v>10080039270</v>
+      <c r="E180" s="15" t="s">
+        <v>553</v>
       </c>
       <c r="F180" s="15"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I180" s="15"/>
+      <c r="I180" s="15" t="s">
+        <v>552</v>
+      </c>
       <c r="J180" s="15">
         <v>500</v>
       </c>
       <c r="K180" s="15">
-        <v>0.12881</v>
+        <v>0.12128</v>
       </c>
       <c r="L180" s="15">
-        <v>0.11163</v>
+        <v>0.10511</v>
       </c>
       <c r="M180" s="15">
-        <v>0.10734</v>
+        <v>0.10106</v>
       </c>
       <c r="N180" s="15">
-        <v>213</v>
-[...6 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="O180" s="15"/>
+      <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180"/>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D181" s="15" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="E181" s="15">
-        <v>10080042870</v>
+        <v>10080039270</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I181" s="15"/>
       <c r="J181" s="15">
-        <v>1000</v>
+        <v>500</v>
       </c>
       <c r="K181" s="15">
-        <v>0.13665</v>
+        <v>0.13949</v>
       </c>
       <c r="L181" s="15">
-        <v>0.11843</v>
+        <v>0.12089</v>
       </c>
       <c r="M181" s="15">
-        <v>0.11388</v>
-[...3 lines deleted...]
-      <c r="P181" s="15"/>
+        <v>0.11624</v>
+      </c>
+      <c r="N181" s="15">
+        <v>195</v>
+      </c>
+      <c r="O181" s="15">
+        <v>325</v>
+      </c>
+      <c r="P181" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q181" s="15"/>
       <c r="R181"/>
     </row>
     <row r="182" spans="1:18">
       <c r="B182" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C182" s="15" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D182" s="15" t="s">
-        <v>556</v>
-[...1 lines deleted...]
-      <c r="E182" s="15" t="s">
         <v>557</v>
+      </c>
+      <c r="E182" s="15">
+        <v>10080042870</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I182" s="15"/>
       <c r="J182" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K182" s="15">
-        <v>0.13365</v>
+        <v>0.13665</v>
       </c>
       <c r="L182" s="15">
-        <v>0.11583</v>
+        <v>0.11843</v>
       </c>
       <c r="M182" s="15">
-        <v>0.11138</v>
+        <v>0.11388</v>
       </c>
       <c r="N182" s="15"/>
-      <c r="O182" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O182" s="15"/>
+      <c r="P182" s="15"/>
       <c r="Q182" s="15"/>
       <c r="R182"/>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
         <v>558</v>
       </c>
       <c r="D183" s="15" t="s">
         <v>559</v>
       </c>
-      <c r="E183" s="15">
-        <v>10080064704</v>
+      <c r="E183" s="15" t="s">
+        <v>560</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I183" s="15"/>
       <c r="J183" s="15">
         <v>500</v>
       </c>
       <c r="K183" s="15">
-        <v>0.16004</v>
+        <v>0.14895</v>
       </c>
       <c r="L183" s="15">
-        <v>0.1387</v>
+        <v>0.12909</v>
       </c>
       <c r="M183" s="15">
-        <v>0.13336</v>
-[...5 lines deleted...]
-      <c r="P183" s="15"/>
+        <v>0.12413</v>
+      </c>
+      <c r="N183" s="15"/>
+      <c r="O183" s="15">
+        <v>830</v>
+      </c>
+      <c r="P183" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="Q183" s="15"/>
       <c r="R183"/>
     </row>
     <row r="184" spans="1:18">
       <c r="B184" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C184" s="15" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D184" s="15" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="E184" s="15" t="s">
         <v>562</v>
+      </c>
+      <c r="E184" s="15">
+        <v>10080064704</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I184" s="15"/>
       <c r="J184" s="15">
         <v>500</v>
       </c>
       <c r="K184" s="15">
-        <v>0.29547</v>
+        <v>0.16004</v>
       </c>
       <c r="L184" s="15">
-        <v>0.21377</v>
+        <v>0.1387</v>
       </c>
       <c r="M184" s="15">
-        <v>0.18654</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.13336</v>
+      </c>
+      <c r="N184" s="15">
+        <v>923</v>
+      </c>
+      <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184"/>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>563</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>564</v>
       </c>
-      <c r="E185" s="15">
-        <v>10080064708</v>
+      <c r="E185" s="15" t="s">
+        <v>565</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I185" s="15"/>
-      <c r="J185" s="15"/>
+      <c r="J185" s="15">
+        <v>500</v>
+      </c>
       <c r="K185" s="15">
-        <v>0.50856</v>
+        <v>0.29547</v>
       </c>
       <c r="L185" s="15">
-        <v>0.29504</v>
+        <v>0.21377</v>
       </c>
       <c r="M185" s="15">
-        <v>0.26593</v>
-[...1 lines deleted...]
-      <c r="N185" s="15"/>
+        <v>0.18654</v>
+      </c>
+      <c r="N185" s="15">
+        <v>648</v>
+      </c>
       <c r="O185" s="15"/>
       <c r="P185" s="15"/>
       <c r="Q185" s="15"/>
       <c r="R185"/>
     </row>
     <row r="186" spans="1:18">
       <c r="B186" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C186" s="15" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="D186" s="15" t="s">
-        <v>566</v>
-[...1 lines deleted...]
-      <c r="E186" s="15" t="s">
         <v>567</v>
+      </c>
+      <c r="E186" s="15">
+        <v>10080064708</v>
       </c>
       <c r="F186" s="15"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I186" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I186" s="15"/>
+      <c r="J186" s="15"/>
       <c r="K186" s="15">
-        <v>0.32538</v>
+        <v>0.50856</v>
       </c>
       <c r="L186" s="15">
-        <v>0.282</v>
+        <v>0.29504</v>
       </c>
       <c r="M186" s="15">
-        <v>0.27115</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.26593</v>
+      </c>
+      <c r="N186" s="15"/>
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186"/>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D187" s="15" t="s">
         <v>569</v>
       </c>
-      <c r="D187" s="15" t="s">
+      <c r="E187" s="15" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080069763</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I187" s="15"/>
-      <c r="J187" s="15"/>
+      <c r="I187" s="15" t="s">
+        <v>571</v>
+      </c>
+      <c r="J187" s="15">
+        <v>250</v>
+      </c>
       <c r="K187" s="15">
-        <v>0.6294</v>
+        <v>0.32538</v>
       </c>
       <c r="L187" s="15">
-        <v>0.52449</v>
+        <v>0.282</v>
       </c>
       <c r="M187" s="15">
-        <v>0.50352</v>
-[...1 lines deleted...]
-      <c r="N187" s="15"/>
+        <v>0.27115</v>
+      </c>
+      <c r="N187" s="15">
+        <v>870</v>
+      </c>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187"/>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D188" s="15" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="E188" s="15">
-        <v>10080003139</v>
+        <v>10080069763</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I188" s="15"/>
+      <c r="J188" s="15"/>
       <c r="K188" s="15">
-        <v>0.06137</v>
+        <v>0.6294</v>
       </c>
       <c r="L188" s="15">
-        <v>0.05318</v>
+        <v>0.52449</v>
       </c>
       <c r="M188" s="15">
-        <v>0.05114</v>
-[...6 lines deleted...]
-      </c>
+        <v>0.50352</v>
+      </c>
+      <c r="N188" s="15"/>
+      <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188"/>
     </row>
     <row r="189" spans="1:18">
       <c r="B189" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C189" s="15" t="s">
         <v>574</v>
       </c>
       <c r="D189" s="15" t="s">
         <v>575</v>
       </c>
       <c r="E189" s="15">
-        <v>10080003140</v>
+        <v>10080003139</v>
       </c>
       <c r="F189" s="15"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I189" s="15" t="s">
         <v>576</v>
       </c>
       <c r="J189" s="15">
         <v>1000</v>
       </c>
       <c r="K189" s="15">
-        <v>0.07256</v>
+        <v>0.06137</v>
       </c>
       <c r="L189" s="15">
-        <v>0.06288000000000001</v>
+        <v>0.05318</v>
       </c>
       <c r="M189" s="15">
-        <v>0.06046</v>
+        <v>0.05114</v>
       </c>
       <c r="N189" s="15">
-        <v>2409</v>
+        <v>2382</v>
       </c>
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189"/>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>577</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>578</v>
       </c>
-      <c r="E190" s="15" t="s">
-        <v>579</v>
+      <c r="E190" s="15">
+        <v>10080003140</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I190" s="15" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
       <c r="J190" s="15">
         <v>1000</v>
       </c>
       <c r="K190" s="15">
-        <v>0.0731</v>
+        <v>0.07256</v>
       </c>
       <c r="L190" s="15">
-        <v>0.06335</v>
+        <v>0.06288000000000001</v>
       </c>
       <c r="M190" s="15">
-        <v>0.06091</v>
+        <v>0.06046</v>
       </c>
       <c r="N190" s="15">
-        <v>612</v>
+        <v>2148</v>
       </c>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190"/>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
+        <v>580</v>
+      </c>
+      <c r="D191" s="15" t="s">
         <v>581</v>
       </c>
-      <c r="D191" s="15" t="s">
+      <c r="E191" s="15" t="s">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003141</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>583</v>
       </c>
       <c r="J191" s="15">
         <v>1000</v>
       </c>
       <c r="K191" s="15">
-        <v>0.08348999999999999</v>
+        <v>0.0731</v>
       </c>
       <c r="L191" s="15">
-        <v>0.07235999999999999</v>
+        <v>0.06335</v>
       </c>
       <c r="M191" s="15">
-        <v>0.06958</v>
-[...1 lines deleted...]
-      <c r="N191" s="15"/>
+        <v>0.06091</v>
+      </c>
+      <c r="N191" s="15">
+        <v>648</v>
+      </c>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191"/>
     </row>
     <row r="192" spans="1:18">
       <c r="B192" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C192" s="15" t="s">
         <v>584</v>
       </c>
       <c r="D192" s="15" t="s">
         <v>585</v>
       </c>
       <c r="E192" s="15">
-        <v>10080010561</v>
+        <v>10080003141</v>
       </c>
       <c r="F192" s="15"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I192" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I192" s="15" t="s">
+        <v>586</v>
+      </c>
       <c r="J192" s="15">
         <v>1000</v>
       </c>
       <c r="K192" s="15">
-        <v>0.1041</v>
+        <v>0.08348999999999999</v>
       </c>
       <c r="L192" s="15">
-        <v>0.1041</v>
+        <v>0.07235999999999999</v>
       </c>
       <c r="M192" s="15">
-        <v>0.1041</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.06958</v>
+      </c>
+      <c r="N192" s="15"/>
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192"/>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D193" s="15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E193" s="15">
-        <v>10080003142</v>
+        <v>10080010561</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I193" s="15"/>
       <c r="J193" s="15">
         <v>1000</v>
       </c>
       <c r="K193" s="15">
-        <v>0.11378</v>
+        <v>0.1041</v>
       </c>
       <c r="L193" s="15">
-        <v>0.09861</v>
+        <v>0.1041</v>
       </c>
       <c r="M193" s="15">
-        <v>0.09481000000000001</v>
+        <v>0.1041</v>
       </c>
       <c r="N193" s="15">
-        <v>2603</v>
+        <v>810</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193"/>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>589</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>590</v>
       </c>
       <c r="E194" s="15">
-        <v>10080010562</v>
+        <v>10080003142</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I194" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I194" s="15" t="s">
+        <v>591</v>
+      </c>
       <c r="J194" s="15">
         <v>1000</v>
       </c>
       <c r="K194" s="15">
-        <v>0.10716</v>
+        <v>0.11378</v>
       </c>
       <c r="L194" s="15">
-        <v>0.10345</v>
+        <v>0.09861</v>
       </c>
       <c r="M194" s="15">
-        <v>0.09976</v>
-[...1 lines deleted...]
-      <c r="N194" s="15"/>
+        <v>0.09481000000000001</v>
+      </c>
+      <c r="N194" s="15">
+        <v>1805</v>
+      </c>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194"/>
     </row>
     <row r="195" spans="1:18">
       <c r="B195" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C195" s="15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D195" s="15" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="E195" s="15" t="s">
         <v>593</v>
+      </c>
+      <c r="E195" s="15">
+        <v>10080010562</v>
       </c>
       <c r="F195" s="15"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I195" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I195" s="15"/>
       <c r="J195" s="15">
         <v>1000</v>
       </c>
       <c r="K195" s="15">
-        <v>0.11534</v>
+        <v>0.10716</v>
       </c>
       <c r="L195" s="15">
-        <v>0.09995999999999999</v>
+        <v>0.10345</v>
       </c>
       <c r="M195" s="15">
-        <v>0.09611</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.09976</v>
+      </c>
+      <c r="N195" s="15"/>
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195"/>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
+        <v>594</v>
+      </c>
+      <c r="D196" s="15" t="s">
         <v>595</v>
       </c>
-      <c r="D196" s="15" t="s">
+      <c r="E196" s="15" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I196" s="15"/>
+      <c r="I196" s="15" t="s">
+        <v>597</v>
+      </c>
       <c r="J196" s="15">
         <v>1000</v>
       </c>
       <c r="K196" s="15">
-        <v>0.1775</v>
+        <v>0.11534</v>
       </c>
       <c r="L196" s="15">
-        <v>0.11894</v>
+        <v>0.09995999999999999</v>
       </c>
       <c r="M196" s="15">
-        <v>0.10808</v>
+        <v>0.09611</v>
       </c>
       <c r="N196" s="15">
-        <v>1</v>
+        <v>850</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196"/>
     </row>
     <row r="197" spans="1:18">
       <c r="B197" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C197" s="15" t="s">
         <v>598</v>
       </c>
       <c r="D197" s="15" t="s">
         <v>599</v>
       </c>
-      <c r="E197" s="15">
-        <v>10080003143</v>
+      <c r="E197" s="15" t="s">
+        <v>600</v>
       </c>
       <c r="F197" s="15"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I197" s="15"/>
       <c r="J197" s="15">
         <v>1000</v>
       </c>
       <c r="K197" s="15">
-        <v>0.14331</v>
+        <v>0.1775</v>
       </c>
       <c r="L197" s="15">
-        <v>0.1242</v>
+        <v>0.11894</v>
       </c>
       <c r="M197" s="15">
-        <v>0.11943</v>
+        <v>0.10808</v>
       </c>
       <c r="N197" s="15">
-        <v>2431</v>
+        <v>1</v>
       </c>
       <c r="O197" s="15"/>
       <c r="P197" s="15"/>
       <c r="Q197" s="15"/>
       <c r="R197"/>
     </row>
     <row r="198" spans="1:18">
       <c r="B198" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C198" s="15" t="s">
         <v>601</v>
       </c>
       <c r="D198" s="15" t="s">
         <v>602</v>
       </c>
       <c r="E198" s="15">
-        <v>10080063994</v>
+        <v>10080003143</v>
       </c>
       <c r="F198" s="15"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="J198" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I198" s="15" t="s">
+        <v>603</v>
+      </c>
+      <c r="J198" s="15">
+        <v>1000</v>
+      </c>
       <c r="K198" s="15">
-        <v>0.22497</v>
+        <v>0.14331</v>
       </c>
       <c r="L198" s="15">
-        <v>0.1613</v>
+        <v>0.1242</v>
       </c>
       <c r="M198" s="15">
-        <v>0.14007</v>
+        <v>0.11943</v>
       </c>
       <c r="N198" s="15">
-        <v>606</v>
+        <v>2574</v>
       </c>
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198"/>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D199" s="15" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E199" s="15">
-        <v>10080003144</v>
+        <v>10080063994</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I199" s="15"/>
+      <c r="J199" s="15"/>
       <c r="K199" s="15">
-        <v>0.14523</v>
+        <v>0.22497</v>
       </c>
       <c r="L199" s="15">
-        <v>0.12587</v>
+        <v>0.1613</v>
       </c>
       <c r="M199" s="15">
-        <v>0.12103</v>
+        <v>0.14007</v>
       </c>
       <c r="N199" s="15">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>655</v>
+      </c>
+      <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199"/>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>606</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>607</v>
       </c>
       <c r="E200" s="15">
-        <v>10080047949</v>
+        <v>10080003144</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-      <c r="J200" s="15"/>
+        <v>77</v>
+      </c>
+      <c r="I200" s="15" t="s">
+        <v>608</v>
+      </c>
+      <c r="J200" s="15">
+        <v>500</v>
+      </c>
       <c r="K200" s="15">
-        <v>0.2703</v>
+        <v>0.14523</v>
       </c>
       <c r="L200" s="15">
-        <v>0.15681</v>
+        <v>0.12587</v>
       </c>
       <c r="M200" s="15">
-        <v>0.14134</v>
-[...1 lines deleted...]
-      <c r="N200" s="15"/>
+        <v>0.12103</v>
+      </c>
+      <c r="N200" s="15">
+        <v>4056</v>
+      </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200"/>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D201" s="15" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E201" s="15">
-        <v>10080003134</v>
+        <v>10080047949</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="I201" s="15"/>
+      <c r="J201" s="15"/>
       <c r="K201" s="15">
-        <v>0.04407</v>
+        <v>0.2703</v>
       </c>
       <c r="L201" s="15">
-        <v>0.03819</v>
+        <v>0.15681</v>
       </c>
       <c r="M201" s="15">
-        <v>0.03673</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.14134</v>
+      </c>
+      <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201"/>
     </row>
     <row r="202" spans="1:18">
       <c r="B202" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C202" s="15" t="s">
         <v>611</v>
       </c>
       <c r="D202" s="15" t="s">
         <v>612</v>
       </c>
-      <c r="E202" s="15" t="s">
-        <v>613</v>
+      <c r="E202" s="15">
+        <v>10080003134</v>
       </c>
       <c r="F202" s="15"/>
       <c r="G202" s="15"/>
       <c r="H202" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I202" s="15" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="J202" s="15">
         <v>1000</v>
       </c>
       <c r="K202" s="15">
-        <v>0.05064</v>
+        <v>0.04407</v>
       </c>
       <c r="L202" s="15">
-        <v>0.04389</v>
+        <v>0.03819</v>
       </c>
       <c r="M202" s="15">
-        <v>0.0422</v>
+        <v>0.03673</v>
       </c>
       <c r="N202" s="15">
-        <v>680</v>
+        <v>78</v>
       </c>
       <c r="O202" s="15"/>
       <c r="P202" s="15"/>
       <c r="Q202" s="15"/>
       <c r="R202"/>
     </row>
     <row r="203" spans="1:18">
       <c r="B203" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C203" s="15" t="s">
+        <v>614</v>
+      </c>
+      <c r="D203" s="15" t="s">
         <v>615</v>
       </c>
-      <c r="D203" s="15" t="s">
+      <c r="E203" s="15" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003135</v>
       </c>
       <c r="F203" s="15"/>
       <c r="G203" s="15"/>
       <c r="H203" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I203" s="15" t="s">
         <v>617</v>
       </c>
       <c r="J203" s="15">
         <v>1000</v>
       </c>
       <c r="K203" s="15">
-        <v>0.05256</v>
+        <v>0.05064</v>
       </c>
       <c r="L203" s="15">
-        <v>0.04555</v>
+        <v>0.04389</v>
       </c>
       <c r="M203" s="15">
-        <v>0.0438</v>
+        <v>0.0422</v>
       </c>
       <c r="N203" s="15">
-        <v>6089</v>
+        <v>640</v>
       </c>
       <c r="O203" s="15"/>
       <c r="P203" s="15"/>
       <c r="Q203" s="15"/>
       <c r="R203"/>
     </row>
     <row r="204" spans="1:18">
       <c r="B204" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C204" s="15" t="s">
         <v>618</v>
       </c>
       <c r="D204" s="15" t="s">
         <v>619</v>
       </c>
-      <c r="E204" s="15" t="s">
-        <v>620</v>
+      <c r="E204" s="15">
+        <v>10080003135</v>
       </c>
       <c r="F204" s="15"/>
       <c r="G204" s="15"/>
       <c r="H204" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I204" s="15" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="J204" s="15">
         <v>1000</v>
       </c>
       <c r="K204" s="15">
         <v>0.05256</v>
       </c>
       <c r="L204" s="15">
         <v>0.04555</v>
       </c>
       <c r="M204" s="15">
         <v>0.0438</v>
       </c>
       <c r="N204" s="15">
-        <v>630</v>
+        <v>5747</v>
       </c>
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204"/>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
+        <v>621</v>
+      </c>
+      <c r="D205" s="15" t="s">
         <v>622</v>
       </c>
-      <c r="D205" s="15" t="s">
+      <c r="E205" s="15" t="s">
         <v>623</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003136</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15"/>
       <c r="H205" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I205" s="15" t="s">
         <v>624</v>
       </c>
       <c r="J205" s="15">
         <v>1000</v>
       </c>
       <c r="K205" s="15">
-        <v>0.07893</v>
+        <v>0.05256</v>
       </c>
       <c r="L205" s="15">
-        <v>0.06841</v>
+        <v>0.04555</v>
       </c>
       <c r="M205" s="15">
-        <v>0.06578000000000001</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.0438</v>
+      </c>
+      <c r="N205" s="15">
+        <v>670</v>
+      </c>
+      <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205"/>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>625</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>626</v>
       </c>
-      <c r="E206" s="15" t="s">
-        <v>627</v>
+      <c r="E206" s="15">
+        <v>10080003136</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15"/>
       <c r="H206" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I206" s="15" t="s">
-        <v>628</v>
+        <v>627</v>
       </c>
       <c r="J206" s="15">
         <v>1000</v>
       </c>
       <c r="K206" s="15">
-        <v>0.07265000000000001</v>
+        <v>0.07893</v>
       </c>
       <c r="L206" s="15">
-        <v>0.06296</v>
+        <v>0.06841</v>
       </c>
       <c r="M206" s="15">
-        <v>0.06054</v>
+        <v>0.06578000000000001</v>
       </c>
       <c r="N206" s="15">
-        <v>592</v>
+        <v>1740</v>
       </c>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206"/>
     </row>
     <row r="207" spans="1:18">
       <c r="B207" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C207" s="15" t="s">
+        <v>628</v>
+      </c>
+      <c r="D207" s="15" t="s">
         <v>629</v>
       </c>
-      <c r="D207" s="15" t="s">
+      <c r="E207" s="15" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080003137</v>
       </c>
       <c r="F207" s="15"/>
       <c r="G207" s="15"/>
       <c r="H207" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I207" s="15" t="s">
         <v>631</v>
       </c>
       <c r="J207" s="15">
         <v>1000</v>
       </c>
       <c r="K207" s="15">
-        <v>0.09755</v>
+        <v>0.07265000000000001</v>
       </c>
       <c r="L207" s="15">
-        <v>0.08454</v>
+        <v>0.06296</v>
       </c>
       <c r="M207" s="15">
-        <v>0.08129</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.06054</v>
+      </c>
+      <c r="N207" s="15">
+        <v>504</v>
+      </c>
+      <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207"/>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>632</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>633</v>
       </c>
-      <c r="E208" s="15" t="s">
-        <v>634</v>
+      <c r="E208" s="15">
+        <v>10080003137</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15"/>
       <c r="H208" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I208" s="15" t="s">
-        <v>635</v>
+        <v>634</v>
       </c>
       <c r="J208" s="15">
         <v>1000</v>
       </c>
       <c r="K208" s="15">
-        <v>0.09209000000000001</v>
+        <v>0.09755</v>
       </c>
       <c r="L208" s="15">
-        <v>0.07981000000000001</v>
+        <v>0.08454</v>
       </c>
       <c r="M208" s="15">
-        <v>0.07674</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.08129</v>
+      </c>
+      <c r="N208" s="15">
+        <v>1780</v>
+      </c>
+      <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208"/>
     </row>
     <row r="209" spans="1:18">
       <c r="B209" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C209" s="15" t="s">
+        <v>635</v>
+      </c>
+      <c r="D209" s="15" t="s">
         <v>636</v>
       </c>
-      <c r="D209" s="15" t="s">
+      <c r="E209" s="15" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="F209" s="15"/>
       <c r="G209" s="15"/>
       <c r="H209" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I209" s="15" t="s">
-        <v>639</v>
+        <v>638</v>
       </c>
       <c r="J209" s="15">
         <v>1000</v>
       </c>
       <c r="K209" s="15">
-        <v>0.15918</v>
+        <v>0.09209000000000001</v>
       </c>
       <c r="L209" s="15">
-        <v>0.13796</v>
+        <v>0.07981000000000001</v>
       </c>
       <c r="M209" s="15">
-        <v>0.13265</v>
+        <v>0.07674</v>
       </c>
       <c r="N209" s="15">
-        <v>576</v>
+        <v>830</v>
       </c>
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209"/>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
+        <v>639</v>
+      </c>
+      <c r="D210" s="15" t="s">
         <v>640</v>
       </c>
-      <c r="D210" s="15" t="s">
+      <c r="E210" s="15" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000013004</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15"/>
       <c r="H210" s="15" t="s">
-        <v>74</v>
+        <v>30</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>642</v>
       </c>
       <c r="J210" s="15">
         <v>1000</v>
       </c>
       <c r="K210" s="15">
-        <v>0.13568</v>
+        <v>0.15918</v>
       </c>
       <c r="L210" s="15">
-        <v>0.11759</v>
+        <v>0.13796</v>
       </c>
       <c r="M210" s="15">
-        <v>0.11306</v>
+        <v>0.13265</v>
       </c>
       <c r="N210" s="15">
-        <v>35</v>
+        <v>747</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210"/>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>643</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>644</v>
       </c>
       <c r="E211" s="15">
-        <v>10080003138</v>
+        <v>10000013004</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15"/>
       <c r="H211" s="15" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="I211" s="15" t="s">
         <v>645</v>
       </c>
       <c r="J211" s="15">
-        <v>500</v>
+        <v>1000</v>
       </c>
       <c r="K211" s="15">
-        <v>0.22186</v>
+        <v>0.13568</v>
       </c>
       <c r="L211" s="15">
-        <v>0.128</v>
+        <v>0.11759</v>
       </c>
       <c r="M211" s="15">
-        <v>0.1152</v>
-[...1 lines deleted...]
-      <c r="N211" s="15"/>
+        <v>0.11306</v>
+      </c>
+      <c r="N211" s="15">
+        <v>35</v>
+      </c>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211"/>
     </row>
     <row r="212" spans="1:18">
       <c r="B212" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C212" s="15" t="s">
         <v>646</v>
       </c>
       <c r="D212" s="15" t="s">
         <v>647</v>
       </c>
-      <c r="E212" s="15" t="s">
-        <v>648</v>
+      <c r="E212" s="15">
+        <v>10080003138</v>
       </c>
       <c r="F212" s="15"/>
       <c r="G212" s="15"/>
       <c r="H212" s="15" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="I212" s="15" t="s">
-        <v>649</v>
+        <v>648</v>
       </c>
       <c r="J212" s="15">
         <v>500</v>
       </c>
       <c r="K212" s="15">
-        <v>0.12776</v>
+        <v>0.22186</v>
       </c>
       <c r="L212" s="15">
-        <v>0.11072</v>
+        <v>0.128</v>
       </c>
       <c r="M212" s="15">
-        <v>0.10646</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.1152</v>
+      </c>
+      <c r="N212" s="15"/>
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212"/>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
+        <v>649</v>
+      </c>
+      <c r="D213" s="15" t="s">
         <v>650</v>
       </c>
-      <c r="D213" s="15" t="s">
+      <c r="E213" s="15" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080047948</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15"/>
       <c r="H213" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I213" s="15"/>
-      <c r="J213" s="15"/>
+      <c r="I213" s="15" t="s">
+        <v>652</v>
+      </c>
+      <c r="J213" s="15">
+        <v>500</v>
+      </c>
       <c r="K213" s="15">
-        <v>0.24369</v>
+        <v>0.12776</v>
       </c>
       <c r="L213" s="15">
-        <v>0.2112</v>
+        <v>0.11072</v>
       </c>
       <c r="M213" s="15">
-        <v>0.20308</v>
-[...1 lines deleted...]
-      <c r="N213" s="15"/>
+        <v>0.10646</v>
+      </c>
+      <c r="N213" s="15">
+        <v>324</v>
+      </c>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213"/>
     </row>
     <row r="214" spans="1:18">
       <c r="B214" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C214" s="15" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D214" s="15" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="E214" s="15">
-        <v>10080063996</v>
+        <v>10080047948</v>
       </c>
       <c r="F214" s="15"/>
       <c r="G214" s="15"/>
       <c r="H214" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I214" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I214" s="15"/>
+      <c r="J214" s="15"/>
       <c r="K214" s="15">
-        <v>0.41263</v>
+        <v>0.24369</v>
       </c>
       <c r="L214" s="15">
-        <v>0.29854</v>
+        <v>0.2112</v>
       </c>
       <c r="M214" s="15">
-        <v>0.26051</v>
+        <v>0.20308</v>
       </c>
       <c r="N214" s="15"/>
-      <c r="O214" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214"/>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="D215" s="15" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-        <v>655</v>
+        <v>656</v>
+      </c>
+      <c r="E215" s="15">
+        <v>10080063996</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15"/>
       <c r="H215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I215" s="15" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="J215" s="15">
-        <v>500</v>
+        <v>250</v>
       </c>
       <c r="K215" s="15">
-        <v>0.4272</v>
+        <v>0.41263</v>
       </c>
       <c r="L215" s="15">
-        <v>0.30909</v>
+        <v>0.29854</v>
       </c>
       <c r="M215" s="15">
-        <v>0.26971</v>
-[...1 lines deleted...]
-      <c r="N215" s="15"/>
+        <v>0.26051</v>
+      </c>
+      <c r="N215" s="15">
+        <v>305</v>
+      </c>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215"/>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
+        <v>655</v>
+      </c>
+      <c r="D216" s="15" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
       <c r="E216" s="15" t="s">
         <v>658</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15"/>
       <c r="H216" s="15" t="s">
-        <v>225</v>
+        <v>30</v>
       </c>
       <c r="I216" s="15" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="J216" s="15"/>
+        <v>657</v>
+      </c>
+      <c r="J216" s="15">
+        <v>500</v>
+      </c>
       <c r="K216" s="15">
-        <v>0.8385899999999999</v>
+        <v>0.4272</v>
       </c>
       <c r="L216" s="15">
-        <v>0.70334</v>
+        <v>0.30909</v>
       </c>
       <c r="M216" s="15">
-        <v>0.6762899999999999</v>
+        <v>0.26971</v>
       </c>
       <c r="N216" s="15"/>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216"/>
     </row>
     <row r="217" spans="1:18">
       <c r="B217" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C217" s="15" t="s">
+        <v>659</v>
+      </c>
+      <c r="D217" s="15" t="s">
         <v>660</v>
       </c>
-      <c r="D217" s="15" t="s">
+      <c r="E217" s="15" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="F217" s="15"/>
       <c r="G217" s="15"/>
       <c r="H217" s="15" t="s">
-        <v>663</v>
-[...4 lines deleted...]
-      </c>
+        <v>228</v>
+      </c>
+      <c r="I217" s="15" t="s">
+        <v>662</v>
+      </c>
+      <c r="J217" s="15"/>
       <c r="K217" s="15">
-        <v>0.10281</v>
+        <v>0.8385899999999999</v>
       </c>
       <c r="L217" s="15">
-        <v>0.08623</v>
+        <v>0.70334</v>
       </c>
       <c r="M217" s="15">
-        <v>0.08291</v>
+        <v>0.6762899999999999</v>
       </c>
       <c r="N217" s="15"/>
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217"/>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
+        <v>663</v>
+      </c>
+      <c r="D218" s="15" t="s">
         <v>664</v>
       </c>
-      <c r="D218" s="15" t="s">
+      <c r="E218" s="15" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15"/>
       <c r="H218" s="15" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="I218" s="15"/>
       <c r="J218" s="15">
-        <v>500</v>
+        <v>750</v>
       </c>
       <c r="K218" s="15">
-        <v>0.21482</v>
+        <v>1.78</v>
       </c>
       <c r="L218" s="15">
-        <v>0.18617</v>
+        <v>1.54</v>
       </c>
       <c r="M218" s="15">
-        <v>0.17901</v>
+        <v>1.48</v>
       </c>
       <c r="N218" s="15"/>
       <c r="O218" s="15"/>
       <c r="P218" s="15" t="s">
-        <v>668</v>
+        <v>667</v>
       </c>
       <c r="Q218" s="15"/>
       <c r="R218"/>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
+        <v>668</v>
+      </c>
+      <c r="D219" s="15" t="s">
         <v>669</v>
       </c>
-      <c r="D219" s="15" t="s">
+      <c r="E219" s="15" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>671</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15"/>
       <c r="H219" s="15" t="s">
-        <v>663</v>
-[...3 lines deleted...]
-      </c>
+        <v>671</v>
+      </c>
+      <c r="I219" s="15"/>
       <c r="J219" s="15">
         <v>1000</v>
       </c>
       <c r="K219" s="15">
-        <v>0.09809</v>
+        <v>0.10281</v>
       </c>
       <c r="L219" s="15">
-        <v>0.08501</v>
+        <v>0.08623</v>
       </c>
       <c r="M219" s="15">
-        <v>0.08173999999999999</v>
+        <v>0.08291</v>
       </c>
       <c r="N219" s="15"/>
       <c r="O219" s="15"/>
-      <c r="P219" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219"/>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
+        <v>672</v>
+      </c>
+      <c r="D220" s="15" t="s">
         <v>673</v>
       </c>
-      <c r="D220" s="15" t="s">
+      <c r="E220" s="15" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080069189</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15"/>
-      <c r="H220" s="15"/>
-      <c r="I220" s="15"/>
+      <c r="H220" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="I220" s="15" t="s">
+        <v>675</v>
+      </c>
       <c r="J220" s="15">
-        <v>600</v>
+        <v>500</v>
       </c>
       <c r="K220" s="15">
-        <v>0.32081</v>
+        <v>0.21482</v>
       </c>
       <c r="L220" s="15">
-        <v>0.26733</v>
+        <v>0.18617</v>
       </c>
       <c r="M220" s="15">
-        <v>0.25663</v>
+        <v>0.17901</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
-      <c r="P220" s="15"/>
+      <c r="P220" s="15" t="s">
+        <v>676</v>
+      </c>
       <c r="Q220" s="15"/>
       <c r="R220"/>
     </row>
     <row r="221" spans="1:18">
       <c r="B221" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C221" s="15" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="D221" s="15" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>10080069190</v>
+        <v>678</v>
+      </c>
+      <c r="E221" s="15" t="s">
+        <v>679</v>
       </c>
       <c r="F221" s="15"/>
       <c r="G221" s="15"/>
       <c r="H221" s="15" t="s">
-        <v>663</v>
-[...1 lines deleted...]
-      <c r="I221" s="15"/>
+        <v>671</v>
+      </c>
+      <c r="I221" s="15" t="s">
+        <v>680</v>
+      </c>
       <c r="J221" s="15">
-        <v>1600</v>
+        <v>1000</v>
       </c>
       <c r="K221" s="15">
-        <v>0.14066</v>
+        <v>0.09809</v>
       </c>
       <c r="L221" s="15">
-        <v>0.14066</v>
+        <v>0.08501</v>
       </c>
       <c r="M221" s="15">
-        <v>0.14066</v>
+        <v>0.08173999999999999</v>
       </c>
       <c r="N221" s="15"/>
       <c r="O221" s="15"/>
-      <c r="P221" s="15"/>
+      <c r="P221" s="15" t="s">
+        <v>676</v>
+      </c>
       <c r="Q221" s="15"/>
       <c r="R221"/>
     </row>
     <row r="222" spans="1:18">
-      <c r="B222" s="14"/>
-[...2 lines deleted...]
-      <c r="E222" s="15"/>
+      <c r="B222" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C222" s="15" t="s">
+        <v>681</v>
+      </c>
+      <c r="D222" s="15" t="s">
+        <v>682</v>
+      </c>
+      <c r="E222" s="15">
+        <v>10080069189</v>
+      </c>
       <c r="F222" s="15"/>
       <c r="G222" s="15"/>
       <c r="H222" s="15"/>
       <c r="I222" s="15"/>
-      <c r="J222" s="15"/>
-[...2 lines deleted...]
-      <c r="M222" s="15"/>
+      <c r="J222" s="15">
+        <v>600</v>
+      </c>
+      <c r="K222" s="15">
+        <v>0.32081</v>
+      </c>
+      <c r="L222" s="15">
+        <v>0.26733</v>
+      </c>
+      <c r="M222" s="15">
+        <v>0.25663</v>
+      </c>
       <c r="N222" s="15"/>
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
+      <c r="R222"/>
+    </row>
+    <row r="223" spans="1:18">
+      <c r="B223" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C223" s="15" t="s">
+        <v>683</v>
+      </c>
+      <c r="D223" s="15" t="s">
+        <v>684</v>
+      </c>
+      <c r="E223" s="15" t="s">
+        <v>685</v>
+      </c>
+      <c r="F223" s="15"/>
+      <c r="G223" s="15"/>
+      <c r="H223" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="I223" s="15"/>
+      <c r="J223" s="15">
+        <v>800</v>
+      </c>
+      <c r="K223" s="15">
+        <v>0.1347</v>
+      </c>
+      <c r="L223" s="15">
+        <v>0.11674</v>
+      </c>
+      <c r="M223" s="15">
+        <v>0.11225</v>
+      </c>
+      <c r="N223" s="15"/>
+      <c r="O223" s="15"/>
+      <c r="P223" s="15"/>
+      <c r="Q223" s="15"/>
+      <c r="R223"/>
+    </row>
+    <row r="224" spans="1:18">
+      <c r="B224" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C224" s="15" t="s">
+        <v>686</v>
+      </c>
+      <c r="D224" s="15" t="s">
+        <v>687</v>
+      </c>
+      <c r="E224" s="15">
+        <v>10080069190</v>
+      </c>
+      <c r="F224" s="15"/>
+      <c r="G224" s="15"/>
+      <c r="H224" s="15" t="s">
+        <v>671</v>
+      </c>
+      <c r="I224" s="15"/>
+      <c r="J224" s="15">
+        <v>1600</v>
+      </c>
+      <c r="K224" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="L224" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="M224" s="15">
+        <v>0.14066</v>
+      </c>
+      <c r="N224" s="15"/>
+      <c r="O224" s="15"/>
+      <c r="P224" s="15"/>
+      <c r="Q224" s="15"/>
+      <c r="R224"/>
+    </row>
+    <row r="225" spans="1:18">
+      <c r="B225" s="14"/>
+      <c r="C225" s="15"/>
+      <c r="D225" s="15"/>
+      <c r="E225" s="15"/>
+      <c r="F225" s="15"/>
+      <c r="G225" s="15"/>
+      <c r="H225" s="15"/>
+      <c r="I225" s="15"/>
+      <c r="J225" s="15"/>
+      <c r="K225" s="15"/>
+      <c r="L225" s="15"/>
+      <c r="M225" s="15"/>
+      <c r="N225" s="15"/>
+      <c r="O225" s="15"/>
+      <c r="P225" s="15"/>
+      <c r="Q225" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -11423,317 +11545,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>699</v>
+        <v>710</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>700</v>
+        <v>711</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>701</v>
+        <v>712</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>702</v>
+        <v>713</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>703</v>
+        <v>714</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>