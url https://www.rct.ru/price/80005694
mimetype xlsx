--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1929,92 +1929,92 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.11009</v>
       </c>
       <c r="L11" s="15">
         <v>0.11009</v>
       </c>
       <c r="M11" s="15">
         <v>0.11009</v>
       </c>
       <c r="N11" s="15">
-        <v>576</v>
+        <v>568</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1378</v>
       </c>
       <c r="L12" s="15">
         <v>0.1378</v>
       </c>
       <c r="M12" s="15">
         <v>0.1378</v>
       </c>
       <c r="N12" s="15">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15"/>
@@ -2342,51 +2342,51 @@
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080045622</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N22" s="15">
-        <v>1633</v>
+        <v>2088</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15">
         <v>10080044574</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -2420,51 +2420,51 @@
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080034235</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.06301</v>
       </c>
       <c r="L24" s="15">
         <v>0.06301</v>
       </c>
       <c r="M24" s="15">
         <v>0.06301</v>
       </c>
       <c r="N24" s="15">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080038356</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2650,51 +2650,51 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080065097</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03486</v>
       </c>
       <c r="L30" s="15">
         <v>0.02924</v>
       </c>
       <c r="M30" s="15">
         <v>0.02811</v>
       </c>
       <c r="N30" s="15">
-        <v>8722</v>
+        <v>7742</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10000014991</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2728,51 +2728,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.06065</v>
       </c>
       <c r="L32" s="15">
         <v>0.06065</v>
       </c>
       <c r="M32" s="15">
         <v>0.06065</v>
       </c>
       <c r="N32" s="15">
-        <v>309</v>
+        <v>229</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080035246</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I33" s="15"/>
@@ -2956,51 +2956,51 @@
       <c r="D38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="15">
         <v>10080065098</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.06986000000000001</v>
       </c>
       <c r="L38" s="15">
         <v>0.05</v>
       </c>
       <c r="M38" s="15">
         <v>0.047</v>
       </c>
       <c r="N38" s="15">
-        <v>85626</v>
+        <v>76955</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10000017357</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="15"/>
@@ -3108,51 +3108,51 @@
       <c r="D42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="15">
         <v>10080065099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04732</v>
       </c>
       <c r="L42" s="15">
         <v>0.04732</v>
       </c>
       <c r="M42" s="15">
         <v>0.04732</v>
       </c>
       <c r="N42" s="15">
-        <v>12624</v>
+        <v>8294</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10000014335</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="15"/>
@@ -3221,51 +3221,51 @@
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080065190</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.09318</v>
       </c>
       <c r="L45" s="15">
         <v>0.06741999999999999</v>
       </c>
       <c r="M45" s="15">
         <v>0.05883</v>
       </c>
       <c r="N45" s="15">
-        <v>2254</v>
+        <v>2739</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000014337</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I46" s="15" t="s">
@@ -3412,51 +3412,51 @@
       <c r="D50" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10080068916</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07169</v>
       </c>
       <c r="L50" s="15">
         <v>0.059</v>
       </c>
       <c r="M50" s="15">
         <v>0.053</v>
       </c>
       <c r="N50" s="15">
-        <v>51278</v>
+        <v>57870</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10000013251</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -3535,51 +3535,51 @@
       </c>
       <c r="E53" s="15">
         <v>10080070847</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.05519</v>
       </c>
       <c r="L53" s="15">
         <v>0.05519</v>
       </c>
       <c r="M53" s="15">
         <v>0.05519</v>
       </c>
       <c r="N53" s="15">
-        <v>1721</v>
+        <v>1276</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10000013252</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3613,51 +3613,51 @@
       <c r="D55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0813</v>
       </c>
       <c r="L55" s="15">
         <v>0.07045999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.06775</v>
       </c>
       <c r="N55" s="15">
-        <v>6300</v>
+        <v>7000</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="15">
         <v>10080033250</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I56" s="15"/>
@@ -3691,51 +3691,51 @@
       <c r="D57" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="15">
         <v>10080065101</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05</v>
       </c>
       <c r="L57" s="15">
         <v>0.05</v>
       </c>
       <c r="M57" s="15">
         <v>0.05</v>
       </c>
       <c r="N57" s="15">
-        <v>9064</v>
+        <v>6180</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="15">
         <v>10000014338</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3845,51 +3845,51 @@
       <c r="D61" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E61" s="15">
         <v>10080067017</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.049</v>
       </c>
       <c r="L61" s="15">
         <v>0.049</v>
       </c>
       <c r="M61" s="15">
         <v>0.049</v>
       </c>
       <c r="N61" s="15">
-        <v>6903</v>
+        <v>6136</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="15">
         <v>10000017358</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="15"/>
@@ -3960,51 +3960,51 @@
       <c r="D64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E64" s="15">
         <v>10080070848</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.049</v>
       </c>
       <c r="L64" s="15">
         <v>0.049</v>
       </c>
       <c r="M64" s="15">
         <v>0.049</v>
       </c>
       <c r="N64" s="15">
-        <v>12207</v>
+        <v>16527</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
@@ -4151,51 +4151,51 @@
       <c r="D69" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E69" s="15">
         <v>10080065102</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.0496</v>
       </c>
       <c r="L69" s="15">
         <v>0.0496</v>
       </c>
       <c r="M69" s="15">
         <v>0.0496</v>
       </c>
       <c r="N69" s="15">
-        <v>24268</v>
+        <v>23926</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E70" s="15">
         <v>10000017359</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I70" s="15"/>
@@ -4264,87 +4264,87 @@
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080068920</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.05261</v>
       </c>
       <c r="L72" s="15">
         <v>0.05261</v>
       </c>
       <c r="M72" s="15">
         <v>0.05261</v>
       </c>
       <c r="N72" s="15">
-        <v>5663</v>
+        <v>5505</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E73" s="15">
         <v>10080067018</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.09346</v>
+        <v>0.05418</v>
       </c>
       <c r="L73" s="15">
-        <v>0.07789</v>
+        <v>0.05418</v>
       </c>
       <c r="M73" s="15">
-        <v>0.07477</v>
+        <v>0.05418</v>
       </c>
       <c r="N73" s="15">
         <v>1</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E74" s="15">
         <v>10000018148</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
@@ -4420,51 +4420,51 @@
       <c r="D76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10080068917</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0585</v>
       </c>
       <c r="L76" s="15">
         <v>0.0585</v>
       </c>
       <c r="M76" s="15">
         <v>0.0585</v>
       </c>
       <c r="N76" s="15">
-        <v>15626</v>
+        <v>16227</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10000017360</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4498,90 +4498,90 @@
       <c r="D78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E78" s="15">
         <v>10080056266</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.09184</v>
       </c>
       <c r="L78" s="15">
         <v>0.09184</v>
       </c>
       <c r="M78" s="15">
         <v>0.09184</v>
       </c>
       <c r="N78" s="15">
-        <v>646</v>
+        <v>548</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.05576</v>
       </c>
       <c r="L79" s="15">
         <v>0.05576</v>
       </c>
       <c r="M79" s="15">
         <v>0.05576</v>
       </c>
       <c r="N79" s="15">
-        <v>3729</v>
+        <v>2679</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E80" s="15">
         <v>10000017361</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I80" s="15"/>
@@ -4650,51 +4650,51 @@
       <c r="D82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080070849</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="N82" s="15">
-        <v>950</v>
+        <v>1129</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018149</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I83" s="15"/>
@@ -4771,51 +4771,51 @@
       </c>
       <c r="E85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0732</v>
       </c>
       <c r="L85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>2230</v>
+        <v>2267</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E86" s="15">
         <v>10000014341</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -4849,90 +4849,90 @@
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032481</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.18267</v>
       </c>
       <c r="L87" s="15">
         <v>0.18</v>
       </c>
       <c r="M87" s="15">
         <v>0.17</v>
       </c>
       <c r="N87" s="15">
-        <v>2491</v>
+        <v>1910</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.09710000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.08415</v>
       </c>
       <c r="M88" s="15">
         <v>0.08091</v>
       </c>
       <c r="N88" s="15">
-        <v>4082</v>
+        <v>2401</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10000018151</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I89" s="15"/>
@@ -5007,51 +5007,51 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>500</v>
       </c>
       <c r="K91" s="15">
         <v>0.14477</v>
       </c>
       <c r="L91" s="15">
         <v>0.12142</v>
       </c>
       <c r="M91" s="15">
         <v>0.11675</v>
       </c>
       <c r="N91" s="15">
-        <v>1973</v>
+        <v>2346</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000017362</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -5122,51 +5122,51 @@
       <c r="D94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.15128</v>
       </c>
       <c r="L94" s="15">
         <v>0.12688</v>
       </c>
       <c r="M94" s="15">
         <v>0.122</v>
       </c>
       <c r="N94" s="15">
-        <v>3348</v>
+        <v>2753</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E95" s="15">
         <v>10000017363</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I95" s="15"/>
@@ -5198,90 +5198,90 @@
       <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10080066226</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.21527</v>
       </c>
       <c r="L96" s="15">
         <v>0.21527</v>
       </c>
       <c r="M96" s="15">
         <v>0.21527</v>
       </c>
       <c r="N96" s="15">
-        <v>282</v>
+        <v>215</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.13236</v>
       </c>
       <c r="L97" s="15">
         <v>0.13236</v>
       </c>
       <c r="M97" s="15">
         <v>0.13236</v>
       </c>
       <c r="N97" s="15">
-        <v>1145</v>
+        <v>1497</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15">
         <v>10080000318</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I98" s="15"/>
@@ -5313,51 +5313,51 @@
       <c r="D99" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E99" s="15">
         <v>10080003179</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>500</v>
       </c>
       <c r="K99" s="15">
         <v>0.17852</v>
       </c>
       <c r="L99" s="15">
         <v>0.17852</v>
       </c>
       <c r="M99" s="15">
         <v>0.17852</v>
       </c>
       <c r="N99" s="15">
-        <v>252</v>
+        <v>222</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="15">
         <v>10080032483</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I100" s="15"/>
@@ -5541,51 +5541,51 @@
       <c r="D105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10080068921</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>200</v>
       </c>
       <c r="K105" s="15">
         <v>0.34326</v>
       </c>
       <c r="L105" s="15">
         <v>0.34326</v>
       </c>
       <c r="M105" s="15">
         <v>0.34326</v>
       </c>
       <c r="N105" s="15">
-        <v>1273</v>
+        <v>1144</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10080003180</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I106" s="15"/>
@@ -5617,51 +5617,51 @@
       <c r="D107" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.06186</v>
       </c>
       <c r="L107" s="15">
         <v>0.05361</v>
       </c>
       <c r="M107" s="15">
         <v>0.05155</v>
       </c>
       <c r="N107" s="15">
-        <v>3195</v>
+        <v>2972</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E108" s="15">
         <v>10000023405</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I108" s="15"/>
@@ -5878,51 +5878,51 @@
       <c r="D114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="15">
         <v>10080070850</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08401</v>
       </c>
       <c r="L114" s="15">
         <v>0.08401</v>
       </c>
       <c r="M114" s="15">
         <v>0.08401</v>
       </c>
       <c r="N114" s="15">
-        <v>190</v>
+        <v>222</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E115" s="15">
         <v>10080049762</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="15"/>
@@ -5993,90 +5993,90 @@
       <c r="D117" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E117" s="15">
         <v>10080070851</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.092</v>
       </c>
       <c r="L117" s="15">
         <v>0.092</v>
       </c>
       <c r="M117" s="15">
         <v>0.092</v>
       </c>
       <c r="N117" s="15">
-        <v>960</v>
+        <v>1215</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.11984</v>
       </c>
       <c r="L118" s="15">
         <v>0.10386</v>
       </c>
       <c r="M118" s="15">
         <v>0.09986</v>
       </c>
       <c r="N118" s="15">
-        <v>1600</v>
+        <v>1460</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E119" s="15">
         <v>10000021438</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I119" s="15"/>
@@ -6147,129 +6147,129 @@
       <c r="D121" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E121" s="15">
         <v>10000013255</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.184</v>
       </c>
       <c r="L121" s="15">
         <v>0.184</v>
       </c>
       <c r="M121" s="15">
         <v>0.184</v>
       </c>
       <c r="N121" s="15">
-        <v>138</v>
+        <v>129</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E122" s="15">
         <v>10080049096</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.12601</v>
       </c>
       <c r="L122" s="15">
         <v>0.12601</v>
       </c>
       <c r="M122" s="15">
         <v>0.12601</v>
       </c>
       <c r="N122" s="15">
-        <v>4090</v>
+        <v>2993</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E123" s="15">
         <v>10080052919</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09451</v>
       </c>
       <c r="L123" s="15">
         <v>0.09451</v>
       </c>
       <c r="M123" s="15">
         <v>0.09451</v>
       </c>
       <c r="N123" s="15">
-        <v>1248</v>
+        <v>1531</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>