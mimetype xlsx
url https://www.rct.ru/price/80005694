--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1929,92 +1929,92 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.11009</v>
       </c>
       <c r="L11" s="15">
         <v>0.11009</v>
       </c>
       <c r="M11" s="15">
         <v>0.11009</v>
       </c>
       <c r="N11" s="15">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1378</v>
       </c>
       <c r="L12" s="15">
         <v>0.1378</v>
       </c>
       <c r="M12" s="15">
         <v>0.1378</v>
       </c>
       <c r="N12" s="15">
-        <v>584</v>
+        <v>568</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15"/>
@@ -2342,51 +2342,51 @@
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080045622</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N22" s="15">
-        <v>2088</v>
+        <v>2040</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15">
         <v>10080044574</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -2420,51 +2420,51 @@
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080034235</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.06301</v>
       </c>
       <c r="L24" s="15">
         <v>0.06301</v>
       </c>
       <c r="M24" s="15">
         <v>0.06301</v>
       </c>
       <c r="N24" s="15">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080038356</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2650,51 +2650,51 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080065097</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03486</v>
       </c>
       <c r="L30" s="15">
         <v>0.02924</v>
       </c>
       <c r="M30" s="15">
         <v>0.02811</v>
       </c>
       <c r="N30" s="15">
-        <v>7742</v>
+        <v>7154</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10000014991</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2795,60 +2795,60 @@
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>101</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15">
         <v>10080067016</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
-        <v>0.09335</v>
+        <v>0.06569</v>
       </c>
       <c r="L34" s="15">
-        <v>0.06754</v>
+        <v>0.05693</v>
       </c>
       <c r="M34" s="15">
-        <v>0.05894</v>
+        <v>0.05474</v>
       </c>
       <c r="N34" s="15">
-        <v>8614</v>
+        <v>9676</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="15">
         <v>10000013250</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2956,51 +2956,51 @@
       <c r="D38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="15">
         <v>10080065098</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.06986000000000001</v>
       </c>
       <c r="L38" s="15">
         <v>0.05</v>
       </c>
       <c r="M38" s="15">
         <v>0.047</v>
       </c>
       <c r="N38" s="15">
-        <v>76955</v>
+        <v>82375</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10000017357</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="15"/>
@@ -3108,51 +3108,51 @@
       <c r="D42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="15">
         <v>10080065099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04732</v>
       </c>
       <c r="L42" s="15">
         <v>0.04732</v>
       </c>
       <c r="M42" s="15">
         <v>0.04732</v>
       </c>
       <c r="N42" s="15">
-        <v>8294</v>
+        <v>11017</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10000014335</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="15"/>
@@ -3212,60 +3212,60 @@
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>125</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080065190</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
-        <v>0.09318</v>
+        <v>0.06557</v>
       </c>
       <c r="L45" s="15">
-        <v>0.06741999999999999</v>
+        <v>0.05682</v>
       </c>
       <c r="M45" s="15">
-        <v>0.05883</v>
+        <v>0.05464</v>
       </c>
       <c r="N45" s="15">
-        <v>2739</v>
+        <v>2185</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000014337</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I46" s="15" t="s">
@@ -3412,51 +3412,51 @@
       <c r="D50" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10080068916</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07169</v>
       </c>
       <c r="L50" s="15">
         <v>0.059</v>
       </c>
       <c r="M50" s="15">
         <v>0.053</v>
       </c>
       <c r="N50" s="15">
-        <v>57870</v>
+        <v>43855</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10000013251</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -3535,51 +3535,51 @@
       </c>
       <c r="E53" s="15">
         <v>10080070847</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.05519</v>
       </c>
       <c r="L53" s="15">
         <v>0.05519</v>
       </c>
       <c r="M53" s="15">
         <v>0.05519</v>
       </c>
       <c r="N53" s="15">
-        <v>1276</v>
+        <v>1412</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10000013252</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3613,51 +3613,51 @@
       <c r="D55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0813</v>
       </c>
       <c r="L55" s="15">
         <v>0.07045999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.06775</v>
       </c>
       <c r="N55" s="15">
-        <v>7000</v>
+        <v>6500</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="15">
         <v>10080033250</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I56" s="15"/>
@@ -3691,51 +3691,51 @@
       <c r="D57" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="15">
         <v>10080065101</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05</v>
       </c>
       <c r="L57" s="15">
         <v>0.05</v>
       </c>
       <c r="M57" s="15">
         <v>0.05</v>
       </c>
       <c r="N57" s="15">
-        <v>6180</v>
+        <v>8137</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="15">
         <v>10000014338</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3845,51 +3845,51 @@
       <c r="D61" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E61" s="15">
         <v>10080067017</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.049</v>
       </c>
       <c r="L61" s="15">
         <v>0.049</v>
       </c>
       <c r="M61" s="15">
         <v>0.049</v>
       </c>
       <c r="N61" s="15">
-        <v>6136</v>
+        <v>6213</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="15">
         <v>10000017358</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="15"/>
@@ -3960,51 +3960,51 @@
       <c r="D64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E64" s="15">
         <v>10080070848</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.049</v>
       </c>
       <c r="L64" s="15">
         <v>0.049</v>
       </c>
       <c r="M64" s="15">
         <v>0.049</v>
       </c>
       <c r="N64" s="15">
-        <v>16527</v>
+        <v>16715</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
@@ -4151,51 +4151,51 @@
       <c r="D69" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E69" s="15">
         <v>10080065102</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.0496</v>
       </c>
       <c r="L69" s="15">
         <v>0.0496</v>
       </c>
       <c r="M69" s="15">
         <v>0.0496</v>
       </c>
       <c r="N69" s="15">
-        <v>23926</v>
+        <v>23585</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E70" s="15">
         <v>10000017359</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I70" s="15"/>
@@ -4264,51 +4264,51 @@
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080068920</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.05261</v>
       </c>
       <c r="L72" s="15">
         <v>0.05261</v>
       </c>
       <c r="M72" s="15">
         <v>0.05261</v>
       </c>
       <c r="N72" s="15">
-        <v>5505</v>
+        <v>6134</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E73" s="15">
         <v>10080067018</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="15"/>
@@ -4420,51 +4420,51 @@
       <c r="D76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10080068917</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0585</v>
       </c>
       <c r="L76" s="15">
         <v>0.0585</v>
       </c>
       <c r="M76" s="15">
         <v>0.0585</v>
       </c>
       <c r="N76" s="15">
-        <v>16227</v>
+        <v>16828</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10000017360</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4498,90 +4498,90 @@
       <c r="D78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E78" s="15">
         <v>10080056266</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.09184</v>
       </c>
       <c r="L78" s="15">
         <v>0.09184</v>
       </c>
       <c r="M78" s="15">
         <v>0.09184</v>
       </c>
       <c r="N78" s="15">
-        <v>548</v>
+        <v>601</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.05576</v>
       </c>
       <c r="L79" s="15">
         <v>0.05576</v>
       </c>
       <c r="M79" s="15">
         <v>0.05576</v>
       </c>
       <c r="N79" s="15">
-        <v>2679</v>
+        <v>2976</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E80" s="15">
         <v>10000017361</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I80" s="15"/>
@@ -4650,51 +4650,51 @@
       <c r="D82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080070849</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="N82" s="15">
-        <v>1129</v>
+        <v>1101</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018149</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I83" s="15"/>
@@ -4771,51 +4771,51 @@
       </c>
       <c r="E85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0732</v>
       </c>
       <c r="L85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>2267</v>
+        <v>2851</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E86" s="15">
         <v>10000014341</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -4849,90 +4849,90 @@
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032481</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.18267</v>
       </c>
       <c r="L87" s="15">
         <v>0.18</v>
       </c>
       <c r="M87" s="15">
         <v>0.17</v>
       </c>
       <c r="N87" s="15">
-        <v>1910</v>
+        <v>2186</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.09710000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.08415</v>
       </c>
       <c r="M88" s="15">
         <v>0.08091</v>
       </c>
       <c r="N88" s="15">
-        <v>2401</v>
+        <v>1975</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10000018151</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I89" s="15"/>
@@ -5007,51 +5007,51 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>500</v>
       </c>
       <c r="K91" s="15">
         <v>0.14477</v>
       </c>
       <c r="L91" s="15">
         <v>0.12142</v>
       </c>
       <c r="M91" s="15">
         <v>0.11675</v>
       </c>
       <c r="N91" s="15">
-        <v>2346</v>
+        <v>1786</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000017362</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -5122,51 +5122,51 @@
       <c r="D94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.15128</v>
       </c>
       <c r="L94" s="15">
         <v>0.12688</v>
       </c>
       <c r="M94" s="15">
         <v>0.122</v>
       </c>
       <c r="N94" s="15">
-        <v>2753</v>
+        <v>2343</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E95" s="15">
         <v>10000017363</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I95" s="15"/>
@@ -5198,90 +5198,90 @@
       <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10080066226</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.21527</v>
       </c>
       <c r="L96" s="15">
         <v>0.21527</v>
       </c>
       <c r="M96" s="15">
         <v>0.21527</v>
       </c>
       <c r="N96" s="15">
-        <v>215</v>
+        <v>272</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.13236</v>
       </c>
       <c r="L97" s="15">
         <v>0.13236</v>
       </c>
       <c r="M97" s="15">
         <v>0.13236</v>
       </c>
       <c r="N97" s="15">
-        <v>1497</v>
+        <v>1180</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15">
         <v>10080000318</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I98" s="15"/>
@@ -5313,51 +5313,51 @@
       <c r="D99" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E99" s="15">
         <v>10080003179</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>500</v>
       </c>
       <c r="K99" s="15">
         <v>0.17852</v>
       </c>
       <c r="L99" s="15">
         <v>0.17852</v>
       </c>
       <c r="M99" s="15">
         <v>0.17852</v>
       </c>
       <c r="N99" s="15">
-        <v>222</v>
+        <v>200</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="15">
         <v>10080032483</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I100" s="15"/>
@@ -5541,51 +5541,51 @@
       <c r="D105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10080068921</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>200</v>
       </c>
       <c r="K105" s="15">
         <v>0.34326</v>
       </c>
       <c r="L105" s="15">
         <v>0.34326</v>
       </c>
       <c r="M105" s="15">
         <v>0.34326</v>
       </c>
       <c r="N105" s="15">
-        <v>1144</v>
+        <v>916</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10080003180</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I106" s="15"/>
@@ -5617,51 +5617,51 @@
       <c r="D107" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.06186</v>
       </c>
       <c r="L107" s="15">
         <v>0.05361</v>
       </c>
       <c r="M107" s="15">
         <v>0.05155</v>
       </c>
       <c r="N107" s="15">
-        <v>2972</v>
+        <v>2599</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E108" s="15">
         <v>10000023405</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I108" s="15"/>
@@ -5878,51 +5878,51 @@
       <c r="D114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="15">
         <v>10080070850</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08401</v>
       </c>
       <c r="L114" s="15">
         <v>0.08401</v>
       </c>
       <c r="M114" s="15">
         <v>0.08401</v>
       </c>
       <c r="N114" s="15">
-        <v>222</v>
+        <v>255</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E115" s="15">
         <v>10080049762</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="15"/>
@@ -5993,90 +5993,90 @@
       <c r="D117" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E117" s="15">
         <v>10080070851</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.092</v>
       </c>
       <c r="L117" s="15">
         <v>0.092</v>
       </c>
       <c r="M117" s="15">
         <v>0.092</v>
       </c>
       <c r="N117" s="15">
-        <v>1215</v>
+        <v>1320</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.11984</v>
       </c>
       <c r="L118" s="15">
         <v>0.10386</v>
       </c>
       <c r="M118" s="15">
         <v>0.09986</v>
       </c>
       <c r="N118" s="15">
-        <v>1460</v>
+        <v>1500</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E119" s="15">
         <v>10000021438</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I119" s="15"/>
@@ -6147,90 +6147,90 @@
       <c r="D121" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E121" s="15">
         <v>10000013255</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.184</v>
       </c>
       <c r="L121" s="15">
         <v>0.184</v>
       </c>
       <c r="M121" s="15">
         <v>0.184</v>
       </c>
       <c r="N121" s="15">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E122" s="15">
         <v>10080049096</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.12601</v>
       </c>
       <c r="L122" s="15">
         <v>0.12601</v>
       </c>
       <c r="M122" s="15">
         <v>0.12601</v>
       </c>
       <c r="N122" s="15">
-        <v>2993</v>
+        <v>4339</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E123" s="15">
         <v>10080052919</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I123" s="15"/>