--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1929,92 +1929,92 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.11009</v>
       </c>
       <c r="L11" s="15">
         <v>0.11009</v>
       </c>
       <c r="M11" s="15">
         <v>0.11009</v>
       </c>
       <c r="N11" s="15">
-        <v>560</v>
+        <v>688</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1378</v>
       </c>
       <c r="L12" s="15">
         <v>0.1378</v>
       </c>
       <c r="M12" s="15">
         <v>0.1378</v>
       </c>
       <c r="N12" s="15">
-        <v>568</v>
+        <v>672</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15"/>
@@ -2303,90 +2303,90 @@
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080050473</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.09451</v>
       </c>
       <c r="L21" s="15">
         <v>0.09451</v>
       </c>
       <c r="M21" s="15">
         <v>0.09451</v>
       </c>
       <c r="N21" s="15">
-        <v>273</v>
+        <v>237</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080045622</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N22" s="15">
-        <v>2040</v>
+        <v>1536</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15">
         <v>10080044574</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -2420,51 +2420,51 @@
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080034235</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.06301</v>
       </c>
       <c r="L24" s="15">
         <v>0.06301</v>
       </c>
       <c r="M24" s="15">
         <v>0.06301</v>
       </c>
       <c r="N24" s="15">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080038356</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2650,51 +2650,51 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080065097</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03486</v>
       </c>
       <c r="L30" s="15">
         <v>0.02924</v>
       </c>
       <c r="M30" s="15">
         <v>0.02811</v>
       </c>
       <c r="N30" s="15">
-        <v>7154</v>
+        <v>7350</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10000014991</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2728,51 +2728,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.06065</v>
       </c>
       <c r="L32" s="15">
         <v>0.06065</v>
       </c>
       <c r="M32" s="15">
         <v>0.06065</v>
       </c>
       <c r="N32" s="15">
-        <v>229</v>
+        <v>286</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080035246</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I33" s="15"/>
@@ -2804,51 +2804,51 @@
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15">
         <v>10080067016</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06569</v>
       </c>
       <c r="L34" s="15">
         <v>0.05693</v>
       </c>
       <c r="M34" s="15">
         <v>0.05474</v>
       </c>
       <c r="N34" s="15">
-        <v>9676</v>
+        <v>7119</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="15">
         <v>10000013250</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2956,51 +2956,51 @@
       <c r="D38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="15">
         <v>10080065098</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.06986000000000001</v>
       </c>
       <c r="L38" s="15">
         <v>0.05</v>
       </c>
       <c r="M38" s="15">
         <v>0.047</v>
       </c>
       <c r="N38" s="15">
-        <v>82375</v>
+        <v>80916</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10000017357</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="15"/>
@@ -3108,51 +3108,51 @@
       <c r="D42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="15">
         <v>10080065099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04732</v>
       </c>
       <c r="L42" s="15">
         <v>0.04732</v>
       </c>
       <c r="M42" s="15">
         <v>0.04732</v>
       </c>
       <c r="N42" s="15">
-        <v>11017</v>
+        <v>7922</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10000014335</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="15"/>
@@ -3221,51 +3221,51 @@
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080065190</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.06557</v>
       </c>
       <c r="L45" s="15">
         <v>0.05682</v>
       </c>
       <c r="M45" s="15">
         <v>0.05464</v>
       </c>
       <c r="N45" s="15">
-        <v>2185</v>
+        <v>1609</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000014337</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I46" s="15" t="s">
@@ -3412,51 +3412,51 @@
       <c r="D50" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10080068916</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07169</v>
       </c>
       <c r="L50" s="15">
         <v>0.059</v>
       </c>
       <c r="M50" s="15">
         <v>0.053</v>
       </c>
       <c r="N50" s="15">
-        <v>43855</v>
+        <v>62228</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10000013251</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -3535,51 +3535,51 @@
       </c>
       <c r="E53" s="15">
         <v>10080070847</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.05519</v>
       </c>
       <c r="L53" s="15">
         <v>0.05519</v>
       </c>
       <c r="M53" s="15">
         <v>0.05519</v>
       </c>
       <c r="N53" s="15">
-        <v>1412</v>
+        <v>1508</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10000013252</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3613,51 +3613,51 @@
       <c r="D55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0813</v>
       </c>
       <c r="L55" s="15">
         <v>0.07045999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.06775</v>
       </c>
       <c r="N55" s="15">
-        <v>6500</v>
+        <v>7400</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="15">
         <v>10080033250</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I56" s="15"/>
@@ -3691,51 +3691,51 @@
       <c r="D57" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="15">
         <v>10080065101</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05</v>
       </c>
       <c r="L57" s="15">
         <v>0.05</v>
       </c>
       <c r="M57" s="15">
         <v>0.05</v>
       </c>
       <c r="N57" s="15">
-        <v>8137</v>
+        <v>6283</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="15">
         <v>10000014338</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3845,51 +3845,51 @@
       <c r="D61" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E61" s="15">
         <v>10080067017</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.049</v>
       </c>
       <c r="L61" s="15">
         <v>0.049</v>
       </c>
       <c r="M61" s="15">
         <v>0.049</v>
       </c>
       <c r="N61" s="15">
-        <v>6213</v>
+        <v>6290</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="15">
         <v>10000017358</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="15"/>
@@ -3960,51 +3960,51 @@
       <c r="D64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E64" s="15">
         <v>10080070848</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.049</v>
       </c>
       <c r="L64" s="15">
         <v>0.049</v>
       </c>
       <c r="M64" s="15">
         <v>0.049</v>
       </c>
       <c r="N64" s="15">
-        <v>16715</v>
+        <v>16339</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
@@ -4264,51 +4264,51 @@
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080068920</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.05261</v>
       </c>
       <c r="L72" s="15">
         <v>0.05261</v>
       </c>
       <c r="M72" s="15">
         <v>0.05261</v>
       </c>
       <c r="N72" s="15">
-        <v>6134</v>
+        <v>4798</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E73" s="15">
         <v>10080067018</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="15"/>
@@ -4420,51 +4420,51 @@
       <c r="D76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10080068917</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0585</v>
       </c>
       <c r="L76" s="15">
         <v>0.0585</v>
       </c>
       <c r="M76" s="15">
         <v>0.0585</v>
       </c>
       <c r="N76" s="15">
-        <v>16828</v>
+        <v>13090</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10000017360</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4498,90 +4498,90 @@
       <c r="D78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E78" s="15">
         <v>10080056266</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.09184</v>
       </c>
       <c r="L78" s="15">
         <v>0.09184</v>
       </c>
       <c r="M78" s="15">
         <v>0.09184</v>
       </c>
       <c r="N78" s="15">
-        <v>601</v>
+        <v>669</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.05576</v>
       </c>
       <c r="L79" s="15">
         <v>0.05576</v>
       </c>
       <c r="M79" s="15">
         <v>0.05576</v>
       </c>
       <c r="N79" s="15">
-        <v>2976</v>
+        <v>2344</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E80" s="15">
         <v>10000017361</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I80" s="15"/>
@@ -4650,51 +4650,51 @@
       <c r="D82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080070849</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="N82" s="15">
-        <v>1101</v>
+        <v>1129</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018149</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I83" s="15"/>
@@ -4771,51 +4771,51 @@
       </c>
       <c r="E85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.0732</v>
       </c>
       <c r="L85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M85" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N85" s="15">
-        <v>2851</v>
+        <v>1925</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E86" s="15">
         <v>10000014341</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -4849,90 +4849,90 @@
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032481</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.18267</v>
       </c>
       <c r="L87" s="15">
         <v>0.18</v>
       </c>
       <c r="M87" s="15">
         <v>0.17</v>
       </c>
       <c r="N87" s="15">
-        <v>2186</v>
+        <v>1716</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.09710000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.08415</v>
       </c>
       <c r="M88" s="15">
         <v>0.08091</v>
       </c>
       <c r="N88" s="15">
-        <v>1975</v>
+        <v>2674</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10000018151</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I89" s="15"/>
@@ -4966,92 +4966,92 @@
       </c>
       <c r="E90" s="15">
         <v>10080032482</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I90" s="15" t="s">
         <v>240</v>
       </c>
       <c r="J90" s="15">
         <v>500</v>
       </c>
       <c r="K90" s="15">
         <v>0.23786</v>
       </c>
       <c r="L90" s="15">
         <v>0.22705</v>
       </c>
       <c r="M90" s="15">
         <v>0.22705</v>
       </c>
       <c r="N90" s="15">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>241</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>242</v>
       </c>
       <c r="E91" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>500</v>
       </c>
       <c r="K91" s="15">
         <v>0.14477</v>
       </c>
       <c r="L91" s="15">
         <v>0.12142</v>
       </c>
       <c r="M91" s="15">
         <v>0.11675</v>
       </c>
       <c r="N91" s="15">
-        <v>1786</v>
+        <v>2266</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000017362</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -5122,51 +5122,51 @@
       <c r="D94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.15128</v>
       </c>
       <c r="L94" s="15">
         <v>0.12688</v>
       </c>
       <c r="M94" s="15">
         <v>0.122</v>
       </c>
       <c r="N94" s="15">
-        <v>2343</v>
+        <v>3199</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E95" s="15">
         <v>10000017363</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I95" s="15"/>
@@ -5198,90 +5198,90 @@
       <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10080066226</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.21527</v>
       </c>
       <c r="L96" s="15">
         <v>0.21527</v>
       </c>
       <c r="M96" s="15">
         <v>0.21527</v>
       </c>
       <c r="N96" s="15">
-        <v>272</v>
+        <v>205</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.13236</v>
       </c>
       <c r="L97" s="15">
         <v>0.13236</v>
       </c>
       <c r="M97" s="15">
         <v>0.13236</v>
       </c>
       <c r="N97" s="15">
-        <v>1180</v>
+        <v>1568</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15">
         <v>10080000318</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I98" s="15"/>
@@ -5313,51 +5313,51 @@
       <c r="D99" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E99" s="15">
         <v>10080003179</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>500</v>
       </c>
       <c r="K99" s="15">
         <v>0.17852</v>
       </c>
       <c r="L99" s="15">
         <v>0.17852</v>
       </c>
       <c r="M99" s="15">
         <v>0.17852</v>
       </c>
       <c r="N99" s="15">
-        <v>200</v>
+        <v>274</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="15">
         <v>10080032483</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I100" s="15"/>
@@ -5389,51 +5389,51 @@
       <c r="D101" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E101" s="15">
         <v>10080068918</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>200</v>
       </c>
       <c r="K101" s="15">
         <v>0.29511</v>
       </c>
       <c r="L101" s="15">
         <v>0.29511</v>
       </c>
       <c r="M101" s="15">
         <v>0.29511</v>
       </c>
       <c r="N101" s="15">
-        <v>1287</v>
+        <v>1227</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
@@ -5541,51 +5541,51 @@
       <c r="D105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10080068921</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>200</v>
       </c>
       <c r="K105" s="15">
         <v>0.34326</v>
       </c>
       <c r="L105" s="15">
         <v>0.34326</v>
       </c>
       <c r="M105" s="15">
         <v>0.34326</v>
       </c>
       <c r="N105" s="15">
-        <v>916</v>
+        <v>1130</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10080003180</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I106" s="15"/>
@@ -5617,51 +5617,51 @@
       <c r="D107" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.06186</v>
       </c>
       <c r="L107" s="15">
         <v>0.05361</v>
       </c>
       <c r="M107" s="15">
         <v>0.05155</v>
       </c>
       <c r="N107" s="15">
-        <v>2599</v>
+        <v>3091</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E108" s="15">
         <v>10000023405</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I108" s="15"/>
@@ -5878,51 +5878,51 @@
       <c r="D114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="15">
         <v>10080070850</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08401</v>
       </c>
       <c r="L114" s="15">
         <v>0.08401</v>
       </c>
       <c r="M114" s="15">
         <v>0.08401</v>
       </c>
       <c r="N114" s="15">
-        <v>255</v>
+        <v>178</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E115" s="15">
         <v>10080049762</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="15"/>
@@ -5993,90 +5993,90 @@
       <c r="D117" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E117" s="15">
         <v>10080070851</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.092</v>
       </c>
       <c r="L117" s="15">
         <v>0.092</v>
       </c>
       <c r="M117" s="15">
         <v>0.092</v>
       </c>
       <c r="N117" s="15">
-        <v>1320</v>
+        <v>975</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.11984</v>
       </c>
       <c r="L118" s="15">
         <v>0.10386</v>
       </c>
       <c r="M118" s="15">
         <v>0.09986</v>
       </c>
       <c r="N118" s="15">
-        <v>1500</v>
+        <v>1540</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E119" s="15">
         <v>10000021438</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I119" s="15"/>
@@ -6147,129 +6147,129 @@
       <c r="D121" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E121" s="15">
         <v>10000013255</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.184</v>
       </c>
       <c r="L121" s="15">
         <v>0.184</v>
       </c>
       <c r="M121" s="15">
         <v>0.184</v>
       </c>
       <c r="N121" s="15">
-        <v>141</v>
+        <v>123</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E122" s="15">
         <v>10080049096</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.12601</v>
       </c>
       <c r="L122" s="15">
         <v>0.12601</v>
       </c>
       <c r="M122" s="15">
         <v>0.12601</v>
       </c>
       <c r="N122" s="15">
-        <v>4339</v>
+        <v>3392</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E123" s="15">
         <v>10080052919</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09451</v>
       </c>
       <c r="L123" s="15">
         <v>0.09451</v>
       </c>
       <c r="M123" s="15">
         <v>0.09451</v>
       </c>
       <c r="N123" s="15">
-        <v>1531</v>
+        <v>1399</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>