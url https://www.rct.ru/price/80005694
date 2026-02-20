--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1929,92 +1929,92 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.11009</v>
       </c>
       <c r="L11" s="15">
         <v>0.11009</v>
       </c>
       <c r="M11" s="15">
         <v>0.11009</v>
       </c>
       <c r="N11" s="15">
-        <v>688</v>
+        <v>568</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1378</v>
       </c>
       <c r="L12" s="15">
         <v>0.1378</v>
       </c>
       <c r="M12" s="15">
         <v>0.1378</v>
       </c>
       <c r="N12" s="15">
-        <v>672</v>
+        <v>560</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15"/>
@@ -2303,90 +2303,90 @@
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080050473</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.09451</v>
       </c>
       <c r="L21" s="15">
         <v>0.09451</v>
       </c>
       <c r="M21" s="15">
         <v>0.09451</v>
       </c>
       <c r="N21" s="15">
-        <v>237</v>
+        <v>313</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080045622</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N22" s="15">
-        <v>1536</v>
+        <v>1945</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15">
         <v>10080044574</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -2420,51 +2420,51 @@
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080034235</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.06301</v>
       </c>
       <c r="L24" s="15">
         <v>0.06301</v>
       </c>
       <c r="M24" s="15">
         <v>0.06301</v>
       </c>
       <c r="N24" s="15">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080038356</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2650,51 +2650,51 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080065097</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03486</v>
       </c>
       <c r="L30" s="15">
         <v>0.02924</v>
       </c>
       <c r="M30" s="15">
         <v>0.02811</v>
       </c>
       <c r="N30" s="15">
-        <v>7350</v>
+        <v>7644</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10000014991</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2728,51 +2728,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.06065</v>
       </c>
       <c r="L32" s="15">
         <v>0.06065</v>
       </c>
       <c r="M32" s="15">
         <v>0.06065</v>
       </c>
       <c r="N32" s="15">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080035246</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I33" s="15"/>
@@ -2804,51 +2804,51 @@
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15">
         <v>10080067016</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06569</v>
       </c>
       <c r="L34" s="15">
         <v>0.05693</v>
       </c>
       <c r="M34" s="15">
         <v>0.05474</v>
       </c>
       <c r="N34" s="15">
-        <v>7119</v>
+        <v>9831</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="15">
         <v>10000013250</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2956,51 +2956,51 @@
       <c r="D38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="15">
         <v>10080065098</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.06986000000000001</v>
       </c>
       <c r="L38" s="15">
         <v>0.05</v>
       </c>
       <c r="M38" s="15">
         <v>0.047</v>
       </c>
       <c r="N38" s="15">
-        <v>80916</v>
+        <v>70127</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10000017357</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="15"/>
@@ -3108,51 +3108,51 @@
       <c r="D42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="15">
         <v>10080065099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04732</v>
       </c>
       <c r="L42" s="15">
         <v>0.04732</v>
       </c>
       <c r="M42" s="15">
         <v>0.04732</v>
       </c>
       <c r="N42" s="15">
-        <v>7922</v>
+        <v>10603</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10000014335</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="15"/>
@@ -3221,51 +3221,51 @@
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080065190</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.06557</v>
       </c>
       <c r="L45" s="15">
         <v>0.05682</v>
       </c>
       <c r="M45" s="15">
         <v>0.05464</v>
       </c>
       <c r="N45" s="15">
-        <v>1609</v>
+        <v>1553</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000014337</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I46" s="15" t="s">
@@ -3412,51 +3412,51 @@
       <c r="D50" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10080068916</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07169</v>
       </c>
       <c r="L50" s="15">
         <v>0.059</v>
       </c>
       <c r="M50" s="15">
         <v>0.053</v>
       </c>
       <c r="N50" s="15">
-        <v>62228</v>
+        <v>57278</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10000013251</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -3535,51 +3535,51 @@
       </c>
       <c r="E53" s="15">
         <v>10080070847</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.05519</v>
       </c>
       <c r="L53" s="15">
         <v>0.05519</v>
       </c>
       <c r="M53" s="15">
         <v>0.05519</v>
       </c>
       <c r="N53" s="15">
-        <v>1508</v>
+        <v>1412</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10000013252</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3613,51 +3613,51 @@
       <c r="D55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0813</v>
       </c>
       <c r="L55" s="15">
         <v>0.07045999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.06775</v>
       </c>
       <c r="N55" s="15">
-        <v>7400</v>
+        <v>8900</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="15">
         <v>10080033250</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I56" s="15"/>
@@ -3691,51 +3691,51 @@
       <c r="D57" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="15">
         <v>10080065101</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05</v>
       </c>
       <c r="L57" s="15">
         <v>0.05</v>
       </c>
       <c r="M57" s="15">
         <v>0.05</v>
       </c>
       <c r="N57" s="15">
-        <v>6283</v>
+        <v>8387</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="15">
         <v>10000014338</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3845,51 +3845,51 @@
       <c r="D61" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E61" s="15">
         <v>10080067017</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.049</v>
       </c>
       <c r="L61" s="15">
         <v>0.049</v>
       </c>
       <c r="M61" s="15">
         <v>0.049</v>
       </c>
       <c r="N61" s="15">
-        <v>6290</v>
+        <v>5676</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="15">
         <v>10000017358</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="15"/>
@@ -3960,51 +3960,51 @@
       <c r="D64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E64" s="15">
         <v>10080070848</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.049</v>
       </c>
       <c r="L64" s="15">
         <v>0.049</v>
       </c>
       <c r="M64" s="15">
         <v>0.049</v>
       </c>
       <c r="N64" s="15">
-        <v>16339</v>
+        <v>13522</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
@@ -4151,51 +4151,51 @@
       <c r="D69" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E69" s="15">
         <v>10080065102</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.0496</v>
       </c>
       <c r="L69" s="15">
         <v>0.0496</v>
       </c>
       <c r="M69" s="15">
         <v>0.0496</v>
       </c>
       <c r="N69" s="15">
-        <v>23585</v>
+        <v>20508</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E70" s="15">
         <v>10000017359</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I70" s="15"/>
@@ -4264,51 +4264,51 @@
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080068920</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.05261</v>
       </c>
       <c r="L72" s="15">
         <v>0.05261</v>
       </c>
       <c r="M72" s="15">
         <v>0.05261</v>
       </c>
       <c r="N72" s="15">
-        <v>4798</v>
+        <v>5427</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E73" s="15">
         <v>10080067018</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="15"/>
@@ -4420,51 +4420,51 @@
       <c r="D76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10080068917</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0585</v>
       </c>
       <c r="L76" s="15">
         <v>0.0585</v>
       </c>
       <c r="M76" s="15">
         <v>0.0585</v>
       </c>
       <c r="N76" s="15">
-        <v>13090</v>
+        <v>12495</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10000017360</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4498,51 +4498,51 @@
       <c r="D78" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E78" s="15">
         <v>10080056266</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>1000</v>
       </c>
       <c r="K78" s="15">
         <v>0.09184</v>
       </c>
       <c r="L78" s="15">
         <v>0.09184</v>
       </c>
       <c r="M78" s="15">
         <v>0.09184</v>
       </c>
       <c r="N78" s="15">
-        <v>669</v>
+        <v>510</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>210</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="15"/>
@@ -4650,51 +4650,51 @@
       <c r="D82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080070849</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="N82" s="15">
-        <v>1129</v>
+        <v>1074</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018149</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I83" s="15"/>
@@ -4762,60 +4762,60 @@
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
-        <v>0.0732</v>
+        <v>0.05751</v>
       </c>
       <c r="L85" s="15">
-        <v>0.07199999999999999</v>
+        <v>0.04984</v>
       </c>
       <c r="M85" s="15">
-        <v>0.07199999999999999</v>
+        <v>0.04793</v>
       </c>
       <c r="N85" s="15">
-        <v>1925</v>
+        <v>2335</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E86" s="15">
         <v>10000014341</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -4849,90 +4849,90 @@
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032481</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.18267</v>
       </c>
       <c r="L87" s="15">
         <v>0.18</v>
       </c>
       <c r="M87" s="15">
         <v>0.17</v>
       </c>
       <c r="N87" s="15">
-        <v>1716</v>
+        <v>2408</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.09710000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.08415</v>
       </c>
       <c r="M88" s="15">
         <v>0.08091</v>
       </c>
       <c r="N88" s="15">
-        <v>2674</v>
+        <v>1808</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10000018151</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I89" s="15"/>
@@ -5007,51 +5007,51 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>500</v>
       </c>
       <c r="K91" s="15">
         <v>0.14477</v>
       </c>
       <c r="L91" s="15">
         <v>0.12142</v>
       </c>
       <c r="M91" s="15">
         <v>0.11675</v>
       </c>
       <c r="N91" s="15">
-        <v>2266</v>
+        <v>1679</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000017362</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -5122,51 +5122,51 @@
       <c r="D94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.15128</v>
       </c>
       <c r="L94" s="15">
         <v>0.12688</v>
       </c>
       <c r="M94" s="15">
         <v>0.122</v>
       </c>
       <c r="N94" s="15">
-        <v>3199</v>
+        <v>2529</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E95" s="15">
         <v>10000017363</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I95" s="15"/>
@@ -5198,90 +5198,90 @@
       <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10080066226</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.21527</v>
       </c>
       <c r="L96" s="15">
         <v>0.21527</v>
       </c>
       <c r="M96" s="15">
         <v>0.21527</v>
       </c>
       <c r="N96" s="15">
-        <v>205</v>
+        <v>196</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.13236</v>
       </c>
       <c r="L97" s="15">
         <v>0.13236</v>
       </c>
       <c r="M97" s="15">
         <v>0.13236</v>
       </c>
       <c r="N97" s="15">
-        <v>1568</v>
+        <v>1110</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15">
         <v>10080000318</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I98" s="15"/>
@@ -5313,51 +5313,51 @@
       <c r="D99" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E99" s="15">
         <v>10080003179</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>500</v>
       </c>
       <c r="K99" s="15">
         <v>0.17852</v>
       </c>
       <c r="L99" s="15">
         <v>0.17852</v>
       </c>
       <c r="M99" s="15">
         <v>0.17852</v>
       </c>
       <c r="N99" s="15">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="15">
         <v>10080032483</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I100" s="15"/>
@@ -5389,51 +5389,51 @@
       <c r="D101" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E101" s="15">
         <v>10080068918</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>200</v>
       </c>
       <c r="K101" s="15">
         <v>0.29511</v>
       </c>
       <c r="L101" s="15">
         <v>0.29511</v>
       </c>
       <c r="M101" s="15">
         <v>0.29511</v>
       </c>
       <c r="N101" s="15">
-        <v>1227</v>
+        <v>1782</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
@@ -5541,51 +5541,51 @@
       <c r="D105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10080068921</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>200</v>
       </c>
       <c r="K105" s="15">
         <v>0.34326</v>
       </c>
       <c r="L105" s="15">
         <v>0.34326</v>
       </c>
       <c r="M105" s="15">
         <v>0.34326</v>
       </c>
       <c r="N105" s="15">
-        <v>1130</v>
+        <v>901</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10080003180</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I106" s="15"/>
@@ -5617,51 +5617,51 @@
       <c r="D107" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.06186</v>
       </c>
       <c r="L107" s="15">
         <v>0.05361</v>
       </c>
       <c r="M107" s="15">
         <v>0.05155</v>
       </c>
       <c r="N107" s="15">
-        <v>3091</v>
+        <v>2143</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E108" s="15">
         <v>10000023405</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I108" s="15"/>
@@ -5878,51 +5878,51 @@
       <c r="D114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="15">
         <v>10080070850</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08401</v>
       </c>
       <c r="L114" s="15">
         <v>0.08401</v>
       </c>
       <c r="M114" s="15">
         <v>0.08401</v>
       </c>
       <c r="N114" s="15">
-        <v>178</v>
+        <v>187</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
         <v>297</v>
       </c>
       <c r="D115" s="15" t="s">
         <v>298</v>
       </c>
       <c r="E115" s="15">
         <v>10080049762</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="15"/>
@@ -5993,90 +5993,90 @@
       <c r="D117" s="15" t="s">
         <v>302</v>
       </c>
       <c r="E117" s="15">
         <v>10080070851</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.092</v>
       </c>
       <c r="L117" s="15">
         <v>0.092</v>
       </c>
       <c r="M117" s="15">
         <v>0.092</v>
       </c>
       <c r="N117" s="15">
-        <v>975</v>
+        <v>1185</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
         <v>303</v>
       </c>
       <c r="D118" s="15" t="s">
         <v>304</v>
       </c>
       <c r="E118" s="15" t="s">
         <v>305</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.11984</v>
       </c>
       <c r="L118" s="15">
         <v>0.10386</v>
       </c>
       <c r="M118" s="15">
         <v>0.09986</v>
       </c>
       <c r="N118" s="15">
-        <v>1540</v>
+        <v>1280</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
         <v>306</v>
       </c>
       <c r="D119" s="15" t="s">
         <v>307</v>
       </c>
       <c r="E119" s="15">
         <v>10000021438</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I119" s="15"/>
@@ -6147,129 +6147,129 @@
       <c r="D121" s="15" t="s">
         <v>311</v>
       </c>
       <c r="E121" s="15">
         <v>10000013255</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.184</v>
       </c>
       <c r="L121" s="15">
         <v>0.184</v>
       </c>
       <c r="M121" s="15">
         <v>0.184</v>
       </c>
       <c r="N121" s="15">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
         <v>312</v>
       </c>
       <c r="D122" s="15" t="s">
         <v>313</v>
       </c>
       <c r="E122" s="15">
         <v>10080049096</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.12601</v>
       </c>
       <c r="L122" s="15">
         <v>0.12601</v>
       </c>
       <c r="M122" s="15">
         <v>0.12601</v>
       </c>
       <c r="N122" s="15">
-        <v>3392</v>
+        <v>3974</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
         <v>314</v>
       </c>
       <c r="D123" s="15" t="s">
         <v>315</v>
       </c>
       <c r="E123" s="15">
         <v>10080052919</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09451</v>
       </c>
       <c r="L123" s="15">
         <v>0.09451</v>
       </c>
       <c r="M123" s="15">
         <v>0.09451</v>
       </c>
       <c r="N123" s="15">
-        <v>1399</v>
+        <v>1286</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>317</v>
       </c>
       <c r="E124" s="15" t="s">
         <v>318</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>