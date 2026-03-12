--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="359">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="360">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -724,51 +724,51 @@
   <si>
     <t>MF-R250-0-99 (LP30-250F)</t>
   </si>
   <si>
     <t>2.5A 30V / MF-R250-0-99 (LP30-250F)</t>
   </si>
   <si>
     <t xml:space="preserve">BK30-250-SI BRIGHTKING, JK30-250 JinRui, RUE250U RAYCHEM, FRU250-30F FUZETEC, RUEF250 RAYCHEM, </t>
   </si>
   <si>
     <t>BK30-300-SZ</t>
   </si>
   <si>
     <t>3A 30V / MF-R300-0-99 (BK30-300-SZ)</t>
   </si>
   <si>
     <t>JK30-300</t>
   </si>
   <si>
     <t>3A 30V / MF-R300-0-99 (JK30-300)</t>
   </si>
   <si>
     <t>UT-00090000</t>
   </si>
   <si>
-    <t>MF-R300-0-99 (LP30-300F)</t>
+    <t>LP30-300F</t>
   </si>
   <si>
     <t>3A 30V / MF-R300-0-99 (LP30-300F)</t>
   </si>
   <si>
     <t>BK30-400-SZ</t>
   </si>
   <si>
     <t>4A 30V прямоугольный, выводы прямые (P:5.1mm) / MF-R400-0-99 (BK30-400-SZ)</t>
   </si>
   <si>
     <t xml:space="preserve">JK30-400 JinRui, LP30-400F WAYON, </t>
   </si>
   <si>
     <t>JK30-400</t>
   </si>
   <si>
     <t>4A 30V прямоугольный, выводы прямые (P:5.1mm) / MF-R400-0-99 (JK30-400)</t>
   </si>
   <si>
     <t>UT-00102845</t>
   </si>
   <si>
     <t xml:space="preserve">BK30-400-SZ BRIGHTKING, LP30-400F WAYON, </t>
   </si>
@@ -862,93 +862,96 @@
   <si>
     <t>9A 30V / MF-R900 (BK30-900-SZ)</t>
   </si>
   <si>
     <t>JK30-900</t>
   </si>
   <si>
     <t>9A 30V / MF-R900 (JK30-900)</t>
   </si>
   <si>
     <t>MF-R900 (LP30-900F)</t>
   </si>
   <si>
     <t>9A 30V / MF-R900 (LP30-900F)</t>
   </si>
   <si>
     <t>JK250-180U</t>
   </si>
   <si>
     <t>180mA 250V / MF-RX018/250 (JK250-180U)</t>
   </si>
   <si>
     <t>10-00050664</t>
   </si>
   <si>
-    <t>MF-RX018/250 (LB180F)</t>
+    <t>LB180F</t>
   </si>
   <si>
     <t>0.18A 250V / MF-RX018/250 (LB180F)</t>
   </si>
   <si>
     <t>BK60-110-DZ</t>
   </si>
   <si>
     <t>1.1A 60V / MF-RX110 (BK60-110-DZ)</t>
   </si>
   <si>
     <t>LP60-110F</t>
   </si>
   <si>
     <t>1.1A 60V / MF-RX110 (LP60-110F)</t>
   </si>
   <si>
     <t>MF-RX110/72-0</t>
   </si>
   <si>
     <t>1.1A 72VDC / MF-RX110/72-0</t>
   </si>
   <si>
     <t xml:space="preserve">MF-RX110/72 BOURNS, </t>
   </si>
   <si>
     <t>BK60-160-DZ</t>
   </si>
   <si>
     <t>1.6A 60V / MF-RX160 (BK60-160-DZ)</t>
   </si>
   <si>
     <t>MF-RX160 (GP60-160) (LP60-160F)</t>
   </si>
   <si>
     <t>1.85A 60V / MF-RX160 (GP60-160) (LP60-160F)</t>
   </si>
   <si>
     <t>JK60-160</t>
   </si>
   <si>
     <t>1.6A 60V / MF-RX160 (JK60-160)</t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>BK60-185-DZ</t>
   </si>
   <si>
     <t>1.85A 60V / MF-RX185 (BK60-185-DZ)</t>
   </si>
   <si>
     <t>MF-RX185 (GP60-185) (LP60-185F)</t>
   </si>
   <si>
     <t>1.85A 60V / MF-RX185 (GP60-185) (LP60-185F)</t>
   </si>
   <si>
     <t>JK60-185</t>
   </si>
   <si>
     <t>1.85A 60V / MF-RX185 (JK60-185)</t>
   </si>
   <si>
     <t>JK60-250</t>
   </si>
   <si>
     <t>2.5A 60V / MF-RX250 (JK60-250)</t>
   </si>
@@ -1929,92 +1932,92 @@
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>39</v>
       </c>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.11009</v>
       </c>
       <c r="L11" s="15">
         <v>0.11009</v>
       </c>
       <c r="M11" s="15">
         <v>0.11009</v>
       </c>
       <c r="N11" s="15">
-        <v>568</v>
+        <v>696</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>43</v>
       </c>
       <c r="J12" s="15">
         <v>500</v>
       </c>
       <c r="K12" s="15">
         <v>0.1378</v>
       </c>
       <c r="L12" s="15">
         <v>0.1378</v>
       </c>
       <c r="M12" s="15">
         <v>0.1378</v>
       </c>
       <c r="N12" s="15">
-        <v>560</v>
+        <v>576</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I13" s="15"/>
@@ -2303,90 +2306,90 @@
       <c r="D21" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E21" s="15">
         <v>10080050473</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.09451</v>
       </c>
       <c r="L21" s="15">
         <v>0.09451</v>
       </c>
       <c r="M21" s="15">
         <v>0.09451</v>
       </c>
       <c r="N21" s="15">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E22" s="15">
         <v>10080045622</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="L22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M22" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="N22" s="15">
-        <v>1945</v>
+        <v>1440</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E23" s="15">
         <v>10080044574</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I23" s="15" t="s">
@@ -2420,51 +2423,51 @@
       <c r="D24" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E24" s="15">
         <v>10080034235</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.06301</v>
       </c>
       <c r="L24" s="15">
         <v>0.06301</v>
       </c>
       <c r="M24" s="15">
         <v>0.06301</v>
       </c>
       <c r="N24" s="15">
-        <v>103</v>
+        <v>85</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="15">
         <v>10080038356</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I25" s="15" t="s">
@@ -2650,51 +2653,51 @@
       <c r="D30" s="15" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="15">
         <v>10080065097</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03486</v>
       </c>
       <c r="L30" s="15">
         <v>0.02924</v>
       </c>
       <c r="M30" s="15">
         <v>0.02811</v>
       </c>
       <c r="N30" s="15">
-        <v>7644</v>
+        <v>8624</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>93</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E31" s="15">
         <v>10000014991</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2728,51 +2731,51 @@
       <c r="D32" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>500</v>
       </c>
       <c r="K32" s="15">
         <v>0.06065</v>
       </c>
       <c r="L32" s="15">
         <v>0.06065</v>
       </c>
       <c r="M32" s="15">
         <v>0.06065</v>
       </c>
       <c r="N32" s="15">
-        <v>290</v>
+        <v>308</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>99</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>100</v>
       </c>
       <c r="E33" s="15">
         <v>10080035246</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I33" s="15"/>
@@ -2804,51 +2807,51 @@
       <c r="D34" s="15" t="s">
         <v>102</v>
       </c>
       <c r="E34" s="15">
         <v>10080067016</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.06569</v>
       </c>
       <c r="L34" s="15">
         <v>0.05693</v>
       </c>
       <c r="M34" s="15">
         <v>0.05474</v>
       </c>
       <c r="N34" s="15">
-        <v>9831</v>
+        <v>7119</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="15">
         <v>10000013250</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I35" s="15" t="s">
@@ -2956,51 +2959,51 @@
       <c r="D38" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E38" s="15">
         <v>10080065098</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.06986000000000001</v>
       </c>
       <c r="L38" s="15">
         <v>0.05</v>
       </c>
       <c r="M38" s="15">
         <v>0.047</v>
       </c>
       <c r="N38" s="15">
-        <v>70127</v>
+        <v>79837</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E39" s="15">
         <v>10000017357</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I39" s="15"/>
@@ -3108,51 +3111,51 @@
       <c r="D42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E42" s="15">
         <v>10080065099</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.04732</v>
       </c>
       <c r="L42" s="15">
         <v>0.04732</v>
       </c>
       <c r="M42" s="15">
         <v>0.04732</v>
       </c>
       <c r="N42" s="15">
-        <v>10603</v>
+        <v>7397</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10000014335</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I43" s="15"/>
@@ -3221,51 +3224,51 @@
       <c r="D45" s="15" t="s">
         <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10080065190</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.06557</v>
       </c>
       <c r="L45" s="15">
         <v>0.05682</v>
       </c>
       <c r="M45" s="15">
         <v>0.05464</v>
       </c>
       <c r="N45" s="15">
-        <v>1553</v>
+        <v>2044</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>127</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000014337</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I46" s="15" t="s">
@@ -3412,51 +3415,51 @@
       <c r="D50" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E50" s="15">
         <v>10080068916</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.07169</v>
       </c>
       <c r="L50" s="15">
         <v>0.059</v>
       </c>
       <c r="M50" s="15">
         <v>0.053</v>
       </c>
       <c r="N50" s="15">
-        <v>57278</v>
+        <v>51621</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E51" s="15">
         <v>10000013251</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I51" s="15" t="s">
@@ -3535,51 +3538,51 @@
       </c>
       <c r="E53" s="15">
         <v>10080070847</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I53" s="15" t="s">
         <v>148</v>
       </c>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.05519</v>
       </c>
       <c r="L53" s="15">
         <v>0.05519</v>
       </c>
       <c r="M53" s="15">
         <v>0.05519</v>
       </c>
       <c r="N53" s="15">
-        <v>1412</v>
+        <v>1586</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>150</v>
       </c>
       <c r="E54" s="15">
         <v>10000013252</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3613,51 +3616,51 @@
       <c r="D55" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.0813</v>
       </c>
       <c r="L55" s="15">
         <v>0.07045999999999999</v>
       </c>
       <c r="M55" s="15">
         <v>0.06775</v>
       </c>
       <c r="N55" s="15">
-        <v>8900</v>
+        <v>7300</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E56" s="15">
         <v>10080033250</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I56" s="15"/>
@@ -3691,51 +3694,51 @@
       <c r="D57" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E57" s="15">
         <v>10080065101</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.05</v>
       </c>
       <c r="L57" s="15">
         <v>0.05</v>
       </c>
       <c r="M57" s="15">
         <v>0.05</v>
       </c>
       <c r="N57" s="15">
-        <v>8387</v>
+        <v>8899</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E58" s="15">
         <v>10000014338</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3845,51 +3848,51 @@
       <c r="D61" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E61" s="15">
         <v>10080067017</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.049</v>
       </c>
       <c r="L61" s="15">
         <v>0.049</v>
       </c>
       <c r="M61" s="15">
         <v>0.049</v>
       </c>
       <c r="N61" s="15">
-        <v>5676</v>
+        <v>5446</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E62" s="15">
         <v>10000017358</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I62" s="15"/>
@@ -3960,51 +3963,51 @@
       <c r="D64" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E64" s="15">
         <v>10080070848</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.049</v>
       </c>
       <c r="L64" s="15">
         <v>0.049</v>
       </c>
       <c r="M64" s="15">
         <v>0.049</v>
       </c>
       <c r="N64" s="15">
-        <v>13522</v>
+        <v>14837</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>176</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>178</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I65" s="15"/>
@@ -4151,51 +4154,51 @@
       <c r="D69" s="15" t="s">
         <v>188</v>
       </c>
       <c r="E69" s="15">
         <v>10080065102</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.0496</v>
       </c>
       <c r="L69" s="15">
         <v>0.0496</v>
       </c>
       <c r="M69" s="15">
         <v>0.0496</v>
       </c>
       <c r="N69" s="15">
-        <v>20508</v>
+        <v>30376</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>189</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E70" s="15">
         <v>10000017359</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I70" s="15"/>
@@ -4264,51 +4267,51 @@
       <c r="D72" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E72" s="15">
         <v>10080068920</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.05261</v>
       </c>
       <c r="L72" s="15">
         <v>0.05261</v>
       </c>
       <c r="M72" s="15">
         <v>0.05261</v>
       </c>
       <c r="N72" s="15">
-        <v>5427</v>
+        <v>5741</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E73" s="15">
         <v>10080067018</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I73" s="15"/>
@@ -4420,51 +4423,51 @@
       <c r="D76" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10080068917</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>1000</v>
       </c>
       <c r="K76" s="15">
         <v>0.0585</v>
       </c>
       <c r="L76" s="15">
         <v>0.0585</v>
       </c>
       <c r="M76" s="15">
         <v>0.0585</v>
       </c>
       <c r="N76" s="15">
-        <v>12495</v>
+        <v>17255</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10000017360</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I77" s="15" t="s">
@@ -4537,51 +4540,51 @@
       <c r="D79" s="15" t="s">
         <v>211</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>212</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>1000</v>
       </c>
       <c r="K79" s="15">
         <v>0.05576</v>
       </c>
       <c r="L79" s="15">
         <v>0.05576</v>
       </c>
       <c r="M79" s="15">
         <v>0.05576</v>
       </c>
       <c r="N79" s="15">
-        <v>2344</v>
+        <v>2456</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E80" s="15">
         <v>10000017361</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I80" s="15"/>
@@ -4650,51 +4653,51 @@
       <c r="D82" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080070849</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>1000</v>
       </c>
       <c r="K82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="L82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="M82" s="15">
         <v>0.07480000000000001</v>
       </c>
       <c r="N82" s="15">
-        <v>1074</v>
+        <v>996</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018149</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I83" s="15"/>
@@ -4771,51 +4774,51 @@
       </c>
       <c r="E85" s="15" t="s">
         <v>226</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I85" s="15" t="s">
         <v>227</v>
       </c>
       <c r="J85" s="15">
         <v>1000</v>
       </c>
       <c r="K85" s="15">
         <v>0.05751</v>
       </c>
       <c r="L85" s="15">
         <v>0.04984</v>
       </c>
       <c r="M85" s="15">
         <v>0.04793</v>
       </c>
       <c r="N85" s="15">
-        <v>2335</v>
+        <v>2660</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E86" s="15">
         <v>10000014341</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I86" s="15" t="s">
@@ -4849,90 +4852,90 @@
       <c r="D87" s="15" t="s">
         <v>232</v>
       </c>
       <c r="E87" s="15">
         <v>10080032481</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>500</v>
       </c>
       <c r="K87" s="15">
         <v>0.18267</v>
       </c>
       <c r="L87" s="15">
         <v>0.18</v>
       </c>
       <c r="M87" s="15">
         <v>0.17</v>
       </c>
       <c r="N87" s="15">
-        <v>2408</v>
+        <v>1432</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
         <v>233</v>
       </c>
       <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
       <c r="E88" s="15" t="s">
         <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>500</v>
       </c>
       <c r="K88" s="15">
         <v>0.09710000000000001</v>
       </c>
       <c r="L88" s="15">
         <v>0.08415</v>
       </c>
       <c r="M88" s="15">
         <v>0.08091</v>
       </c>
       <c r="N88" s="15">
-        <v>1808</v>
+        <v>1300</v>
       </c>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E89" s="15">
         <v>10000018151</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I89" s="15"/>
@@ -5007,51 +5010,51 @@
       </c>
       <c r="E91" s="15" t="s">
         <v>243</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I91" s="15" t="s">
         <v>244</v>
       </c>
       <c r="J91" s="15">
         <v>500</v>
       </c>
       <c r="K91" s="15">
         <v>0.14477</v>
       </c>
       <c r="L91" s="15">
         <v>0.12142</v>
       </c>
       <c r="M91" s="15">
         <v>0.11675</v>
       </c>
       <c r="N91" s="15">
-        <v>1679</v>
+        <v>2346</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
         <v>245</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000017362</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I92" s="15" t="s">
@@ -5122,51 +5125,51 @@
       <c r="D94" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>500</v>
       </c>
       <c r="K94" s="15">
         <v>0.15128</v>
       </c>
       <c r="L94" s="15">
         <v>0.12688</v>
       </c>
       <c r="M94" s="15">
         <v>0.122</v>
       </c>
       <c r="N94" s="15">
-        <v>2529</v>
+        <v>3013</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>253</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="E95" s="15">
         <v>10000017363</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I95" s="15"/>
@@ -5198,90 +5201,90 @@
       <c r="D96" s="15" t="s">
         <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10080066226</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>200</v>
       </c>
       <c r="K96" s="15">
         <v>0.21527</v>
       </c>
       <c r="L96" s="15">
         <v>0.21527</v>
       </c>
       <c r="M96" s="15">
         <v>0.21527</v>
       </c>
       <c r="N96" s="15">
-        <v>196</v>
+        <v>279</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E97" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>200</v>
       </c>
       <c r="K97" s="15">
         <v>0.13236</v>
       </c>
       <c r="L97" s="15">
         <v>0.13236</v>
       </c>
       <c r="M97" s="15">
         <v>0.13236</v>
       </c>
       <c r="N97" s="15">
-        <v>1110</v>
+        <v>1163</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>261</v>
       </c>
       <c r="E98" s="15">
         <v>10080000318</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I98" s="15"/>
@@ -5313,51 +5316,51 @@
       <c r="D99" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E99" s="15">
         <v>10080003179</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>500</v>
       </c>
       <c r="K99" s="15">
         <v>0.17852</v>
       </c>
       <c r="L99" s="15">
         <v>0.17852</v>
       </c>
       <c r="M99" s="15">
         <v>0.17852</v>
       </c>
       <c r="N99" s="15">
-        <v>261</v>
+        <v>240</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>265</v>
       </c>
       <c r="E100" s="15">
         <v>10080032483</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I100" s="15"/>
@@ -5389,51 +5392,51 @@
       <c r="D101" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E101" s="15">
         <v>10080068918</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>200</v>
       </c>
       <c r="K101" s="15">
         <v>0.29511</v>
       </c>
       <c r="L101" s="15">
         <v>0.29511</v>
       </c>
       <c r="M101" s="15">
         <v>0.29511</v>
       </c>
       <c r="N101" s="15">
-        <v>1782</v>
+        <v>1366</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E102" s="15" t="s">
         <v>270</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I102" s="15"/>
@@ -5541,51 +5544,51 @@
       <c r="D105" s="15" t="s">
         <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10080068921</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>200</v>
       </c>
       <c r="K105" s="15">
         <v>0.34326</v>
       </c>
       <c r="L105" s="15">
         <v>0.34326</v>
       </c>
       <c r="M105" s="15">
         <v>0.34326</v>
       </c>
       <c r="N105" s="15">
-        <v>901</v>
+        <v>887</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>277</v>
       </c>
       <c r="D106" s="15" t="s">
         <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10080003180</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I106" s="15"/>
@@ -5617,51 +5620,51 @@
       <c r="D107" s="15" t="s">
         <v>280</v>
       </c>
       <c r="E107" s="15" t="s">
         <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>1000</v>
       </c>
       <c r="K107" s="15">
         <v>0.06186</v>
       </c>
       <c r="L107" s="15">
         <v>0.05361</v>
       </c>
       <c r="M107" s="15">
         <v>0.05155</v>
       </c>
       <c r="N107" s="15">
-        <v>2143</v>
+        <v>1730</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>282</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>283</v>
       </c>
       <c r="E108" s="15">
         <v>10000023405</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I108" s="15"/>
@@ -5878,638 +5881,642 @@
       <c r="D114" s="15" t="s">
         <v>296</v>
       </c>
       <c r="E114" s="15">
         <v>10080070850</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>500</v>
       </c>
       <c r="K114" s="15">
         <v>0.08401</v>
       </c>
       <c r="L114" s="15">
         <v>0.08401</v>
       </c>
       <c r="M114" s="15">
         <v>0.08401</v>
       </c>
       <c r="N114" s="15">
-        <v>187</v>
-[...2 lines deleted...]
-      <c r="P114" s="15"/>
+        <v>208</v>
+      </c>
+      <c r="O114" s="15">
+        <v>350</v>
+      </c>
+      <c r="P114" s="15" t="s">
+        <v>297</v>
+      </c>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E115" s="15">
         <v>10080049762</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>1000</v>
       </c>
       <c r="K115" s="15">
         <v>0.11551</v>
       </c>
       <c r="L115" s="15">
         <v>0.11551</v>
       </c>
       <c r="M115" s="15">
         <v>0.11551</v>
       </c>
       <c r="N115" s="15">
         <v>8</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E116" s="15">
         <v>10000013254</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>1000</v>
       </c>
       <c r="K116" s="15">
         <v>0.15026</v>
       </c>
       <c r="L116" s="15">
         <v>0.14165</v>
       </c>
       <c r="M116" s="15">
         <v>0.13671</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E117" s="15">
         <v>10080070851</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>500</v>
       </c>
       <c r="K117" s="15">
         <v>0.092</v>
       </c>
       <c r="L117" s="15">
         <v>0.092</v>
       </c>
       <c r="M117" s="15">
         <v>0.092</v>
       </c>
       <c r="N117" s="15">
-        <v>1185</v>
+        <v>1335</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15" t="s">
         <v>38</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>200</v>
       </c>
       <c r="K118" s="15">
         <v>0.11984</v>
       </c>
       <c r="L118" s="15">
         <v>0.10386</v>
       </c>
       <c r="M118" s="15">
         <v>0.09986</v>
       </c>
       <c r="N118" s="15">
-        <v>1280</v>
+        <v>1680</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E119" s="15">
         <v>10000021438</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>500</v>
       </c>
       <c r="K119" s="15">
         <v>0.25125</v>
       </c>
       <c r="L119" s="15">
         <v>0.23524</v>
       </c>
       <c r="M119" s="15">
         <v>0.22786</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E120" s="15">
         <v>10080045914</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>500</v>
       </c>
       <c r="K120" s="15">
         <v>0.38942</v>
       </c>
       <c r="L120" s="15">
         <v>0.20862</v>
       </c>
       <c r="M120" s="15">
         <v>0.18081</v>
       </c>
       <c r="N120" s="15">
         <v>20</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E121" s="15">
         <v>10000013255</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15" t="s">
         <v>61</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>500</v>
       </c>
       <c r="K121" s="15">
         <v>0.184</v>
       </c>
       <c r="L121" s="15">
         <v>0.184</v>
       </c>
       <c r="M121" s="15">
         <v>0.184</v>
       </c>
       <c r="N121" s="15">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E122" s="15">
         <v>10080049096</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>200</v>
       </c>
       <c r="K122" s="15">
         <v>0.12601</v>
       </c>
       <c r="L122" s="15">
         <v>0.12601</v>
       </c>
       <c r="M122" s="15">
         <v>0.12601</v>
       </c>
       <c r="N122" s="15">
-        <v>3974</v>
+        <v>3112</v>
       </c>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E123" s="15">
         <v>10080052919</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15" t="s">
         <v>70</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>500</v>
       </c>
       <c r="K123" s="15">
         <v>0.09451</v>
       </c>
       <c r="L123" s="15">
         <v>0.09451</v>
       </c>
       <c r="M123" s="15">
         <v>0.09451</v>
       </c>
       <c r="N123" s="15">
-        <v>1286</v>
+        <v>1248</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>250</v>
       </c>
       <c r="K124" s="15">
         <v>1.09</v>
       </c>
       <c r="L124" s="15">
         <v>0.91644</v>
       </c>
       <c r="M124" s="15">
         <v>0.88119</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>250</v>
       </c>
       <c r="K125" s="15">
         <v>1.5</v>
       </c>
       <c r="L125" s="15">
         <v>1.25</v>
       </c>
       <c r="M125" s="15">
         <v>1.21</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>500</v>
       </c>
       <c r="K126" s="15">
         <v>0.15433</v>
       </c>
       <c r="L126" s="15">
         <v>0.12944</v>
       </c>
       <c r="M126" s="15">
         <v>0.12446</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E127" s="15">
         <v>10080064253</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>84</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>500</v>
       </c>
       <c r="K127" s="15">
         <v>0.07771</v>
       </c>
       <c r="L127" s="15">
         <v>0.06476</v>
       </c>
       <c r="M127" s="15">
         <v>0.06216</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E128" s="15">
         <v>10080069386</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>500</v>
       </c>
       <c r="K128" s="15">
         <v>0.07804999999999999</v>
       </c>
       <c r="L128" s="15">
         <v>0.06503</v>
       </c>
       <c r="M128" s="15">
         <v>0.06245</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>500</v>
       </c>
       <c r="K129" s="15">
         <v>0.30315</v>
       </c>
       <c r="L129" s="15">
         <v>0.25425</v>
       </c>
       <c r="M129" s="15">
         <v>0.24448</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>500</v>
       </c>
       <c r="K130" s="15">
         <v>1.16</v>
       </c>
       <c r="L130" s="15">
         <v>1.16</v>
       </c>
       <c r="M130" s="15">
         <v>1.16</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
@@ -6571,317 +6578,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>