--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>1646</v>
+        <v>2325</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>623</v>
+        <v>427</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1227</v>
+        <v>1278</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3090,51 +3090,51 @@
       <c r="D54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="15">
         <v>10080012596</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>32</v>
       </c>
       <c r="K54" s="15">
         <v>3.44</v>
       </c>
       <c r="L54" s="15">
         <v>2.49</v>
       </c>
       <c r="M54" s="15">
         <v>2.17</v>
       </c>
       <c r="N54" s="15">
-        <v>3099</v>
+        <v>3582</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>926</v>
+        <v>967</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>