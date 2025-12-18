--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>2325</v>
+        <v>1672</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>427</v>
+        <v>477</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1278</v>
+        <v>1040</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3090,51 +3090,51 @@
       <c r="D54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="15">
         <v>10080012596</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>32</v>
       </c>
       <c r="K54" s="15">
         <v>3.44</v>
       </c>
       <c r="L54" s="15">
         <v>2.49</v>
       </c>
       <c r="M54" s="15">
         <v>2.17</v>
       </c>
       <c r="N54" s="15">
-        <v>3582</v>
+        <v>3139</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>967</v>
+        <v>1034</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>