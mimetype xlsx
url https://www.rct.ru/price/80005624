--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>08.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>1672</v>
+        <v>1777</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>477</v>
+        <v>567</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3090,51 +3090,51 @@
       <c r="D54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="15">
         <v>10080012596</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>32</v>
       </c>
       <c r="K54" s="15">
         <v>3.44</v>
       </c>
       <c r="L54" s="15">
         <v>2.49</v>
       </c>
       <c r="M54" s="15">
         <v>2.17</v>
       </c>
       <c r="N54" s="15">
-        <v>3139</v>
+        <v>3300</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>1034</v>
+        <v>980</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>