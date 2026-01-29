--- v3 (2026-01-08)
+++ v4 (2026-01-29)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>1777</v>
+        <v>2116</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>567</v>
+        <v>504</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1057</v>
+        <v>1313</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3090,51 +3090,51 @@
       <c r="D54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="15">
         <v>10080012596</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>32</v>
       </c>
       <c r="K54" s="15">
         <v>3.44</v>
       </c>
       <c r="L54" s="15">
         <v>2.49</v>
       </c>
       <c r="M54" s="15">
         <v>2.17</v>
       </c>
       <c r="N54" s="15">
-        <v>3300</v>
+        <v>1324</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>980</v>
+        <v>819</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>