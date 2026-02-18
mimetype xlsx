--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>2116</v>
+        <v>2012</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>504</v>
+        <v>595</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1313</v>
+        <v>1057</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>819</v>
+        <v>1205</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>