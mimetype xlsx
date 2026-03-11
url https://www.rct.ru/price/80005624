--- v5 (2026-02-18)
+++ v6 (2026-03-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="213">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1695,51 +1695,51 @@
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15">
         <v>10080027916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>32</v>
       </c>
       <c r="K17" s="15">
         <v>0.98</v>
       </c>
       <c r="L17" s="15">
         <v>0.98</v>
       </c>
       <c r="M17" s="15">
         <v>0.98</v>
       </c>
       <c r="N17" s="15">
-        <v>2012</v>
+        <v>2116</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E18" s="15">
         <v>10080007964</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -2285,51 +2285,51 @@
         <v>93</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15"/>
       <c r="K33" s="15">
         <v>1.24</v>
       </c>
       <c r="L33" s="15">
         <v>1.24</v>
       </c>
       <c r="M33" s="15">
         <v>1.24</v>
       </c>
       <c r="N33" s="15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E34" s="15">
         <v>10000018438</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
@@ -2361,51 +2361,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080038370</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>72</v>
       </c>
       <c r="K35" s="15">
         <v>1.91</v>
       </c>
       <c r="L35" s="15">
         <v>1.27</v>
       </c>
       <c r="M35" s="15">
         <v>1.16</v>
       </c>
       <c r="N35" s="15">
-        <v>595</v>
+        <v>469</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
@@ -2936,51 +2936,51 @@
       <c r="D50" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10080012537</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>100</v>
       </c>
       <c r="K50" s="15">
         <v>1.52</v>
       </c>
       <c r="L50" s="15">
         <v>1.52</v>
       </c>
       <c r="M50" s="15">
         <v>1.52</v>
       </c>
       <c r="N50" s="15">
-        <v>1057</v>
+        <v>1227</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
@@ -3090,51 +3090,51 @@
       <c r="D54" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E54" s="15">
         <v>10080012596</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>32</v>
       </c>
       <c r="K54" s="15">
         <v>3.44</v>
       </c>
       <c r="L54" s="15">
         <v>2.49</v>
       </c>
       <c r="M54" s="15">
         <v>2.17</v>
       </c>
       <c r="N54" s="15">
-        <v>1324</v>
+        <v>1581</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
@@ -3318,51 +3318,51 @@
       <c r="D60" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10080066524</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>3</v>
       </c>
       <c r="K60" s="15">
         <v>3.72</v>
       </c>
       <c r="L60" s="15">
         <v>3.72</v>
       </c>
       <c r="M60" s="15">
         <v>3.72</v>
       </c>
       <c r="N60" s="15">
-        <v>1205</v>
+        <v>1165</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10080002382</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>