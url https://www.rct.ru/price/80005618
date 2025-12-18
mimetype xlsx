--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1215,51 +1215,51 @@
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080046803</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.07166</v>
       </c>
       <c r="L11" s="15">
         <v>0.07166</v>
       </c>
       <c r="M11" s="15">
         <v>0.07166</v>
       </c>
       <c r="N11" s="15">
-        <v>2583</v>
+        <v>3229</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="15" t="s">