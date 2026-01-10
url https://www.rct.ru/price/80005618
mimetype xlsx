--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1215,51 +1215,51 @@
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080046803</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.07166</v>
       </c>
       <c r="L11" s="15">
         <v>0.07166</v>
       </c>
       <c r="M11" s="15">
         <v>0.07166</v>
       </c>
       <c r="N11" s="15">
-        <v>3229</v>
+        <v>3157</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="15" t="s">