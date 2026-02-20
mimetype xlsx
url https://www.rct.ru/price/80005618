--- v2 (2026-01-10)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -283,51 +283,51 @@
   <si>
     <t xml:space="preserve">LP-SM150/33 WAYON, </t>
   </si>
   <si>
     <t>SMD200F</t>
   </si>
   <si>
     <t>3425 2A 15V / SMD200F</t>
   </si>
   <si>
     <t>10-00050255</t>
   </si>
   <si>
     <t xml:space="preserve">LP-SM200 WAYON, </t>
   </si>
   <si>
     <t>SMD250F</t>
   </si>
   <si>
     <t>3425 2.5A 15V / SMD250F</t>
   </si>
   <si>
     <t>10-00050256</t>
   </si>
   <si>
-    <t xml:space="preserve">LP-SM250 WAYON, </t>
+    <t xml:space="preserve">LP-SM250 WAYON, LP-SM250 WAYON, </t>
   </si>
   <si>
     <t>SMD260F</t>
   </si>
   <si>
     <t>Термистор SMD260F</t>
   </si>
   <si>
     <t>10-00050257</t>
   </si>
   <si>
     <t xml:space="preserve">LP-SM260 WAYON, </t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
@@ -1215,51 +1215,51 @@
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080046803</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.07166</v>
       </c>
       <c r="L11" s="15">
         <v>0.07166</v>
       </c>
       <c r="M11" s="15">
         <v>0.07166</v>
       </c>
       <c r="N11" s="15">
-        <v>3157</v>
+        <v>2287</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="15" t="s">