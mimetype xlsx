--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1215,51 +1215,51 @@
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10080046803</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.07166</v>
       </c>
       <c r="L11" s="15">
         <v>0.07166</v>
       </c>
       <c r="M11" s="15">
         <v>0.07166</v>
       </c>
       <c r="N11" s="15">
-        <v>2287</v>
+        <v>855</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="I12" s="15" t="s">