--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -952,51 +952,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
         <v>1.54</v>
       </c>
       <c r="L9" s="15">
         <v>1.12</v>
       </c>
       <c r="M9" s="15">
         <v>0.97355</v>
       </c>
       <c r="N9" s="15">
-        <v>10361</v>
+        <v>12474</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>