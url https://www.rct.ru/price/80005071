--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -952,51 +952,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
         <v>1.54</v>
       </c>
       <c r="L9" s="15">
         <v>1.12</v>
       </c>
       <c r="M9" s="15">
         <v>0.97355</v>
       </c>
       <c r="N9" s="15">
-        <v>12474</v>
+        <v>8728</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>