--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -943,60 +943,60 @@
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
-        <v>1.54</v>
+        <v>1.08</v>
       </c>
       <c r="L9" s="15">
-        <v>1.12</v>
+        <v>0.93828</v>
       </c>
       <c r="M9" s="15">
-        <v>0.97355</v>
+        <v>0.90219</v>
       </c>
       <c r="N9" s="15">
-        <v>8728</v>
+        <v>11083</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>