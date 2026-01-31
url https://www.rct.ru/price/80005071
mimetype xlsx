--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -952,51 +952,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
         <v>1.08</v>
       </c>
       <c r="L9" s="15">
         <v>0.93828</v>
       </c>
       <c r="M9" s="15">
         <v>0.90219</v>
       </c>
       <c r="N9" s="15">
-        <v>11083</v>
+        <v>11073</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>