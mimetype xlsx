--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -952,51 +952,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
         <v>1.08</v>
       </c>
       <c r="L9" s="15">
         <v>0.93828</v>
       </c>
       <c r="M9" s="15">
         <v>0.90219</v>
       </c>
       <c r="N9" s="15">
-        <v>11073</v>
+        <v>12452</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>