--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -952,51 +952,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080005454</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="15">
         <v>50</v>
       </c>
       <c r="K9" s="15">
         <v>1.08</v>
       </c>
       <c r="L9" s="15">
         <v>0.93828</v>
       </c>
       <c r="M9" s="15">
         <v>0.90219</v>
       </c>
       <c r="N9" s="15">
-        <v>12452</v>
+        <v>9823</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14"/>
       <c r="C10" s="15"/>
       <c r="D10" s="15"/>
       <c r="E10" s="15"/>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15"/>
       <c r="I10" s="15"/>
       <c r="J10" s="15"/>
       <c r="K10" s="15"/>
       <c r="L10" s="15"/>
       <c r="M10" s="15"/>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
     </row>
   </sheetData>