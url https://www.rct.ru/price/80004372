--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1700,51 +1700,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080038665</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03144</v>
       </c>
       <c r="L25" s="15">
         <v>0.02275</v>
       </c>
       <c r="M25" s="15">
         <v>0.01985</v>
       </c>
       <c r="N25" s="15">
-        <v>2728</v>
+        <v>2374</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="15">
         <v>10080008489</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1819,131 +1819,131 @@
       </c>
       <c r="E28" s="15">
         <v>10080038663</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02433</v>
       </c>
       <c r="L28" s="15">
         <v>0.0176</v>
       </c>
       <c r="M28" s="15">
         <v>0.01536</v>
       </c>
       <c r="N28" s="15">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02066</v>
       </c>
       <c r="L29" s="15">
         <v>0.01823</v>
       </c>
       <c r="M29" s="15">
         <v>0.0164</v>
       </c>
       <c r="N29" s="15">
-        <v>4900</v>
+        <v>5810</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15">
         <v>10080035758</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02517</v>
       </c>
       <c r="L30" s="15">
         <v>0.01821</v>
       </c>
       <c r="M30" s="15">
         <v>0.01589</v>
       </c>
       <c r="N30" s="15">
-        <v>19667</v>
+        <v>16380</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">