--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1700,51 +1700,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080038665</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03144</v>
       </c>
       <c r="L25" s="15">
         <v>0.02275</v>
       </c>
       <c r="M25" s="15">
         <v>0.01985</v>
       </c>
       <c r="N25" s="15">
-        <v>2374</v>
+        <v>2763</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="15">
         <v>10080008489</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1819,131 +1819,131 @@
       </c>
       <c r="E28" s="15">
         <v>10080038663</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02433</v>
       </c>
       <c r="L28" s="15">
         <v>0.0176</v>
       </c>
       <c r="M28" s="15">
         <v>0.01536</v>
       </c>
       <c r="N28" s="15">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02066</v>
       </c>
       <c r="L29" s="15">
         <v>0.01823</v>
       </c>
       <c r="M29" s="15">
         <v>0.0164</v>
       </c>
       <c r="N29" s="15">
-        <v>5810</v>
+        <v>4690</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15">
         <v>10080035758</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02517</v>
       </c>
       <c r="L30" s="15">
         <v>0.01821</v>
       </c>
       <c r="M30" s="15">
         <v>0.01589</v>
       </c>
       <c r="N30" s="15">
-        <v>16380</v>
+        <v>23205</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">