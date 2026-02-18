--- v2 (2026-01-10)
+++ v3 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -154,51 +154,51 @@
   <si>
     <t>клемма ножевая папа / M1-6.4AF</t>
   </si>
   <si>
     <t>10-00023750</t>
   </si>
   <si>
     <t>M1-6.4HC</t>
   </si>
   <si>
     <t>клемма ножевая папа / M1-6.4HC</t>
   </si>
   <si>
     <t>10-00023751</t>
   </si>
   <si>
     <t>M1-6.4V</t>
   </si>
   <si>
     <t>клемма ножевая папа / M1-6.4V</t>
   </si>
   <si>
     <t>10-00023752</t>
   </si>
   <si>
-    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, MDD1.25-187 BEISIT, BT012-515 BEISIT, KLS8-01115-MDD1.25-187 KLS, TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, BT012-515 BEISIT, TAI-1.25M , MF2-6.4AF , SG57643A , </t>
   </si>
   <si>
     <t>M2-2.8V/5</t>
   </si>
   <si>
     <t>клемма ножевая папа / M2-2.8V/5</t>
   </si>
   <si>
     <t>10-00023753</t>
   </si>
   <si>
     <t>M2-4.8V/5</t>
   </si>
   <si>
     <t>клемма ножевая папа / M2-4.8V/5</t>
   </si>
   <si>
     <t>10-00023754</t>
   </si>
   <si>
     <t>M2-4.8V/8</t>
   </si>
   <si>
     <t>клемма ножевая папа / M2-4.8V/8</t>
   </si>
@@ -262,84 +262,84 @@
   <si>
     <t>10-00023761</t>
   </si>
   <si>
     <t xml:space="preserve">TAI-5.5M , SG57643C , </t>
   </si>
   <si>
     <t>KLS8-01115-MDD1.25-187(5)</t>
   </si>
   <si>
     <t>клемма ножевая авто(П) 4,8мм.пров.0,5-1,5мм.изолированная RED / MDD1.25-187(5)</t>
   </si>
   <si>
     <t>KLS</t>
   </si>
   <si>
     <t>MDD1.25-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(П) 4,8мм.пров.0,5-1,5мм.изолированная RED / MDD1.25-187(8)</t>
   </si>
   <si>
     <t>BEISIT</t>
   </si>
   <si>
-    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, BT012-515 BEISIT, KLS8-01115-MDD1.25-187 KLS, M1-6.4V , TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+    <t xml:space="preserve">KLS8-01115-MDD1.25-187 KLS, TAI4.8-1.25M , </t>
   </si>
   <si>
     <t>KLS8-01115-MDD1.25-187(8)</t>
   </si>
   <si>
-    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, MDD1.25-187 BEISIT, BT012-515 BEISIT, M1-6.4V , TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+    <t xml:space="preserve">MDD1.25-187 BEISIT, TAI4.8-1.25M , </t>
   </si>
   <si>
     <t>MDD1.25-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(П) 6,3мм.пров.0,5-1,5мм.изолированная RED / MDD1.25-250</t>
   </si>
   <si>
     <t>RONGWEI</t>
   </si>
   <si>
-    <t xml:space="preserve">MDD1.25-250 BEISIT, MDD1.25-187 BEISIT, BT012-515 BEISIT, KLS8-01115-MDD1.25-187 KLS, M1-6.4V , TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-187 BEISIT, BT012-515 BEISIT, KLS8-01115-MDD1.25-187 KLS, M1-6.4V , TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+    <t xml:space="preserve">MDD1.25-250 BEISIT, BT012-515 BEISIT, M1-6.4V , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MDD1.25-250 RONGWEI, BT012-515 BEISIT, M1-6.4V , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
   </si>
   <si>
     <t>BT012-515</t>
   </si>
   <si>
     <t>клемма ножевая авто(П) 6,3мм.пров.0,5-1,5мм.изолированная RED / MDD1.25-250 (BT012-515)</t>
   </si>
   <si>
     <t>UT-00152839</t>
   </si>
   <si>
-    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, MDD1.25-187 BEISIT, KLS8-01115-MDD1.25-187 KLS, M1-6.4V , TAI4.8-1.25M , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
+    <t xml:space="preserve">MDD1.25-250 RONGWEI, MDD1.25-250 BEISIT, M1-6.4V , TAI-1.25M , MF2-6.4AF , SG57643A , </t>
   </si>
   <si>
     <t>MDD2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(П) 6,3мм.пров.1.5-2,5мм.изолированная / MDD2-250</t>
   </si>
   <si>
     <t>PCM-6.4</t>
   </si>
   <si>
     <t>клемма ножевая папа / PCM-6.4</t>
   </si>
   <si>
     <t>10-00023762</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
@@ -1700,51 +1700,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080038665</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03144</v>
       </c>
       <c r="L25" s="15">
         <v>0.02275</v>
       </c>
       <c r="M25" s="15">
         <v>0.01985</v>
       </c>
       <c r="N25" s="15">
-        <v>2763</v>
+        <v>845</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="15">
         <v>10080008489</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1819,131 +1819,131 @@
       </c>
       <c r="E28" s="15">
         <v>10080038663</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02433</v>
       </c>
       <c r="L28" s="15">
         <v>0.0176</v>
       </c>
       <c r="M28" s="15">
         <v>0.01536</v>
       </c>
       <c r="N28" s="15">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02066</v>
       </c>
       <c r="L29" s="15">
         <v>0.01823</v>
       </c>
       <c r="M29" s="15">
         <v>0.0164</v>
       </c>
       <c r="N29" s="15">
-        <v>4690</v>
+        <v>6020</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15">
         <v>10080035758</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02517</v>
       </c>
       <c r="L30" s="15">
         <v>0.01821</v>
       </c>
       <c r="M30" s="15">
         <v>0.01589</v>
       </c>
       <c r="N30" s="15">
-        <v>23205</v>
+        <v>17199</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">