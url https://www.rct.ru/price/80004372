--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1700,51 +1700,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080038665</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03144</v>
       </c>
       <c r="L25" s="15">
         <v>0.02275</v>
       </c>
       <c r="M25" s="15">
         <v>0.01985</v>
       </c>
       <c r="N25" s="15">
-        <v>845</v>
+        <v>928</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E26" s="15">
         <v>10080008489</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1819,131 +1819,131 @@
       </c>
       <c r="E28" s="15">
         <v>10080038663</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>89</v>
       </c>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02433</v>
       </c>
       <c r="L28" s="15">
         <v>0.0176</v>
       </c>
       <c r="M28" s="15">
         <v>0.01536</v>
       </c>
       <c r="N28" s="15">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.02066</v>
       </c>
       <c r="L29" s="15">
         <v>0.01823</v>
       </c>
       <c r="M29" s="15">
         <v>0.0164</v>
       </c>
       <c r="N29" s="15">
-        <v>6020</v>
+        <v>4680</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E30" s="15">
         <v>10080035758</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.02517</v>
       </c>
       <c r="L30" s="15">
         <v>0.01821</v>
       </c>
       <c r="M30" s="15">
         <v>0.01589</v>
       </c>
       <c r="N30" s="15">
-        <v>17199</v>
+        <v>21294</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>97</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>98</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">