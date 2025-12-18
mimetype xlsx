--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1745,51 +1745,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>1.05</v>
       </c>
       <c r="L9" s="15">
         <v>0.8841</v>
       </c>
       <c r="M9" s="15">
         <v>0.8501</v>
       </c>
       <c r="N9" s="15">
-        <v>316</v>
+        <v>260</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080072208</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1856,51 +1856,51 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027338</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.04469</v>
       </c>
       <c r="L12" s="15">
         <v>0.03605</v>
       </c>
       <c r="M12" s="15">
         <v>0.03459</v>
       </c>
       <c r="N12" s="15">
-        <v>19827</v>
+        <v>22814</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
@@ -3018,51 +3018,51 @@
       </c>
       <c r="E46" s="15">
         <v>10080034251</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.02361</v>
       </c>
       <c r="L46" s="15">
         <v>0.01708</v>
       </c>
       <c r="M46" s="15">
         <v>0.01491</v>
       </c>
       <c r="N46" s="15">
-        <v>24195</v>
+        <v>22440</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E47" s="15">
         <v>10080008417</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="E49" s="15">
         <v>10080033210</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>0.02984</v>
       </c>
       <c r="L49" s="15">
         <v>0.02159</v>
       </c>
       <c r="M49" s="15">
         <v>0.01884</v>
       </c>
       <c r="N49" s="15">
-        <v>335</v>
+        <v>414</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="15" t="s">
@@ -3215,54 +3215,54 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J51" s="15">
         <v>100</v>
       </c>
       <c r="K51" s="15">
         <v>0.02455</v>
       </c>
       <c r="L51" s="15">
         <v>0.02166</v>
       </c>
       <c r="M51" s="15">
         <v>0.01949</v>
       </c>
       <c r="N51" s="15">
-        <v>16400</v>
+        <v>12800</v>
       </c>
       <c r="O51" s="15">
-        <v>16400</v>
+        <v>12800</v>
       </c>
       <c r="P51" s="15" t="s">
         <v>164</v>
       </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E52" s="15">
         <v>10080008418</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>152</v>
       </c>
@@ -3295,92 +3295,92 @@
         <v>168</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.04718</v>
       </c>
       <c r="L53" s="15">
         <v>0.03414</v>
       </c>
       <c r="M53" s="15">
         <v>0.0298</v>
       </c>
       <c r="N53" s="15">
-        <v>6778</v>
+        <v>5299</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E54" s="15">
         <v>10080038662</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>173</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.02459</v>
       </c>
       <c r="L54" s="15">
         <v>0.01779</v>
       </c>
       <c r="M54" s="15">
         <v>0.01552</v>
       </c>
       <c r="N54" s="15">
-        <v>5056</v>
+        <v>6764</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E55" s="15">
         <v>10080009372</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I55" s="15" t="s">
@@ -3455,92 +3455,92 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>181</v>
       </c>
       <c r="J57" s="15">
         <v>100</v>
       </c>
       <c r="K57" s="15">
         <v>0.02081</v>
       </c>
       <c r="L57" s="15">
         <v>0.01836</v>
       </c>
       <c r="M57" s="15">
         <v>0.01652</v>
       </c>
       <c r="N57" s="15">
-        <v>8101</v>
+        <v>6400</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E58" s="15">
         <v>10080034253</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>184</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.02797</v>
       </c>
       <c r="L58" s="15">
         <v>0.02024</v>
       </c>
       <c r="M58" s="15">
         <v>0.01766</v>
       </c>
       <c r="N58" s="15">
-        <v>10783</v>
+        <v>6498</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E59" s="15">
         <v>10080008419</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I59" s="15" t="s">
@@ -3609,51 +3609,51 @@
       <c r="D61" s="15" t="s">
         <v>191</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>192</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.02905</v>
       </c>
       <c r="L61" s="15">
         <v>0.02564</v>
       </c>
       <c r="M61" s="15">
         <v>0.02307</v>
       </c>
       <c r="N61" s="15">
-        <v>6020</v>
+        <v>5810</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="E62" s="15" t="s">
         <v>195</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
@@ -3685,92 +3685,92 @@
       <c r="D63" s="15" t="s">
         <v>197</v>
       </c>
       <c r="E63" s="15">
         <v>10080058974</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.03613</v>
       </c>
       <c r="L63" s="15">
         <v>0.02614</v>
       </c>
       <c r="M63" s="15">
         <v>0.02281</v>
       </c>
       <c r="N63" s="15">
-        <v>23340</v>
+        <v>18489</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E64" s="15">
         <v>10080034254</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.03661</v>
       </c>
       <c r="L64" s="15">
         <v>0.02649</v>
       </c>
       <c r="M64" s="15">
         <v>0.02311</v>
       </c>
       <c r="N64" s="15">
-        <v>13297</v>
+        <v>12265</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>203</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I65" s="15"/>
@@ -3958,51 +3958,51 @@
       </c>
       <c r="E70" s="15">
         <v>10080045869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>218</v>
       </c>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.04083</v>
       </c>
       <c r="L70" s="15">
         <v>0.02954</v>
       </c>
       <c r="M70" s="15">
         <v>0.02577</v>
       </c>
       <c r="N70" s="15">
-        <v>233</v>
+        <v>268</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>219</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>220</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>221</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I71" s="15"/>
@@ -4036,51 +4036,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080034256</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>224</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.0518</v>
       </c>
       <c r="L72" s="15">
         <v>0.03748</v>
       </c>
       <c r="M72" s="15">
         <v>0.0327</v>
       </c>
       <c r="N72" s="15">
-        <v>33039</v>
+        <v>30350</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E73" s="15">
         <v>10080009164</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I73" s="15" t="s">
@@ -4155,138 +4155,138 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>235</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.02329</v>
       </c>
       <c r="L75" s="15">
         <v>0.02055</v>
       </c>
       <c r="M75" s="15">
         <v>0.0185</v>
       </c>
       <c r="N75" s="15">
-        <v>1890</v>
+        <v>2310</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>239</v>
       </c>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.03885</v>
       </c>
       <c r="L76" s="15">
         <v>0.03428</v>
       </c>
       <c r="M76" s="15">
         <v>0.03085</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15">
-        <v>42900</v>
+        <v>51480</v>
       </c>
       <c r="P76" s="15" t="s">
         <v>164</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.03885</v>
       </c>
       <c r="L77" s="15">
         <v>0.03428</v>
       </c>
       <c r="M77" s="15">
         <v>0.03085</v>
       </c>
       <c r="N77" s="15">
-        <v>28800</v>
+        <v>32400</v>
       </c>
       <c r="O77" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="P77" s="15" t="s">
         <v>164</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E78" s="15">
         <v>10080009373</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>152</v>
       </c>
@@ -4323,168 +4323,168 @@
       </c>
       <c r="E79" s="15">
         <v>10080056117</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.06573</v>
       </c>
       <c r="L79" s="15">
         <v>0.04756</v>
       </c>
       <c r="M79" s="15">
         <v>0.0415</v>
       </c>
       <c r="N79" s="15">
-        <v>1966</v>
+        <v>2836</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.05289</v>
       </c>
       <c r="L80" s="15">
         <v>0.04667</v>
       </c>
       <c r="M80" s="15">
         <v>0.042</v>
       </c>
       <c r="N80" s="15">
-        <v>2011</v>
+        <v>2400</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.08728</v>
       </c>
       <c r="L81" s="15">
         <v>0.06315</v>
       </c>
       <c r="M81" s="15">
         <v>0.0551</v>
       </c>
       <c r="N81" s="15">
-        <v>16318</v>
+        <v>15522</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E82" s="15">
         <v>10080059896</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.03348</v>
       </c>
       <c r="L82" s="15">
         <v>0.02423</v>
       </c>
       <c r="M82" s="15">
         <v>0.02114</v>
       </c>
       <c r="N82" s="15">
-        <v>10175</v>
+        <v>12375</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I83" s="15"/>
@@ -4555,51 +4555,51 @@
       <c r="D85" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E85" s="15">
         <v>10080034257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.06102</v>
       </c>
       <c r="L85" s="15">
         <v>0.04415</v>
       </c>
       <c r="M85" s="15">
         <v>0.03852</v>
       </c>
       <c r="N85" s="15">
-        <v>607</v>
+        <v>514</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E86" s="15">
         <v>10080008490</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I86" s="15" t="s">