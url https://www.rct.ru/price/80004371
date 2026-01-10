--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -508,53 +508,50 @@
   <si>
     <t xml:space="preserve">BT012-496 BEISIT, KLS8-01106-FDD1.25-250 KLS, KLS8-01106-FDD1.25-250 KLS, FDD1.25-250 RONGWEI, SG57650A , </t>
   </si>
   <si>
     <t>FDD1.25-250</t>
   </si>
   <si>
     <t>10-00023658</t>
   </si>
   <si>
     <t xml:space="preserve">FDD1.25-250 Red BEISIT, BT012-496 BEISIT, KLS8-01106-FDD1.25-250 KLS, KLS8-01106-FDD1.25-250 KLS, SG57650A , </t>
   </si>
   <si>
     <t>BT012-496</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.0,5-1,5мм.изолированная RED / FDD1.25-250 (BT012-496)</t>
   </si>
   <si>
     <t>UT-00152829</t>
   </si>
   <si>
     <t xml:space="preserve">FDD1.25-250 Red BEISIT, KLS8-01106-FDD1.25-250 KLS, KLS8-01106-FDD1.25-250 KLS, FDD1.25-250 RONGWEI, SG57650A , </t>
   </si>
   <si>
-    <t>16.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>KLS8-01106-FDD1.25-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.0,5-1,5мм.изолированная RED / FDD1.25-250 (TAI-1F-6.3)</t>
   </si>
   <si>
     <t xml:space="preserve">FDD1.25-250 Red BEISIT, BT012-496 BEISIT, KLS8-01106-FDD1.25-250 KLS, FDD1.25-250 RONGWEI, SG57650A , </t>
   </si>
   <si>
     <t>FDD2-187(5)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4.8мм.пров.1,5-2,5мм. изолированная Blue / FDD2-187(5)</t>
   </si>
   <si>
     <t>UT-00089520</t>
   </si>
   <si>
     <t>FDD2-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4.8мм.пров.1,5-2,5мм. изолированная Blue / FDD2-187(8)</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-500 BEISIT, KLS8-01106 FDD2-187 KLS, F2-4.8V/8 , KLS8-01106-FDD2-187 KLS, FDD2-187 RONGWEI, SG57648 , </t>
@@ -734,50 +731,53 @@
     <t xml:space="preserve">FDFD1.25-110 RONGWEI, BT012-527-1 BEISIT, </t>
   </si>
   <si>
     <t>BT012-527-1</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 2,8мм.пров.0,5-1,5мм. полн. изолированная, Red / FDFD1.25-110(5) Red (BT012-527-1)</t>
   </si>
   <si>
     <t>UT-00152190</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-110 RONGWEI, FDFD1.25-110 BEISIT, </t>
   </si>
   <si>
     <t>BT012-529B</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue (BT012-529B)</t>
   </si>
   <si>
     <t>UT-00152832</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Blue BEISIT, </t>
+  </si>
+  <si>
+    <t>05.04.2026</t>
   </si>
   <si>
     <t>BT012-529R</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red (BT012-529R)</t>
   </si>
   <si>
     <t>UT-00152833</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Red BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>KLS8-01109 FDFD2-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4,8мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD2-187(8)</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD2-187 Blue BEISIT, KLS8-01109 FDFD2-187 KLS, </t>
   </si>
   <si>
     <t>FDFD5.5-250</t>
   </si>
@@ -1745,51 +1745,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>1.05</v>
       </c>
       <c r="L9" s="15">
         <v>0.8841</v>
       </c>
       <c r="M9" s="15">
         <v>0.8501</v>
       </c>
       <c r="N9" s="15">
-        <v>260</v>
+        <v>284</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080072208</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1856,51 +1856,51 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027338</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.04469</v>
       </c>
       <c r="L12" s="15">
         <v>0.03605</v>
       </c>
       <c r="M12" s="15">
         <v>0.03459</v>
       </c>
       <c r="N12" s="15">
-        <v>22814</v>
+        <v>22542</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
@@ -2977,92 +2977,92 @@
       </c>
       <c r="E45" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.02819</v>
       </c>
       <c r="L45" s="15">
         <v>0.02487</v>
       </c>
       <c r="M45" s="15">
         <v>0.02238</v>
       </c>
       <c r="N45" s="15">
-        <v>5642</v>
+        <v>7826</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080034251</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.02361</v>
       </c>
       <c r="L46" s="15">
         <v>0.01708</v>
       </c>
       <c r="M46" s="15">
         <v>0.01491</v>
       </c>
       <c r="N46" s="15">
-        <v>22440</v>
+        <v>26686</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E47" s="15">
         <v>10080008417</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="E49" s="15">
         <v>10080033210</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>0.02984</v>
       </c>
       <c r="L49" s="15">
         <v>0.02159</v>
       </c>
       <c r="M49" s="15">
         <v>0.01884</v>
       </c>
       <c r="N49" s="15">
-        <v>414</v>
+        <v>495</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="15" t="s">
@@ -3215,1081 +3215,1075 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J51" s="15">
         <v>100</v>
       </c>
       <c r="K51" s="15">
         <v>0.02455</v>
       </c>
       <c r="L51" s="15">
         <v>0.02166</v>
       </c>
       <c r="M51" s="15">
         <v>0.01949</v>
       </c>
       <c r="N51" s="15">
-        <v>12800</v>
+        <v>18000</v>
       </c>
       <c r="O51" s="15">
-        <v>12800</v>
-[...3 lines deleted...]
-      </c>
+        <v>18000</v>
+      </c>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E52" s="15">
         <v>10080008418</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J52" s="15">
         <v>1000</v>
       </c>
       <c r="K52" s="15">
         <v>0.0551</v>
       </c>
       <c r="L52" s="15">
         <v>0.02918</v>
       </c>
       <c r="M52" s="15">
         <v>0.02492</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.04718</v>
       </c>
       <c r="L53" s="15">
         <v>0.03414</v>
       </c>
       <c r="M53" s="15">
         <v>0.0298</v>
       </c>
       <c r="N53" s="15">
-        <v>5299</v>
+        <v>4198</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E54" s="15">
         <v>10080038662</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="15" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.02459</v>
       </c>
       <c r="L54" s="15">
         <v>0.01779</v>
       </c>
       <c r="M54" s="15">
         <v>0.01552</v>
       </c>
       <c r="N54" s="15">
-        <v>6764</v>
+        <v>7921</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="E55" s="15">
         <v>10080009372</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I55" s="15" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="J55" s="15">
         <v>1000</v>
       </c>
       <c r="K55" s="15">
         <v>0.02267</v>
       </c>
       <c r="L55" s="15">
         <v>0.02125</v>
       </c>
       <c r="M55" s="15">
         <v>0.01983</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D56" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="15" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I56" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.02167</v>
       </c>
       <c r="L56" s="15">
         <v>0.0204</v>
       </c>
       <c r="M56" s="15">
         <v>0.01913</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I57" s="15" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="J57" s="15">
         <v>100</v>
       </c>
       <c r="K57" s="15">
         <v>0.02081</v>
       </c>
       <c r="L57" s="15">
         <v>0.01836</v>
       </c>
       <c r="M57" s="15">
         <v>0.01652</v>
       </c>
       <c r="N57" s="15">
-        <v>6400</v>
+        <v>6500</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E58" s="15">
         <v>10080034253</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.02797</v>
       </c>
       <c r="L58" s="15">
         <v>0.02024</v>
       </c>
       <c r="M58" s="15">
         <v>0.01766</v>
       </c>
       <c r="N58" s="15">
-        <v>6498</v>
+        <v>7903</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="E59" s="15">
         <v>10080008419</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.04249</v>
       </c>
       <c r="L59" s="15">
         <v>0.04108</v>
       </c>
       <c r="M59" s="15">
         <v>0.03965</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1</v>
       </c>
       <c r="K60" s="15">
         <v>0.03084</v>
       </c>
       <c r="L60" s="15">
         <v>0.02907</v>
       </c>
       <c r="M60" s="15">
         <v>0.02817</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.02905</v>
       </c>
       <c r="L61" s="15">
         <v>0.02564</v>
       </c>
       <c r="M61" s="15">
         <v>0.02307</v>
       </c>
       <c r="N61" s="15">
-        <v>5810</v>
+        <v>4550</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.03251</v>
       </c>
       <c r="L62" s="15">
         <v>0.03047</v>
       </c>
       <c r="M62" s="15">
         <v>0.02944</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E63" s="15">
         <v>10080058974</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.03613</v>
       </c>
       <c r="L63" s="15">
         <v>0.02614</v>
       </c>
       <c r="M63" s="15">
         <v>0.02281</v>
       </c>
       <c r="N63" s="15">
-        <v>18489</v>
+        <v>23260</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E64" s="15">
         <v>10080034254</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.03661</v>
       </c>
       <c r="L64" s="15">
         <v>0.02649</v>
       </c>
       <c r="M64" s="15">
         <v>0.02311</v>
       </c>
       <c r="N64" s="15">
-        <v>12265</v>
+        <v>15682</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>0.05568</v>
       </c>
       <c r="L65" s="15">
         <v>0.0467</v>
       </c>
       <c r="M65" s="15">
         <v>0.04491</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.0436</v>
       </c>
       <c r="L66" s="15">
         <v>0.0408</v>
       </c>
       <c r="M66" s="15">
         <v>0.03952</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>207</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.0391</v>
       </c>
       <c r="L67" s="15">
         <v>0.0374</v>
       </c>
       <c r="M67" s="15">
         <v>0.0374</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="E68" s="15">
         <v>10080059897</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="J68" s="15">
         <v>100</v>
       </c>
       <c r="K68" s="15">
         <v>0.04405</v>
       </c>
       <c r="L68" s="15">
         <v>0.03187</v>
       </c>
       <c r="M68" s="15">
         <v>0.02781</v>
       </c>
-      <c r="N68" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="E69" s="15">
         <v>10080034255</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.04405</v>
       </c>
       <c r="L69" s="15">
         <v>0.03187</v>
       </c>
       <c r="M69" s="15">
         <v>0.02781</v>
       </c>
-      <c r="N69" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E70" s="15">
         <v>10080045869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.04083</v>
       </c>
       <c r="L70" s="15">
         <v>0.02954</v>
       </c>
       <c r="M70" s="15">
         <v>0.02577</v>
       </c>
       <c r="N70" s="15">
-        <v>268</v>
+        <v>188</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>219</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.04322</v>
       </c>
       <c r="L71" s="15">
         <v>0.04055</v>
       </c>
       <c r="M71" s="15">
         <v>0.03913</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="E72" s="15">
         <v>10080034256</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.0518</v>
       </c>
       <c r="L72" s="15">
         <v>0.03748</v>
       </c>
       <c r="M72" s="15">
         <v>0.0327</v>
       </c>
       <c r="N72" s="15">
-        <v>30350</v>
+        <v>30734</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E73" s="15">
         <v>10080009164</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.04935</v>
+        <v>0.03411</v>
       </c>
       <c r="L73" s="15">
-        <v>0.0357</v>
+        <v>0.02956</v>
       </c>
       <c r="M73" s="15">
-        <v>0.03115</v>
+        <v>0.02843</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.02224</v>
       </c>
       <c r="L74" s="15">
         <v>0.01609</v>
       </c>
       <c r="M74" s="15">
         <v>0.01404</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.02329</v>
       </c>
       <c r="L75" s="15">
         <v>0.02055</v>
       </c>
       <c r="M75" s="15">
         <v>0.0185</v>
       </c>
       <c r="N75" s="15">
-        <v>2310</v>
+        <v>2340</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="D76" s="15" t="s">
+      <c r="E76" s="15" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.03885</v>
       </c>
       <c r="L76" s="15">
         <v>0.03428</v>
       </c>
       <c r="M76" s="15">
         <v>0.03085</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15">
-        <v>51480</v>
+        <v>76800</v>
       </c>
       <c r="P76" s="15" t="s">
-        <v>164</v>
+        <v>239</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.03885</v>
       </c>
       <c r="L77" s="15">
         <v>0.03428</v>
       </c>
       <c r="M77" s="15">
         <v>0.03085</v>
       </c>
       <c r="N77" s="15">
-        <v>32400</v>
+        <v>35550</v>
       </c>
       <c r="O77" s="15">
-        <v>36000</v>
+        <v>63200</v>
       </c>
       <c r="P77" s="15" t="s">
-        <v>164</v>
+        <v>239</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E78" s="15">
         <v>10080009373</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>246</v>
       </c>
@@ -4323,168 +4317,168 @@
       </c>
       <c r="E79" s="15">
         <v>10080056117</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.06573</v>
       </c>
       <c r="L79" s="15">
         <v>0.04756</v>
       </c>
       <c r="M79" s="15">
         <v>0.0415</v>
       </c>
       <c r="N79" s="15">
-        <v>2836</v>
+        <v>2900</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.05289</v>
       </c>
       <c r="L80" s="15">
         <v>0.04667</v>
       </c>
       <c r="M80" s="15">
         <v>0.042</v>
       </c>
       <c r="N80" s="15">
-        <v>2400</v>
+        <v>2250</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.08728</v>
       </c>
       <c r="L81" s="15">
         <v>0.06315</v>
       </c>
       <c r="M81" s="15">
         <v>0.0551</v>
       </c>
       <c r="N81" s="15">
-        <v>15522</v>
+        <v>15124</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E82" s="15">
         <v>10080059896</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.03348</v>
       </c>
       <c r="L82" s="15">
         <v>0.02423</v>
       </c>
       <c r="M82" s="15">
         <v>0.02114</v>
       </c>
       <c r="N82" s="15">
-        <v>12375</v>
+        <v>10175</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I83" s="15"/>
@@ -4509,97 +4503,97 @@
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I84" s="15" t="s">
         <v>265</v>
       </c>
       <c r="J84" s="15">
         <v>1000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.26259</v>
+        <v>0.18761</v>
       </c>
       <c r="L84" s="15">
-        <v>0.18999</v>
+        <v>0.16259</v>
       </c>
       <c r="M84" s="15">
-        <v>0.169</v>
+        <v>0.15634</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E85" s="15">
         <v>10080034257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.06102</v>
       </c>
       <c r="L85" s="15">
         <v>0.04415</v>
       </c>
       <c r="M85" s="15">
         <v>0.03852</v>
       </c>
       <c r="N85" s="15">
-        <v>514</v>
+        <v>654</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E86" s="15">
         <v>10080008490</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I86" s="15" t="s">