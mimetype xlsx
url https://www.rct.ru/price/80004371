--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -355,51 +355,51 @@
   <si>
     <t>клемма ножевая мама / F2-6.4AF</t>
   </si>
   <si>
     <t>10-00023687</t>
   </si>
   <si>
     <t>F2-6.4HC</t>
   </si>
   <si>
     <t>клемма ножевая мама / F2-6.4HC</t>
   </si>
   <si>
     <t>10-00023688</t>
   </si>
   <si>
     <t>F2-6.4V</t>
   </si>
   <si>
     <t>клемма ножевая мама / F2-6.4V</t>
   </si>
   <si>
     <t>10-00023689</t>
   </si>
   <si>
-    <t xml:space="preserve">FDD2-250 Blue BEISIT, KLS8-01106-FDD2-250 KLS, TAI-2F (FDFV2-6.4) , </t>
+    <t xml:space="preserve">FDD2-250 Blue BEISIT, BT012-502 BEISIT, KLS8-01106-FDD2-250 KLS, TAI-2F (FDFV2-6.4) , </t>
   </si>
   <si>
     <t>F2-6.4VQD</t>
   </si>
   <si>
     <t>клемма ножевая мама / F2-6.4VQD</t>
   </si>
   <si>
     <t>10-00023691</t>
   </si>
   <si>
     <t>F2-8V</t>
   </si>
   <si>
     <t>клемма ножевая мама / F2-8V</t>
   </si>
   <si>
     <t>10-00023692</t>
   </si>
   <si>
     <t>F5-6.4AF</t>
   </si>
   <si>
     <t>клемма ножевая мама / F5-6.4AF</t>
   </si>
@@ -565,60 +565,60 @@
   <si>
     <t>10-00023718</t>
   </si>
   <si>
     <t xml:space="preserve">FDD2-187 BEISIT, BT012-500 BEISIT, KLS8-01106 FDD2-187 KLS, F2-4.8V/8 , KLS8-01106-FDD2-187 KLS, SG57648 , </t>
   </si>
   <si>
     <t>BT012-500</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4.8мм.пров.1,5-2,5мм. изолированная Blue / FDD2-187(8) (BT012-500)</t>
   </si>
   <si>
     <t>UT-00152830</t>
   </si>
   <si>
     <t xml:space="preserve">FDD2-187 BEISIT, KLS8-01106 FDD2-187 KLS, F2-4.8V/8 , KLS8-01106-FDD2-187 KLS, FDD2-187 RONGWEI, SG57648 , </t>
   </si>
   <si>
     <t>FDD2-250 Blue</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.1,5-2,5мм.изолированная, blue / FDD2-250</t>
   </si>
   <si>
-    <t xml:space="preserve">KLS8-01106-FDD2-250 KLS, F2-6.4V , TAI-2F (FDFV2-6.4) , </t>
+    <t xml:space="preserve">BT012-502 BEISIT, KLS8-01106-FDD2-250 KLS, F2-6.4V , TAI-2F (FDFV2-6.4) , </t>
   </si>
   <si>
     <t>KLS8-01106-FDD2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.1,5-2,5мм.изолированная Blue / FDD2-250</t>
   </si>
   <si>
-    <t xml:space="preserve">FDD2-250 Blue BEISIT, F2-6.4V , TAI-2F (FDFV2-6.4) , </t>
+    <t xml:space="preserve">FDD2-250 Blue BEISIT, BT012-502 BEISIT, F2-6.4V , TAI-2F (FDFV2-6.4) , </t>
   </si>
   <si>
     <t>FDD2-250</t>
   </si>
   <si>
     <t>10-00023659</t>
   </si>
   <si>
     <t>BT012-504</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.4-6мм.изолированная / FDD5.5-250 (BT012-504)</t>
   </si>
   <si>
     <t>UT-00152831</t>
   </si>
   <si>
     <t>FDFD-1.25-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4.8мм.пров.0,5-1,5мм. полн. изолированная RED / FDFD-1.25-187(8)</t>
   </si>
   <si>
     <t>10-00023657</t>
   </si>
@@ -667,51 +667,51 @@
   <si>
     <t>FDFD1.25-250 Blue</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD-1.25-250 Blue</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529B BEISIT, </t>
   </si>
   <si>
     <t>FDFD1.25-250 Red</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD-1.25-250 Red</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529R BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>FDFD2-187(8) Blue</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4,8мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-187(8)</t>
   </si>
   <si>
-    <t xml:space="preserve">KLS8-01109 FDFD2-187 KLS, KLS8-01109 FDFD2-187 KLS, </t>
+    <t xml:space="preserve">BT012-531 BEISIT, KLS8-01109 FDFD2-187 KLS, KLS8-01109 FDFD2-187 KLS, </t>
   </si>
   <si>
     <t>FDFD-2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная / FDFD-2-250</t>
   </si>
   <si>
     <t>10-00023609</t>
   </si>
   <si>
     <t>FDFD2-250 Blue</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-250</t>
   </si>
   <si>
     <t xml:space="preserve">L-KLS8-01109-FDFD2-250 KLS, LVD2-6.3F , F2-6.4VF , SG57748 , </t>
   </si>
   <si>
     <t>L-KLS8-01109-FDFD2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-250 (L-KLS8-01109-FDFD2-250)</t>
   </si>
@@ -733,72 +733,72 @@
   <si>
     <t>BT012-527-1</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 2,8мм.пров.0,5-1,5мм. полн. изолированная, Red / FDFD1.25-110(5) Red (BT012-527-1)</t>
   </si>
   <si>
     <t>UT-00152190</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-110 RONGWEI, FDFD1.25-110 BEISIT, </t>
   </si>
   <si>
     <t>BT012-529B</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue (BT012-529B)</t>
   </si>
   <si>
     <t>UT-00152832</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Blue BEISIT, </t>
   </si>
   <si>
-    <t>05.04.2026</t>
+    <t>07.04.2026</t>
   </si>
   <si>
     <t>BT012-529R</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red (BT012-529R)</t>
   </si>
   <si>
     <t>UT-00152833</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Red BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>KLS8-01109 FDFD2-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4,8мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD2-187(8)</t>
   </si>
   <si>
-    <t xml:space="preserve">FDFD2-187 Blue BEISIT, KLS8-01109 FDFD2-187 KLS, </t>
+    <t xml:space="preserve">FDFD2-187 Blue BEISIT, BT012-531 BEISIT, KLS8-01109 FDFD2-187 KLS, </t>
   </si>
   <si>
     <t>FDFD5.5-250</t>
   </si>
   <si>
     <t>Наконечник FDFD5.5-250</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD5.5-250 (L-KLS8-01109 KLS, BT012-533 BEISIT, </t>
   </si>
   <si>
     <t>BT012-533</t>
   </si>
   <si>
     <t>FDFD5.5-250 (BT012-533)</t>
   </si>
   <si>
     <t>UT-00152838</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD5.5-250 (L-KLS8-01109 KLS, FDFD5.5-250 BEISIT, </t>
   </si>
   <si>
     <t>FDFNY1.25-250</t>
   </si>
@@ -811,87 +811,87 @@
   <si>
     <t>FDN5.5-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.4-6 мм2, не изолированная / FDN5.5-250</t>
   </si>
   <si>
     <t>L-KLS8-01121-FT-250</t>
   </si>
   <si>
     <t>KLS8-01121-FT-250</t>
   </si>
   <si>
     <t>10-00023612</t>
   </si>
   <si>
     <t>L-KLS8-BXS-FUC-5A</t>
   </si>
   <si>
     <t>наконечник на плату, ножевого типа 6.35мм / L-KLS8-BXS-FUC-5A</t>
   </si>
   <si>
     <t>UT-00090098</t>
   </si>
   <si>
-    <t xml:space="preserve">RV1.25-3 RONGWEI, </t>
+    <t xml:space="preserve">RV1.25-3 RONGWEI, RV1.25-3 RONGWEI, </t>
   </si>
   <si>
     <t>PBDD1.25-250</t>
   </si>
   <si>
     <t>клемма ножевая мама с лепестком 6.35мм провод 0,5-1,5mm изолированная / PBDD1.25-250 (FBFD1.25-250)</t>
   </si>
   <si>
     <t>KLS8-01110-PBDD1.25-250</t>
   </si>
   <si>
     <t>клемма ножевая мама с лепестком 6.35мм провод 0,5-1,5mm изолированная RED / PBDD1.25-250 (FBFD1.25-250)</t>
   </si>
   <si>
     <t xml:space="preserve">TCI-1.25-6 , H1-6V , </t>
   </si>
   <si>
     <t>TAI-1FI</t>
   </si>
   <si>
     <t>клемма ножевая 6,3мм полностью изолированная красная / TAI-1FI</t>
   </si>
   <si>
     <t>10-00023702</t>
   </si>
   <si>
     <t>TAI-2F (FDFV2-6.4)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.1,5-2,5мм.изолированная / TAI-2F (FDFV2-6.4)</t>
   </si>
   <si>
     <t>10-00023703</t>
   </si>
   <si>
-    <t xml:space="preserve">FDD2-250 Blue BEISIT, KLS8-01106-FDD2-250 KLS, F2-6.4V , </t>
+    <t xml:space="preserve">FDD2-250 Blue BEISIT, BT012-502 BEISIT, KLS8-01106-FDD2-250 KLS, F2-6.4V , </t>
   </si>
   <si>
     <t>KLS8-01109 FDFD2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.1,5-2,5мм. полн .изолированная / TAI-2IF (MDFN2-250)</t>
   </si>
   <si>
     <t>10-00023713</t>
   </si>
   <si>
     <t>TAI3-1.25F</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 3 мм пров. 0,5-1,5мм. изолированная / TAI3-1.25F</t>
   </si>
   <si>
     <t>10-00023704</t>
   </si>
   <si>
     <t xml:space="preserve">F1-2.8V/5 , SG57644 , </t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4,8мм.пров.0,5-1,5мм. изолированная / TAI4.8-1.25F (FDD1.25-187(8))</t>
   </si>
@@ -1745,51 +1745,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>1.05</v>
       </c>
       <c r="L9" s="15">
         <v>0.8841</v>
       </c>
       <c r="M9" s="15">
         <v>0.8501</v>
       </c>
       <c r="N9" s="15">
-        <v>284</v>
+        <v>348</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080072208</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1856,51 +1856,51 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027338</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.04469</v>
       </c>
       <c r="L12" s="15">
         <v>0.03605</v>
       </c>
       <c r="M12" s="15">
         <v>0.03459</v>
       </c>
       <c r="N12" s="15">
-        <v>22542</v>
+        <v>20882</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
@@ -2977,92 +2977,92 @@
       </c>
       <c r="E45" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.02819</v>
       </c>
       <c r="L45" s="15">
         <v>0.02487</v>
       </c>
       <c r="M45" s="15">
         <v>0.02238</v>
       </c>
       <c r="N45" s="15">
-        <v>7826</v>
+        <v>6734</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080034251</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.02361</v>
       </c>
       <c r="L46" s="15">
         <v>0.01708</v>
       </c>
       <c r="M46" s="15">
         <v>0.01491</v>
       </c>
       <c r="N46" s="15">
-        <v>26686</v>
+        <v>18778</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E47" s="15">
         <v>10080008417</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="E49" s="15">
         <v>10080033210</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>0.02984</v>
       </c>
       <c r="L49" s="15">
         <v>0.02159</v>
       </c>
       <c r="M49" s="15">
         <v>0.01884</v>
       </c>
       <c r="N49" s="15">
-        <v>495</v>
+        <v>407</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="15" t="s">
@@ -3215,55 +3215,53 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J51" s="15">
         <v>100</v>
       </c>
       <c r="K51" s="15">
         <v>0.02455</v>
       </c>
       <c r="L51" s="15">
         <v>0.02166</v>
       </c>
       <c r="M51" s="15">
         <v>0.01949</v>
       </c>
       <c r="N51" s="15">
-        <v>18000</v>
-[...3 lines deleted...]
-      </c>
+        <v>34400</v>
+      </c>
+      <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E52" s="15">
         <v>10080008418</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I52" s="15" t="s">
         <v>166</v>
       </c>
@@ -3293,93 +3291,91 @@
         <v>167</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.04718</v>
       </c>
       <c r="L53" s="15">
         <v>0.03414</v>
       </c>
       <c r="M53" s="15">
         <v>0.0298</v>
       </c>
       <c r="N53" s="15">
-        <v>4198</v>
+        <v>4817</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E54" s="15">
         <v>10080038662</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="15" t="s">
         <v>172</v>
       </c>
       <c r="J54" s="15">
         <v>100</v>
       </c>
       <c r="K54" s="15">
         <v>0.02459</v>
       </c>
       <c r="L54" s="15">
         <v>0.01779</v>
       </c>
       <c r="M54" s="15">
         <v>0.01552</v>
       </c>
-      <c r="N54" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E55" s="15">
         <v>10080009372</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I55" s="15" t="s">
         <v>174</v>
@@ -3453,92 +3449,92 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J57" s="15">
         <v>100</v>
       </c>
       <c r="K57" s="15">
         <v>0.02081</v>
       </c>
       <c r="L57" s="15">
         <v>0.01836</v>
       </c>
       <c r="M57" s="15">
         <v>0.01652</v>
       </c>
       <c r="N57" s="15">
-        <v>6500</v>
+        <v>7832</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E58" s="15">
         <v>10080034253</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.02797</v>
       </c>
       <c r="L58" s="15">
         <v>0.02024</v>
       </c>
       <c r="M58" s="15">
         <v>0.01766</v>
       </c>
       <c r="N58" s="15">
-        <v>7903</v>
+        <v>972</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E59" s="15">
         <v>10080008419</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I59" s="15" t="s">
@@ -3683,92 +3679,92 @@
       <c r="D63" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E63" s="15">
         <v>10080058974</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>100</v>
       </c>
       <c r="K63" s="15">
         <v>0.03613</v>
       </c>
       <c r="L63" s="15">
         <v>0.02614</v>
       </c>
       <c r="M63" s="15">
         <v>0.02281</v>
       </c>
       <c r="N63" s="15">
-        <v>23260</v>
+        <v>19383</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>197</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>198</v>
       </c>
       <c r="E64" s="15">
         <v>10080034254</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>199</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.03661</v>
       </c>
       <c r="L64" s="15">
         <v>0.02649</v>
       </c>
       <c r="M64" s="15">
         <v>0.02311</v>
       </c>
       <c r="N64" s="15">
-        <v>15682</v>
+        <v>16286</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I65" s="15"/>
@@ -3951,53 +3947,51 @@
         <v>216</v>
       </c>
       <c r="E70" s="15">
         <v>10080045869</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>217</v>
       </c>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.04083</v>
       </c>
       <c r="L70" s="15">
         <v>0.02954</v>
       </c>
       <c r="M70" s="15">
         <v>0.02577</v>
       </c>
-      <c r="N70" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>218</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>219</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>220</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
@@ -4030,51 +4024,51 @@
       </c>
       <c r="E72" s="15">
         <v>10080034256</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I72" s="15" t="s">
         <v>223</v>
       </c>
       <c r="J72" s="15">
         <v>100</v>
       </c>
       <c r="K72" s="15">
         <v>0.0518</v>
       </c>
       <c r="L72" s="15">
         <v>0.03748</v>
       </c>
       <c r="M72" s="15">
         <v>0.0327</v>
       </c>
       <c r="N72" s="15">
-        <v>30734</v>
+        <v>33676</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>224</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>225</v>
       </c>
       <c r="E73" s="15">
         <v>10080009164</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I73" s="15" t="s">
@@ -4149,138 +4143,140 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>233</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>234</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.02329</v>
       </c>
       <c r="L75" s="15">
         <v>0.02055</v>
       </c>
       <c r="M75" s="15">
         <v>0.0185</v>
       </c>
       <c r="N75" s="15">
-        <v>2340</v>
+        <v>2064</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E76" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I76" s="15" t="s">
         <v>238</v>
       </c>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
         <v>0.03885</v>
       </c>
       <c r="L76" s="15">
         <v>0.03428</v>
       </c>
       <c r="M76" s="15">
         <v>0.03085</v>
       </c>
-      <c r="N76" s="15"/>
+      <c r="N76" s="15">
+        <v>44880</v>
+      </c>
       <c r="O76" s="15">
-        <v>76800</v>
+        <v>61201</v>
       </c>
       <c r="P76" s="15" t="s">
         <v>239</v>
       </c>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.03885</v>
       </c>
       <c r="L77" s="15">
         <v>0.03428</v>
       </c>
       <c r="M77" s="15">
         <v>0.03085</v>
       </c>
       <c r="N77" s="15">
-        <v>35550</v>
+        <v>60775</v>
       </c>
       <c r="O77" s="15">
-        <v>63200</v>
+        <v>58500</v>
       </c>
       <c r="P77" s="15" t="s">
         <v>239</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E78" s="15">
         <v>10080009373</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>152</v>
       </c>
@@ -4317,92 +4313,92 @@
       </c>
       <c r="E79" s="15">
         <v>10080056117</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.06573</v>
       </c>
       <c r="L79" s="15">
         <v>0.04756</v>
       </c>
       <c r="M79" s="15">
         <v>0.0415</v>
       </c>
       <c r="N79" s="15">
-        <v>2900</v>
+        <v>2191</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.05289</v>
       </c>
       <c r="L80" s="15">
         <v>0.04667</v>
       </c>
       <c r="M80" s="15">
         <v>0.042</v>
       </c>
       <c r="N80" s="15">
-        <v>2250</v>
+        <v>2400</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I81" s="15"/>
@@ -4434,51 +4430,51 @@
       <c r="D82" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E82" s="15">
         <v>10080059896</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.03348</v>
       </c>
       <c r="L82" s="15">
         <v>0.02423</v>
       </c>
       <c r="M82" s="15">
         <v>0.02114</v>
       </c>
       <c r="N82" s="15">
-        <v>10175</v>
+        <v>12238</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I83" s="15"/>
@@ -4549,51 +4545,51 @@
       <c r="D85" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E85" s="15">
         <v>10080034257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.06102</v>
       </c>
       <c r="L85" s="15">
         <v>0.04415</v>
       </c>
       <c r="M85" s="15">
         <v>0.03852</v>
       </c>
       <c r="N85" s="15">
-        <v>654</v>
+        <v>506</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E86" s="15">
         <v>10080008490</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I86" s="15" t="s">