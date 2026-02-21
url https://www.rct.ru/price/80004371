--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -592,192 +592,192 @@
   <si>
     <t>KLS8-01106-FDD2-250</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.1,5-2,5мм.изолированная Blue / FDD2-250</t>
   </si>
   <si>
     <t xml:space="preserve">FDD2-250 Blue BEISIT, BT012-502 BEISIT, F2-6.4V , TAI-2F (FDFV2-6.4) , </t>
   </si>
   <si>
     <t>FDD2-250</t>
   </si>
   <si>
     <t>10-00023659</t>
   </si>
   <si>
     <t>BT012-504</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6,3мм.пров.4-6мм.изолированная / FDD5.5-250 (BT012-504)</t>
   </si>
   <si>
     <t>UT-00152831</t>
   </si>
   <si>
+    <t>FDFD2-187(8) Blue</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 4,8мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-187(8)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BT012-531 BEISIT, KLS8-01109 FDFD2-187 KLS, KLS8-01109 FDFD2-187 KLS, </t>
+  </si>
+  <si>
+    <t>FDFD-2-250</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная / FDFD-2-250</t>
+  </si>
+  <si>
+    <t>10-00023609</t>
+  </si>
+  <si>
+    <t>FDFD2-250 Blue</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-250</t>
+  </si>
+  <si>
+    <t xml:space="preserve">L-KLS8-01109-FDFD2-250 KLS, LVD2-6.3F , F2-6.4VF , SG57748 , </t>
+  </si>
+  <si>
+    <t>L-KLS8-01109-FDFD2-250</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 6.3мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD-2-250 (L-KLS8-01109-FDFD2-250)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDFD2-250 Blue BEISIT, LVD2-6.3F , F2-6.4VF , SG57748 , </t>
+  </si>
+  <si>
+    <t>FDFD1.25-110(5)</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 2,8мм.пров.0,5-1,5мм. полн .изолированная, Red / FDFD1.25-110(5) Red</t>
+  </si>
+  <si>
+    <t>10-00023651</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDFD1.25-110 RONGWEI, BT012-527-1 BEISIT, </t>
+  </si>
+  <si>
+    <t>BT012-527-1</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 2,8мм.пров.0,5-1,5мм. полн. изолированная, Red / FDFD1.25-110(5) Red (BT012-527-1)</t>
+  </si>
+  <si>
+    <t>UT-00152190</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDFD1.25-110 RONGWEI, FDFD1.25-110 BEISIT, </t>
+  </si>
+  <si>
     <t>FDFD-1.25-187(8)</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 4.8мм.пров.0,5-1,5мм. полн. изолированная RED / FDFD-1.25-187(8)</t>
+    <t>клемма ножевая авто(м) 4.8мм.пров.0,5-1,5мм. полн. изолированная RED / FDFD1.25-187(8)</t>
   </si>
   <si>
     <t>10-00023657</t>
   </si>
   <si>
     <t>FDFD1.25-187(8) Blue</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 4.8мм.пров.0,5-1,5мм. полн. изолированная BLUE / FDFD-1.25-187(8) Blue</t>
+    <t>клемма ножевая авто(м) 4.8мм.пров.0,5-1,5мм. полн. изолированная BLUE / FDFD1.25-187(8) Blue</t>
   </si>
   <si>
     <t>FDFD1.25-187(8) Red</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 4,8мм.пров.0,5-1,5мм. полн.изолированная Red / FDFD-1.25-187(8) Red</t>
+    <t>клемма ножевая авто(м) 4,8мм.пров.0,5-1,5мм. полн.изолированная Red / FDFD1.25-187(8) Red</t>
   </si>
   <si>
     <t xml:space="preserve">STO-01T-187N JST, KLS8-01109 FDFD1.25-187 KLS, F1-4.8VF/5 , </t>
   </si>
   <si>
     <t>L-KLS8-01109-FDFD1.25-187(8)</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 4,8мм.пров.0,5-1,5мм. полн.изолированная Red / FDFD-1.25-187(8) Red (L-KLS8-01109-FDFD1.25-187(8))</t>
+    <t>клемма ножевая авто(м) 4,8мм.пров.0,5-1,5мм. полн.изолированная Red / FDFD1.25-187(8) Red (L-KLS8-01109-FDFD1.25-187(8))</t>
   </si>
   <si>
     <t>UT-00101553</t>
   </si>
   <si>
     <t>FDFD1.25-250</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD-1.25-250</t>
+    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250</t>
   </si>
   <si>
     <t>10-00023660</t>
   </si>
   <si>
     <t>L-KLS8-01109-FDFD1.25-250</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн.изолированная red / FDFD-1.25-250 (L-KLS8-01109-FDFD1.25-250)</t>
+    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн.изолированная red / FDFD1.25-250 (L-KLS8-01109-FDFD1.25-250)</t>
   </si>
   <si>
     <t>UT-00101552</t>
   </si>
   <si>
     <t>FDFD1.25-250 Blue</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD-1.25-250 Blue</t>
+    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529B BEISIT, </t>
   </si>
   <si>
+    <t>BT012-529B</t>
+  </si>
+  <si>
+    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue (BT012-529B)</t>
+  </si>
+  <si>
+    <t>UT-00152832</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FDFD1.25-250 Blue BEISIT, </t>
+  </si>
+  <si>
+    <t>07.04.2026</t>
+  </si>
+  <si>
     <t>FDFD1.25-250 Red</t>
   </si>
   <si>
-    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD-1.25-250 Red</t>
+    <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529R BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
-  </si>
-[...73 lines deleted...]
-    <t>07.04.2026</t>
   </si>
   <si>
     <t>BT012-529R</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red (BT012-529R)</t>
   </si>
   <si>
     <t>UT-00152833</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Red BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>KLS8-01109 FDFD2-187(8)</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 4,8мм.пров.1,5-2,5мм. полн .изолированная Blue / FDFD2-187(8)</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD2-187 Blue BEISIT, BT012-531 BEISIT, KLS8-01109 FDFD2-187 KLS, </t>
   </si>
   <si>
     <t>FDFD5.5-250</t>
   </si>
@@ -1745,51 +1745,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>1.05</v>
       </c>
       <c r="L9" s="15">
         <v>0.8841</v>
       </c>
       <c r="M9" s="15">
         <v>0.8501</v>
       </c>
       <c r="N9" s="15">
-        <v>348</v>
+        <v>244</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080072208</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1856,51 +1856,51 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027338</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.04469</v>
       </c>
       <c r="L12" s="15">
         <v>0.03605</v>
       </c>
       <c r="M12" s="15">
         <v>0.03459</v>
       </c>
       <c r="N12" s="15">
-        <v>20882</v>
+        <v>17109</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
@@ -2977,92 +2977,92 @@
       </c>
       <c r="E45" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.02819</v>
       </c>
       <c r="L45" s="15">
         <v>0.02487</v>
       </c>
       <c r="M45" s="15">
         <v>0.02238</v>
       </c>
       <c r="N45" s="15">
-        <v>6734</v>
+        <v>8008</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080034251</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.02361</v>
       </c>
       <c r="L46" s="15">
         <v>0.01708</v>
       </c>
       <c r="M46" s="15">
         <v>0.01491</v>
       </c>
       <c r="N46" s="15">
-        <v>18778</v>
+        <v>7954</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E47" s="15">
         <v>10080008417</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="E49" s="15">
         <v>10080033210</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>0.02984</v>
       </c>
       <c r="L49" s="15">
         <v>0.02159</v>
       </c>
       <c r="M49" s="15">
         <v>0.01884</v>
       </c>
       <c r="N49" s="15">
-        <v>407</v>
+        <v>509</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="15" t="s">
@@ -3206,60 +3206,60 @@
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J51" s="15">
         <v>100</v>
       </c>
       <c r="K51" s="15">
-        <v>0.02455</v>
+        <v>0.02329</v>
       </c>
       <c r="L51" s="15">
-        <v>0.02166</v>
+        <v>0.02055</v>
       </c>
       <c r="M51" s="15">
-        <v>0.01949</v>
+        <v>0.0185</v>
       </c>
       <c r="N51" s="15">
-        <v>34400</v>
+        <v>28656</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E52" s="15">
         <v>10080008418</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I52" s="15" t="s">
@@ -3291,51 +3291,51 @@
         <v>167</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.04718</v>
       </c>
       <c r="L53" s="15">
         <v>0.03414</v>
       </c>
       <c r="M53" s="15">
         <v>0.0298</v>
       </c>
       <c r="N53" s="15">
-        <v>4817</v>
+        <v>5781</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E54" s="15">
         <v>10080038662</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3449,93 +3449,91 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J57" s="15">
         <v>100</v>
       </c>
       <c r="K57" s="15">
         <v>0.02081</v>
       </c>
       <c r="L57" s="15">
         <v>0.01836</v>
       </c>
       <c r="M57" s="15">
         <v>0.01652</v>
       </c>
       <c r="N57" s="15">
-        <v>7832</v>
+        <v>7210</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E58" s="15">
         <v>10080034253</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I58" s="15" t="s">
         <v>183</v>
       </c>
       <c r="J58" s="15">
         <v>100</v>
       </c>
       <c r="K58" s="15">
         <v>0.02797</v>
       </c>
       <c r="L58" s="15">
         <v>0.02024</v>
       </c>
       <c r="M58" s="15">
         <v>0.01766</v>
       </c>
-      <c r="N58" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E59" s="15">
         <v>10080008419</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I59" s="15" t="s">
         <v>186</v>
@@ -3603,683 +3601,683 @@
       <c r="D61" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.02905</v>
       </c>
       <c r="L61" s="15">
         <v>0.02564</v>
       </c>
       <c r="M61" s="15">
         <v>0.02307</v>
       </c>
       <c r="N61" s="15">
-        <v>4550</v>
+        <v>4970</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="E62" s="15" t="s">
-        <v>194</v>
+      <c r="E62" s="15">
+        <v>10080045869</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I62" s="15"/>
+        <v>142</v>
+      </c>
+      <c r="I62" s="15" t="s">
+        <v>194</v>
+      </c>
       <c r="J62" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K62" s="15">
-        <v>0.03251</v>
+        <v>0.04083</v>
       </c>
       <c r="L62" s="15">
-        <v>0.03047</v>
+        <v>0.02954</v>
       </c>
       <c r="M62" s="15">
-        <v>0.02944</v>
+        <v>0.02577</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="E63" s="15">
-        <v>10080058974</v>
+      <c r="E63" s="15" t="s">
+        <v>197</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
-        <v>142</v>
+        <v>35</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.03613</v>
+        <v>0.04322</v>
       </c>
       <c r="L63" s="15">
-        <v>0.02614</v>
+        <v>0.04055</v>
       </c>
       <c r="M63" s="15">
-        <v>0.02281</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03913</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E64" s="15">
-        <v>10080034254</v>
+        <v>10080034256</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
-        <v>0.03661</v>
+        <v>0.0518</v>
       </c>
       <c r="L64" s="15">
-        <v>0.02649</v>
+        <v>0.03748</v>
       </c>
       <c r="M64" s="15">
-        <v>0.02311</v>
+        <v>0.0327</v>
       </c>
       <c r="N64" s="15">
-        <v>16286</v>
+        <v>31431</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="E65" s="15" t="s">
         <v>202</v>
+      </c>
+      <c r="E65" s="15">
+        <v>10080009164</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="I65" s="15"/>
-      <c r="J65" s="15"/>
+      <c r="I65" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="J65" s="15">
+        <v>1000</v>
+      </c>
       <c r="K65" s="15">
-        <v>0.05568</v>
+        <v>0.03411</v>
       </c>
       <c r="L65" s="15">
-        <v>0.0467</v>
+        <v>0.02956</v>
       </c>
       <c r="M65" s="15">
-        <v>0.04491</v>
+        <v>0.02843</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I66" s="15"/>
+        <v>142</v>
+      </c>
+      <c r="I66" s="15" t="s">
+        <v>207</v>
+      </c>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
-        <v>0.0436</v>
+        <v>0.02224</v>
       </c>
       <c r="L66" s="15">
-        <v>0.0408</v>
+        <v>0.01609</v>
       </c>
       <c r="M66" s="15">
-        <v>0.03952</v>
+        <v>0.01404</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="I67" s="15"/>
+        <v>142</v>
+      </c>
+      <c r="I67" s="15" t="s">
+        <v>211</v>
+      </c>
       <c r="J67" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K67" s="15">
-        <v>0.0391</v>
+        <v>0.02329</v>
       </c>
       <c r="L67" s="15">
-        <v>0.0374</v>
+        <v>0.02055</v>
       </c>
       <c r="M67" s="15">
-        <v>0.0374</v>
-[...1 lines deleted...]
-      <c r="N67" s="15"/>
+        <v>0.0185</v>
+      </c>
+      <c r="N67" s="15">
+        <v>1824</v>
+      </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>10080059897</v>
+        <v>213</v>
+      </c>
+      <c r="E68" s="15" t="s">
+        <v>214</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I68" s="15"/>
       <c r="J68" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K68" s="15">
-        <v>0.04405</v>
+        <v>0.03251</v>
       </c>
       <c r="L68" s="15">
-        <v>0.03187</v>
+        <v>0.03047</v>
       </c>
       <c r="M68" s="15">
-        <v>0.02781</v>
+        <v>0.02944</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="E69" s="15">
-        <v>10080034255</v>
+        <v>10080058974</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="I69" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
-        <v>0.04405</v>
+        <v>0.03613</v>
       </c>
       <c r="L69" s="15">
-        <v>0.03187</v>
+        <v>0.02614</v>
       </c>
       <c r="M69" s="15">
-        <v>0.02781</v>
-[...1 lines deleted...]
-      <c r="N69" s="15"/>
+        <v>0.02281</v>
+      </c>
+      <c r="N69" s="15">
+        <v>23479</v>
+      </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E70" s="15">
-        <v>10080045869</v>
+        <v>10080034254</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
-        <v>0.04083</v>
+        <v>0.03661</v>
       </c>
       <c r="L70" s="15">
-        <v>0.02954</v>
+        <v>0.02649</v>
       </c>
       <c r="M70" s="15">
-        <v>0.02577</v>
-[...1 lines deleted...]
-      <c r="N70" s="15"/>
+        <v>0.02311</v>
+      </c>
+      <c r="N70" s="15">
+        <v>14668</v>
+      </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
-        <v>35</v>
+        <v>152</v>
       </c>
       <c r="I71" s="15"/>
-      <c r="J71" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J71" s="15"/>
       <c r="K71" s="15">
-        <v>0.04322</v>
+        <v>0.05568</v>
       </c>
       <c r="L71" s="15">
-        <v>0.04055</v>
+        <v>0.0467</v>
       </c>
       <c r="M71" s="15">
-        <v>0.03913</v>
+        <v>0.04491</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>10080034256</v>
+        <v>224</v>
+      </c>
+      <c r="E72" s="15" t="s">
+        <v>225</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I72" s="15"/>
       <c r="J72" s="15">
-        <v>100</v>
+        <v>1000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.0518</v>
+        <v>0.0436</v>
       </c>
       <c r="L72" s="15">
-        <v>0.03748</v>
+        <v>0.0408</v>
       </c>
       <c r="M72" s="15">
-        <v>0.0327</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03952</v>
+      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>225</v>
-[...2 lines deleted...]
-        <v>10080009164</v>
+        <v>227</v>
+      </c>
+      <c r="E73" s="15" t="s">
+        <v>228</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>152</v>
       </c>
-      <c r="I73" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.03411</v>
+        <v>0.0391</v>
       </c>
       <c r="L73" s="15">
-        <v>0.02956</v>
+        <v>0.0374</v>
       </c>
       <c r="M73" s="15">
-        <v>0.02843</v>
+        <v>0.0374</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="E74" s="15">
+        <v>10080059897</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J74" s="15">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="K74" s="15">
-        <v>0.02224</v>
+        <v>0.04405</v>
       </c>
       <c r="L74" s="15">
-        <v>0.01609</v>
+        <v>0.03187</v>
       </c>
       <c r="M74" s="15">
-        <v>0.01404</v>
+        <v>0.02781</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
-        <v>0.02329</v>
+        <v>0.03699</v>
       </c>
       <c r="L75" s="15">
-        <v>0.02055</v>
+        <v>0.03264</v>
       </c>
       <c r="M75" s="15">
-        <v>0.0185</v>
+        <v>0.02938</v>
       </c>
       <c r="N75" s="15">
-        <v>2064</v>
-[...2 lines deleted...]
-      <c r="P75" s="15"/>
+        <v>42600</v>
+      </c>
+      <c r="O75" s="15">
+        <v>63900</v>
+      </c>
+      <c r="P75" s="15" t="s">
+        <v>236</v>
+      </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>238</v>
+      </c>
+      <c r="E76" s="15">
+        <v>10080034255</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J76" s="15">
         <v>100</v>
       </c>
       <c r="K76" s="15">
-        <v>0.03885</v>
+        <v>0.04405</v>
       </c>
       <c r="L76" s="15">
-        <v>0.03428</v>
+        <v>0.03187</v>
       </c>
       <c r="M76" s="15">
-        <v>0.03085</v>
-[...9 lines deleted...]
-      </c>
+        <v>0.02781</v>
+      </c>
+      <c r="N76" s="15"/>
+      <c r="O76" s="15"/>
+      <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E77" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
-        <v>0.03885</v>
+        <v>0.03692</v>
       </c>
       <c r="L77" s="15">
-        <v>0.03428</v>
+        <v>0.03258</v>
       </c>
       <c r="M77" s="15">
-        <v>0.03085</v>
+        <v>0.02932</v>
       </c>
       <c r="N77" s="15">
-        <v>60775</v>
+        <v>54450</v>
       </c>
       <c r="O77" s="15">
-        <v>58500</v>
+        <v>59400</v>
       </c>
       <c r="P77" s="15" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E78" s="15">
         <v>10080009373</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I78" s="15" t="s">
         <v>246</v>
       </c>
@@ -4313,168 +4311,168 @@
       </c>
       <c r="E79" s="15">
         <v>10080056117</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.06573</v>
       </c>
       <c r="L79" s="15">
         <v>0.04756</v>
       </c>
       <c r="M79" s="15">
         <v>0.0415</v>
       </c>
       <c r="N79" s="15">
-        <v>2191</v>
+        <v>2063</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.05289</v>
       </c>
       <c r="L80" s="15">
         <v>0.04667</v>
       </c>
       <c r="M80" s="15">
         <v>0.042</v>
       </c>
       <c r="N80" s="15">
-        <v>2400</v>
+        <v>2100</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.08728</v>
       </c>
       <c r="L81" s="15">
         <v>0.06315</v>
       </c>
       <c r="M81" s="15">
         <v>0.0551</v>
       </c>
       <c r="N81" s="15">
-        <v>15124</v>
+        <v>12338</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E82" s="15">
         <v>10080059896</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.03348</v>
       </c>
       <c r="L82" s="15">
         <v>0.02423</v>
       </c>
       <c r="M82" s="15">
         <v>0.02114</v>
       </c>
       <c r="N82" s="15">
-        <v>12238</v>
+        <v>8938</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I83" s="15"/>
@@ -4545,51 +4543,51 @@
       <c r="D85" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E85" s="15">
         <v>10080034257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.06102</v>
       </c>
       <c r="L85" s="15">
         <v>0.04415</v>
       </c>
       <c r="M85" s="15">
         <v>0.03852</v>
       </c>
       <c r="N85" s="15">
-        <v>506</v>
+        <v>638</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E86" s="15">
         <v>10080008490</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I86" s="15" t="s">