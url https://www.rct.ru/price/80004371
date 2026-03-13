--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -724,51 +724,51 @@
   <si>
     <t>UT-00101552</t>
   </si>
   <si>
     <t>FDFD1.25-250 Blue</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529B BEISIT, </t>
   </si>
   <si>
     <t>BT012-529B</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная blue / FDFD1.25-250 Blue (BT012-529B)</t>
   </si>
   <si>
     <t>UT-00152832</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Blue BEISIT, </t>
   </si>
   <si>
-    <t>07.04.2026</t>
+    <t>07.06.2026</t>
   </si>
   <si>
     <t>FDFD1.25-250 Red</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red</t>
   </si>
   <si>
     <t xml:space="preserve">BT012-529R BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>BT012-529R</t>
   </si>
   <si>
     <t>клемма ножевая авто(м) 6.3мм.пров.0,5-1,5мм. полн .изолированная red / FDFD1.25-250 Red (BT012-529R)</t>
   </si>
   <si>
     <t>UT-00152833</t>
   </si>
   <si>
     <t xml:space="preserve">FDFD1.25-250 Red BEISIT, LVD1-6.3F , F1-6.4VF , SG57744 , TAI-1.25MIF (FDFN1-250) , </t>
   </si>
   <si>
     <t>KLS8-01109 FDFD2-187(8)</t>
   </si>
@@ -1745,51 +1745,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>1.05</v>
       </c>
       <c r="L9" s="15">
         <v>0.8841</v>
       </c>
       <c r="M9" s="15">
         <v>0.8501</v>
       </c>
       <c r="N9" s="15">
-        <v>244</v>
+        <v>332</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080072208</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1856,51 +1856,51 @@
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10080027338</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.04469</v>
       </c>
       <c r="L12" s="15">
         <v>0.03605</v>
       </c>
       <c r="M12" s="15">
         <v>0.03459</v>
       </c>
       <c r="N12" s="15">
-        <v>17109</v>
+        <v>21134</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
@@ -2977,92 +2977,92 @@
       </c>
       <c r="E45" s="15" t="s">
         <v>146</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I45" s="15" t="s">
         <v>147</v>
       </c>
       <c r="J45" s="15">
         <v>100</v>
       </c>
       <c r="K45" s="15">
         <v>0.02819</v>
       </c>
       <c r="L45" s="15">
         <v>0.02487</v>
       </c>
       <c r="M45" s="15">
         <v>0.02238</v>
       </c>
       <c r="N45" s="15">
-        <v>8008</v>
+        <v>5824</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080034251</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I46" s="15" t="s">
         <v>150</v>
       </c>
       <c r="J46" s="15">
         <v>100</v>
       </c>
       <c r="K46" s="15">
         <v>0.02361</v>
       </c>
       <c r="L46" s="15">
         <v>0.01708</v>
       </c>
       <c r="M46" s="15">
         <v>0.01491</v>
       </c>
       <c r="N46" s="15">
-        <v>7954</v>
+        <v>7827</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>151</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E47" s="15">
         <v>10080008417</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I47" s="15" t="s">
@@ -3135,51 +3135,51 @@
       </c>
       <c r="E49" s="15">
         <v>10080033210</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I49" s="15" t="s">
         <v>156</v>
       </c>
       <c r="J49" s="15">
         <v>100</v>
       </c>
       <c r="K49" s="15">
         <v>0.02984</v>
       </c>
       <c r="L49" s="15">
         <v>0.02159</v>
       </c>
       <c r="M49" s="15">
         <v>0.01884</v>
       </c>
       <c r="N49" s="15">
-        <v>509</v>
+        <v>441</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>155</v>
       </c>
       <c r="E50" s="15" t="s">
         <v>158</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I50" s="15" t="s">
@@ -3215,51 +3215,51 @@
       </c>
       <c r="E51" s="15" t="s">
         <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I51" s="15" t="s">
         <v>163</v>
       </c>
       <c r="J51" s="15">
         <v>100</v>
       </c>
       <c r="K51" s="15">
         <v>0.02329</v>
       </c>
       <c r="L51" s="15">
         <v>0.02055</v>
       </c>
       <c r="M51" s="15">
         <v>0.0185</v>
       </c>
       <c r="N51" s="15">
-        <v>28656</v>
+        <v>13080</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>164</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>165</v>
       </c>
       <c r="E52" s="15">
         <v>10080008418</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I52" s="15" t="s">
@@ -3291,51 +3291,51 @@
         <v>167</v>
       </c>
       <c r="D53" s="15" t="s">
         <v>168</v>
       </c>
       <c r="E53" s="15" t="s">
         <v>169</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15"/>
       <c r="K53" s="15">
         <v>0.04718</v>
       </c>
       <c r="L53" s="15">
         <v>0.03414</v>
       </c>
       <c r="M53" s="15">
         <v>0.0298</v>
       </c>
       <c r="N53" s="15">
-        <v>5781</v>
+        <v>4748</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>170</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>171</v>
       </c>
       <c r="E54" s="15">
         <v>10080038662</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I54" s="15" t="s">
@@ -3449,51 +3449,51 @@
       </c>
       <c r="E57" s="15" t="s">
         <v>179</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I57" s="15" t="s">
         <v>180</v>
       </c>
       <c r="J57" s="15">
         <v>100</v>
       </c>
       <c r="K57" s="15">
         <v>0.02081</v>
       </c>
       <c r="L57" s="15">
         <v>0.01836</v>
       </c>
       <c r="M57" s="15">
         <v>0.01652</v>
       </c>
       <c r="N57" s="15">
-        <v>7210</v>
+        <v>7198</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E58" s="15">
         <v>10080034253</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I58" s="15" t="s">
@@ -3601,91 +3601,93 @@
       <c r="D61" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E61" s="15" t="s">
         <v>191</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>100</v>
       </c>
       <c r="K61" s="15">
         <v>0.02905</v>
       </c>
       <c r="L61" s="15">
         <v>0.02564</v>
       </c>
       <c r="M61" s="15">
         <v>0.02307</v>
       </c>
       <c r="N61" s="15">
-        <v>4970</v>
+        <v>5950</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>192</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>193</v>
       </c>
       <c r="E62" s="15">
         <v>10080045869</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I62" s="15" t="s">
         <v>194</v>
       </c>
       <c r="J62" s="15">
         <v>100</v>
       </c>
       <c r="K62" s="15">
         <v>0.04083</v>
       </c>
       <c r="L62" s="15">
         <v>0.02954</v>
       </c>
       <c r="M62" s="15">
         <v>0.02577</v>
       </c>
-      <c r="N62" s="15"/>
+      <c r="N62" s="15">
+        <v>188</v>
+      </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>195</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>196</v>
       </c>
       <c r="E63" s="15" t="s">
         <v>197</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
@@ -3718,51 +3720,51 @@
       </c>
       <c r="E64" s="15">
         <v>10080034256</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I64" s="15" t="s">
         <v>200</v>
       </c>
       <c r="J64" s="15">
         <v>100</v>
       </c>
       <c r="K64" s="15">
         <v>0.0518</v>
       </c>
       <c r="L64" s="15">
         <v>0.03748</v>
       </c>
       <c r="M64" s="15">
         <v>0.0327</v>
       </c>
       <c r="N64" s="15">
-        <v>31431</v>
+        <v>26567</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>201</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E65" s="15">
         <v>10080009164</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I65" s="15" t="s">
@@ -3837,51 +3839,51 @@
       </c>
       <c r="E67" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I67" s="15" t="s">
         <v>211</v>
       </c>
       <c r="J67" s="15">
         <v>100</v>
       </c>
       <c r="K67" s="15">
         <v>0.02329</v>
       </c>
       <c r="L67" s="15">
         <v>0.02055</v>
       </c>
       <c r="M67" s="15">
         <v>0.0185</v>
       </c>
       <c r="N67" s="15">
-        <v>1824</v>
+        <v>2112</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E68" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>35</v>
       </c>
       <c r="I68" s="15"/>
@@ -3913,92 +3915,92 @@
       <c r="D69" s="15" t="s">
         <v>216</v>
       </c>
       <c r="E69" s="15">
         <v>10080058974</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>100</v>
       </c>
       <c r="K69" s="15">
         <v>0.03613</v>
       </c>
       <c r="L69" s="15">
         <v>0.02614</v>
       </c>
       <c r="M69" s="15">
         <v>0.02281</v>
       </c>
       <c r="N69" s="15">
-        <v>23479</v>
+        <v>19282</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>217</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>218</v>
       </c>
       <c r="E70" s="15">
         <v>10080034254</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I70" s="15" t="s">
         <v>219</v>
       </c>
       <c r="J70" s="15">
         <v>100</v>
       </c>
       <c r="K70" s="15">
         <v>0.03661</v>
       </c>
       <c r="L70" s="15">
         <v>0.02649</v>
       </c>
       <c r="M70" s="15">
         <v>0.02311</v>
       </c>
       <c r="N70" s="15">
-        <v>14668</v>
+        <v>10906</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>220</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>221</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>222</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I71" s="15"/>
@@ -4143,54 +4145,54 @@
       </c>
       <c r="E75" s="15" t="s">
         <v>234</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I75" s="15" t="s">
         <v>235</v>
       </c>
       <c r="J75" s="15">
         <v>100</v>
       </c>
       <c r="K75" s="15">
         <v>0.03699</v>
       </c>
       <c r="L75" s="15">
         <v>0.03264</v>
       </c>
       <c r="M75" s="15">
         <v>0.02938</v>
       </c>
       <c r="N75" s="15">
-        <v>42600</v>
+        <v>47880</v>
       </c>
       <c r="O75" s="15">
-        <v>63900</v>
+        <v>75600</v>
       </c>
       <c r="P75" s="15" t="s">
         <v>236</v>
       </c>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
         <v>237</v>
       </c>
       <c r="D76" s="15" t="s">
         <v>238</v>
       </c>
       <c r="E76" s="15">
         <v>10080034255</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>142</v>
       </c>
@@ -4227,54 +4229,54 @@
       </c>
       <c r="E77" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I77" s="15" t="s">
         <v>243</v>
       </c>
       <c r="J77" s="15">
         <v>100</v>
       </c>
       <c r="K77" s="15">
         <v>0.03692</v>
       </c>
       <c r="L77" s="15">
         <v>0.03258</v>
       </c>
       <c r="M77" s="15">
         <v>0.02932</v>
       </c>
       <c r="N77" s="15">
-        <v>54450</v>
+        <v>68975</v>
       </c>
       <c r="O77" s="15">
-        <v>59400</v>
+        <v>80100</v>
       </c>
       <c r="P77" s="15" t="s">
         <v>236</v>
       </c>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>244</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>245</v>
       </c>
       <c r="E78" s="15">
         <v>10080009373</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>152</v>
       </c>
@@ -4311,168 +4313,168 @@
       </c>
       <c r="E79" s="15">
         <v>10080056117</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I79" s="15" t="s">
         <v>249</v>
       </c>
       <c r="J79" s="15">
         <v>100</v>
       </c>
       <c r="K79" s="15">
         <v>0.06573</v>
       </c>
       <c r="L79" s="15">
         <v>0.04756</v>
       </c>
       <c r="M79" s="15">
         <v>0.0415</v>
       </c>
       <c r="N79" s="15">
-        <v>2063</v>
+        <v>2127</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>250</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>251</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>252</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I80" s="15" t="s">
         <v>253</v>
       </c>
       <c r="J80" s="15">
         <v>100</v>
       </c>
       <c r="K80" s="15">
         <v>0.05289</v>
       </c>
       <c r="L80" s="15">
         <v>0.04667</v>
       </c>
       <c r="M80" s="15">
         <v>0.042</v>
       </c>
       <c r="N80" s="15">
-        <v>2100</v>
+        <v>2610</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D81" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E81" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>0.08728</v>
       </c>
       <c r="L81" s="15">
         <v>0.06315</v>
       </c>
       <c r="M81" s="15">
         <v>0.0551</v>
       </c>
       <c r="N81" s="15">
-        <v>12338</v>
+        <v>13930</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E82" s="15">
         <v>10080059896</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>100</v>
       </c>
       <c r="K82" s="15">
         <v>0.03348</v>
       </c>
       <c r="L82" s="15">
         <v>0.02423</v>
       </c>
       <c r="M82" s="15">
         <v>0.02114</v>
       </c>
       <c r="N82" s="15">
-        <v>8938</v>
+        <v>11963</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>259</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>260</v>
       </c>
       <c r="E83" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I83" s="15"/>
@@ -4543,51 +4545,51 @@
       <c r="D85" s="15" t="s">
         <v>267</v>
       </c>
       <c r="E85" s="15">
         <v>10080034257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>142</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>100</v>
       </c>
       <c r="K85" s="15">
         <v>0.06102</v>
       </c>
       <c r="L85" s="15">
         <v>0.04415</v>
       </c>
       <c r="M85" s="15">
         <v>0.03852</v>
       </c>
       <c r="N85" s="15">
-        <v>638</v>
+        <v>568</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>268</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>269</v>
       </c>
       <c r="E86" s="15">
         <v>10080008490</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>152</v>
       </c>
       <c r="I86" s="15" t="s">