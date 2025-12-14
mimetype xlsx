--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1835,90 +1835,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>128</v>
+        <v>164</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>122</v>
+        <v>158</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>