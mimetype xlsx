--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1835,90 +1835,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>164</v>
+        <v>130</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>