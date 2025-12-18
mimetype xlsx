--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1081,51 +1081,53 @@
       </c>
       <c r="E9" s="15">
         <v>10080068357</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>20</v>
       </c>
       <c r="K9" s="15">
         <v>2.31</v>
       </c>
       <c r="L9" s="15">
         <v>2.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.94</v>
       </c>
       <c r="N9" s="15">
         <v>24</v>
       </c>
-      <c r="O9" s="15"/>
+      <c r="O9" s="15">
+        <v>50</v>
+      </c>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>20</v>
@@ -1155,51 +1157,53 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046847</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>50</v>
       </c>
       <c r="K11" s="15">
         <v>3.48</v>
       </c>
       <c r="L11" s="15">
         <v>3.25</v>
       </c>
       <c r="M11" s="15">
         <v>3.02</v>
       </c>
       <c r="N11" s="15"/>
-      <c r="O11" s="15"/>
+      <c r="O11" s="15">
+        <v>20</v>
+      </c>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>20</v>
@@ -1835,90 +1839,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>130</v>
+        <v>152</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>