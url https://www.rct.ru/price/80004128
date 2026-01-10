--- v3 (2025-12-18)
+++ v4 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1081,53 +1081,51 @@
       </c>
       <c r="E9" s="15">
         <v>10080068357</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>20</v>
       </c>
       <c r="K9" s="15">
         <v>2.31</v>
       </c>
       <c r="L9" s="15">
         <v>2.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.94</v>
       </c>
       <c r="N9" s="15">
         <v>24</v>
       </c>
-      <c r="O9" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>20</v>
@@ -1157,53 +1155,51 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080046847</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>50</v>
       </c>
       <c r="K11" s="15">
         <v>3.48</v>
       </c>
       <c r="L11" s="15">
         <v>3.25</v>
       </c>
       <c r="M11" s="15">
         <v>3.02</v>
       </c>
       <c r="N11" s="15"/>
-      <c r="O11" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>20</v>
@@ -1839,90 +1835,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>