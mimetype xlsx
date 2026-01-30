--- v4 (2026-01-10)
+++ v5 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1835,90 +1835,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>152</v>
+        <v>126</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>