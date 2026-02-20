--- v5 (2026-01-30)
+++ v6 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1079,51 +1079,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080068357</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>20</v>
       </c>
       <c r="K9" s="15">
         <v>2.31</v>
       </c>
       <c r="L9" s="15">
         <v>2.09</v>
       </c>
       <c r="M9" s="15">
         <v>1.94</v>
       </c>
       <c r="N9" s="15">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
@@ -1268,51 +1268,51 @@
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080018229</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>20</v>
       </c>
       <c r="K14" s="15">
         <v>1.5</v>
       </c>
       <c r="L14" s="15">
         <v>1.5</v>
       </c>
       <c r="M14" s="15">
         <v>1.5</v>
       </c>
       <c r="N14" s="15">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I15" s="15"/>
@@ -1572,51 +1572,51 @@
       <c r="D22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E22" s="15">
         <v>10080018230</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>20</v>
       </c>
       <c r="K22" s="15">
         <v>1.49</v>
       </c>
       <c r="L22" s="15">
         <v>1.49</v>
       </c>
       <c r="M22" s="15">
         <v>1.49</v>
       </c>
       <c r="N22" s="15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>43</v>
       </c>
       <c r="I23" s="15"/>
@@ -1835,90 +1835,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10000019855</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>50</v>
       </c>
       <c r="K29" s="15">
         <v>3.29</v>
       </c>
       <c r="L29" s="15">
         <v>3.29</v>
       </c>
       <c r="M29" s="15">
         <v>3.29</v>
       </c>
       <c r="N29" s="15">
-        <v>160</v>
+        <v>138</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>