--- v6 (2026-02-20)
+++ v7 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1874,51 +1874,51 @@
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000019856</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>50</v>
       </c>
       <c r="K30" s="15">
         <v>5.23</v>
       </c>
       <c r="L30" s="15">
         <v>5.23</v>
       </c>
       <c r="M30" s="15">
         <v>5.23</v>
       </c>
       <c r="N30" s="15">
-        <v>168</v>
+        <v>120</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>