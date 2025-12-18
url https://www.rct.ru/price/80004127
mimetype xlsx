--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,51 +1370,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080028421</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>2.23</v>
       </c>
       <c r="L13" s="15">
         <v>1.49</v>
       </c>
       <c r="M13" s="15">
         <v>1.36</v>
       </c>
       <c r="N13" s="15">
-        <v>157</v>
+        <v>138</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1515,57 +1515,57 @@
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080018186</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>50</v>
       </c>
       <c r="K17" s="15">
-        <v>1.92</v>
+        <v>1.89</v>
       </c>
       <c r="L17" s="15">
-        <v>1.8</v>
+        <v>1.77</v>
       </c>
       <c r="M17" s="15">
-        <v>1.68</v>
+        <v>1.65</v>
       </c>
       <c r="N17" s="15">
         <v>50</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10080032315</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
@@ -1591,57 +1591,57 @@
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
-        <v>2.89</v>
+        <v>2.85</v>
       </c>
       <c r="L19" s="15">
-        <v>3.1</v>
+        <v>2.66</v>
       </c>
       <c r="M19" s="15">
-        <v>3.1</v>
+        <v>2.48</v>
       </c>
       <c r="N19" s="15">
         <v>5</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080018200</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
@@ -1717,51 +1717,51 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080028422</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>2.9</v>
       </c>
       <c r="L22" s="15">
         <v>2.72</v>
       </c>
       <c r="M22" s="15">
         <v>2.53</v>
       </c>
       <c r="N22" s="15">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>