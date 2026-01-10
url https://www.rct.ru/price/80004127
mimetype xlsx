--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,51 +1370,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080028421</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>2.23</v>
       </c>
       <c r="L13" s="15">
         <v>1.49</v>
       </c>
       <c r="M13" s="15">
         <v>1.36</v>
       </c>
       <c r="N13" s="15">
-        <v>138</v>
+        <v>96</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1717,51 +1717,51 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080028422</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>2.9</v>
       </c>
       <c r="L22" s="15">
         <v>2.72</v>
       </c>
       <c r="M22" s="15">
         <v>2.53</v>
       </c>
       <c r="N22" s="15">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>