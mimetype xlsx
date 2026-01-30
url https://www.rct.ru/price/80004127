--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,51 +1370,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080028421</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>2.23</v>
       </c>
       <c r="L13" s="15">
         <v>1.49</v>
       </c>
       <c r="M13" s="15">
         <v>1.36</v>
       </c>
       <c r="N13" s="15">
-        <v>96</v>
+        <v>128</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1717,51 +1717,51 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080028422</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>2.9</v>
       </c>
       <c r="L22" s="15">
         <v>2.72</v>
       </c>
       <c r="M22" s="15">
         <v>2.53</v>
       </c>
       <c r="N22" s="15">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
@@ -2067,53 +2067,51 @@
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10080018204</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="15" t="s">
         <v>80</v>
       </c>
       <c r="J31" s="15">
         <v>50</v>
       </c>
       <c r="K31" s="15">
         <v>4.45</v>
       </c>
       <c r="L31" s="15">
         <v>4.16</v>
       </c>
       <c r="M31" s="15">
         <v>3.88</v>
       </c>
-      <c r="N31" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080028419</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">