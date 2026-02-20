--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,51 +1370,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080028421</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>2.23</v>
       </c>
       <c r="L13" s="15">
         <v>1.49</v>
       </c>
       <c r="M13" s="15">
         <v>1.36</v>
       </c>
       <c r="N13" s="15">
-        <v>128</v>
+        <v>45</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1485,51 +1485,51 @@
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10080018201</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>50</v>
       </c>
       <c r="K16" s="15">
         <v>2.89</v>
       </c>
       <c r="L16" s="15">
         <v>2.71</v>
       </c>
       <c r="M16" s="15">
         <v>2.52</v>
       </c>
       <c r="N16" s="15">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10080018186</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I17" s="15"/>
@@ -1600,91 +1600,89 @@
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>2.85</v>
       </c>
       <c r="L19" s="15">
         <v>2.66</v>
       </c>
       <c r="M19" s="15">
         <v>2.48</v>
       </c>
       <c r="N19" s="15">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080018200</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>1.93</v>
       </c>
       <c r="L20" s="15">
         <v>1.81</v>
       </c>
       <c r="M20" s="15">
         <v>1.68</v>
       </c>
-      <c r="N20" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080028423</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
@@ -1717,51 +1715,51 @@
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080028422</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>2.9</v>
       </c>
       <c r="L22" s="15">
         <v>2.72</v>
       </c>
       <c r="M22" s="15">
         <v>2.53</v>
       </c>
       <c r="N22" s="15">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
@@ -2105,51 +2103,51 @@
       <c r="D32" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="15">
         <v>10080028419</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>30</v>
       </c>
       <c r="K32" s="15">
         <v>2.98</v>
       </c>
       <c r="L32" s="15">
         <v>2.98</v>
       </c>
       <c r="M32" s="15">
         <v>2.98</v>
       </c>
       <c r="N32" s="15">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080028418</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I33" s="15"/>