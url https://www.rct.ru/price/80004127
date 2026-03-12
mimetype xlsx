--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="150">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,51 +1370,51 @@
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080028421</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>100</v>
       </c>
       <c r="K13" s="15">
         <v>2.23</v>
       </c>
       <c r="L13" s="15">
         <v>1.49</v>
       </c>
       <c r="M13" s="15">
         <v>1.36</v>
       </c>
       <c r="N13" s="15">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1714,53 +1714,51 @@
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080028422</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>2.9</v>
       </c>
       <c r="L22" s="15">
         <v>2.72</v>
       </c>
       <c r="M22" s="15">
         <v>2.53</v>
       </c>
-      <c r="N22" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
@@ -1907,53 +1905,51 @@
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080028417</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J27" s="15">
         <v>50</v>
       </c>
       <c r="K27" s="15">
         <v>6.65</v>
       </c>
       <c r="L27" s="15">
         <v>6.22</v>
       </c>
       <c r="M27" s="15">
         <v>5.8</v>
       </c>
-      <c r="N27" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10080028416</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
@@ -2141,53 +2137,51 @@
       </c>
       <c r="D33" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E33" s="15">
         <v>10080028418</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>50</v>
       </c>
       <c r="K33" s="15">
         <v>6.79</v>
       </c>
       <c r="L33" s="15">
         <v>6.36</v>
       </c>
       <c r="M33" s="15">
         <v>5.93</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>87</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">