--- v0 (2025-12-05)
+++ v1 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1265,57 +1265,57 @@
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
-        <v>0.0759</v>
+        <v>0.05226</v>
       </c>
       <c r="L9" s="15">
-        <v>0.06365999999999999</v>
+        <v>0.05226</v>
       </c>
       <c r="M9" s="15">
-        <v>0.06121</v>
+        <v>0.05226</v>
       </c>
       <c r="N9" s="15"/>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
@@ -1454,57 +1454,57 @@
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.2005</v>
+        <v>0.13789</v>
       </c>
       <c r="L14" s="15">
-        <v>0.16816</v>
+        <v>0.13789</v>
       </c>
       <c r="M14" s="15">
-        <v>0.16169</v>
+        <v>0.13789</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
@@ -1539,51 +1539,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>176</v>
+        <v>122</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>60</v>
@@ -1682,60 +1682,60 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.46223</v>
+        <v>0.47195</v>
       </c>
       <c r="L20" s="15">
-        <v>0.4006</v>
+        <v>0.40902</v>
       </c>
       <c r="M20" s="15">
-        <v>0.38519</v>
+        <v>0.39329</v>
       </c>
       <c r="N20" s="15">
-        <v>7400</v>
+        <v>4150</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
@@ -1801,57 +1801,57 @@
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
         <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>82</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.58277</v>
+        <v>0.51569</v>
       </c>
       <c r="L23" s="15">
-        <v>0.50506</v>
+        <v>0.44693</v>
       </c>
       <c r="M23" s="15">
-        <v>0.48564</v>
+        <v>0.42974</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H24" s="15" t="s">
@@ -1888,51 +1888,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080072974</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.031</v>
       </c>
       <c r="L25" s="15">
         <v>0.031</v>
       </c>
       <c r="M25" s="15">
         <v>0.031</v>
       </c>
       <c r="N25" s="15">
-        <v>11513</v>
+        <v>13375</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>86</v>
@@ -1966,51 +1966,51 @@
       <c r="D27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>3000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11</v>
       </c>
       <c r="L27" s="15">
         <v>0.11</v>
       </c>
       <c r="M27" s="15">
         <v>0.11</v>
       </c>
       <c r="N27" s="15">
-        <v>9120</v>
+        <v>7560</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080015875</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>100</v>
@@ -2046,51 +2046,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.155</v>
       </c>
       <c r="L29" s="15">
         <v>0.155</v>
       </c>
       <c r="M29" s="15">
         <v>0.155</v>
       </c>
       <c r="N29" s="15">
-        <v>830</v>
+        <v>750</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>105</v>
@@ -2321,51 +2321,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080003779</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.215</v>
       </c>
       <c r="L36" s="15">
         <v>0.215</v>
       </c>
       <c r="M36" s="15">
         <v>0.215</v>
       </c>
       <c r="N36" s="15">
-        <v>1553</v>
+        <v>1592</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>105</v>