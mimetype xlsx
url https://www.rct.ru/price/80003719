--- v1 (2026-01-10)
+++ v2 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1539,51 +1539,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>122</v>
+        <v>156</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>60</v>
@@ -1691,51 +1691,51 @@
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.47195</v>
       </c>
       <c r="L20" s="15">
         <v>0.40902</v>
       </c>
       <c r="M20" s="15">
         <v>0.39329</v>
       </c>
       <c r="N20" s="15">
-        <v>4150</v>
+        <v>4450</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
@@ -1840,99 +1840,99 @@
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>86</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.01222</v>
+        <v>0.01635</v>
       </c>
       <c r="L24" s="15">
-        <v>0.01222</v>
+        <v>0.01417</v>
       </c>
       <c r="M24" s="15">
-        <v>0.01222</v>
+        <v>0.01363</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E25" s="15">
         <v>10080072974</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.031</v>
       </c>
       <c r="L25" s="15">
         <v>0.031</v>
       </c>
       <c r="M25" s="15">
         <v>0.031</v>
       </c>
       <c r="N25" s="15">
-        <v>13375</v>
+        <v>12359</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>86</v>
@@ -1966,51 +1966,51 @@
       <c r="D27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>3000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11</v>
       </c>
       <c r="L27" s="15">
         <v>0.11</v>
       </c>
       <c r="M27" s="15">
         <v>0.11</v>
       </c>
       <c r="N27" s="15">
-        <v>7560</v>
+        <v>8041</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080015875</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>100</v>
@@ -2046,51 +2046,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.155</v>
       </c>
       <c r="L29" s="15">
         <v>0.155</v>
       </c>
       <c r="M29" s="15">
         <v>0.155</v>
       </c>
       <c r="N29" s="15">
-        <v>750</v>
+        <v>830</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>105</v>
@@ -2321,51 +2321,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080003779</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.215</v>
       </c>
       <c r="L36" s="15">
         <v>0.215</v>
       </c>
       <c r="M36" s="15">
         <v>0.215</v>
       </c>
       <c r="N36" s="15">
-        <v>1592</v>
+        <v>1612</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>105</v>