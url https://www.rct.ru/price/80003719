--- v2 (2026-02-18)
+++ v3 (2026-03-11)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>11.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1539,51 +1539,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>60</v>
@@ -1691,51 +1691,51 @@
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.47195</v>
       </c>
       <c r="L20" s="15">
         <v>0.40902</v>
       </c>
       <c r="M20" s="15">
         <v>0.39329</v>
       </c>
       <c r="N20" s="15">
-        <v>4450</v>
+        <v>4051</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15" t="s">
@@ -1888,51 +1888,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080072974</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>86</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.031</v>
       </c>
       <c r="L25" s="15">
         <v>0.031</v>
       </c>
       <c r="M25" s="15">
         <v>0.031</v>
       </c>
       <c r="N25" s="15">
-        <v>12359</v>
+        <v>12021</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>86</v>
@@ -1966,51 +1966,51 @@
       <c r="D27" s="15" t="s">
         <v>94</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>95</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>96</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>3000</v>
       </c>
       <c r="K27" s="15">
         <v>0.11</v>
       </c>
       <c r="L27" s="15">
         <v>0.11</v>
       </c>
       <c r="M27" s="15">
         <v>0.11</v>
       </c>
       <c r="N27" s="15">
-        <v>8041</v>
+        <v>8760</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E28" s="15">
         <v>10080015875</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>99</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>100</v>
@@ -2046,51 +2046,51 @@
       </c>
       <c r="E29" s="15" t="s">
         <v>103</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.155</v>
       </c>
       <c r="L29" s="15">
         <v>0.155</v>
       </c>
       <c r="M29" s="15">
         <v>0.155</v>
       </c>
       <c r="N29" s="15">
-        <v>830</v>
+        <v>890</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>108</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>104</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>105</v>
@@ -2321,51 +2321,51 @@
       </c>
       <c r="E36" s="15">
         <v>10080003779</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>105</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.215</v>
       </c>
       <c r="L36" s="15">
         <v>0.215</v>
       </c>
       <c r="M36" s="15">
         <v>0.215</v>
       </c>
       <c r="N36" s="15">
-        <v>1612</v>
+        <v>1553</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E37" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>116</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>105</v>