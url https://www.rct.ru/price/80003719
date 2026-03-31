--- v3 (2026-03-11)
+++ v4 (2026-03-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="172">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>11.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -208,60 +208,78 @@
   <si>
     <t>CG0603MLC-3.3LE</t>
   </si>
   <si>
     <t>Варистор CG0603MLC-3.3LE</t>
   </si>
   <si>
     <t>UT-00116097</t>
   </si>
   <si>
     <t>VAR-SMD0603</t>
   </si>
   <si>
     <t>BOURNS</t>
   </si>
   <si>
     <t>CN1206K20G</t>
   </si>
   <si>
     <t>Варистор CN1206K20G</t>
   </si>
   <si>
     <t>10-00001853</t>
   </si>
   <si>
+    <t>CN1812K20G</t>
+  </si>
+  <si>
+    <t>SMD 1812 20VAC / CN1812K20G</t>
+  </si>
+  <si>
+    <t>10-00001860</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KLS6-VR1812-330H KLS, </t>
+  </si>
+  <si>
+    <t>02.04.2026</t>
+  </si>
+  <si>
     <t>CN2220K20G</t>
   </si>
   <si>
     <t>SMD 2220 20V / CN2220K20G</t>
   </si>
   <si>
     <t>10-00001858</t>
   </si>
   <si>
     <t xml:space="preserve">KLS6-VR2220-330H KLS, B72540V200K62 EPCOS, </t>
+  </si>
+  <si>
+    <t>06.05.2026</t>
   </si>
   <si>
     <t>B72540V0300K062</t>
   </si>
   <si>
     <t>SMD 2220 30 VAC / 38 VDC / CN2220K30G (B72540V0300K062)</t>
   </si>
   <si>
     <t>UT-00116855</t>
   </si>
   <si>
     <t>CN2220K40G</t>
   </si>
   <si>
     <t>SIOV 2220 40VAC / 56VDC 10% 1000A (контакты: Ag/Pd) / CN2220K40G (B72540V0400K062)</t>
   </si>
   <si>
     <t>UT-00106749</t>
   </si>
   <si>
     <t xml:space="preserve">CT2220K40G EPCOS, B72540T0400K062 EPCOS, </t>
   </si>
   <si>
     <t>CT0805M6G</t>
   </si>
@@ -1020,51 +1038,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R42"/>
+  <dimension ref="A1:R43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -1539,51 +1557,51 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.31</v>
       </c>
       <c r="L16" s="15">
         <v>0.31</v>
       </c>
       <c r="M16" s="15">
         <v>0.31</v>
       </c>
       <c r="N16" s="15">
-        <v>158</v>
+        <v>20</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>60</v>
@@ -1643,941 +1661,982 @@
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>67</v>
       </c>
-      <c r="J19" s="15"/>
+      <c r="J19" s="15">
+        <v>4000</v>
+      </c>
       <c r="K19" s="15">
-        <v>0.54604</v>
+        <v>0.24782</v>
       </c>
       <c r="L19" s="15">
-        <v>0.45797</v>
+        <v>0.21477</v>
       </c>
       <c r="M19" s="15">
-        <v>0.44035</v>
+        <v>0.20651</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
-      <c r="P19" s="15"/>
+      <c r="P19" s="15" t="s">
+        <v>68</v>
+      </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I20" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="J20" s="15"/>
       <c r="K20" s="15">
-        <v>0.47195</v>
+        <v>0.54604</v>
       </c>
       <c r="L20" s="15">
-        <v>0.40902</v>
+        <v>0.45797</v>
       </c>
       <c r="M20" s="15">
-        <v>0.39329</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.44035</v>
+      </c>
+      <c r="N20" s="15"/>
       <c r="O20" s="15"/>
-      <c r="P20" s="15"/>
+      <c r="P20" s="15" t="s">
+        <v>73</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I21" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.81323</v>
+        <v>0.47195</v>
       </c>
       <c r="L21" s="15">
-        <v>0.68208</v>
+        <v>0.40902</v>
       </c>
       <c r="M21" s="15">
-        <v>0.65583</v>
+        <v>0.39329</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>10080054805</v>
+        <v>78</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>79</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="I22" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="J22" s="15">
-        <v>3000</v>
+        <v>1000</v>
       </c>
       <c r="K22" s="15">
-        <v>0.11357</v>
+        <v>0.81323</v>
       </c>
       <c r="L22" s="15">
-        <v>0.09465</v>
+        <v>0.68208</v>
       </c>
       <c r="M22" s="15">
-        <v>0.09085</v>
+        <v>0.65583</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>82</v>
+      </c>
+      <c r="E23" s="15">
+        <v>10080054805</v>
       </c>
       <c r="F23" s="15"/>
-      <c r="G23" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="I23" s="15"/>
+        <v>83</v>
+      </c>
+      <c r="I23" s="15" t="s">
+        <v>84</v>
+      </c>
       <c r="J23" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.51569</v>
+        <v>0.11357</v>
       </c>
       <c r="L23" s="15">
-        <v>0.44693</v>
+        <v>0.09465</v>
       </c>
       <c r="M23" s="15">
-        <v>0.42974</v>
+        <v>0.09085</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
-        <v>59</v>
+        <v>88</v>
       </c>
       <c r="H24" s="15" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="K24" s="15">
-        <v>0.01635</v>
+        <v>0.51569</v>
       </c>
       <c r="L24" s="15">
-        <v>0.01417</v>
+        <v>0.44693</v>
       </c>
       <c r="M24" s="15">
-        <v>0.01363</v>
+        <v>0.42974</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>10080072974</v>
+        <v>90</v>
+      </c>
+      <c r="E25" s="15" t="s">
+        <v>91</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
-        <v>89</v>
+        <v>59</v>
       </c>
       <c r="H25" s="15" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
-        <v>0.031</v>
+        <v>0.01635</v>
       </c>
       <c r="L25" s="15">
-        <v>0.031</v>
+        <v>0.01417</v>
       </c>
       <c r="M25" s="15">
-        <v>0.031</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.01363</v>
+      </c>
+      <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>94</v>
+      </c>
+      <c r="E26" s="15">
+        <v>10080072974</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H26" s="15" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
-        <v>0.02781</v>
+        <v>0.031</v>
       </c>
       <c r="L26" s="15">
-        <v>0.02332</v>
+        <v>0.031</v>
       </c>
       <c r="M26" s="15">
-        <v>0.02243</v>
-[...1 lines deleted...]
-      <c r="N26" s="15"/>
+        <v>0.031</v>
+      </c>
+      <c r="N26" s="15">
+        <v>10497</v>
+      </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="E27" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="F27" s="15"/>
+      <c r="G27" s="15" t="s">
         <v>95</v>
       </c>
-      <c r="F27" s="15"/>
-      <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
-        <v>3000</v>
+        <v>4000</v>
       </c>
       <c r="K27" s="15">
-        <v>0.11</v>
+        <v>0.02781</v>
       </c>
       <c r="L27" s="15">
-        <v>0.11</v>
+        <v>0.02332</v>
       </c>
       <c r="M27" s="15">
-        <v>0.11</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02243</v>
+      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>10080015875</v>
+        <v>100</v>
+      </c>
+      <c r="E28" s="15" t="s">
+        <v>101</v>
       </c>
       <c r="F28" s="15"/>
-      <c r="G28" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K28" s="15">
-        <v>0.05546</v>
+        <v>0.11</v>
       </c>
       <c r="L28" s="15">
-        <v>0.04621</v>
+        <v>0.11</v>
       </c>
       <c r="M28" s="15">
-        <v>0.04437</v>
-[...1 lines deleted...]
-      <c r="N28" s="15"/>
+        <v>0.11</v>
+      </c>
+      <c r="N28" s="15">
+        <v>9360</v>
+      </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>104</v>
+      </c>
+      <c r="E29" s="15">
+        <v>10080015875</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H29" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.155</v>
+        <v>0.05546</v>
       </c>
       <c r="L29" s="15">
-        <v>0.155</v>
+        <v>0.04621</v>
       </c>
       <c r="M29" s="15">
-        <v>0.155</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04437</v>
+      </c>
+      <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H30" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>0.26641</v>
+        <v>0.155</v>
       </c>
       <c r="L30" s="15">
-        <v>0.25606</v>
+        <v>0.155</v>
       </c>
       <c r="M30" s="15">
-        <v>0.24701</v>
-[...1 lines deleted...]
-      <c r="N30" s="15"/>
+        <v>0.155</v>
+      </c>
+      <c r="N30" s="15">
+        <v>760</v>
+      </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>10080003700</v>
+        <v>113</v>
+      </c>
+      <c r="E31" s="15" t="s">
+        <v>114</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H31" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.26641</v>
       </c>
       <c r="L31" s="15">
         <v>0.25606</v>
       </c>
       <c r="M31" s="15">
         <v>0.24701</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E32" s="15">
-        <v>10080003778</v>
+        <v>10080003700</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H32" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.26641</v>
       </c>
       <c r="L32" s="15">
         <v>0.25606</v>
       </c>
       <c r="M32" s="15">
         <v>0.24701</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>115</v>
+        <v>118</v>
+      </c>
+      <c r="E33" s="15">
+        <v>10080003778</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
       <c r="H33" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
-        <v>0.33107</v>
+        <v>0.26641</v>
       </c>
       <c r="L33" s="15">
-        <v>0.31944</v>
+        <v>0.25606</v>
       </c>
       <c r="M33" s="15">
-        <v>0.3078</v>
+        <v>0.24701</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H34" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.33107</v>
       </c>
       <c r="L34" s="15">
         <v>0.31944</v>
       </c>
       <c r="M34" s="15">
         <v>0.3078</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>10080003697</v>
+        <v>124</v>
+      </c>
+      <c r="E35" s="15" t="s">
+        <v>125</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H35" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
-        <v>0.37245</v>
+        <v>0.33107</v>
       </c>
       <c r="L35" s="15">
-        <v>0.35952</v>
+        <v>0.31944</v>
       </c>
       <c r="M35" s="15">
-        <v>0.34659</v>
+        <v>0.3078</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="E36" s="15">
-        <v>10080003779</v>
+        <v>10080003697</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H36" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
-        <v>0.215</v>
+        <v>0.37245</v>
       </c>
       <c r="L36" s="15">
-        <v>0.215</v>
+        <v>0.35952</v>
       </c>
       <c r="M36" s="15">
-        <v>0.215</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.34659</v>
+      </c>
+      <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>129</v>
+      </c>
+      <c r="E37" s="15">
+        <v>10080003779</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="H37" s="15" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
-        <v>0.35823</v>
+        <v>0.215</v>
       </c>
       <c r="L37" s="15">
-        <v>0.3453</v>
+        <v>0.215</v>
       </c>
       <c r="M37" s="15">
-        <v>0.33236</v>
-[...1 lines deleted...]
-      <c r="N37" s="15"/>
+        <v>0.215</v>
+      </c>
+      <c r="N37" s="15">
+        <v>1573</v>
+      </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>10080066029</v>
+        <v>131</v>
+      </c>
+      <c r="E38" s="15" t="s">
+        <v>132</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>89</v>
+        <v>122</v>
       </c>
       <c r="H38" s="15" t="s">
-        <v>96</v>
+        <v>111</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
-        <v>4000</v>
+        <v>1000</v>
       </c>
       <c r="K38" s="15">
-        <v>0.04048</v>
+        <v>0.35823</v>
       </c>
       <c r="L38" s="15">
-        <v>0.03373</v>
+        <v>0.3453</v>
       </c>
       <c r="M38" s="15">
-        <v>0.03238</v>
+        <v>0.33236</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>134</v>
+      </c>
+      <c r="E39" s="15">
+        <v>10080066029</v>
       </c>
       <c r="F39" s="15"/>
-      <c r="G39" s="15"/>
+      <c r="G39" s="15" t="s">
+        <v>95</v>
+      </c>
       <c r="H39" s="15" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
-        <v>1000</v>
+        <v>4000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.45263</v>
+        <v>0.04048</v>
       </c>
       <c r="L39" s="15">
-        <v>0.38798</v>
+        <v>0.03373</v>
       </c>
       <c r="M39" s="15">
-        <v>0.35823</v>
+        <v>0.03238</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
-        <v>135</v>
+        <v>111</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
-        <v>2500</v>
+        <v>1000</v>
       </c>
       <c r="K40" s="15">
-        <v>0.05968</v>
+        <v>0.45263</v>
       </c>
       <c r="L40" s="15">
-        <v>0.05968</v>
+        <v>0.38798</v>
       </c>
       <c r="M40" s="15">
-        <v>0.05968</v>
+        <v>0.35823</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
-        <v>1000</v>
+        <v>2500</v>
       </c>
       <c r="K41" s="15">
-        <v>0.70225</v>
+        <v>0.05968</v>
       </c>
       <c r="L41" s="15">
-        <v>0.5889799999999999</v>
+        <v>0.05968</v>
       </c>
       <c r="M41" s="15">
-        <v>0.56633</v>
+        <v>0.05968</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
-      <c r="B42" s="14"/>
-[...2 lines deleted...]
-      <c r="E42" s="15"/>
+      <c r="B42" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D42" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="E42" s="15" t="s">
+        <v>144</v>
+      </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
-      <c r="H42" s="15"/>
+      <c r="H42" s="15" t="s">
+        <v>141</v>
+      </c>
       <c r="I42" s="15"/>
-      <c r="J42" s="15"/>
-[...2 lines deleted...]
-      <c r="M42" s="15"/>
+      <c r="J42" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K42" s="15">
+        <v>0.70225</v>
+      </c>
+      <c r="L42" s="15">
+        <v>0.5889799999999999</v>
+      </c>
+      <c r="M42" s="15">
+        <v>0.56633</v>
+      </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
+      <c r="R42"/>
+    </row>
+    <row r="43" spans="1:18">
+      <c r="B43" s="14"/>
+      <c r="C43" s="15"/>
+      <c r="D43" s="15"/>
+      <c r="E43" s="15"/>
+      <c r="F43" s="15"/>
+      <c r="G43" s="15"/>
+      <c r="H43" s="15"/>
+      <c r="I43" s="15"/>
+      <c r="J43" s="15"/>
+      <c r="K43" s="15"/>
+      <c r="L43" s="15"/>
+      <c r="M43" s="15"/>
+      <c r="N43" s="15"/>
+      <c r="O43" s="15"/>
+      <c r="P43" s="15"/>
+      <c r="Q43" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -2597,317 +2656,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>