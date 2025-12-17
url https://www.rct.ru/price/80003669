--- v0 (2025-12-05)
+++ v1 (2025-12-17)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>17.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1319,51 +1319,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>891</v>
+        <v>792</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>166</v>
+        <v>124</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1518,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>648</v>
+        <v>608</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>241</v>
+        <v>226</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1709,51 +1709,51 @@
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>444</v>
+        <v>389</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,172 +1781,172 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>6911</v>
+        <v>9873</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>3978</v>
+        <v>3821</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>25</v>
       </c>
       <c r="K24" s="15">
         <v>1.54</v>
       </c>
       <c r="L24" s="15">
         <v>1.12</v>
       </c>
       <c r="M24" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N24" s="15">
-        <v>1340</v>
+        <v>1300</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>2485</v>
+        <v>2457</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1982,92 +1982,92 @@
       </c>
       <c r="E27" s="15">
         <v>10080003671</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>0.55254</v>
       </c>
       <c r="L27" s="15">
         <v>0.55254</v>
       </c>
       <c r="M27" s="15">
         <v>0.55254</v>
       </c>
       <c r="N27" s="15">
-        <v>335</v>
+        <v>413</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>873</v>
+        <v>846</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2101,51 +2101,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>2233</v>
+        <v>1906</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2218,418 +2218,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>857</v>
+        <v>1020</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>178</v>
+        <v>148</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>467</v>
+        <v>460</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>6099</v>
+        <v>7473</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>83815</v>
+        <v>86403</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>12787</v>
+        <v>12611</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>27991</v>
+        <v>26555</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>9702</v>
+        <v>7571</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>167</v>
+        <v>141</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>17568</v>
+        <v>15760</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2803,90 +2803,90 @@
       <c r="D48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1540</v>
+        <v>1560</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3648</v>
+        <v>3048</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>