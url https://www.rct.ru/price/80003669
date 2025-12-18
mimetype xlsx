--- v1 (2025-12-17)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>17.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1319,51 +1319,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>645</v>
+        <v>511</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>792</v>
+        <v>594</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>124</v>
+        <v>153</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1518,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>608</v>
+        <v>664</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>226</v>
+        <v>241</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1670,90 +1670,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080005496</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.01</v>
       </c>
       <c r="L19" s="15">
         <v>1.01</v>
       </c>
       <c r="M19" s="15">
         <v>1.01</v>
       </c>
       <c r="N19" s="15">
-        <v>1699</v>
+        <v>2201</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>389</v>
+        <v>362</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,172 +1781,172 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>9873</v>
+        <v>9653</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>3821</v>
+        <v>3298</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>25</v>
       </c>
       <c r="K24" s="15">
         <v>1.54</v>
       </c>
       <c r="L24" s="15">
         <v>1.12</v>
       </c>
       <c r="M24" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N24" s="15">
-        <v>1300</v>
+        <v>1760</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>2457</v>
+        <v>2005</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -1981,93 +1981,91 @@
         <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10080003671</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>0.55254</v>
       </c>
       <c r="L27" s="15">
         <v>0.55254</v>
       </c>
       <c r="M27" s="15">
         <v>0.55254</v>
       </c>
-      <c r="N27" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>846</v>
+        <v>663</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2101,51 +2099,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>1906</v>
+        <v>1661</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2218,418 +2216,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>1020</v>
+        <v>1156</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>460</v>
+        <v>640</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>7473</v>
+        <v>7645</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>86403</v>
+        <v>94782</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>12611</v>
+        <v>9602</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>26555</v>
+        <v>25838</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>7571</v>
+        <v>6780</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>141</v>
+        <v>186</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>15760</v>
+        <v>22477</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2803,90 +2801,90 @@
       <c r="D48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1560</v>
+        <v>1660</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3048</v>
+        <v>3279</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>