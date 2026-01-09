--- v2 (2025-12-18)
+++ v3 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1319,51 +1319,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>511</v>
+        <v>653</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>594</v>
+        <v>723</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>153</v>
+        <v>107</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1518,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>664</v>
+        <v>624</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1670,90 +1670,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080005496</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.01</v>
       </c>
       <c r="L19" s="15">
         <v>1.01</v>
       </c>
       <c r="M19" s="15">
         <v>1.01</v>
       </c>
       <c r="N19" s="15">
-        <v>2201</v>
+        <v>2117</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>362</v>
+        <v>378</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,172 +1781,172 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>9653</v>
+        <v>6692</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>3298</v>
+        <v>4083</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>25</v>
       </c>
       <c r="K24" s="15">
         <v>1.54</v>
       </c>
       <c r="L24" s="15">
         <v>1.12</v>
       </c>
       <c r="M24" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N24" s="15">
-        <v>1760</v>
+        <v>1800</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>2005</v>
+        <v>1807</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2021,51 +2021,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>663</v>
+        <v>661</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2099,51 +2099,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>1661</v>
+        <v>2178</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2216,418 +2216,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>1156</v>
+        <v>844</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>640</v>
+        <v>503</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>7645</v>
+        <v>4020</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>94782</v>
+        <v>91944</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>9602</v>
+        <v>10748</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>25838</v>
+        <v>26431</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>6780</v>
+        <v>6333</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>22477</v>
+        <v>20410</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2801,90 +2801,90 @@
       <c r="D48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1660</v>
+        <v>1720</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3279</v>
+        <v>3376</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>