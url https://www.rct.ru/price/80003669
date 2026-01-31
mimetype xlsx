--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1319,51 +1319,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>653</v>
+        <v>170</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>723</v>
+        <v>674</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>107</v>
+        <v>137</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1518,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>624</v>
+        <v>640</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1670,90 +1670,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080005496</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.01</v>
       </c>
       <c r="L19" s="15">
         <v>1.01</v>
       </c>
       <c r="M19" s="15">
         <v>1.01</v>
       </c>
       <c r="N19" s="15">
-        <v>2117</v>
+        <v>2089</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>378</v>
+        <v>351</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,92 +1781,92 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>6692</v>
+        <v>9763</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>4083</v>
+        <v>4531</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
@@ -1902,51 +1902,51 @@
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>1807</v>
+        <v>2163</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2021,51 +2021,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>661</v>
+        <v>634</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2099,51 +2099,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>2178</v>
+        <v>1715</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2216,418 +2216,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>844</v>
+        <v>1007</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>154</v>
+        <v>138</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>503</v>
+        <v>596</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>4020</v>
+        <v>4481</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>91944</v>
+        <v>74810</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>10748</v>
+        <v>7762</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>26431</v>
+        <v>20271</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>6333</v>
+        <v>6050</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>178</v>
+        <v>153</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>20410</v>
+        <v>18824</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2801,90 +2801,90 @@
       <c r="D48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1720</v>
+        <v>1320</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3376</v>
+        <v>3253</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>