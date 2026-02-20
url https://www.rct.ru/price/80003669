--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1319,51 +1319,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>170</v>
+        <v>208</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1399,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>674</v>
+        <v>604</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1518,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>640</v>
+        <v>592</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1594,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1670,90 +1670,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080005496</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.01</v>
       </c>
       <c r="L19" s="15">
         <v>1.01</v>
       </c>
       <c r="M19" s="15">
         <v>1.01</v>
       </c>
       <c r="N19" s="15">
-        <v>2089</v>
+        <v>2479</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,172 +1781,172 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>9763</v>
+        <v>9873</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>4531</v>
+        <v>3426</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K24" s="15">
         <v>1.54</v>
       </c>
       <c r="L24" s="15">
         <v>1.12</v>
       </c>
       <c r="M24" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N24" s="15">
-        <v>1800</v>
+        <v>1224</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
-        <v>25</v>
+        <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>2163</v>
+        <v>2387</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2021,51 +2021,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>634</v>
+        <v>669</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2099,51 +2099,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>1715</v>
+        <v>2314</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2216,418 +2216,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>596</v>
+        <v>546</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>4481</v>
+        <v>5083</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>74810</v>
+        <v>83497</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>7762</v>
+        <v>7754</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>20271</v>
+        <v>26906</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>6050</v>
+        <v>5960</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>18824</v>
+        <v>15111</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2801,90 +2801,90 @@
       <c r="D48" s="15" t="s">
         <v>138</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1320</v>
+        <v>1720</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>139</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>140</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3253</v>
+        <v>3294</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>