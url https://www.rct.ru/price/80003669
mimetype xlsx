--- v5 (2026-02-20)
+++ v6 (2026-03-13)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -109,51 +109,51 @@
   <si>
     <t>Дата  поставки</t>
   </si>
   <si>
     <t>MOQ</t>
   </si>
   <si>
     <t>Кратность отгрузки</t>
   </si>
   <si>
     <t>HKE</t>
   </si>
   <si>
     <t>HK115FD-DC09V-SG</t>
   </si>
   <si>
     <t>DC9V 8A 250VAC / 30VDC (1 Form C) (Silver Alloy) 0.4W / HK115FD-DC09V-SG</t>
   </si>
   <si>
     <t>HK115FD-DC12V-SG</t>
   </si>
   <si>
     <t>DC12V 8A 250VAC / 30VDC (2 Form C) (Silver Alloy) 0.4W / HK115FD-DC12V-SG</t>
   </si>
   <si>
-    <t xml:space="preserve">NT75-2-C-Z-12-DC12V-0.41-5.0 FORWARD, NT75-2-C-Z-8-DC12V-0.41-5.0 FORWARD, JQX-14FC2-2C-Z-5-DC12V-5 FORWARD, TRA3-L-12VDC-S-2Z TIANBO, HF140FF/012-2ZT HONGFA, HK14FD-DC12V-SHG HKE, </t>
+    <t xml:space="preserve">RT424012 TE Connectivity, NT75-2-C-Z-12-DC12V-0.41-5.0 FORWARD, HF115F/012-2Z4BF HONGFA, 881-2CC-C 12VDC SONG CHUAN, NT75-2-C-Z-8-DC12V-0.41-5.0 FORWARD, G2RL-2-12VDC OMRON, JQX-14FC2-2C-Z-5-DC12V-5 FORWARD, TRA3-L-12VDC-S-2Z TIANBO, HF140FF/012-2ZT HONGFA, HK14FD-DC12V-SHG HKE, </t>
   </si>
   <si>
     <t>HK115FD-DC24V-SG</t>
   </si>
   <si>
     <t>DC24V 8A 250VAC / 30VDC (1 Form C) (Silver Alloy) 0.4W / HK115FD-DC24V-SG</t>
   </si>
   <si>
     <t xml:space="preserve">HF140FF/024-2ZST HONGFA, HF140FF/024-2ZT HONGFA, G2RL-2-24VDC OMRON, HK115FD-DC24V-SG KYR, NT75-2-C-Z-8-DC24V-0.41-5.0 FORWARD, JW2SN-DC24V PANASONIC, HF140FF/024-2ZS HONGFA, HK14FD-DC24V-SHG HKE, </t>
   </si>
   <si>
     <t>HK115FD-DC5V-SG</t>
   </si>
   <si>
     <t>DC5V 8A 250VAC / 30VDC (2 Form C) (Silver Alloy) 0.4W / HK115FD-DC5V-SG</t>
   </si>
   <si>
     <t>UT-00103778</t>
   </si>
   <si>
     <t xml:space="preserve">NT75-2-C-Z-8-DC5V-0.41-5.0 FORWARD, NT75-2-C-S-8-DC5V-0.41-5.0 FORWARD, </t>
   </si>
   <si>
     <t>HK13F-DC12V-2CP</t>
   </si>
@@ -169,51 +169,51 @@
   <si>
     <t>Реле HK13F-DC24V-2CP</t>
   </si>
   <si>
     <t xml:space="preserve">JQX-13F-2C-A-24VDC-1 FORWARD, LY2, 24VDC OMRON, HF13F/024-2Z1 HONGFA, </t>
   </si>
   <si>
     <t>HK14F-DC12V-SHG</t>
   </si>
   <si>
     <t>Реле HK14F-DC12V-SHG</t>
   </si>
   <si>
     <t>HK14FD-DC12V-H2CG</t>
   </si>
   <si>
     <t>Реле HK14FD-DC12V-H2CG</t>
   </si>
   <si>
     <t>HK14FD-DC12V-SHG</t>
   </si>
   <si>
     <t>DC12V 5A 250VAC / HK14FD-DC12V-SHG</t>
   </si>
   <si>
-    <t xml:space="preserve">HK115FD-DC12V-SG HKE, NT75-2-C-Z-8-DC12V-0.41-5.0 FORWARD, JQX-14FC2-2C-Z-5-DC12V-5 FORWARD, TRA3-L-12VDC-S-2Z TIANBO, HF140FF/012-2ZT HONGFA, </t>
+    <t xml:space="preserve">HK115FD-DC12V-SG HKE, RT424012 TE Connectivity, HF115F/012-2Z4BF HONGFA, 881-2CC-C 12VDC SONG CHUAN, NT75-2-C-Z-8-DC12V-0.41-5.0 FORWARD, G2RL-2-12VDC OMRON, JQX-14FC2-2C-Z-5-DC12V-5 FORWARD, TRA3-L-12VDC-S-2Z TIANBO, HF140FF/012-2ZT HONGFA, </t>
   </si>
   <si>
     <t>HK14FD-DC24V-H2CG</t>
   </si>
   <si>
     <t>Реле HK14FD-DC24V-H2CG</t>
   </si>
   <si>
     <t>HK14FD-DC24V-SHG</t>
   </si>
   <si>
     <t>DC24V 5A 250VAC / HK14FD-DC24V-SHG</t>
   </si>
   <si>
     <t xml:space="preserve">HK115FD-DC24V-SG HKE, HF140FF/024-2ZST HONGFA, HF140FF/024-2ZT HONGFA, G2RL-2-24VDC OMRON, HK115FD-DC24V-SG KYR, NT75-2-C-Z-8-DC24V-0.41-5.0 FORWARD, JW2SN-DC24V PANASONIC, HF140FF/024-2ZS HONGFA, </t>
   </si>
   <si>
     <t>HK14FD-DC48V-SHG</t>
   </si>
   <si>
     <t>Реле HK14FD-DC48V-SHG</t>
   </si>
   <si>
     <t>HK14FD-DC5V-H2CG</t>
   </si>
@@ -397,57 +397,63 @@
   <si>
     <t>DC5V 3A 250VAC / 30VDC (1 Form C) (Silver Alloy) 0.2W Sealed / HK4100F-DC5V-SHG</t>
   </si>
   <si>
     <t xml:space="preserve">HJR4102-D-5VDC-S-Z TIANBO, N4100-C-H-DC5V-A FORWARD, HJR4102-L-5VDC-S-Z TIANBO, HFD41/5VDC-H HONGFA, </t>
   </si>
   <si>
     <t>HKV2-DC12V-KD1C</t>
   </si>
   <si>
     <t>открытые / HKV2-DC12V-KD1C</t>
   </si>
   <si>
     <t xml:space="preserve">4117-C-O-20-12VDC-1.0 FORWARD, </t>
   </si>
   <si>
     <t>HKV2-DC12V-SD1C</t>
   </si>
   <si>
     <t>Реле HKV2-DC12V-SD1C</t>
   </si>
   <si>
     <t>10-00070912</t>
   </si>
   <si>
+    <t xml:space="preserve">4117-C-Z-10-12VDC-1.0 FORWARD, SLE-12VDC-SL-C SONGLE, </t>
+  </si>
+  <si>
     <t>HKV2-DC12V-SD1U</t>
   </si>
   <si>
     <t>Реле HKV2-DC12V-SD1U</t>
   </si>
   <si>
     <t>10-00070915</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SLE-12VDC-SL-2A SONGLE, 4117-U-Z-10-12VDC-1.0 FORWARD, </t>
   </si>
   <si>
     <t>HKV2-DC24V-SD1C</t>
   </si>
   <si>
     <t>Реле HKV2-DC24V-SD1C</t>
   </si>
   <si>
     <t>10-00070913</t>
   </si>
   <si>
     <t xml:space="preserve">4117-C-Z-10-24VDC-1.0 FORWARD, </t>
   </si>
   <si>
     <t>HKV2-DC24V-SD1U</t>
   </si>
   <si>
     <t>Реле HKV2-DC24V-SD1U</t>
   </si>
   <si>
     <t>10-00070914</t>
   </si>
   <si>
     <t>HKV3-DC24V-SHEG</t>
   </si>
@@ -1319,51 +1325,51 @@
       </c>
       <c r="E10" s="15">
         <v>10080052515</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="15">
         <v>25</v>
       </c>
       <c r="K10" s="15">
         <v>1.11</v>
       </c>
       <c r="L10" s="15">
         <v>1.11</v>
       </c>
       <c r="M10" s="15">
         <v>1.11</v>
       </c>
       <c r="N10" s="15">
-        <v>208</v>
+        <v>190</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080052516</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I11" s="15" t="s">
@@ -1399,92 +1405,92 @@
       </c>
       <c r="E12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="J12" s="15">
         <v>25</v>
       </c>
       <c r="K12" s="15">
         <v>1.81</v>
       </c>
       <c r="L12" s="15">
         <v>1.31</v>
       </c>
       <c r="M12" s="15">
         <v>1.15</v>
       </c>
       <c r="N12" s="15">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E13" s="15">
         <v>10080005492</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>1.5</v>
       </c>
       <c r="L13" s="15">
         <v>1.5</v>
       </c>
       <c r="M13" s="15">
         <v>1.5</v>
       </c>
       <c r="N13" s="15">
-        <v>122</v>
+        <v>112</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080005493</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I14" s="15" t="s">
@@ -1518,51 +1524,51 @@
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15">
         <v>10080029144</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.45</v>
       </c>
       <c r="L15" s="15">
         <v>1.05</v>
       </c>
       <c r="M15" s="15">
         <v>0.91331</v>
       </c>
       <c r="N15" s="15">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080003676</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I16" s="15"/>
@@ -1594,51 +1600,51 @@
       </c>
       <c r="E17" s="15">
         <v>10080005495</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>0.84851</v>
       </c>
       <c r="L17" s="15">
         <v>0.84851</v>
       </c>
       <c r="M17" s="15">
         <v>0.84851</v>
       </c>
       <c r="N17" s="15">
-        <v>274</v>
+        <v>226</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="15">
         <v>10080003677</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I18" s="15"/>
@@ -1670,90 +1676,90 @@
       </c>
       <c r="E19" s="15">
         <v>10080005496</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.01</v>
       </c>
       <c r="L19" s="15">
         <v>1.01</v>
       </c>
       <c r="M19" s="15">
         <v>1.01</v>
       </c>
       <c r="N19" s="15">
-        <v>2479</v>
+        <v>2423</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E20" s="15">
         <v>10080009787</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>1.24</v>
       </c>
       <c r="L20" s="15">
         <v>1.24</v>
       </c>
       <c r="M20" s="15">
         <v>1.24</v>
       </c>
       <c r="N20" s="15">
-        <v>334</v>
+        <v>433</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E21" s="15">
         <v>10080003678</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I21" s="15"/>
@@ -1781,172 +1787,172 @@
         <v>61</v>
       </c>
       <c r="D22" s="15"/>
       <c r="E22" s="15">
         <v>10080029070</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>0.62</v>
       </c>
       <c r="L22" s="15">
         <v>0.62</v>
       </c>
       <c r="M22" s="15">
         <v>0.62</v>
       </c>
       <c r="N22" s="15">
-        <v>9873</v>
+        <v>7459</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E23" s="15">
         <v>10080005517</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="15">
         <v>25</v>
       </c>
       <c r="K23" s="15">
         <v>0.6</v>
       </c>
       <c r="L23" s="15">
         <v>0.6</v>
       </c>
       <c r="M23" s="15">
         <v>0.6</v>
       </c>
       <c r="N23" s="15">
-        <v>3426</v>
+        <v>3922</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>50</v>
       </c>
       <c r="K24" s="15">
         <v>1.54</v>
       </c>
       <c r="L24" s="15">
         <v>1.12</v>
       </c>
       <c r="M24" s="15">
         <v>0.9730799999999999</v>
       </c>
       <c r="N24" s="15">
-        <v>1224</v>
+        <v>1260</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15">
         <v>10080060003</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="J25" s="15">
         <v>50</v>
       </c>
       <c r="K25" s="15">
         <v>1.48</v>
       </c>
       <c r="L25" s="15">
         <v>1.07</v>
       </c>
       <c r="M25" s="15">
         <v>0.93435</v>
       </c>
       <c r="N25" s="15">
-        <v>2387</v>
+        <v>2078</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15">
         <v>10080005498</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I26" s="15" t="s">
@@ -2021,51 +2027,51 @@
       </c>
       <c r="E28" s="15">
         <v>10080005500</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <v>25</v>
       </c>
       <c r="K28" s="15">
         <v>0.51398</v>
       </c>
       <c r="L28" s="15">
         <v>0.51398</v>
       </c>
       <c r="M28" s="15">
         <v>0.51398</v>
       </c>
       <c r="N28" s="15">
-        <v>669</v>
+        <v>687</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10080003672</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I29" s="15" t="s">
@@ -2099,51 +2105,51 @@
       </c>
       <c r="E30" s="15">
         <v>10080003674</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>25</v>
       </c>
       <c r="K30" s="15">
         <v>0.54682</v>
       </c>
       <c r="L30" s="15">
         <v>0.54682</v>
       </c>
       <c r="M30" s="15">
         <v>0.54682</v>
       </c>
       <c r="N30" s="15">
-        <v>2314</v>
+        <v>1770</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15">
         <v>10080003673</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I31" s="15" t="s">
@@ -2216,418 +2222,418 @@
       </c>
       <c r="E33" s="15">
         <v>10080007287</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I33" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>0.40194</v>
       </c>
       <c r="L33" s="15">
         <v>0.40194</v>
       </c>
       <c r="M33" s="15">
         <v>0.40194</v>
       </c>
       <c r="N33" s="15">
-        <v>1020</v>
+        <v>939</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E34" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.43476</v>
       </c>
       <c r="L34" s="15">
         <v>0.43476</v>
       </c>
       <c r="M34" s="15">
         <v>0.43476</v>
       </c>
       <c r="N34" s="15">
-        <v>154</v>
+        <v>180</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10080007288</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="J35" s="15">
         <v>100</v>
       </c>
       <c r="K35" s="15">
         <v>0.42503</v>
       </c>
       <c r="L35" s="15">
         <v>0.42503</v>
       </c>
       <c r="M35" s="15">
         <v>0.42503</v>
       </c>
       <c r="N35" s="15">
-        <v>546</v>
+        <v>503</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080051173</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I36" s="15" t="s">
         <v>102</v>
       </c>
       <c r="J36" s="15">
         <v>100</v>
       </c>
       <c r="K36" s="15">
         <v>0.44651</v>
       </c>
       <c r="L36" s="15">
         <v>0.44651</v>
       </c>
       <c r="M36" s="15">
         <v>0.44651</v>
       </c>
       <c r="N36" s="15">
-        <v>5083</v>
+        <v>3552</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
         <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
         <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080003675</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="15" t="s">
         <v>105</v>
       </c>
       <c r="J37" s="15">
         <v>100</v>
       </c>
       <c r="K37" s="15">
         <v>0.54597</v>
       </c>
       <c r="L37" s="15">
         <v>0.39501</v>
       </c>
       <c r="M37" s="15">
         <v>0.34469</v>
       </c>
       <c r="N37" s="15">
-        <v>83497</v>
+        <v>84516</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E38" s="15">
         <v>10080007290</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I38" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J38" s="15">
         <v>100</v>
       </c>
       <c r="K38" s="15">
         <v>0.60734</v>
       </c>
       <c r="L38" s="15">
         <v>0.43941</v>
       </c>
       <c r="M38" s="15">
         <v>0.38344</v>
       </c>
       <c r="N38" s="15">
-        <v>7754</v>
+        <v>8178</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080009000</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I39" s="15" t="s">
         <v>111</v>
       </c>
       <c r="J39" s="15">
         <v>100</v>
       </c>
       <c r="K39" s="15">
         <v>0.52312</v>
       </c>
       <c r="L39" s="15">
         <v>0.37848</v>
       </c>
       <c r="M39" s="15">
         <v>0.33027</v>
       </c>
       <c r="N39" s="15">
-        <v>26906</v>
+        <v>19568</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E40" s="15">
         <v>10080003679</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I40" s="15" t="s">
         <v>114</v>
       </c>
       <c r="J40" s="15">
         <v>25</v>
       </c>
       <c r="K40" s="15">
         <v>0.6247</v>
       </c>
       <c r="L40" s="15">
         <v>0.45197</v>
       </c>
       <c r="M40" s="15">
         <v>0.3944</v>
       </c>
       <c r="N40" s="15">
-        <v>5960</v>
+        <v>2567</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>115</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>116</v>
       </c>
       <c r="E41" s="15">
         <v>10080005506</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>117</v>
       </c>
       <c r="J41" s="15">
         <v>25</v>
       </c>
       <c r="K41" s="15">
         <v>0.68605</v>
       </c>
       <c r="L41" s="15">
         <v>0.49636</v>
       </c>
       <c r="M41" s="15">
         <v>0.43313</v>
       </c>
       <c r="N41" s="15">
-        <v>126</v>
+        <v>167</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>118</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="15">
         <v>10080005509</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="15" t="s">
         <v>120</v>
       </c>
       <c r="J42" s="15">
         <v>25</v>
       </c>
       <c r="K42" s="15">
         <v>0.62227</v>
       </c>
       <c r="L42" s="15">
         <v>0.45021</v>
       </c>
       <c r="M42" s="15">
         <v>0.39286</v>
       </c>
       <c r="N42" s="15">
-        <v>15111</v>
+        <v>17106</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E43" s="15">
         <v>10080005486</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="15" t="s">
@@ -2645,246 +2651,250 @@
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E44" s="15" t="s">
         <v>126</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I44" s="15"/>
+      <c r="I44" s="15" t="s">
+        <v>127</v>
+      </c>
       <c r="J44" s="15"/>
       <c r="K44" s="15">
         <v>0.60351</v>
       </c>
       <c r="L44" s="15">
         <v>0.57888</v>
       </c>
       <c r="M44" s="15">
         <v>0.56656</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E45" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="I45" s="15"/>
+      <c r="I45" s="15" t="s">
+        <v>131</v>
+      </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>0.61583</v>
       </c>
       <c r="L45" s="15">
         <v>0.60351</v>
       </c>
       <c r="M45" s="15">
         <v>0.57888</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="J46" s="15"/>
       <c r="K46" s="15">
         <v>0.64046</v>
       </c>
       <c r="L46" s="15">
         <v>0.61583</v>
       </c>
       <c r="M46" s="15">
         <v>0.60351</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.64046</v>
       </c>
       <c r="L47" s="15">
         <v>0.61583</v>
       </c>
       <c r="M47" s="15">
         <v>0.60351</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E48" s="15">
         <v>10080057344</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>40</v>
       </c>
       <c r="K48" s="15">
         <v>0.79273</v>
       </c>
       <c r="L48" s="15">
         <v>0.79273</v>
       </c>
       <c r="M48" s="15">
         <v>0.79273</v>
       </c>
       <c r="N48" s="15">
-        <v>1720</v>
+        <v>1340</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="E49" s="15">
         <v>10080057345</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>26</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>200</v>
       </c>
       <c r="K49" s="15">
         <v>0.63075</v>
       </c>
       <c r="L49" s="15">
         <v>0.45635</v>
       </c>
       <c r="M49" s="15">
         <v>0.39822</v>
       </c>
       <c r="N49" s="15">
-        <v>3294</v>
+        <v>2759</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14"/>
       <c r="C50" s="15"/>
       <c r="D50" s="15"/>
       <c r="E50" s="15"/>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="15"/>
       <c r="K50" s="15"/>
       <c r="L50" s="15"/>
       <c r="M50" s="15"/>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
     </row>
   </sheetData>
@@ -2927,317 +2937,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>