--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>3730</v>
+        <v>4917</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>951</v>
+        <v>866</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1056</v>
+        <v>1333</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>816</v>
+        <v>836</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>627</v>
+        <v>547</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>396</v>
+        <v>424</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,129 +1877,129 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>1558</v>
+        <v>1996</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>279</v>
+        <v>316</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>1.37</v>
       </c>
       <c r="L31" s="15">
         <v>0.68603</v>
       </c>
       <c r="M31" s="15">
         <v>0.62365</v>
       </c>
       <c r="N31" s="15">
-        <v>440</v>
+        <v>365</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080027739</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2033,51 +2033,51 @@
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080035305</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>1.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.86044</v>
       </c>
       <c r="M33" s="15">
         <v>0.7457</v>
       </c>
       <c r="N33" s="15">
-        <v>121</v>
+        <v>158</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
       <c r="L34" s="15"/>
       <c r="M34" s="15"/>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
     </row>
   </sheetData>