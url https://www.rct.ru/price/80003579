--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>4917</v>
+        <v>3391</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>866</v>
+        <v>697</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1333</v>
+        <v>1437</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>836</v>
+        <v>702</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>547</v>
+        <v>635</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>424</v>
+        <v>462</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,129 +1877,129 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>1996</v>
+        <v>1874</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>1.37</v>
       </c>
       <c r="L31" s="15">
         <v>0.68603</v>
       </c>
       <c r="M31" s="15">
         <v>0.62365</v>
       </c>
       <c r="N31" s="15">
-        <v>365</v>
+        <v>450</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080027739</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2033,51 +2033,51 @@
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080035305</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>1.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.86044</v>
       </c>
       <c r="M33" s="15">
         <v>0.7457</v>
       </c>
       <c r="N33" s="15">
-        <v>158</v>
+        <v>172</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
       <c r="L34" s="15"/>
       <c r="M34" s="15"/>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
     </row>
   </sheetData>