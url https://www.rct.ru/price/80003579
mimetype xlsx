--- v2 (2025-12-18)
+++ v3 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>3391</v>
+        <v>4126</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>697</v>
+        <v>835</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1437</v>
+        <v>1524</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>702</v>
+        <v>857</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>462</v>
+        <v>341</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,129 +1877,129 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>1874</v>
+        <v>2044</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>312</v>
+        <v>234</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>1.37</v>
       </c>
       <c r="L31" s="15">
         <v>0.68603</v>
       </c>
       <c r="M31" s="15">
         <v>0.62365</v>
       </c>
       <c r="N31" s="15">
-        <v>450</v>
+        <v>425</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080027739</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>
@@ -2032,53 +2032,51 @@
       </c>
       <c r="D33" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E33" s="15">
         <v>10080035305</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1</v>
       </c>
       <c r="K33" s="15">
         <v>1.61</v>
       </c>
       <c r="L33" s="15">
         <v>0.86044</v>
       </c>
       <c r="M33" s="15">
         <v>0.7457</v>
       </c>
-      <c r="N33" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14"/>
       <c r="C34" s="15"/>
       <c r="D34" s="15"/>
       <c r="E34" s="15"/>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="15"/>
       <c r="K34" s="15"/>
       <c r="L34" s="15"/>
       <c r="M34" s="15"/>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>