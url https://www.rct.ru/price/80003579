--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>4126</v>
+        <v>3561</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>835</v>
+        <v>697</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1524</v>
+        <v>1160</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>857</v>
+        <v>898</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>643</v>
+        <v>675</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,129 +1877,129 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>2044</v>
+        <v>1752</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>234</v>
+        <v>275</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>1.37</v>
       </c>
       <c r="L31" s="15">
         <v>0.68603</v>
       </c>
       <c r="M31" s="15">
         <v>0.62365</v>
       </c>
       <c r="N31" s="15">
-        <v>425</v>
+        <v>335</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080027739</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>