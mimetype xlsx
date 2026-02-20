--- v4 (2026-01-30)
+++ v5 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>3561</v>
+        <v>3448</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>697</v>
+        <v>715</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1160</v>
+        <v>1455</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>898</v>
+        <v>826</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>675</v>
+        <v>643</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>358</v>
+        <v>457</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,90 +1877,90 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>1752</v>
+        <v>1947</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>