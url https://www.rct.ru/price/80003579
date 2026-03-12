--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1370,129 +1370,129 @@
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080004976</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>0.53931</v>
       </c>
       <c r="L16" s="15">
         <v>0.26971</v>
       </c>
       <c r="M16" s="15">
         <v>0.24516</v>
       </c>
       <c r="N16" s="15">
-        <v>3448</v>
+        <v>4634</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.40001</v>
       </c>
       <c r="L17" s="15">
         <v>0.2593</v>
       </c>
       <c r="M17" s="15">
         <v>0.24303</v>
       </c>
       <c r="N17" s="15">
-        <v>715</v>
+        <v>911</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10000023142</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>100</v>
       </c>
       <c r="K18" s="15">
         <v>0.47722</v>
       </c>
       <c r="L18" s="15">
         <v>0.25723</v>
       </c>
       <c r="M18" s="15">
         <v>0.22338</v>
       </c>
       <c r="N18" s="15">
-        <v>1455</v>
+        <v>1506</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080007010</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>100</v>
@@ -1524,51 +1524,51 @@
       <c r="D20" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E20" s="15">
         <v>10080004967</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>20</v>
       </c>
       <c r="K20" s="15">
         <v>2.78</v>
       </c>
       <c r="L20" s="15">
         <v>1.39</v>
       </c>
       <c r="M20" s="15">
         <v>1.26</v>
       </c>
       <c r="N20" s="15">
-        <v>826</v>
+        <v>754</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
@@ -1643,90 +1643,90 @@
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080004977</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>100</v>
       </c>
       <c r="K23" s="15">
         <v>0.48261</v>
       </c>
       <c r="L23" s="15">
         <v>0.34472</v>
       </c>
       <c r="M23" s="15">
         <v>0.29878</v>
       </c>
       <c r="N23" s="15">
-        <v>643</v>
+        <v>542</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="15">
         <v>10000021916</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>100</v>
       </c>
       <c r="K24" s="15">
         <v>0.74996</v>
       </c>
       <c r="L24" s="15">
         <v>0.37505</v>
       </c>
       <c r="M24" s="15">
         <v>0.34088</v>
       </c>
       <c r="N24" s="15">
-        <v>457</v>
+        <v>385</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080013590</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
@@ -1877,129 +1877,129 @@
       <c r="D29" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E29" s="15">
         <v>10080004982</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>100</v>
       </c>
       <c r="K29" s="15">
         <v>0.99026</v>
       </c>
       <c r="L29" s="15">
         <v>0.49519</v>
       </c>
       <c r="M29" s="15">
         <v>0.45072</v>
       </c>
       <c r="N29" s="15">
-        <v>1947</v>
+        <v>2100</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E30" s="15">
         <v>10000023143</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>100</v>
       </c>
       <c r="K30" s="15">
         <v>0.99026</v>
       </c>
       <c r="L30" s="15">
         <v>0.49519</v>
       </c>
       <c r="M30" s="15">
         <v>0.45012</v>
       </c>
       <c r="N30" s="15">
-        <v>256</v>
+        <v>316</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E31" s="15">
         <v>10000023146</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>100</v>
       </c>
       <c r="K31" s="15">
         <v>1.37</v>
       </c>
       <c r="L31" s="15">
         <v>0.68603</v>
       </c>
       <c r="M31" s="15">
         <v>0.62365</v>
       </c>
       <c r="N31" s="15">
-        <v>335</v>
+        <v>415</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E32" s="15">
         <v>10080027739</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I32" s="15"/>