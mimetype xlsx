--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1102,133 +1102,133 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.09576</v>
       </c>
       <c r="L9" s="15">
         <v>0.0677</v>
       </c>
       <c r="M9" s="15">
         <v>0.05879</v>
       </c>
       <c r="N9" s="15">
-        <v>2677</v>
+        <v>2372</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>1359</v>
+        <v>1343</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>51395</v>
+        <v>45108</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1264,51 +1264,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>39256</v>
+        <v>48790</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1346,464 +1346,464 @@
       </c>
       <c r="E15" s="15">
         <v>10000030287</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.093</v>
       </c>
       <c r="L15" s="15">
         <v>0.065</v>
       </c>
       <c r="M15" s="15">
         <v>0.0596</v>
       </c>
       <c r="N15" s="15">
-        <v>1341</v>
+        <v>1552</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>57931</v>
+        <v>50120</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>2876</v>
+        <v>2548</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0726</v>
       </c>
       <c r="L18" s="15">
         <v>0.0484</v>
       </c>
       <c r="M18" s="15">
         <v>0.044</v>
       </c>
       <c r="N18" s="15">
-        <v>19999</v>
+        <v>18048</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>2389</v>
+        <v>2449</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>298</v>
+        <v>265</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>24595</v>
+        <v>32337</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>33392</v>
+        <v>25218</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>4491</v>
+        <v>4334</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>984</v>
+        <v>796</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>7038</v>
+        <v>6998</v>
       </c>
       <c r="O25" s="15">
-        <v>6400</v>
+        <v>7000</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
@@ -1840,133 +1840,133 @@
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>235</v>
+        <v>193</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>67295</v>
+        <v>50278</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>6662</v>
+        <v>8240</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>