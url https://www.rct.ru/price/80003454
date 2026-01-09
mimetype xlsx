--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -214,51 +214,51 @@
   <si>
     <t>FYL-5013SURC1C</t>
   </si>
   <si>
     <t>5мм Красный, прозрачный 10800mcd (7500~15500 mcd) 10° / FYL-5013SURC1C</t>
   </si>
   <si>
     <t>FYL-5013UBC1C</t>
   </si>
   <si>
     <t>5мм Cиний, прозрачный, 8000mcd 15° / FYL-5013UBC1C</t>
   </si>
   <si>
     <t>FYL-5013UBD1C</t>
   </si>
   <si>
     <t>5мм Cиний, матовый 1000mcd 30° / FYL-5013UBD1C</t>
   </si>
   <si>
     <t>FYL-5013URC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Красный, прозрачный 6000mcd 15° / FYL-5013URC1C </t>
   </si>
   <si>
-    <t>17.03.2026</t>
+    <t>14.03.2026</t>
   </si>
   <si>
     <t>FYL-5013VC1C</t>
   </si>
   <si>
     <t>5мм Пурпурный, прозрачный 100mcd 20° / FYL-5013VC1C</t>
   </si>
   <si>
     <t>FYL-5014UWC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Белый (холодный), прозрачный 25000mcd 20° / FYL-5014UWC1C </t>
   </si>
   <si>
     <t>FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>5мм Белый прозрачный 26000-30000mcd 20° / FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>UT-00142539</t>
   </si>
   <si>
     <t>FYL-5014UWC1C-UWW</t>
   </si>
@@ -1102,133 +1102,133 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.09576</v>
       </c>
       <c r="L9" s="15">
         <v>0.0677</v>
       </c>
       <c r="M9" s="15">
         <v>0.05879</v>
       </c>
       <c r="N9" s="15">
-        <v>2372</v>
+        <v>2008</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>1343</v>
+        <v>1027</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>45108</v>
+        <v>54975</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1264,51 +1264,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>48790</v>
+        <v>47668</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1346,464 +1346,468 @@
       </c>
       <c r="E15" s="15">
         <v>10000030287</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.093</v>
       </c>
       <c r="L15" s="15">
         <v>0.065</v>
       </c>
       <c r="M15" s="15">
         <v>0.0596</v>
       </c>
       <c r="N15" s="15">
-        <v>1552</v>
+        <v>1284</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>50120</v>
+        <v>55327</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>2548</v>
-[...1 lines deleted...]
-      <c r="O17" s="15"/>
+        <v>1919</v>
+      </c>
+      <c r="O17" s="15">
+        <v>6100</v>
+      </c>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.0726</v>
+        <v>0.038</v>
       </c>
       <c r="L18" s="15">
-        <v>0.0484</v>
+        <v>0.038</v>
       </c>
       <c r="M18" s="15">
-        <v>0.044</v>
+        <v>0.038</v>
       </c>
       <c r="N18" s="15">
-        <v>18048</v>
+        <v>20730</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>2449</v>
+        <v>2026</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>265</v>
+        <v>236</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>32337</v>
+        <v>28620</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>25218</v>
+        <v>22732</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>4334</v>
+        <v>3603</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>796</v>
-[...1 lines deleted...]
-      <c r="O24" s="15"/>
+        <v>984</v>
+      </c>
+      <c r="O24" s="15">
+        <v>4450</v>
+      </c>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>6998</v>
+        <v>8997</v>
       </c>
       <c r="O25" s="15">
-        <v>7000</v>
+        <v>9000</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
@@ -1840,133 +1844,133 @@
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>193</v>
+        <v>225</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>50278</v>
+        <v>46410</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>8240</v>
+        <v>7282</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>