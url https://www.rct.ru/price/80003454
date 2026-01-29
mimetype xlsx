--- v2 (2026-01-09)
+++ v3 (2026-01-29)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,99 +166,102 @@
   <si>
     <t>5мм Красный, матовый 3000mcd 30° / FYL-5013LURD1C</t>
   </si>
   <si>
     <t>10-00073277</t>
   </si>
   <si>
     <t>FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>5мм Желтый, прозрачный 20000mcd 15° / FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>FYL-5013PGC1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, прозрачный 30000mcd 15° / FYL-5013PGC1C</t>
   </si>
   <si>
     <t>FYL-5013PGD1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, матовый 5000mcd 30° / FYL-5013PGD1C</t>
   </si>
   <si>
+    <t>03.06.2026</t>
+  </si>
+  <si>
     <t>FYL-5013PURD1C</t>
   </si>
   <si>
     <t>5мм Красный, матовый 2200mcd 30° / FYL-5013PURD1C</t>
   </si>
   <si>
     <t>FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>5мм Желтый, матовый 590nm 1000-3000mcd 25° / FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>5мм Оранжевый, прозрачный 1500mcd 15° / FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>FYL-5013SUGC1C</t>
   </si>
   <si>
     <t>5мм Желто-зеленый, прозрачный 2000mcd 15° / FYL-5013SUGC1C</t>
   </si>
   <si>
     <t>FYL-5013SURC1C</t>
   </si>
   <si>
     <t>5мм Красный, прозрачный 10800mcd (7500~15500 mcd) 10° / FYL-5013SURC1C</t>
   </si>
   <si>
     <t>FYL-5013UBC1C</t>
   </si>
   <si>
     <t>5мм Cиний, прозрачный, 8000mcd 15° / FYL-5013UBC1C</t>
   </si>
   <si>
     <t>FYL-5013UBD1C</t>
   </si>
   <si>
     <t>5мм Cиний, матовый 1000mcd 30° / FYL-5013UBD1C</t>
   </si>
   <si>
     <t>FYL-5013URC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Красный, прозрачный 6000mcd 15° / FYL-5013URC1C </t>
   </si>
   <si>
-    <t>14.03.2026</t>
+    <t>19.03.2026</t>
   </si>
   <si>
     <t>FYL-5013VC1C</t>
   </si>
   <si>
     <t>5мм Пурпурный, прозрачный 100mcd 20° / FYL-5013VC1C</t>
   </si>
   <si>
     <t>FYL-5014UWC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Белый (холодный), прозрачный 25000mcd 20° / FYL-5014UWC1C </t>
   </si>
   <si>
     <t>FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>5мм Белый прозрачный 26000-30000mcd 20° / FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>UT-00142539</t>
   </si>
   <si>
     <t>FYL-5014UWC1C-UWW</t>
   </si>
@@ -1102,133 +1105,133 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>500</v>
       </c>
       <c r="K9" s="15">
         <v>0.09576</v>
       </c>
       <c r="L9" s="15">
         <v>0.0677</v>
       </c>
       <c r="M9" s="15">
         <v>0.05879</v>
       </c>
       <c r="N9" s="15">
-        <v>2008</v>
+        <v>41</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>1027</v>
+        <v>377</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>54975</v>
+        <v>40488</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1264,51 +1267,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>47668</v>
+        <v>43743</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1346,685 +1349,689 @@
       </c>
       <c r="E15" s="15">
         <v>10000030287</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.093</v>
       </c>
       <c r="L15" s="15">
         <v>0.065</v>
       </c>
       <c r="M15" s="15">
         <v>0.0596</v>
       </c>
       <c r="N15" s="15">
-        <v>1284</v>
+        <v>1571</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>55327</v>
+        <v>42630</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>1919</v>
+        <v>1878</v>
       </c>
       <c r="O17" s="15">
-        <v>6100</v>
-[...1 lines deleted...]
-      <c r="P17" s="15"/>
+        <v>7100</v>
+      </c>
+      <c r="P17" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.038</v>
       </c>
       <c r="L18" s="15">
         <v>0.038</v>
       </c>
       <c r="M18" s="15">
         <v>0.038</v>
       </c>
       <c r="N18" s="15">
-        <v>20730</v>
+        <v>18477</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>2026</v>
+        <v>1761</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>236</v>
+        <v>313</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>28620</v>
+        <v>26041</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>22732</v>
+        <v>31256</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>3603</v>
+        <v>3032</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="O24" s="15">
-        <v>4450</v>
-[...1 lines deleted...]
-      <c r="P24" s="15"/>
+        <v>4500</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>50</v>
+      </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>8997</v>
+        <v>6433</v>
       </c>
       <c r="O25" s="15">
-        <v>9000</v>
+        <v>6500</v>
       </c>
       <c r="P25" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.075</v>
       </c>
       <c r="L26" s="15">
         <v>0.067</v>
       </c>
       <c r="M26" s="15">
         <v>0.062</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>46410</v>
+        <v>18598</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>7282</v>
+        <v>8623</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.08704000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07253999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06963</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E31" s="15">
         <v>10080072108</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.0806</v>
       </c>
       <c r="L31" s="15">
         <v>0.06716999999999999</v>
       </c>
       <c r="M31" s="15">
         <v>0.06448</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
@@ -2089,317 +2096,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>