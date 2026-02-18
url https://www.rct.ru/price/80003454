--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -217,51 +217,51 @@
   <si>
     <t>FYL-5013SURC1C</t>
   </si>
   <si>
     <t>5мм Красный, прозрачный 10800mcd (7500~15500 mcd) 10° / FYL-5013SURC1C</t>
   </si>
   <si>
     <t>FYL-5013UBC1C</t>
   </si>
   <si>
     <t>5мм Cиний, прозрачный, 8000mcd 15° / FYL-5013UBC1C</t>
   </si>
   <si>
     <t>FYL-5013UBD1C</t>
   </si>
   <si>
     <t>5мм Cиний, матовый 1000mcd 30° / FYL-5013UBD1C</t>
   </si>
   <si>
     <t>FYL-5013URC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Красный, прозрачный 6000mcd 15° / FYL-5013URC1C </t>
   </si>
   <si>
-    <t>19.03.2026</t>
+    <t>13.04.2026</t>
   </si>
   <si>
     <t>FYL-5013VC1C</t>
   </si>
   <si>
     <t>5мм Пурпурный, прозрачный 100mcd 20° / FYL-5013VC1C</t>
   </si>
   <si>
     <t>FYL-5014UWC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Белый (холодный), прозрачный 25000mcd 20° / FYL-5014UWC1C </t>
   </si>
   <si>
     <t>FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>5мм Белый прозрачный 26000-30000mcd 20° / FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>UT-00142539</t>
   </si>
   <si>
     <t>FYL-5014UWC1C-UWW</t>
   </si>
@@ -1146,92 +1146,92 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>377</v>
+        <v>513</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>40488</v>
+        <v>42369</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1267,51 +1267,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>43743</v>
+        <v>40720</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1348,473 +1348,471 @@
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10000030287</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.093</v>
       </c>
       <c r="L15" s="15">
         <v>0.065</v>
       </c>
       <c r="M15" s="15">
         <v>0.0596</v>
       </c>
-      <c r="N15" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>42630</v>
+        <v>48709</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>1878</v>
+        <v>1799</v>
       </c>
       <c r="O17" s="15">
-        <v>7100</v>
+        <v>6801</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.038</v>
       </c>
       <c r="L18" s="15">
         <v>0.038</v>
       </c>
       <c r="M18" s="15">
         <v>0.038</v>
       </c>
       <c r="N18" s="15">
-        <v>18477</v>
+        <v>19179</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>1761</v>
+        <v>1417</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>313</v>
+        <v>251</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>26041</v>
+        <v>27488</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>31256</v>
+        <v>23818</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>3032</v>
+        <v>1946</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>995</v>
+        <v>607</v>
       </c>
       <c r="O24" s="15">
-        <v>4500</v>
+        <v>3350</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>6433</v>
+        <v>6554</v>
       </c>
       <c r="O25" s="15">
-        <v>6500</v>
+        <v>8300</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
@@ -1851,133 +1849,133 @@
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>18598</v>
+        <v>23452</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>8623</v>
+        <v>8240</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>