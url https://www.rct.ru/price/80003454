--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,102 +166,99 @@
   <si>
     <t>5мм Красный, матовый 3000mcd 30° / FYL-5013LURD1C</t>
   </si>
   <si>
     <t>10-00073277</t>
   </si>
   <si>
     <t>FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>5мм Желтый, прозрачный 20000mcd 15° / FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>FYL-5013PGC1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, прозрачный 30000mcd 15° / FYL-5013PGC1C</t>
   </si>
   <si>
     <t>FYL-5013PGD1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, матовый 5000mcd 30° / FYL-5013PGD1C</t>
   </si>
   <si>
-    <t>03.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>FYL-5013PURD1C</t>
   </si>
   <si>
     <t>5мм Красный, матовый 2200mcd 30° / FYL-5013PURD1C</t>
   </si>
   <si>
     <t>FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>5мм Желтый, матовый 590nm 1000-3000mcd 25° / FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>5мм Оранжевый, прозрачный 1500mcd 15° / FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>FYL-5013SUGC1C</t>
   </si>
   <si>
     <t>5мм Желто-зеленый, прозрачный 2000mcd 15° / FYL-5013SUGC1C</t>
   </si>
   <si>
     <t>FYL-5013SURC1C</t>
   </si>
   <si>
     <t>5мм Красный, прозрачный 10800mcd (7500~15500 mcd) 10° / FYL-5013SURC1C</t>
   </si>
   <si>
     <t>FYL-5013UBC1C</t>
   </si>
   <si>
     <t>5мм Cиний, прозрачный, 8000mcd 15° / FYL-5013UBC1C</t>
   </si>
   <si>
     <t>FYL-5013UBD1C</t>
   </si>
   <si>
     <t>5мм Cиний, матовый 1000mcd 30° / FYL-5013UBD1C</t>
   </si>
   <si>
     <t>FYL-5013URC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Красный, прозрачный 6000mcd 15° / FYL-5013URC1C </t>
-  </si>
-[...1 lines deleted...]
-    <t>13.04.2026</t>
   </si>
   <si>
     <t>FYL-5013VC1C</t>
   </si>
   <si>
     <t>5мм Пурпурный, прозрачный 100mcd 20° / FYL-5013VC1C</t>
   </si>
   <si>
     <t>FYL-5014UWC1C</t>
   </si>
   <si>
     <t xml:space="preserve">5мм Белый (холодный), прозрачный 25000mcd 20° / FYL-5014UWC1C </t>
   </si>
   <si>
     <t>FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>5мм Белый прозрачный 26000-30000mcd 20° / FYL-5014UWC1C BIN D2</t>
   </si>
   <si>
     <t>UT-00142539</t>
   </si>
   <si>
     <t>FYL-5014UWC1C-UWW</t>
   </si>
@@ -1146,92 +1143,92 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>513</v>
+        <v>496</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>42369</v>
+        <v>53771</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1267,51 +1264,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>40720</v>
+        <v>41411</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1388,648 +1385,646 @@
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>48709</v>
+        <v>40554</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>1799</v>
+        <v>1309</v>
       </c>
       <c r="O17" s="15">
-        <v>6801</v>
+        <v>6100</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.038</v>
       </c>
       <c r="L18" s="15">
         <v>0.038</v>
       </c>
       <c r="M18" s="15">
         <v>0.038</v>
       </c>
       <c r="N18" s="15">
-        <v>19179</v>
+        <v>18477</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>1417</v>
+        <v>1578</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>251</v>
+        <v>236</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>27488</v>
+        <v>21701</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>23818</v>
+        <v>25544</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>1946</v>
+        <v>824</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>607</v>
+        <v>571</v>
       </c>
       <c r="O24" s="15">
-        <v>3350</v>
+        <v>3150</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>6554</v>
+        <v>5607</v>
       </c>
       <c r="O25" s="15">
-        <v>8300</v>
-[...3 lines deleted...]
-      </c>
+        <v>7100</v>
+      </c>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.075</v>
       </c>
       <c r="L26" s="15">
         <v>0.067</v>
       </c>
       <c r="M26" s="15">
         <v>0.062</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>23452</v>
+        <v>13244</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>8240</v>
+        <v>8528</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>500</v>
       </c>
       <c r="K30" s="15">
         <v>0.08704000000000001</v>
       </c>
       <c r="L30" s="15">
         <v>0.07253999999999999</v>
       </c>
       <c r="M30" s="15">
         <v>0.06963</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E31" s="15">
         <v>10080072108</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.0806</v>
       </c>
       <c r="L31" s="15">
         <v>0.06716999999999999</v>
       </c>
       <c r="M31" s="15">
         <v>0.06448</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
@@ -2094,317 +2089,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>