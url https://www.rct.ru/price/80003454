--- v5 (2026-03-10)
+++ v6 (2026-03-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -166,51 +166,51 @@
   <si>
     <t>5мм Красный, матовый 3000mcd 30° / FYL-5013LURD1C</t>
   </si>
   <si>
     <t>10-00073277</t>
   </si>
   <si>
     <t>FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>5мм Желтый, прозрачный 20000mcd 15° / FYL-5013LUYC1C</t>
   </si>
   <si>
     <t>FYL-5013PGC1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, прозрачный 30000mcd 15° / FYL-5013PGC1C</t>
   </si>
   <si>
     <t>FYL-5013PGD1C</t>
   </si>
   <si>
     <t>5мм Изумрудный, матовый 5000mcd 30° / FYL-5013PGD1C</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>09.05.2026</t>
   </si>
   <si>
     <t>FYL-5013PURD1C</t>
   </si>
   <si>
     <t>5мм Красный, матовый 2200mcd 30° / FYL-5013PURD1C</t>
   </si>
   <si>
     <t>FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>5мм Желтый, матовый 590nm 1000-3000mcd 25° / FYL-5013PUYD1C</t>
   </si>
   <si>
     <t>FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>5мм Оранжевый, прозрачный 1500mcd 15° / FYL-5013SUEC1C</t>
   </si>
   <si>
     <t>FYL-5013SUGC1C</t>
   </si>
   <si>
     <t>5мм Желто-зеленый, прозрачный 2000mcd 15° / FYL-5013SUGC1C</t>
   </si>
@@ -1143,92 +1143,92 @@
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04164</v>
       </c>
       <c r="L10" s="15">
         <v>0.03013</v>
       </c>
       <c r="M10" s="15">
         <v>0.02629</v>
       </c>
       <c r="N10" s="15">
-        <v>496</v>
+        <v>57</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15">
         <v>10000020384</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.026</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>53771</v>
+        <v>45269</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="15">
         <v>10000023548</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1264,51 +1264,51 @@
       </c>
       <c r="E13" s="15">
         <v>10080009074</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.097</v>
       </c>
       <c r="L13" s="15">
         <v>0.06510000000000001</v>
       </c>
       <c r="M13" s="15">
         <v>0.0589</v>
       </c>
       <c r="N13" s="15">
-        <v>41411</v>
+        <v>38346</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
@@ -1385,432 +1385,430 @@
       </c>
       <c r="E16" s="15">
         <v>10000030449</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>500</v>
       </c>
       <c r="K16" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="L16" s="15">
         <v>0.0471</v>
       </c>
       <c r="M16" s="15">
         <v>0.0429</v>
       </c>
       <c r="N16" s="15">
-        <v>40554</v>
+        <v>43050</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000019189</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>500</v>
       </c>
       <c r="K17" s="15">
         <v>0.0726</v>
       </c>
       <c r="L17" s="15">
         <v>0.048</v>
       </c>
       <c r="M17" s="15">
         <v>0.0434</v>
       </c>
       <c r="N17" s="15">
-        <v>1309</v>
+        <v>1545</v>
       </c>
       <c r="O17" s="15">
-        <v>6100</v>
+        <v>7200</v>
       </c>
       <c r="P17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080035191</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.038</v>
       </c>
       <c r="L18" s="15">
         <v>0.038</v>
       </c>
       <c r="M18" s="15">
         <v>0.038</v>
       </c>
       <c r="N18" s="15">
-        <v>18477</v>
+        <v>19179</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10080035192</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.08265</v>
       </c>
       <c r="L19" s="15">
         <v>0.05843</v>
       </c>
       <c r="M19" s="15">
         <v>0.05074</v>
       </c>
       <c r="N19" s="15">
-        <v>1578</v>
+        <v>1558</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080003010</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.11344</v>
       </c>
       <c r="L20" s="15">
         <v>0.06023</v>
       </c>
       <c r="M20" s="15">
         <v>0.05136</v>
       </c>
       <c r="N20" s="15">
-        <v>236</v>
+        <v>226</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000017892</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.06270000000000001</v>
       </c>
       <c r="L21" s="15">
         <v>0.0418</v>
       </c>
       <c r="M21" s="15">
         <v>0.038</v>
       </c>
       <c r="N21" s="15">
-        <v>21701</v>
+        <v>22223</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15">
         <v>10000018173</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.064</v>
       </c>
       <c r="L22" s="15">
         <v>0.041</v>
       </c>
       <c r="M22" s="15">
         <v>0.038</v>
       </c>
       <c r="N22" s="15">
-        <v>25544</v>
+        <v>23128</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000016391</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>500</v>
       </c>
       <c r="K23" s="15">
         <v>0.0709</v>
       </c>
       <c r="L23" s="15">
         <v>0.0473</v>
       </c>
       <c r="M23" s="15">
         <v>0.043</v>
       </c>
       <c r="N23" s="15">
-        <v>824</v>
+        <v>1201</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080036889</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>500</v>
       </c>
       <c r="K24" s="15">
         <v>0.05</v>
       </c>
       <c r="L24" s="15">
         <v>0.039</v>
       </c>
       <c r="M24" s="15">
         <v>0.036</v>
       </c>
       <c r="N24" s="15">
-        <v>571</v>
+        <v>724</v>
       </c>
       <c r="O24" s="15">
-        <v>3150</v>
+        <v>4000</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>50</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10080002636</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.06955</v>
       </c>
       <c r="L25" s="15">
         <v>0.04917</v>
       </c>
       <c r="M25" s="15">
         <v>0.0427</v>
       </c>
       <c r="N25" s="15">
-        <v>5607</v>
-[...3 lines deleted...]
-      </c>
+        <v>13601</v>
+      </c>
+      <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000022695</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
@@ -1844,133 +1842,133 @@
       </c>
       <c r="E27" s="15">
         <v>10080000217</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>500</v>
       </c>
       <c r="K27" s="15">
         <v>0.07588</v>
       </c>
       <c r="L27" s="15">
         <v>0.0549</v>
       </c>
       <c r="M27" s="15">
         <v>0.04791</v>
       </c>
       <c r="N27" s="15">
-        <v>204</v>
+        <v>162</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>500</v>
       </c>
       <c r="K28" s="15">
         <v>0.075</v>
       </c>
       <c r="L28" s="15">
         <v>0.05</v>
       </c>
       <c r="M28" s="15">
         <v>0.0455</v>
       </c>
       <c r="N28" s="15">
-        <v>13244</v>
+        <v>12046</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10080006295</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>500</v>
       </c>
       <c r="K29" s="15">
         <v>0.07667</v>
       </c>
       <c r="L29" s="15">
         <v>0.05547</v>
       </c>
       <c r="M29" s="15">
         <v>0.0484</v>
       </c>
       <c r="N29" s="15">
-        <v>8528</v>
+        <v>6132</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>78</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>