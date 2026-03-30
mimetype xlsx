--- v4 (2026-03-10)
+++ v5 (2026-03-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2362">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2363">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>30.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -145,50 +145,53 @@
   <si>
     <t>0603-NPO-50V- 0.3pF +/-0.25pF 0603CG0R3C500NT</t>
   </si>
   <si>
     <t>FENGHUA</t>
   </si>
   <si>
     <t>0603CG0R9C500NT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 0.9pF +/-0.25pF 0603CG0R9C500NT</t>
   </si>
   <si>
     <t>CL10C010CB8NNNC</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0pF +/-0.25pF CL10C010CB8NNNC</t>
   </si>
   <si>
     <t>SAMSUNG</t>
   </si>
   <si>
     <t xml:space="preserve">0603CG1R0C500NT FENGHUA, MC03CTN5001R0 VIKING, CC0603CRNPO9BN1R0 YAGEO, </t>
   </si>
   <si>
+    <t>03.04.2026</t>
+  </si>
+  <si>
     <t>0603CG1R0C500NT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0pF +/-0.25pF 0603CG1R0C500NT</t>
   </si>
   <si>
     <t xml:space="preserve">MC03CTN5001R0 VIKING, CC0603CRNPO9BN1R0 YAGEO, CL10C010CB8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>12.07.2026</t>
   </si>
   <si>
     <t>CC0603CRNPO9BN1R0</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0pF +/-0.25pF CC0603CRNPO9BN1R0</t>
   </si>
   <si>
     <t xml:space="preserve">0603CG1R0C500NT FENGHUA, MC03CTN5001R0 VIKING, CL10C010CB8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>MC03CTN5001R0</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0pF +/-0.25pF MC03CTN5001R0</t>
@@ -1351,53 +1354,50 @@
   <si>
     <t>GRM1885C1H510JA01D</t>
   </si>
   <si>
     <t>0603-NPO-50V- 51pF 5% GRM1885C1H510JA01D</t>
   </si>
   <si>
     <t>UT-00117828</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001H510J6TN00R SUNTAN, CC0603JRNPO9BN510 YAGEO, </t>
   </si>
   <si>
     <t>TS18001H510J6TN00R</t>
   </si>
   <si>
     <t>0603-NPO-50V- 51pF 5% TS18001H510J6TN00R</t>
   </si>
   <si>
     <t>UT-00153862</t>
   </si>
   <si>
     <t xml:space="preserve">GRM1885C1H510JA01D MURATA, CC0603JRNPO9BN510 YAGEO, </t>
   </si>
   <si>
-    <t>10.04.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>C0603C560F5GACTU</t>
   </si>
   <si>
     <t>0603-NPO-50V- 56pF 1% C0603C560F5GACTU</t>
   </si>
   <si>
     <t xml:space="preserve">GRM1885C1H560FA01D MURATA, CC0603FRNPO9BN560 YAGEO, </t>
   </si>
   <si>
     <t>0603CG560J500NT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 56pF 5% 0603CG560J500NT</t>
   </si>
   <si>
     <t xml:space="preserve">CL10C560JB8NNNC SAMSUNG, GRM1885C1H560JA01D MURATA, CC0603JRNPO9BN560 YAGEO, </t>
   </si>
   <si>
     <t>CC0603JRNPO9BN560</t>
   </si>
   <si>
     <t>0603-NPO-50V- 56pF 5% CC0603JRNPO9BN560</t>
   </si>
   <si>
     <t xml:space="preserve">CL10C560JB8NNNC SAMSUNG, 0603CG560J500NT FENGHUA, GRM1885C1H560JA01D MURATA, </t>
@@ -1651,51 +1651,51 @@
   <si>
     <t>0603N151J500CT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 150pF 5% 0603N151J500CT</t>
   </si>
   <si>
     <t>10-00025451</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001H151J6TN00R SUNTAN, MC03JTN500151 VIKING, C1608N151J500NT HOTTECH, 0603CG151J500NT FENGHUA, CC0603JRNPO9BN151 YAGEO, СL10C151JB8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>C1608N151J500NT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 150pF 5% C1608N151J500NT</t>
   </si>
   <si>
     <t>10-00025283</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001H151J6TN00R SUNTAN, MC03JTN500151 VIKING, 0603CG151J500NT FENGHUA, 0603N151J500CT Walsin, CC0603JRNPO9BN151 YAGEO, СL10C151JB8NNNC SAMSUNG, </t>
   </si>
   <si>
-    <t>24.05.2026</t>
+    <t>24.06.2026</t>
   </si>
   <si>
     <t>CC0603JRNPO9BN151</t>
   </si>
   <si>
     <t>0603-NPO-50V- 150pF 5% CC0603JRNPO9BN151</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001H151J6TN00R SUNTAN, MC03JTN500151 VIKING, C1608N151J500NT HOTTECH, 0603CG151J500NT FENGHUA, 0603N151J500CT Walsin, СL10C151JB8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>MC03JTN500151</t>
   </si>
   <si>
     <t>0603-NPO-50V- 150pF 5% MC03JTN500151</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001H151J6TN00R SUNTAN, C1608N151J500NT HOTTECH, 0603CG151J500NT FENGHUA, 0603N151J500CT Walsin, CC0603JRNPO9BN151 YAGEO, СL10C151JB8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>TS18001H151J6TN00R</t>
   </si>
   <si>
     <t>0603-NPO-50V- 150pF 5% TS18001H151J6TN00R</t>
   </si>
@@ -2341,51 +2341,51 @@
   <si>
     <t xml:space="preserve">MC03JTN500102 VIKING, CC0603JPNPO9BN102 YAGEO, GRM1885C1H102JA01D MURATA, CS1608C0G102J500NRB SAMWHA, TS18001H102J6TN00R SUNTAN, 0603N102J500CT Walsin, GRM1885C1H102FA01D MURATA, CC0603JRNPO9BN102 YAGEO, CL10C102JB8NNNC SAMSUNG, C1608N102J500NT HOTTECH, 0603CG4102J500NT KOME, </t>
   </si>
   <si>
     <t>0603CG4102J500NT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0nF (1000pF) 5% 0603CG4102J500NT</t>
   </si>
   <si>
     <t xml:space="preserve">MC03JTN500102 VIKING, CC0603JPNPO9BN102 YAGEO, GRM1885C1H102JA01D MURATA, CS1608C0G102J500NRB SAMWHA, TS18001H102J6TN00R SUNTAN, 0603N102J500CT Walsin, CC0603JRNPO9BN102 YAGEO, CL10C102JB8NNNC SAMSUNG, C1608N102J500NT HOTTECH, 0603CG102J500NT FENGHUA, </t>
   </si>
   <si>
     <t>0603N102J500CT</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0nF (1000pF) 5% 0603N102J500CT</t>
   </si>
   <si>
     <t>UT-00117266</t>
   </si>
   <si>
     <t xml:space="preserve">MC03JTN500102 VIKING, CC0603JPNPO9BN102 YAGEO, GRM1885C1H102JA01D MURATA, CS1608C0G102J500NRB SAMWHA, TS18001H102J6TN00R SUNTAN, CC0603JRNPO9BN102 YAGEO, CL10C102JB8NNNC SAMSUNG, C1608N102J500NT HOTTECH, 0603CG102J500NT FENGHUA, 0603CG4102J500NT KOME, </t>
   </si>
   <si>
-    <t>15.03.2026</t>
+    <t>23.03.2026</t>
   </si>
   <si>
     <t>CC0603JRNPO9BN102</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0nF (1000pF) 5% CC0603JRNPO9BN102</t>
   </si>
   <si>
     <t xml:space="preserve">MC03JTN500102 VIKING, CC0603JPNPO9BN102 YAGEO, GRM1885C1H102JA01D MURATA, CS1608C0G102J500NRB SAMWHA, TS18001H102J6TN00R SUNTAN, 0603N102J500CT Walsin, CL10C102JB8NNNC SAMSUNG, C1608N102J500NT HOTTECH, 0603CG102J500NT FENGHUA, 0603CG4102J500NT KOME, </t>
   </si>
   <si>
     <t>CL10C102JB8NNNC</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0nF (1000pF) 5% CL10C102JB8NNNC</t>
   </si>
   <si>
     <t xml:space="preserve">MC03JTN500102 VIKING, CC0603JPNPO9BN102 YAGEO, GRM1885C1H102JA01D MURATA, CS1608C0G102J500NRB SAMWHA, TS18001H102J6TN00R SUNTAN, 0603N102J500CT Walsin, CC0603JRNPO9BN102 YAGEO, C1608N102J500NT HOTTECH, 0603CG102J500NT FENGHUA, 0603CG4102J500NT KOME, </t>
   </si>
   <si>
     <t>CS1608C0G102J500NRB</t>
   </si>
   <si>
     <t>0603-NPO-50V- 1.0nF (1000pF) 5% CS1608C0G102J500NRB</t>
   </si>
@@ -2593,51 +2593,51 @@
   <si>
     <t xml:space="preserve">C1608N222J500NT HOTTECH, TS18001H222J6TN00R SUNTAN, GRM1885C1H222J MURATA, CC0603JRNPO9BN222 YAGEO, MC03JTN500222 VIKING, 0603CG222J500NT FENGHUA, </t>
   </si>
   <si>
     <t>C1608N222J500NT</t>
   </si>
   <si>
     <t xml:space="preserve">0603-NPO-50V- 2.2nF (2200pF) 5% C1608N222J500NT </t>
   </si>
   <si>
     <t>10-00025127</t>
   </si>
   <si>
     <t xml:space="preserve">0603N222J500CT Walsin, TS18001H222J6TN00R SUNTAN, GRM1885C1H222J MURATA, CC0603JRNPO9BN222 YAGEO, MC03JTN500222 VIKING, 0603CG222J500NT FENGHUA, </t>
   </si>
   <si>
     <t>CC0603JRNPO9BN222</t>
   </si>
   <si>
     <t>0603-NPO-50V- 2.2nF (2200pF) 5% CC0603JRNPO9BN222</t>
   </si>
   <si>
     <t xml:space="preserve">C1608N222J500NT HOTTECH, 0603N222J500CT Walsin, TS18001H222J6TN00R SUNTAN, GRM1885C1H222J MURATA, MC03JTN500222 VIKING, 0603CG222J500NT FENGHUA, </t>
   </si>
   <si>
-    <t>12.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>MC03JTN500222</t>
   </si>
   <si>
     <t>0603-NPO-50V- 2.2nF (2200pF) 5% MC03JTN500222</t>
   </si>
   <si>
     <t xml:space="preserve">C1608N222J500NT HOTTECH, 0603N222J500CT Walsin, TS18001H222J6TN00R SUNTAN, GRM1885C1H222J MURATA, CC0603JRNPO9BN222 YAGEO, 0603CG222J500NT FENGHUA, </t>
   </si>
   <si>
     <t>TS18001H222J6TN00R</t>
   </si>
   <si>
     <t>0603-NPO-50V- 2.2nF (2200pF) 5% TS18001H222J6TN00R</t>
   </si>
   <si>
     <t>UT-00140447</t>
   </si>
   <si>
     <t xml:space="preserve">C1608N222J500NT HOTTECH, 0603N222J500CT Walsin, GRM1885C1H222J MURATA, CC0603JRNPO9BN222 YAGEO, MC03JTN500222 VIKING, 0603CG222J500NT FENGHUA, </t>
   </si>
   <si>
     <t>0603CG272J500NT</t>
   </si>
@@ -3631,99 +3631,99 @@
   <si>
     <t>CL10A225KO8NNNC</t>
   </si>
   <si>
     <t>0603-X5R-16V- 2.2uF 10% CL10A225KO8NNNC</t>
   </si>
   <si>
     <t xml:space="preserve">C1608A225K160NT HOTTECH, MA0603XR225K160PRG PDC, CC0603KRX5R7BB225 YAGEO, MC03KTX160225 VIKING, GRM188R61C225KE15D MURATA, 0603X225K160NT FENGHUA, </t>
   </si>
   <si>
     <t>GRM188R61C225KE15D</t>
   </si>
   <si>
     <t>0603-X5R-16V- 2.2uF 10% GRM188R61C225KE15D</t>
   </si>
   <si>
     <t xml:space="preserve">C1608A225K160NT HOTTECH, MA0603XR225K160PRG PDC, CC0603KRX5R7BB225 YAGEO, MC03KTX160225 VIKING, 0603X225K160NT FENGHUA, CL10A225KO8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>0603X475K160NT</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% 0603X475K160NT</t>
   </si>
   <si>
-    <t xml:space="preserve">C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, </t>
   </si>
   <si>
     <t>C1608A475K160NT</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% C1608A475K160NT</t>
   </si>
   <si>
-    <t xml:space="preserve">0603X475K160NT FENGHUA, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">0603X475K160NT FENGHUA, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, </t>
   </si>
   <si>
     <t>CC0603KRX5R7BB475</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% CC0603KRX5R7BB475</t>
   </si>
   <si>
-    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, </t>
   </si>
   <si>
     <t>GRM188R61C475KE11D</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% GRM188R61C475KE11D</t>
   </si>
   <si>
-    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, CL10A475KO8NNNC SAMSUNG, </t>
   </si>
   <si>
     <t>CL10A475KO8NNNC</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% CL10A475KO8NNNC</t>
   </si>
   <si>
-    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, GRM188R61C475KE11D MURATA, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, TS18001C475K6TX00R SUNTAN, GRM188R61C475KE11D MURATA, </t>
   </si>
   <si>
     <t>TS18001C475K6TX00R</t>
   </si>
   <si>
     <t>0603-X5R-16V- 4.7uF 10% TS18001C475K6TX00R</t>
   </si>
   <si>
     <t>UT-00092163</t>
   </si>
   <si>
-    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, GRM188R61C475KE11D MURATA, </t>
+    <t xml:space="preserve">0603X475K160NT FENGHUA, C1608A475K160NT HOTTECH, CC0603KRX5R7BB475 YAGEO, CL10A475KO8NNNC SAMSUNG, GRM188R61C475KE11D MURATA, </t>
   </si>
   <si>
     <t>0603X106K160NT</t>
   </si>
   <si>
     <t>0603-X5R-16V-10uF 10% 0603X106K160NT</t>
   </si>
   <si>
     <t>UT-00097876</t>
   </si>
   <si>
     <t xml:space="preserve">GRM188R61C106KAALD MURATA, CC0603KRX5R7BB106 YAGEO, CL10A106K08NQNC SAMSUNG, C1608A106K160NT HOTTECH, TS18001C106K6TX00R SUNTAN, </t>
   </si>
   <si>
     <t>C1608A106K160NT</t>
   </si>
   <si>
     <t>0603-X5R-16V-10uF 10% C1608A106K160NT</t>
   </si>
   <si>
     <t xml:space="preserve">GRM188R61C106KAALD MURATA, CC0603KRX5R7BB106 YAGEO, CL10A106K08NQNC SAMSUNG, TS18001C106K6TX00R SUNTAN, 0603X106K160NT FENGHUA, </t>
   </si>
   <si>
     <t>CC0603KRX5R7BB106</t>
   </si>
@@ -4315,51 +4315,51 @@
   <si>
     <t>0603-X7R-10V- 4.7uF 10% 0603B7475K100NT</t>
   </si>
   <si>
     <t xml:space="preserve">TS18001A475K6TB00R SUNTAN, 0603B475K100NT FENGHUA, GRM188Z71A475KE15D MURATA, C1608B475K100NT HOTTECH, </t>
   </si>
   <si>
     <t>C1608B475K100NT</t>
   </si>
   <si>
     <t>0603-X7R-10V- 4.7uF 10% C1608B475K100NT</t>
   </si>
   <si>
     <t xml:space="preserve">0603B7475K100NT KOME, TS18001A475K6TB00R SUNTAN, 0603B475K100NT FENGHUA, GRM188Z71A475KE15D MURATA, </t>
   </si>
   <si>
     <t>TS18001A475K6TB00R</t>
   </si>
   <si>
     <t>0603-X7R-10V- 4.7uF 10% TS18001A475K6TB00R</t>
   </si>
   <si>
     <t xml:space="preserve">0603B7475K100NT KOME, 0603B475K100NT FENGHUA, GRM188Z71A475KE15D MURATA, C1608B475K100NT HOTTECH, </t>
   </si>
   <si>
-    <t>06.06.2026</t>
+    <t>13.07.2026</t>
   </si>
   <si>
     <t>GRM188Z71A475KE15D</t>
   </si>
   <si>
     <t>0603-X7R-10V- 4.7uF 10% GRM188Z71A475KE15D</t>
   </si>
   <si>
     <t>UT-00103420</t>
   </si>
   <si>
     <t xml:space="preserve">0603B7475K100NT KOME, TS18001A475K6TB00R SUNTAN, 0603B475K100NT FENGHUA, C1608B475K100NT HOTTECH, </t>
   </si>
   <si>
     <t>CC0603KRX7R7BB101</t>
   </si>
   <si>
     <t>0603-X7R-16V- 100pF 10% CC0603KRX7R7BB101</t>
   </si>
   <si>
     <t>UT-00091996</t>
   </si>
   <si>
     <t>CC0603KRX7R7BB103</t>
   </si>
@@ -5864,50 +5864,53 @@
     <t>06035C103KAT2A</t>
   </si>
   <si>
     <t>0603-X7R-50V- 10nF (0.01uF) 10% 06035C103KAT2A</t>
   </si>
   <si>
     <t xml:space="preserve">CL10B103KB8NNND SAMSUNG, 0603B103K500CT Walsin, GRM188R71H103KA01D MURATA, C1608B103K500NT HOTTECH, CL10B103KB8NCNC SAMSUNG, CL10B103KB8WPNC SAMSUNG, FN18X103K500PSG PDC, CC0603KRX7R9BB103 YAGEO, CT41G06032X11H103KNA KESENES, CL10B103KB8NNNC SAMSUNG, 0603B103K500NT FENGHUA, </t>
   </si>
   <si>
     <t>0603B103K500CT</t>
   </si>
   <si>
     <t>0603-X7R-50V- 10nF (0.01uF) 10% 0603B103K500CT</t>
   </si>
   <si>
     <t xml:space="preserve">CL10B103KB8NNND SAMSUNG, GRM188R71H103KA01D MURATA, C1608B103K500NT HOTTECH, 06035C103KAT2A AVX, CL10B103KB8NCNC SAMSUNG, CL10B103KB8WPNC SAMSUNG, FN18X103K500PSG PDC, CC0603KRX7R9BB103 YAGEO, CT41G06032X11H103KNA KESENES, CL10B103KB8NNNC SAMSUNG, 0603B103K500NT FENGHUA, </t>
   </si>
   <si>
     <t>0603B103K500NT</t>
   </si>
   <si>
     <t>0603-X7R-50V- 10nF (0.01uF) 10% 0603B103K500NT</t>
   </si>
   <si>
     <t xml:space="preserve">CL10B103KB8NNND SAMSUNG, 0603B103K500CT Walsin, GRM188R71H103KA01D MURATA, C1608B103K500NT HOTTECH, 06035C103KAT2A AVX, CL10B103KB8NCNC SAMSUNG, CL10B103KB8WPNC SAMSUNG, FN18X103K500PSG PDC, CC0603KRX7R9BB103 YAGEO, CT41G06032X11H103KNA KESENES, CL10B103KB8NNNC SAMSUNG, </t>
+  </si>
+  <si>
+    <t>18.08.2026</t>
   </si>
   <si>
     <t>C1608B103K500NT</t>
   </si>
   <si>
     <t>0603-X7R-50V- 10nF (0.01uF) 10% C1608B103K500NT</t>
   </si>
   <si>
     <t>10-00025375</t>
   </si>
   <si>
     <t xml:space="preserve">CL10B103KB8NNND SAMSUNG, 0603B103K500CT Walsin, GRM188R71H103KA01D MURATA, 06035C103KAT2A AVX, CL10B103KB8NCNC SAMSUNG, CL10B103KB8WPNC SAMSUNG, FN18X103K500PSG PDC, CC0603KRX7R9BB103 YAGEO, CT41G06032X11H103KNA KESENES, CL10B103KB8NNNC SAMSUNG, 0603B103K500NT FENGHUA, </t>
   </si>
   <si>
     <t>CC0603KRX7R9BB103</t>
   </si>
   <si>
     <t>0603-X7R-50V- 10nF (0.01uF) 10% CC0603KRX7R9BB103</t>
   </si>
   <si>
     <t xml:space="preserve">CL10B103KB8NNND SAMSUNG, 0603B103K500CT Walsin, GRM188R71H103KA01D MURATA, C1608B103K500NT HOTTECH, 06035C103KAT2A AVX, CL10B103KB8NCNC SAMSUNG, CL10B103KB8WPNC SAMSUNG, FN18X103K500PSG PDC, CT41G06032X11H103KNA KESENES, CL10B103KB8NNNC SAMSUNG, 0603B103K500NT FENGHUA, </t>
   </si>
   <si>
     <t>CL10B103KB8NNNC</t>
   </si>
@@ -7996,5731 +7999,5731 @@
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I12" s="15" t="s">
         <v>42</v>
       </c>
       <c r="J12" s="15">
         <v>4000</v>
       </c>
       <c r="K12" s="15">
         <v>0.01397</v>
       </c>
       <c r="L12" s="15">
         <v>0.00751</v>
       </c>
       <c r="M12" s="15">
         <v>0.00682</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
-      <c r="P12" s="15"/>
+      <c r="P12" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q12" s="15"/>
       <c r="R12" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E13" s="15">
         <v>10080027519</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I13" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J13" s="15">
         <v>4000</v>
       </c>
       <c r="K13" s="15">
         <v>0.00183</v>
       </c>
       <c r="L13" s="15">
         <v>0.00159</v>
       </c>
       <c r="M13" s="15">
         <v>0.00153</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15">
         <v>8000</v>
       </c>
       <c r="P13" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E14" s="15">
         <v>10080006144</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J14" s="15">
         <v>4000</v>
       </c>
       <c r="K14" s="15">
         <v>0.02014</v>
       </c>
       <c r="L14" s="15">
         <v>0.01163</v>
       </c>
       <c r="M14" s="15">
         <v>0.01059</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E15" s="15">
         <v>10080038380</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J15" s="15">
         <v>4000</v>
       </c>
       <c r="K15" s="15">
         <v>0.01375</v>
       </c>
       <c r="L15" s="15">
         <v>0.00559</v>
       </c>
       <c r="M15" s="15">
         <v>0.00506</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E16" s="15">
         <v>10080038405</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.00188</v>
       </c>
       <c r="L16" s="15">
         <v>0.00163</v>
       </c>
       <c r="M16" s="15">
         <v>0.00156</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
         <v>16000</v>
       </c>
       <c r="P16" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E17" s="15">
         <v>10080045221</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.02084</v>
       </c>
       <c r="L17" s="15">
         <v>0.00781</v>
       </c>
       <c r="M17" s="15">
         <v>0.00715</v>
       </c>
       <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.00208</v>
       </c>
       <c r="L18" s="15">
         <v>0.00174</v>
       </c>
       <c r="M18" s="15">
         <v>0.00168</v>
       </c>
       <c r="N18" s="15">
         <v>4000</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" s="15">
         <v>10080028820</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I19" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.00185</v>
       </c>
       <c r="L19" s="15">
         <v>0.0016</v>
       </c>
       <c r="M19" s="15">
         <v>0.00154</v>
       </c>
       <c r="N19" s="15">
         <v>4000</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E20" s="15">
         <v>10080028447</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I20" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="J20" s="15">
         <v>4000</v>
       </c>
       <c r="K20" s="15">
         <v>0.00192</v>
       </c>
       <c r="L20" s="15">
         <v>0.00166</v>
       </c>
       <c r="M20" s="15">
         <v>0.0016</v>
       </c>
       <c r="N20" s="15">
         <v>4000</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E21" s="15">
         <v>10080039380</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I21" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.01498</v>
       </c>
       <c r="L21" s="15">
         <v>0.00645</v>
       </c>
       <c r="M21" s="15">
         <v>0.00587</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" s="15">
         <v>10080075467</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.00212</v>
       </c>
       <c r="L22" s="15">
         <v>0.00183</v>
       </c>
       <c r="M22" s="15">
         <v>0.00176</v>
       </c>
       <c r="N22" s="15">
         <v>4000</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E23" s="15">
         <v>10080031592</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.00191</v>
       </c>
       <c r="L23" s="15">
         <v>0.00165</v>
       </c>
       <c r="M23" s="15">
         <v>0.00159</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15">
         <v>8000</v>
       </c>
       <c r="P23" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E24" s="15">
         <v>10080045623</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.00188</v>
       </c>
       <c r="L24" s="15">
         <v>0.00163</v>
       </c>
       <c r="M24" s="15">
         <v>0.00156</v>
       </c>
       <c r="N24" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E25" s="15">
         <v>10080026613</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.01321</v>
       </c>
       <c r="L25" s="15">
         <v>0.00535</v>
       </c>
       <c r="M25" s="15">
         <v>0.00484</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E26" s="15">
         <v>10080072738</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.00185</v>
       </c>
       <c r="L26" s="15">
         <v>0.0016</v>
       </c>
       <c r="M26" s="15">
         <v>0.00154</v>
       </c>
       <c r="N26" s="15">
-        <v>60000</v>
+        <v>56000</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E27" s="15">
         <v>10080027527</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.00192</v>
       </c>
       <c r="L27" s="15">
         <v>0.00166</v>
       </c>
       <c r="M27" s="15">
         <v>0.0016</v>
       </c>
-      <c r="N27" s="15">
+      <c r="N27" s="15"/>
+      <c r="O27" s="15">
         <v>28000</v>
       </c>
-      <c r="O27" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="P27" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E28" s="15">
         <v>10080002390</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J28" s="15">
         <v>4000</v>
       </c>
       <c r="K28" s="15">
         <v>0.02096</v>
       </c>
       <c r="L28" s="15">
         <v>0.00788</v>
       </c>
       <c r="M28" s="15">
         <v>0.00719</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
-      <c r="P28" s="15"/>
+      <c r="P28" s="15" t="s">
+        <v>43</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.01459</v>
       </c>
       <c r="L29" s="15">
         <v>0.00735</v>
       </c>
       <c r="M29" s="15">
         <v>0.0067</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E30" s="15">
         <v>10080008953</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.01397</v>
       </c>
       <c r="L30" s="15">
         <v>0.00751</v>
       </c>
       <c r="M30" s="15">
         <v>0.00682</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="E31" s="15">
         <v>10080056646</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.00212</v>
       </c>
       <c r="L31" s="15">
         <v>0.00183</v>
       </c>
       <c r="M31" s="15">
         <v>0.00176</v>
       </c>
       <c r="N31" s="15">
         <v>4000</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E32" s="15">
         <v>10000029929</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>4000</v>
       </c>
       <c r="K32" s="15">
         <v>0.01304</v>
       </c>
       <c r="L32" s="15">
         <v>0.00751</v>
       </c>
       <c r="M32" s="15">
         <v>0.00682</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H33" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>4000</v>
       </c>
       <c r="K33" s="15">
         <v>0.03745</v>
       </c>
       <c r="L33" s="15">
         <v>0.0312</v>
       </c>
       <c r="M33" s="15">
         <v>0.02995</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E34" s="15">
         <v>10080045624</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I34" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
         <v>0.00212</v>
       </c>
       <c r="L34" s="15">
         <v>0.00183</v>
       </c>
       <c r="M34" s="15">
         <v>0.00176</v>
       </c>
       <c r="N34" s="15">
         <v>4000</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E35" s="15">
         <v>10080009777</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J35" s="15">
         <v>4000</v>
       </c>
       <c r="K35" s="15">
         <v>0.02096</v>
       </c>
       <c r="L35" s="15">
         <v>0.00788</v>
       </c>
       <c r="M35" s="15">
         <v>0.00719</v>
       </c>
       <c r="N35" s="15"/>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E36" s="15">
         <v>10000029930</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>4000</v>
       </c>
       <c r="K36" s="15">
         <v>0.01487</v>
       </c>
       <c r="L36" s="15">
         <v>0.00751</v>
       </c>
       <c r="M36" s="15">
         <v>0.00682</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E37" s="15">
         <v>10080028448</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I37" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="J37" s="15">
         <v>4000</v>
       </c>
       <c r="K37" s="15">
         <v>0.00399</v>
       </c>
       <c r="L37" s="15">
         <v>0.00399</v>
       </c>
       <c r="M37" s="15">
         <v>0.00399</v>
       </c>
       <c r="N37" s="15">
-        <v>32000</v>
+        <v>44000</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E38" s="15">
         <v>10080039382</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I38" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
         <v>0.01498</v>
       </c>
       <c r="L38" s="15">
         <v>0.00645</v>
       </c>
       <c r="M38" s="15">
         <v>0.00587</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E39" s="15">
         <v>10080017984</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
         <v>0.00185</v>
       </c>
       <c r="L39" s="15">
         <v>0.0016</v>
       </c>
       <c r="M39" s="15">
         <v>0.00154</v>
       </c>
       <c r="N39" s="15">
-        <v>208000</v>
+        <v>212000</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E40" s="15">
         <v>10080041221</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
         <v>0.02276</v>
       </c>
       <c r="L40" s="15">
         <v>0.00825</v>
       </c>
       <c r="M40" s="15">
         <v>0.0075</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E41" s="15">
         <v>10080008952</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
         <v>0.01397</v>
       </c>
       <c r="L41" s="15">
         <v>0.00751</v>
       </c>
       <c r="M41" s="15">
         <v>0.00682</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E42" s="15">
         <v>10080039383</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H42" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="J42" s="15">
         <v>4000</v>
       </c>
       <c r="K42" s="15">
         <v>0.01498</v>
       </c>
       <c r="L42" s="15">
         <v>0.00645</v>
       </c>
       <c r="M42" s="15">
         <v>0.00587</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H43" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J43" s="15">
         <v>4000</v>
       </c>
       <c r="K43" s="15">
         <v>0.00295</v>
       </c>
       <c r="L43" s="15">
         <v>0.00214</v>
       </c>
       <c r="M43" s="15">
         <v>0.00186</v>
       </c>
       <c r="N43" s="15">
-        <v>60000</v>
+        <v>52000</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E44" s="15">
         <v>10000029931</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>4000</v>
       </c>
       <c r="K44" s="15">
         <v>0.06135</v>
       </c>
       <c r="L44" s="15">
         <v>0.02485</v>
       </c>
       <c r="M44" s="15">
         <v>0.02259</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E45" s="15">
         <v>10080048087</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
         <v>0.02132</v>
       </c>
       <c r="L45" s="15">
         <v>0.01493</v>
       </c>
       <c r="M45" s="15">
         <v>0.01493</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E46" s="15">
         <v>10080028880</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I46" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J46" s="15">
         <v>4000</v>
       </c>
       <c r="K46" s="15">
         <v>0.00344</v>
       </c>
       <c r="L46" s="15">
         <v>0.00344</v>
       </c>
       <c r="M46" s="15">
         <v>0.00344</v>
       </c>
       <c r="N46" s="15">
-        <v>372000</v>
+        <v>388000</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E47" s="15">
         <v>10080038381</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H47" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I47" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J47" s="15">
         <v>4000</v>
       </c>
       <c r="K47" s="15">
         <v>0.01375</v>
       </c>
       <c r="L47" s="15">
         <v>0.00559</v>
       </c>
       <c r="M47" s="15">
         <v>0.00506</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E48" s="15">
         <v>10080028449</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>4000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00195</v>
       </c>
       <c r="L48" s="15">
         <v>0.00169</v>
       </c>
       <c r="M48" s="15">
         <v>0.00163</v>
       </c>
       <c r="N48" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O48" s="15">
-        <v>28000</v>
+        <v>36000</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E49" s="15">
         <v>10080002391</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>4000</v>
       </c>
       <c r="K49" s="15">
         <v>0.00254</v>
       </c>
       <c r="L49" s="15">
         <v>0.00254</v>
       </c>
       <c r="M49" s="15">
         <v>0.00254</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E50" s="15">
         <v>10000029932</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>4000</v>
       </c>
       <c r="K50" s="15">
         <v>21.38</v>
       </c>
       <c r="L50" s="15">
         <v>12.35</v>
       </c>
       <c r="M50" s="15">
         <v>10.95</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E51" s="15">
         <v>10080026780</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="J51" s="15">
         <v>4000</v>
       </c>
       <c r="K51" s="15">
         <v>0.00185</v>
       </c>
       <c r="L51" s="15">
         <v>0.0016</v>
       </c>
       <c r="M51" s="15">
         <v>0.00154</v>
       </c>
       <c r="N51" s="15">
-        <v>144000</v>
+        <v>88000</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E52" s="15">
         <v>10080002392</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.01995</v>
       </c>
       <c r="L52" s="15">
         <v>0.0115</v>
       </c>
       <c r="M52" s="15">
         <v>0.01044</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E53" s="15">
         <v>10080038382</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H53" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>4000</v>
       </c>
       <c r="K53" s="15">
         <v>0.01321</v>
       </c>
       <c r="L53" s="15">
         <v>0.00535</v>
       </c>
       <c r="M53" s="15">
         <v>0.00484</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E54" s="15">
         <v>10080012658</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>4000</v>
       </c>
       <c r="K54" s="15">
         <v>0.00197</v>
       </c>
       <c r="L54" s="15">
         <v>0.0017</v>
       </c>
       <c r="M54" s="15">
         <v>0.00164</v>
       </c>
       <c r="N54" s="15">
-        <v>160000</v>
+        <v>164000</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E55" s="15">
         <v>10080048537</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>4000</v>
       </c>
       <c r="K55" s="15">
         <v>0.01998</v>
       </c>
       <c r="L55" s="15">
         <v>0.00869</v>
       </c>
       <c r="M55" s="15">
         <v>0.00792</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E56" s="15">
         <v>10080001147</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.01397</v>
       </c>
       <c r="L56" s="15">
         <v>0.00751</v>
       </c>
       <c r="M56" s="15">
         <v>0.00682</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E57" s="15">
         <v>10000029933</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03194</v>
       </c>
       <c r="L57" s="15">
         <v>0.01295</v>
       </c>
       <c r="M57" s="15">
         <v>0.01173</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E58" s="15">
         <v>10080047043</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J58" s="15">
         <v>4000</v>
       </c>
       <c r="K58" s="15">
         <v>0.00275</v>
       </c>
       <c r="L58" s="15">
         <v>0.0023</v>
       </c>
       <c r="M58" s="15">
         <v>0.00222</v>
       </c>
       <c r="N58" s="15">
         <v>4000</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E59" s="15">
         <v>10080006145</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="J59" s="15">
         <v>4000</v>
       </c>
       <c r="K59" s="15">
         <v>0.02014</v>
       </c>
       <c r="L59" s="15">
         <v>0.01163</v>
       </c>
       <c r="M59" s="15">
         <v>0.01059</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>4000</v>
       </c>
       <c r="K60" s="15">
         <v>0.00667</v>
       </c>
       <c r="L60" s="15">
         <v>0.00667</v>
       </c>
       <c r="M60" s="15">
         <v>0.00667</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E61" s="15">
         <v>10080031548</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I61" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.00194</v>
       </c>
       <c r="L61" s="15">
         <v>0.00168</v>
       </c>
       <c r="M61" s="15">
         <v>0.00161</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
         <v>20000</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E62" s="15">
         <v>10080038383</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H62" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I62" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.01375</v>
       </c>
       <c r="L62" s="15">
         <v>0.00559</v>
       </c>
       <c r="M62" s="15">
         <v>0.00506</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J63" s="15">
         <v>4000</v>
       </c>
       <c r="K63" s="15">
         <v>0.00589</v>
       </c>
       <c r="L63" s="15">
         <v>0.0049</v>
       </c>
       <c r="M63" s="15">
         <v>0.00472</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E64" s="15">
         <v>10000018923</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
         <v>0.02014</v>
       </c>
       <c r="L64" s="15">
         <v>0.01163</v>
       </c>
       <c r="M64" s="15">
         <v>0.01059</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H65" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I65" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
         <v>0.06318</v>
       </c>
       <c r="L65" s="15">
         <v>0.02919</v>
       </c>
       <c r="M65" s="15">
         <v>0.02464</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E66" s="15">
         <v>10080060078</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I66" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00185</v>
       </c>
       <c r="L66" s="15">
         <v>0.0016</v>
       </c>
       <c r="M66" s="15">
         <v>0.00154</v>
       </c>
       <c r="N66" s="15">
         <v>16000</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E67" s="15">
         <v>10080012283</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I67" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J67" s="15">
         <v>4000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00197</v>
       </c>
       <c r="L67" s="15">
         <v>0.0017</v>
       </c>
       <c r="M67" s="15">
         <v>0.00164</v>
       </c>
       <c r="N67" s="15">
-        <v>36000</v>
+        <v>28000</v>
       </c>
       <c r="O67" s="15">
         <v>28000</v>
       </c>
       <c r="P67" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E68" s="15">
         <v>10080051683</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="J68" s="15">
         <v>4000</v>
       </c>
       <c r="K68" s="15">
         <v>0.00656</v>
       </c>
       <c r="L68" s="15">
         <v>0.00446</v>
       </c>
       <c r="M68" s="15">
         <v>0.00407</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E69" s="15">
         <v>10000018924</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J69" s="15">
         <v>4000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00399</v>
       </c>
       <c r="L69" s="15">
         <v>0.00399</v>
       </c>
       <c r="M69" s="15">
         <v>0.00399</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I70" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="J70" s="15">
         <v>4000</v>
       </c>
       <c r="K70" s="15">
         <v>0.01459</v>
       </c>
       <c r="L70" s="15">
         <v>0.00723</v>
       </c>
       <c r="M70" s="15">
         <v>0.00656</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E71" s="15">
         <v>10080032923</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>4000</v>
       </c>
       <c r="K71" s="15">
         <v>0.01612</v>
       </c>
       <c r="L71" s="15">
         <v>0.00652</v>
       </c>
       <c r="M71" s="15">
         <v>0.0059</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I72" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="J72" s="15">
         <v>4000</v>
       </c>
       <c r="K72" s="15">
-        <v>0.00327</v>
+        <v>0.00126</v>
       </c>
       <c r="L72" s="15">
-        <v>0.00327</v>
+        <v>0.00126</v>
       </c>
       <c r="M72" s="15">
-        <v>0.00327</v>
+        <v>0.00126</v>
       </c>
       <c r="N72" s="15">
-        <v>32000</v>
+        <v>20000</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J73" s="15">
         <v>4000</v>
       </c>
       <c r="K73" s="15">
         <v>0.00327</v>
       </c>
       <c r="L73" s="15">
         <v>0.00327</v>
       </c>
       <c r="M73" s="15">
         <v>0.00327</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H74" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="J74" s="15">
         <v>4000</v>
       </c>
       <c r="K74" s="15">
         <v>0.01043</v>
       </c>
       <c r="L74" s="15">
         <v>0.00601</v>
       </c>
       <c r="M74" s="15">
         <v>0.00551</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E75" s="15">
         <v>10080013496</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J75" s="15">
         <v>4000</v>
       </c>
       <c r="K75" s="15">
         <v>0.00188</v>
       </c>
       <c r="L75" s="15">
         <v>0.00163</v>
       </c>
       <c r="M75" s="15">
         <v>0.00156</v>
       </c>
       <c r="N75" s="15">
-        <v>12000</v>
+        <v>20000</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E76" s="15">
         <v>10000018921</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J76" s="15">
         <v>4000</v>
       </c>
       <c r="K76" s="15">
         <v>0.00296</v>
       </c>
       <c r="L76" s="15">
         <v>0.00248</v>
       </c>
       <c r="M76" s="15">
         <v>0.00239</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="E77" s="15">
         <v>10080008036</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J77" s="15">
         <v>4000</v>
       </c>
       <c r="K77" s="15">
         <v>0.01397</v>
       </c>
       <c r="L77" s="15">
         <v>0.00751</v>
       </c>
       <c r="M77" s="15">
         <v>0.00682</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E78" s="15">
         <v>10080038384</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H78" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J78" s="15">
         <v>4000</v>
       </c>
       <c r="K78" s="15">
         <v>0.01498</v>
       </c>
       <c r="L78" s="15">
         <v>0.00645</v>
       </c>
       <c r="M78" s="15">
         <v>0.00587</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E79" s="15">
         <v>10080050206</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H79" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I79" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J79" s="15">
         <v>4000</v>
       </c>
       <c r="K79" s="15">
         <v>0.06859999999999999</v>
       </c>
       <c r="L79" s="15">
         <v>0.0325</v>
       </c>
       <c r="M79" s="15">
         <v>0.02831</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E80" s="15">
         <v>10080066396</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H80" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>4000</v>
       </c>
       <c r="K80" s="15">
         <v>0.01259</v>
       </c>
       <c r="L80" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="M80" s="15">
         <v>0.009650000000000001</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E81" s="15">
         <v>10080026781</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I81" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J81" s="15">
         <v>4000</v>
       </c>
       <c r="K81" s="15">
         <v>0.00188</v>
       </c>
       <c r="L81" s="15">
         <v>0.00163</v>
       </c>
       <c r="M81" s="15">
         <v>0.00156</v>
       </c>
       <c r="N81" s="15">
-        <v>36000</v>
+        <v>28000</v>
       </c>
       <c r="O81" s="15">
         <v>28000</v>
       </c>
       <c r="P81" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E82" s="15">
         <v>10080031522</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H82" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J82" s="15">
         <v>4000</v>
       </c>
       <c r="K82" s="15">
         <v>0.01582</v>
       </c>
       <c r="L82" s="15">
         <v>0.00643</v>
       </c>
       <c r="M82" s="15">
         <v>0.00582</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E83" s="15">
         <v>10000029987</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J83" s="15">
         <v>4000</v>
       </c>
       <c r="K83" s="15">
         <v>0.01607</v>
       </c>
       <c r="L83" s="15">
         <v>0.00697</v>
       </c>
       <c r="M83" s="15">
         <v>0.00631</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H84" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I84" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J84" s="15">
         <v>4000</v>
       </c>
       <c r="K84" s="15">
         <v>0.00338</v>
       </c>
       <c r="L84" s="15">
         <v>0.00338</v>
       </c>
       <c r="M84" s="15">
         <v>0.00338</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E85" s="15">
         <v>10080011280</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I85" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J85" s="15">
         <v>4000</v>
       </c>
       <c r="K85" s="15">
         <v>0.00188</v>
       </c>
       <c r="L85" s="15">
         <v>0.00163</v>
       </c>
       <c r="M85" s="15">
         <v>0.00156</v>
       </c>
       <c r="N85" s="15">
         <v>100000</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E86" s="15">
         <v>10080031523</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H86" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J86" s="15">
         <v>4000</v>
       </c>
       <c r="K86" s="15">
         <v>0.01582</v>
       </c>
       <c r="L86" s="15">
         <v>0.00643</v>
       </c>
       <c r="M86" s="15">
         <v>0.00582</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E87" s="15">
         <v>10000008804</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="J87" s="15">
         <v>4000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00413</v>
       </c>
       <c r="L87" s="15">
         <v>0.00316</v>
       </c>
       <c r="M87" s="15">
         <v>0.00316</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E88" s="15">
         <v>10080008938</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I88" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="J88" s="15">
         <v>4000</v>
       </c>
       <c r="K88" s="15">
         <v>0.01397</v>
       </c>
       <c r="L88" s="15">
         <v>0.00751</v>
       </c>
       <c r="M88" s="15">
         <v>0.00682</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="E89" s="15">
         <v>10080038385</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H89" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I89" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="J89" s="15">
         <v>4000</v>
       </c>
       <c r="K89" s="15">
         <v>0.01498</v>
       </c>
       <c r="L89" s="15">
         <v>0.00645</v>
       </c>
       <c r="M89" s="15">
         <v>0.00587</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H90" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I90" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J90" s="15">
         <v>4000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00266</v>
       </c>
       <c r="L90" s="15">
         <v>0.00182</v>
       </c>
       <c r="M90" s="15">
         <v>0.00169</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="E91" s="15">
         <v>10080013497</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J91" s="15">
         <v>4000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00194</v>
       </c>
       <c r="L91" s="15">
         <v>0.00168</v>
       </c>
       <c r="M91" s="15">
         <v>0.00161</v>
       </c>
       <c r="N91" s="15">
         <v>12000</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="E92" s="15">
         <v>10080003012</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="J92" s="15">
         <v>4000</v>
       </c>
       <c r="K92" s="15">
         <v>0.01389</v>
       </c>
       <c r="L92" s="15">
         <v>0.00745</v>
       </c>
       <c r="M92" s="15">
         <v>0.00674</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="E93" s="15">
         <v>10080010434</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J93" s="15">
         <v>4000</v>
       </c>
       <c r="K93" s="15">
         <v>0.01624</v>
       </c>
       <c r="L93" s="15">
         <v>0.00656</v>
       </c>
       <c r="M93" s="15">
         <v>0.00599</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="E94" s="15">
         <v>10080008939</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="J94" s="15">
         <v>4000</v>
       </c>
       <c r="K94" s="15">
         <v>0.01415</v>
       </c>
       <c r="L94" s="15">
         <v>0.00759</v>
       </c>
       <c r="M94" s="15">
         <v>0.00689</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="E95" s="15">
         <v>10080027549</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H95" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="J95" s="15">
         <v>4000</v>
       </c>
       <c r="K95" s="15">
         <v>0.01375</v>
       </c>
       <c r="L95" s="15">
         <v>0.00559</v>
       </c>
       <c r="M95" s="15">
         <v>0.00506</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H96" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I96" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J96" s="15">
         <v>4000</v>
       </c>
       <c r="K96" s="15">
         <v>0.01661</v>
       </c>
       <c r="L96" s="15">
         <v>0.008970000000000001</v>
       </c>
       <c r="M96" s="15">
         <v>0.00817</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E97" s="15">
         <v>10080034370</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J97" s="15">
         <v>4000</v>
       </c>
       <c r="K97" s="15">
         <v>0.00197</v>
       </c>
       <c r="L97" s="15">
         <v>0.0017</v>
       </c>
       <c r="M97" s="15">
         <v>0.00164</v>
       </c>
       <c r="N97" s="15">
         <v>76000</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="E98" s="15">
         <v>10080007702</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J98" s="15">
         <v>4000</v>
       </c>
       <c r="K98" s="15">
         <v>0.01526</v>
       </c>
       <c r="L98" s="15">
         <v>0.00619</v>
       </c>
       <c r="M98" s="15">
         <v>0.00561</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="E99" s="15">
         <v>10080010417</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I99" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="J99" s="15">
         <v>4000</v>
       </c>
       <c r="K99" s="15">
         <v>0.01415</v>
       </c>
       <c r="L99" s="15">
         <v>0.00759</v>
       </c>
       <c r="M99" s="15">
         <v>0.00689</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E100" s="15">
         <v>10080028470</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H100" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I100" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="J100" s="15">
         <v>4000</v>
       </c>
       <c r="K100" s="15">
         <v>0.01498</v>
       </c>
       <c r="L100" s="15">
         <v>0.00645</v>
       </c>
       <c r="M100" s="15">
         <v>0.00587</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E101" s="15">
         <v>10080012659</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I101" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="J101" s="15">
         <v>4000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00249</v>
       </c>
       <c r="L101" s="15">
         <v>0.00249</v>
       </c>
       <c r="M101" s="15">
         <v>0.00249</v>
       </c>
       <c r="N101" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E102" s="15">
         <v>10000018922</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J102" s="15">
         <v>4000</v>
       </c>
       <c r="K102" s="15">
         <v>0.00658</v>
       </c>
       <c r="L102" s="15">
         <v>0.00549</v>
       </c>
       <c r="M102" s="15">
         <v>0.00527</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I103" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J103" s="15">
         <v>4000</v>
       </c>
       <c r="K103" s="15">
         <v>0.01389</v>
       </c>
       <c r="L103" s="15">
         <v>0.00723</v>
       </c>
       <c r="M103" s="15">
         <v>0.00656</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E104" s="15">
         <v>10080039385</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H104" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I104" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="J104" s="15">
         <v>4000</v>
       </c>
       <c r="K104" s="15">
         <v>0.01498</v>
       </c>
       <c r="L104" s="15">
         <v>0.00645</v>
       </c>
       <c r="M104" s="15">
         <v>0.00587</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H105" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I105" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="J105" s="15">
         <v>4000</v>
       </c>
       <c r="K105" s="15">
         <v>0.00295</v>
       </c>
       <c r="L105" s="15">
         <v>0.00214</v>
       </c>
       <c r="M105" s="15">
         <v>0.00186</v>
       </c>
       <c r="N105" s="15">
-        <v>28000</v>
+        <v>24000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E106" s="15">
         <v>10080011282</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I106" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J106" s="15">
         <v>4000</v>
       </c>
       <c r="K106" s="15">
         <v>0.00188</v>
       </c>
       <c r="L106" s="15">
         <v>0.00163</v>
       </c>
       <c r="M106" s="15">
         <v>0.00156</v>
       </c>
       <c r="N106" s="15">
-        <v>68000</v>
+        <v>44000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E107" s="15">
         <v>10080029073</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I107" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J107" s="15">
         <v>4000</v>
       </c>
       <c r="K107" s="15">
         <v>0.01553</v>
       </c>
       <c r="L107" s="15">
         <v>0.00628</v>
       </c>
       <c r="M107" s="15">
         <v>0.00572</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E108" s="15">
         <v>10080040280</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H108" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I108" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="J108" s="15">
         <v>4000</v>
       </c>
       <c r="K108" s="15">
         <v>0.00439</v>
       </c>
       <c r="L108" s="15">
         <v>0.00355</v>
       </c>
       <c r="M108" s="15">
         <v>0.0034</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="E109" s="15">
         <v>10000021653</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J109" s="15">
         <v>4000</v>
       </c>
       <c r="K109" s="15">
         <v>0.01597</v>
       </c>
       <c r="L109" s="15">
         <v>0.00695</v>
       </c>
       <c r="M109" s="15">
         <v>0.00628</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E110" s="15">
         <v>10000023695</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I110" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="J110" s="15">
         <v>4000</v>
       </c>
       <c r="K110" s="15">
         <v>0.01355</v>
       </c>
       <c r="L110" s="15">
         <v>0.00733</v>
       </c>
       <c r="M110" s="15">
         <v>0.00665</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E111" s="15">
         <v>10080025930</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H111" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J111" s="15">
         <v>4000</v>
       </c>
       <c r="K111" s="15">
         <v>0.01498</v>
       </c>
       <c r="L111" s="15">
         <v>0.00645</v>
       </c>
       <c r="M111" s="15">
         <v>0.00587</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E112" s="15">
         <v>10080028917</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I112" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="J112" s="15">
         <v>4000</v>
       </c>
       <c r="K112" s="15">
         <v>0.00212</v>
       </c>
       <c r="L112" s="15">
         <v>0.00183</v>
       </c>
       <c r="M112" s="15">
         <v>0.00176</v>
       </c>
       <c r="N112" s="15">
         <v>4000</v>
       </c>
       <c r="O112" s="15">
         <v>4000</v>
       </c>
       <c r="P112" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q112" s="15"/>
       <c r="R112" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H113" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I113" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J113" s="15">
         <v>4000</v>
       </c>
       <c r="K113" s="15">
         <v>0.00208</v>
       </c>
       <c r="L113" s="15">
         <v>0.00174</v>
       </c>
       <c r="M113" s="15">
         <v>0.00168</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E114" s="15">
         <v>10080013498</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I114" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J114" s="15">
         <v>4000</v>
       </c>
       <c r="K114" s="15">
         <v>0.00191</v>
       </c>
       <c r="L114" s="15">
         <v>0.00165</v>
       </c>
       <c r="M114" s="15">
         <v>0.00159</v>
       </c>
       <c r="N114" s="15">
         <v>16000</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H115" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I115" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="J115" s="15">
         <v>4000</v>
       </c>
       <c r="K115" s="15">
         <v>0.01459</v>
       </c>
       <c r="L115" s="15">
         <v>0.00735</v>
       </c>
       <c r="M115" s="15">
         <v>0.0067</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E116" s="15">
         <v>10000018926</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J116" s="15">
         <v>4000</v>
       </c>
       <c r="K116" s="15">
         <v>0.01624</v>
       </c>
       <c r="L116" s="15">
         <v>0.00587</v>
       </c>
       <c r="M116" s="15">
         <v>0.00535</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="E117" s="15">
         <v>10080010418</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I117" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J117" s="15">
         <v>4000</v>
       </c>
       <c r="K117" s="15">
         <v>0.01304</v>
       </c>
       <c r="L117" s="15">
         <v>0.00705</v>
       </c>
       <c r="M117" s="15">
         <v>0.00636</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E118" s="15">
         <v>10080039386</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H118" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I118" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J118" s="15">
         <v>4000</v>
       </c>
       <c r="K118" s="15">
         <v>0.01498</v>
       </c>
       <c r="L118" s="15">
         <v>0.00645</v>
       </c>
       <c r="M118" s="15">
         <v>0.00587</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E119" s="15">
         <v>10080013499</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I119" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J119" s="15">
         <v>4000</v>
       </c>
       <c r="K119" s="15">
         <v>0.00185</v>
       </c>
       <c r="L119" s="15">
         <v>0.0016</v>
       </c>
       <c r="M119" s="15">
         <v>0.00154</v>
       </c>
       <c r="N119" s="15">
-        <v>32000</v>
+        <v>28000</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="E120" s="15">
         <v>10080002393</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="J120" s="15">
         <v>4000</v>
       </c>
       <c r="K120" s="15">
         <v>0.01597</v>
       </c>
       <c r="L120" s="15">
         <v>0.00601</v>
       </c>
       <c r="M120" s="15">
         <v>0.00551</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E121" s="15">
         <v>10000009936</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I121" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="J121" s="15">
         <v>4000</v>
       </c>
       <c r="K121" s="15">
         <v>0.01415</v>
       </c>
       <c r="L121" s="15">
         <v>0.00759</v>
       </c>
       <c r="M121" s="15">
         <v>0.00689</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="E122" s="15">
         <v>10080038388</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H122" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I122" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="J122" s="15">
         <v>4000</v>
       </c>
       <c r="K122" s="15">
         <v>0.01498</v>
       </c>
       <c r="L122" s="15">
         <v>0.00645</v>
       </c>
       <c r="M122" s="15">
         <v>0.00587</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E123" s="15">
         <v>10080026782</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I123" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J123" s="15">
         <v>4000</v>
       </c>
       <c r="K123" s="15">
         <v>0.00185</v>
       </c>
       <c r="L123" s="15">
         <v>0.0016</v>
       </c>
       <c r="M123" s="15">
         <v>0.00154</v>
       </c>
       <c r="N123" s="15">
-        <v>40000</v>
+        <v>4000</v>
       </c>
       <c r="O123" s="15">
-        <v>12000</v>
+        <v>8000</v>
       </c>
       <c r="P123" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q123" s="15"/>
       <c r="R123" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E124" s="15">
         <v>10000003285</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H124" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I124" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J124" s="15">
         <v>4000</v>
       </c>
       <c r="K124" s="15">
         <v>28.25</v>
       </c>
       <c r="L124" s="15">
         <v>16.32</v>
       </c>
       <c r="M124" s="15">
         <v>0</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E125" s="15">
         <v>10000020625</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="J125" s="15">
         <v>4000</v>
       </c>
       <c r="K125" s="15">
         <v>0.00348</v>
       </c>
       <c r="L125" s="15">
         <v>0.00215</v>
       </c>
       <c r="M125" s="15">
         <v>0.00215</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="E126" s="15">
         <v>10080007833</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I126" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="J126" s="15">
         <v>4000</v>
       </c>
       <c r="K126" s="15">
         <v>0.00338</v>
       </c>
       <c r="L126" s="15">
         <v>0.00338</v>
       </c>
       <c r="M126" s="15">
         <v>0.00338</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="E127" s="15">
         <v>10080038386</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H127" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I127" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J127" s="15">
         <v>4000</v>
       </c>
       <c r="K127" s="15">
         <v>0.01498</v>
       </c>
       <c r="L127" s="15">
         <v>0.00645</v>
       </c>
       <c r="M127" s="15">
         <v>0.00587</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E128" s="15">
         <v>10080031582</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I128" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J128" s="15">
         <v>4000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0021</v>
       </c>
       <c r="L128" s="15">
         <v>0.00182</v>
       </c>
       <c r="M128" s="15">
         <v>0.00175</v>
       </c>
       <c r="N128" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E129" s="15">
         <v>10080038389</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H129" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I129" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="J129" s="15">
         <v>4000</v>
       </c>
       <c r="K129" s="15">
         <v>0.01375</v>
       </c>
       <c r="L129" s="15">
         <v>0.00559</v>
       </c>
       <c r="M129" s="15">
         <v>0.00506</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E130" s="15">
         <v>10080017148</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I130" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="J130" s="15">
         <v>4000</v>
       </c>
       <c r="K130" s="15">
         <v>0.00194</v>
       </c>
       <c r="L130" s="15">
         <v>0.00168</v>
       </c>
       <c r="M130" s="15">
         <v>0.00161</v>
       </c>
       <c r="N130" s="15">
-        <v>24000</v>
+        <v>16000</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E131" s="15">
         <v>10000029988</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="J131" s="15">
         <v>4000</v>
       </c>
       <c r="K131" s="15">
         <v>0.00658</v>
       </c>
       <c r="L131" s="15">
         <v>0.00549</v>
       </c>
       <c r="M131" s="15">
         <v>0.00527</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E132" s="15">
         <v>10080010420</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I132" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J132" s="15">
         <v>4000</v>
       </c>
       <c r="K132" s="15">
         <v>0.01415</v>
       </c>
       <c r="L132" s="15">
         <v>0.00759</v>
       </c>
       <c r="M132" s="15">
         <v>0.00689</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E133" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H133" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>4000</v>
       </c>
       <c r="K133" s="15">
         <v>0.03105</v>
       </c>
       <c r="L133" s="15">
         <v>0.02588</v>
       </c>
       <c r="M133" s="15">
         <v>0.02484</v>
       </c>
       <c r="N133" s="15"/>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H134" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I134" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J134" s="15">
         <v>4000</v>
       </c>
       <c r="K134" s="15">
         <v>28.25</v>
       </c>
       <c r="L134" s="15">
         <v>16.32</v>
       </c>
       <c r="M134" s="15">
         <v>0</v>
       </c>
       <c r="N134" s="15"/>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E135" s="15">
         <v>10080035820</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I135" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="J135" s="15">
         <v>4000</v>
       </c>
       <c r="K135" s="15">
         <v>0.00188</v>
       </c>
       <c r="L135" s="15">
         <v>0.00163</v>
       </c>
       <c r="M135" s="15">
         <v>0.00156</v>
       </c>
       <c r="N135" s="15">
-        <v>28000</v>
+        <v>20000</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="E136" s="15">
         <v>10000009937</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="J136" s="15">
         <v>4000</v>
       </c>
       <c r="K136" s="15">
         <v>0.01624</v>
       </c>
       <c r="L136" s="15">
         <v>0.00587</v>
       </c>
       <c r="M136" s="15">
         <v>0.00535</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="J137" s="15">
         <v>4000</v>
       </c>
       <c r="K137" s="15">
         <v>0.00362</v>
       </c>
       <c r="L137" s="15">
         <v>0.00242</v>
       </c>
       <c r="M137" s="15">
         <v>0.00227</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E138" s="15">
         <v>10080038390</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H138" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I138" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="J138" s="15">
         <v>4000</v>
       </c>
       <c r="K138" s="15">
         <v>0.01498</v>
       </c>
       <c r="L138" s="15">
         <v>0.00645</v>
       </c>
       <c r="M138" s="15">
         <v>0.00587</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H139" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>4000</v>
       </c>
       <c r="K139" s="15">
         <v>0.002</v>
       </c>
       <c r="L139" s="15">
         <v>0.002</v>
       </c>
       <c r="M139" s="15">
         <v>0.002</v>
       </c>
       <c r="N139" s="15">
         <v>8000</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H140" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I140" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="J140" s="15">
         <v>4000</v>
       </c>
       <c r="K140" s="15">
         <v>0.01868</v>
       </c>
       <c r="L140" s="15">
         <v>0.01567</v>
       </c>
       <c r="M140" s="15">
         <v>0.01506</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H141" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I141" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="J141" s="15">
         <v>4000</v>
       </c>
       <c r="K141" s="15">
         <v>0.00784</v>
       </c>
       <c r="L141" s="15">
         <v>0.00657</v>
       </c>
       <c r="M141" s="15">
         <v>0.00632</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H142" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I142" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="J142" s="15">
         <v>4000</v>
       </c>
       <c r="K142" s="15">
         <v>0.00253</v>
       </c>
       <c r="L142" s="15">
         <v>0.00224</v>
       </c>
       <c r="M142" s="15">
         <v>0.00201</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15">
         <v>16000</v>
       </c>
-      <c r="P142" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>446</v>
       </c>
       <c r="D143" s="15" t="s">
         <v>447</v>
       </c>
       <c r="E143" s="15">
         <v>10080071113</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H143" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I143" s="15" t="s">
         <v>448</v>
       </c>
       <c r="J143" s="15">
         <v>4000</v>
       </c>
       <c r="K143" s="15">
         <v>0.01625</v>
       </c>
       <c r="L143" s="15">
         <v>0.01247</v>
       </c>
       <c r="M143" s="15">
         <v>0.01247</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="144" spans="1:18">
@@ -13850,51 +13853,51 @@
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>458</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>459</v>
       </c>
       <c r="E147" s="15" t="s">
         <v>460</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H147" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I147" s="15" t="s">
         <v>461</v>
       </c>
       <c r="J147" s="15">
         <v>4000</v>
       </c>
       <c r="K147" s="15">
         <v>18.74</v>
       </c>
       <c r="L147" s="15">
         <v>10.82</v>
       </c>
       <c r="M147" s="15">
         <v>9.83</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="148" spans="1:18">
@@ -13911,51 +13914,51 @@
         <v>10080013500</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I148" s="15" t="s">
         <v>464</v>
       </c>
       <c r="J148" s="15">
         <v>4000</v>
       </c>
       <c r="K148" s="15">
         <v>0.0033</v>
       </c>
       <c r="L148" s="15">
         <v>0.0022</v>
       </c>
       <c r="M148" s="15">
         <v>0.0022</v>
       </c>
       <c r="N148" s="15">
-        <v>140000</v>
+        <v>160000</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
         <v>465</v>
       </c>
       <c r="D149" s="15" t="s">
         <v>466</v>
       </c>
       <c r="E149" s="15">
         <v>10000019022</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
         <v>30</v>
       </c>
@@ -14024,69 +14027,69 @@
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D151" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E151" s="15" t="s">
         <v>473</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H151" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I151" s="15" t="s">
         <v>474</v>
       </c>
       <c r="J151" s="15">
         <v>4000</v>
       </c>
       <c r="K151" s="15">
         <v>0.00254</v>
       </c>
       <c r="L151" s="15">
         <v>0.00254</v>
       </c>
       <c r="M151" s="15">
         <v>0.00254</v>
       </c>
       <c r="N151" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
         <v>475</v>
       </c>
       <c r="D152" s="15" t="s">
         <v>476</v>
       </c>
       <c r="E152" s="15" t="s">
         <v>477</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
         <v>30</v>
       </c>
@@ -14155,51 +14158,51 @@
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
         <v>482</v>
       </c>
       <c r="D154" s="15" t="s">
         <v>483</v>
       </c>
       <c r="E154" s="15" t="s">
         <v>484</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H154" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I154" s="15" t="s">
         <v>485</v>
       </c>
       <c r="J154" s="15">
         <v>4000</v>
       </c>
       <c r="K154" s="15">
         <v>0.00254</v>
       </c>
       <c r="L154" s="15">
         <v>0.00254</v>
       </c>
       <c r="M154" s="15">
         <v>0.00254</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="155" spans="1:18">
@@ -14220,51 +14223,51 @@
         <v>30</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I155" s="15" t="s">
         <v>488</v>
       </c>
       <c r="J155" s="15">
         <v>4000</v>
       </c>
       <c r="K155" s="15">
         <v>0.00186</v>
       </c>
       <c r="L155" s="15">
         <v>0.00161</v>
       </c>
       <c r="M155" s="15">
         <v>0.00155</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15">
         <v>8000</v>
       </c>
       <c r="P155" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q155" s="15"/>
       <c r="R155" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
         <v>489</v>
       </c>
       <c r="D156" s="15" t="s">
         <v>490</v>
       </c>
       <c r="E156" s="15" t="s">
         <v>491</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>31</v>
@@ -14288,51 +14291,51 @@
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
         <v>493</v>
       </c>
       <c r="D157" s="15" t="s">
         <v>494</v>
       </c>
       <c r="E157" s="15" t="s">
         <v>495</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H157" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I157" s="15" t="s">
         <v>496</v>
       </c>
       <c r="J157" s="15">
         <v>4000</v>
       </c>
       <c r="K157" s="15">
         <v>0.00685</v>
       </c>
       <c r="L157" s="15">
         <v>0.00685</v>
       </c>
       <c r="M157" s="15">
         <v>0.00685</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="158" spans="1:18">
@@ -14349,51 +14352,51 @@
         <v>10080013501</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I158" s="15" t="s">
         <v>499</v>
       </c>
       <c r="J158" s="15">
         <v>4000</v>
       </c>
       <c r="K158" s="15">
         <v>0.0018</v>
       </c>
       <c r="L158" s="15">
         <v>0.00156</v>
       </c>
       <c r="M158" s="15">
         <v>0.0015</v>
       </c>
       <c r="N158" s="15">
-        <v>144000</v>
+        <v>108000</v>
       </c>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
         <v>500</v>
       </c>
       <c r="D159" s="15" t="s">
         <v>501</v>
       </c>
       <c r="E159" s="15">
         <v>10000020626</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>30</v>
       </c>
@@ -14462,51 +14465,51 @@
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
         <v>506</v>
       </c>
       <c r="D161" s="15" t="s">
         <v>507</v>
       </c>
       <c r="E161" s="15">
         <v>10080038391</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H161" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I161" s="15" t="s">
         <v>508</v>
       </c>
       <c r="J161" s="15">
         <v>4000</v>
       </c>
       <c r="K161" s="15">
         <v>0.01375</v>
       </c>
       <c r="L161" s="15">
         <v>0.00559</v>
       </c>
       <c r="M161" s="15">
         <v>0.00506</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="162" spans="1:18">
@@ -14636,51 +14639,51 @@
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
         <v>519</v>
       </c>
       <c r="D165" s="15" t="s">
         <v>520</v>
       </c>
       <c r="E165" s="15" t="s">
         <v>521</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H165" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I165" s="15" t="s">
         <v>522</v>
       </c>
       <c r="J165" s="15">
         <v>4000</v>
       </c>
       <c r="K165" s="15">
         <v>0.00315</v>
       </c>
       <c r="L165" s="15">
         <v>0.00273</v>
       </c>
       <c r="M165" s="15">
         <v>0.00263</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="166" spans="1:18">
@@ -14722,96 +14725,96 @@
       <c r="O166" s="15"/>
       <c r="P166" s="15"/>
       <c r="Q166" s="15"/>
       <c r="R166" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="167" spans="1:18">
       <c r="B167" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C167" s="15" t="s">
         <v>526</v>
       </c>
       <c r="D167" s="15" t="s">
         <v>527</v>
       </c>
       <c r="E167" s="15" t="s">
         <v>528</v>
       </c>
       <c r="F167" s="15"/>
       <c r="G167" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H167" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I167" s="15" t="s">
         <v>529</v>
       </c>
       <c r="J167" s="15">
         <v>4000</v>
       </c>
       <c r="K167" s="15">
         <v>0.00276</v>
       </c>
       <c r="L167" s="15">
         <v>0.00231</v>
       </c>
       <c r="M167" s="15">
         <v>0.00223</v>
       </c>
       <c r="N167" s="15">
         <v>12000</v>
       </c>
       <c r="O167" s="15"/>
       <c r="P167" s="15"/>
       <c r="Q167" s="15"/>
       <c r="R167" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="168" spans="1:18">
       <c r="B168" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C168" s="15" t="s">
         <v>530</v>
       </c>
       <c r="D168" s="15" t="s">
         <v>531</v>
       </c>
       <c r="E168" s="15" t="s">
         <v>532</v>
       </c>
       <c r="F168" s="15"/>
       <c r="G168" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H168" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I168" s="15" t="s">
         <v>533</v>
       </c>
       <c r="J168" s="15">
         <v>4000</v>
       </c>
       <c r="K168" s="15">
         <v>0.00589</v>
       </c>
       <c r="L168" s="15">
         <v>0.0049</v>
       </c>
       <c r="M168" s="15">
         <v>0.00472</v>
       </c>
       <c r="N168" s="15"/>
       <c r="O168" s="15"/>
       <c r="P168" s="15"/>
       <c r="Q168" s="15"/>
       <c r="R168" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="169" spans="1:18">
@@ -14853,94 +14856,94 @@
       <c r="O169" s="15"/>
       <c r="P169" s="15"/>
       <c r="Q169" s="15"/>
       <c r="R169" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="170" spans="1:18">
       <c r="B170" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C170" s="15" t="s">
         <v>537</v>
       </c>
       <c r="D170" s="15" t="s">
         <v>538</v>
       </c>
       <c r="E170" s="15" t="s">
         <v>539</v>
       </c>
       <c r="F170" s="15"/>
       <c r="G170" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H170" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I170" s="15" t="s">
         <v>540</v>
       </c>
       <c r="J170" s="15">
         <v>4000</v>
       </c>
       <c r="K170" s="15">
         <v>0.00595</v>
       </c>
       <c r="L170" s="15">
         <v>0.005</v>
       </c>
       <c r="M170" s="15">
         <v>0.0048</v>
       </c>
       <c r="N170" s="15"/>
       <c r="O170" s="15"/>
       <c r="P170" s="15"/>
       <c r="Q170" s="15"/>
       <c r="R170" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="171" spans="1:18">
       <c r="B171" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C171" s="15" t="s">
         <v>541</v>
       </c>
       <c r="D171" s="15" t="s">
         <v>542</v>
       </c>
       <c r="E171" s="15" t="s">
         <v>543</v>
       </c>
       <c r="F171" s="15"/>
       <c r="G171" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H171" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I171" s="15" t="s">
         <v>544</v>
       </c>
       <c r="J171" s="15">
         <v>4000</v>
       </c>
       <c r="K171" s="15">
         <v>0.00363</v>
       </c>
       <c r="L171" s="15">
         <v>0.00315</v>
       </c>
       <c r="M171" s="15">
         <v>0.00303</v>
       </c>
       <c r="N171" s="15"/>
       <c r="O171" s="15">
         <v>8000</v>
       </c>
       <c r="P171" s="15" t="s">
         <v>545</v>
       </c>
       <c r="Q171" s="15"/>
       <c r="R171" t="s">
@@ -14986,94 +14989,94 @@
       <c r="O172" s="15"/>
       <c r="P172" s="15"/>
       <c r="Q172" s="15"/>
       <c r="R172" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="173" spans="1:18">
       <c r="B173" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C173" s="15" t="s">
         <v>549</v>
       </c>
       <c r="D173" s="15" t="s">
         <v>550</v>
       </c>
       <c r="E173" s="15">
         <v>10080034408</v>
       </c>
       <c r="F173" s="15"/>
       <c r="G173" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H173" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I173" s="15" t="s">
         <v>551</v>
       </c>
       <c r="J173" s="15">
         <v>4000</v>
       </c>
       <c r="K173" s="15">
         <v>0.02539</v>
       </c>
       <c r="L173" s="15">
         <v>0.01027</v>
       </c>
       <c r="M173" s="15">
         <v>0.00936</v>
       </c>
       <c r="N173" s="15"/>
       <c r="O173" s="15"/>
       <c r="P173" s="15"/>
       <c r="Q173" s="15"/>
       <c r="R173" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="174" spans="1:18">
       <c r="B174" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C174" s="15" t="s">
         <v>552</v>
       </c>
       <c r="D174" s="15" t="s">
         <v>553</v>
       </c>
       <c r="E174" s="15">
         <v>10080064071</v>
       </c>
       <c r="F174" s="15"/>
       <c r="G174" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H174" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I174" s="15" t="s">
         <v>554</v>
       </c>
       <c r="J174" s="15">
         <v>4000</v>
       </c>
       <c r="K174" s="15">
         <v>0.00248</v>
       </c>
       <c r="L174" s="15">
         <v>0.00248</v>
       </c>
       <c r="M174" s="15">
         <v>0.00248</v>
       </c>
       <c r="N174" s="15"/>
       <c r="O174" s="15"/>
       <c r="P174" s="15"/>
       <c r="Q174" s="15"/>
       <c r="R174" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="175" spans="1:18">
@@ -15158,70 +15161,68 @@
       <c r="O176" s="15"/>
       <c r="P176" s="15"/>
       <c r="Q176" s="15"/>
       <c r="R176" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="177" spans="1:18">
       <c r="B177" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C177" s="15" t="s">
         <v>561</v>
       </c>
       <c r="D177" s="15" t="s">
         <v>562</v>
       </c>
       <c r="E177" s="15" t="s">
         <v>563</v>
       </c>
       <c r="F177" s="15"/>
       <c r="G177" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H177" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I177" s="15" t="s">
         <v>564</v>
       </c>
       <c r="J177" s="15">
         <v>4000</v>
       </c>
       <c r="K177" s="15">
         <v>0.00265</v>
       </c>
       <c r="L177" s="15">
         <v>0.00253</v>
       </c>
       <c r="M177" s="15">
         <v>0.00253</v>
       </c>
-      <c r="N177" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N177" s="15"/>
       <c r="O177" s="15"/>
       <c r="P177" s="15"/>
       <c r="Q177" s="15"/>
       <c r="R177" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="178" spans="1:18">
       <c r="B178" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C178" s="15" t="s">
         <v>565</v>
       </c>
       <c r="D178" s="15" t="s">
         <v>566</v>
       </c>
       <c r="E178" s="15">
         <v>10000018927</v>
       </c>
       <c r="F178" s="15"/>
       <c r="G178" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H178" s="15" t="s">
@@ -15336,51 +15337,51 @@
       <c r="O180" s="15"/>
       <c r="P180" s="15"/>
       <c r="Q180" s="15"/>
       <c r="R180" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="181" spans="1:18">
       <c r="B181" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C181" s="15" t="s">
         <v>574</v>
       </c>
       <c r="D181" s="15" t="s">
         <v>575</v>
       </c>
       <c r="E181" s="15" t="s">
         <v>576</v>
       </c>
       <c r="F181" s="15"/>
       <c r="G181" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H181" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I181" s="15" t="s">
         <v>577</v>
       </c>
       <c r="J181" s="15">
         <v>4000</v>
       </c>
       <c r="K181" s="15">
         <v>0.00462</v>
       </c>
       <c r="L181" s="15">
         <v>0.004</v>
       </c>
       <c r="M181" s="15">
         <v>0.00385</v>
       </c>
       <c r="N181" s="15"/>
       <c r="O181" s="15"/>
       <c r="P181" s="15"/>
       <c r="Q181" s="15"/>
       <c r="R181" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="182" spans="1:18">
@@ -15397,82 +15398,82 @@
         <v>10080002911</v>
       </c>
       <c r="F182" s="15"/>
       <c r="G182" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H182" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I182" s="15" t="s">
         <v>580</v>
       </c>
       <c r="J182" s="15">
         <v>4000</v>
       </c>
       <c r="K182" s="15">
         <v>0.00275</v>
       </c>
       <c r="L182" s="15">
         <v>0.00238</v>
       </c>
       <c r="M182" s="15">
         <v>0.00229</v>
       </c>
       <c r="N182" s="15">
-        <v>40000</v>
+        <v>36000</v>
       </c>
       <c r="O182" s="15">
         <v>16000</v>
       </c>
       <c r="P182" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q182" s="15"/>
       <c r="R182" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="183" spans="1:18">
       <c r="B183" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C183" s="15" t="s">
         <v>581</v>
       </c>
       <c r="D183" s="15" t="s">
         <v>582</v>
       </c>
       <c r="E183" s="15" t="s">
         <v>583</v>
       </c>
       <c r="F183" s="15"/>
       <c r="G183" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H183" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I183" s="15" t="s">
         <v>584</v>
       </c>
       <c r="J183" s="15">
         <v>4000</v>
       </c>
       <c r="K183" s="15">
         <v>0.00314</v>
       </c>
       <c r="L183" s="15">
         <v>0.00314</v>
       </c>
       <c r="M183" s="15">
         <v>0.00314</v>
       </c>
       <c r="N183" s="15"/>
       <c r="O183" s="15"/>
       <c r="P183" s="15"/>
       <c r="Q183" s="15"/>
       <c r="R183" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="184" spans="1:18">
@@ -15489,51 +15490,51 @@
         <v>10000015621</v>
       </c>
       <c r="F184" s="15"/>
       <c r="G184" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H184" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I184" s="15" t="s">
         <v>587</v>
       </c>
       <c r="J184" s="15">
         <v>4000</v>
       </c>
       <c r="K184" s="15">
         <v>0.00501</v>
       </c>
       <c r="L184" s="15">
         <v>0.0042</v>
       </c>
       <c r="M184" s="15">
         <v>0.00404</v>
       </c>
       <c r="N184" s="15">
-        <v>120000</v>
+        <v>152000</v>
       </c>
       <c r="O184" s="15"/>
       <c r="P184" s="15"/>
       <c r="Q184" s="15"/>
       <c r="R184" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="185" spans="1:18">
       <c r="B185" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C185" s="15" t="s">
         <v>588</v>
       </c>
       <c r="D185" s="15" t="s">
         <v>589</v>
       </c>
       <c r="E185" s="15">
         <v>10080008950</v>
       </c>
       <c r="F185" s="15"/>
       <c r="G185" s="15" t="s">
         <v>30</v>
       </c>
@@ -15602,94 +15603,94 @@
       <c r="O186" s="15"/>
       <c r="P186" s="15"/>
       <c r="Q186" s="15"/>
       <c r="R186" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="187" spans="1:18">
       <c r="B187" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C187" s="15" t="s">
         <v>595</v>
       </c>
       <c r="D187" s="15" t="s">
         <v>596</v>
       </c>
       <c r="E187" s="15">
         <v>10080025931</v>
       </c>
       <c r="F187" s="15"/>
       <c r="G187" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H187" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I187" s="15" t="s">
         <v>597</v>
       </c>
       <c r="J187" s="15">
         <v>4000</v>
       </c>
       <c r="K187" s="15">
         <v>0.02207</v>
       </c>
       <c r="L187" s="15">
         <v>0.007990000000000001</v>
       </c>
       <c r="M187" s="15">
         <v>0.00725</v>
       </c>
       <c r="N187" s="15"/>
       <c r="O187" s="15"/>
       <c r="P187" s="15"/>
       <c r="Q187" s="15"/>
       <c r="R187" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="188" spans="1:18">
       <c r="B188" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C188" s="15" t="s">
         <v>598</v>
       </c>
       <c r="D188" s="15" t="s">
         <v>599</v>
       </c>
       <c r="E188" s="15" t="s">
         <v>600</v>
       </c>
       <c r="F188" s="15"/>
       <c r="G188" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H188" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I188" s="15" t="s">
         <v>601</v>
       </c>
       <c r="J188" s="15">
         <v>4000</v>
       </c>
       <c r="K188" s="15">
         <v>0.00261</v>
       </c>
       <c r="L188" s="15">
         <v>0.00261</v>
       </c>
       <c r="M188" s="15">
         <v>0.00261</v>
       </c>
       <c r="N188" s="15"/>
       <c r="O188" s="15"/>
       <c r="P188" s="15"/>
       <c r="Q188" s="15"/>
       <c r="R188" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="189" spans="1:18">
@@ -15731,94 +15732,94 @@
       <c r="O189" s="15"/>
       <c r="P189" s="15"/>
       <c r="Q189" s="15"/>
       <c r="R189" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:18">
       <c r="B190" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C190" s="15" t="s">
         <v>605</v>
       </c>
       <c r="D190" s="15" t="s">
         <v>606</v>
       </c>
       <c r="E190" s="15" t="s">
         <v>607</v>
       </c>
       <c r="F190" s="15"/>
       <c r="G190" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H190" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I190" s="15" t="s">
         <v>608</v>
       </c>
       <c r="J190" s="15">
         <v>4000</v>
       </c>
       <c r="K190" s="15">
         <v>0.00356</v>
       </c>
       <c r="L190" s="15">
         <v>0.00356</v>
       </c>
       <c r="M190" s="15">
         <v>0.00356</v>
       </c>
       <c r="N190" s="15"/>
       <c r="O190" s="15"/>
       <c r="P190" s="15"/>
       <c r="Q190" s="15"/>
       <c r="R190" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="191" spans="1:18">
       <c r="B191" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C191" s="15" t="s">
         <v>609</v>
       </c>
       <c r="D191" s="15" t="s">
         <v>610</v>
       </c>
       <c r="E191" s="15" t="s">
         <v>611</v>
       </c>
       <c r="F191" s="15"/>
       <c r="G191" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H191" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I191" s="15" t="s">
         <v>612</v>
       </c>
       <c r="J191" s="15">
         <v>4000</v>
       </c>
       <c r="K191" s="15">
         <v>0.00497</v>
       </c>
       <c r="L191" s="15">
         <v>0.00359</v>
       </c>
       <c r="M191" s="15">
         <v>0.00314</v>
       </c>
       <c r="N191" s="15"/>
       <c r="O191" s="15"/>
       <c r="P191" s="15"/>
       <c r="Q191" s="15"/>
       <c r="R191" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="192" spans="1:18">
@@ -15860,96 +15861,96 @@
       <c r="O192" s="15"/>
       <c r="P192" s="15"/>
       <c r="Q192" s="15"/>
       <c r="R192" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="193" spans="1:18">
       <c r="B193" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C193" s="15" t="s">
         <v>616</v>
       </c>
       <c r="D193" s="15" t="s">
         <v>617</v>
       </c>
       <c r="E193" s="15" t="s">
         <v>618</v>
       </c>
       <c r="F193" s="15"/>
       <c r="G193" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H193" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I193" s="15" t="s">
         <v>619</v>
       </c>
       <c r="J193" s="15">
         <v>4000</v>
       </c>
       <c r="K193" s="15">
         <v>0.00344</v>
       </c>
       <c r="L193" s="15">
         <v>0.00298</v>
       </c>
       <c r="M193" s="15">
         <v>0.00286</v>
       </c>
       <c r="N193" s="15">
         <v>8000</v>
       </c>
       <c r="O193" s="15"/>
       <c r="P193" s="15"/>
       <c r="Q193" s="15"/>
       <c r="R193" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="194" spans="1:18">
       <c r="B194" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C194" s="15" t="s">
         <v>620</v>
       </c>
       <c r="D194" s="15" t="s">
         <v>621</v>
       </c>
       <c r="E194" s="15" t="s">
         <v>622</v>
       </c>
       <c r="F194" s="15"/>
       <c r="G194" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H194" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I194" s="15" t="s">
         <v>623</v>
       </c>
       <c r="J194" s="15">
         <v>4000</v>
       </c>
       <c r="K194" s="15">
         <v>0.00273</v>
       </c>
       <c r="L194" s="15">
         <v>0.00273</v>
       </c>
       <c r="M194" s="15">
         <v>0.00273</v>
       </c>
       <c r="N194" s="15"/>
       <c r="O194" s="15"/>
       <c r="P194" s="15"/>
       <c r="Q194" s="15"/>
       <c r="R194" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="195" spans="1:18">
@@ -15991,51 +15992,51 @@
       <c r="O195" s="15"/>
       <c r="P195" s="15"/>
       <c r="Q195" s="15"/>
       <c r="R195" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="196" spans="1:18">
       <c r="B196" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C196" s="15" t="s">
         <v>627</v>
       </c>
       <c r="D196" s="15" t="s">
         <v>628</v>
       </c>
       <c r="E196" s="15">
         <v>10080075444</v>
       </c>
       <c r="F196" s="15"/>
       <c r="G196" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H196" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I196" s="15" t="s">
         <v>629</v>
       </c>
       <c r="J196" s="15">
         <v>4000</v>
       </c>
       <c r="K196" s="15">
         <v>0.00544</v>
       </c>
       <c r="L196" s="15">
         <v>0.00393</v>
       </c>
       <c r="M196" s="15">
         <v>0.00344</v>
       </c>
       <c r="N196" s="15">
         <v>12000</v>
       </c>
       <c r="O196" s="15"/>
       <c r="P196" s="15"/>
       <c r="Q196" s="15"/>
       <c r="R196" t="s">
         <v>33</v>
       </c>
@@ -16124,139 +16125,139 @@
       <c r="O198" s="15"/>
       <c r="P198" s="15"/>
       <c r="Q198" s="15"/>
       <c r="R198" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="199" spans="1:18">
       <c r="B199" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C199" s="15" t="s">
         <v>636</v>
       </c>
       <c r="D199" s="15" t="s">
         <v>637</v>
       </c>
       <c r="E199" s="15" t="s">
         <v>638</v>
       </c>
       <c r="F199" s="15"/>
       <c r="G199" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H199" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I199" s="15" t="s">
         <v>639</v>
       </c>
       <c r="J199" s="15">
         <v>4000</v>
       </c>
       <c r="K199" s="15">
         <v>0.00608</v>
       </c>
       <c r="L199" s="15">
         <v>0.00507</v>
       </c>
       <c r="M199" s="15">
         <v>0.00486</v>
       </c>
       <c r="N199" s="15"/>
       <c r="O199" s="15"/>
       <c r="P199" s="15"/>
       <c r="Q199" s="15"/>
       <c r="R199" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="200" spans="1:18">
       <c r="B200" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C200" s="15" t="s">
         <v>640</v>
       </c>
       <c r="D200" s="15" t="s">
         <v>641</v>
       </c>
       <c r="E200" s="15" t="s">
         <v>642</v>
       </c>
       <c r="F200" s="15"/>
       <c r="G200" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H200" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I200" s="15" t="s">
         <v>643</v>
       </c>
       <c r="J200" s="15">
         <v>4000</v>
       </c>
       <c r="K200" s="15">
         <v>0.00334</v>
       </c>
       <c r="L200" s="15">
         <v>0.00334</v>
       </c>
       <c r="M200" s="15">
         <v>0.00334</v>
       </c>
       <c r="N200" s="15">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="O200" s="15"/>
       <c r="P200" s="15"/>
       <c r="Q200" s="15"/>
       <c r="R200" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="201" spans="1:18">
       <c r="B201" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C201" s="15" t="s">
         <v>644</v>
       </c>
       <c r="D201" s="15" t="s">
         <v>645</v>
       </c>
       <c r="E201" s="15" t="s">
         <v>646</v>
       </c>
       <c r="F201" s="15"/>
       <c r="G201" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H201" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I201" s="15" t="s">
         <v>647</v>
       </c>
       <c r="J201" s="15">
         <v>4000</v>
       </c>
       <c r="K201" s="15">
         <v>0.00365</v>
       </c>
       <c r="L201" s="15">
         <v>0.00316</v>
       </c>
       <c r="M201" s="15">
         <v>0.00304</v>
       </c>
       <c r="N201" s="15"/>
       <c r="O201" s="15"/>
       <c r="P201" s="15"/>
       <c r="Q201" s="15"/>
       <c r="R201" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="202" spans="1:18">
@@ -16384,94 +16385,94 @@
       <c r="O204" s="15"/>
       <c r="P204" s="15"/>
       <c r="Q204" s="15"/>
       <c r="R204" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="205" spans="1:18">
       <c r="B205" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C205" s="15" t="s">
         <v>657</v>
       </c>
       <c r="D205" s="15" t="s">
         <v>658</v>
       </c>
       <c r="E205" s="15" t="s">
         <v>659</v>
       </c>
       <c r="F205" s="15"/>
       <c r="G205" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H205" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I205" s="15" t="s">
         <v>660</v>
       </c>
       <c r="J205" s="15">
         <v>4000</v>
       </c>
       <c r="K205" s="15">
         <v>0.00691</v>
       </c>
       <c r="L205" s="15">
         <v>0.005</v>
       </c>
       <c r="M205" s="15">
         <v>0.00436</v>
       </c>
       <c r="N205" s="15"/>
       <c r="O205" s="15"/>
       <c r="P205" s="15"/>
       <c r="Q205" s="15"/>
       <c r="R205" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="206" spans="1:18">
       <c r="B206" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C206" s="15" t="s">
         <v>661</v>
       </c>
       <c r="D206" s="15" t="s">
         <v>662</v>
       </c>
       <c r="E206" s="15">
         <v>10080032539</v>
       </c>
       <c r="F206" s="15"/>
       <c r="G206" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H206" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I206" s="15" t="s">
         <v>663</v>
       </c>
       <c r="J206" s="15">
         <v>4000</v>
       </c>
       <c r="K206" s="15">
         <v>0.02552</v>
       </c>
       <c r="L206" s="15">
         <v>0.01035</v>
       </c>
       <c r="M206" s="15">
         <v>0.0094</v>
       </c>
       <c r="N206" s="15"/>
       <c r="O206" s="15"/>
       <c r="P206" s="15"/>
       <c r="Q206" s="15"/>
       <c r="R206" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="207" spans="1:18">
@@ -16515,51 +16516,51 @@
       <c r="O207" s="15"/>
       <c r="P207" s="15"/>
       <c r="Q207" s="15"/>
       <c r="R207" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="208" spans="1:18">
       <c r="B208" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C208" s="15" t="s">
         <v>667</v>
       </c>
       <c r="D208" s="15" t="s">
         <v>668</v>
       </c>
       <c r="E208" s="15" t="s">
         <v>669</v>
       </c>
       <c r="F208" s="15"/>
       <c r="G208" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H208" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I208" s="15" t="s">
         <v>670</v>
       </c>
       <c r="J208" s="15">
         <v>4000</v>
       </c>
       <c r="K208" s="15">
         <v>0.00593</v>
       </c>
       <c r="L208" s="15">
         <v>0.0043</v>
       </c>
       <c r="M208" s="15">
         <v>0.00375</v>
       </c>
       <c r="N208" s="15"/>
       <c r="O208" s="15"/>
       <c r="P208" s="15"/>
       <c r="Q208" s="15"/>
       <c r="R208" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="209" spans="1:18">
@@ -16601,96 +16602,96 @@
       <c r="O209" s="15"/>
       <c r="P209" s="15"/>
       <c r="Q209" s="15"/>
       <c r="R209" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="210" spans="1:18">
       <c r="B210" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C210" s="15" t="s">
         <v>674</v>
       </c>
       <c r="D210" s="15" t="s">
         <v>675</v>
       </c>
       <c r="E210" s="15" t="s">
         <v>676</v>
       </c>
       <c r="F210" s="15"/>
       <c r="G210" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H210" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I210" s="15" t="s">
         <v>677</v>
       </c>
       <c r="J210" s="15">
         <v>4000</v>
       </c>
       <c r="K210" s="15">
         <v>0.00595</v>
       </c>
       <c r="L210" s="15">
         <v>0.0043</v>
       </c>
       <c r="M210" s="15">
         <v>0.00375</v>
       </c>
       <c r="N210" s="15">
         <v>4000</v>
       </c>
       <c r="O210" s="15"/>
       <c r="P210" s="15"/>
       <c r="Q210" s="15"/>
       <c r="R210" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="211" spans="1:18">
       <c r="B211" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C211" s="15" t="s">
         <v>678</v>
       </c>
       <c r="D211" s="15" t="s">
         <v>679</v>
       </c>
       <c r="E211" s="15">
         <v>10000021355</v>
       </c>
       <c r="F211" s="15"/>
       <c r="G211" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H211" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I211" s="15" t="s">
         <v>680</v>
       </c>
       <c r="J211" s="15">
         <v>4000</v>
       </c>
       <c r="K211" s="15">
         <v>0.00313</v>
       </c>
       <c r="L211" s="15">
         <v>0.00313</v>
       </c>
       <c r="M211" s="15">
         <v>0.00313</v>
       </c>
       <c r="N211" s="15"/>
       <c r="O211" s="15"/>
       <c r="P211" s="15"/>
       <c r="Q211" s="15"/>
       <c r="R211" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="212" spans="1:18">
@@ -16732,51 +16733,51 @@
       <c r="O212" s="15"/>
       <c r="P212" s="15"/>
       <c r="Q212" s="15"/>
       <c r="R212" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="213" spans="1:18">
       <c r="B213" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C213" s="15" t="s">
         <v>684</v>
       </c>
       <c r="D213" s="15" t="s">
         <v>685</v>
       </c>
       <c r="E213" s="15">
         <v>10080075472</v>
       </c>
       <c r="F213" s="15"/>
       <c r="G213" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H213" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I213" s="15" t="s">
         <v>686</v>
       </c>
       <c r="J213" s="15">
         <v>4000</v>
       </c>
       <c r="K213" s="15">
         <v>0.00247</v>
       </c>
       <c r="L213" s="15">
         <v>0.00237</v>
       </c>
       <c r="M213" s="15">
         <v>0.00227</v>
       </c>
       <c r="N213" s="15"/>
       <c r="O213" s="15"/>
       <c r="P213" s="15"/>
       <c r="Q213" s="15"/>
       <c r="R213" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="214" spans="1:18">
@@ -16820,94 +16821,94 @@
       <c r="O214" s="15"/>
       <c r="P214" s="15"/>
       <c r="Q214" s="15"/>
       <c r="R214" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="215" spans="1:18">
       <c r="B215" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C215" s="15" t="s">
         <v>690</v>
       </c>
       <c r="D215" s="15" t="s">
         <v>691</v>
       </c>
       <c r="E215" s="15">
         <v>10080039367</v>
       </c>
       <c r="F215" s="15"/>
       <c r="G215" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H215" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I215" s="15" t="s">
         <v>692</v>
       </c>
       <c r="J215" s="15">
         <v>4000</v>
       </c>
       <c r="K215" s="15">
         <v>0.03013</v>
       </c>
       <c r="L215" s="15">
         <v>0.01087</v>
       </c>
       <c r="M215" s="15">
         <v>0.00988</v>
       </c>
       <c r="N215" s="15"/>
       <c r="O215" s="15"/>
       <c r="P215" s="15"/>
       <c r="Q215" s="15"/>
       <c r="R215" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="216" spans="1:18">
       <c r="B216" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C216" s="15" t="s">
         <v>693</v>
       </c>
       <c r="D216" s="15" t="s">
         <v>694</v>
       </c>
       <c r="E216" s="15" t="s">
         <v>695</v>
       </c>
       <c r="F216" s="15"/>
       <c r="G216" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H216" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I216" s="15" t="s">
         <v>696</v>
       </c>
       <c r="J216" s="15">
         <v>4000</v>
       </c>
       <c r="K216" s="15">
         <v>0.00476</v>
       </c>
       <c r="L216" s="15">
         <v>0.00399</v>
       </c>
       <c r="M216" s="15">
         <v>0.00384</v>
       </c>
       <c r="N216" s="15">
         <v>20000</v>
       </c>
       <c r="O216" s="15"/>
       <c r="P216" s="15"/>
       <c r="Q216" s="15"/>
       <c r="R216" t="s">
         <v>33</v>
       </c>
@@ -16953,69 +16954,69 @@
       <c r="O217" s="15"/>
       <c r="P217" s="15"/>
       <c r="Q217" s="15"/>
       <c r="R217" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="218" spans="1:18">
       <c r="B218" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C218" s="15" t="s">
         <v>701</v>
       </c>
       <c r="D218" s="15" t="s">
         <v>702</v>
       </c>
       <c r="E218" s="15" t="s">
         <v>703</v>
       </c>
       <c r="F218" s="15"/>
       <c r="G218" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H218" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I218" s="15" t="s">
         <v>704</v>
       </c>
       <c r="J218" s="15">
         <v>4000</v>
       </c>
       <c r="K218" s="15">
         <v>0.00738</v>
       </c>
       <c r="L218" s="15">
         <v>0.00535</v>
       </c>
       <c r="M218" s="15">
         <v>0.00467</v>
       </c>
       <c r="N218" s="15">
-        <v>12000</v>
+        <v>8000</v>
       </c>
       <c r="O218" s="15"/>
       <c r="P218" s="15"/>
       <c r="Q218" s="15"/>
       <c r="R218" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="219" spans="1:18">
       <c r="B219" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C219" s="15" t="s">
         <v>705</v>
       </c>
       <c r="D219" s="15" t="s">
         <v>706</v>
       </c>
       <c r="E219" s="15">
         <v>10080066246</v>
       </c>
       <c r="F219" s="15"/>
       <c r="G219" s="15" t="s">
         <v>30</v>
       </c>
@@ -17041,51 +17042,51 @@
       <c r="O219" s="15"/>
       <c r="P219" s="15"/>
       <c r="Q219" s="15"/>
       <c r="R219" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="220" spans="1:18">
       <c r="B220" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C220" s="15" t="s">
         <v>708</v>
       </c>
       <c r="D220" s="15" t="s">
         <v>709</v>
       </c>
       <c r="E220" s="15">
         <v>10080031524</v>
       </c>
       <c r="F220" s="15"/>
       <c r="G220" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H220" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I220" s="15" t="s">
         <v>710</v>
       </c>
       <c r="J220" s="15">
         <v>4000</v>
       </c>
       <c r="K220" s="15">
         <v>0.00353</v>
       </c>
       <c r="L220" s="15">
         <v>0.00353</v>
       </c>
       <c r="M220" s="15">
         <v>0.00353</v>
       </c>
       <c r="N220" s="15"/>
       <c r="O220" s="15"/>
       <c r="P220" s="15"/>
       <c r="Q220" s="15"/>
       <c r="R220" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="221" spans="1:18">
@@ -17172,51 +17173,51 @@
       <c r="O222" s="15"/>
       <c r="P222" s="15"/>
       <c r="Q222" s="15"/>
       <c r="R222" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="223" spans="1:18">
       <c r="B223" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C223" s="15" t="s">
         <v>717</v>
       </c>
       <c r="D223" s="15" t="s">
         <v>718</v>
       </c>
       <c r="E223" s="15" t="s">
         <v>719</v>
       </c>
       <c r="F223" s="15"/>
       <c r="G223" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H223" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I223" s="15" t="s">
         <v>720</v>
       </c>
       <c r="J223" s="15">
         <v>4000</v>
       </c>
       <c r="K223" s="15">
         <v>0.00451</v>
       </c>
       <c r="L223" s="15">
         <v>0.00378</v>
       </c>
       <c r="M223" s="15">
         <v>0.00364</v>
       </c>
       <c r="N223" s="15"/>
       <c r="O223" s="15"/>
       <c r="P223" s="15"/>
       <c r="Q223" s="15"/>
       <c r="R223" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="224" spans="1:18">
@@ -17305,96 +17306,96 @@
       <c r="O225" s="15"/>
       <c r="P225" s="15"/>
       <c r="Q225" s="15"/>
       <c r="R225" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="226" spans="1:18">
       <c r="B226" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C226" s="15" t="s">
         <v>727</v>
       </c>
       <c r="D226" s="15" t="s">
         <v>728</v>
       </c>
       <c r="E226" s="15" t="s">
         <v>729</v>
       </c>
       <c r="F226" s="15"/>
       <c r="G226" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H226" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I226" s="15" t="s">
         <v>730</v>
       </c>
       <c r="J226" s="15">
         <v>4000</v>
       </c>
       <c r="K226" s="15">
         <v>0.01495</v>
       </c>
       <c r="L226" s="15">
         <v>0.01072</v>
       </c>
       <c r="M226" s="15">
         <v>0.00932</v>
       </c>
       <c r="N226" s="15">
         <v>4000</v>
       </c>
       <c r="O226" s="15"/>
       <c r="P226" s="15"/>
       <c r="Q226" s="15"/>
       <c r="R226" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="227" spans="1:18">
       <c r="B227" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C227" s="15" t="s">
         <v>731</v>
       </c>
       <c r="D227" s="15" t="s">
         <v>732</v>
       </c>
       <c r="E227" s="15">
         <v>10080031525</v>
       </c>
       <c r="F227" s="15"/>
       <c r="G227" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H227" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I227" s="15" t="s">
         <v>733</v>
       </c>
       <c r="J227" s="15">
         <v>4000</v>
       </c>
       <c r="K227" s="15">
         <v>0.00427</v>
       </c>
       <c r="L227" s="15">
         <v>0.00427</v>
       </c>
       <c r="M227" s="15">
         <v>0.00427</v>
       </c>
       <c r="N227" s="15"/>
       <c r="O227" s="15"/>
       <c r="P227" s="15"/>
       <c r="Q227" s="15"/>
       <c r="R227" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="228" spans="1:18">
@@ -17481,96 +17482,96 @@
       <c r="O229" s="15"/>
       <c r="P229" s="15"/>
       <c r="Q229" s="15"/>
       <c r="R229" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="230" spans="1:18">
       <c r="B230" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C230" s="15" t="s">
         <v>741</v>
       </c>
       <c r="D230" s="15" t="s">
         <v>742</v>
       </c>
       <c r="E230" s="15" t="s">
         <v>743</v>
       </c>
       <c r="F230" s="15"/>
       <c r="G230" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H230" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I230" s="15" t="s">
         <v>744</v>
       </c>
       <c r="J230" s="15">
         <v>4000</v>
       </c>
       <c r="K230" s="15">
         <v>0.00286</v>
       </c>
       <c r="L230" s="15">
         <v>0.00286</v>
       </c>
       <c r="M230" s="15">
         <v>0.00286</v>
       </c>
       <c r="N230" s="15">
         <v>8000</v>
       </c>
       <c r="O230" s="15"/>
       <c r="P230" s="15"/>
       <c r="Q230" s="15"/>
       <c r="R230" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="231" spans="1:18">
       <c r="B231" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C231" s="15" t="s">
         <v>745</v>
       </c>
       <c r="D231" s="15" t="s">
         <v>746</v>
       </c>
       <c r="E231" s="15" t="s">
         <v>747</v>
       </c>
       <c r="F231" s="15"/>
       <c r="G231" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H231" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I231" s="15" t="s">
         <v>748</v>
       </c>
       <c r="J231" s="15"/>
       <c r="K231" s="15">
         <v>0.00658</v>
       </c>
       <c r="L231" s="15">
         <v>0.00549</v>
       </c>
       <c r="M231" s="15">
         <v>0.00527</v>
       </c>
       <c r="N231" s="15"/>
       <c r="O231" s="15"/>
       <c r="P231" s="15"/>
       <c r="Q231" s="15"/>
       <c r="R231" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="232" spans="1:18">
       <c r="B232" s="14" t="s">
         <v>26</v>
@@ -17653,51 +17654,51 @@
       <c r="O233" s="15"/>
       <c r="P233" s="15"/>
       <c r="Q233" s="15"/>
       <c r="R233" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="234" spans="1:18">
       <c r="B234" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C234" s="15" t="s">
         <v>756</v>
       </c>
       <c r="D234" s="15" t="s">
         <v>757</v>
       </c>
       <c r="E234" s="15">
         <v>10080071859</v>
       </c>
       <c r="F234" s="15"/>
       <c r="G234" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H234" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I234" s="15" t="s">
         <v>758</v>
       </c>
       <c r="J234" s="15">
         <v>4000</v>
       </c>
       <c r="K234" s="15">
         <v>0.01185</v>
       </c>
       <c r="L234" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="M234" s="15">
         <v>0.009090000000000001</v>
       </c>
       <c r="N234" s="15">
         <v>8000</v>
       </c>
       <c r="O234" s="15"/>
       <c r="P234" s="15"/>
       <c r="Q234" s="15"/>
       <c r="R234" t="s">
         <v>33</v>
       </c>
@@ -17829,115 +17830,115 @@
       <c r="O237" s="15"/>
       <c r="P237" s="15"/>
       <c r="Q237" s="15"/>
       <c r="R237" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="238" spans="1:18">
       <c r="B238" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C238" s="15" t="s">
         <v>768</v>
       </c>
       <c r="D238" s="15" t="s">
         <v>769</v>
       </c>
       <c r="E238" s="15">
         <v>10080000715</v>
       </c>
       <c r="F238" s="15"/>
       <c r="G238" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H238" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I238" s="15" t="s">
         <v>770</v>
       </c>
       <c r="J238" s="15">
         <v>4000</v>
       </c>
       <c r="K238" s="15">
         <v>0.0322</v>
       </c>
       <c r="L238" s="15">
         <v>0.01304</v>
       </c>
       <c r="M238" s="15">
         <v>0.01185</v>
       </c>
       <c r="N238" s="15"/>
       <c r="O238" s="15"/>
       <c r="P238" s="15"/>
       <c r="Q238" s="15"/>
       <c r="R238" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="239" spans="1:18">
       <c r="B239" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C239" s="15" t="s">
         <v>771</v>
       </c>
       <c r="D239" s="15" t="s">
         <v>772</v>
       </c>
       <c r="E239" s="15" t="s">
         <v>773</v>
       </c>
       <c r="F239" s="15"/>
       <c r="G239" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H239" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I239" s="15" t="s">
         <v>774</v>
       </c>
       <c r="J239" s="15">
         <v>4000</v>
       </c>
       <c r="K239" s="15">
         <v>0.00299</v>
       </c>
       <c r="L239" s="15">
         <v>0.00259</v>
       </c>
       <c r="M239" s="15">
         <v>0.00249</v>
       </c>
       <c r="N239" s="15">
-        <v>48000</v>
+        <v>60000</v>
       </c>
       <c r="O239" s="15">
-        <v>28000</v>
+        <v>36000</v>
       </c>
       <c r="P239" s="15" t="s">
         <v>775</v>
       </c>
       <c r="Q239" s="15"/>
       <c r="R239" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="240" spans="1:18">
       <c r="B240" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C240" s="15" t="s">
         <v>776</v>
       </c>
       <c r="D240" s="15" t="s">
         <v>777</v>
       </c>
       <c r="E240" s="15">
         <v>10000021356</v>
       </c>
       <c r="F240" s="15"/>
       <c r="G240" s="15" t="s">
         <v>30</v>
@@ -18050,266 +18051,266 @@
       <c r="O242" s="15"/>
       <c r="P242" s="15"/>
       <c r="Q242" s="15"/>
       <c r="R242" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="243" spans="1:18">
       <c r="B243" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C243" s="15" t="s">
         <v>785</v>
       </c>
       <c r="D243" s="15" t="s">
         <v>786</v>
       </c>
       <c r="E243" s="15">
         <v>10080033435</v>
       </c>
       <c r="F243" s="15"/>
       <c r="G243" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H243" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I243" s="15" t="s">
         <v>787</v>
       </c>
       <c r="J243" s="15">
         <v>4000</v>
       </c>
       <c r="K243" s="15">
         <v>0.03082</v>
       </c>
       <c r="L243" s="15">
         <v>0.0116</v>
       </c>
       <c r="M243" s="15">
         <v>0.01056</v>
       </c>
       <c r="N243" s="15"/>
       <c r="O243" s="15"/>
       <c r="P243" s="15"/>
       <c r="Q243" s="15"/>
       <c r="R243" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="244" spans="1:18">
       <c r="B244" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C244" s="15" t="s">
         <v>788</v>
       </c>
       <c r="D244" s="15" t="s">
         <v>789</v>
       </c>
       <c r="E244" s="15" t="s">
         <v>790</v>
       </c>
       <c r="F244" s="15"/>
       <c r="G244" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H244" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I244" s="15" t="s">
         <v>791</v>
       </c>
       <c r="J244" s="15">
         <v>4000</v>
       </c>
       <c r="K244" s="15">
         <v>0.00248</v>
       </c>
       <c r="L244" s="15">
         <v>0.00248</v>
       </c>
       <c r="M244" s="15">
         <v>0.00248</v>
       </c>
       <c r="N244" s="15"/>
       <c r="O244" s="15"/>
       <c r="P244" s="15"/>
       <c r="Q244" s="15"/>
       <c r="R244" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="245" spans="1:18">
       <c r="B245" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C245" s="15" t="s">
         <v>792</v>
       </c>
       <c r="D245" s="15" t="s">
         <v>793</v>
       </c>
       <c r="E245" s="15">
         <v>10080017854</v>
       </c>
       <c r="F245" s="15"/>
       <c r="G245" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H245" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I245" s="15" t="s">
         <v>794</v>
       </c>
       <c r="J245" s="15">
         <v>4000</v>
       </c>
       <c r="K245" s="15">
         <v>0.01208</v>
       </c>
       <c r="L245" s="15">
         <v>0.01063</v>
       </c>
       <c r="M245" s="15">
         <v>0.01038</v>
       </c>
       <c r="N245" s="15"/>
       <c r="O245" s="15"/>
       <c r="P245" s="15"/>
       <c r="Q245" s="15"/>
       <c r="R245" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="246" spans="1:18">
       <c r="B246" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C246" s="15" t="s">
         <v>795</v>
       </c>
       <c r="D246" s="15" t="s">
         <v>796</v>
       </c>
       <c r="E246" s="15">
         <v>10080049570</v>
       </c>
       <c r="F246" s="15"/>
       <c r="G246" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H246" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I246" s="15" t="s">
         <v>797</v>
       </c>
       <c r="J246" s="15">
         <v>4000</v>
       </c>
       <c r="K246" s="15">
         <v>0.01027</v>
       </c>
       <c r="L246" s="15">
         <v>0.01027</v>
       </c>
       <c r="M246" s="15">
         <v>0.01027</v>
       </c>
       <c r="N246" s="15"/>
       <c r="O246" s="15"/>
       <c r="P246" s="15"/>
       <c r="Q246" s="15"/>
       <c r="R246" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="247" spans="1:18">
       <c r="B247" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C247" s="15" t="s">
         <v>798</v>
       </c>
       <c r="D247" s="15" t="s">
         <v>799</v>
       </c>
       <c r="E247" s="15" t="s">
         <v>800</v>
       </c>
       <c r="F247" s="15"/>
       <c r="G247" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H247" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I247" s="15" t="s">
         <v>801</v>
       </c>
       <c r="J247" s="15">
         <v>4000</v>
       </c>
       <c r="K247" s="15">
         <v>0.0054</v>
       </c>
       <c r="L247" s="15">
         <v>0.0054</v>
       </c>
       <c r="M247" s="15">
         <v>0.0054</v>
       </c>
       <c r="N247" s="15"/>
       <c r="O247" s="15"/>
       <c r="P247" s="15"/>
       <c r="Q247" s="15"/>
       <c r="R247" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="248" spans="1:18">
       <c r="B248" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C248" s="15" t="s">
         <v>802</v>
       </c>
       <c r="D248" s="15" t="s">
         <v>803</v>
       </c>
       <c r="E248" s="15" t="s">
         <v>804</v>
       </c>
       <c r="F248" s="15"/>
       <c r="G248" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H248" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I248" s="15" t="s">
         <v>805</v>
       </c>
       <c r="J248" s="15">
         <v>4000</v>
       </c>
       <c r="K248" s="15">
         <v>0.01452</v>
       </c>
       <c r="L248" s="15">
         <v>0.01051</v>
       </c>
       <c r="M248" s="15">
         <v>0.009169999999999999</v>
       </c>
       <c r="N248" s="15">
         <v>4000</v>
       </c>
       <c r="O248" s="15"/>
       <c r="P248" s="15"/>
       <c r="Q248" s="15"/>
       <c r="R248" t="s">
         <v>33</v>
       </c>
@@ -18353,94 +18354,94 @@
       <c r="O249" s="15"/>
       <c r="P249" s="15"/>
       <c r="Q249" s="15"/>
       <c r="R249" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="250" spans="1:18">
       <c r="B250" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C250" s="15" t="s">
         <v>810</v>
       </c>
       <c r="D250" s="15" t="s">
         <v>811</v>
       </c>
       <c r="E250" s="15" t="s">
         <v>812</v>
       </c>
       <c r="F250" s="15"/>
       <c r="G250" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H250" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I250" s="15" t="s">
         <v>813</v>
       </c>
       <c r="J250" s="15">
         <v>4000</v>
       </c>
       <c r="K250" s="15">
         <v>0.00494</v>
       </c>
       <c r="L250" s="15">
         <v>0.00474</v>
       </c>
       <c r="M250" s="15">
         <v>0.00453</v>
       </c>
       <c r="N250" s="15"/>
       <c r="O250" s="15"/>
       <c r="P250" s="15"/>
       <c r="Q250" s="15"/>
       <c r="R250" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="251" spans="1:18">
       <c r="B251" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C251" s="15" t="s">
         <v>814</v>
       </c>
       <c r="D251" s="15" t="s">
         <v>815</v>
       </c>
       <c r="E251" s="15">
         <v>10080047069</v>
       </c>
       <c r="F251" s="15"/>
       <c r="G251" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H251" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I251" s="15" t="s">
         <v>816</v>
       </c>
       <c r="J251" s="15">
         <v>4000</v>
       </c>
       <c r="K251" s="15">
         <v>0.10605</v>
       </c>
       <c r="L251" s="15">
         <v>0.0383</v>
       </c>
       <c r="M251" s="15">
         <v>0.03475</v>
       </c>
       <c r="N251" s="15"/>
       <c r="O251" s="15"/>
       <c r="P251" s="15"/>
       <c r="Q251" s="15"/>
       <c r="R251" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="252" spans="1:18">
@@ -18482,180 +18483,180 @@
       <c r="O252" s="15"/>
       <c r="P252" s="15"/>
       <c r="Q252" s="15"/>
       <c r="R252" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="253" spans="1:18">
       <c r="B253" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C253" s="15" t="s">
         <v>820</v>
       </c>
       <c r="D253" s="15" t="s">
         <v>821</v>
       </c>
       <c r="E253" s="15">
         <v>10080033103</v>
       </c>
       <c r="F253" s="15"/>
       <c r="G253" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H253" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I253" s="15" t="s">
         <v>822</v>
       </c>
       <c r="J253" s="15">
         <v>4000</v>
       </c>
       <c r="K253" s="15">
         <v>0.05097</v>
       </c>
       <c r="L253" s="15">
         <v>0.0206</v>
       </c>
       <c r="M253" s="15">
         <v>0.01869</v>
       </c>
       <c r="N253" s="15"/>
       <c r="O253" s="15"/>
       <c r="P253" s="15"/>
       <c r="Q253" s="15"/>
       <c r="R253" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="254" spans="1:18">
       <c r="B254" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C254" s="15" t="s">
         <v>820</v>
       </c>
       <c r="D254" s="15" t="s">
         <v>821</v>
       </c>
       <c r="E254" s="15">
         <v>10080016072</v>
       </c>
       <c r="F254" s="15"/>
       <c r="G254" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H254" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I254" s="15" t="s">
         <v>823</v>
       </c>
       <c r="J254" s="15">
         <v>4000</v>
       </c>
       <c r="K254" s="15">
         <v>0.08051</v>
       </c>
       <c r="L254" s="15">
         <v>0.04073</v>
       </c>
       <c r="M254" s="15">
         <v>0.037</v>
       </c>
       <c r="N254" s="15"/>
       <c r="O254" s="15"/>
       <c r="P254" s="15"/>
       <c r="Q254" s="15"/>
       <c r="R254" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="255" spans="1:18">
       <c r="B255" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C255" s="15" t="s">
         <v>824</v>
       </c>
       <c r="D255" s="15" t="s">
         <v>825</v>
       </c>
       <c r="E255" s="15" t="s">
         <v>826</v>
       </c>
       <c r="F255" s="15"/>
       <c r="G255" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H255" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I255" s="15" t="s">
         <v>827</v>
       </c>
       <c r="J255" s="15">
         <v>4000</v>
       </c>
       <c r="K255" s="15">
         <v>0.01133</v>
       </c>
       <c r="L255" s="15">
         <v>0.008200000000000001</v>
       </c>
       <c r="M255" s="15">
         <v>0.00715</v>
       </c>
       <c r="N255" s="15"/>
       <c r="O255" s="15"/>
       <c r="P255" s="15"/>
       <c r="Q255" s="15"/>
       <c r="R255" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="256" spans="1:18">
       <c r="B256" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C256" s="15" t="s">
         <v>828</v>
       </c>
       <c r="D256" s="15" t="s">
         <v>829</v>
       </c>
       <c r="E256" s="15" t="s">
         <v>830</v>
       </c>
       <c r="F256" s="15"/>
       <c r="G256" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H256" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I256" s="15"/>
       <c r="J256" s="15">
         <v>4000</v>
       </c>
       <c r="K256" s="15">
         <v>0.02252</v>
       </c>
       <c r="L256" s="15">
         <v>0.01889</v>
       </c>
       <c r="M256" s="15">
         <v>0.01816</v>
       </c>
       <c r="N256" s="15"/>
       <c r="O256" s="15"/>
       <c r="P256" s="15"/>
       <c r="Q256" s="15"/>
       <c r="R256" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="257" spans="1:18">
       <c r="B257" s="14" t="s">
         <v>26</v>
@@ -18740,96 +18741,96 @@
       <c r="O258" s="15"/>
       <c r="P258" s="15"/>
       <c r="Q258" s="15"/>
       <c r="R258" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="259" spans="1:18">
       <c r="B259" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C259" s="15" t="s">
         <v>838</v>
       </c>
       <c r="D259" s="15" t="s">
         <v>839</v>
       </c>
       <c r="E259" s="15" t="s">
         <v>840</v>
       </c>
       <c r="F259" s="15"/>
       <c r="G259" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H259" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I259" s="15" t="s">
         <v>841</v>
       </c>
       <c r="J259" s="15">
         <v>4000</v>
       </c>
       <c r="K259" s="15">
         <v>0.01222</v>
       </c>
       <c r="L259" s="15">
         <v>0.008840000000000001</v>
       </c>
       <c r="M259" s="15">
         <v>0.00772</v>
       </c>
       <c r="N259" s="15">
         <v>4000</v>
       </c>
       <c r="O259" s="15"/>
       <c r="P259" s="15"/>
       <c r="Q259" s="15"/>
       <c r="R259" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="260" spans="1:18">
       <c r="B260" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C260" s="15" t="s">
         <v>842</v>
       </c>
       <c r="D260" s="15" t="s">
         <v>843</v>
       </c>
       <c r="E260" s="15">
         <v>10080047070</v>
       </c>
       <c r="F260" s="15"/>
       <c r="G260" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H260" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I260" s="15" t="s">
         <v>844</v>
       </c>
       <c r="J260" s="15">
         <v>4000</v>
       </c>
       <c r="K260" s="15">
         <v>0.10605</v>
       </c>
       <c r="L260" s="15">
         <v>0.0383</v>
       </c>
       <c r="M260" s="15">
         <v>0.03475</v>
       </c>
       <c r="N260" s="15"/>
       <c r="O260" s="15"/>
       <c r="P260" s="15"/>
       <c r="Q260" s="15"/>
       <c r="R260" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="261" spans="1:18">
@@ -18871,94 +18872,94 @@
       <c r="O261" s="15"/>
       <c r="P261" s="15"/>
       <c r="Q261" s="15"/>
       <c r="R261" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="262" spans="1:18">
       <c r="B262" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C262" s="15" t="s">
         <v>849</v>
       </c>
       <c r="D262" s="15" t="s">
         <v>850</v>
       </c>
       <c r="E262" s="15">
         <v>10080075475</v>
       </c>
       <c r="F262" s="15"/>
       <c r="G262" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H262" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I262" s="15" t="s">
         <v>851</v>
       </c>
       <c r="J262" s="15">
         <v>4000</v>
       </c>
       <c r="K262" s="15">
         <v>0.00434</v>
       </c>
       <c r="L262" s="15">
         <v>0.00416</v>
       </c>
       <c r="M262" s="15">
         <v>0.00398</v>
       </c>
       <c r="N262" s="15"/>
       <c r="O262" s="15"/>
       <c r="P262" s="15"/>
       <c r="Q262" s="15"/>
       <c r="R262" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="263" spans="1:18">
       <c r="B263" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C263" s="15" t="s">
         <v>852</v>
       </c>
       <c r="D263" s="15" t="s">
         <v>853</v>
       </c>
       <c r="E263" s="15" t="s">
         <v>854</v>
       </c>
       <c r="F263" s="15"/>
       <c r="G263" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H263" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I263" s="15" t="s">
         <v>855</v>
       </c>
       <c r="J263" s="15">
         <v>4000</v>
       </c>
       <c r="K263" s="15">
         <v>0.13257</v>
       </c>
       <c r="L263" s="15">
         <v>0.05371</v>
       </c>
       <c r="M263" s="15">
         <v>0.04881</v>
       </c>
       <c r="N263" s="15"/>
       <c r="O263" s="15"/>
       <c r="P263" s="15"/>
       <c r="Q263" s="15"/>
       <c r="R263" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="264" spans="1:18">
@@ -18975,121 +18976,123 @@
         <v>10000029896</v>
       </c>
       <c r="F264" s="15"/>
       <c r="G264" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H264" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I264" s="15" t="s">
         <v>858</v>
       </c>
       <c r="J264" s="15">
         <v>4000</v>
       </c>
       <c r="K264" s="15">
         <v>0.01272</v>
       </c>
       <c r="L264" s="15">
         <v>0.00974</v>
       </c>
       <c r="M264" s="15">
         <v>0.00974</v>
       </c>
       <c r="N264" s="15"/>
-      <c r="O264" s="15"/>
+      <c r="O264" s="15">
+        <v>72000</v>
+      </c>
       <c r="P264" s="15" t="s">
         <v>859</v>
       </c>
       <c r="Q264" s="15"/>
       <c r="R264" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="265" spans="1:18">
       <c r="B265" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C265" s="15" t="s">
         <v>860</v>
       </c>
       <c r="D265" s="15" t="s">
         <v>861</v>
       </c>
       <c r="E265" s="15">
         <v>10080016073</v>
       </c>
       <c r="F265" s="15"/>
       <c r="G265" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H265" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I265" s="15" t="s">
         <v>862</v>
       </c>
       <c r="J265" s="15">
         <v>4000</v>
       </c>
       <c r="K265" s="15">
         <v>0.08482000000000001</v>
       </c>
       <c r="L265" s="15">
         <v>0.03064</v>
       </c>
       <c r="M265" s="15">
         <v>0.02782</v>
       </c>
       <c r="N265" s="15"/>
       <c r="O265" s="15"/>
       <c r="P265" s="15"/>
       <c r="Q265" s="15"/>
       <c r="R265" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="266" spans="1:18">
       <c r="B266" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C266" s="15" t="s">
         <v>863</v>
       </c>
       <c r="D266" s="15" t="s">
         <v>864</v>
       </c>
       <c r="E266" s="15" t="s">
         <v>865</v>
       </c>
       <c r="F266" s="15"/>
       <c r="G266" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H266" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I266" s="15" t="s">
         <v>866</v>
       </c>
       <c r="J266" s="15">
         <v>4000</v>
       </c>
       <c r="K266" s="15">
         <v>0.009140000000000001</v>
       </c>
       <c r="L266" s="15">
         <v>0.00661</v>
       </c>
       <c r="M266" s="15">
         <v>0.00577</v>
       </c>
       <c r="N266" s="15">
         <v>8000</v>
       </c>
       <c r="O266" s="15"/>
       <c r="P266" s="15"/>
       <c r="Q266" s="15"/>
       <c r="R266" t="s">
         <v>33</v>
       </c>
@@ -19133,94 +19136,94 @@
       <c r="O267" s="15"/>
       <c r="P267" s="15"/>
       <c r="Q267" s="15"/>
       <c r="R267" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="268" spans="1:18">
       <c r="B268" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C268" s="15" t="s">
         <v>871</v>
       </c>
       <c r="D268" s="15" t="s">
         <v>872</v>
       </c>
       <c r="E268" s="15" t="s">
         <v>873</v>
       </c>
       <c r="F268" s="15"/>
       <c r="G268" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H268" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I268" s="15" t="s">
         <v>874</v>
       </c>
       <c r="J268" s="15">
         <v>4000</v>
       </c>
       <c r="K268" s="15">
         <v>0.0081</v>
       </c>
       <c r="L268" s="15">
         <v>0.0081</v>
       </c>
       <c r="M268" s="15">
         <v>0.0081</v>
       </c>
       <c r="N268" s="15"/>
       <c r="O268" s="15"/>
       <c r="P268" s="15"/>
       <c r="Q268" s="15"/>
       <c r="R268" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="269" spans="1:18">
       <c r="B269" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C269" s="15" t="s">
         <v>875</v>
       </c>
       <c r="D269" s="15" t="s">
         <v>876</v>
       </c>
       <c r="E269" s="15">
         <v>10080051296</v>
       </c>
       <c r="F269" s="15"/>
       <c r="G269" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H269" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I269" s="15" t="s">
         <v>877</v>
       </c>
       <c r="J269" s="15">
         <v>4000</v>
       </c>
       <c r="K269" s="15">
         <v>0.01111</v>
       </c>
       <c r="L269" s="15">
         <v>0.01111</v>
       </c>
       <c r="M269" s="15">
         <v>0.01111</v>
       </c>
       <c r="N269" s="15"/>
       <c r="O269" s="15"/>
       <c r="P269" s="15"/>
       <c r="Q269" s="15"/>
       <c r="R269" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="270" spans="1:18">
@@ -19262,51 +19265,51 @@
       <c r="O270" s="15"/>
       <c r="P270" s="15"/>
       <c r="Q270" s="15"/>
       <c r="R270" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="271" spans="1:18">
       <c r="B271" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C271" s="15" t="s">
         <v>881</v>
       </c>
       <c r="D271" s="15" t="s">
         <v>882</v>
       </c>
       <c r="E271" s="15" t="s">
         <v>883</v>
       </c>
       <c r="F271" s="15"/>
       <c r="G271" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H271" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I271" s="15" t="s">
         <v>884</v>
       </c>
       <c r="J271" s="15">
         <v>4000</v>
       </c>
       <c r="K271" s="15">
         <v>0.008370000000000001</v>
       </c>
       <c r="L271" s="15">
         <v>0.00702</v>
       </c>
       <c r="M271" s="15">
         <v>0.00675</v>
       </c>
       <c r="N271" s="15">
         <v>8000</v>
       </c>
       <c r="O271" s="15"/>
       <c r="P271" s="15"/>
       <c r="Q271" s="15"/>
       <c r="R271" t="s">
         <v>33</v>
       </c>
@@ -19350,94 +19353,94 @@
       <c r="O272" s="15"/>
       <c r="P272" s="15"/>
       <c r="Q272" s="15"/>
       <c r="R272" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="273" spans="1:18">
       <c r="B273" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C273" s="15" t="s">
         <v>888</v>
       </c>
       <c r="D273" s="15" t="s">
         <v>889</v>
       </c>
       <c r="E273" s="15" t="s">
         <v>890</v>
       </c>
       <c r="F273" s="15"/>
       <c r="G273" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H273" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I273" s="15" t="s">
         <v>891</v>
       </c>
       <c r="J273" s="15">
         <v>4000</v>
       </c>
       <c r="K273" s="15">
         <v>0.00653</v>
       </c>
       <c r="L273" s="15">
         <v>0.00653</v>
       </c>
       <c r="M273" s="15">
         <v>0.00653</v>
       </c>
       <c r="N273" s="15"/>
       <c r="O273" s="15"/>
       <c r="P273" s="15"/>
       <c r="Q273" s="15"/>
       <c r="R273" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="274" spans="1:18">
       <c r="B274" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C274" s="15" t="s">
         <v>892</v>
       </c>
       <c r="D274" s="15" t="s">
         <v>893</v>
       </c>
       <c r="E274" s="15" t="s">
         <v>894</v>
       </c>
       <c r="F274" s="15"/>
       <c r="G274" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H274" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I274" s="15" t="s">
         <v>895</v>
       </c>
       <c r="J274" s="15">
         <v>4000</v>
       </c>
       <c r="K274" s="15">
         <v>0.00527</v>
       </c>
       <c r="L274" s="15">
         <v>0.00456</v>
       </c>
       <c r="M274" s="15">
         <v>0.00439</v>
       </c>
       <c r="N274" s="15">
         <v>16000</v>
       </c>
       <c r="O274" s="15">
         <v>16000</v>
       </c>
       <c r="P274" s="15" t="s">
         <v>775</v>
       </c>
@@ -19485,270 +19488,270 @@
       <c r="O275" s="15"/>
       <c r="P275" s="15"/>
       <c r="Q275" s="15"/>
       <c r="R275" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="276" spans="1:18">
       <c r="B276" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C276" s="15" t="s">
         <v>899</v>
       </c>
       <c r="D276" s="15" t="s">
         <v>900</v>
       </c>
       <c r="E276" s="15" t="s">
         <v>901</v>
       </c>
       <c r="F276" s="15"/>
       <c r="G276" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H276" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I276" s="15" t="s">
         <v>902</v>
       </c>
       <c r="J276" s="15">
         <v>4000</v>
       </c>
       <c r="K276" s="15">
         <v>0.22046</v>
       </c>
       <c r="L276" s="15">
         <v>0.08910999999999999</v>
       </c>
       <c r="M276" s="15">
         <v>0.08099000000000001</v>
       </c>
       <c r="N276" s="15"/>
       <c r="O276" s="15"/>
       <c r="P276" s="15"/>
       <c r="Q276" s="15"/>
       <c r="R276" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="277" spans="1:18">
       <c r="B277" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C277" s="15" t="s">
         <v>903</v>
       </c>
       <c r="D277" s="15" t="s">
         <v>904</v>
       </c>
       <c r="E277" s="15" t="s">
         <v>905</v>
       </c>
       <c r="F277" s="15"/>
       <c r="G277" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H277" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I277" s="15" t="s">
         <v>906</v>
       </c>
       <c r="J277" s="15">
         <v>4000</v>
       </c>
       <c r="K277" s="15">
         <v>0.00623</v>
       </c>
       <c r="L277" s="15">
         <v>0.00623</v>
       </c>
       <c r="M277" s="15">
         <v>0.00623</v>
       </c>
       <c r="N277" s="15"/>
       <c r="O277" s="15"/>
       <c r="P277" s="15"/>
       <c r="Q277" s="15"/>
       <c r="R277" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="278" spans="1:18">
       <c r="B278" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C278" s="15" t="s">
         <v>907</v>
       </c>
       <c r="D278" s="15" t="s">
         <v>908</v>
       </c>
       <c r="E278" s="15" t="s">
         <v>909</v>
       </c>
       <c r="F278" s="15"/>
       <c r="G278" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H278" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I278" s="15" t="s">
         <v>910</v>
       </c>
       <c r="J278" s="15">
         <v>4000</v>
       </c>
       <c r="K278" s="15">
         <v>0.00979</v>
       </c>
       <c r="L278" s="15">
         <v>0.00979</v>
       </c>
       <c r="M278" s="15">
         <v>0.00979</v>
       </c>
       <c r="N278" s="15">
         <v>4000</v>
       </c>
       <c r="O278" s="15"/>
       <c r="P278" s="15"/>
       <c r="Q278" s="15"/>
       <c r="R278" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="279" spans="1:18">
       <c r="B279" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C279" s="15" t="s">
         <v>911</v>
       </c>
       <c r="D279" s="15" t="s">
         <v>912</v>
       </c>
       <c r="E279" s="15" t="s">
         <v>913</v>
       </c>
       <c r="F279" s="15"/>
       <c r="G279" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H279" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I279" s="15" t="s">
         <v>914</v>
       </c>
       <c r="J279" s="15">
         <v>4000</v>
       </c>
       <c r="K279" s="15">
         <v>0.00609</v>
       </c>
       <c r="L279" s="15">
         <v>0.00609</v>
       </c>
       <c r="M279" s="15">
         <v>0.00609</v>
       </c>
       <c r="N279" s="15"/>
       <c r="O279" s="15"/>
       <c r="P279" s="15"/>
       <c r="Q279" s="15"/>
       <c r="R279" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="280" spans="1:18">
       <c r="B280" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C280" s="15" t="s">
         <v>915</v>
       </c>
       <c r="D280" s="15" t="s">
         <v>916</v>
       </c>
       <c r="E280" s="15" t="s">
         <v>917</v>
       </c>
       <c r="F280" s="15"/>
       <c r="G280" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H280" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I280" s="15" t="s">
         <v>918</v>
       </c>
       <c r="J280" s="15">
         <v>4000</v>
       </c>
       <c r="K280" s="15">
         <v>0.01034</v>
       </c>
       <c r="L280" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="M280" s="15">
         <v>0.00834</v>
       </c>
       <c r="N280" s="15">
         <v>8000</v>
       </c>
       <c r="O280" s="15"/>
       <c r="P280" s="15"/>
       <c r="Q280" s="15"/>
       <c r="R280" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="281" spans="1:18">
       <c r="B281" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C281" s="15" t="s">
         <v>919</v>
       </c>
       <c r="D281" s="15" t="s">
         <v>920</v>
       </c>
       <c r="E281" s="15">
         <v>10080070401</v>
       </c>
       <c r="F281" s="15"/>
       <c r="G281" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H281" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I281" s="15" t="s">
         <v>921</v>
       </c>
       <c r="J281" s="15">
         <v>4000</v>
       </c>
       <c r="K281" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="L281" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="M281" s="15">
         <v>0.008670000000000001</v>
       </c>
       <c r="N281" s="15"/>
       <c r="O281" s="15"/>
       <c r="P281" s="15"/>
       <c r="Q281" s="15"/>
       <c r="R281" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="282" spans="1:18">
@@ -19790,51 +19793,51 @@
       <c r="O282" s="15"/>
       <c r="P282" s="15"/>
       <c r="Q282" s="15"/>
       <c r="R282" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="283" spans="1:18">
       <c r="B283" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C283" s="15" t="s">
         <v>925</v>
       </c>
       <c r="D283" s="15" t="s">
         <v>926</v>
       </c>
       <c r="E283" s="15" t="s">
         <v>927</v>
       </c>
       <c r="F283" s="15"/>
       <c r="G283" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H283" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I283" s="15" t="s">
         <v>928</v>
       </c>
       <c r="J283" s="15">
         <v>4000</v>
       </c>
       <c r="K283" s="15">
         <v>0.01207</v>
       </c>
       <c r="L283" s="15">
         <v>0.01013</v>
       </c>
       <c r="M283" s="15">
         <v>0.009730000000000001</v>
       </c>
       <c r="N283" s="15"/>
       <c r="O283" s="15"/>
       <c r="P283" s="15"/>
       <c r="Q283" s="15"/>
       <c r="R283" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="284" spans="1:18">
@@ -19874,51 +19877,51 @@
       <c r="O284" s="15"/>
       <c r="P284" s="15"/>
       <c r="Q284" s="15"/>
       <c r="R284" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="285" spans="1:18">
       <c r="B285" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C285" s="15" t="s">
         <v>931</v>
       </c>
       <c r="D285" s="15" t="s">
         <v>932</v>
       </c>
       <c r="E285" s="15" t="s">
         <v>933</v>
       </c>
       <c r="F285" s="15"/>
       <c r="G285" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H285" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I285" s="15" t="s">
         <v>934</v>
       </c>
       <c r="J285" s="15">
         <v>4000</v>
       </c>
       <c r="K285" s="15">
         <v>0.01173</v>
       </c>
       <c r="L285" s="15">
         <v>0.01017</v>
       </c>
       <c r="M285" s="15">
         <v>0.00978</v>
       </c>
       <c r="N285" s="15"/>
       <c r="O285" s="15"/>
       <c r="P285" s="15"/>
       <c r="Q285" s="15"/>
       <c r="R285" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="286" spans="1:18">
@@ -19960,141 +19963,141 @@
       <c r="O286" s="15"/>
       <c r="P286" s="15"/>
       <c r="Q286" s="15"/>
       <c r="R286" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="287" spans="1:18">
       <c r="B287" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C287" s="15" t="s">
         <v>939</v>
       </c>
       <c r="D287" s="15" t="s">
         <v>940</v>
       </c>
       <c r="E287" s="15" t="s">
         <v>941</v>
       </c>
       <c r="F287" s="15"/>
       <c r="G287" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H287" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I287" s="15" t="s">
         <v>942</v>
       </c>
       <c r="J287" s="15">
         <v>4000</v>
       </c>
       <c r="K287" s="15">
         <v>0.01207</v>
       </c>
       <c r="L287" s="15">
         <v>0.01013</v>
       </c>
       <c r="M287" s="15">
         <v>0.009730000000000001</v>
       </c>
       <c r="N287" s="15"/>
       <c r="O287" s="15">
-        <v>36000</v>
+        <v>24000</v>
       </c>
       <c r="P287" s="15" t="s">
         <v>775</v>
       </c>
       <c r="Q287" s="15"/>
       <c r="R287" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="288" spans="1:18">
       <c r="B288" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C288" s="15" t="s">
         <v>943</v>
       </c>
       <c r="D288" s="15" t="s">
         <v>944</v>
       </c>
       <c r="E288" s="15" t="s">
         <v>945</v>
       </c>
       <c r="F288" s="15"/>
       <c r="G288" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H288" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I288" s="15" t="s">
         <v>946</v>
       </c>
       <c r="J288" s="15">
         <v>4000</v>
       </c>
       <c r="K288" s="15">
         <v>0.04997</v>
       </c>
       <c r="L288" s="15">
         <v>0.03582</v>
       </c>
       <c r="M288" s="15">
         <v>0.03112</v>
       </c>
       <c r="N288" s="15"/>
       <c r="O288" s="15"/>
       <c r="P288" s="15"/>
       <c r="Q288" s="15"/>
       <c r="R288" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="289" spans="1:18">
       <c r="B289" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C289" s="15" t="s">
         <v>947</v>
       </c>
       <c r="D289" s="15" t="s">
         <v>948</v>
       </c>
       <c r="E289" s="15">
         <v>10080047071</v>
       </c>
       <c r="F289" s="15"/>
       <c r="G289" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H289" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I289" s="15" t="s">
         <v>949</v>
       </c>
       <c r="J289" s="15">
         <v>4000</v>
       </c>
       <c r="K289" s="15">
         <v>0.02063</v>
       </c>
       <c r="L289" s="15">
         <v>0.01788</v>
       </c>
       <c r="M289" s="15">
         <v>0.01719</v>
       </c>
       <c r="N289" s="15">
         <v>8000</v>
       </c>
       <c r="O289" s="15"/>
       <c r="P289" s="15"/>
       <c r="Q289" s="15"/>
       <c r="R289" t="s">
         <v>33</v>
       </c>
@@ -20136,243 +20139,243 @@
       <c r="O290" s="15"/>
       <c r="P290" s="15"/>
       <c r="Q290" s="15"/>
       <c r="R290" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="291" spans="1:18">
       <c r="B291" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C291" s="15" t="s">
         <v>953</v>
       </c>
       <c r="D291" s="15" t="s">
         <v>954</v>
       </c>
       <c r="E291" s="15" t="s">
         <v>955</v>
       </c>
       <c r="F291" s="15"/>
       <c r="G291" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H291" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I291" s="15" t="s">
         <v>956</v>
       </c>
       <c r="J291" s="15">
         <v>4000</v>
       </c>
       <c r="K291" s="15">
         <v>0.01612</v>
       </c>
       <c r="L291" s="15">
         <v>0.01612</v>
       </c>
       <c r="M291" s="15">
         <v>0.01612</v>
       </c>
       <c r="N291" s="15">
         <v>8000</v>
       </c>
       <c r="O291" s="15"/>
       <c r="P291" s="15"/>
       <c r="Q291" s="15"/>
       <c r="R291" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="292" spans="1:18">
       <c r="B292" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C292" s="15" t="s">
         <v>957</v>
       </c>
       <c r="D292" s="15" t="s">
         <v>958</v>
       </c>
       <c r="E292" s="15" t="s">
         <v>959</v>
       </c>
       <c r="F292" s="15"/>
       <c r="G292" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H292" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I292" s="15" t="s">
         <v>960</v>
       </c>
       <c r="J292" s="15">
         <v>4000</v>
       </c>
       <c r="K292" s="15">
         <v>0.05097</v>
       </c>
       <c r="L292" s="15">
         <v>0.03654</v>
       </c>
       <c r="M292" s="15">
         <v>0.03173</v>
       </c>
       <c r="N292" s="15"/>
       <c r="O292" s="15"/>
       <c r="P292" s="15"/>
       <c r="Q292" s="15"/>
       <c r="R292" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="293" spans="1:18">
       <c r="B293" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C293" s="15" t="s">
         <v>961</v>
       </c>
       <c r="D293" s="15" t="s">
         <v>962</v>
       </c>
       <c r="E293" s="15" t="s">
         <v>963</v>
       </c>
       <c r="F293" s="15"/>
       <c r="G293" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H293" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I293" s="15" t="s">
         <v>964</v>
       </c>
       <c r="J293" s="15">
         <v>4000</v>
       </c>
       <c r="K293" s="15">
         <v>0.0165</v>
       </c>
       <c r="L293" s="15">
         <v>0.01431</v>
       </c>
       <c r="M293" s="15">
         <v>0.01375</v>
       </c>
       <c r="N293" s="15"/>
       <c r="O293" s="15"/>
       <c r="P293" s="15"/>
       <c r="Q293" s="15"/>
       <c r="R293" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="294" spans="1:18">
       <c r="B294" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C294" s="15" t="s">
         <v>965</v>
       </c>
       <c r="D294" s="15" t="s">
         <v>966</v>
       </c>
       <c r="E294" s="15" t="s">
         <v>967</v>
       </c>
       <c r="F294" s="15"/>
       <c r="G294" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H294" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I294" s="15" t="s">
         <v>968</v>
       </c>
       <c r="J294" s="15">
         <v>4000</v>
       </c>
       <c r="K294" s="15">
         <v>0.01683</v>
       </c>
       <c r="L294" s="15">
         <v>0.01412</v>
       </c>
       <c r="M294" s="15">
         <v>0.01358</v>
       </c>
       <c r="N294" s="15"/>
       <c r="O294" s="15"/>
       <c r="P294" s="15"/>
       <c r="Q294" s="15"/>
       <c r="R294" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="295" spans="1:18">
       <c r="B295" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C295" s="15" t="s">
         <v>969</v>
       </c>
       <c r="D295" s="15" t="s">
         <v>970</v>
       </c>
       <c r="E295" s="15" t="s">
         <v>971</v>
       </c>
       <c r="F295" s="15"/>
       <c r="G295" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H295" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I295" s="15" t="s">
         <v>972</v>
       </c>
       <c r="J295" s="15">
         <v>4000</v>
       </c>
       <c r="K295" s="15">
         <v>0.01753</v>
       </c>
       <c r="L295" s="15">
         <v>0.01269</v>
       </c>
       <c r="M295" s="15">
         <v>0.01107</v>
       </c>
       <c r="N295" s="15">
-        <v>32000</v>
+        <v>24000</v>
       </c>
       <c r="O295" s="15"/>
       <c r="P295" s="15"/>
       <c r="Q295" s="15"/>
       <c r="R295" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="296" spans="1:18">
       <c r="B296" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C296" s="15" t="s">
         <v>973</v>
       </c>
       <c r="D296" s="15" t="s">
         <v>974</v>
       </c>
       <c r="E296" s="15" t="s">
         <v>975</v>
       </c>
       <c r="F296" s="15"/>
       <c r="G296" s="15" t="s">
         <v>30</v>
       </c>
@@ -20400,94 +20403,94 @@
       <c r="O296" s="15"/>
       <c r="P296" s="15"/>
       <c r="Q296" s="15"/>
       <c r="R296" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="297" spans="1:18">
       <c r="B297" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C297" s="15" t="s">
         <v>977</v>
       </c>
       <c r="D297" s="15" t="s">
         <v>978</v>
       </c>
       <c r="E297" s="15" t="s">
         <v>979</v>
       </c>
       <c r="F297" s="15"/>
       <c r="G297" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H297" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I297" s="15" t="s">
         <v>980</v>
       </c>
       <c r="J297" s="15">
         <v>4000</v>
       </c>
       <c r="K297" s="15">
         <v>0.00625</v>
       </c>
       <c r="L297" s="15">
         <v>0.00524</v>
       </c>
       <c r="M297" s="15">
         <v>0.00504</v>
       </c>
       <c r="N297" s="15"/>
       <c r="O297" s="15"/>
       <c r="P297" s="15"/>
       <c r="Q297" s="15"/>
       <c r="R297" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="298" spans="1:18">
       <c r="B298" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C298" s="15" t="s">
         <v>981</v>
       </c>
       <c r="D298" s="15" t="s">
         <v>982</v>
       </c>
       <c r="E298" s="15" t="s">
         <v>983</v>
       </c>
       <c r="F298" s="15"/>
       <c r="G298" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H298" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I298" s="15" t="s">
         <v>984</v>
       </c>
       <c r="J298" s="15">
         <v>4000</v>
       </c>
       <c r="K298" s="15">
         <v>0.009730000000000001</v>
       </c>
       <c r="L298" s="15">
         <v>0.00704</v>
       </c>
       <c r="M298" s="15">
         <v>0.00614</v>
       </c>
       <c r="N298" s="15"/>
       <c r="O298" s="15"/>
       <c r="P298" s="15"/>
       <c r="Q298" s="15"/>
       <c r="R298" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="299" spans="1:18">
@@ -20529,51 +20532,51 @@
       <c r="O299" s="15"/>
       <c r="P299" s="15"/>
       <c r="Q299" s="15"/>
       <c r="R299" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="300" spans="1:18">
       <c r="B300" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C300" s="15" t="s">
         <v>990</v>
       </c>
       <c r="D300" s="15" t="s">
         <v>991</v>
       </c>
       <c r="E300" s="15" t="s">
         <v>992</v>
       </c>
       <c r="F300" s="15"/>
       <c r="G300" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H300" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I300" s="15" t="s">
         <v>993</v>
       </c>
       <c r="J300" s="15">
         <v>4000</v>
       </c>
       <c r="K300" s="15">
         <v>0.00303</v>
       </c>
       <c r="L300" s="15">
         <v>0.00303</v>
       </c>
       <c r="M300" s="15">
         <v>0.00303</v>
       </c>
       <c r="N300" s="15"/>
       <c r="O300" s="15"/>
       <c r="P300" s="15"/>
       <c r="Q300" s="15"/>
       <c r="R300" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="301" spans="1:18">
@@ -20707,51 +20710,51 @@
       <c r="O303" s="15"/>
       <c r="P303" s="15"/>
       <c r="Q303" s="15"/>
       <c r="R303" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="304" spans="1:18">
       <c r="B304" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C304" s="15" t="s">
         <v>1003</v>
       </c>
       <c r="D304" s="15" t="s">
         <v>1004</v>
       </c>
       <c r="E304" s="15" t="s">
         <v>1005</v>
       </c>
       <c r="F304" s="15"/>
       <c r="G304" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H304" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I304" s="15" t="s">
         <v>1006</v>
       </c>
       <c r="J304" s="15">
         <v>4000</v>
       </c>
       <c r="K304" s="15">
         <v>0.00441</v>
       </c>
       <c r="L304" s="15">
         <v>0.00382</v>
       </c>
       <c r="M304" s="15">
         <v>0.00368</v>
       </c>
       <c r="N304" s="15">
         <v>8000</v>
       </c>
       <c r="O304" s="15"/>
       <c r="P304" s="15"/>
       <c r="Q304" s="15"/>
       <c r="R304" t="s">
         <v>33</v>
       </c>
@@ -20770,78 +20773,78 @@
         <v>10080012230</v>
       </c>
       <c r="F305" s="15"/>
       <c r="G305" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H305" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I305" s="15" t="s">
         <v>1009</v>
       </c>
       <c r="J305" s="15">
         <v>4000</v>
       </c>
       <c r="K305" s="15">
         <v>0.00419</v>
       </c>
       <c r="L305" s="15">
         <v>0.00363</v>
       </c>
       <c r="M305" s="15">
         <v>0.00349</v>
       </c>
       <c r="N305" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="O305" s="15"/>
       <c r="P305" s="15"/>
       <c r="Q305" s="15"/>
       <c r="R305" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="306" spans="1:18">
       <c r="B306" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C306" s="15" t="s">
         <v>1010</v>
       </c>
       <c r="D306" s="15" t="s">
         <v>1011</v>
       </c>
       <c r="E306" s="15">
         <v>10080027495</v>
       </c>
       <c r="F306" s="15"/>
       <c r="G306" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H306" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I306" s="15" t="s">
         <v>1012</v>
       </c>
       <c r="J306" s="15">
         <v>4000</v>
       </c>
       <c r="K306" s="15">
         <v>0.00353</v>
       </c>
       <c r="L306" s="15">
         <v>0.00306</v>
       </c>
       <c r="M306" s="15">
         <v>0.00294</v>
       </c>
       <c r="N306" s="15"/>
       <c r="O306" s="15"/>
       <c r="P306" s="15"/>
       <c r="Q306" s="15"/>
       <c r="R306" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="307" spans="1:18">
@@ -20901,121 +20904,121 @@
         <v>10080008954</v>
       </c>
       <c r="F308" s="15"/>
       <c r="G308" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H308" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I308" s="15" t="s">
         <v>1018</v>
       </c>
       <c r="J308" s="15">
         <v>4000</v>
       </c>
       <c r="K308" s="15">
         <v>0.0034</v>
       </c>
       <c r="L308" s="15">
         <v>0.00325</v>
       </c>
       <c r="M308" s="15">
         <v>0.00311</v>
       </c>
       <c r="N308" s="15">
-        <v>32000</v>
+        <v>40000</v>
       </c>
       <c r="O308" s="15"/>
       <c r="P308" s="15"/>
       <c r="Q308" s="15"/>
       <c r="R308" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="309" spans="1:18">
       <c r="B309" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C309" s="15" t="s">
         <v>1019</v>
       </c>
       <c r="D309" s="15" t="s">
         <v>1020</v>
       </c>
       <c r="E309" s="15">
         <v>10080007360</v>
       </c>
       <c r="F309" s="15"/>
       <c r="G309" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H309" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I309" s="15" t="s">
         <v>1021</v>
       </c>
       <c r="J309" s="15">
         <v>4000</v>
       </c>
       <c r="K309" s="15">
         <v>0.05927</v>
       </c>
       <c r="L309" s="15">
         <v>0.02398</v>
       </c>
       <c r="M309" s="15">
         <v>0.02177</v>
       </c>
       <c r="N309" s="15"/>
       <c r="O309" s="15"/>
       <c r="P309" s="15"/>
       <c r="Q309" s="15"/>
       <c r="R309" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="310" spans="1:18">
       <c r="B310" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C310" s="15" t="s">
         <v>1022</v>
       </c>
       <c r="D310" s="15" t="s">
         <v>1023</v>
       </c>
       <c r="E310" s="15" t="s">
         <v>1024</v>
       </c>
       <c r="F310" s="15"/>
       <c r="G310" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H310" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I310" s="15" t="s">
         <v>1025</v>
       </c>
       <c r="J310" s="15">
         <v>4000</v>
       </c>
       <c r="K310" s="15">
         <v>0.0056</v>
       </c>
       <c r="L310" s="15">
         <v>0.00405</v>
       </c>
       <c r="M310" s="15">
         <v>0.00353</v>
       </c>
       <c r="N310" s="15">
         <v>8000</v>
       </c>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310" t="s">
         <v>33</v>
       </c>
@@ -21059,51 +21062,51 @@
       <c r="O311" s="15"/>
       <c r="P311" s="15"/>
       <c r="Q311" s="15"/>
       <c r="R311" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="312" spans="1:18">
       <c r="B312" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C312" s="15" t="s">
         <v>1029</v>
       </c>
       <c r="D312" s="15" t="s">
         <v>1030</v>
       </c>
       <c r="E312" s="15">
         <v>10080056221</v>
       </c>
       <c r="F312" s="15"/>
       <c r="G312" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H312" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I312" s="15" t="s">
         <v>1031</v>
       </c>
       <c r="J312" s="15">
         <v>4000</v>
       </c>
       <c r="K312" s="15">
         <v>0.00603</v>
       </c>
       <c r="L312" s="15">
         <v>0.00523</v>
       </c>
       <c r="M312" s="15">
         <v>0.00503</v>
       </c>
       <c r="N312" s="15"/>
       <c r="O312" s="15"/>
       <c r="P312" s="15"/>
       <c r="Q312" s="15"/>
       <c r="R312" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="313" spans="1:18">
@@ -21190,96 +21193,96 @@
       <c r="O314" s="15"/>
       <c r="P314" s="15"/>
       <c r="Q314" s="15"/>
       <c r="R314" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="315" spans="1:18">
       <c r="B315" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C315" s="15" t="s">
         <v>1038</v>
       </c>
       <c r="D315" s="15" t="s">
         <v>1039</v>
       </c>
       <c r="E315" s="15">
         <v>10080064072</v>
       </c>
       <c r="F315" s="15"/>
       <c r="G315" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H315" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I315" s="15" t="s">
         <v>1040</v>
       </c>
       <c r="J315" s="15">
         <v>4000</v>
       </c>
       <c r="K315" s="15">
         <v>0.00521</v>
       </c>
       <c r="L315" s="15">
         <v>0.00451</v>
       </c>
       <c r="M315" s="15">
         <v>0.00434</v>
       </c>
       <c r="N315" s="15">
-        <v>40000</v>
+        <v>52000</v>
       </c>
       <c r="O315" s="15"/>
       <c r="P315" s="15"/>
       <c r="Q315" s="15"/>
       <c r="R315" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="316" spans="1:18">
       <c r="B316" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C316" s="15" t="s">
         <v>1041</v>
       </c>
       <c r="D316" s="15" t="s">
         <v>1042</v>
       </c>
       <c r="E316" s="15">
         <v>10080031526</v>
       </c>
       <c r="F316" s="15"/>
       <c r="G316" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H316" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I316" s="15" t="s">
         <v>1043</v>
       </c>
       <c r="J316" s="15">
         <v>4000</v>
       </c>
       <c r="K316" s="15">
         <v>0.06648999999999999</v>
       </c>
       <c r="L316" s="15">
         <v>0.02689</v>
       </c>
       <c r="M316" s="15">
         <v>0.02444</v>
       </c>
       <c r="N316" s="15"/>
       <c r="O316" s="15"/>
       <c r="P316" s="15"/>
       <c r="Q316" s="15"/>
       <c r="R316" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="317" spans="1:18">
@@ -21364,94 +21367,94 @@
       <c r="O318" s="15"/>
       <c r="P318" s="15"/>
       <c r="Q318" s="15"/>
       <c r="R318" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="319" spans="1:18">
       <c r="B319" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C319" s="15" t="s">
         <v>1050</v>
       </c>
       <c r="D319" s="15" t="s">
         <v>1051</v>
       </c>
       <c r="E319" s="15">
         <v>10080012187</v>
       </c>
       <c r="F319" s="15"/>
       <c r="G319" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H319" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I319" s="15" t="s">
         <v>1052</v>
       </c>
       <c r="J319" s="15">
         <v>4000</v>
       </c>
       <c r="K319" s="15">
         <v>0.08566</v>
       </c>
       <c r="L319" s="15">
         <v>0.03463</v>
       </c>
       <c r="M319" s="15">
         <v>0.03146</v>
       </c>
       <c r="N319" s="15"/>
       <c r="O319" s="15"/>
       <c r="P319" s="15"/>
       <c r="Q319" s="15"/>
       <c r="R319" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="320" spans="1:18">
       <c r="B320" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C320" s="15" t="s">
         <v>1053</v>
       </c>
       <c r="D320" s="15" t="s">
         <v>1054</v>
       </c>
       <c r="E320" s="15">
         <v>10080016071</v>
       </c>
       <c r="F320" s="15"/>
       <c r="G320" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H320" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I320" s="15" t="s">
         <v>1055</v>
       </c>
       <c r="J320" s="15">
         <v>4000</v>
       </c>
       <c r="K320" s="15">
         <v>0.00618</v>
       </c>
       <c r="L320" s="15">
         <v>0.00447</v>
       </c>
       <c r="M320" s="15">
         <v>0.0039</v>
       </c>
       <c r="N320" s="15"/>
       <c r="O320" s="15"/>
       <c r="P320" s="15"/>
       <c r="Q320" s="15"/>
       <c r="R320" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="321" spans="1:18">
@@ -21493,96 +21496,96 @@
       <c r="O321" s="15"/>
       <c r="P321" s="15"/>
       <c r="Q321" s="15"/>
       <c r="R321" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="322" spans="1:18">
       <c r="B322" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C322" s="15" t="s">
         <v>1059</v>
       </c>
       <c r="D322" s="15" t="s">
         <v>1060</v>
       </c>
       <c r="E322" s="15" t="s">
         <v>1061</v>
       </c>
       <c r="F322" s="15"/>
       <c r="G322" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H322" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I322" s="15" t="s">
         <v>1062</v>
       </c>
       <c r="J322" s="15">
         <v>4000</v>
       </c>
       <c r="K322" s="15">
         <v>0.00611</v>
       </c>
       <c r="L322" s="15">
         <v>0.00611</v>
       </c>
       <c r="M322" s="15">
         <v>0.00611</v>
       </c>
       <c r="N322" s="15">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="O322" s="15"/>
       <c r="P322" s="15"/>
       <c r="Q322" s="15"/>
       <c r="R322" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="323" spans="1:18">
       <c r="B323" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C323" s="15" t="s">
         <v>1063</v>
       </c>
       <c r="D323" s="15" t="s">
         <v>1064</v>
       </c>
       <c r="E323" s="15" t="s">
         <v>1065</v>
       </c>
       <c r="F323" s="15"/>
       <c r="G323" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H323" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I323" s="15" t="s">
         <v>1066</v>
       </c>
       <c r="J323" s="15">
         <v>4000</v>
       </c>
       <c r="K323" s="15">
         <v>0.00838</v>
       </c>
       <c r="L323" s="15">
         <v>0.00838</v>
       </c>
       <c r="M323" s="15">
         <v>0.00838</v>
       </c>
       <c r="N323" s="15"/>
       <c r="O323" s="15"/>
       <c r="P323" s="15"/>
       <c r="Q323" s="15"/>
       <c r="R323" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="324" spans="1:18">
@@ -21626,51 +21629,51 @@
       <c r="O324" s="15"/>
       <c r="P324" s="15"/>
       <c r="Q324" s="15"/>
       <c r="R324" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="325" spans="1:18">
       <c r="B325" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C325" s="15" t="s">
         <v>1070</v>
       </c>
       <c r="D325" s="15" t="s">
         <v>1071</v>
       </c>
       <c r="E325" s="15" t="s">
         <v>1072</v>
       </c>
       <c r="F325" s="15"/>
       <c r="G325" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H325" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I325" s="15" t="s">
         <v>1073</v>
       </c>
       <c r="J325" s="15">
         <v>4000</v>
       </c>
       <c r="K325" s="15">
         <v>0.04713</v>
       </c>
       <c r="L325" s="15">
         <v>0.04085</v>
       </c>
       <c r="M325" s="15">
         <v>0.03928</v>
       </c>
       <c r="N325" s="15">
         <v>8000</v>
       </c>
       <c r="O325" s="15"/>
       <c r="P325" s="15"/>
       <c r="Q325" s="15"/>
       <c r="R325" t="s">
         <v>33</v>
       </c>
@@ -21689,168 +21692,168 @@
         <v>10080061248</v>
       </c>
       <c r="F326" s="15"/>
       <c r="G326" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H326" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I326" s="15" t="s">
         <v>1076</v>
       </c>
       <c r="J326" s="15">
         <v>4000</v>
       </c>
       <c r="K326" s="15">
         <v>0.00552</v>
       </c>
       <c r="L326" s="15">
         <v>0.0046</v>
       </c>
       <c r="M326" s="15">
         <v>0.0046</v>
       </c>
       <c r="N326" s="15">
-        <v>24000</v>
+        <v>28000</v>
       </c>
       <c r="O326" s="15"/>
       <c r="P326" s="15"/>
       <c r="Q326" s="15"/>
       <c r="R326" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="327" spans="1:18">
       <c r="B327" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C327" s="15" t="s">
         <v>1077</v>
       </c>
       <c r="D327" s="15" t="s">
         <v>1078</v>
       </c>
       <c r="E327" s="15" t="s">
         <v>1079</v>
       </c>
       <c r="F327" s="15"/>
       <c r="G327" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H327" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I327" s="15" t="s">
         <v>1080</v>
       </c>
       <c r="J327" s="15">
         <v>4000</v>
       </c>
       <c r="K327" s="15">
         <v>0.00567</v>
       </c>
       <c r="L327" s="15">
         <v>0.00409</v>
       </c>
       <c r="M327" s="15">
         <v>0.00358</v>
       </c>
       <c r="N327" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O327" s="15"/>
       <c r="P327" s="15"/>
       <c r="Q327" s="15"/>
       <c r="R327" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="328" spans="1:18">
       <c r="B328" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C328" s="15" t="s">
         <v>1081</v>
       </c>
       <c r="D328" s="15" t="s">
         <v>1082</v>
       </c>
       <c r="E328" s="15">
         <v>10080047044</v>
       </c>
       <c r="F328" s="15"/>
       <c r="G328" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H328" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I328" s="15" t="s">
         <v>1083</v>
       </c>
       <c r="J328" s="15">
         <v>4000</v>
       </c>
       <c r="K328" s="15">
         <v>0.00392</v>
       </c>
       <c r="L328" s="15">
         <v>0.00339</v>
       </c>
       <c r="M328" s="15">
         <v>0.00326</v>
       </c>
       <c r="N328" s="15">
-        <v>88000</v>
+        <v>84000</v>
       </c>
       <c r="O328" s="15"/>
       <c r="P328" s="15"/>
       <c r="Q328" s="15"/>
       <c r="R328" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="329" spans="1:18">
       <c r="B329" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C329" s="15" t="s">
         <v>1084</v>
       </c>
       <c r="D329" s="15" t="s">
         <v>1085</v>
       </c>
       <c r="E329" s="15">
         <v>10080045668</v>
       </c>
       <c r="F329" s="15"/>
       <c r="G329" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H329" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I329" s="15" t="s">
         <v>1086</v>
       </c>
       <c r="J329" s="15">
         <v>4000</v>
       </c>
       <c r="K329" s="15">
         <v>0.00817</v>
       </c>
       <c r="L329" s="15">
         <v>0.00817</v>
       </c>
       <c r="M329" s="15">
         <v>0.00817</v>
       </c>
       <c r="N329" s="15"/>
       <c r="O329" s="15"/>
       <c r="P329" s="15"/>
       <c r="Q329" s="15"/>
       <c r="R329" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="330" spans="1:18">
@@ -21892,51 +21895,51 @@
       <c r="O330" s="15"/>
       <c r="P330" s="15"/>
       <c r="Q330" s="15"/>
       <c r="R330" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="331" spans="1:18">
       <c r="B331" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C331" s="15" t="s">
         <v>1090</v>
       </c>
       <c r="D331" s="15" t="s">
         <v>1091</v>
       </c>
       <c r="E331" s="15" t="s">
         <v>1092</v>
       </c>
       <c r="F331" s="15"/>
       <c r="G331" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H331" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I331" s="15" t="s">
         <v>1093</v>
       </c>
       <c r="J331" s="15">
         <v>4000</v>
       </c>
       <c r="K331" s="15">
         <v>0.00325</v>
       </c>
       <c r="L331" s="15">
         <v>0.00325</v>
       </c>
       <c r="M331" s="15">
         <v>0.00325</v>
       </c>
       <c r="N331" s="15"/>
       <c r="O331" s="15"/>
       <c r="P331" s="15"/>
       <c r="Q331" s="15"/>
       <c r="R331" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="332" spans="1:18">
@@ -22021,51 +22024,51 @@
       <c r="O333" s="15"/>
       <c r="P333" s="15"/>
       <c r="Q333" s="15"/>
       <c r="R333" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="334" spans="1:18">
       <c r="B334" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C334" s="15" t="s">
         <v>1100</v>
       </c>
       <c r="D334" s="15" t="s">
         <v>1101</v>
       </c>
       <c r="E334" s="15">
         <v>10080031605</v>
       </c>
       <c r="F334" s="15"/>
       <c r="G334" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H334" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I334" s="15" t="s">
         <v>1102</v>
       </c>
       <c r="J334" s="15">
         <v>4000</v>
       </c>
       <c r="K334" s="15">
         <v>0.01401</v>
       </c>
       <c r="L334" s="15">
         <v>0.01214</v>
       </c>
       <c r="M334" s="15">
         <v>0.01168</v>
       </c>
       <c r="N334" s="15"/>
       <c r="O334" s="15"/>
       <c r="P334" s="15"/>
       <c r="Q334" s="15"/>
       <c r="R334" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="335" spans="1:18">
@@ -22107,96 +22110,96 @@
       <c r="O335" s="15"/>
       <c r="P335" s="15"/>
       <c r="Q335" s="15"/>
       <c r="R335" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="336" spans="1:18">
       <c r="B336" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C336" s="15" t="s">
         <v>1107</v>
       </c>
       <c r="D336" s="15" t="s">
         <v>1108</v>
       </c>
       <c r="E336" s="15" t="s">
         <v>1109</v>
       </c>
       <c r="F336" s="15"/>
       <c r="G336" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H336" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I336" s="15" t="s">
         <v>1110</v>
       </c>
       <c r="J336" s="15">
         <v>4000</v>
       </c>
       <c r="K336" s="15">
         <v>0.01667</v>
       </c>
       <c r="L336" s="15">
         <v>0.01206</v>
       </c>
       <c r="M336" s="15">
         <v>0.01052</v>
       </c>
       <c r="N336" s="15">
         <v>8000</v>
       </c>
       <c r="O336" s="15"/>
       <c r="P336" s="15"/>
       <c r="Q336" s="15"/>
       <c r="R336" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="337" spans="1:18">
       <c r="B337" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C337" s="15" t="s">
         <v>1111</v>
       </c>
       <c r="D337" s="15" t="s">
         <v>1112</v>
       </c>
       <c r="E337" s="15">
         <v>10080031527</v>
       </c>
       <c r="F337" s="15"/>
       <c r="G337" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H337" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I337" s="15" t="s">
         <v>1113</v>
       </c>
       <c r="J337" s="15">
         <v>4000</v>
       </c>
       <c r="K337" s="15">
         <v>0.05733</v>
       </c>
       <c r="L337" s="15">
         <v>0.02316</v>
       </c>
       <c r="M337" s="15">
         <v>0.02106</v>
       </c>
       <c r="N337" s="15"/>
       <c r="O337" s="15"/>
       <c r="P337" s="15"/>
       <c r="Q337" s="15"/>
       <c r="R337" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="338" spans="1:18">
@@ -22213,78 +22216,78 @@
         <v>10080017893</v>
       </c>
       <c r="F338" s="15"/>
       <c r="G338" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H338" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I338" s="15" t="s">
         <v>1116</v>
       </c>
       <c r="J338" s="15">
         <v>4000</v>
       </c>
       <c r="K338" s="15">
         <v>0.00389</v>
       </c>
       <c r="L338" s="15">
         <v>0.00337</v>
       </c>
       <c r="M338" s="15">
         <v>0.00324</v>
       </c>
       <c r="N338" s="15">
-        <v>52000</v>
+        <v>48000</v>
       </c>
       <c r="O338" s="15"/>
       <c r="P338" s="15"/>
       <c r="Q338" s="15"/>
       <c r="R338" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="339" spans="1:18">
       <c r="B339" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C339" s="15" t="s">
         <v>1117</v>
       </c>
       <c r="D339" s="15" t="s">
         <v>1118</v>
       </c>
       <c r="E339" s="15">
         <v>10080056222</v>
       </c>
       <c r="F339" s="15"/>
       <c r="G339" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H339" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I339" s="15" t="s">
         <v>1119</v>
       </c>
       <c r="J339" s="15">
         <v>4000</v>
       </c>
       <c r="K339" s="15">
         <v>0.0138</v>
       </c>
       <c r="L339" s="15">
         <v>0.00827</v>
       </c>
       <c r="M339" s="15">
         <v>0.00827</v>
       </c>
       <c r="N339" s="15"/>
       <c r="O339" s="15"/>
       <c r="P339" s="15"/>
       <c r="Q339" s="15"/>
       <c r="R339" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="340" spans="1:18">
@@ -22369,51 +22372,51 @@
       <c r="O341" s="15"/>
       <c r="P341" s="15"/>
       <c r="Q341" s="15"/>
       <c r="R341" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="342" spans="1:18">
       <c r="B342" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C342" s="15" t="s">
         <v>1126</v>
       </c>
       <c r="D342" s="15" t="s">
         <v>1127</v>
       </c>
       <c r="E342" s="15">
         <v>10080033095</v>
       </c>
       <c r="F342" s="15"/>
       <c r="G342" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H342" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I342" s="15" t="s">
         <v>1128</v>
       </c>
       <c r="J342" s="15">
         <v>4000</v>
       </c>
       <c r="K342" s="15">
         <v>0.0454</v>
       </c>
       <c r="L342" s="15">
         <v>0.01839</v>
       </c>
       <c r="M342" s="15">
         <v>0.01669</v>
       </c>
       <c r="N342" s="15"/>
       <c r="O342" s="15"/>
       <c r="P342" s="15"/>
       <c r="Q342" s="15"/>
       <c r="R342" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="343" spans="1:18">
@@ -22500,135 +22503,135 @@
       <c r="O344" s="15"/>
       <c r="P344" s="15"/>
       <c r="Q344" s="15"/>
       <c r="R344" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="345" spans="1:18">
       <c r="B345" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C345" s="15" t="s">
         <v>1135</v>
       </c>
       <c r="D345" s="15" t="s">
         <v>1136</v>
       </c>
       <c r="E345" s="15" t="s">
         <v>1137</v>
       </c>
       <c r="F345" s="15"/>
       <c r="G345" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H345" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I345" s="15" t="s">
         <v>1138</v>
       </c>
       <c r="J345" s="15"/>
       <c r="K345" s="15">
         <v>0.009900000000000001</v>
       </c>
       <c r="L345" s="15">
         <v>0.00831</v>
       </c>
       <c r="M345" s="15">
         <v>0.007990000000000001</v>
       </c>
       <c r="N345" s="15"/>
       <c r="O345" s="15"/>
       <c r="P345" s="15"/>
       <c r="Q345" s="15"/>
       <c r="R345" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="346" spans="1:18">
       <c r="B346" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C346" s="15" t="s">
         <v>1139</v>
       </c>
       <c r="D346" s="15" t="s">
         <v>1140</v>
       </c>
       <c r="E346" s="15" t="s">
         <v>1141</v>
       </c>
       <c r="F346" s="15"/>
       <c r="G346" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H346" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I346" s="15" t="s">
         <v>1142</v>
       </c>
       <c r="J346" s="15">
         <v>4000</v>
       </c>
       <c r="K346" s="15">
         <v>0.00389</v>
       </c>
       <c r="L346" s="15">
         <v>0.00389</v>
       </c>
       <c r="M346" s="15">
         <v>0.00389</v>
       </c>
       <c r="N346" s="15"/>
       <c r="O346" s="15"/>
       <c r="P346" s="15"/>
       <c r="Q346" s="15"/>
       <c r="R346" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="347" spans="1:18">
       <c r="B347" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C347" s="15" t="s">
         <v>1143</v>
       </c>
       <c r="D347" s="15" t="s">
         <v>1144</v>
       </c>
       <c r="E347" s="15">
         <v>10080052621</v>
       </c>
       <c r="F347" s="15"/>
       <c r="G347" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H347" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I347" s="15" t="s">
         <v>1145</v>
       </c>
       <c r="J347" s="15">
         <v>4000</v>
       </c>
       <c r="K347" s="15">
         <v>0.01802</v>
       </c>
       <c r="L347" s="15">
         <v>0.01293</v>
       </c>
       <c r="M347" s="15">
         <v>0.01121</v>
       </c>
       <c r="N347" s="15"/>
       <c r="O347" s="15"/>
       <c r="P347" s="15"/>
       <c r="Q347" s="15"/>
       <c r="R347" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="348" spans="1:18">
@@ -22687,56 +22690,58 @@
       <c r="E349" s="15">
         <v>10080049773</v>
       </c>
       <c r="F349" s="15"/>
       <c r="G349" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H349" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I349" s="15" t="s">
         <v>1151</v>
       </c>
       <c r="J349" s="15">
         <v>4000</v>
       </c>
       <c r="K349" s="15">
         <v>0.04292</v>
       </c>
       <c r="L349" s="15">
         <v>0.04292</v>
       </c>
       <c r="M349" s="15">
         <v>0.04292</v>
       </c>
-      <c r="N349" s="15"/>
+      <c r="N349" s="15">
+        <v>4000</v>
+      </c>
       <c r="O349" s="15">
         <v>12000</v>
       </c>
       <c r="P349" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q349" s="15"/>
       <c r="R349" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="350" spans="1:18">
       <c r="B350" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C350" s="15" t="s">
         <v>1152</v>
       </c>
       <c r="D350" s="15" t="s">
         <v>1153</v>
       </c>
       <c r="E350" s="15">
         <v>10080057759</v>
       </c>
       <c r="F350" s="15"/>
       <c r="G350" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H350" s="15" t="s">
         <v>41</v>
@@ -22801,51 +22806,51 @@
       <c r="O351" s="15"/>
       <c r="P351" s="15"/>
       <c r="Q351" s="15"/>
       <c r="R351" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="352" spans="1:18">
       <c r="B352" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C352" s="15" t="s">
         <v>1160</v>
       </c>
       <c r="D352" s="15" t="s">
         <v>1161</v>
       </c>
       <c r="E352" s="15" t="s">
         <v>1162</v>
       </c>
       <c r="F352" s="15"/>
       <c r="G352" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H352" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I352" s="15" t="s">
         <v>1163</v>
       </c>
       <c r="J352" s="15">
         <v>4000</v>
       </c>
       <c r="K352" s="15">
         <v>0.0063</v>
       </c>
       <c r="L352" s="15">
         <v>0.00546</v>
       </c>
       <c r="M352" s="15">
         <v>0.00525</v>
       </c>
       <c r="N352" s="15"/>
       <c r="O352" s="15"/>
       <c r="P352" s="15"/>
       <c r="Q352" s="15"/>
       <c r="R352" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="353" spans="1:18">
@@ -22863,120 +22868,118 @@
       </c>
       <c r="F353" s="15"/>
       <c r="G353" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H353" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I353" s="15" t="s">
         <v>1167</v>
       </c>
       <c r="J353" s="15">
         <v>3000</v>
       </c>
       <c r="K353" s="15">
         <v>0.01008</v>
       </c>
       <c r="L353" s="15">
         <v>0.00874</v>
       </c>
       <c r="M353" s="15">
         <v>0.008399999999999999</v>
       </c>
       <c r="N353" s="15"/>
       <c r="O353" s="15"/>
-      <c r="P353" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P353" s="15"/>
       <c r="Q353" s="15"/>
       <c r="R353" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="354" spans="1:18">
       <c r="B354" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C354" s="15" t="s">
         <v>1168</v>
       </c>
       <c r="D354" s="15" t="s">
         <v>1169</v>
       </c>
       <c r="E354" s="15">
         <v>10080067227</v>
       </c>
       <c r="F354" s="15"/>
       <c r="G354" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H354" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I354" s="15" t="s">
         <v>1170</v>
       </c>
       <c r="J354" s="15">
         <v>4000</v>
       </c>
       <c r="K354" s="15">
         <v>0.01393</v>
       </c>
       <c r="L354" s="15">
         <v>0.01393</v>
       </c>
       <c r="M354" s="15">
         <v>0.01393</v>
       </c>
       <c r="N354" s="15"/>
       <c r="O354" s="15"/>
       <c r="P354" s="15"/>
       <c r="Q354" s="15"/>
       <c r="R354" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="355" spans="1:18">
       <c r="B355" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C355" s="15" t="s">
         <v>1171</v>
       </c>
       <c r="D355" s="15" t="s">
         <v>1172</v>
       </c>
       <c r="E355" s="15" t="s">
         <v>1173</v>
       </c>
       <c r="F355" s="15"/>
       <c r="G355" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H355" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I355" s="15" t="s">
         <v>1174</v>
       </c>
       <c r="J355" s="15">
         <v>4000</v>
       </c>
       <c r="K355" s="15">
         <v>0.02124</v>
       </c>
       <c r="L355" s="15">
         <v>0.01536</v>
       </c>
       <c r="M355" s="15">
         <v>0.01341</v>
       </c>
       <c r="N355" s="15"/>
       <c r="O355" s="15"/>
       <c r="P355" s="15"/>
       <c r="Q355" s="15"/>
       <c r="R355" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="356" spans="1:18">
@@ -23061,137 +23064,137 @@
       <c r="O357" s="15"/>
       <c r="P357" s="15"/>
       <c r="Q357" s="15"/>
       <c r="R357" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="358" spans="1:18">
       <c r="B358" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C358" s="15" t="s">
         <v>1181</v>
       </c>
       <c r="D358" s="15" t="s">
         <v>1182</v>
       </c>
       <c r="E358" s="15" t="s">
         <v>1183</v>
       </c>
       <c r="F358" s="15"/>
       <c r="G358" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H358" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I358" s="15" t="s">
         <v>1184</v>
       </c>
       <c r="J358" s="15">
         <v>4000</v>
       </c>
       <c r="K358" s="15">
         <v>0.00315</v>
       </c>
       <c r="L358" s="15">
         <v>0.00273</v>
       </c>
       <c r="M358" s="15">
         <v>0.00263</v>
       </c>
       <c r="N358" s="15"/>
       <c r="O358" s="15"/>
       <c r="P358" s="15"/>
       <c r="Q358" s="15"/>
       <c r="R358" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="359" spans="1:18">
       <c r="B359" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C359" s="15" t="s">
         <v>1185</v>
       </c>
       <c r="D359" s="15" t="s">
         <v>1186</v>
       </c>
       <c r="E359" s="15">
         <v>10080056223</v>
       </c>
       <c r="F359" s="15"/>
       <c r="G359" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H359" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I359" s="15" t="s">
         <v>1187</v>
       </c>
       <c r="J359" s="15">
         <v>4000</v>
       </c>
       <c r="K359" s="15">
         <v>0.00643</v>
       </c>
       <c r="L359" s="15">
         <v>0.00643</v>
       </c>
       <c r="M359" s="15">
         <v>0.00643</v>
       </c>
       <c r="N359" s="15"/>
       <c r="O359" s="15"/>
       <c r="P359" s="15"/>
       <c r="Q359" s="15"/>
       <c r="R359" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="360" spans="1:18">
       <c r="B360" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C360" s="15" t="s">
         <v>1188</v>
       </c>
       <c r="D360" s="15" t="s">
         <v>1189</v>
       </c>
       <c r="E360" s="15">
         <v>10080033096</v>
       </c>
       <c r="F360" s="15"/>
       <c r="G360" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H360" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I360" s="15" t="s">
         <v>1190</v>
       </c>
       <c r="J360" s="15">
         <v>4000</v>
       </c>
       <c r="K360" s="15">
         <v>0.0579</v>
       </c>
       <c r="L360" s="15">
         <v>0.02341</v>
       </c>
       <c r="M360" s="15">
         <v>0.0213</v>
       </c>
       <c r="N360" s="15"/>
       <c r="O360" s="15"/>
       <c r="P360" s="15"/>
       <c r="Q360" s="15"/>
       <c r="R360" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="361" spans="1:18">
@@ -23321,51 +23324,51 @@
       <c r="O363" s="15"/>
       <c r="P363" s="15"/>
       <c r="Q363" s="15"/>
       <c r="R363" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="364" spans="1:18">
       <c r="B364" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C364" s="15" t="s">
         <v>1200</v>
       </c>
       <c r="D364" s="15" t="s">
         <v>1201</v>
       </c>
       <c r="E364" s="15">
         <v>10080067228</v>
       </c>
       <c r="F364" s="15"/>
       <c r="G364" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H364" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I364" s="15" t="s">
         <v>1202</v>
       </c>
       <c r="J364" s="15">
         <v>4000</v>
       </c>
       <c r="K364" s="15">
         <v>0.009129999999999999</v>
       </c>
       <c r="L364" s="15">
         <v>0.00699</v>
       </c>
       <c r="M364" s="15">
         <v>0.00699</v>
       </c>
       <c r="N364" s="15"/>
       <c r="O364" s="15"/>
       <c r="P364" s="15"/>
       <c r="Q364" s="15"/>
       <c r="R364" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="365" spans="1:18">
@@ -23407,51 +23410,51 @@
       <c r="O365" s="15"/>
       <c r="P365" s="15"/>
       <c r="Q365" s="15"/>
       <c r="R365" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="366" spans="1:18">
       <c r="B366" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C366" s="15" t="s">
         <v>1206</v>
       </c>
       <c r="D366" s="15" t="s">
         <v>1207</v>
       </c>
       <c r="E366" s="15">
         <v>10080032458</v>
       </c>
       <c r="F366" s="15"/>
       <c r="G366" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H366" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I366" s="15" t="s">
         <v>1208</v>
       </c>
       <c r="J366" s="15">
         <v>4000</v>
       </c>
       <c r="K366" s="15">
         <v>0.02132</v>
       </c>
       <c r="L366" s="15">
         <v>0.01278</v>
       </c>
       <c r="M366" s="15">
         <v>0.01278</v>
       </c>
       <c r="N366" s="15"/>
       <c r="O366" s="15"/>
       <c r="P366" s="15"/>
       <c r="Q366" s="15"/>
       <c r="R366" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="367" spans="1:18">
@@ -23493,51 +23496,51 @@
       <c r="O367" s="15"/>
       <c r="P367" s="15"/>
       <c r="Q367" s="15"/>
       <c r="R367" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="368" spans="1:18">
       <c r="B368" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C368" s="15" t="s">
         <v>1212</v>
       </c>
       <c r="D368" s="15" t="s">
         <v>1213</v>
       </c>
       <c r="E368" s="15">
         <v>10080074172</v>
       </c>
       <c r="F368" s="15"/>
       <c r="G368" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H368" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I368" s="15" t="s">
         <v>1214</v>
       </c>
       <c r="J368" s="15">
         <v>4000</v>
       </c>
       <c r="K368" s="15">
         <v>0.02064</v>
       </c>
       <c r="L368" s="15">
         <v>0.01789</v>
       </c>
       <c r="M368" s="15">
         <v>0.0172</v>
       </c>
       <c r="N368" s="15"/>
       <c r="O368" s="15"/>
       <c r="P368" s="15"/>
       <c r="Q368" s="15"/>
       <c r="R368" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="369" spans="1:18">
@@ -23579,51 +23582,51 @@
       <c r="O369" s="15"/>
       <c r="P369" s="15"/>
       <c r="Q369" s="15"/>
       <c r="R369" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="370" spans="1:18">
       <c r="B370" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C370" s="15" t="s">
         <v>1218</v>
       </c>
       <c r="D370" s="15" t="s">
         <v>1219</v>
       </c>
       <c r="E370" s="15" t="s">
         <v>1220</v>
       </c>
       <c r="F370" s="15"/>
       <c r="G370" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H370" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I370" s="15" t="s">
         <v>1221</v>
       </c>
       <c r="J370" s="15">
         <v>4000</v>
       </c>
       <c r="K370" s="15">
         <v>0.00416</v>
       </c>
       <c r="L370" s="15">
         <v>0.00416</v>
       </c>
       <c r="M370" s="15">
         <v>0.00416</v>
       </c>
       <c r="N370" s="15">
         <v>24000</v>
       </c>
       <c r="O370" s="15"/>
       <c r="P370" s="15"/>
       <c r="Q370" s="15"/>
       <c r="R370" t="s">
         <v>33</v>
       </c>
@@ -23667,51 +23670,51 @@
       <c r="O371" s="15"/>
       <c r="P371" s="15"/>
       <c r="Q371" s="15"/>
       <c r="R371" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="372" spans="1:18">
       <c r="B372" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C372" s="15" t="s">
         <v>1226</v>
       </c>
       <c r="D372" s="15" t="s">
         <v>1227</v>
       </c>
       <c r="E372" s="15">
         <v>10080036754</v>
       </c>
       <c r="F372" s="15"/>
       <c r="G372" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H372" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I372" s="15" t="s">
         <v>1228</v>
       </c>
       <c r="J372" s="15">
         <v>4000</v>
       </c>
       <c r="K372" s="15">
         <v>0.03115</v>
       </c>
       <c r="L372" s="15">
         <v>0.02804</v>
       </c>
       <c r="M372" s="15">
         <v>0.027</v>
       </c>
       <c r="N372" s="15"/>
       <c r="O372" s="15"/>
       <c r="P372" s="15"/>
       <c r="Q372" s="15"/>
       <c r="R372" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="373" spans="1:18">
@@ -23796,96 +23799,96 @@
       <c r="O374" s="15"/>
       <c r="P374" s="15"/>
       <c r="Q374" s="15"/>
       <c r="R374" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="375" spans="1:18">
       <c r="B375" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C375" s="15" t="s">
         <v>1235</v>
       </c>
       <c r="D375" s="15" t="s">
         <v>1236</v>
       </c>
       <c r="E375" s="15" t="s">
         <v>1237</v>
       </c>
       <c r="F375" s="15"/>
       <c r="G375" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H375" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I375" s="15" t="s">
         <v>1238</v>
       </c>
       <c r="J375" s="15">
         <v>4000</v>
       </c>
       <c r="K375" s="15">
         <v>0.01666</v>
       </c>
       <c r="L375" s="15">
         <v>0.01398</v>
       </c>
       <c r="M375" s="15">
         <v>0.01344</v>
       </c>
       <c r="N375" s="15">
-        <v>40000</v>
+        <v>36000</v>
       </c>
       <c r="O375" s="15"/>
       <c r="P375" s="15"/>
       <c r="Q375" s="15"/>
       <c r="R375" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="376" spans="1:18">
       <c r="B376" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C376" s="15" t="s">
         <v>1239</v>
       </c>
       <c r="D376" s="15" t="s">
         <v>1240</v>
       </c>
       <c r="E376" s="15">
         <v>10080056353</v>
       </c>
       <c r="F376" s="15"/>
       <c r="G376" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H376" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I376" s="15" t="s">
         <v>1241</v>
       </c>
       <c r="J376" s="15">
         <v>4000</v>
       </c>
       <c r="K376" s="15">
         <v>0.02931</v>
       </c>
       <c r="L376" s="15">
         <v>0.02443</v>
       </c>
       <c r="M376" s="15">
         <v>0.02345</v>
       </c>
       <c r="N376" s="15"/>
       <c r="O376" s="15"/>
       <c r="P376" s="15"/>
       <c r="Q376" s="15"/>
       <c r="R376" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="377" spans="1:18">
@@ -23942,79 +23945,77 @@
         <v>1246</v>
       </c>
       <c r="E378" s="15" t="s">
         <v>1247</v>
       </c>
       <c r="F378" s="15"/>
       <c r="G378" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H378" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I378" s="15"/>
       <c r="J378" s="15">
         <v>4000</v>
       </c>
       <c r="K378" s="15">
         <v>0.03439</v>
       </c>
       <c r="L378" s="15">
         <v>0.02885</v>
       </c>
       <c r="M378" s="15">
         <v>0.02774</v>
       </c>
-      <c r="N378" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N378" s="15"/>
       <c r="O378" s="15"/>
       <c r="P378" s="15"/>
       <c r="Q378" s="15"/>
       <c r="R378" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="379" spans="1:18">
       <c r="B379" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C379" s="15" t="s">
         <v>1248</v>
       </c>
       <c r="D379" s="15" t="s">
         <v>1249</v>
       </c>
       <c r="E379" s="15">
         <v>10080027550</v>
       </c>
       <c r="F379" s="15"/>
       <c r="G379" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H379" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I379" s="15"/>
       <c r="J379" s="15">
         <v>4000</v>
       </c>
       <c r="K379" s="15">
         <v>0.01014</v>
       </c>
       <c r="L379" s="15">
         <v>0.01014</v>
       </c>
       <c r="M379" s="15">
         <v>0.01014</v>
       </c>
       <c r="N379" s="15">
         <v>16000</v>
       </c>
       <c r="O379" s="15"/>
       <c r="P379" s="15"/>
       <c r="Q379" s="15"/>
       <c r="R379" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="380" spans="1:18">
@@ -24032,79 +24033,79 @@
       </c>
       <c r="F380" s="15"/>
       <c r="G380" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H380" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I380" s="15" t="s">
         <v>1252</v>
       </c>
       <c r="J380" s="15">
         <v>4000</v>
       </c>
       <c r="K380" s="15">
         <v>0.00279</v>
       </c>
       <c r="L380" s="15">
         <v>0.00242</v>
       </c>
       <c r="M380" s="15">
         <v>0.00233</v>
       </c>
       <c r="N380" s="15"/>
       <c r="O380" s="15">
-        <v>68000</v>
+        <v>92000</v>
       </c>
       <c r="P380" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q380" s="15"/>
       <c r="R380" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="381" spans="1:18">
       <c r="B381" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C381" s="15" t="s">
         <v>1253</v>
       </c>
       <c r="D381" s="15" t="s">
         <v>1254</v>
       </c>
       <c r="E381" s="15">
         <v>10080041253</v>
       </c>
       <c r="F381" s="15"/>
       <c r="G381" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H381" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I381" s="15" t="s">
         <v>1255</v>
       </c>
       <c r="J381" s="15">
         <v>4000</v>
       </c>
       <c r="K381" s="15">
         <v>0.01317</v>
       </c>
       <c r="L381" s="15">
         <v>0.01061</v>
       </c>
       <c r="M381" s="15">
         <v>0.01019</v>
       </c>
       <c r="N381" s="15"/>
       <c r="O381" s="15"/>
       <c r="P381" s="15"/>
       <c r="Q381" s="15"/>
       <c r="R381" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="382" spans="1:18">
@@ -24232,51 +24233,51 @@
       <c r="O384" s="15"/>
       <c r="P384" s="15"/>
       <c r="Q384" s="15"/>
       <c r="R384" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="385" spans="1:18">
       <c r="B385" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C385" s="15" t="s">
         <v>1265</v>
       </c>
       <c r="D385" s="15" t="s">
         <v>1266</v>
       </c>
       <c r="E385" s="15">
         <v>10080034409</v>
       </c>
       <c r="F385" s="15"/>
       <c r="G385" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H385" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I385" s="15" t="s">
         <v>1267</v>
       </c>
       <c r="J385" s="15">
         <v>4000</v>
       </c>
       <c r="K385" s="15">
         <v>0.03165</v>
       </c>
       <c r="L385" s="15">
         <v>0.01143</v>
       </c>
       <c r="M385" s="15">
         <v>0.01043</v>
       </c>
       <c r="N385" s="15"/>
       <c r="O385" s="15"/>
       <c r="P385" s="15"/>
       <c r="Q385" s="15"/>
       <c r="R385" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="386" spans="1:18">
@@ -24363,51 +24364,51 @@
       <c r="O387" s="15"/>
       <c r="P387" s="15"/>
       <c r="Q387" s="15"/>
       <c r="R387" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="388" spans="1:18">
       <c r="B388" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C388" s="15" t="s">
         <v>1275</v>
       </c>
       <c r="D388" s="15" t="s">
         <v>1276</v>
       </c>
       <c r="E388" s="15" t="s">
         <v>1277</v>
       </c>
       <c r="F388" s="15"/>
       <c r="G388" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H388" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I388" s="15" t="s">
         <v>1278</v>
       </c>
       <c r="J388" s="15">
         <v>4000</v>
       </c>
       <c r="K388" s="15">
         <v>0.01653</v>
       </c>
       <c r="L388" s="15">
         <v>0.01433</v>
       </c>
       <c r="M388" s="15">
         <v>0.01378</v>
       </c>
       <c r="N388" s="15">
         <v>20000</v>
       </c>
       <c r="O388" s="15"/>
       <c r="P388" s="15"/>
       <c r="Q388" s="15"/>
       <c r="R388" t="s">
         <v>33</v>
       </c>
@@ -24451,96 +24452,96 @@
       <c r="O389" s="15"/>
       <c r="P389" s="15"/>
       <c r="Q389" s="15"/>
       <c r="R389" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="390" spans="1:18">
       <c r="B390" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C390" s="15" t="s">
         <v>1283</v>
       </c>
       <c r="D390" s="15" t="s">
         <v>1284</v>
       </c>
       <c r="E390" s="15">
         <v>10080071860</v>
       </c>
       <c r="F390" s="15"/>
       <c r="G390" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H390" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I390" s="15" t="s">
         <v>1285</v>
       </c>
       <c r="J390" s="15">
         <v>4000</v>
       </c>
       <c r="K390" s="15">
         <v>0.0212</v>
       </c>
       <c r="L390" s="15">
         <v>0.01534</v>
       </c>
       <c r="M390" s="15">
         <v>0.01338</v>
       </c>
       <c r="N390" s="15">
         <v>4000</v>
       </c>
       <c r="O390" s="15"/>
       <c r="P390" s="15"/>
       <c r="Q390" s="15"/>
       <c r="R390" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="391" spans="1:18">
       <c r="B391" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C391" s="15" t="s">
         <v>1286</v>
       </c>
       <c r="D391" s="15" t="s">
         <v>1287</v>
       </c>
       <c r="E391" s="15">
         <v>10080045669</v>
       </c>
       <c r="F391" s="15"/>
       <c r="G391" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H391" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I391" s="15" t="s">
         <v>1288</v>
       </c>
       <c r="J391" s="15">
         <v>4000</v>
       </c>
       <c r="K391" s="15">
         <v>0.03018</v>
       </c>
       <c r="L391" s="15">
         <v>0.02183</v>
       </c>
       <c r="M391" s="15">
         <v>0.01904</v>
       </c>
       <c r="N391" s="15">
         <v>8000</v>
       </c>
       <c r="O391" s="15"/>
       <c r="P391" s="15"/>
       <c r="Q391" s="15"/>
       <c r="R391" t="s">
         <v>33</v>
       </c>
@@ -24629,94 +24630,94 @@
       <c r="O393" s="15"/>
       <c r="P393" s="15"/>
       <c r="Q393" s="15"/>
       <c r="R393" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="394" spans="1:18">
       <c r="B394" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C394" s="15" t="s">
         <v>1296</v>
       </c>
       <c r="D394" s="15" t="s">
         <v>1297</v>
       </c>
       <c r="E394" s="15" t="s">
         <v>1298</v>
       </c>
       <c r="F394" s="15"/>
       <c r="G394" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H394" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I394" s="15" t="s">
         <v>1299</v>
       </c>
       <c r="J394" s="15">
         <v>4000</v>
       </c>
       <c r="K394" s="15">
         <v>0.01118</v>
       </c>
       <c r="L394" s="15">
         <v>0.00808</v>
       </c>
       <c r="M394" s="15">
         <v>0.00706</v>
       </c>
       <c r="N394" s="15"/>
       <c r="O394" s="15"/>
       <c r="P394" s="15"/>
       <c r="Q394" s="15"/>
       <c r="R394" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="395" spans="1:18">
       <c r="B395" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C395" s="15" t="s">
         <v>1300</v>
       </c>
       <c r="D395" s="15" t="s">
         <v>1301</v>
       </c>
       <c r="E395" s="15">
         <v>10080071912</v>
       </c>
       <c r="F395" s="15"/>
       <c r="G395" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H395" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I395" s="15" t="s">
         <v>1302</v>
       </c>
       <c r="J395" s="15">
         <v>4000</v>
       </c>
       <c r="K395" s="15">
         <v>0.02581</v>
       </c>
       <c r="L395" s="15">
         <v>0.01866</v>
       </c>
       <c r="M395" s="15">
         <v>0.0163</v>
       </c>
       <c r="N395" s="15"/>
       <c r="O395" s="15"/>
       <c r="P395" s="15"/>
       <c r="Q395" s="15"/>
       <c r="R395" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="396" spans="1:18">
@@ -24803,51 +24804,51 @@
       <c r="O397" s="15"/>
       <c r="P397" s="15"/>
       <c r="Q397" s="15"/>
       <c r="R397" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="398" spans="1:18">
       <c r="B398" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C398" s="15" t="s">
         <v>1309</v>
       </c>
       <c r="D398" s="15" t="s">
         <v>1310</v>
       </c>
       <c r="E398" s="15">
         <v>10080068412</v>
       </c>
       <c r="F398" s="15"/>
       <c r="G398" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H398" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I398" s="15" t="s">
         <v>1311</v>
       </c>
       <c r="J398" s="15">
         <v>4000</v>
       </c>
       <c r="K398" s="15">
         <v>0.0195</v>
       </c>
       <c r="L398" s="15">
         <v>0.01495</v>
       </c>
       <c r="M398" s="15">
         <v>0.01495</v>
       </c>
       <c r="N398" s="15"/>
       <c r="O398" s="15"/>
       <c r="P398" s="15"/>
       <c r="Q398" s="15"/>
       <c r="R398" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="399" spans="1:18">
@@ -24891,137 +24892,135 @@
       <c r="O399" s="15"/>
       <c r="P399" s="15"/>
       <c r="Q399" s="15"/>
       <c r="R399" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="400" spans="1:18">
       <c r="B400" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C400" s="15" t="s">
         <v>1316</v>
       </c>
       <c r="D400" s="15" t="s">
         <v>1317</v>
       </c>
       <c r="E400" s="15" t="s">
         <v>1318</v>
       </c>
       <c r="F400" s="15"/>
       <c r="G400" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H400" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I400" s="15" t="s">
         <v>1319</v>
       </c>
       <c r="J400" s="15">
         <v>4000</v>
       </c>
       <c r="K400" s="15">
         <v>0.01254</v>
       </c>
       <c r="L400" s="15">
         <v>0.01052</v>
       </c>
       <c r="M400" s="15">
         <v>0.01011</v>
       </c>
-      <c r="N400" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N400" s="15"/>
       <c r="O400" s="15"/>
       <c r="P400" s="15"/>
       <c r="Q400" s="15"/>
       <c r="R400" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="401" spans="1:18">
       <c r="B401" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C401" s="15" t="s">
         <v>1320</v>
       </c>
       <c r="D401" s="15" t="s">
         <v>1321</v>
       </c>
       <c r="E401" s="15" t="s">
         <v>1322</v>
       </c>
       <c r="F401" s="15"/>
       <c r="G401" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H401" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I401" s="15"/>
       <c r="J401" s="15">
         <v>4000</v>
       </c>
       <c r="K401" s="15">
         <v>0.05878</v>
       </c>
       <c r="L401" s="15">
         <v>0.05878</v>
       </c>
       <c r="M401" s="15">
         <v>0.05878</v>
       </c>
       <c r="N401" s="15"/>
       <c r="O401" s="15"/>
       <c r="P401" s="15"/>
       <c r="Q401" s="15"/>
       <c r="R401" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="402" spans="1:18">
       <c r="B402" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C402" s="15" t="s">
         <v>1323</v>
       </c>
       <c r="D402" s="15" t="s">
         <v>1324</v>
       </c>
       <c r="E402" s="15">
         <v>10080067410</v>
       </c>
       <c r="F402" s="15"/>
       <c r="G402" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H402" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I402" s="15"/>
       <c r="J402" s="15">
         <v>4000</v>
       </c>
       <c r="K402" s="15">
         <v>0.07396</v>
       </c>
       <c r="L402" s="15">
         <v>0.05488</v>
       </c>
       <c r="M402" s="15">
         <v>0.05488</v>
       </c>
       <c r="N402" s="15"/>
       <c r="O402" s="15"/>
       <c r="P402" s="15"/>
       <c r="Q402" s="15"/>
       <c r="R402" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="403" spans="1:18">
       <c r="B403" s="14" t="s">
         <v>26</v>
@@ -25037,54 +25036,54 @@
       </c>
       <c r="F403" s="15"/>
       <c r="G403" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H403" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I403" s="15" t="s">
         <v>1327</v>
       </c>
       <c r="J403" s="15">
         <v>4000</v>
       </c>
       <c r="K403" s="15">
         <v>0.00366</v>
       </c>
       <c r="L403" s="15">
         <v>0.00317</v>
       </c>
       <c r="M403" s="15">
         <v>0.00305</v>
       </c>
       <c r="N403" s="15"/>
       <c r="O403" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="P403" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q403" s="15"/>
       <c r="R403" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="404" spans="1:18">
       <c r="B404" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C404" s="15" t="s">
         <v>1328</v>
       </c>
       <c r="D404" s="15" t="s">
         <v>1329</v>
       </c>
       <c r="E404" s="15">
         <v>10080006142</v>
       </c>
       <c r="F404" s="15"/>
       <c r="G404" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H404" s="15" t="s">
         <v>31</v>
@@ -25151,180 +25150,180 @@
       <c r="O405" s="15"/>
       <c r="P405" s="15"/>
       <c r="Q405" s="15"/>
       <c r="R405" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="406" spans="1:18">
       <c r="B406" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C406" s="15" t="s">
         <v>1334</v>
       </c>
       <c r="D406" s="15" t="s">
         <v>1335</v>
       </c>
       <c r="E406" s="15" t="s">
         <v>1336</v>
       </c>
       <c r="F406" s="15"/>
       <c r="G406" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H406" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I406" s="15" t="s">
         <v>1337</v>
       </c>
       <c r="J406" s="15">
         <v>4000</v>
       </c>
       <c r="K406" s="15">
         <v>0.00617</v>
       </c>
       <c r="L406" s="15">
         <v>0.00617</v>
       </c>
       <c r="M406" s="15">
         <v>0.00617</v>
       </c>
       <c r="N406" s="15"/>
       <c r="O406" s="15"/>
       <c r="P406" s="15"/>
       <c r="Q406" s="15"/>
       <c r="R406" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="407" spans="1:18">
       <c r="B407" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C407" s="15" t="s">
         <v>1338</v>
       </c>
       <c r="D407" s="15" t="s">
         <v>1339</v>
       </c>
       <c r="E407" s="15">
         <v>10080039368</v>
       </c>
       <c r="F407" s="15"/>
       <c r="G407" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H407" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I407" s="15" t="s">
         <v>1340</v>
       </c>
       <c r="J407" s="15">
         <v>4000</v>
       </c>
       <c r="K407" s="15">
         <v>0.06875000000000001</v>
       </c>
       <c r="L407" s="15">
         <v>0.02485</v>
       </c>
       <c r="M407" s="15">
         <v>0.02259</v>
       </c>
       <c r="N407" s="15"/>
       <c r="O407" s="15"/>
       <c r="P407" s="15"/>
       <c r="Q407" s="15"/>
       <c r="R407" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="408" spans="1:18">
       <c r="B408" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C408" s="15" t="s">
         <v>1341</v>
       </c>
       <c r="D408" s="15" t="s">
         <v>1342</v>
       </c>
       <c r="E408" s="15" t="s">
         <v>1343</v>
       </c>
       <c r="F408" s="15"/>
       <c r="G408" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H408" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I408" s="15" t="s">
         <v>1344</v>
       </c>
       <c r="J408" s="15">
         <v>4000</v>
       </c>
       <c r="K408" s="15">
         <v>0.00874</v>
       </c>
       <c r="L408" s="15">
         <v>0.00633</v>
       </c>
       <c r="M408" s="15">
         <v>0.00552</v>
       </c>
       <c r="N408" s="15"/>
       <c r="O408" s="15"/>
       <c r="P408" s="15"/>
       <c r="Q408" s="15"/>
       <c r="R408" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="409" spans="1:18">
       <c r="B409" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C409" s="15" t="s">
         <v>1345</v>
       </c>
       <c r="D409" s="15" t="s">
         <v>1346</v>
       </c>
       <c r="E409" s="15">
         <v>10080045672</v>
       </c>
       <c r="F409" s="15"/>
       <c r="G409" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H409" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I409" s="15" t="s">
         <v>1347</v>
       </c>
       <c r="J409" s="15">
         <v>4000</v>
       </c>
       <c r="K409" s="15">
         <v>0.00685</v>
       </c>
       <c r="L409" s="15">
         <v>0.00685</v>
       </c>
       <c r="M409" s="15">
         <v>0.00685</v>
       </c>
       <c r="N409" s="15"/>
       <c r="O409" s="15"/>
       <c r="P409" s="15"/>
       <c r="Q409" s="15"/>
       <c r="R409" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="410" spans="1:18">
@@ -25497,137 +25496,137 @@
       <c r="O413" s="15"/>
       <c r="P413" s="15"/>
       <c r="Q413" s="15"/>
       <c r="R413" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="414" spans="1:18">
       <c r="B414" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C414" s="15" t="s">
         <v>1362</v>
       </c>
       <c r="D414" s="15" t="s">
         <v>1363</v>
       </c>
       <c r="E414" s="15" t="s">
         <v>1364</v>
       </c>
       <c r="F414" s="15"/>
       <c r="G414" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H414" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I414" s="15" t="s">
         <v>1365</v>
       </c>
       <c r="J414" s="15">
         <v>4000</v>
       </c>
       <c r="K414" s="15">
         <v>0.02209</v>
       </c>
       <c r="L414" s="15">
         <v>0.01598</v>
       </c>
       <c r="M414" s="15">
         <v>0.01395</v>
       </c>
       <c r="N414" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O414" s="15"/>
       <c r="P414" s="15"/>
       <c r="Q414" s="15"/>
       <c r="R414" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="415" spans="1:18">
       <c r="B415" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C415" s="15" t="s">
         <v>1366</v>
       </c>
       <c r="D415" s="15" t="s">
         <v>1367</v>
       </c>
       <c r="E415" s="15" t="s">
         <v>1368</v>
       </c>
       <c r="F415" s="15"/>
       <c r="G415" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H415" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I415" s="15"/>
       <c r="J415" s="15">
         <v>4000</v>
       </c>
       <c r="K415" s="15">
         <v>0.04907</v>
       </c>
       <c r="L415" s="15">
         <v>0.04907</v>
       </c>
       <c r="M415" s="15">
         <v>0.04907</v>
       </c>
       <c r="N415" s="15"/>
       <c r="O415" s="15"/>
       <c r="P415" s="15"/>
       <c r="Q415" s="15"/>
       <c r="R415" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="416" spans="1:18">
       <c r="B416" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C416" s="15" t="s">
         <v>1369</v>
       </c>
       <c r="D416" s="15" t="s">
         <v>1370</v>
       </c>
       <c r="E416" s="15" t="s">
         <v>1371</v>
       </c>
       <c r="F416" s="15"/>
       <c r="G416" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H416" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I416" s="15" t="s">
         <v>1372</v>
       </c>
       <c r="J416" s="15">
         <v>4000</v>
       </c>
       <c r="K416" s="15">
         <v>0.02888</v>
       </c>
       <c r="L416" s="15">
         <v>0.02888</v>
       </c>
       <c r="M416" s="15">
         <v>0.02888</v>
       </c>
       <c r="N416" s="15"/>
       <c r="O416" s="15"/>
       <c r="P416" s="15"/>
       <c r="Q416" s="15"/>
       <c r="R416" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="417" spans="1:18">
@@ -25688,54 +25687,54 @@
       </c>
       <c r="F418" s="15"/>
       <c r="G418" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H418" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I418" s="15" t="s">
         <v>1379</v>
       </c>
       <c r="J418" s="15">
         <v>4000</v>
       </c>
       <c r="K418" s="15">
         <v>0.0035</v>
       </c>
       <c r="L418" s="15">
         <v>0.00303</v>
       </c>
       <c r="M418" s="15">
         <v>0.00291</v>
       </c>
       <c r="N418" s="15"/>
       <c r="O418" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="P418" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q418" s="15"/>
       <c r="R418" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="419" spans="1:18">
       <c r="B419" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C419" s="15" t="s">
         <v>1380</v>
       </c>
       <c r="D419" s="15" t="s">
         <v>1381</v>
       </c>
       <c r="E419" s="15">
         <v>10080007175</v>
       </c>
       <c r="F419" s="15"/>
       <c r="G419" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H419" s="15" t="s">
         <v>31</v>
@@ -25845,51 +25844,51 @@
       <c r="O421" s="15"/>
       <c r="P421" s="15"/>
       <c r="Q421" s="15"/>
       <c r="R421" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="422" spans="1:18">
       <c r="B422" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C422" s="15" t="s">
         <v>1392</v>
       </c>
       <c r="D422" s="15" t="s">
         <v>1393</v>
       </c>
       <c r="E422" s="15">
         <v>10080067315</v>
       </c>
       <c r="F422" s="15"/>
       <c r="G422" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H422" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I422" s="15" t="s">
         <v>1394</v>
       </c>
       <c r="J422" s="15">
         <v>4000</v>
       </c>
       <c r="K422" s="15">
         <v>0.03458</v>
       </c>
       <c r="L422" s="15">
         <v>0.03314</v>
       </c>
       <c r="M422" s="15">
         <v>0.0317</v>
       </c>
       <c r="N422" s="15"/>
       <c r="O422" s="15"/>
       <c r="P422" s="15"/>
       <c r="Q422" s="15"/>
       <c r="R422" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="423" spans="1:18">
@@ -25931,51 +25930,51 @@
       <c r="O423" s="15"/>
       <c r="P423" s="15"/>
       <c r="Q423" s="15"/>
       <c r="R423" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="424" spans="1:18">
       <c r="B424" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C424" s="15" t="s">
         <v>1398</v>
       </c>
       <c r="D424" s="15" t="s">
         <v>1399</v>
       </c>
       <c r="E424" s="15">
         <v>10080017856</v>
       </c>
       <c r="F424" s="15"/>
       <c r="G424" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H424" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I424" s="15" t="s">
         <v>1400</v>
       </c>
       <c r="J424" s="15">
         <v>4000</v>
       </c>
       <c r="K424" s="15">
         <v>0.01425</v>
       </c>
       <c r="L424" s="15">
         <v>0.01425</v>
       </c>
       <c r="M424" s="15">
         <v>0.01425</v>
       </c>
       <c r="N424" s="15"/>
       <c r="O424" s="15"/>
       <c r="P424" s="15"/>
       <c r="Q424" s="15"/>
       <c r="R424" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="425" spans="1:18">
@@ -26105,94 +26104,94 @@
       <c r="O427" s="15"/>
       <c r="P427" s="15"/>
       <c r="Q427" s="15"/>
       <c r="R427" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="428" spans="1:18">
       <c r="B428" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C428" s="15" t="s">
         <v>1412</v>
       </c>
       <c r="D428" s="15" t="s">
         <v>1413</v>
       </c>
       <c r="E428" s="15" t="s">
         <v>1414</v>
       </c>
       <c r="F428" s="15"/>
       <c r="G428" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H428" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I428" s="15" t="s">
         <v>1415</v>
       </c>
       <c r="J428" s="15">
         <v>4000</v>
       </c>
       <c r="K428" s="15">
         <v>0.10199</v>
       </c>
       <c r="L428" s="15">
         <v>0.05497</v>
       </c>
       <c r="M428" s="15">
         <v>0.04992</v>
       </c>
       <c r="N428" s="15"/>
       <c r="O428" s="15"/>
       <c r="P428" s="15"/>
       <c r="Q428" s="15"/>
       <c r="R428" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="429" spans="1:18">
       <c r="B429" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C429" s="15" t="s">
         <v>1416</v>
       </c>
       <c r="D429" s="15" t="s">
         <v>1417</v>
       </c>
       <c r="E429" s="15" t="s">
         <v>1418</v>
       </c>
       <c r="F429" s="15"/>
       <c r="G429" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H429" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I429" s="15" t="s">
         <v>1419</v>
       </c>
       <c r="J429" s="15">
         <v>4000</v>
       </c>
       <c r="K429" s="15">
         <v>0.02276</v>
       </c>
       <c r="L429" s="15">
         <v>0.02276</v>
       </c>
       <c r="M429" s="15">
         <v>0.02276</v>
       </c>
       <c r="N429" s="15"/>
       <c r="O429" s="15"/>
       <c r="P429" s="15"/>
       <c r="Q429" s="15"/>
       <c r="R429" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="430" spans="1:18">
@@ -26238,186 +26237,184 @@
         <v>1423</v>
       </c>
       <c r="Q430" s="15"/>
       <c r="R430" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="431" spans="1:18">
       <c r="B431" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C431" s="15" t="s">
         <v>1424</v>
       </c>
       <c r="D431" s="15" t="s">
         <v>1425</v>
       </c>
       <c r="E431" s="15">
         <v>10080027518</v>
       </c>
       <c r="F431" s="15"/>
       <c r="G431" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H431" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I431" s="15" t="s">
         <v>1426</v>
       </c>
       <c r="J431" s="15">
         <v>4000</v>
       </c>
       <c r="K431" s="15">
         <v>0.06524000000000001</v>
       </c>
       <c r="L431" s="15">
         <v>0.03287</v>
       </c>
       <c r="M431" s="15">
         <v>0.02985</v>
       </c>
       <c r="N431" s="15"/>
       <c r="O431" s="15"/>
       <c r="P431" s="15"/>
       <c r="Q431" s="15"/>
       <c r="R431" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="432" spans="1:18">
       <c r="B432" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C432" s="15" t="s">
         <v>1427</v>
       </c>
       <c r="D432" s="15" t="s">
         <v>1428</v>
       </c>
       <c r="E432" s="15">
         <v>10080017855</v>
       </c>
       <c r="F432" s="15"/>
       <c r="G432" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H432" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I432" s="15" t="s">
         <v>1429</v>
       </c>
       <c r="J432" s="15">
         <v>4000</v>
       </c>
       <c r="K432" s="15">
         <v>0.01038</v>
       </c>
       <c r="L432" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="M432" s="15">
         <v>0.00865</v>
       </c>
       <c r="N432" s="15"/>
       <c r="O432" s="15"/>
       <c r="P432" s="15"/>
       <c r="Q432" s="15"/>
       <c r="R432" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="433" spans="1:18">
       <c r="B433" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C433" s="15" t="s">
         <v>1430</v>
       </c>
       <c r="D433" s="15" t="s">
         <v>1431</v>
       </c>
       <c r="E433" s="15">
         <v>10080064078</v>
       </c>
       <c r="F433" s="15"/>
       <c r="G433" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H433" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I433" s="15" t="s">
         <v>1432</v>
       </c>
       <c r="J433" s="15">
         <v>4000</v>
       </c>
       <c r="K433" s="15">
         <v>0.00882</v>
       </c>
       <c r="L433" s="15">
         <v>0.00764</v>
       </c>
       <c r="M433" s="15">
         <v>0.00735</v>
       </c>
-      <c r="N433" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N433" s="15"/>
       <c r="O433" s="15">
         <v>16000</v>
       </c>
       <c r="P433" s="15" t="s">
         <v>1433</v>
       </c>
       <c r="Q433" s="15"/>
       <c r="R433" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="434" spans="1:18">
       <c r="B434" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C434" s="15" t="s">
         <v>1434</v>
       </c>
       <c r="D434" s="15" t="s">
         <v>1435</v>
       </c>
       <c r="E434" s="15" t="s">
         <v>1436</v>
       </c>
       <c r="F434" s="15"/>
       <c r="G434" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H434" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I434" s="15" t="s">
         <v>1437</v>
       </c>
       <c r="J434" s="15">
         <v>4000</v>
       </c>
       <c r="K434" s="15">
         <v>0.01339</v>
       </c>
       <c r="L434" s="15">
         <v>0.01339</v>
       </c>
       <c r="M434" s="15">
         <v>0.01339</v>
       </c>
       <c r="N434" s="15"/>
       <c r="O434" s="15"/>
       <c r="P434" s="15"/>
       <c r="Q434" s="15"/>
       <c r="R434" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="435" spans="1:18">
@@ -26498,51 +26495,51 @@
       <c r="O436" s="15"/>
       <c r="P436" s="15"/>
       <c r="Q436" s="15"/>
       <c r="R436" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="437" spans="1:18">
       <c r="B437" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C437" s="15" t="s">
         <v>1444</v>
       </c>
       <c r="D437" s="15" t="s">
         <v>1445</v>
       </c>
       <c r="E437" s="15" t="s">
         <v>1446</v>
       </c>
       <c r="F437" s="15"/>
       <c r="G437" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H437" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I437" s="15" t="s">
         <v>1447</v>
       </c>
       <c r="J437" s="15">
         <v>4000</v>
       </c>
       <c r="K437" s="15">
         <v>45.81</v>
       </c>
       <c r="L437" s="15">
         <v>26.46</v>
       </c>
       <c r="M437" s="15">
         <v>0</v>
       </c>
       <c r="N437" s="15"/>
       <c r="O437" s="15"/>
       <c r="P437" s="15"/>
       <c r="Q437" s="15"/>
       <c r="R437" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="438" spans="1:18">
@@ -26627,94 +26624,94 @@
       <c r="O439" s="15"/>
       <c r="P439" s="15"/>
       <c r="Q439" s="15"/>
       <c r="R439" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="440" spans="1:18">
       <c r="B440" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C440" s="15" t="s">
         <v>1455</v>
       </c>
       <c r="D440" s="15" t="s">
         <v>1456</v>
       </c>
       <c r="E440" s="15" t="s">
         <v>1457</v>
       </c>
       <c r="F440" s="15"/>
       <c r="G440" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H440" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I440" s="15" t="s">
         <v>1458</v>
       </c>
       <c r="J440" s="15">
         <v>4000</v>
       </c>
       <c r="K440" s="15">
         <v>55.53</v>
       </c>
       <c r="L440" s="15">
         <v>32.07</v>
       </c>
       <c r="M440" s="15">
         <v>0</v>
       </c>
       <c r="N440" s="15"/>
       <c r="O440" s="15"/>
       <c r="P440" s="15"/>
       <c r="Q440" s="15"/>
       <c r="R440" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="441" spans="1:18">
       <c r="B441" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C441" s="15" t="s">
         <v>1459</v>
       </c>
       <c r="D441" s="15" t="s">
         <v>1460</v>
       </c>
       <c r="E441" s="15">
         <v>10080033361</v>
       </c>
       <c r="F441" s="15"/>
       <c r="G441" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H441" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I441" s="15" t="s">
         <v>1461</v>
       </c>
       <c r="J441" s="15">
         <v>4000</v>
       </c>
       <c r="K441" s="15">
         <v>0.01778</v>
       </c>
       <c r="L441" s="15">
         <v>0.00719</v>
       </c>
       <c r="M441" s="15">
         <v>0.00653</v>
       </c>
       <c r="N441" s="15"/>
       <c r="O441" s="15"/>
       <c r="P441" s="15"/>
       <c r="Q441" s="15"/>
       <c r="R441" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="442" spans="1:18">
@@ -26799,51 +26796,51 @@
       <c r="O443" s="15"/>
       <c r="P443" s="15"/>
       <c r="Q443" s="15"/>
       <c r="R443" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="444" spans="1:18">
       <c r="B444" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C444" s="15" t="s">
         <v>1468</v>
       </c>
       <c r="D444" s="15" t="s">
         <v>1469</v>
       </c>
       <c r="E444" s="15" t="s">
         <v>1470</v>
       </c>
       <c r="F444" s="15"/>
       <c r="G444" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H444" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I444" s="15" t="s">
         <v>1471</v>
       </c>
       <c r="J444" s="15">
         <v>4000</v>
       </c>
       <c r="K444" s="15">
         <v>55.53</v>
       </c>
       <c r="L444" s="15">
         <v>32.07</v>
       </c>
       <c r="M444" s="15">
         <v>0</v>
       </c>
       <c r="N444" s="15"/>
       <c r="O444" s="15"/>
       <c r="P444" s="15"/>
       <c r="Q444" s="15"/>
       <c r="R444" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="445" spans="1:18">
@@ -26860,51 +26857,51 @@
         <v>10080056652</v>
       </c>
       <c r="F445" s="15"/>
       <c r="G445" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H445" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I445" s="15" t="s">
         <v>1474</v>
       </c>
       <c r="J445" s="15">
         <v>4000</v>
       </c>
       <c r="K445" s="15">
         <v>0.00476</v>
       </c>
       <c r="L445" s="15">
         <v>0.00412</v>
       </c>
       <c r="M445" s="15">
         <v>0.00396</v>
       </c>
       <c r="N445" s="15">
-        <v>28000</v>
+        <v>36000</v>
       </c>
       <c r="O445" s="15"/>
       <c r="P445" s="15"/>
       <c r="Q445" s="15"/>
       <c r="R445" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="446" spans="1:18">
       <c r="B446" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C446" s="15" t="s">
         <v>1475</v>
       </c>
       <c r="D446" s="15" t="s">
         <v>1476</v>
       </c>
       <c r="E446" s="15">
         <v>10080012275</v>
       </c>
       <c r="F446" s="15"/>
       <c r="G446" s="15" t="s">
         <v>30</v>
       </c>
@@ -26973,51 +26970,51 @@
       <c r="O447" s="15"/>
       <c r="P447" s="15"/>
       <c r="Q447" s="15"/>
       <c r="R447" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="448" spans="1:18">
       <c r="B448" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C448" s="15" t="s">
         <v>1481</v>
       </c>
       <c r="D448" s="15" t="s">
         <v>1482</v>
       </c>
       <c r="E448" s="15" t="s">
         <v>1483</v>
       </c>
       <c r="F448" s="15"/>
       <c r="G448" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H448" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I448" s="15" t="s">
         <v>1484</v>
       </c>
       <c r="J448" s="15">
         <v>4000</v>
       </c>
       <c r="K448" s="15">
         <v>0.00318</v>
       </c>
       <c r="L448" s="15">
         <v>0.00276</v>
       </c>
       <c r="M448" s="15">
         <v>0.00265</v>
       </c>
       <c r="N448" s="15"/>
       <c r="O448" s="15"/>
       <c r="P448" s="15"/>
       <c r="Q448" s="15"/>
       <c r="R448" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="449" spans="1:18">
@@ -27102,51 +27099,51 @@
       <c r="O450" s="15"/>
       <c r="P450" s="15"/>
       <c r="Q450" s="15"/>
       <c r="R450" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="451" spans="1:18">
       <c r="B451" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C451" s="15" t="s">
         <v>1491</v>
       </c>
       <c r="D451" s="15" t="s">
         <v>1492</v>
       </c>
       <c r="E451" s="15">
         <v>10080064080</v>
       </c>
       <c r="F451" s="15"/>
       <c r="G451" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H451" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I451" s="15" t="s">
         <v>1493</v>
       </c>
       <c r="J451" s="15">
         <v>4000</v>
       </c>
       <c r="K451" s="15">
         <v>0.01467</v>
       </c>
       <c r="L451" s="15">
         <v>0.008789999999999999</v>
       </c>
       <c r="M451" s="15">
         <v>0.008789999999999999</v>
       </c>
       <c r="N451" s="15"/>
       <c r="O451" s="15"/>
       <c r="P451" s="15"/>
       <c r="Q451" s="15"/>
       <c r="R451" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="452" spans="1:18">
@@ -27315,156 +27312,158 @@
       <c r="O455" s="15"/>
       <c r="P455" s="15"/>
       <c r="Q455" s="15"/>
       <c r="R455" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="456" spans="1:18">
       <c r="B456" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C456" s="15" t="s">
         <v>1506</v>
       </c>
       <c r="D456" s="15" t="s">
         <v>1507</v>
       </c>
       <c r="E456" s="15" t="s">
         <v>1508</v>
       </c>
       <c r="F456" s="15"/>
       <c r="G456" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H456" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I456" s="15" t="s">
         <v>1509</v>
       </c>
       <c r="J456" s="15">
         <v>4000</v>
       </c>
       <c r="K456" s="15">
         <v>0.00546</v>
       </c>
       <c r="L456" s="15">
         <v>0.00458</v>
       </c>
       <c r="M456" s="15">
         <v>0.0044</v>
       </c>
       <c r="N456" s="15">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="O456" s="15"/>
       <c r="P456" s="15"/>
       <c r="Q456" s="15"/>
       <c r="R456" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="457" spans="1:18">
       <c r="B457" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C457" s="15" t="s">
         <v>1510</v>
       </c>
       <c r="D457" s="15" t="s">
         <v>1511</v>
       </c>
       <c r="E457" s="15" t="s">
         <v>1512</v>
       </c>
       <c r="F457" s="15"/>
       <c r="G457" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H457" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I457" s="15" t="s">
         <v>1513</v>
       </c>
       <c r="J457" s="15">
         <v>4000</v>
       </c>
       <c r="K457" s="15">
         <v>0.00861</v>
       </c>
       <c r="L457" s="15">
         <v>0.00718</v>
       </c>
       <c r="M457" s="15">
         <v>0.00689</v>
       </c>
       <c r="N457" s="15"/>
       <c r="O457" s="15"/>
       <c r="P457" s="15"/>
       <c r="Q457" s="15"/>
       <c r="R457" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="458" spans="1:18">
       <c r="B458" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C458" s="15" t="s">
         <v>1514</v>
       </c>
       <c r="D458" s="15" t="s">
         <v>1515</v>
       </c>
       <c r="E458" s="15">
         <v>10080017937</v>
       </c>
       <c r="F458" s="15"/>
       <c r="G458" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H458" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I458" s="15" t="s">
         <v>1516</v>
       </c>
       <c r="J458" s="15">
         <v>4000</v>
       </c>
       <c r="K458" s="15">
         <v>0.01566</v>
       </c>
       <c r="L458" s="15">
         <v>0.01124</v>
       </c>
       <c r="M458" s="15">
         <v>0.00975</v>
       </c>
-      <c r="N458" s="15"/>
+      <c r="N458" s="15">
+        <v>4000</v>
+      </c>
       <c r="O458" s="15"/>
       <c r="P458" s="15"/>
       <c r="Q458" s="15"/>
       <c r="R458" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="459" spans="1:18">
       <c r="B459" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C459" s="15" t="s">
         <v>1517</v>
       </c>
       <c r="D459" s="15" t="s">
         <v>1518</v>
       </c>
       <c r="E459" s="15">
         <v>10080039253</v>
       </c>
       <c r="F459" s="15"/>
       <c r="G459" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H459" s="15" t="s">
@@ -27507,78 +27506,78 @@
         <v>10080012231</v>
       </c>
       <c r="F460" s="15"/>
       <c r="G460" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H460" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I460" s="15" t="s">
         <v>1522</v>
       </c>
       <c r="J460" s="15">
         <v>4000</v>
       </c>
       <c r="K460" s="15">
         <v>0.00332</v>
       </c>
       <c r="L460" s="15">
         <v>0.00287</v>
       </c>
       <c r="M460" s="15">
         <v>0.00276</v>
       </c>
       <c r="N460" s="15">
-        <v>56000</v>
+        <v>52000</v>
       </c>
       <c r="O460" s="15"/>
       <c r="P460" s="15"/>
       <c r="Q460" s="15"/>
       <c r="R460" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="461" spans="1:18">
       <c r="B461" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C461" s="15" t="s">
         <v>1523</v>
       </c>
       <c r="D461" s="15" t="s">
         <v>1524</v>
       </c>
       <c r="E461" s="15">
         <v>10080031528</v>
       </c>
       <c r="F461" s="15"/>
       <c r="G461" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H461" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I461" s="15" t="s">
         <v>1525</v>
       </c>
       <c r="J461" s="15">
         <v>4000</v>
       </c>
       <c r="K461" s="15">
         <v>0.04026</v>
       </c>
       <c r="L461" s="15">
         <v>0.01626</v>
       </c>
       <c r="M461" s="15">
         <v>0.01478</v>
       </c>
       <c r="N461" s="15"/>
       <c r="O461" s="15"/>
       <c r="P461" s="15"/>
       <c r="Q461" s="15"/>
       <c r="R461" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="462" spans="1:18">
@@ -27706,139 +27705,139 @@
       <c r="O464" s="15"/>
       <c r="P464" s="15"/>
       <c r="Q464" s="15"/>
       <c r="R464" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="465" spans="1:18">
       <c r="B465" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C465" s="15" t="s">
         <v>1537</v>
       </c>
       <c r="D465" s="15" t="s">
         <v>1538</v>
       </c>
       <c r="E465" s="15">
         <v>10080033437</v>
       </c>
       <c r="F465" s="15"/>
       <c r="G465" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H465" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I465" s="15" t="s">
         <v>1539</v>
       </c>
       <c r="J465" s="15">
         <v>4000</v>
       </c>
       <c r="K465" s="15">
         <v>0.03819</v>
       </c>
       <c r="L465" s="15">
         <v>0.01379</v>
       </c>
       <c r="M465" s="15">
         <v>0.01252</v>
       </c>
       <c r="N465" s="15"/>
       <c r="O465" s="15"/>
       <c r="P465" s="15"/>
       <c r="Q465" s="15"/>
       <c r="R465" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="466" spans="1:18">
       <c r="B466" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C466" s="15" t="s">
         <v>1540</v>
       </c>
       <c r="D466" s="15" t="s">
         <v>1541</v>
       </c>
       <c r="E466" s="15" t="s">
         <v>1542</v>
       </c>
       <c r="F466" s="15"/>
       <c r="G466" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H466" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I466" s="15" t="s">
         <v>1543</v>
       </c>
       <c r="J466" s="15">
         <v>4000</v>
       </c>
       <c r="K466" s="15">
         <v>0.00354</v>
       </c>
       <c r="L466" s="15">
         <v>0.00307</v>
       </c>
       <c r="M466" s="15">
         <v>0.00295</v>
       </c>
       <c r="N466" s="15">
         <v>76000</v>
       </c>
       <c r="O466" s="15"/>
       <c r="P466" s="15"/>
       <c r="Q466" s="15"/>
       <c r="R466" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="467" spans="1:18">
       <c r="B467" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C467" s="15" t="s">
         <v>1544</v>
       </c>
       <c r="D467" s="15" t="s">
         <v>1545</v>
       </c>
       <c r="E467" s="15" t="s">
         <v>1546</v>
       </c>
       <c r="F467" s="15"/>
       <c r="G467" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H467" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I467" s="15" t="s">
         <v>1547</v>
       </c>
       <c r="J467" s="15">
         <v>4000</v>
       </c>
       <c r="K467" s="15">
         <v>0.00372</v>
       </c>
       <c r="L467" s="15">
         <v>0.00322</v>
       </c>
       <c r="M467" s="15">
         <v>0.0031</v>
       </c>
       <c r="N467" s="15"/>
       <c r="O467" s="15"/>
       <c r="P467" s="15"/>
       <c r="Q467" s="15"/>
       <c r="R467" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="468" spans="1:18">
@@ -27882,137 +27881,137 @@
       <c r="O468" s="15"/>
       <c r="P468" s="15"/>
       <c r="Q468" s="15"/>
       <c r="R468" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="469" spans="1:18">
       <c r="B469" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C469" s="15" t="s">
         <v>1552</v>
       </c>
       <c r="D469" s="15" t="s">
         <v>1553</v>
       </c>
       <c r="E469" s="15" t="s">
         <v>1554</v>
       </c>
       <c r="F469" s="15"/>
       <c r="G469" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H469" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I469" s="15" t="s">
         <v>1555</v>
       </c>
       <c r="J469" s="15">
         <v>4000</v>
       </c>
       <c r="K469" s="15">
         <v>0.05711</v>
       </c>
       <c r="L469" s="15">
         <v>0.04789</v>
       </c>
       <c r="M469" s="15">
         <v>0.04607</v>
       </c>
       <c r="N469" s="15"/>
       <c r="O469" s="15"/>
       <c r="P469" s="15"/>
       <c r="Q469" s="15"/>
       <c r="R469" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="470" spans="1:18">
       <c r="B470" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C470" s="15" t="s">
         <v>1556</v>
       </c>
       <c r="D470" s="15" t="s">
         <v>1557</v>
       </c>
       <c r="E470" s="15">
         <v>10080047072</v>
       </c>
       <c r="F470" s="15"/>
       <c r="G470" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H470" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I470" s="15" t="s">
         <v>1558</v>
       </c>
       <c r="J470" s="15">
         <v>4000</v>
       </c>
       <c r="K470" s="15">
         <v>0.16963</v>
       </c>
       <c r="L470" s="15">
         <v>0.06126</v>
       </c>
       <c r="M470" s="15">
         <v>0.05563</v>
       </c>
       <c r="N470" s="15"/>
       <c r="O470" s="15"/>
       <c r="P470" s="15"/>
       <c r="Q470" s="15"/>
       <c r="R470" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="471" spans="1:18">
       <c r="B471" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C471" s="15" t="s">
         <v>1559</v>
       </c>
       <c r="D471" s="15" t="s">
         <v>1560</v>
       </c>
       <c r="E471" s="15">
         <v>10080038945</v>
       </c>
       <c r="F471" s="15"/>
       <c r="G471" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H471" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I471" s="15"/>
       <c r="J471" s="15">
         <v>4000</v>
       </c>
       <c r="K471" s="15">
         <v>0.33136</v>
       </c>
       <c r="L471" s="15">
         <v>0.11963</v>
       </c>
       <c r="M471" s="15">
         <v>0.10866</v>
       </c>
       <c r="N471" s="15"/>
       <c r="O471" s="15"/>
       <c r="P471" s="15"/>
       <c r="Q471" s="15"/>
       <c r="R471" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="472" spans="1:18">
       <c r="B472" s="14" t="s">
         <v>26</v>
@@ -28134,51 +28133,51 @@
       <c r="O474" s="15"/>
       <c r="P474" s="15"/>
       <c r="Q474" s="15"/>
       <c r="R474" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="475" spans="1:18">
       <c r="B475" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C475" s="15" t="s">
         <v>1570</v>
       </c>
       <c r="D475" s="15" t="s">
         <v>1571</v>
       </c>
       <c r="E475" s="15" t="s">
         <v>1572</v>
       </c>
       <c r="F475" s="15"/>
       <c r="G475" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H475" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I475" s="15" t="s">
         <v>1573</v>
       </c>
       <c r="J475" s="15">
         <v>4000</v>
       </c>
       <c r="K475" s="15">
         <v>19.43</v>
       </c>
       <c r="L475" s="15">
         <v>11.23</v>
       </c>
       <c r="M475" s="15">
         <v>10.2</v>
       </c>
       <c r="N475" s="15"/>
       <c r="O475" s="15"/>
       <c r="P475" s="15"/>
       <c r="Q475" s="15"/>
       <c r="R475" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="476" spans="1:18">
@@ -28306,94 +28305,94 @@
       <c r="O478" s="15"/>
       <c r="P478" s="15"/>
       <c r="Q478" s="15"/>
       <c r="R478" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="479" spans="1:18">
       <c r="B479" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C479" s="15" t="s">
         <v>1584</v>
       </c>
       <c r="D479" s="15" t="s">
         <v>1585</v>
       </c>
       <c r="E479" s="15" t="s">
         <v>1586</v>
       </c>
       <c r="F479" s="15"/>
       <c r="G479" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H479" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I479" s="15" t="s">
         <v>1587</v>
       </c>
       <c r="J479" s="15">
         <v>4000</v>
       </c>
       <c r="K479" s="15">
         <v>0.00302</v>
       </c>
       <c r="L479" s="15">
         <v>0.00219</v>
       </c>
       <c r="M479" s="15">
         <v>0.00191</v>
       </c>
       <c r="N479" s="15"/>
       <c r="O479" s="15"/>
       <c r="P479" s="15"/>
       <c r="Q479" s="15"/>
       <c r="R479" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="480" spans="1:18">
       <c r="B480" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C480" s="15" t="s">
         <v>1588</v>
       </c>
       <c r="D480" s="15" t="s">
         <v>1589</v>
       </c>
       <c r="E480" s="15">
         <v>10080056225</v>
       </c>
       <c r="F480" s="15"/>
       <c r="G480" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H480" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I480" s="15" t="s">
         <v>1590</v>
       </c>
       <c r="J480" s="15">
         <v>4000</v>
       </c>
       <c r="K480" s="15">
         <v>0.01317</v>
       </c>
       <c r="L480" s="15">
         <v>0.009429999999999999</v>
       </c>
       <c r="M480" s="15">
         <v>0.008189999999999999</v>
       </c>
       <c r="N480" s="15"/>
       <c r="O480" s="15"/>
       <c r="P480" s="15"/>
       <c r="Q480" s="15"/>
       <c r="R480" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="481" spans="1:18">
@@ -28435,51 +28434,51 @@
       <c r="O481" s="15"/>
       <c r="P481" s="15"/>
       <c r="Q481" s="15"/>
       <c r="R481" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="482" spans="1:18">
       <c r="B482" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C482" s="15" t="s">
         <v>1594</v>
       </c>
       <c r="D482" s="15" t="s">
         <v>1595</v>
       </c>
       <c r="E482" s="15" t="s">
         <v>1596</v>
       </c>
       <c r="F482" s="15"/>
       <c r="G482" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H482" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I482" s="15" t="s">
         <v>1597</v>
       </c>
       <c r="J482" s="15">
         <v>4000</v>
       </c>
       <c r="K482" s="15">
         <v>0.00525</v>
       </c>
       <c r="L482" s="15">
         <v>0.00525</v>
       </c>
       <c r="M482" s="15">
         <v>0.00525</v>
       </c>
       <c r="N482" s="15">
         <v>4000</v>
       </c>
       <c r="O482" s="15"/>
       <c r="P482" s="15"/>
       <c r="Q482" s="15"/>
       <c r="R482" t="s">
         <v>33</v>
       </c>
@@ -28523,51 +28522,51 @@
       <c r="O483" s="15"/>
       <c r="P483" s="15"/>
       <c r="Q483" s="15"/>
       <c r="R483" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="484" spans="1:18">
       <c r="B484" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C484" s="15" t="s">
         <v>1601</v>
       </c>
       <c r="D484" s="15" t="s">
         <v>1602</v>
       </c>
       <c r="E484" s="15" t="s">
         <v>1603</v>
       </c>
       <c r="F484" s="15"/>
       <c r="G484" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H484" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I484" s="15" t="s">
         <v>1604</v>
       </c>
       <c r="J484" s="15">
         <v>4000</v>
       </c>
       <c r="K484" s="15">
         <v>0.00339</v>
       </c>
       <c r="L484" s="15">
         <v>0.00339</v>
       </c>
       <c r="M484" s="15">
         <v>0.00339</v>
       </c>
       <c r="N484" s="15"/>
       <c r="O484" s="15"/>
       <c r="P484" s="15"/>
       <c r="Q484" s="15"/>
       <c r="R484" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="485" spans="1:18">
@@ -28609,94 +28608,94 @@
       <c r="O485" s="15"/>
       <c r="P485" s="15"/>
       <c r="Q485" s="15"/>
       <c r="R485" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="486" spans="1:18">
       <c r="B486" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C486" s="15" t="s">
         <v>1608</v>
       </c>
       <c r="D486" s="15" t="s">
         <v>1609</v>
       </c>
       <c r="E486" s="15" t="s">
         <v>1610</v>
       </c>
       <c r="F486" s="15"/>
       <c r="G486" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H486" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I486" s="15" t="s">
         <v>1611</v>
       </c>
       <c r="J486" s="15">
         <v>4000</v>
       </c>
       <c r="K486" s="15">
         <v>0.01765</v>
       </c>
       <c r="L486" s="15">
         <v>0.01481</v>
       </c>
       <c r="M486" s="15">
         <v>0.01423</v>
       </c>
       <c r="N486" s="15"/>
       <c r="O486" s="15"/>
       <c r="P486" s="15"/>
       <c r="Q486" s="15"/>
       <c r="R486" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="487" spans="1:18">
       <c r="B487" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C487" s="15" t="s">
         <v>1612</v>
       </c>
       <c r="D487" s="15" t="s">
         <v>1613</v>
       </c>
       <c r="E487" s="15">
         <v>10080060008</v>
       </c>
       <c r="F487" s="15"/>
       <c r="G487" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H487" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I487" s="15" t="s">
         <v>1614</v>
       </c>
       <c r="J487" s="15">
         <v>4000</v>
       </c>
       <c r="K487" s="15">
         <v>0.01236</v>
       </c>
       <c r="L487" s="15">
         <v>0.00741</v>
       </c>
       <c r="M487" s="15">
         <v>0.00741</v>
       </c>
       <c r="N487" s="15"/>
       <c r="O487" s="15"/>
       <c r="P487" s="15"/>
       <c r="Q487" s="15"/>
       <c r="R487" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="488" spans="1:18">
@@ -28738,51 +28737,51 @@
       <c r="O488" s="15"/>
       <c r="P488" s="15"/>
       <c r="Q488" s="15"/>
       <c r="R488" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="489" spans="1:18">
       <c r="B489" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C489" s="15" t="s">
         <v>1618</v>
       </c>
       <c r="D489" s="15" t="s">
         <v>1619</v>
       </c>
       <c r="E489" s="15">
         <v>10080033362</v>
       </c>
       <c r="F489" s="15"/>
       <c r="G489" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H489" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I489" s="15" t="s">
         <v>1620</v>
       </c>
       <c r="J489" s="15">
         <v>4000</v>
       </c>
       <c r="K489" s="15">
         <v>0.008829999999999999</v>
       </c>
       <c r="L489" s="15">
         <v>0.00639</v>
       </c>
       <c r="M489" s="15">
         <v>0.00558</v>
       </c>
       <c r="N489" s="15"/>
       <c r="O489" s="15"/>
       <c r="P489" s="15"/>
       <c r="Q489" s="15"/>
       <c r="R489" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="490" spans="1:18">
@@ -28867,51 +28866,51 @@
       <c r="O491" s="15"/>
       <c r="P491" s="15"/>
       <c r="Q491" s="15"/>
       <c r="R491" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="492" spans="1:18">
       <c r="B492" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C492" s="15" t="s">
         <v>1627</v>
       </c>
       <c r="D492" s="15" t="s">
         <v>1628</v>
       </c>
       <c r="E492" s="15" t="s">
         <v>1629</v>
       </c>
       <c r="F492" s="15"/>
       <c r="G492" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H492" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I492" s="15" t="s">
         <v>1630</v>
       </c>
       <c r="J492" s="15">
         <v>4000</v>
       </c>
       <c r="K492" s="15">
         <v>0.00354</v>
       </c>
       <c r="L492" s="15">
         <v>0.00256</v>
       </c>
       <c r="M492" s="15">
         <v>0.00223</v>
       </c>
       <c r="N492" s="15">
         <v>4000</v>
       </c>
       <c r="O492" s="15"/>
       <c r="P492" s="15"/>
       <c r="Q492" s="15"/>
       <c r="R492" t="s">
         <v>33</v>
       </c>
@@ -29000,94 +28999,94 @@
       <c r="O494" s="15"/>
       <c r="P494" s="15"/>
       <c r="Q494" s="15"/>
       <c r="R494" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="495" spans="1:18">
       <c r="B495" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C495" s="15" t="s">
         <v>1638</v>
       </c>
       <c r="D495" s="15" t="s">
         <v>1639</v>
       </c>
       <c r="E495" s="15">
         <v>10080074104</v>
       </c>
       <c r="F495" s="15"/>
       <c r="G495" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H495" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I495" s="15" t="s">
         <v>1640</v>
       </c>
       <c r="J495" s="15">
         <v>4000</v>
       </c>
       <c r="K495" s="15">
         <v>0.01543</v>
       </c>
       <c r="L495" s="15">
         <v>0.01107</v>
       </c>
       <c r="M495" s="15">
         <v>0.00961</v>
       </c>
       <c r="N495" s="15"/>
       <c r="O495" s="15"/>
       <c r="P495" s="15"/>
       <c r="Q495" s="15"/>
       <c r="R495" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="496" spans="1:18">
       <c r="B496" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C496" s="15" t="s">
         <v>1641</v>
       </c>
       <c r="D496" s="15" t="s">
         <v>1642</v>
       </c>
       <c r="E496" s="15">
         <v>10080032459</v>
       </c>
       <c r="F496" s="15"/>
       <c r="G496" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H496" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I496" s="15" t="s">
         <v>1643</v>
       </c>
       <c r="J496" s="15">
         <v>4000</v>
       </c>
       <c r="K496" s="15">
         <v>0.01518</v>
       </c>
       <c r="L496" s="15">
         <v>0.0091</v>
       </c>
       <c r="M496" s="15">
         <v>0.0091</v>
       </c>
       <c r="N496" s="15"/>
       <c r="O496" s="15"/>
       <c r="P496" s="15"/>
       <c r="Q496" s="15"/>
       <c r="R496" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="497" spans="1:18">
@@ -29129,51 +29128,51 @@
       <c r="O497" s="15"/>
       <c r="P497" s="15"/>
       <c r="Q497" s="15"/>
       <c r="R497" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="498" spans="1:18">
       <c r="B498" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C498" s="15" t="s">
         <v>1648</v>
       </c>
       <c r="D498" s="15" t="s">
         <v>1649</v>
       </c>
       <c r="E498" s="15">
         <v>10080037907</v>
       </c>
       <c r="F498" s="15"/>
       <c r="G498" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H498" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I498" s="15" t="s">
         <v>1650</v>
       </c>
       <c r="J498" s="15">
         <v>4000</v>
       </c>
       <c r="K498" s="15">
         <v>0.12647</v>
       </c>
       <c r="L498" s="15">
         <v>0.04567</v>
       </c>
       <c r="M498" s="15">
         <v>0.04152</v>
       </c>
       <c r="N498" s="15"/>
       <c r="O498" s="15"/>
       <c r="P498" s="15"/>
       <c r="Q498" s="15"/>
       <c r="R498" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="499" spans="1:18">
@@ -29260,96 +29259,96 @@
       <c r="O500" s="15"/>
       <c r="P500" s="15"/>
       <c r="Q500" s="15"/>
       <c r="R500" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="501" spans="1:18">
       <c r="B501" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C501" s="15" t="s">
         <v>1657</v>
       </c>
       <c r="D501" s="15" t="s">
         <v>1658</v>
       </c>
       <c r="E501" s="15">
         <v>10080031496</v>
       </c>
       <c r="F501" s="15"/>
       <c r="G501" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H501" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I501" s="15" t="s">
         <v>1659</v>
       </c>
       <c r="J501" s="15">
         <v>4000</v>
       </c>
       <c r="K501" s="15">
         <v>0.0137</v>
       </c>
       <c r="L501" s="15">
         <v>0.00991</v>
       </c>
       <c r="M501" s="15">
         <v>0.00865</v>
       </c>
       <c r="N501" s="15">
         <v>4000</v>
       </c>
       <c r="O501" s="15"/>
       <c r="P501" s="15"/>
       <c r="Q501" s="15"/>
       <c r="R501" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="502" spans="1:18">
       <c r="B502" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C502" s="15" t="s">
         <v>1660</v>
       </c>
       <c r="D502" s="15" t="s">
         <v>1661</v>
       </c>
       <c r="E502" s="15" t="s">
         <v>1662</v>
       </c>
       <c r="F502" s="15"/>
       <c r="G502" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H502" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I502" s="15" t="s">
         <v>1663</v>
       </c>
       <c r="J502" s="15"/>
       <c r="K502" s="15">
         <v>0.01268</v>
       </c>
       <c r="L502" s="15">
         <v>0.01057</v>
       </c>
       <c r="M502" s="15">
         <v>0.01014</v>
       </c>
       <c r="N502" s="15"/>
       <c r="O502" s="15"/>
       <c r="P502" s="15"/>
       <c r="Q502" s="15"/>
       <c r="R502" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="503" spans="1:18">
       <c r="B503" s="14" t="s">
         <v>26</v>
@@ -29389,51 +29388,51 @@
       <c r="O503" s="15"/>
       <c r="P503" s="15"/>
       <c r="Q503" s="15"/>
       <c r="R503" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="504" spans="1:18">
       <c r="B504" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C504" s="15" t="s">
         <v>1667</v>
       </c>
       <c r="D504" s="15" t="s">
         <v>1668</v>
       </c>
       <c r="E504" s="15">
         <v>10080018853</v>
       </c>
       <c r="F504" s="15"/>
       <c r="G504" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H504" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I504" s="15" t="s">
         <v>1669</v>
       </c>
       <c r="J504" s="15">
         <v>4000</v>
       </c>
       <c r="K504" s="15">
         <v>0.01165</v>
       </c>
       <c r="L504" s="15">
         <v>0.00698</v>
       </c>
       <c r="M504" s="15">
         <v>0.00698</v>
       </c>
       <c r="N504" s="15"/>
       <c r="O504" s="15"/>
       <c r="P504" s="15"/>
       <c r="Q504" s="15"/>
       <c r="R504" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="505" spans="1:18">
@@ -29494,53 +29493,51 @@
       </c>
       <c r="F506" s="15"/>
       <c r="G506" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H506" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I506" s="15" t="s">
         <v>1675</v>
       </c>
       <c r="J506" s="15">
         <v>4000</v>
       </c>
       <c r="K506" s="15">
         <v>0.00459</v>
       </c>
       <c r="L506" s="15">
         <v>0.00398</v>
       </c>
       <c r="M506" s="15">
         <v>0.00383</v>
       </c>
       <c r="N506" s="15"/>
       <c r="O506" s="15"/>
-      <c r="P506" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P506" s="15"/>
       <c r="Q506" s="15"/>
       <c r="R506" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="507" spans="1:18">
       <c r="B507" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C507" s="15" t="s">
         <v>1676</v>
       </c>
       <c r="D507" s="15" t="s">
         <v>1677</v>
       </c>
       <c r="E507" s="15" t="s">
         <v>1678</v>
       </c>
       <c r="F507" s="15"/>
       <c r="G507" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H507" s="15" t="s">
         <v>1158</v>
       </c>
@@ -29563,51 +29560,51 @@
       <c r="O507" s="15"/>
       <c r="P507" s="15"/>
       <c r="Q507" s="15"/>
       <c r="R507" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="508" spans="1:18">
       <c r="B508" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C508" s="15" t="s">
         <v>1680</v>
       </c>
       <c r="D508" s="15" t="s">
         <v>1681</v>
       </c>
       <c r="E508" s="15">
         <v>10080012951</v>
       </c>
       <c r="F508" s="15"/>
       <c r="G508" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H508" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I508" s="15" t="s">
         <v>1682</v>
       </c>
       <c r="J508" s="15">
         <v>4000</v>
       </c>
       <c r="K508" s="15">
         <v>0.0056</v>
       </c>
       <c r="L508" s="15">
         <v>0.00405</v>
       </c>
       <c r="M508" s="15">
         <v>0.00353</v>
       </c>
       <c r="N508" s="15"/>
       <c r="O508" s="15"/>
       <c r="P508" s="15"/>
       <c r="Q508" s="15"/>
       <c r="R508" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="509" spans="1:18">
@@ -29696,51 +29693,51 @@
       <c r="O510" s="15"/>
       <c r="P510" s="15"/>
       <c r="Q510" s="15"/>
       <c r="R510" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="511" spans="1:18">
       <c r="B511" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C511" s="15" t="s">
         <v>1689</v>
       </c>
       <c r="D511" s="15" t="s">
         <v>1690</v>
       </c>
       <c r="E511" s="15">
         <v>10080031607</v>
       </c>
       <c r="F511" s="15"/>
       <c r="G511" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H511" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I511" s="15" t="s">
         <v>1691</v>
       </c>
       <c r="J511" s="15">
         <v>4000</v>
       </c>
       <c r="K511" s="15">
         <v>0.15978</v>
       </c>
       <c r="L511" s="15">
         <v>0.05771</v>
       </c>
       <c r="M511" s="15">
         <v>0.05243</v>
       </c>
       <c r="N511" s="15"/>
       <c r="O511" s="15"/>
       <c r="P511" s="15"/>
       <c r="Q511" s="15"/>
       <c r="R511" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="512" spans="1:18">
@@ -29782,96 +29779,96 @@
       <c r="O512" s="15"/>
       <c r="P512" s="15"/>
       <c r="Q512" s="15"/>
       <c r="R512" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="513" spans="1:18">
       <c r="B513" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C513" s="15" t="s">
         <v>1695</v>
       </c>
       <c r="D513" s="15" t="s">
         <v>1696</v>
       </c>
       <c r="E513" s="15">
         <v>10080072209</v>
       </c>
       <c r="F513" s="15"/>
       <c r="G513" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H513" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I513" s="15" t="s">
         <v>1697</v>
       </c>
       <c r="J513" s="15">
         <v>4000</v>
       </c>
       <c r="K513" s="15">
         <v>0.02417</v>
       </c>
       <c r="L513" s="15">
         <v>0.01749</v>
       </c>
       <c r="M513" s="15">
         <v>0.01526</v>
       </c>
       <c r="N513" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O513" s="15"/>
       <c r="P513" s="15"/>
       <c r="Q513" s="15"/>
       <c r="R513" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="514" spans="1:18">
       <c r="B514" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C514" s="15" t="s">
         <v>1698</v>
       </c>
       <c r="D514" s="15" t="s">
         <v>1699</v>
       </c>
       <c r="E514" s="15" t="s">
         <v>1700</v>
       </c>
       <c r="F514" s="15"/>
       <c r="G514" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H514" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I514" s="15"/>
       <c r="J514" s="15">
         <v>4000</v>
       </c>
       <c r="K514" s="15">
         <v>0.01383</v>
       </c>
       <c r="L514" s="15">
         <v>0.01199</v>
       </c>
       <c r="M514" s="15">
         <v>0.01153</v>
       </c>
       <c r="N514" s="15">
         <v>24000</v>
       </c>
       <c r="O514" s="15"/>
       <c r="P514" s="15"/>
       <c r="Q514" s="15"/>
       <c r="R514" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="515" spans="1:18">
@@ -29935,51 +29932,51 @@
       <c r="H516" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I516" s="15" t="s">
         <v>1707</v>
       </c>
       <c r="J516" s="15">
         <v>4000</v>
       </c>
       <c r="K516" s="15">
         <v>0.00173</v>
       </c>
       <c r="L516" s="15">
         <v>0.0015</v>
       </c>
       <c r="M516" s="15">
         <v>0.00144</v>
       </c>
       <c r="N516" s="15">
         <v>8000</v>
       </c>
       <c r="O516" s="15">
         <v>12000</v>
       </c>
       <c r="P516" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q516" s="15"/>
       <c r="R516" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="517" spans="1:18">
       <c r="B517" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C517" s="15" t="s">
         <v>1708</v>
       </c>
       <c r="D517" s="15" t="s">
         <v>1709</v>
       </c>
       <c r="E517" s="15" t="s">
         <v>1710</v>
       </c>
       <c r="F517" s="15"/>
       <c r="G517" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H517" s="15" t="s">
         <v>31</v>
@@ -30048,112 +30045,112 @@
       <c r="O518" s="15"/>
       <c r="P518" s="15"/>
       <c r="Q518" s="15"/>
       <c r="R518" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="519" spans="1:18">
       <c r="B519" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C519" s="15" t="s">
         <v>1716</v>
       </c>
       <c r="D519" s="15" t="s">
         <v>1717</v>
       </c>
       <c r="E519" s="15" t="s">
         <v>1718</v>
       </c>
       <c r="F519" s="15"/>
       <c r="G519" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H519" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I519" s="15" t="s">
         <v>1719</v>
       </c>
       <c r="J519" s="15">
         <v>4000</v>
       </c>
       <c r="K519" s="15">
         <v>0.0031</v>
       </c>
       <c r="L519" s="15">
         <v>0.0031</v>
       </c>
       <c r="M519" s="15">
         <v>0.0031</v>
       </c>
       <c r="N519" s="15">
-        <v>152000</v>
+        <v>208000</v>
       </c>
       <c r="O519" s="15"/>
       <c r="P519" s="15"/>
       <c r="Q519" s="15"/>
       <c r="R519" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="520" spans="1:18">
       <c r="B520" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C520" s="15" t="s">
         <v>1720</v>
       </c>
       <c r="D520" s="15" t="s">
         <v>1721</v>
       </c>
       <c r="E520" s="15" t="s">
         <v>1722</v>
       </c>
       <c r="F520" s="15"/>
       <c r="G520" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H520" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I520" s="15"/>
       <c r="J520" s="15">
         <v>4000</v>
       </c>
       <c r="K520" s="15">
         <v>0.00399</v>
       </c>
       <c r="L520" s="15">
         <v>0.00399</v>
       </c>
       <c r="M520" s="15">
         <v>0.00399</v>
       </c>
       <c r="N520" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O520" s="15"/>
       <c r="P520" s="15"/>
       <c r="Q520" s="15"/>
       <c r="R520" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="521" spans="1:18">
       <c r="B521" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C521" s="15" t="s">
         <v>1723</v>
       </c>
       <c r="D521" s="15" t="s">
         <v>1724</v>
       </c>
       <c r="E521" s="15">
         <v>10080047045</v>
       </c>
       <c r="F521" s="15"/>
       <c r="G521" s="15" t="s">
         <v>30</v>
       </c>
@@ -30418,51 +30415,51 @@
         <v>30</v>
       </c>
       <c r="H527" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I527" s="15" t="s">
         <v>1746</v>
       </c>
       <c r="J527" s="15">
         <v>4000</v>
       </c>
       <c r="K527" s="15">
         <v>0.00174</v>
       </c>
       <c r="L527" s="15">
         <v>0.00151</v>
       </c>
       <c r="M527" s="15">
         <v>0.00145</v>
       </c>
       <c r="N527" s="15"/>
       <c r="O527" s="15">
         <v>8000</v>
       </c>
       <c r="P527" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q527" s="15"/>
       <c r="R527" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="528" spans="1:18">
       <c r="B528" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C528" s="15" t="s">
         <v>1747</v>
       </c>
       <c r="D528" s="15" t="s">
         <v>1748</v>
       </c>
       <c r="E528" s="15">
         <v>10080037839</v>
       </c>
       <c r="F528" s="15"/>
       <c r="G528" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H528" s="15" t="s">
         <v>36</v>
@@ -30570,51 +30567,51 @@
       <c r="O530" s="15"/>
       <c r="P530" s="15"/>
       <c r="Q530" s="15"/>
       <c r="R530" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="531" spans="1:18">
       <c r="B531" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C531" s="15" t="s">
         <v>1753</v>
       </c>
       <c r="D531" s="15" t="s">
         <v>1754</v>
       </c>
       <c r="E531" s="15">
         <v>10080062061</v>
       </c>
       <c r="F531" s="15"/>
       <c r="G531" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H531" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I531" s="15" t="s">
         <v>1755</v>
       </c>
       <c r="J531" s="15">
         <v>4000</v>
       </c>
       <c r="K531" s="15">
         <v>0.00334</v>
       </c>
       <c r="L531" s="15">
         <v>0.00269</v>
       </c>
       <c r="M531" s="15">
         <v>0.00259</v>
       </c>
       <c r="N531" s="15"/>
       <c r="O531" s="15">
         <v>36000</v>
       </c>
       <c r="P531" s="15" t="s">
         <v>775</v>
       </c>
       <c r="Q531" s="15"/>
       <c r="R531" t="s">
@@ -30662,51 +30659,51 @@
       <c r="O532" s="15"/>
       <c r="P532" s="15"/>
       <c r="Q532" s="15"/>
       <c r="R532" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="533" spans="1:18">
       <c r="B533" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C533" s="15" t="s">
         <v>1759</v>
       </c>
       <c r="D533" s="15" t="s">
         <v>1760</v>
       </c>
       <c r="E533" s="15">
         <v>10080071111</v>
       </c>
       <c r="F533" s="15"/>
       <c r="G533" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H533" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="I533" s="15" t="s">
         <v>1761</v>
       </c>
       <c r="J533" s="15">
         <v>4000</v>
       </c>
       <c r="K533" s="15">
         <v>0.00526</v>
       </c>
       <c r="L533" s="15">
         <v>0.00404</v>
       </c>
       <c r="M533" s="15">
         <v>0.00404</v>
       </c>
       <c r="N533" s="15"/>
       <c r="O533" s="15"/>
       <c r="P533" s="15"/>
       <c r="Q533" s="15"/>
       <c r="R533" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="534" spans="1:18">
@@ -30920,51 +30917,51 @@
       <c r="O538" s="15"/>
       <c r="P538" s="15"/>
       <c r="Q538" s="15"/>
       <c r="R538" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="539" spans="1:18">
       <c r="B539" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C539" s="15" t="s">
         <v>1779</v>
       </c>
       <c r="D539" s="15" t="s">
         <v>1780</v>
       </c>
       <c r="E539" s="15" t="s">
         <v>1781</v>
       </c>
       <c r="F539" s="15"/>
       <c r="G539" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H539" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I539" s="15" t="s">
         <v>1782</v>
       </c>
       <c r="J539" s="15">
         <v>4000</v>
       </c>
       <c r="K539" s="15">
         <v>0.01597</v>
       </c>
       <c r="L539" s="15">
         <v>0.00842</v>
       </c>
       <c r="M539" s="15">
         <v>0.00768</v>
       </c>
       <c r="N539" s="15"/>
       <c r="O539" s="15"/>
       <c r="P539" s="15"/>
       <c r="Q539" s="15"/>
       <c r="R539" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="540" spans="1:18">
@@ -31022,51 +31019,51 @@
         <v>10080060079</v>
       </c>
       <c r="F541" s="15"/>
       <c r="G541" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H541" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I541" s="15" t="s">
         <v>1787</v>
       </c>
       <c r="J541" s="15">
         <v>4000</v>
       </c>
       <c r="K541" s="15">
         <v>0.00254</v>
       </c>
       <c r="L541" s="15">
         <v>0.00184</v>
       </c>
       <c r="M541" s="15">
         <v>0.0016</v>
       </c>
       <c r="N541" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O541" s="15"/>
       <c r="P541" s="15"/>
       <c r="Q541" s="15"/>
       <c r="R541" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="542" spans="1:18">
       <c r="B542" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C542" s="15" t="s">
         <v>1788</v>
       </c>
       <c r="D542" s="15" t="s">
         <v>1789</v>
       </c>
       <c r="E542" s="15">
         <v>10000019026</v>
       </c>
       <c r="F542" s="15"/>
       <c r="G542" s="15" t="s">
         <v>30</v>
       </c>
@@ -31176,51 +31173,51 @@
       <c r="O544" s="15"/>
       <c r="P544" s="15"/>
       <c r="Q544" s="15"/>
       <c r="R544" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="545" spans="1:18">
       <c r="B545" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C545" s="15" t="s">
         <v>1796</v>
       </c>
       <c r="D545" s="15" t="s">
         <v>1797</v>
       </c>
       <c r="E545" s="15" t="s">
         <v>1798</v>
       </c>
       <c r="F545" s="15"/>
       <c r="G545" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H545" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I545" s="15"/>
       <c r="J545" s="15">
         <v>4000</v>
       </c>
       <c r="K545" s="15">
         <v>0.11806</v>
       </c>
       <c r="L545" s="15">
         <v>0.09902</v>
       </c>
       <c r="M545" s="15">
         <v>0.09521</v>
       </c>
       <c r="N545" s="15"/>
       <c r="O545" s="15"/>
       <c r="P545" s="15"/>
       <c r="Q545" s="15"/>
       <c r="R545" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="546" spans="1:18">
       <c r="B546" s="14" t="s">
         <v>26</v>
@@ -31260,51 +31257,51 @@
       <c r="O546" s="15"/>
       <c r="P546" s="15"/>
       <c r="Q546" s="15"/>
       <c r="R546" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="547" spans="1:18">
       <c r="B547" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C547" s="15" t="s">
         <v>1802</v>
       </c>
       <c r="D547" s="15" t="s">
         <v>1803</v>
       </c>
       <c r="E547" s="15" t="s">
         <v>1804</v>
       </c>
       <c r="F547" s="15"/>
       <c r="G547" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H547" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I547" s="15" t="s">
         <v>1805</v>
       </c>
       <c r="J547" s="15">
         <v>4000</v>
       </c>
       <c r="K547" s="15">
         <v>0.00139</v>
       </c>
       <c r="L547" s="15">
         <v>0.00139</v>
       </c>
       <c r="M547" s="15">
         <v>0.00139</v>
       </c>
       <c r="N547" s="15">
         <v>12000</v>
       </c>
       <c r="O547" s="15"/>
       <c r="P547" s="15"/>
       <c r="Q547" s="15"/>
       <c r="R547" t="s">
         <v>33</v>
       </c>
@@ -31411,78 +31408,78 @@
         <v>10080017152</v>
       </c>
       <c r="F550" s="15"/>
       <c r="G550" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H550" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I550" s="15" t="s">
         <v>1814</v>
       </c>
       <c r="J550" s="15">
         <v>4000</v>
       </c>
       <c r="K550" s="15">
         <v>0.00185</v>
       </c>
       <c r="L550" s="15">
         <v>0.0016</v>
       </c>
       <c r="M550" s="15">
         <v>0.00154</v>
       </c>
       <c r="N550" s="15">
-        <v>52000</v>
+        <v>44000</v>
       </c>
       <c r="O550" s="15"/>
       <c r="P550" s="15"/>
       <c r="Q550" s="15"/>
       <c r="R550" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="551" spans="1:18">
       <c r="B551" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C551" s="15" t="s">
         <v>1815</v>
       </c>
       <c r="D551" s="15" t="s">
         <v>1816</v>
       </c>
       <c r="E551" s="15" t="s">
         <v>1817</v>
       </c>
       <c r="F551" s="15"/>
       <c r="G551" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H551" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I551" s="15" t="s">
         <v>1818</v>
       </c>
       <c r="J551" s="15">
         <v>4000</v>
       </c>
       <c r="K551" s="15">
         <v>28.11</v>
       </c>
       <c r="L551" s="15">
         <v>16.24</v>
       </c>
       <c r="M551" s="15">
         <v>0</v>
       </c>
       <c r="N551" s="15"/>
       <c r="O551" s="15"/>
       <c r="P551" s="15"/>
       <c r="Q551" s="15"/>
       <c r="R551" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="552" spans="1:18">
@@ -31524,51 +31521,51 @@
       <c r="O552" s="15"/>
       <c r="P552" s="15"/>
       <c r="Q552" s="15"/>
       <c r="R552" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="553" spans="1:18">
       <c r="B553" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C553" s="15" t="s">
         <v>1822</v>
       </c>
       <c r="D553" s="15" t="s">
         <v>1823</v>
       </c>
       <c r="E553" s="15">
         <v>10080033097</v>
       </c>
       <c r="F553" s="15"/>
       <c r="G553" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H553" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I553" s="15" t="s">
         <v>1824</v>
       </c>
       <c r="J553" s="15">
         <v>4000</v>
       </c>
       <c r="K553" s="15">
         <v>0.01403</v>
       </c>
       <c r="L553" s="15">
         <v>0.00562</v>
       </c>
       <c r="M553" s="15">
         <v>0.00511</v>
       </c>
       <c r="N553" s="15"/>
       <c r="O553" s="15"/>
       <c r="P553" s="15"/>
       <c r="Q553" s="15"/>
       <c r="R553" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="554" spans="1:18">
@@ -31655,51 +31652,51 @@
       <c r="O555" s="15"/>
       <c r="P555" s="15"/>
       <c r="Q555" s="15"/>
       <c r="R555" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="556" spans="1:18">
       <c r="B556" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C556" s="15" t="s">
         <v>1831</v>
       </c>
       <c r="D556" s="15" t="s">
         <v>1832</v>
       </c>
       <c r="E556" s="15">
         <v>10080033438</v>
       </c>
       <c r="F556" s="15"/>
       <c r="G556" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H556" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I556" s="15" t="s">
         <v>1833</v>
       </c>
       <c r="J556" s="15">
         <v>4000</v>
       </c>
       <c r="K556" s="15">
         <v>0.01304</v>
       </c>
       <c r="L556" s="15">
         <v>0.00532</v>
       </c>
       <c r="M556" s="15">
         <v>0.00482</v>
       </c>
       <c r="N556" s="15"/>
       <c r="O556" s="15"/>
       <c r="P556" s="15"/>
       <c r="Q556" s="15"/>
       <c r="R556" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="557" spans="1:18">
@@ -31827,51 +31824,51 @@
       <c r="O559" s="15"/>
       <c r="P559" s="15"/>
       <c r="Q559" s="15"/>
       <c r="R559" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="560" spans="1:18">
       <c r="B560" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C560" s="15" t="s">
         <v>1844</v>
       </c>
       <c r="D560" s="15" t="s">
         <v>1845</v>
       </c>
       <c r="E560" s="15">
         <v>10080044594</v>
       </c>
       <c r="F560" s="15"/>
       <c r="G560" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H560" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I560" s="15" t="s">
         <v>1846</v>
       </c>
       <c r="J560" s="15">
         <v>4000</v>
       </c>
       <c r="K560" s="15">
         <v>0.03332</v>
       </c>
       <c r="L560" s="15">
         <v>0.01579</v>
       </c>
       <c r="M560" s="15">
         <v>0.01379</v>
       </c>
       <c r="N560" s="15"/>
       <c r="O560" s="15"/>
       <c r="P560" s="15"/>
       <c r="Q560" s="15"/>
       <c r="R560" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="561" spans="1:18">
@@ -31888,96 +31885,96 @@
         <v>10080042016</v>
       </c>
       <c r="F561" s="15"/>
       <c r="G561" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H561" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I561" s="15" t="s">
         <v>1849</v>
       </c>
       <c r="J561" s="15">
         <v>4000</v>
       </c>
       <c r="K561" s="15">
         <v>0.00173</v>
       </c>
       <c r="L561" s="15">
         <v>0.0015</v>
       </c>
       <c r="M561" s="15">
         <v>0.00144</v>
       </c>
       <c r="N561" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O561" s="15"/>
       <c r="P561" s="15"/>
       <c r="Q561" s="15"/>
       <c r="R561" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="562" spans="1:18">
       <c r="B562" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C562" s="15" t="s">
         <v>1850</v>
       </c>
       <c r="D562" s="15" t="s">
         <v>1851</v>
       </c>
       <c r="E562" s="15" t="s">
         <v>1852</v>
       </c>
       <c r="F562" s="15"/>
       <c r="G562" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H562" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I562" s="15" t="s">
         <v>1853</v>
       </c>
       <c r="J562" s="15">
         <v>4000</v>
       </c>
       <c r="K562" s="15">
         <v>0.00317</v>
       </c>
       <c r="L562" s="15">
         <v>0.00229</v>
       </c>
       <c r="M562" s="15">
         <v>0.002</v>
       </c>
       <c r="N562" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O562" s="15"/>
       <c r="P562" s="15"/>
       <c r="Q562" s="15"/>
       <c r="R562" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="563" spans="1:18">
       <c r="B563" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C563" s="15" t="s">
         <v>1854</v>
       </c>
       <c r="D563" s="15" t="s">
         <v>1855</v>
       </c>
       <c r="E563" s="15">
         <v>10000009129</v>
       </c>
       <c r="F563" s="15"/>
       <c r="G563" s="15" t="s">
         <v>30</v>
       </c>
@@ -32050,51 +32047,51 @@
       <c r="O564" s="15"/>
       <c r="P564" s="15"/>
       <c r="Q564" s="15"/>
       <c r="R564" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="565" spans="1:18">
       <c r="B565" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C565" s="15" t="s">
         <v>1860</v>
       </c>
       <c r="D565" s="15" t="s">
         <v>1861</v>
       </c>
       <c r="E565" s="15">
         <v>10080012189</v>
       </c>
       <c r="F565" s="15"/>
       <c r="G565" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H565" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I565" s="15" t="s">
         <v>1862</v>
       </c>
       <c r="J565" s="15">
         <v>4000</v>
       </c>
       <c r="K565" s="15">
         <v>0.01304</v>
       </c>
       <c r="L565" s="15">
         <v>0.00532</v>
       </c>
       <c r="M565" s="15">
         <v>0.00482</v>
       </c>
       <c r="N565" s="15"/>
       <c r="O565" s="15"/>
       <c r="P565" s="15"/>
       <c r="Q565" s="15"/>
       <c r="R565" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="566" spans="1:18">
@@ -32267,51 +32264,51 @@
       <c r="O569" s="15"/>
       <c r="P569" s="15"/>
       <c r="Q569" s="15"/>
       <c r="R569" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="570" spans="1:18">
       <c r="B570" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C570" s="15" t="s">
         <v>1876</v>
       </c>
       <c r="D570" s="15" t="s">
         <v>1877</v>
       </c>
       <c r="E570" s="15">
         <v>10080038392</v>
       </c>
       <c r="F570" s="15"/>
       <c r="G570" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H570" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I570" s="15" t="s">
         <v>1878</v>
       </c>
       <c r="J570" s="15">
         <v>4000</v>
       </c>
       <c r="K570" s="15">
         <v>0.01304</v>
       </c>
       <c r="L570" s="15">
         <v>0.00532</v>
       </c>
       <c r="M570" s="15">
         <v>0.00482</v>
       </c>
       <c r="N570" s="15"/>
       <c r="O570" s="15"/>
       <c r="P570" s="15"/>
       <c r="Q570" s="15"/>
       <c r="R570" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="571" spans="1:18">
@@ -32396,51 +32393,51 @@
       <c r="O572" s="15"/>
       <c r="P572" s="15"/>
       <c r="Q572" s="15"/>
       <c r="R572" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="573" spans="1:18">
       <c r="B573" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C573" s="15" t="s">
         <v>1886</v>
       </c>
       <c r="D573" s="15" t="s">
         <v>1887</v>
       </c>
       <c r="E573" s="15" t="s">
         <v>1888</v>
       </c>
       <c r="F573" s="15"/>
       <c r="G573" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H573" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I573" s="15" t="s">
         <v>1889</v>
       </c>
       <c r="J573" s="15">
         <v>4000</v>
       </c>
       <c r="K573" s="15">
         <v>21.38</v>
       </c>
       <c r="L573" s="15">
         <v>12.35</v>
       </c>
       <c r="M573" s="15">
         <v>11.22</v>
       </c>
       <c r="N573" s="15"/>
       <c r="O573" s="15"/>
       <c r="P573" s="15"/>
       <c r="Q573" s="15"/>
       <c r="R573" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="574" spans="1:18">
@@ -32457,51 +32454,51 @@
         <v>10080017894</v>
       </c>
       <c r="F574" s="15"/>
       <c r="G574" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H574" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I574" s="15" t="s">
         <v>1892</v>
       </c>
       <c r="J574" s="15">
         <v>4000</v>
       </c>
       <c r="K574" s="15">
         <v>0.00188</v>
       </c>
       <c r="L574" s="15">
         <v>0.00163</v>
       </c>
       <c r="M574" s="15">
         <v>0.00156</v>
       </c>
       <c r="N574" s="15">
-        <v>20000</v>
+        <v>24000</v>
       </c>
       <c r="O574" s="15"/>
       <c r="P574" s="15"/>
       <c r="Q574" s="15"/>
       <c r="R574" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="575" spans="1:18">
       <c r="B575" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C575" s="15" t="s">
         <v>1893</v>
       </c>
       <c r="D575" s="15" t="s">
         <v>1894</v>
       </c>
       <c r="E575" s="15">
         <v>10000017040</v>
       </c>
       <c r="F575" s="15"/>
       <c r="G575" s="15" t="s">
         <v>30</v>
       </c>
@@ -32742,94 +32739,94 @@
       <c r="O580" s="15"/>
       <c r="P580" s="15"/>
       <c r="Q580" s="15"/>
       <c r="R580" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="581" spans="1:18">
       <c r="B581" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C581" s="15" t="s">
         <v>1912</v>
       </c>
       <c r="D581" s="15" t="s">
         <v>1913</v>
       </c>
       <c r="E581" s="15">
         <v>10080038393</v>
       </c>
       <c r="F581" s="15"/>
       <c r="G581" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H581" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I581" s="15" t="s">
         <v>1914</v>
       </c>
       <c r="J581" s="15">
         <v>4000</v>
       </c>
       <c r="K581" s="15">
         <v>0.01304</v>
       </c>
       <c r="L581" s="15">
         <v>0.00532</v>
       </c>
       <c r="M581" s="15">
         <v>0.00482</v>
       </c>
       <c r="N581" s="15"/>
       <c r="O581" s="15"/>
       <c r="P581" s="15"/>
       <c r="Q581" s="15"/>
       <c r="R581" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="582" spans="1:18">
       <c r="B582" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C582" s="15" t="s">
         <v>1915</v>
       </c>
       <c r="D582" s="15" t="s">
         <v>1916</v>
       </c>
       <c r="E582" s="15" t="s">
         <v>1917</v>
       </c>
       <c r="F582" s="15"/>
       <c r="G582" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H582" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I582" s="15" t="s">
         <v>1918</v>
       </c>
       <c r="J582" s="15">
         <v>4000</v>
       </c>
       <c r="K582" s="15">
         <v>0.00265</v>
       </c>
       <c r="L582" s="15">
         <v>0.00192</v>
       </c>
       <c r="M582" s="15">
         <v>0.00167</v>
       </c>
       <c r="N582" s="15">
         <v>4000</v>
       </c>
       <c r="O582" s="15"/>
       <c r="P582" s="15"/>
       <c r="Q582" s="15"/>
       <c r="R582" t="s">
         <v>33</v>
       </c>
@@ -32916,94 +32913,94 @@
       <c r="O584" s="15"/>
       <c r="P584" s="15"/>
       <c r="Q584" s="15"/>
       <c r="R584" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="585" spans="1:18">
       <c r="B585" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C585" s="15" t="s">
         <v>1925</v>
       </c>
       <c r="D585" s="15" t="s">
         <v>1926</v>
       </c>
       <c r="E585" s="15">
         <v>10080038394</v>
       </c>
       <c r="F585" s="15"/>
       <c r="G585" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H585" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I585" s="15" t="s">
         <v>1927</v>
       </c>
       <c r="J585" s="15">
         <v>4000</v>
       </c>
       <c r="K585" s="15">
         <v>0.01304</v>
       </c>
       <c r="L585" s="15">
         <v>0.00532</v>
       </c>
       <c r="M585" s="15">
         <v>0.00482</v>
       </c>
       <c r="N585" s="15"/>
       <c r="O585" s="15"/>
       <c r="P585" s="15"/>
       <c r="Q585" s="15"/>
       <c r="R585" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="586" spans="1:18">
       <c r="B586" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C586" s="15" t="s">
         <v>1928</v>
       </c>
       <c r="D586" s="15" t="s">
         <v>1929</v>
       </c>
       <c r="E586" s="15">
         <v>10080060564</v>
       </c>
       <c r="F586" s="15"/>
       <c r="G586" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H586" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I586" s="15" t="s">
         <v>1930</v>
       </c>
       <c r="J586" s="15">
         <v>4000</v>
       </c>
       <c r="K586" s="15">
         <v>0.00483</v>
       </c>
       <c r="L586" s="15">
         <v>0.0039</v>
       </c>
       <c r="M586" s="15">
         <v>0.00375</v>
       </c>
       <c r="N586" s="15"/>
       <c r="O586" s="15"/>
       <c r="P586" s="15"/>
       <c r="Q586" s="15"/>
       <c r="R586" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="587" spans="1:18">
@@ -33047,5396 +33044,5402 @@
       <c r="O587" s="15"/>
       <c r="P587" s="15"/>
       <c r="Q587" s="15"/>
       <c r="R587" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="588" spans="1:18">
       <c r="B588" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C588" s="15" t="s">
         <v>1934</v>
       </c>
       <c r="D588" s="15" t="s">
         <v>1935</v>
       </c>
       <c r="E588" s="15">
         <v>10080044595</v>
       </c>
       <c r="F588" s="15"/>
       <c r="G588" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H588" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I588" s="15" t="s">
         <v>1936</v>
       </c>
       <c r="J588" s="15">
         <v>4000</v>
       </c>
       <c r="K588" s="15">
         <v>0.01952</v>
       </c>
       <c r="L588" s="15">
         <v>0.00923</v>
       </c>
       <c r="M588" s="15">
         <v>0.00804</v>
       </c>
       <c r="N588" s="15"/>
       <c r="O588" s="15"/>
       <c r="P588" s="15"/>
       <c r="Q588" s="15"/>
       <c r="R588" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="589" spans="1:18">
       <c r="B589" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C589" s="15" t="s">
         <v>1937</v>
       </c>
       <c r="D589" s="15" t="s">
         <v>1938</v>
       </c>
       <c r="E589" s="15" t="s">
         <v>1939</v>
       </c>
       <c r="F589" s="15"/>
       <c r="G589" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H589" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I589" s="15" t="s">
         <v>1940</v>
       </c>
       <c r="J589" s="15">
         <v>4000</v>
       </c>
       <c r="K589" s="15">
         <v>0.00265</v>
       </c>
       <c r="L589" s="15">
         <v>0.00192</v>
       </c>
       <c r="M589" s="15">
         <v>0.00167</v>
       </c>
       <c r="N589" s="15">
         <v>8000</v>
       </c>
       <c r="O589" s="15"/>
       <c r="P589" s="15"/>
       <c r="Q589" s="15"/>
       <c r="R589" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="590" spans="1:18">
       <c r="B590" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C590" s="15" t="s">
         <v>1941</v>
       </c>
       <c r="D590" s="15" t="s">
         <v>1942</v>
       </c>
       <c r="E590" s="15">
         <v>10080071686</v>
       </c>
       <c r="F590" s="15"/>
       <c r="G590" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H590" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I590" s="15" t="s">
         <v>1943</v>
       </c>
       <c r="J590" s="15"/>
       <c r="K590" s="15">
         <v>0.00475</v>
       </c>
       <c r="L590" s="15">
         <v>0.00363</v>
       </c>
       <c r="M590" s="15">
         <v>0.00363</v>
       </c>
       <c r="N590" s="15"/>
       <c r="O590" s="15"/>
       <c r="P590" s="15"/>
       <c r="Q590" s="15"/>
       <c r="R590" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="591" spans="1:18">
       <c r="B591" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C591" s="15" t="s">
         <v>1944</v>
       </c>
       <c r="D591" s="15" t="s">
         <v>1945</v>
       </c>
       <c r="E591" s="15">
         <v>10080061294</v>
       </c>
       <c r="F591" s="15"/>
       <c r="G591" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H591" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I591" s="15" t="s">
         <v>1946</v>
       </c>
       <c r="J591" s="15">
         <v>4000</v>
       </c>
       <c r="K591" s="15">
         <v>0.00188</v>
       </c>
       <c r="L591" s="15">
         <v>0.00188</v>
       </c>
       <c r="M591" s="15">
         <v>0.00188</v>
       </c>
       <c r="N591" s="15">
-        <v>108000</v>
+        <v>88000</v>
       </c>
       <c r="O591" s="15"/>
       <c r="P591" s="15"/>
       <c r="Q591" s="15"/>
       <c r="R591" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="592" spans="1:18">
       <c r="B592" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C592" s="15" t="s">
         <v>1947</v>
       </c>
       <c r="D592" s="15" t="s">
         <v>1948</v>
       </c>
       <c r="E592" s="15">
         <v>10080013508</v>
       </c>
       <c r="F592" s="15"/>
       <c r="G592" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H592" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I592" s="15" t="s">
         <v>1949</v>
       </c>
       <c r="J592" s="15">
         <v>4000</v>
       </c>
       <c r="K592" s="15">
         <v>0.00173</v>
       </c>
       <c r="L592" s="15">
         <v>0.0015</v>
       </c>
       <c r="M592" s="15">
         <v>0.00144</v>
       </c>
       <c r="N592" s="15"/>
-      <c r="O592" s="15"/>
-      <c r="P592" s="15"/>
+      <c r="O592" s="15">
+        <v>368000</v>
+      </c>
+      <c r="P592" s="15" t="s">
+        <v>1950</v>
+      </c>
       <c r="Q592" s="15"/>
       <c r="R592" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="593" spans="1:18">
       <c r="B593" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C593" s="15" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="D593" s="15" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="E593" s="15" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="F593" s="15"/>
       <c r="G593" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H593" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I593" s="15" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="J593" s="15">
         <v>4000</v>
       </c>
       <c r="K593" s="15">
         <v>0.00423</v>
       </c>
       <c r="L593" s="15">
         <v>0.00278</v>
       </c>
       <c r="M593" s="15">
         <v>0.00254</v>
       </c>
       <c r="N593" s="15"/>
       <c r="O593" s="15"/>
       <c r="P593" s="15"/>
       <c r="Q593" s="15"/>
       <c r="R593" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="594" spans="1:18">
       <c r="B594" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C594" s="15" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="D594" s="15" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="E594" s="15">
         <v>10000020627</v>
       </c>
       <c r="F594" s="15"/>
       <c r="G594" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H594" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I594" s="15" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="J594" s="15">
         <v>4000</v>
       </c>
       <c r="K594" s="15">
         <v>0.00233</v>
       </c>
       <c r="L594" s="15">
         <v>0.00223</v>
       </c>
       <c r="M594" s="15">
         <v>0.00213</v>
       </c>
       <c r="N594" s="15"/>
       <c r="O594" s="15"/>
       <c r="P594" s="15"/>
       <c r="Q594" s="15"/>
       <c r="R594" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="595" spans="1:18">
       <c r="B595" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C595" s="15" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="D595" s="15" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="E595" s="15">
         <v>10080008936</v>
       </c>
       <c r="F595" s="15"/>
       <c r="G595" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H595" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I595" s="15" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="J595" s="15">
         <v>4000</v>
       </c>
       <c r="K595" s="15">
         <v>0.00354</v>
       </c>
       <c r="L595" s="15">
         <v>0.00298</v>
       </c>
       <c r="M595" s="15">
         <v>0.00286</v>
       </c>
       <c r="N595" s="15"/>
       <c r="O595" s="15"/>
       <c r="P595" s="15"/>
       <c r="Q595" s="15"/>
       <c r="R595" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="596" spans="1:18">
       <c r="B596" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C596" s="15" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="D596" s="15" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="E596" s="15" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="F596" s="15"/>
       <c r="G596" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H596" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I596" s="15" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="J596" s="15">
         <v>4000</v>
       </c>
       <c r="K596" s="15">
         <v>28.18</v>
       </c>
       <c r="L596" s="15">
         <v>16.28</v>
       </c>
       <c r="M596" s="15">
         <v>14.78</v>
       </c>
       <c r="N596" s="15"/>
       <c r="O596" s="15"/>
       <c r="P596" s="15"/>
       <c r="Q596" s="15"/>
       <c r="R596" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="597" spans="1:18">
       <c r="B597" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C597" s="15" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="D597" s="15" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="E597" s="15" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="F597" s="15"/>
       <c r="G597" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H597" s="15" t="s">
         <v>988</v>
       </c>
       <c r="I597" s="15" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="J597" s="15">
         <v>4000</v>
       </c>
       <c r="K597" s="15">
         <v>0.00265</v>
       </c>
       <c r="L597" s="15">
         <v>0.00222</v>
       </c>
       <c r="M597" s="15">
         <v>0.00214</v>
       </c>
       <c r="N597" s="15">
-        <v>128000</v>
+        <v>124000</v>
       </c>
       <c r="O597" s="15"/>
       <c r="P597" s="15"/>
       <c r="Q597" s="15"/>
       <c r="R597" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="598" spans="1:18">
       <c r="B598" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C598" s="15" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="D598" s="15" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="E598" s="15">
         <v>10080012284</v>
       </c>
       <c r="F598" s="15"/>
       <c r="G598" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H598" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I598" s="15" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="J598" s="15">
         <v>4000</v>
       </c>
       <c r="K598" s="15">
         <v>0.00549</v>
       </c>
       <c r="L598" s="15">
         <v>0.00347</v>
       </c>
       <c r="M598" s="15">
         <v>0.00347</v>
       </c>
       <c r="N598" s="15">
         <v>4000</v>
       </c>
       <c r="O598" s="15"/>
       <c r="P598" s="15"/>
       <c r="Q598" s="15"/>
       <c r="R598" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="599" spans="1:18">
       <c r="B599" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C599" s="15" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="D599" s="15" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="E599" s="15" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="F599" s="15"/>
       <c r="G599" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H599" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I599" s="15" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="J599" s="15">
         <v>4000</v>
       </c>
       <c r="K599" s="15">
         <v>0.00282</v>
       </c>
       <c r="L599" s="15">
         <v>0.00244</v>
       </c>
       <c r="M599" s="15">
         <v>0.00235</v>
       </c>
       <c r="N599" s="15">
         <v>4000</v>
       </c>
       <c r="O599" s="15"/>
       <c r="P599" s="15"/>
       <c r="Q599" s="15"/>
       <c r="R599" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="600" spans="1:18">
       <c r="B600" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C600" s="15" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="D600" s="15" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="E600" s="15">
         <v>10080010433</v>
       </c>
       <c r="F600" s="15"/>
       <c r="G600" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H600" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I600" s="15" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="J600" s="15">
         <v>4000</v>
       </c>
       <c r="K600" s="15">
         <v>0.02485</v>
       </c>
       <c r="L600" s="15">
         <v>0.01258</v>
       </c>
       <c r="M600" s="15">
         <v>0.01142</v>
       </c>
       <c r="N600" s="15"/>
       <c r="O600" s="15"/>
       <c r="P600" s="15"/>
       <c r="Q600" s="15"/>
       <c r="R600" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="601" spans="1:18">
       <c r="B601" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C601" s="15" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="D601" s="15" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="E601" s="15">
         <v>10080026788</v>
       </c>
       <c r="F601" s="15"/>
       <c r="G601" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H601" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I601" s="15" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="J601" s="15">
         <v>4000</v>
       </c>
       <c r="K601" s="15">
         <v>0.0024</v>
       </c>
       <c r="L601" s="15">
         <v>0.00208</v>
       </c>
       <c r="M601" s="15">
         <v>0.002</v>
       </c>
       <c r="N601" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O601" s="15"/>
       <c r="P601" s="15"/>
       <c r="Q601" s="15"/>
       <c r="R601" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="602" spans="1:18">
       <c r="B602" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C602" s="15" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="D602" s="15" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="E602" s="15" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="F602" s="15"/>
       <c r="G602" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H602" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I602" s="15" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="J602" s="15">
         <v>4000</v>
       </c>
       <c r="K602" s="15">
         <v>28.32</v>
       </c>
       <c r="L602" s="15">
         <v>16.36</v>
       </c>
       <c r="M602" s="15">
         <v>0</v>
       </c>
       <c r="N602" s="15"/>
       <c r="O602" s="15"/>
       <c r="P602" s="15"/>
       <c r="Q602" s="15"/>
       <c r="R602" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="603" spans="1:18">
       <c r="B603" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C603" s="15" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="D603" s="15" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="E603" s="15" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="F603" s="15"/>
       <c r="G603" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H603" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I603" s="15" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="J603" s="15">
         <v>4000</v>
       </c>
       <c r="K603" s="15">
         <v>0.00221</v>
       </c>
       <c r="L603" s="15">
         <v>0.00191</v>
       </c>
       <c r="M603" s="15">
         <v>0.00184</v>
       </c>
       <c r="N603" s="15">
         <v>20000</v>
       </c>
       <c r="O603" s="15"/>
       <c r="P603" s="15"/>
       <c r="Q603" s="15"/>
       <c r="R603" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="604" spans="1:18">
       <c r="B604" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C604" s="15" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="D604" s="15" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="E604" s="15">
         <v>10000018930</v>
       </c>
       <c r="F604" s="15"/>
       <c r="G604" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H604" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I604" s="15" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="J604" s="15">
         <v>4000</v>
       </c>
       <c r="K604" s="15">
         <v>0.0056</v>
       </c>
       <c r="L604" s="15">
         <v>0.00597</v>
       </c>
       <c r="M604" s="15">
         <v>0.00429</v>
       </c>
       <c r="N604" s="15"/>
       <c r="O604" s="15"/>
       <c r="P604" s="15"/>
       <c r="Q604" s="15"/>
       <c r="R604" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="605" spans="1:18">
       <c r="B605" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C605" s="15" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="D605" s="15" t="s">
-        <v>1993</v>
+        <v>1994</v>
       </c>
       <c r="E605" s="15" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="F605" s="15"/>
       <c r="G605" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H605" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I605" s="15" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="J605" s="15">
         <v>4000</v>
       </c>
       <c r="K605" s="15">
         <v>0.00319</v>
       </c>
       <c r="L605" s="15">
         <v>0.00268</v>
       </c>
       <c r="M605" s="15">
         <v>0.00258</v>
       </c>
       <c r="N605" s="15">
         <v>4000</v>
       </c>
       <c r="O605" s="15"/>
       <c r="P605" s="15"/>
       <c r="Q605" s="15"/>
       <c r="R605" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="606" spans="1:18">
       <c r="B606" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C606" s="15" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="D606" s="15" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="E606" s="15">
         <v>10080011286</v>
       </c>
       <c r="F606" s="15"/>
       <c r="G606" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H606" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I606" s="15" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="J606" s="15">
         <v>4000</v>
       </c>
       <c r="K606" s="15">
         <v>0.00278</v>
       </c>
       <c r="L606" s="15">
         <v>0.00241</v>
       </c>
       <c r="M606" s="15">
         <v>0.00231</v>
       </c>
       <c r="N606" s="15"/>
       <c r="O606" s="15">
-        <v>32000</v>
+        <v>36000</v>
       </c>
       <c r="P606" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q606" s="15"/>
       <c r="R606" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="607" spans="1:18">
       <c r="B607" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C607" s="15" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="D607" s="15" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="E607" s="15">
         <v>10000029990</v>
       </c>
       <c r="F607" s="15"/>
       <c r="G607" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H607" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I607" s="15" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="J607" s="15">
         <v>4000</v>
       </c>
       <c r="K607" s="15">
         <v>0.00636</v>
       </c>
       <c r="L607" s="15">
         <v>0.00534</v>
       </c>
       <c r="M607" s="15">
         <v>0.00513</v>
       </c>
       <c r="N607" s="15"/>
       <c r="O607" s="15"/>
-      <c r="P607" s="15"/>
+      <c r="P607" s="15" t="s">
+        <v>859</v>
+      </c>
       <c r="Q607" s="15"/>
       <c r="R607" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="608" spans="1:18">
       <c r="B608" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C608" s="15" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="D608" s="15" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="E608" s="15" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="F608" s="15"/>
       <c r="G608" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H608" s="15" t="s">
         <v>988</v>
       </c>
       <c r="I608" s="15" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
       <c r="J608" s="15">
         <v>4000</v>
       </c>
       <c r="K608" s="15">
         <v>0.00452</v>
       </c>
       <c r="L608" s="15">
         <v>0.00379</v>
       </c>
       <c r="M608" s="15">
         <v>0.00365</v>
       </c>
       <c r="N608" s="15"/>
       <c r="O608" s="15"/>
       <c r="P608" s="15"/>
       <c r="Q608" s="15"/>
       <c r="R608" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="609" spans="1:18">
       <c r="B609" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C609" s="15" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D609" s="15" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="E609" s="15" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="F609" s="15"/>
       <c r="G609" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H609" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I609" s="15" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="J609" s="15">
         <v>4000</v>
       </c>
       <c r="K609" s="15">
         <v>0.00501</v>
       </c>
       <c r="L609" s="15">
         <v>0.00501</v>
       </c>
       <c r="M609" s="15">
         <v>0.00501</v>
       </c>
       <c r="N609" s="15"/>
       <c r="O609" s="15"/>
       <c r="P609" s="15"/>
       <c r="Q609" s="15"/>
       <c r="R609" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="610" spans="1:18">
       <c r="B610" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C610" s="15" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D610" s="15" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="E610" s="15" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F610" s="15"/>
       <c r="G610" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H610" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I610" s="15" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="J610" s="15">
         <v>4000</v>
       </c>
       <c r="K610" s="15">
         <v>0.00375</v>
       </c>
       <c r="L610" s="15">
         <v>0.00271</v>
       </c>
       <c r="M610" s="15">
         <v>0.00237</v>
       </c>
       <c r="N610" s="15"/>
       <c r="O610" s="15"/>
       <c r="P610" s="15"/>
       <c r="Q610" s="15"/>
       <c r="R610" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="611" spans="1:18">
       <c r="B611" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C611" s="15" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="D611" s="15" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="E611" s="15" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F611" s="15"/>
       <c r="G611" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H611" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I611" s="15" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="J611" s="15">
         <v>4000</v>
       </c>
       <c r="K611" s="15">
         <v>0.00327</v>
       </c>
       <c r="L611" s="15">
         <v>0.00274</v>
       </c>
       <c r="M611" s="15">
         <v>0.00264</v>
       </c>
       <c r="N611" s="15">
         <v>12000</v>
       </c>
       <c r="O611" s="15"/>
       <c r="P611" s="15"/>
       <c r="Q611" s="15"/>
       <c r="R611" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="612" spans="1:18">
       <c r="B612" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C612" s="15" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="D612" s="15" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="E612" s="15">
         <v>10080026789</v>
       </c>
       <c r="F612" s="15"/>
       <c r="G612" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H612" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I612" s="15" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="J612" s="15">
         <v>4000</v>
       </c>
       <c r="K612" s="15">
         <v>0.00317</v>
       </c>
       <c r="L612" s="15">
         <v>0.00229</v>
       </c>
       <c r="M612" s="15">
         <v>0.0022</v>
       </c>
       <c r="N612" s="15">
-        <v>44000</v>
+        <v>64000</v>
       </c>
       <c r="O612" s="15"/>
       <c r="P612" s="15"/>
       <c r="Q612" s="15"/>
       <c r="R612" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="613" spans="1:18">
       <c r="B613" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C613" s="15" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D613" s="15" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="E613" s="15">
         <v>10080046863</v>
       </c>
       <c r="F613" s="15"/>
       <c r="G613" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H613" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I613" s="15" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="J613" s="15">
         <v>4000</v>
       </c>
       <c r="K613" s="15">
         <v>0.00237</v>
       </c>
       <c r="L613" s="15">
         <v>0.00205</v>
       </c>
       <c r="M613" s="15">
         <v>0.00198</v>
       </c>
       <c r="N613" s="15"/>
       <c r="O613" s="15"/>
       <c r="P613" s="15"/>
       <c r="Q613" s="15"/>
       <c r="R613" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="614" spans="1:18">
       <c r="B614" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C614" s="15" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="D614" s="15" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="E614" s="15">
         <v>10000017028</v>
       </c>
       <c r="F614" s="15"/>
       <c r="G614" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H614" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I614" s="15" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="J614" s="15">
         <v>4000</v>
       </c>
       <c r="K614" s="15">
         <v>0.00422</v>
       </c>
       <c r="L614" s="15">
         <v>0.00354</v>
       </c>
       <c r="M614" s="15">
         <v>0.0034</v>
       </c>
       <c r="N614" s="15"/>
       <c r="O614" s="15"/>
       <c r="P614" s="15"/>
       <c r="Q614" s="15"/>
       <c r="R614" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="615" spans="1:18">
       <c r="B615" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C615" s="15" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="D615" s="15" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="E615" s="15">
         <v>10080071959</v>
       </c>
       <c r="F615" s="15"/>
       <c r="G615" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H615" s="15" t="s">
         <v>593</v>
       </c>
       <c r="I615" s="15" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="J615" s="15">
         <v>4000</v>
       </c>
       <c r="K615" s="15">
         <v>0.00557</v>
       </c>
       <c r="L615" s="15">
         <v>0.00463</v>
       </c>
       <c r="M615" s="15">
         <v>0.00444</v>
       </c>
       <c r="N615" s="15"/>
       <c r="O615" s="15"/>
       <c r="P615" s="15"/>
       <c r="Q615" s="15"/>
       <c r="R615" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="616" spans="1:18">
       <c r="B616" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C616" s="15" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="D616" s="15" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="E616" s="15" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="F616" s="15"/>
       <c r="G616" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H616" s="15" t="s">
         <v>988</v>
       </c>
       <c r="I616" s="15" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="J616" s="15">
         <v>4000</v>
       </c>
       <c r="K616" s="15">
         <v>0.00557</v>
       </c>
       <c r="L616" s="15">
         <v>0.00463</v>
       </c>
       <c r="M616" s="15">
         <v>0.00444</v>
       </c>
       <c r="N616" s="15"/>
       <c r="O616" s="15"/>
       <c r="P616" s="15"/>
       <c r="Q616" s="15"/>
       <c r="R616" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="617" spans="1:18">
       <c r="B617" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C617" s="15" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="D617" s="15" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="E617" s="15">
         <v>10080017895</v>
       </c>
       <c r="F617" s="15"/>
       <c r="G617" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H617" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I617" s="15" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="J617" s="15">
         <v>4000</v>
       </c>
       <c r="K617" s="15">
         <v>0.00386</v>
       </c>
       <c r="L617" s="15">
         <v>0.00334</v>
       </c>
       <c r="M617" s="15">
         <v>0.00321</v>
       </c>
       <c r="N617" s="15"/>
       <c r="O617" s="15"/>
       <c r="P617" s="15"/>
       <c r="Q617" s="15"/>
       <c r="R617" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="618" spans="1:18">
       <c r="B618" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C618" s="15" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="D618" s="15" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="E618" s="15" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="F618" s="15"/>
       <c r="G618" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H618" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I618" s="15" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="J618" s="15">
         <v>4000</v>
       </c>
       <c r="K618" s="15">
         <v>0.00282</v>
       </c>
       <c r="L618" s="15">
         <v>0.00244</v>
       </c>
       <c r="M618" s="15">
         <v>0.00235</v>
       </c>
       <c r="N618" s="15"/>
       <c r="O618" s="15"/>
       <c r="P618" s="15"/>
       <c r="Q618" s="15"/>
       <c r="R618" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="619" spans="1:18">
       <c r="B619" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C619" s="15" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="D619" s="15" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="E619" s="15">
         <v>10080009779</v>
       </c>
       <c r="F619" s="15"/>
       <c r="G619" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H619" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I619" s="15" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="J619" s="15">
         <v>4000</v>
       </c>
       <c r="K619" s="15">
         <v>0.0055</v>
       </c>
       <c r="L619" s="15">
         <v>0.00462</v>
       </c>
       <c r="M619" s="15">
         <v>0.00444</v>
       </c>
       <c r="N619" s="15">
         <v>12000</v>
       </c>
       <c r="O619" s="15"/>
       <c r="P619" s="15"/>
       <c r="Q619" s="15"/>
       <c r="R619" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="620" spans="1:18">
       <c r="B620" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C620" s="15" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="D620" s="15" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="E620" s="15" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="F620" s="15"/>
       <c r="G620" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H620" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I620" s="15" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="J620" s="15">
         <v>4000</v>
       </c>
       <c r="K620" s="15">
         <v>0.00354</v>
       </c>
       <c r="L620" s="15">
         <v>0.00256</v>
       </c>
       <c r="M620" s="15">
         <v>0.00223</v>
       </c>
       <c r="N620" s="15">
         <v>8000</v>
       </c>
       <c r="O620" s="15"/>
       <c r="P620" s="15"/>
       <c r="Q620" s="15"/>
       <c r="R620" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="621" spans="1:18">
       <c r="B621" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C621" s="15" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="D621" s="15" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="E621" s="15" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="F621" s="15"/>
       <c r="G621" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H621" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I621" s="15" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="J621" s="15">
         <v>4000</v>
       </c>
       <c r="K621" s="15">
         <v>0.00251</v>
       </c>
       <c r="L621" s="15">
         <v>0.00251</v>
       </c>
       <c r="M621" s="15">
         <v>0.00251</v>
       </c>
       <c r="N621" s="15"/>
       <c r="O621" s="15"/>
       <c r="P621" s="15"/>
       <c r="Q621" s="15"/>
       <c r="R621" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="622" spans="1:18">
       <c r="B622" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C622" s="15" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="D622" s="15" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="E622" s="15">
         <v>10080012661</v>
       </c>
       <c r="F622" s="15"/>
       <c r="G622" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H622" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I622" s="15" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="J622" s="15">
         <v>4000</v>
       </c>
       <c r="K622" s="15">
         <v>0.00191</v>
       </c>
       <c r="L622" s="15">
         <v>0.00165</v>
       </c>
       <c r="M622" s="15">
         <v>0.00159</v>
       </c>
       <c r="N622" s="15"/>
       <c r="O622" s="15">
-        <v>40000</v>
+        <v>44000</v>
       </c>
       <c r="P622" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q622" s="15"/>
       <c r="R622" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="623" spans="1:18">
       <c r="B623" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C623" s="15" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="D623" s="15" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="E623" s="15">
         <v>10000018931</v>
       </c>
       <c r="F623" s="15"/>
       <c r="G623" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H623" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I623" s="15" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="J623" s="15">
         <v>4000</v>
       </c>
       <c r="K623" s="15">
         <v>0.01355</v>
       </c>
       <c r="L623" s="15">
         <v>0.00781</v>
       </c>
       <c r="M623" s="15">
         <v>0.00715</v>
       </c>
       <c r="N623" s="15"/>
       <c r="O623" s="15"/>
       <c r="P623" s="15"/>
       <c r="Q623" s="15"/>
       <c r="R623" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="624" spans="1:18">
       <c r="B624" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C624" s="15" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="D624" s="15" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="E624" s="15" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="F624" s="15"/>
       <c r="G624" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H624" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I624" s="15" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="J624" s="15">
         <v>4000</v>
       </c>
       <c r="K624" s="15">
         <v>0.00728</v>
       </c>
       <c r="L624" s="15">
         <v>0.00607</v>
       </c>
       <c r="M624" s="15">
         <v>0.00582</v>
       </c>
       <c r="N624" s="15"/>
       <c r="O624" s="15"/>
       <c r="P624" s="15"/>
       <c r="Q624" s="15"/>
       <c r="R624" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="625" spans="1:18">
       <c r="B625" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C625" s="15" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="D625" s="15" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="E625" s="15" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="F625" s="15"/>
       <c r="G625" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H625" s="15" t="s">
         <v>988</v>
       </c>
       <c r="I625" s="15" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="J625" s="15">
         <v>4000</v>
       </c>
       <c r="K625" s="15">
         <v>0.00422</v>
       </c>
       <c r="L625" s="15">
         <v>0.00354</v>
       </c>
       <c r="M625" s="15">
         <v>0.0034</v>
       </c>
       <c r="N625" s="15"/>
       <c r="O625" s="15"/>
       <c r="P625" s="15"/>
       <c r="Q625" s="15"/>
       <c r="R625" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="626" spans="1:18">
       <c r="B626" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C626" s="15" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="D626" s="15" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="E626" s="15">
         <v>10080038183</v>
       </c>
       <c r="F626" s="15"/>
       <c r="G626" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H626" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I626" s="15" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="J626" s="15">
         <v>4000</v>
       </c>
       <c r="K626" s="15">
         <v>0.0236</v>
       </c>
       <c r="L626" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M626" s="15">
         <v>0.00777</v>
       </c>
       <c r="N626" s="15"/>
       <c r="O626" s="15"/>
       <c r="P626" s="15"/>
       <c r="Q626" s="15"/>
       <c r="R626" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="627" spans="1:18">
       <c r="B627" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C627" s="15" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="D627" s="15" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="E627" s="15" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="F627" s="15"/>
       <c r="G627" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H627" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I627" s="15" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="J627" s="15">
         <v>4000</v>
       </c>
       <c r="K627" s="15">
         <v>0.00323</v>
       </c>
       <c r="L627" s="15">
         <v>0.00234</v>
       </c>
       <c r="M627" s="15">
         <v>0.00204</v>
       </c>
       <c r="N627" s="15"/>
       <c r="O627" s="15"/>
       <c r="P627" s="15"/>
       <c r="Q627" s="15"/>
       <c r="R627" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="628" spans="1:18">
       <c r="B628" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C628" s="15" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="D628" s="15" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="E628" s="15">
         <v>10080072222</v>
       </c>
       <c r="F628" s="15"/>
       <c r="G628" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H628" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I628" s="15" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="J628" s="15">
         <v>4000</v>
       </c>
       <c r="K628" s="15">
         <v>0.00243</v>
       </c>
       <c r="L628" s="15">
         <v>0.00211</v>
       </c>
       <c r="M628" s="15">
         <v>0.00203</v>
       </c>
       <c r="N628" s="15">
         <v>4000</v>
       </c>
       <c r="O628" s="15">
         <v>4000</v>
       </c>
       <c r="P628" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q628" s="15"/>
       <c r="R628" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="629" spans="1:18">
       <c r="B629" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C629" s="15" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="D629" s="15" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="E629" s="15" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="F629" s="15"/>
       <c r="G629" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H629" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I629" s="15" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="J629" s="15">
         <v>4000</v>
       </c>
       <c r="K629" s="15">
         <v>0.00362</v>
       </c>
       <c r="L629" s="15">
         <v>0.00362</v>
       </c>
       <c r="M629" s="15">
         <v>0.00362</v>
       </c>
       <c r="N629" s="15"/>
       <c r="O629" s="15"/>
       <c r="P629" s="15"/>
       <c r="Q629" s="15"/>
       <c r="R629" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="630" spans="1:18">
       <c r="B630" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C630" s="15" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="D630" s="15" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="E630" s="15" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="F630" s="15"/>
       <c r="G630" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H630" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I630" s="15" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="J630" s="15">
         <v>4000</v>
       </c>
       <c r="K630" s="15">
         <v>0.00208</v>
       </c>
       <c r="L630" s="15">
         <v>0.00208</v>
       </c>
       <c r="M630" s="15">
         <v>0.00208</v>
       </c>
       <c r="N630" s="15"/>
       <c r="O630" s="15"/>
       <c r="P630" s="15"/>
       <c r="Q630" s="15"/>
       <c r="R630" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="631" spans="1:18">
       <c r="B631" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C631" s="15" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="D631" s="15" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="E631" s="15">
         <v>10080012662</v>
       </c>
       <c r="F631" s="15"/>
       <c r="G631" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H631" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I631" s="15" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="J631" s="15">
         <v>4000</v>
       </c>
       <c r="K631" s="15">
         <v>0.00676</v>
       </c>
       <c r="L631" s="15">
         <v>0.00676</v>
       </c>
       <c r="M631" s="15">
         <v>0.00676</v>
       </c>
       <c r="N631" s="15">
-        <v>44000</v>
+        <v>40000</v>
       </c>
       <c r="O631" s="15"/>
       <c r="P631" s="15"/>
       <c r="Q631" s="15"/>
       <c r="R631" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="632" spans="1:18">
       <c r="B632" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C632" s="15" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="D632" s="15" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="E632" s="15">
         <v>10000018929</v>
       </c>
       <c r="F632" s="15"/>
       <c r="G632" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H632" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I632" s="15" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="J632" s="15">
         <v>4000</v>
       </c>
       <c r="K632" s="15">
         <v>0.007</v>
       </c>
       <c r="L632" s="15">
         <v>0.007</v>
       </c>
       <c r="M632" s="15">
         <v>0.007</v>
       </c>
       <c r="N632" s="15">
         <v>16000</v>
       </c>
       <c r="O632" s="15"/>
       <c r="P632" s="15"/>
       <c r="Q632" s="15"/>
       <c r="R632" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="633" spans="1:18">
       <c r="B633" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C633" s="15" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="D633" s="15" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="E633" s="15">
         <v>10080035923</v>
       </c>
       <c r="F633" s="15"/>
       <c r="G633" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H633" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I633" s="15" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="J633" s="15">
         <v>4000</v>
       </c>
       <c r="K633" s="15">
         <v>0.0236</v>
       </c>
       <c r="L633" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M633" s="15">
         <v>0.00777</v>
       </c>
       <c r="N633" s="15"/>
       <c r="O633" s="15"/>
       <c r="P633" s="15"/>
       <c r="Q633" s="15"/>
       <c r="R633" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="634" spans="1:18">
       <c r="B634" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C634" s="15" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="D634" s="15" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="E634" s="15">
         <v>10080037841</v>
       </c>
       <c r="F634" s="15"/>
       <c r="G634" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H634" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I634" s="15" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="J634" s="15">
         <v>4000</v>
       </c>
       <c r="K634" s="15">
         <v>0.01159</v>
       </c>
       <c r="L634" s="15">
         <v>0.01159</v>
       </c>
       <c r="M634" s="15">
         <v>0.01159</v>
       </c>
       <c r="N634" s="15">
         <v>16000</v>
       </c>
       <c r="O634" s="15"/>
       <c r="P634" s="15"/>
       <c r="Q634" s="15"/>
       <c r="R634" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="635" spans="1:18">
       <c r="B635" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C635" s="15" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="D635" s="15" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="E635" s="15">
         <v>10080046949</v>
       </c>
       <c r="F635" s="15"/>
       <c r="G635" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H635" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I635" s="15" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="J635" s="15">
         <v>4000</v>
       </c>
       <c r="K635" s="15">
         <v>0.01778</v>
       </c>
       <c r="L635" s="15">
         <v>0.01027</v>
       </c>
       <c r="M635" s="15">
         <v>0.00936</v>
       </c>
       <c r="N635" s="15"/>
       <c r="O635" s="15"/>
       <c r="P635" s="15"/>
       <c r="Q635" s="15"/>
       <c r="R635" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="636" spans="1:18">
       <c r="B636" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C636" s="15" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="D636" s="15" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="E636" s="15">
         <v>10080039369</v>
       </c>
       <c r="F636" s="15"/>
       <c r="G636" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H636" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I636" s="15" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="J636" s="15">
         <v>4000</v>
       </c>
       <c r="K636" s="15">
         <v>0.0236</v>
       </c>
       <c r="L636" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="M636" s="15">
         <v>0.00777</v>
       </c>
       <c r="N636" s="15"/>
       <c r="O636" s="15"/>
       <c r="P636" s="15"/>
       <c r="Q636" s="15"/>
       <c r="R636" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="637" spans="1:18">
       <c r="B637" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C637" s="15" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="D637" s="15" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="E637" s="15">
         <v>10080003386</v>
       </c>
       <c r="F637" s="15"/>
       <c r="G637" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H637" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I637" s="15" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="J637" s="15">
         <v>4000</v>
       </c>
       <c r="K637" s="15">
         <v>0.00174</v>
       </c>
       <c r="L637" s="15">
         <v>0.00151</v>
       </c>
       <c r="M637" s="15">
         <v>0.00145</v>
       </c>
       <c r="N637" s="15">
-        <v>928000</v>
+        <v>648000</v>
       </c>
       <c r="O637" s="15">
-        <v>832000</v>
+        <v>792000</v>
       </c>
       <c r="P637" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q637" s="15"/>
       <c r="R637" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="638" spans="1:18">
       <c r="B638" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C638" s="15" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="D638" s="15" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="E638" s="15">
         <v>10000019011</v>
       </c>
       <c r="F638" s="15"/>
       <c r="G638" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H638" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="I638" s="15" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="J638" s="15">
         <v>4000</v>
       </c>
       <c r="K638" s="15">
         <v>44.42</v>
       </c>
       <c r="L638" s="15">
         <v>25.66</v>
       </c>
       <c r="M638" s="15">
         <v>0</v>
       </c>
       <c r="N638" s="15"/>
       <c r="O638" s="15"/>
       <c r="P638" s="15"/>
       <c r="Q638" s="15"/>
       <c r="R638" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="639" spans="1:18">
       <c r="B639" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C639" s="15" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="D639" s="15" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
       <c r="E639" s="15">
         <v>10080075576</v>
       </c>
       <c r="F639" s="15"/>
       <c r="G639" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H639" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I639" s="15" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="J639" s="15">
         <v>4000</v>
       </c>
       <c r="K639" s="15">
         <v>0.01053</v>
       </c>
       <c r="L639" s="15">
         <v>0.008829999999999999</v>
       </c>
       <c r="M639" s="15">
         <v>0.008500000000000001</v>
       </c>
       <c r="N639" s="15"/>
       <c r="O639" s="15"/>
       <c r="P639" s="15"/>
       <c r="Q639" s="15"/>
       <c r="R639" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="640" spans="1:18">
       <c r="B640" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C640" s="15" t="s">
-        <v>2111</v>
+        <v>2112</v>
       </c>
       <c r="D640" s="15" t="s">
-        <v>2112</v>
+        <v>2113</v>
       </c>
       <c r="E640" s="15">
         <v>10000017066</v>
       </c>
       <c r="F640" s="15"/>
       <c r="G640" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H640" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I640" s="15" t="s">
-        <v>2113</v>
+        <v>2114</v>
       </c>
       <c r="J640" s="15">
         <v>4000</v>
       </c>
       <c r="K640" s="15">
         <v>0.00265</v>
       </c>
       <c r="L640" s="15">
         <v>0.00222</v>
       </c>
       <c r="M640" s="15">
         <v>0.00214</v>
       </c>
       <c r="N640" s="15"/>
       <c r="O640" s="15"/>
       <c r="P640" s="15"/>
       <c r="Q640" s="15"/>
       <c r="R640" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="641" spans="1:18">
       <c r="B641" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C641" s="15" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="D641" s="15" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="E641" s="15">
         <v>10080003385</v>
       </c>
       <c r="F641" s="15"/>
       <c r="G641" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H641" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I641" s="15" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="J641" s="15">
         <v>4000</v>
       </c>
       <c r="K641" s="15">
         <v>0.00555</v>
       </c>
       <c r="L641" s="15">
         <v>0.00555</v>
       </c>
       <c r="M641" s="15">
         <v>0.00555</v>
       </c>
       <c r="N641" s="15"/>
       <c r="O641" s="15"/>
       <c r="P641" s="15"/>
       <c r="Q641" s="15"/>
       <c r="R641" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="642" spans="1:18">
       <c r="B642" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C642" s="15" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="D642" s="15" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="E642" s="15" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="F642" s="15"/>
       <c r="G642" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H642" s="15" t="s">
         <v>1390</v>
       </c>
       <c r="I642" s="15" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="J642" s="15">
         <v>4000</v>
       </c>
       <c r="K642" s="15">
         <v>0.00232</v>
       </c>
       <c r="L642" s="15">
         <v>0.00194</v>
       </c>
       <c r="M642" s="15">
         <v>0.00187</v>
       </c>
       <c r="N642" s="15"/>
       <c r="O642" s="15"/>
       <c r="P642" s="15"/>
       <c r="Q642" s="15"/>
       <c r="R642" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="643" spans="1:18">
       <c r="B643" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C643" s="15" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="D643" s="15" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="E643" s="15">
         <v>10080050018</v>
       </c>
       <c r="F643" s="15"/>
       <c r="G643" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H643" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I643" s="15" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="J643" s="15">
         <v>4000</v>
       </c>
       <c r="K643" s="15">
         <v>0.0059</v>
       </c>
       <c r="L643" s="15">
         <v>0.00453</v>
       </c>
       <c r="M643" s="15">
         <v>0.00453</v>
       </c>
       <c r="N643" s="15"/>
       <c r="O643" s="15"/>
       <c r="P643" s="15"/>
       <c r="Q643" s="15"/>
       <c r="R643" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="644" spans="1:18">
       <c r="B644" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C644" s="15" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="D644" s="15" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="E644" s="15">
         <v>10080033098</v>
       </c>
       <c r="F644" s="15"/>
       <c r="G644" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H644" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I644" s="15" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="J644" s="15">
         <v>4000</v>
       </c>
       <c r="K644" s="15">
         <v>0.01624</v>
       </c>
       <c r="L644" s="15">
         <v>0.00656</v>
       </c>
       <c r="M644" s="15">
         <v>0.00599</v>
       </c>
       <c r="N644" s="15"/>
       <c r="O644" s="15"/>
       <c r="P644" s="15"/>
       <c r="Q644" s="15"/>
       <c r="R644" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="645" spans="1:18">
       <c r="B645" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C645" s="15" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="D645" s="15" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="E645" s="15" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
       <c r="F645" s="15"/>
       <c r="G645" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H645" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I645" s="15" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="J645" s="15">
         <v>4000</v>
       </c>
       <c r="K645" s="15">
         <v>0.0023</v>
       </c>
       <c r="L645" s="15">
         <v>0.00199</v>
       </c>
       <c r="M645" s="15">
         <v>0.00191</v>
       </c>
       <c r="N645" s="15">
-        <v>788000</v>
+        <v>672000</v>
       </c>
       <c r="O645" s="15"/>
       <c r="P645" s="15"/>
       <c r="Q645" s="15"/>
       <c r="R645" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="646" spans="1:18">
       <c r="B646" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C646" s="15" t="s">
-        <v>2131</v>
+        <v>2132</v>
       </c>
       <c r="D646" s="15" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="E646" s="15" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="F646" s="15"/>
       <c r="G646" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H646" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I646" s="15" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="J646" s="15">
         <v>4000</v>
       </c>
       <c r="K646" s="15">
         <v>0.00144</v>
       </c>
       <c r="L646" s="15">
         <v>0.00144</v>
       </c>
       <c r="M646" s="15">
         <v>0.00144</v>
       </c>
       <c r="N646" s="15">
         <v>4000</v>
       </c>
       <c r="O646" s="15"/>
       <c r="P646" s="15"/>
       <c r="Q646" s="15"/>
       <c r="R646" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="647" spans="1:18">
       <c r="B647" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C647" s="15" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="D647" s="15" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="E647" s="15" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="F647" s="15"/>
       <c r="G647" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H647" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I647" s="15" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="J647" s="15">
         <v>4000</v>
       </c>
       <c r="K647" s="15">
         <v>0.00179</v>
       </c>
       <c r="L647" s="15">
         <v>0.00155</v>
       </c>
       <c r="M647" s="15">
         <v>0.00149</v>
       </c>
       <c r="N647" s="15"/>
       <c r="O647" s="15"/>
       <c r="P647" s="15"/>
       <c r="Q647" s="15"/>
       <c r="R647" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="648" spans="1:18">
       <c r="B648" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C648" s="15" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="D648" s="15" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="E648" s="15">
         <v>10000017785</v>
       </c>
       <c r="F648" s="15"/>
       <c r="G648" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H648" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I648" s="15" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="J648" s="15">
         <v>4000</v>
       </c>
       <c r="K648" s="15">
         <v>49.97</v>
       </c>
       <c r="L648" s="15">
         <v>28.87</v>
       </c>
       <c r="M648" s="15">
         <v>0</v>
       </c>
       <c r="N648" s="15"/>
       <c r="O648" s="15"/>
       <c r="P648" s="15"/>
       <c r="Q648" s="15"/>
       <c r="R648" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="649" spans="1:18">
       <c r="B649" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C649" s="15" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="D649" s="15" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="E649" s="15">
         <v>10080070653</v>
       </c>
       <c r="F649" s="15"/>
       <c r="G649" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H649" s="15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I649" s="15" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
       <c r="J649" s="15">
         <v>4000</v>
       </c>
       <c r="K649" s="15">
         <v>0.01118</v>
       </c>
       <c r="L649" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="M649" s="15">
         <v>0.008569999999999999</v>
       </c>
       <c r="N649" s="15"/>
       <c r="O649" s="15"/>
       <c r="P649" s="15"/>
       <c r="Q649" s="15"/>
       <c r="R649" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="650" spans="1:18">
       <c r="B650" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C650" s="15" t="s">
-        <v>2145</v>
+        <v>2146</v>
       </c>
       <c r="D650" s="15" t="s">
-        <v>2146</v>
+        <v>2147</v>
       </c>
       <c r="E650" s="15">
         <v>10080054221</v>
       </c>
       <c r="F650" s="15"/>
       <c r="G650" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H650" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I650" s="15" t="s">
-        <v>2147</v>
+        <v>2148</v>
       </c>
       <c r="J650" s="15">
         <v>4000</v>
       </c>
       <c r="K650" s="15">
         <v>0.00578</v>
       </c>
       <c r="L650" s="15">
         <v>0.00501</v>
       </c>
       <c r="M650" s="15">
         <v>0.00481</v>
       </c>
       <c r="N650" s="15"/>
       <c r="O650" s="15"/>
       <c r="P650" s="15"/>
       <c r="Q650" s="15"/>
       <c r="R650" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="651" spans="1:18">
       <c r="B651" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C651" s="15" t="s">
-        <v>2148</v>
+        <v>2149</v>
       </c>
       <c r="D651" s="15" t="s">
-        <v>2149</v>
+        <v>2150</v>
       </c>
       <c r="E651" s="15">
         <v>10080045671</v>
       </c>
       <c r="F651" s="15"/>
       <c r="G651" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H651" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I651" s="15" t="s">
-        <v>2150</v>
+        <v>2151</v>
       </c>
       <c r="J651" s="15">
         <v>4000</v>
       </c>
       <c r="K651" s="15">
         <v>0.00474</v>
       </c>
       <c r="L651" s="15">
         <v>0.00411</v>
       </c>
       <c r="M651" s="15">
         <v>0.00395</v>
       </c>
       <c r="N651" s="15"/>
       <c r="O651" s="15"/>
       <c r="P651" s="15"/>
       <c r="Q651" s="15"/>
       <c r="R651" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="652" spans="1:18">
       <c r="B652" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C652" s="15" t="s">
-        <v>2151</v>
+        <v>2152</v>
       </c>
       <c r="D652" s="15" t="s">
-        <v>2152</v>
+        <v>2153</v>
       </c>
       <c r="E652" s="15">
         <v>10080005918</v>
       </c>
       <c r="F652" s="15"/>
       <c r="G652" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H652" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I652" s="15" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="J652" s="15">
         <v>4000</v>
       </c>
       <c r="K652" s="15">
         <v>0.00449</v>
       </c>
       <c r="L652" s="15">
         <v>0.00449</v>
       </c>
       <c r="M652" s="15">
         <v>0.00449</v>
       </c>
       <c r="N652" s="15"/>
       <c r="O652" s="15"/>
       <c r="P652" s="15"/>
       <c r="Q652" s="15"/>
       <c r="R652" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="653" spans="1:18">
       <c r="B653" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C653" s="15" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="D653" s="15" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="E653" s="15" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="F653" s="15"/>
       <c r="G653" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H653" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I653" s="15" t="s">
-        <v>2157</v>
+        <v>2158</v>
       </c>
       <c r="J653" s="15">
         <v>4000</v>
       </c>
       <c r="K653" s="15">
         <v>0.0039</v>
       </c>
       <c r="L653" s="15">
         <v>0.00338</v>
       </c>
       <c r="M653" s="15">
         <v>0.00325</v>
       </c>
       <c r="N653" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O653" s="15"/>
       <c r="P653" s="15"/>
       <c r="Q653" s="15"/>
       <c r="R653" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="654" spans="1:18">
       <c r="B654" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C654" s="15" t="s">
-        <v>2158</v>
+        <v>2159</v>
       </c>
       <c r="D654" s="15" t="s">
-        <v>2159</v>
+        <v>2160</v>
       </c>
       <c r="E654" s="15" t="s">
-        <v>2160</v>
+        <v>2161</v>
       </c>
       <c r="F654" s="15"/>
       <c r="G654" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H654" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I654" s="15" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="J654" s="15">
         <v>4000</v>
       </c>
       <c r="K654" s="15">
         <v>0.0049</v>
       </c>
       <c r="L654" s="15">
         <v>0.0049</v>
       </c>
       <c r="M654" s="15">
         <v>0.0049</v>
       </c>
       <c r="N654" s="15"/>
       <c r="O654" s="15"/>
       <c r="P654" s="15"/>
       <c r="Q654" s="15"/>
       <c r="R654" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="655" spans="1:18">
       <c r="B655" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C655" s="15" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
       <c r="D655" s="15" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="E655" s="15">
         <v>10080018836</v>
       </c>
       <c r="F655" s="15"/>
       <c r="G655" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H655" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I655" s="15" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="J655" s="15">
         <v>4000</v>
       </c>
       <c r="K655" s="15">
         <v>0.00363</v>
       </c>
       <c r="L655" s="15">
         <v>0.00315</v>
       </c>
       <c r="M655" s="15">
         <v>0.00303</v>
       </c>
       <c r="N655" s="15">
         <v>8000</v>
       </c>
       <c r="O655" s="15"/>
       <c r="P655" s="15"/>
       <c r="Q655" s="15"/>
       <c r="R655" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="656" spans="1:18">
       <c r="B656" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C656" s="15" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="D656" s="15" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="E656" s="15">
         <v>10080070402</v>
       </c>
       <c r="F656" s="15"/>
       <c r="G656" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H656" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I656" s="15" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="J656" s="15">
         <v>4000</v>
       </c>
       <c r="K656" s="15">
         <v>0.00587</v>
       </c>
       <c r="L656" s="15">
         <v>0.00424</v>
       </c>
       <c r="M656" s="15">
         <v>0.0037</v>
       </c>
       <c r="N656" s="15">
         <v>4000</v>
       </c>
       <c r="O656" s="15"/>
       <c r="P656" s="15"/>
       <c r="Q656" s="15"/>
       <c r="R656" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="657" spans="1:18">
       <c r="B657" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C657" s="15" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="D657" s="15" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="E657" s="15">
         <v>10080003400</v>
       </c>
       <c r="F657" s="15"/>
       <c r="G657" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H657" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I657" s="15" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="J657" s="15">
         <v>4000</v>
       </c>
       <c r="K657" s="15">
         <v>0.00991</v>
       </c>
       <c r="L657" s="15">
         <v>0.00831</v>
       </c>
       <c r="M657" s="15">
         <v>0.007990000000000001</v>
       </c>
       <c r="N657" s="15"/>
       <c r="O657" s="15"/>
       <c r="P657" s="15"/>
       <c r="Q657" s="15"/>
       <c r="R657" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="658" spans="1:18">
       <c r="B658" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C658" s="15" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="D658" s="15" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="E658" s="15" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="F658" s="15"/>
       <c r="G658" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H658" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I658" s="15" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="J658" s="15">
         <v>4000</v>
       </c>
       <c r="K658" s="15">
         <v>0.00356</v>
       </c>
       <c r="L658" s="15">
         <v>0.00356</v>
       </c>
       <c r="M658" s="15">
         <v>0.00356</v>
       </c>
       <c r="N658" s="15"/>
       <c r="O658" s="15"/>
       <c r="P658" s="15"/>
       <c r="Q658" s="15"/>
       <c r="R658" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="659" spans="1:18">
       <c r="B659" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C659" s="15" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="D659" s="15" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="E659" s="15">
         <v>10080012952</v>
       </c>
       <c r="F659" s="15"/>
       <c r="G659" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H659" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I659" s="15" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="J659" s="15">
         <v>4000</v>
       </c>
       <c r="K659" s="15">
         <v>0.00623</v>
       </c>
       <c r="L659" s="15">
         <v>0.00451</v>
       </c>
       <c r="M659" s="15">
         <v>0.00393</v>
       </c>
       <c r="N659" s="15">
         <v>20000</v>
       </c>
       <c r="O659" s="15"/>
       <c r="P659" s="15"/>
       <c r="Q659" s="15"/>
       <c r="R659" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="660" spans="1:18">
       <c r="B660" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C660" s="15" t="s">
-        <v>2178</v>
+        <v>2179</v>
       </c>
       <c r="D660" s="15" t="s">
-        <v>2179</v>
+        <v>2180</v>
       </c>
       <c r="E660" s="15">
         <v>10080033561</v>
       </c>
       <c r="F660" s="15"/>
       <c r="G660" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H660" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I660" s="15" t="s">
-        <v>2180</v>
+        <v>2181</v>
       </c>
       <c r="J660" s="15">
         <v>4000</v>
       </c>
       <c r="K660" s="15">
         <v>0.00622</v>
       </c>
       <c r="L660" s="15">
         <v>0.00521</v>
       </c>
       <c r="M660" s="15">
         <v>0.00501</v>
       </c>
       <c r="N660" s="15"/>
       <c r="O660" s="15"/>
       <c r="P660" s="15"/>
       <c r="Q660" s="15"/>
       <c r="R660" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="661" spans="1:18">
       <c r="B661" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C661" s="15" t="s">
-        <v>2181</v>
+        <v>2182</v>
       </c>
       <c r="D661" s="15" t="s">
-        <v>2182</v>
+        <v>2183</v>
       </c>
       <c r="E661" s="15">
         <v>10080066232</v>
       </c>
       <c r="F661" s="15"/>
       <c r="G661" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H661" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I661" s="15" t="s">
-        <v>2183</v>
+        <v>2184</v>
       </c>
       <c r="J661" s="15">
         <v>4000</v>
       </c>
       <c r="K661" s="15">
         <v>0.00936</v>
       </c>
       <c r="L661" s="15">
         <v>0.008109999999999999</v>
       </c>
       <c r="M661" s="15">
         <v>0.0078</v>
       </c>
       <c r="N661" s="15"/>
       <c r="O661" s="15"/>
       <c r="P661" s="15"/>
       <c r="Q661" s="15"/>
       <c r="R661" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="662" spans="1:18">
       <c r="B662" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C662" s="15" t="s">
-        <v>2184</v>
+        <v>2185</v>
       </c>
       <c r="D662" s="15" t="s">
-        <v>2185</v>
+        <v>2186</v>
       </c>
       <c r="E662" s="15">
         <v>10080064081</v>
       </c>
       <c r="F662" s="15"/>
       <c r="G662" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H662" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I662" s="15" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="J662" s="15">
         <v>4000</v>
       </c>
       <c r="K662" s="15">
         <v>0.008959999999999999</v>
       </c>
       <c r="L662" s="15">
         <v>0.00649</v>
       </c>
       <c r="M662" s="15">
         <v>0.00566</v>
       </c>
       <c r="N662" s="15"/>
       <c r="O662" s="15">
         <v>28000</v>
       </c>
       <c r="P662" s="15" t="s">
         <v>1433</v>
       </c>
       <c r="Q662" s="15"/>
       <c r="R662" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="663" spans="1:18">
       <c r="B663" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C663" s="15" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="D663" s="15" t="s">
-        <v>2188</v>
+        <v>2189</v>
       </c>
       <c r="E663" s="15" t="s">
-        <v>2189</v>
+        <v>2190</v>
       </c>
       <c r="F663" s="15"/>
       <c r="G663" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H663" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I663" s="15" t="s">
-        <v>2190</v>
+        <v>2191</v>
       </c>
       <c r="J663" s="15">
         <v>4000</v>
       </c>
       <c r="K663" s="15">
         <v>0.00546</v>
       </c>
       <c r="L663" s="15">
         <v>0.00458</v>
       </c>
       <c r="M663" s="15">
         <v>0.0044</v>
       </c>
       <c r="N663" s="15">
         <v>4000</v>
       </c>
       <c r="O663" s="15"/>
       <c r="P663" s="15"/>
       <c r="Q663" s="15"/>
       <c r="R663" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="664" spans="1:18">
       <c r="B664" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C664" s="15" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="D664" s="15" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="E664" s="15" t="s">
-        <v>2193</v>
+        <v>2194</v>
       </c>
       <c r="F664" s="15"/>
       <c r="G664" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H664" s="15" t="s">
         <v>1529</v>
       </c>
       <c r="I664" s="15" t="s">
-        <v>2194</v>
+        <v>2195</v>
       </c>
       <c r="J664" s="15">
         <v>4000</v>
       </c>
       <c r="K664" s="15">
         <v>0.07745</v>
       </c>
       <c r="L664" s="15">
         <v>0.06454</v>
       </c>
       <c r="M664" s="15">
         <v>0.06196</v>
       </c>
       <c r="N664" s="15"/>
       <c r="O664" s="15"/>
       <c r="P664" s="15"/>
       <c r="Q664" s="15"/>
       <c r="R664" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="665" spans="1:18">
       <c r="B665" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C665" s="15" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="D665" s="15" t="s">
-        <v>2196</v>
+        <v>2197</v>
       </c>
       <c r="E665" s="15">
         <v>10080026790</v>
       </c>
       <c r="F665" s="15"/>
       <c r="G665" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H665" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I665" s="15" t="s">
-        <v>2197</v>
+        <v>2198</v>
       </c>
       <c r="J665" s="15">
         <v>4000</v>
       </c>
       <c r="K665" s="15">
         <v>0.01715</v>
       </c>
       <c r="L665" s="15">
         <v>0.01089</v>
       </c>
       <c r="M665" s="15">
         <v>0.01089</v>
       </c>
       <c r="N665" s="15"/>
       <c r="O665" s="15"/>
       <c r="P665" s="15"/>
       <c r="Q665" s="15"/>
       <c r="R665" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="666" spans="1:18">
       <c r="B666" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C666" s="15" t="s">
-        <v>2198</v>
+        <v>2199</v>
       </c>
       <c r="D666" s="15" t="s">
-        <v>2199</v>
+        <v>2200</v>
       </c>
       <c r="E666" s="15">
         <v>10080001616</v>
       </c>
       <c r="F666" s="15"/>
       <c r="G666" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H666" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I666" s="15" t="s">
-        <v>2200</v>
+        <v>2201</v>
       </c>
       <c r="J666" s="15">
         <v>4000</v>
       </c>
       <c r="K666" s="15">
         <v>0.0068</v>
       </c>
       <c r="L666" s="15">
         <v>0.0068</v>
       </c>
       <c r="M666" s="15">
         <v>0.0068</v>
       </c>
       <c r="N666" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O666" s="15"/>
       <c r="P666" s="15"/>
       <c r="Q666" s="15"/>
       <c r="R666" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="667" spans="1:18">
       <c r="B667" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C667" s="15" t="s">
-        <v>2201</v>
+        <v>2202</v>
       </c>
       <c r="D667" s="15" t="s">
-        <v>2202</v>
+        <v>2203</v>
       </c>
       <c r="E667" s="15" t="s">
-        <v>2203</v>
+        <v>2204</v>
       </c>
       <c r="F667" s="15"/>
       <c r="G667" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H667" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I667" s="15" t="s">
-        <v>2204</v>
+        <v>2205</v>
       </c>
       <c r="J667" s="15">
         <v>4000</v>
       </c>
       <c r="K667" s="15">
         <v>0.01059</v>
       </c>
       <c r="L667" s="15">
         <v>0.00766</v>
       </c>
       <c r="M667" s="15">
         <v>0.00669</v>
       </c>
       <c r="N667" s="15">
         <v>4000</v>
       </c>
       <c r="O667" s="15"/>
       <c r="P667" s="15"/>
       <c r="Q667" s="15"/>
       <c r="R667" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="668" spans="1:18">
       <c r="B668" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C668" s="15" t="s">
-        <v>2205</v>
+        <v>2206</v>
       </c>
       <c r="D668" s="15" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="E668" s="15" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="F668" s="15"/>
       <c r="G668" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H668" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I668" s="15" t="s">
-        <v>2208</v>
+        <v>2209</v>
       </c>
       <c r="J668" s="15">
         <v>4000</v>
       </c>
       <c r="K668" s="15">
         <v>0.00481</v>
       </c>
       <c r="L668" s="15">
         <v>0.00481</v>
       </c>
       <c r="M668" s="15">
         <v>0.00481</v>
       </c>
       <c r="N668" s="15">
-        <v>52000</v>
+        <v>44000</v>
       </c>
       <c r="O668" s="15"/>
       <c r="P668" s="15"/>
       <c r="Q668" s="15"/>
       <c r="R668" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="669" spans="1:18">
       <c r="B669" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C669" s="15" t="s">
-        <v>2209</v>
+        <v>2210</v>
       </c>
       <c r="D669" s="15" t="s">
-        <v>2210</v>
+        <v>2211</v>
       </c>
       <c r="E669" s="15">
         <v>10080017858</v>
       </c>
       <c r="F669" s="15"/>
       <c r="G669" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H669" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I669" s="15" t="s">
-        <v>2211</v>
+        <v>2212</v>
       </c>
       <c r="J669" s="15">
         <v>4000</v>
       </c>
       <c r="K669" s="15">
         <v>0.00564</v>
       </c>
       <c r="L669" s="15">
         <v>0.00564</v>
       </c>
       <c r="M669" s="15">
         <v>0.00564</v>
       </c>
       <c r="N669" s="15"/>
       <c r="O669" s="15"/>
       <c r="P669" s="15"/>
       <c r="Q669" s="15"/>
       <c r="R669" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="670" spans="1:18">
       <c r="B670" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C670" s="15" t="s">
-        <v>2212</v>
+        <v>2213</v>
       </c>
       <c r="D670" s="15" t="s">
-        <v>2213</v>
+        <v>2214</v>
       </c>
       <c r="E670" s="15">
         <v>10000022874</v>
       </c>
       <c r="F670" s="15"/>
       <c r="G670" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H670" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I670" s="15" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="J670" s="15">
         <v>4000</v>
       </c>
       <c r="K670" s="15">
         <v>0.00455</v>
       </c>
       <c r="L670" s="15">
         <v>0.00455</v>
       </c>
       <c r="M670" s="15">
         <v>0.00455</v>
       </c>
       <c r="N670" s="15"/>
       <c r="O670" s="15"/>
       <c r="P670" s="15"/>
       <c r="Q670" s="15"/>
       <c r="R670" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="671" spans="1:18">
       <c r="B671" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C671" s="15" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="D671" s="15" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="E671" s="15" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="F671" s="15"/>
       <c r="G671" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H671" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I671" s="15" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="J671" s="15">
         <v>4000</v>
       </c>
       <c r="K671" s="15">
         <v>0.008449999999999999</v>
       </c>
       <c r="L671" s="15">
         <v>0.00709</v>
       </c>
       <c r="M671" s="15">
         <v>0.00681</v>
       </c>
       <c r="N671" s="15"/>
       <c r="O671" s="15"/>
       <c r="P671" s="15"/>
       <c r="Q671" s="15"/>
       <c r="R671" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="672" spans="1:18">
       <c r="B672" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C672" s="15" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="D672" s="15" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="E672" s="15">
         <v>10080033439</v>
       </c>
       <c r="F672" s="15"/>
       <c r="G672" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H672" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I672" s="15" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="J672" s="15">
         <v>4000</v>
       </c>
       <c r="K672" s="15">
         <v>0.69715</v>
       </c>
       <c r="L672" s="15">
         <v>0.26176</v>
       </c>
       <c r="M672" s="15">
         <v>0.23777</v>
       </c>
       <c r="N672" s="15"/>
       <c r="O672" s="15"/>
       <c r="P672" s="15"/>
       <c r="Q672" s="15"/>
       <c r="R672" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="673" spans="1:18">
       <c r="B673" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C673" s="15" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="D673" s="15" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="E673" s="15">
         <v>10080012274</v>
       </c>
       <c r="F673" s="15"/>
       <c r="G673" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H673" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I673" s="15" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="J673" s="15">
         <v>4000</v>
       </c>
       <c r="K673" s="15">
         <v>0.10412</v>
       </c>
       <c r="L673" s="15">
         <v>0.0421</v>
       </c>
       <c r="M673" s="15">
         <v>0.03825</v>
       </c>
       <c r="N673" s="15"/>
       <c r="O673" s="15"/>
       <c r="P673" s="15"/>
       <c r="Q673" s="15"/>
       <c r="R673" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="674" spans="1:18">
       <c r="B674" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C674" s="15" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="D674" s="15" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="E674" s="15">
         <v>10080075398</v>
       </c>
       <c r="F674" s="15"/>
       <c r="G674" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H674" s="15" t="s">
         <v>1158</v>
       </c>
       <c r="I674" s="15" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="J674" s="15">
         <v>4000</v>
       </c>
       <c r="K674" s="15">
         <v>0.01971</v>
       </c>
       <c r="L674" s="15">
         <v>0.01642</v>
       </c>
       <c r="M674" s="15">
         <v>0.01577</v>
       </c>
       <c r="N674" s="15"/>
       <c r="O674" s="15"/>
       <c r="P674" s="15"/>
       <c r="Q674" s="15"/>
       <c r="R674" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="675" spans="1:18">
       <c r="B675" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C675" s="15" t="s">
-        <v>2228</v>
+        <v>2229</v>
       </c>
       <c r="D675" s="15" t="s">
-        <v>2229</v>
+        <v>2230</v>
       </c>
       <c r="E675" s="15" t="s">
-        <v>2230</v>
+        <v>2231</v>
       </c>
       <c r="F675" s="15"/>
       <c r="G675" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H675" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I675" s="15" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="J675" s="15">
         <v>4000</v>
       </c>
       <c r="K675" s="15">
         <v>0.00734</v>
       </c>
       <c r="L675" s="15">
         <v>0.00636</v>
       </c>
       <c r="M675" s="15">
         <v>0.00611</v>
       </c>
       <c r="N675" s="15">
-        <v>276000</v>
+        <v>184000</v>
       </c>
       <c r="O675" s="15"/>
       <c r="P675" s="15"/>
       <c r="Q675" s="15"/>
       <c r="R675" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="676" spans="1:18">
       <c r="B676" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C676" s="15" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="D676" s="15" t="s">
-        <v>2233</v>
+        <v>2234</v>
       </c>
       <c r="E676" s="15">
         <v>10080048085</v>
       </c>
       <c r="F676" s="15"/>
       <c r="G676" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H676" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I676" s="15" t="s">
-        <v>2234</v>
+        <v>2235</v>
       </c>
       <c r="J676" s="15">
         <v>4000</v>
       </c>
       <c r="K676" s="15">
         <v>0.00735</v>
       </c>
       <c r="L676" s="15">
         <v>0.00613</v>
       </c>
       <c r="M676" s="15">
         <v>0.00588</v>
       </c>
       <c r="N676" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O676" s="15"/>
       <c r="P676" s="15"/>
       <c r="Q676" s="15"/>
       <c r="R676" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="677" spans="1:18">
       <c r="B677" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C677" s="15" t="s">
-        <v>2235</v>
+        <v>2236</v>
       </c>
       <c r="D677" s="15" t="s">
-        <v>2236</v>
+        <v>2237</v>
       </c>
       <c r="E677" s="15">
         <v>10080007709</v>
       </c>
       <c r="F677" s="15"/>
       <c r="G677" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H677" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I677" s="15" t="s">
-        <v>2237</v>
+        <v>2238</v>
       </c>
       <c r="J677" s="15">
         <v>4000</v>
       </c>
       <c r="K677" s="15">
         <v>0.01459</v>
       </c>
       <c r="L677" s="15">
         <v>0.00842</v>
       </c>
       <c r="M677" s="15">
         <v>0.00768</v>
       </c>
       <c r="N677" s="15"/>
       <c r="O677" s="15"/>
       <c r="P677" s="15"/>
       <c r="Q677" s="15"/>
       <c r="R677" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="678" spans="1:18">
       <c r="B678" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C678" s="15" t="s">
-        <v>2238</v>
+        <v>2239</v>
       </c>
       <c r="D678" s="15" t="s">
-        <v>2239</v>
+        <v>2240</v>
       </c>
       <c r="E678" s="15">
         <v>10080008782</v>
       </c>
       <c r="F678" s="15"/>
       <c r="G678" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H678" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I678" s="15"/>
       <c r="J678" s="15">
         <v>4000</v>
       </c>
       <c r="K678" s="15">
         <v>0.05164</v>
       </c>
       <c r="L678" s="15">
         <v>0.03732</v>
       </c>
       <c r="M678" s="15">
         <v>0.02515</v>
       </c>
       <c r="N678" s="15"/>
       <c r="O678" s="15"/>
       <c r="P678" s="15"/>
       <c r="Q678" s="15"/>
       <c r="R678" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="679" spans="1:18">
       <c r="B679" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C679" s="15" t="s">
-        <v>2240</v>
+        <v>2241</v>
       </c>
       <c r="D679" s="15" t="s">
-        <v>2241</v>
+        <v>2242</v>
       </c>
       <c r="E679" s="15">
         <v>10080054222</v>
       </c>
       <c r="F679" s="15"/>
       <c r="G679" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H679" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I679" s="15" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="J679" s="15">
         <v>4000</v>
       </c>
       <c r="K679" s="15">
         <v>0.00743</v>
       </c>
       <c r="L679" s="15">
         <v>0.00599</v>
       </c>
       <c r="M679" s="15">
         <v>0.00575</v>
       </c>
       <c r="N679" s="15"/>
       <c r="O679" s="15"/>
       <c r="P679" s="15"/>
       <c r="Q679" s="15"/>
       <c r="R679" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="680" spans="1:18">
       <c r="B680" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C680" s="15" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="D680" s="15" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="E680" s="15">
         <v>10080041214</v>
       </c>
       <c r="F680" s="15"/>
       <c r="G680" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H680" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I680" s="15" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="J680" s="15">
         <v>4000</v>
       </c>
       <c r="K680" s="15">
         <v>0.02262</v>
       </c>
       <c r="L680" s="15">
         <v>0.00987</v>
       </c>
       <c r="M680" s="15">
         <v>0.008970000000000001</v>
       </c>
       <c r="N680" s="15"/>
       <c r="O680" s="15"/>
       <c r="P680" s="15"/>
       <c r="Q680" s="15"/>
       <c r="R680" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="681" spans="1:18">
       <c r="B681" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C681" s="15" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="D681" s="15" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="E681" s="15">
         <v>10080008944</v>
       </c>
       <c r="F681" s="15"/>
       <c r="G681" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H681" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I681" s="15" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="J681" s="15">
         <v>4000</v>
       </c>
       <c r="K681" s="15">
         <v>0.02042</v>
       </c>
       <c r="L681" s="15">
         <v>0.01101</v>
       </c>
       <c r="M681" s="15">
         <v>0.00996</v>
       </c>
       <c r="N681" s="15"/>
       <c r="O681" s="15"/>
       <c r="P681" s="15"/>
       <c r="Q681" s="15"/>
       <c r="R681" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="682" spans="1:18">
       <c r="B682" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C682" s="15" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="D682" s="15" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="E682" s="15">
         <v>10080002263</v>
       </c>
       <c r="F682" s="15"/>
       <c r="G682" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H682" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I682" s="15"/>
       <c r="J682" s="15">
         <v>4000</v>
       </c>
       <c r="K682" s="15">
         <v>0.02014</v>
       </c>
       <c r="L682" s="15">
         <v>0.01083</v>
       </c>
       <c r="M682" s="15">
         <v>0.00987</v>
       </c>
       <c r="N682" s="15"/>
       <c r="O682" s="15"/>
       <c r="P682" s="15"/>
       <c r="Q682" s="15"/>
       <c r="R682" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="683" spans="1:18">
       <c r="B683" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C683" s="15" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="D683" s="15" t="s">
-        <v>2252</v>
+        <v>2253</v>
       </c>
       <c r="E683" s="15">
         <v>10080005925</v>
       </c>
       <c r="F683" s="15"/>
       <c r="G683" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H683" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I683" s="15" t="s">
-        <v>2253</v>
+        <v>2254</v>
       </c>
       <c r="J683" s="15">
         <v>4000</v>
       </c>
       <c r="K683" s="15">
         <v>0.00435</v>
       </c>
       <c r="L683" s="15">
         <v>0.00435</v>
       </c>
       <c r="M683" s="15">
         <v>0.00435</v>
       </c>
       <c r="N683" s="15"/>
       <c r="O683" s="15"/>
       <c r="P683" s="15"/>
       <c r="Q683" s="15"/>
       <c r="R683" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="684" spans="1:18">
       <c r="B684" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C684" s="15" t="s">
-        <v>2254</v>
+        <v>2255</v>
       </c>
       <c r="D684" s="15" t="s">
-        <v>2255</v>
+        <v>2256</v>
       </c>
       <c r="E684" s="15">
         <v>10080005926</v>
       </c>
       <c r="F684" s="15"/>
       <c r="G684" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H684" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I684" s="15"/>
       <c r="J684" s="15">
         <v>4000</v>
       </c>
       <c r="K684" s="15">
         <v>0.0277</v>
       </c>
       <c r="L684" s="15">
         <v>0.016</v>
       </c>
       <c r="M684" s="15">
         <v>0.01457</v>
       </c>
       <c r="N684" s="15"/>
       <c r="O684" s="15"/>
       <c r="P684" s="15"/>
       <c r="Q684" s="15"/>
       <c r="R684" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="685" spans="1:18">
       <c r="B685" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C685" s="15" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="D685" s="15" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="E685" s="15">
         <v>10080005928</v>
       </c>
       <c r="F685" s="15"/>
       <c r="G685" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H685" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I685" s="15"/>
       <c r="J685" s="15">
         <v>4000</v>
       </c>
       <c r="K685" s="15">
         <v>0.0277</v>
       </c>
       <c r="L685" s="15">
         <v>0.016</v>
       </c>
       <c r="M685" s="15">
         <v>0.01457</v>
       </c>
       <c r="N685" s="15"/>
       <c r="O685" s="15"/>
       <c r="P685" s="15"/>
       <c r="Q685" s="15"/>
       <c r="R685" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="686" spans="1:18">
       <c r="B686" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C686" s="15" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
       <c r="D686" s="15" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="E686" s="15">
         <v>10080064111</v>
       </c>
       <c r="F686" s="15"/>
       <c r="G686" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H686" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I686" s="15"/>
       <c r="J686" s="15">
         <v>4000</v>
       </c>
       <c r="K686" s="15">
         <v>0.00331</v>
       </c>
       <c r="L686" s="15">
         <v>0.0021</v>
       </c>
       <c r="M686" s="15">
         <v>0.0021</v>
       </c>
       <c r="N686" s="15"/>
       <c r="O686" s="15"/>
       <c r="P686" s="15"/>
       <c r="Q686" s="15"/>
       <c r="R686" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="687" spans="1:18">
       <c r="B687" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C687" s="15" t="s">
-        <v>2260</v>
+        <v>2261</v>
       </c>
       <c r="D687" s="15" t="s">
-        <v>2261</v>
+        <v>2262</v>
       </c>
       <c r="E687" s="15">
         <v>10080016010</v>
       </c>
       <c r="F687" s="15"/>
       <c r="G687" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H687" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I687" s="15" t="s">
-        <v>2262</v>
+        <v>2263</v>
       </c>
       <c r="J687" s="15">
         <v>4000</v>
       </c>
       <c r="K687" s="15">
         <v>0.00641</v>
       </c>
       <c r="L687" s="15">
         <v>0.00516</v>
       </c>
       <c r="M687" s="15">
         <v>0.00496</v>
       </c>
       <c r="N687" s="15"/>
       <c r="O687" s="15"/>
       <c r="P687" s="15"/>
       <c r="Q687" s="15"/>
       <c r="R687" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="688" spans="1:18">
       <c r="B688" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C688" s="15" t="s">
-        <v>2263</v>
+        <v>2264</v>
       </c>
       <c r="D688" s="15" t="s">
-        <v>2264</v>
+        <v>2265</v>
       </c>
       <c r="E688" s="15">
         <v>10080005921</v>
       </c>
       <c r="F688" s="15"/>
       <c r="G688" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H688" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I688" s="15" t="s">
-        <v>2265</v>
+        <v>2266</v>
       </c>
       <c r="J688" s="15">
         <v>4000</v>
       </c>
       <c r="K688" s="15">
         <v>0.01442</v>
       </c>
       <c r="L688" s="15">
         <v>0.00733</v>
       </c>
       <c r="M688" s="15">
         <v>0.00665</v>
       </c>
       <c r="N688" s="15"/>
       <c r="O688" s="15"/>
       <c r="P688" s="15"/>
       <c r="Q688" s="15"/>
       <c r="R688" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="689" spans="1:18">
       <c r="B689" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C689" s="15" t="s">
-        <v>2266</v>
+        <v>2267</v>
       </c>
       <c r="D689" s="15" t="s">
-        <v>2267</v>
+        <v>2268</v>
       </c>
       <c r="E689" s="15" t="s">
-        <v>2268</v>
+        <v>2269</v>
       </c>
       <c r="F689" s="15"/>
       <c r="G689" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H689" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I689" s="15" t="s">
-        <v>2269</v>
+        <v>2270</v>
       </c>
       <c r="J689" s="15">
         <v>4000</v>
       </c>
       <c r="K689" s="15">
         <v>0.01389</v>
       </c>
       <c r="L689" s="15">
         <v>0.00681</v>
       </c>
       <c r="M689" s="15">
         <v>0.0062</v>
       </c>
       <c r="N689" s="15"/>
       <c r="O689" s="15"/>
       <c r="P689" s="15"/>
       <c r="Q689" s="15"/>
       <c r="R689" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="690" spans="1:18">
       <c r="B690" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C690" s="15" t="s">
-        <v>2270</v>
+        <v>2271</v>
       </c>
       <c r="D690" s="15" t="s">
-        <v>2271</v>
+        <v>2272</v>
       </c>
       <c r="E690" s="15">
         <v>10080064061</v>
       </c>
       <c r="F690" s="15"/>
       <c r="G690" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H690" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I690" s="15" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="J690" s="15">
         <v>4000</v>
       </c>
       <c r="K690" s="15">
         <v>0.00384</v>
       </c>
       <c r="L690" s="15">
         <v>0.0032</v>
       </c>
       <c r="M690" s="15">
         <v>0.00307</v>
       </c>
       <c r="N690" s="15">
         <v>8000</v>
       </c>
       <c r="O690" s="15"/>
       <c r="P690" s="15"/>
       <c r="Q690" s="15"/>
       <c r="R690" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="691" spans="1:18">
       <c r="B691" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C691" s="15" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="D691" s="15" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="E691" s="15">
         <v>10080005922</v>
       </c>
       <c r="F691" s="15"/>
       <c r="G691" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H691" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I691" s="15" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="J691" s="15">
         <v>4000</v>
       </c>
       <c r="K691" s="15">
         <v>0.01607</v>
       </c>
       <c r="L691" s="15">
         <v>0.00925</v>
       </c>
       <c r="M691" s="15">
         <v>0.00844</v>
       </c>
       <c r="N691" s="15"/>
       <c r="O691" s="15"/>
       <c r="P691" s="15"/>
       <c r="Q691" s="15"/>
       <c r="R691" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="692" spans="1:18">
       <c r="B692" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C692" s="15" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="D692" s="15" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
       <c r="E692" s="15">
         <v>10080042010</v>
       </c>
       <c r="F692" s="15"/>
       <c r="G692" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H692" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I692" s="15" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="J692" s="15">
         <v>4000</v>
       </c>
       <c r="K692" s="15">
         <v>0.00656</v>
       </c>
       <c r="L692" s="15">
         <v>0.00469</v>
       </c>
       <c r="M692" s="15">
         <v>0.00408</v>
       </c>
       <c r="N692" s="15"/>
       <c r="O692" s="15"/>
       <c r="P692" s="15"/>
       <c r="Q692" s="15"/>
       <c r="R692" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="693" spans="1:18">
       <c r="B693" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C693" s="15" t="s">
-        <v>2279</v>
+        <v>2280</v>
       </c>
       <c r="D693" s="15" t="s">
-        <v>2280</v>
+        <v>2281</v>
       </c>
       <c r="E693" s="15" t="s">
-        <v>2281</v>
+        <v>2282</v>
       </c>
       <c r="F693" s="15"/>
       <c r="G693" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H693" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I693" s="15" t="s">
-        <v>2282</v>
+        <v>2283</v>
       </c>
       <c r="J693" s="15">
         <v>4000</v>
       </c>
       <c r="K693" s="15">
         <v>0.02305</v>
       </c>
       <c r="L693" s="15">
         <v>0.01067</v>
       </c>
       <c r="M693" s="15">
         <v>0.00898</v>
       </c>
       <c r="N693" s="15"/>
       <c r="O693" s="15"/>
       <c r="P693" s="15"/>
       <c r="Q693" s="15"/>
       <c r="R693" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="694" spans="1:18">
       <c r="B694" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C694" s="15" t="s">
-        <v>2283</v>
+        <v>2284</v>
       </c>
       <c r="D694" s="15" t="s">
-        <v>2284</v>
+        <v>2285</v>
       </c>
       <c r="E694" s="15">
         <v>10000018935</v>
       </c>
       <c r="F694" s="15"/>
       <c r="G694" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H694" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I694" s="15"/>
       <c r="J694" s="15">
         <v>4000</v>
       </c>
       <c r="K694" s="15">
         <v>0.00278</v>
       </c>
       <c r="L694" s="15">
         <v>0.00278</v>
       </c>
       <c r="M694" s="15">
         <v>0.00278</v>
       </c>
       <c r="N694" s="15">
-        <v>20000</v>
+        <v>28000</v>
       </c>
       <c r="O694" s="15"/>
       <c r="P694" s="15"/>
       <c r="Q694" s="15"/>
       <c r="R694" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="695" spans="1:18">
       <c r="B695" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C695" s="15" t="s">
-        <v>2285</v>
+        <v>2286</v>
       </c>
       <c r="D695" s="15" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="E695" s="15">
         <v>10080010422</v>
       </c>
       <c r="F695" s="15"/>
       <c r="G695" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H695" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I695" s="15"/>
       <c r="J695" s="15">
         <v>4000</v>
       </c>
       <c r="K695" s="15">
         <v>0.01705</v>
       </c>
       <c r="L695" s="15">
         <v>0.00915</v>
       </c>
       <c r="M695" s="15">
         <v>0.00827</v>
       </c>
       <c r="N695" s="15"/>
       <c r="O695" s="15"/>
       <c r="P695" s="15"/>
       <c r="Q695" s="15"/>
       <c r="R695" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="696" spans="1:18">
       <c r="B696" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C696" s="15" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="D696" s="15" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="E696" s="15">
         <v>10080045625</v>
       </c>
       <c r="F696" s="15"/>
       <c r="G696" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H696" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I696" s="15" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="J696" s="15">
         <v>4000</v>
       </c>
       <c r="K696" s="15">
         <v>0.01045</v>
       </c>
       <c r="L696" s="15">
         <v>0.00844</v>
       </c>
       <c r="M696" s="15">
         <v>0.008109999999999999</v>
       </c>
       <c r="N696" s="15">
         <v>8000</v>
       </c>
       <c r="O696" s="15"/>
       <c r="P696" s="15"/>
       <c r="Q696" s="15"/>
       <c r="R696" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="697" spans="1:18">
       <c r="B697" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C697" s="15" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="D697" s="15" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="E697" s="15">
         <v>10000018937</v>
       </c>
       <c r="F697" s="15"/>
       <c r="G697" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H697" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I697" s="15" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="J697" s="15">
         <v>4000</v>
       </c>
       <c r="K697" s="15">
         <v>0.00568</v>
       </c>
       <c r="L697" s="15">
         <v>0.00568</v>
       </c>
       <c r="M697" s="15">
         <v>0.00568</v>
       </c>
       <c r="N697" s="15"/>
       <c r="O697" s="15"/>
       <c r="P697" s="15"/>
       <c r="Q697" s="15"/>
       <c r="R697" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="698" spans="1:18">
       <c r="B698" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C698" s="15" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="D698" s="15" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
       <c r="E698" s="15">
         <v>10080038395</v>
       </c>
       <c r="F698" s="15"/>
       <c r="G698" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H698" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I698" s="15" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="J698" s="15">
         <v>4000</v>
       </c>
       <c r="K698" s="15">
         <v>0.0136</v>
       </c>
       <c r="L698" s="15">
         <v>0.00551</v>
       </c>
       <c r="M698" s="15">
         <v>0.005</v>
       </c>
       <c r="N698" s="15"/>
       <c r="O698" s="15"/>
       <c r="P698" s="15"/>
       <c r="Q698" s="15"/>
       <c r="R698" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="699" spans="1:18">
       <c r="B699" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C699" s="15" t="s">
-        <v>2296</v>
+        <v>2297</v>
       </c>
       <c r="D699" s="15" t="s">
-        <v>2297</v>
+        <v>2298</v>
       </c>
       <c r="E699" s="15" t="s">
-        <v>2298</v>
+        <v>2299</v>
       </c>
       <c r="F699" s="15"/>
       <c r="G699" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H699" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I699" s="15"/>
       <c r="J699" s="15">
         <v>4000</v>
       </c>
       <c r="K699" s="15">
         <v>0.02791</v>
       </c>
       <c r="L699" s="15">
         <v>0.01295</v>
       </c>
       <c r="M699" s="15">
         <v>0.01091</v>
       </c>
       <c r="N699" s="15"/>
       <c r="O699" s="15"/>
       <c r="P699" s="15"/>
       <c r="Q699" s="15"/>
       <c r="R699" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="700" spans="1:18">
       <c r="B700" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C700" s="15" t="s">
-        <v>2299</v>
+        <v>2300</v>
       </c>
       <c r="D700" s="15" t="s">
-        <v>2300</v>
+        <v>2301</v>
       </c>
       <c r="E700" s="15">
         <v>10080008935</v>
       </c>
       <c r="F700" s="15"/>
       <c r="G700" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H700" s="15" t="s">
         <v>41</v>
       </c>
       <c r="I700" s="15" t="s">
-        <v>2301</v>
+        <v>2302</v>
       </c>
       <c r="J700" s="15">
         <v>4000</v>
       </c>
       <c r="K700" s="15">
         <v>0.01304</v>
       </c>
       <c r="L700" s="15">
         <v>0.00705</v>
       </c>
       <c r="M700" s="15">
         <v>0.00636</v>
       </c>
       <c r="N700" s="15"/>
       <c r="O700" s="15"/>
       <c r="P700" s="15"/>
       <c r="Q700" s="15"/>
       <c r="R700" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="701" spans="1:18">
       <c r="B701" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C701" s="15" t="s">
-        <v>2302</v>
+        <v>2303</v>
       </c>
       <c r="D701" s="15" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="E701" s="15" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="F701" s="15"/>
       <c r="G701" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H701" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="I701" s="15" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="J701" s="15">
         <v>4000</v>
       </c>
       <c r="K701" s="15">
         <v>0.00403</v>
       </c>
       <c r="L701" s="15">
         <v>0.00338</v>
       </c>
       <c r="M701" s="15">
         <v>0.00325</v>
       </c>
       <c r="N701" s="15">
         <v>4000</v>
       </c>
       <c r="O701" s="15"/>
       <c r="P701" s="15"/>
       <c r="Q701" s="15"/>
       <c r="R701" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="702" spans="1:18">
       <c r="B702" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C702" s="15" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="D702" s="15" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="E702" s="15">
         <v>10080056226</v>
       </c>
       <c r="F702" s="15"/>
       <c r="G702" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H702" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I702" s="15" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="J702" s="15">
         <v>4000</v>
       </c>
       <c r="K702" s="15">
         <v>0.00188</v>
       </c>
       <c r="L702" s="15">
         <v>0.00163</v>
       </c>
       <c r="M702" s="15">
         <v>0.00156</v>
       </c>
       <c r="N702" s="15"/>
       <c r="O702" s="15"/>
       <c r="P702" s="15"/>
       <c r="Q702" s="15"/>
       <c r="R702" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="703" spans="1:18">
       <c r="B703" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C703" s="15" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
       <c r="D703" s="15" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="E703" s="15">
         <v>10000018940</v>
       </c>
       <c r="F703" s="15"/>
       <c r="G703" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H703" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I703" s="15" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="J703" s="15">
         <v>4000</v>
       </c>
       <c r="K703" s="15">
         <v>0.00459</v>
       </c>
       <c r="L703" s="15">
         <v>0.00459</v>
       </c>
       <c r="M703" s="15">
         <v>0.00459</v>
       </c>
       <c r="N703" s="15"/>
       <c r="O703" s="15"/>
       <c r="P703" s="15"/>
       <c r="Q703" s="15"/>
       <c r="R703" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="704" spans="1:18">
       <c r="B704" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C704" s="15" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="D704" s="15" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="E704" s="15">
         <v>10080045626</v>
       </c>
       <c r="F704" s="15"/>
       <c r="G704" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H704" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I704" s="15" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="J704" s="15">
         <v>4000</v>
       </c>
       <c r="K704" s="15">
         <v>0.00459</v>
       </c>
       <c r="L704" s="15">
         <v>0.00459</v>
       </c>
       <c r="M704" s="15">
         <v>0.00459</v>
       </c>
       <c r="N704" s="15"/>
       <c r="O704" s="15"/>
       <c r="P704" s="15"/>
       <c r="Q704" s="15"/>
       <c r="R704" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="705" spans="1:18">
       <c r="B705" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C705" s="15" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="D705" s="15" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
       <c r="E705" s="15">
         <v>10080005924</v>
       </c>
       <c r="F705" s="15"/>
       <c r="G705" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H705" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I705" s="15"/>
       <c r="J705" s="15">
         <v>4000</v>
       </c>
       <c r="K705" s="15">
         <v>0.0277</v>
       </c>
       <c r="L705" s="15">
         <v>0.016</v>
       </c>
       <c r="M705" s="15">
         <v>0.01457</v>
       </c>
       <c r="N705" s="15"/>
       <c r="O705" s="15"/>
       <c r="P705" s="15"/>
       <c r="Q705" s="15"/>
       <c r="R705" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="706" spans="1:18">
       <c r="B706" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C706" s="15" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="D706" s="15" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="E706" s="15">
         <v>10080069260</v>
       </c>
       <c r="F706" s="15"/>
       <c r="G706" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H706" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I706" s="15" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="J706" s="15">
         <v>4000</v>
       </c>
       <c r="K706" s="15">
         <v>0.00651</v>
       </c>
       <c r="L706" s="15">
         <v>0.00564</v>
       </c>
       <c r="M706" s="15">
         <v>0.00543</v>
       </c>
       <c r="N706" s="15"/>
       <c r="O706" s="15"/>
       <c r="P706" s="15"/>
       <c r="Q706" s="15"/>
       <c r="R706" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="707" spans="1:18">
       <c r="B707" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C707" s="15" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="D707" s="15" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="E707" s="15">
         <v>10080071913</v>
       </c>
       <c r="F707" s="15"/>
       <c r="G707" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H707" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I707" s="15" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
       <c r="J707" s="15">
         <v>4000</v>
       </c>
       <c r="K707" s="15">
         <v>0.00898</v>
       </c>
       <c r="L707" s="15">
         <v>0.00689</v>
       </c>
       <c r="M707" s="15">
         <v>0.00689</v>
       </c>
       <c r="N707" s="15"/>
       <c r="O707" s="15"/>
       <c r="P707" s="15"/>
       <c r="Q707" s="15"/>
       <c r="R707" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="708" spans="1:18">
       <c r="B708" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C708" s="15" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="D708" s="15" t="s">
-        <v>2324</v>
+        <v>2325</v>
       </c>
       <c r="E708" s="15">
         <v>10080032550</v>
       </c>
       <c r="F708" s="15"/>
       <c r="G708" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H708" s="15" t="s">
         <v>36</v>
       </c>
       <c r="I708" s="15" t="s">
-        <v>2325</v>
+        <v>2326</v>
       </c>
       <c r="J708" s="15">
         <v>4000</v>
       </c>
       <c r="K708" s="15">
         <v>0.018</v>
       </c>
       <c r="L708" s="15">
         <v>0.01188</v>
       </c>
       <c r="M708" s="15">
         <v>0.01188</v>
       </c>
       <c r="N708" s="15"/>
       <c r="O708" s="15"/>
       <c r="P708" s="15"/>
       <c r="Q708" s="15"/>
       <c r="R708" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="709" spans="1:18">
       <c r="B709" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C709" s="15" t="s">
-        <v>2326</v>
+        <v>2327</v>
       </c>
       <c r="D709" s="15" t="s">
-        <v>2327</v>
+        <v>2328</v>
       </c>
       <c r="E709" s="15">
         <v>10080054508</v>
       </c>
       <c r="F709" s="15"/>
       <c r="G709" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H709" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="I709" s="15" t="s">
-        <v>2328</v>
+        <v>2329</v>
       </c>
       <c r="J709" s="15">
         <v>4000</v>
       </c>
       <c r="K709" s="15">
         <v>0.00665</v>
       </c>
       <c r="L709" s="15">
         <v>0.00665</v>
       </c>
       <c r="M709" s="15">
         <v>0.00665</v>
       </c>
       <c r="N709" s="15"/>
       <c r="O709" s="15"/>
       <c r="P709" s="15"/>
       <c r="Q709" s="15"/>
       <c r="R709" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="710" spans="1:18">
       <c r="B710" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C710" s="15" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="D710" s="15" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="E710" s="15" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="F710" s="15"/>
       <c r="G710" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H710" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I710" s="15" t="s">
-        <v>2332</v>
+        <v>2333</v>
       </c>
       <c r="J710" s="15">
         <v>4000</v>
       </c>
       <c r="K710" s="15">
         <v>0.00665</v>
       </c>
       <c r="L710" s="15">
         <v>0.00665</v>
       </c>
       <c r="M710" s="15">
         <v>0.00665</v>
       </c>
       <c r="N710" s="15"/>
       <c r="O710" s="15"/>
       <c r="P710" s="15"/>
       <c r="Q710" s="15"/>
       <c r="R710" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="711" spans="1:18">
       <c r="B711" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C711" s="15" t="s">
-        <v>2333</v>
+        <v>2334</v>
       </c>
       <c r="D711" s="15" t="s">
-        <v>2334</v>
+        <v>2335</v>
       </c>
       <c r="E711" s="15">
         <v>10080005927</v>
       </c>
       <c r="F711" s="15"/>
       <c r="G711" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H711" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I711" s="15"/>
       <c r="J711" s="15">
         <v>4000</v>
       </c>
       <c r="K711" s="15">
         <v>0.0277</v>
       </c>
       <c r="L711" s="15">
         <v>0.016</v>
       </c>
       <c r="M711" s="15">
         <v>0.01457</v>
       </c>
       <c r="N711" s="15"/>
@@ -38505,317 +38508,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>2335</v>
+        <v>2336</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>2336</v>
+        <v>2337</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>2337</v>
+        <v>2338</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>2338</v>
+        <v>2339</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>2346</v>
+        <v>2347</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>2347</v>
+        <v>2348</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>2352</v>
+        <v>2353</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>2353</v>
+        <v>2354</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>2354</v>
+        <v>2355</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>2355</v>
+        <v>2356</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>2356</v>
+        <v>2357</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>2357</v>
+        <v>2358</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>2358</v>
+        <v>2359</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>2359</v>
+        <v>2360</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>2360</v>
+        <v>2361</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>2361</v>
+        <v>2362</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>