--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1111,93 +1111,91 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>4480</v>
+        <v>4608</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.05227</v>
       </c>
       <c r="L10" s="15">
         <v>0.04384</v>
       </c>
       <c r="M10" s="15">
         <v>0.04215</v>
       </c>
-      <c r="N10" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15">
         <v>4000</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
@@ -1316,51 +1314,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>553</v>
+        <v>593</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -1396,51 +1394,51 @@
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>30907</v>
+        <v>42373</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
@@ -1478,51 +1476,51 @@
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>28259</v>
+        <v>29013</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
@@ -1599,92 +1597,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>1770</v>
+        <v>2370</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
-        <v>46982</v>
+        <v>44603</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
@@ -1722,258 +1720,258 @@
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>80372</v>
+        <v>55968</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>23716</v>
+        <v>20456</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>6699</v>
+        <v>5621</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>26896</v>
+        <v>23944</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>36120</v>
+        <v>26880</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>