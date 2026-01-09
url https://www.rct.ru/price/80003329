--- v1 (2025-12-18)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1111,51 +1111,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>4608</v>
+        <v>4928</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1314,51 +1314,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>593</v>
+        <v>513</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -1394,51 +1394,51 @@
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>42373</v>
+        <v>35394</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
@@ -1476,92 +1476,94 @@
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>29013</v>
+        <v>24491</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07418</v>
       </c>
       <c r="L19" s="15">
         <v>0.05244</v>
       </c>
       <c r="M19" s="15">
         <v>0.04554</v>
       </c>
       <c r="N19" s="15"/>
-      <c r="O19" s="15"/>
+      <c r="O19" s="15">
+        <v>3840</v>
+      </c>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
@@ -1597,92 +1599,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>2370</v>
+        <v>2451</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
-        <v>44603</v>
+        <v>38656</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
@@ -1720,258 +1722,264 @@
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>55968</v>
-[...1 lines deleted...]
-      <c r="O24" s="15"/>
+        <v>48987</v>
+      </c>
+      <c r="O24" s="15">
+        <v>12200</v>
+      </c>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>20456</v>
+        <v>25824</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>5621</v>
+        <v>6545</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>23944</v>
-[...1 lines deleted...]
-      <c r="O27" s="15"/>
+        <v>25256</v>
+      </c>
+      <c r="O27" s="15">
+        <v>7700</v>
+      </c>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
-        <v>304</v>
-[...1 lines deleted...]
-      <c r="O28" s="15"/>
+        <v>264</v>
+      </c>
+      <c r="O28" s="15">
+        <v>1300</v>
+      </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>26880</v>
+        <v>26040</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>