--- v2 (2026-01-09)
+++ v3 (2026-01-29)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -188,50 +188,53 @@
     <t>3528 Изумрудный 1500mcd 120° 525nm / FYLS-3528PGC</t>
   </si>
   <si>
     <t>FYLS-3528PUYC</t>
   </si>
   <si>
     <t>3528 Жёлтый 620~1250mcd 120° 592nm / FYLS-3528PUYC</t>
   </si>
   <si>
     <t>UT-00150006</t>
   </si>
   <si>
     <t>FYLS-3528RGBC-CA</t>
   </si>
   <si>
     <t>3528 полноцвет. RGB 200/800/250mcd 120° / FYLS-3528RGBC-CA</t>
   </si>
   <si>
     <t>FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>3528 (PLCC6) RGB 625/525/470 nm 500/1200/300 mcd 120 град. / FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>UT-00095137</t>
+  </si>
+  <si>
+    <t>03.06.2026</t>
   </si>
   <si>
     <t>FYLS-3528SCURC</t>
   </si>
   <si>
     <t>3528 Красный 500~980mcd 120° 625nm / FYLS-3528SCURC</t>
   </si>
   <si>
     <t>UT-00150007</t>
   </si>
   <si>
     <t>FYLS-3528UAC</t>
   </si>
   <si>
     <t>3528 Янтарный 600mcd 120° 605nm / FYLS-3528UAC</t>
   </si>
   <si>
     <t>FYLS-3528UBC</t>
   </si>
   <si>
     <t>3528 Синий 300mcd 120° 468nm / FYLS-3528UBC</t>
   </si>
   <si>
     <t>FYLS-3528UGC</t>
   </si>
@@ -1111,51 +1114,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>4928</v>
+        <v>5312</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1314,51 +1317,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>513</v>
+        <v>577</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -1394,51 +1397,51 @@
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>35394</v>
+        <v>39382</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
@@ -1476,528 +1479,536 @@
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>24491</v>
+        <v>30143</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07418</v>
       </c>
       <c r="L19" s="15">
         <v>0.05244</v>
       </c>
       <c r="M19" s="15">
         <v>0.04554</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>3840</v>
-[...1 lines deleted...]
-      <c r="P19" s="15"/>
+        <v>4440</v>
+      </c>
+      <c r="P19" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>2000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03077</v>
       </c>
       <c r="L20" s="15">
         <v>0.02581</v>
       </c>
       <c r="M20" s="15">
         <v>0.02481</v>
       </c>
       <c r="N20" s="15">
         <v>100</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>2451</v>
+        <v>2043</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
-        <v>38656</v>
+        <v>45792</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>2000</v>
       </c>
       <c r="K23" s="15">
         <v>0.09607</v>
       </c>
       <c r="L23" s="15">
         <v>0.09361</v>
       </c>
       <c r="M23" s="15">
         <v>0.09114</v>
       </c>
       <c r="N23" s="15">
         <v>3</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>48987</v>
+        <v>62888</v>
       </c>
       <c r="O24" s="15">
-        <v>12200</v>
-[...1 lines deleted...]
-      <c r="P24" s="15"/>
+        <v>15800</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>25824</v>
+        <v>22303</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>6545</v>
+        <v>5082</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>25256</v>
+        <v>27552</v>
       </c>
       <c r="O27" s="15">
-        <v>7700</v>
-[...1 lines deleted...]
-      <c r="P27" s="15"/>
+        <v>8400</v>
+      </c>
+      <c r="P27" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
-        <v>264</v>
+        <v>231</v>
       </c>
       <c r="O28" s="15">
-        <v>1300</v>
-[...1 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>1200</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>58</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>26040</v>
+        <v>28561</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="15">
         <v>0.12</v>
       </c>
       <c r="L30" s="15">
         <v>0.12</v>
       </c>
       <c r="M30" s="15">
         <v>0.12</v>
       </c>
       <c r="N30" s="15">
         <v>5</v>
       </c>
       <c r="O30" s="15"/>
@@ -2063,317 +2074,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>