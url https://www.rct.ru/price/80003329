--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1114,51 +1114,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>5312</v>
+        <v>3968</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1317,51 +1317,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>577</v>
+        <v>545</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -1397,51 +1397,51 @@
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>39382</v>
+        <v>31904</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
@@ -1479,93 +1479,93 @@
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>30143</v>
+        <v>23759</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07418</v>
       </c>
       <c r="L19" s="15">
         <v>0.05244</v>
       </c>
       <c r="M19" s="15">
         <v>0.04554</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>4440</v>
+        <v>4200</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1604,92 +1604,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>2043</v>
+        <v>1961</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
-        <v>45792</v>
+        <v>47576</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
@@ -1727,270 +1727,270 @@
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>62888</v>
+        <v>49372</v>
       </c>
       <c r="O24" s="15">
-        <v>15800</v>
+        <v>13601</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>22303</v>
+        <v>19955</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>5082</v>
+        <v>6083</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>27552</v>
+        <v>24272</v>
       </c>
       <c r="O27" s="15">
-        <v>8400</v>
+        <v>7400</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
-        <v>231</v>
+        <v>53</v>
       </c>
       <c r="O28" s="15">
-        <v>1200</v>
+        <v>1680</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>58</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>28561</v>
+        <v>22680</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>