--- v4 (2026-02-18)
+++ v5 (2026-03-11)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>11.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -121,50 +121,53 @@
   <si>
     <t>FYLS-3528LUBC</t>
   </si>
   <si>
     <t xml:space="preserve">3528 Синий 400-780mcd 120° 470nm / FYLS-3528LUBC </t>
   </si>
   <si>
     <t>UT-00119842</t>
   </si>
   <si>
     <t>LED3528</t>
   </si>
   <si>
     <t>FORYARD</t>
   </si>
   <si>
     <t>FYLS-3528LURC-BW</t>
   </si>
   <si>
     <t>3528 Красный 950mcd 120° 5630nm / FYLS-3528LURC-BW</t>
   </si>
   <si>
     <t>UT-00118026</t>
   </si>
   <si>
+    <t>01.05.2026</t>
+  </si>
+  <si>
     <t>FYLS-3528NPGC</t>
   </si>
   <si>
     <t>3528 Зелёный 1550~3000mcd 120° 520nm / FYLS-3528NPGC</t>
   </si>
   <si>
     <t>UT-00150008</t>
   </si>
   <si>
     <t>FYLS-3528NPGC-BW</t>
   </si>
   <si>
     <t>3528 Зелёный 2050mcd 120° 520nm / FYLS-3528NPGC-BW</t>
   </si>
   <si>
     <t>UT-00118027</t>
   </si>
   <si>
     <t>FYLS-3528NURC</t>
   </si>
   <si>
     <t>3528 Красный 500mcd 120° 625nm / FYLS-3528NURC</t>
   </si>
   <si>
     <t>FYLS-3528NUYC</t>
@@ -181,60 +184,63 @@
   <si>
     <t>10-00073502</t>
   </si>
   <si>
     <t>FYLS-3528PGC</t>
   </si>
   <si>
     <t>3528 Изумрудный 1500mcd 120° 525nm / FYLS-3528PGC</t>
   </si>
   <si>
     <t>FYLS-3528PUYC</t>
   </si>
   <si>
     <t>3528 Жёлтый 620~1250mcd 120° 592nm / FYLS-3528PUYC</t>
   </si>
   <si>
     <t>UT-00150006</t>
   </si>
   <si>
     <t>FYLS-3528RGBC-CA</t>
   </si>
   <si>
     <t>3528 полноцвет. RGB 200/800/250mcd 120° / FYLS-3528RGBC-CA</t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>3528 (PLCC6) RGB 625/525/470 nm 500/1200/300 mcd 120 град. / FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>UT-00095137</t>
   </si>
   <si>
-    <t>03.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>FYLS-3528SCURC</t>
   </si>
   <si>
     <t>3528 Красный 500~980mcd 120° 625nm / FYLS-3528SCURC</t>
   </si>
   <si>
     <t>UT-00150007</t>
   </si>
   <si>
     <t>FYLS-3528UAC</t>
   </si>
   <si>
     <t>3528 Янтарный 600mcd 120° 605nm / FYLS-3528UAC</t>
   </si>
   <si>
     <t>FYLS-3528UBC</t>
   </si>
   <si>
     <t>3528 Синий 300mcd 120° 468nm / FYLS-3528UBC</t>
   </si>
   <si>
     <t>FYLS-3528UGC</t>
   </si>
@@ -1114,901 +1120,907 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>3968</v>
+        <v>5760</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>2000</v>
       </c>
       <c r="K10" s="15">
         <v>0.05227</v>
       </c>
       <c r="L10" s="15">
         <v>0.04384</v>
       </c>
       <c r="M10" s="15">
         <v>0.04215</v>
       </c>
       <c r="N10" s="15"/>
       <c r="O10" s="15"/>
-      <c r="P10" s="15"/>
+      <c r="P10" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="Q10" s="15">
         <v>4000</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E11" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>2000</v>
       </c>
       <c r="K11" s="15">
         <v>0.02697</v>
       </c>
       <c r="L11" s="15">
         <v>0.02262</v>
       </c>
       <c r="M11" s="15">
         <v>0.02175</v>
       </c>
       <c r="N11" s="15">
         <v>100</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>2000</v>
       </c>
       <c r="K12" s="15">
         <v>0.02728</v>
       </c>
       <c r="L12" s="15">
         <v>0.02288</v>
       </c>
       <c r="M12" s="15">
         <v>0.022</v>
       </c>
       <c r="N12" s="15"/>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>4000</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E13" s="15">
         <v>10080034684</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>2000</v>
       </c>
       <c r="K13" s="15">
         <v>0.06169</v>
       </c>
       <c r="L13" s="15">
         <v>0.04423</v>
       </c>
       <c r="M13" s="15">
         <v>0.03841</v>
       </c>
       <c r="N13" s="15"/>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>545</v>
+        <v>625</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>2000</v>
       </c>
       <c r="K15" s="15">
         <v>0.02638</v>
       </c>
       <c r="L15" s="15">
         <v>0.02638</v>
       </c>
       <c r="M15" s="15">
         <v>0.02638</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>31904</v>
+        <v>41874</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>2000</v>
       </c>
       <c r="K17" s="15">
         <v>0.03478</v>
       </c>
       <c r="L17" s="15">
         <v>0.02917</v>
       </c>
       <c r="M17" s="15">
         <v>0.02805</v>
       </c>
       <c r="N17" s="15">
         <v>40</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>23759</v>
-[...2 lines deleted...]
-      <c r="P18" s="15"/>
+        <v>18545</v>
+      </c>
+      <c r="O18" s="15">
+        <v>53600</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>56</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07418</v>
       </c>
       <c r="L19" s="15">
         <v>0.05244</v>
       </c>
       <c r="M19" s="15">
         <v>0.04554</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>4200</v>
+        <v>1800</v>
       </c>
       <c r="P19" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>2000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03077</v>
       </c>
       <c r="L20" s="15">
         <v>0.02581</v>
       </c>
       <c r="M20" s="15">
         <v>0.02481</v>
       </c>
       <c r="N20" s="15">
         <v>100</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>1961</v>
+        <v>1716</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
         <v>47576</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>2000</v>
       </c>
       <c r="K23" s="15">
         <v>0.09607</v>
       </c>
       <c r="L23" s="15">
         <v>0.09361</v>
       </c>
       <c r="M23" s="15">
         <v>0.09114</v>
       </c>
       <c r="N23" s="15">
         <v>3</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>49372</v>
+        <v>58260</v>
       </c>
       <c r="O24" s="15">
-        <v>13601</v>
+        <v>17000</v>
       </c>
       <c r="P24" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>19955</v>
+        <v>19075</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>6083</v>
+        <v>4774</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>24272</v>
+        <v>21976</v>
       </c>
       <c r="O27" s="15">
-        <v>7400</v>
+        <v>6700</v>
       </c>
       <c r="P27" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
         <v>53</v>
       </c>
       <c r="O28" s="15">
-        <v>1680</v>
+        <v>1540</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>22680</v>
+        <v>24640</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1</v>
       </c>
       <c r="K30" s="15">
         <v>0.12</v>
       </c>
       <c r="L30" s="15">
         <v>0.12</v>
       </c>
       <c r="M30" s="15">
         <v>0.12</v>
       </c>
       <c r="N30" s="15">
         <v>5</v>
       </c>
       <c r="O30" s="15"/>
@@ -2074,317 +2086,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>