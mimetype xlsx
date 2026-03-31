--- v5 (2026-03-11)
+++ v6 (2026-03-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>11.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -196,51 +196,51 @@
   <si>
     <t>3528 Жёлтый 620~1250mcd 120° 592nm / FYLS-3528PUYC</t>
   </si>
   <si>
     <t>UT-00150006</t>
   </si>
   <si>
     <t>FYLS-3528RGBC-CA</t>
   </si>
   <si>
     <t>3528 полноцвет. RGB 200/800/250mcd 120° / FYLS-3528RGBC-CA</t>
   </si>
   <si>
     <t>02.07.2026</t>
   </si>
   <si>
     <t>FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>3528 (PLCC6) RGB 625/525/470 nm 500/1200/300 mcd 120 град. / FYLS-3528RGBW-PLCC6</t>
   </si>
   <si>
     <t>UT-00095137</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>09.05.2026</t>
   </si>
   <si>
     <t>FYLS-3528SCURC</t>
   </si>
   <si>
     <t>3528 Красный 500~980mcd 120° 625nm / FYLS-3528SCURC</t>
   </si>
   <si>
     <t>UT-00150007</t>
   </si>
   <si>
     <t>FYLS-3528UAC</t>
   </si>
   <si>
     <t>3528 Янтарный 600mcd 120° 605nm / FYLS-3528UAC</t>
   </si>
   <si>
     <t>FYLS-3528UBC</t>
   </si>
   <si>
     <t>3528 Синий 300mcd 120° 468nm / FYLS-3528UBC</t>
   </si>
   <si>
     <t>FYLS-3528UGC</t>
   </si>
@@ -1120,51 +1120,51 @@
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>2000</v>
       </c>
       <c r="K9" s="15">
         <v>0.065</v>
       </c>
       <c r="L9" s="15">
         <v>0.0435</v>
       </c>
       <c r="M9" s="15">
         <v>0.0396</v>
       </c>
       <c r="N9" s="15">
-        <v>5760</v>
+        <v>5376</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
@@ -1325,51 +1325,51 @@
       </c>
       <c r="E14" s="15">
         <v>10080034685</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>2000</v>
       </c>
       <c r="K14" s="15">
         <v>0.031</v>
       </c>
       <c r="L14" s="15">
         <v>0.031</v>
       </c>
       <c r="M14" s="15">
         <v>0.031</v>
       </c>
       <c r="N14" s="15">
-        <v>625</v>
+        <v>545</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
@@ -1405,51 +1405,51 @@
       </c>
       <c r="E16" s="15">
         <v>10000029709</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>2000</v>
       </c>
       <c r="K16" s="15">
         <v>0.03234</v>
       </c>
       <c r="L16" s="15">
         <v>0.02286</v>
       </c>
       <c r="M16" s="15">
         <v>0.01985</v>
       </c>
       <c r="N16" s="15">
-        <v>41874</v>
+        <v>33098</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
@@ -1487,97 +1487,97 @@
       </c>
       <c r="E18" s="15">
         <v>10080002651</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>2000</v>
       </c>
       <c r="K18" s="15">
         <v>0.0611</v>
       </c>
       <c r="L18" s="15">
         <v>0.0432</v>
       </c>
       <c r="M18" s="15">
         <v>0.03751</v>
       </c>
       <c r="N18" s="15">
-        <v>18545</v>
+        <v>15680</v>
       </c>
       <c r="O18" s="15">
-        <v>53600</v>
+        <v>48000</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>56</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>2000</v>
       </c>
       <c r="K19" s="15">
         <v>0.07418</v>
       </c>
       <c r="L19" s="15">
         <v>0.05244</v>
       </c>
       <c r="M19" s="15">
         <v>0.04554</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
-        <v>1800</v>
+        <v>3900</v>
       </c>
       <c r="P19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H20" s="15" t="s">
@@ -1616,92 +1616,92 @@
       </c>
       <c r="E21" s="15">
         <v>10080001183</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>2000</v>
       </c>
       <c r="K21" s="15">
         <v>0.038</v>
       </c>
       <c r="L21" s="15">
         <v>0.027</v>
       </c>
       <c r="M21" s="15">
         <v>0.0252</v>
       </c>
       <c r="N21" s="15">
-        <v>1716</v>
+        <v>2179</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E22" s="15">
         <v>10000023503</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>2000</v>
       </c>
       <c r="K22" s="15">
         <v>0.03281</v>
       </c>
       <c r="L22" s="15">
         <v>0.02</v>
       </c>
       <c r="M22" s="15">
         <v>0.019</v>
       </c>
       <c r="N22" s="15">
-        <v>47576</v>
+        <v>44008</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E23" s="15">
         <v>10000023502</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
@@ -1739,270 +1739,270 @@
       </c>
       <c r="E24" s="15">
         <v>10000023501</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>2000</v>
       </c>
       <c r="K24" s="15">
         <v>0.03917</v>
       </c>
       <c r="L24" s="15">
         <v>0.0259</v>
       </c>
       <c r="M24" s="15">
         <v>0.022</v>
       </c>
       <c r="N24" s="15">
-        <v>58260</v>
+        <v>48080</v>
       </c>
       <c r="O24" s="15">
-        <v>17000</v>
+        <v>15400</v>
       </c>
       <c r="P24" s="15" t="s">
         <v>60</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E25" s="15">
         <v>10080037521</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.035</v>
       </c>
       <c r="L25" s="15">
         <v>0.035</v>
       </c>
       <c r="M25" s="15">
         <v>0.035</v>
       </c>
       <c r="N25" s="15">
-        <v>19075</v>
+        <v>18194</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.06119</v>
       </c>
       <c r="L26" s="15">
         <v>0.04326</v>
       </c>
       <c r="M26" s="15">
         <v>0.03757</v>
       </c>
       <c r="N26" s="15">
-        <v>4774</v>
+        <v>5621</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10000023500</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>79</v>
       </c>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0335</v>
       </c>
       <c r="L27" s="15">
         <v>0.018</v>
       </c>
       <c r="M27" s="15">
         <v>0.0165</v>
       </c>
       <c r="N27" s="15">
-        <v>21976</v>
+        <v>23616</v>
       </c>
       <c r="O27" s="15">
-        <v>6700</v>
+        <v>7200</v>
       </c>
       <c r="P27" s="15" t="s">
         <v>60</v>
       </c>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="15">
         <v>10080009739</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>2000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03784</v>
       </c>
       <c r="L28" s="15">
         <v>0.01962</v>
       </c>
       <c r="M28" s="15">
         <v>0.0179</v>
       </c>
       <c r="N28" s="15">
         <v>53</v>
       </c>
       <c r="O28" s="15">
-        <v>1540</v>
+        <v>1400</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>60</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10000023499</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>2000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04004</v>
       </c>
       <c r="L29" s="15">
         <v>0.02897</v>
       </c>
       <c r="M29" s="15">
         <v>0.02528</v>
       </c>
       <c r="N29" s="15">
-        <v>24640</v>
+        <v>18460</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="E30" s="15" t="s">
         <v>86</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>