--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1096,789 +1096,789 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>68835</v>
+        <v>66434</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>14692</v>
+        <v>21436</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>15895</v>
+        <v>8092</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>134895</v>
+        <v>96807</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>2536</v>
+        <v>1910</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>18539</v>
+        <v>16658</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>3556</v>
+        <v>2906</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>4286</v>
+        <v>5235</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>69694</v>
+        <v>62397</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>86968</v>
+        <v>69575</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>5479</v>
+        <v>4915</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>2440</v>
+        <v>2840</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>7502</v>
+        <v>6988</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3255</v>
+        <v>3342</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>22236</v>
+        <v>19738</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>6240</v>
+        <v>5040</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>45796</v>
+        <v>50844</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>57090</v>
+        <v>58433</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>3196</v>
+        <v>3003</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
@@ -1914,133 +1914,133 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>3698</v>
+        <v>3440</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>58140</v>
+        <v>40950</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>3457</v>
+        <v>3095</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>