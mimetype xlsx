--- v1 (2025-12-14)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1096,500 +1096,500 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>66434</v>
+        <v>70436</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>21436</v>
+        <v>17101</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>8092</v>
+        <v>6951</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>96807</v>
+        <v>131721</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>1910</v>
+        <v>2598</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>16658</v>
+        <v>19882</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>2906</v>
+        <v>3166</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>5235</v>
+        <v>6083</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>62397</v>
+        <v>65769</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>69575</v>
+        <v>77692</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>4915</v>
+        <v>7091</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>2840</v>
+        <v>2800</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
@@ -1627,258 +1627,258 @@
       </c>
       <c r="E22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3342</v>
+        <v>3299</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>19738</v>
+        <v>17989</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>5040</v>
+        <v>7120</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>50844</v>
+        <v>38769</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>58433</v>
+        <v>60448</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>3003</v>
+        <v>1129</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
@@ -1914,133 +1914,133 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>3440</v>
+        <v>3139</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>40950</v>
+        <v>56141</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>3095</v>
+        <v>3216</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>