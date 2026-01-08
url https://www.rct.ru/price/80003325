--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>08.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1096,582 +1096,586 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>70436</v>
+        <v>68835</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>17101</v>
+        <v>20714</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>6951</v>
-[...1 lines deleted...]
-      <c r="O11" s="15"/>
+        <v>6329</v>
+      </c>
+      <c r="O11" s="15">
+        <v>36600</v>
+      </c>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>131721</v>
+        <v>78507</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>2598</v>
-[...1 lines deleted...]
-      <c r="O13" s="15"/>
+        <v>2348</v>
+      </c>
+      <c r="O13" s="15">
+        <v>15750</v>
+      </c>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>19882</v>
+        <v>15545</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>3166</v>
+        <v>3729</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>6083</v>
+        <v>4386</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>65769</v>
+        <v>55651</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>77692</v>
+        <v>82330</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>7091</v>
+        <v>4915</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>2800</v>
+        <v>2600</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>6988</v>
+        <v>7502</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3299</v>
+        <v>3776</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
@@ -1711,174 +1715,176 @@
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>7120</v>
+        <v>5040</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>38769</v>
-[...1 lines deleted...]
-      <c r="O25" s="15"/>
+        <v>14278</v>
+      </c>
+      <c r="O25" s="15">
+        <v>12200</v>
+      </c>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>60448</v>
+        <v>40971</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>1129</v>
+        <v>1369</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
@@ -1914,133 +1920,135 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>3139</v>
-[...1 lines deleted...]
-      <c r="O29" s="15"/>
+        <v>3569</v>
+      </c>
+      <c r="O29" s="15">
+        <v>9960</v>
+      </c>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>75</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>56141</v>
+        <v>58783</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>3216</v>
+        <v>3055</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>