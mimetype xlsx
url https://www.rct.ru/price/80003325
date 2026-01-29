--- v3 (2026-01-08)
+++ v4 (2026-01-29)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>08.01.2026</t>
+    <t>29.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -119,50 +119,53 @@
     <t>светодиоды 0805</t>
   </si>
   <si>
     <t>FYLS-0805BGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 15mcd 130° 570nm h=1.1mm / FYLS-0805BGC</t>
   </si>
   <si>
     <t>LED0805</t>
   </si>
   <si>
     <t>FORYARD</t>
   </si>
   <si>
     <t>FYLS-0805BUBC</t>
   </si>
   <si>
     <t>0805 Синий 120mcd 130° 468nm h=1.1mm / FYLS-0805BUBC</t>
   </si>
   <si>
     <t>FYLS-0805BUGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 40mcd 130° 570nm h=1.1mm / FYLS-0805BUGC</t>
+  </si>
+  <si>
+    <t>03.06.2026</t>
   </si>
   <si>
     <t>FYLS-0805BURC</t>
   </si>
   <si>
     <t>0805 Красный 80mcd 130° 631nm h=1.1mm / FYLS-0805BURC</t>
   </si>
   <si>
     <t>FYLS-0805BUWC</t>
   </si>
   <si>
     <t>0805 Белый 600mcd 130° CCT:7000K h=1.1mm / FYLS-0805BUWC</t>
   </si>
   <si>
     <t>FYLS-0805BUYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 120mcd 130° 592nm h=1.1mm / FYLS-0805BUYC</t>
   </si>
   <si>
     <t>FYLS-0805BYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 15mcd 140° 590nm h=1.1mm / FYLS-0805BYC</t>
   </si>
@@ -1096,959 +1099,967 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>68835</v>
+        <v>68034</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>20714</v>
+        <v>14778</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>6329</v>
+        <v>8818</v>
       </c>
       <c r="O11" s="15">
-        <v>36600</v>
-[...1 lines deleted...]
-      <c r="P11" s="15"/>
+        <v>51000</v>
+      </c>
+      <c r="P11" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>78507</v>
+        <v>102960</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>2348</v>
+        <v>2191</v>
       </c>
       <c r="O13" s="15">
-        <v>15750</v>
-[...1 lines deleted...]
-      <c r="P13" s="15"/>
+        <v>14700</v>
+      </c>
+      <c r="P13" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>15545</v>
+        <v>11971</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>3729</v>
+        <v>2689</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>4386</v>
+        <v>4393</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>55651</v>
+        <v>70748</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>82330</v>
+        <v>68294</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>4915</v>
+        <v>4786</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>2600</v>
+        <v>3120</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>7502</v>
+        <v>7194</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3776</v>
+        <v>3646</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>17989</v>
+        <v>15491</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>5040</v>
+        <v>6080</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>14278</v>
+        <v>18256</v>
       </c>
       <c r="O25" s="15">
-        <v>12200</v>
-[...1 lines deleted...]
-      <c r="P25" s="15"/>
+        <v>15600</v>
+      </c>
+      <c r="P25" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>40971</v>
+        <v>42952</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>1369</v>
+        <v>1554</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15"/>
       <c r="K28" s="15">
         <v>0.0648</v>
       </c>
       <c r="L28" s="15">
         <v>0.0469</v>
       </c>
       <c r="M28" s="15">
         <v>0.0409</v>
       </c>
       <c r="N28" s="15">
         <v>20</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>3569</v>
+        <v>2795</v>
       </c>
       <c r="O29" s="15">
-        <v>9960</v>
-[...1 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>7800</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>35</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>58783</v>
+        <v>47555</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>3055</v>
+        <v>2854</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>
@@ -2091,317 +2102,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>