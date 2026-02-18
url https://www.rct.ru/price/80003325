--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>29.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1099,801 +1099,801 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>68034</v>
+        <v>63232</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>14778</v>
+        <v>20499</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>8818</v>
+        <v>8715</v>
       </c>
       <c r="O11" s="15">
-        <v>51000</v>
+        <v>50400</v>
       </c>
       <c r="P11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>102960</v>
+        <v>113256</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>2191</v>
+        <v>1910</v>
       </c>
       <c r="O13" s="15">
-        <v>14700</v>
+        <v>12810</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>11971</v>
+        <v>13043</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>2689</v>
+        <v>2906</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>4393</v>
+        <v>5858</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>70748</v>
+        <v>73188</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>68294</v>
+        <v>77251</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>4786</v>
+        <v>177</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>3120</v>
+        <v>3320</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>7194</v>
+        <v>6783</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3646</v>
+        <v>2648</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>15491</v>
+        <v>17239</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>6080</v>
+        <v>6560</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>18256</v>
+        <v>13234</v>
       </c>
       <c r="O25" s="15">
-        <v>15600</v>
+        <v>14000</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>42952</v>
+        <v>56216</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>1554</v>
+        <v>839</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
@@ -1929,137 +1929,137 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>2795</v>
+        <v>2881</v>
       </c>
       <c r="O29" s="15">
-        <v>7800</v>
+        <v>8041</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>47555</v>
+        <v>44573</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>2854</v>
+        <v>2492</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>