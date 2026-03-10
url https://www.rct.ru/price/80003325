--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -121,51 +121,51 @@
   <si>
     <t>FYLS-0805BGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 15mcd 130° 570nm h=1.1mm / FYLS-0805BGC</t>
   </si>
   <si>
     <t>LED0805</t>
   </si>
   <si>
     <t>FORYARD</t>
   </si>
   <si>
     <t>FYLS-0805BUBC</t>
   </si>
   <si>
     <t>0805 Синий 120mcd 130° 468nm h=1.1mm / FYLS-0805BUBC</t>
   </si>
   <si>
     <t>FYLS-0805BUGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 40mcd 130° 570nm h=1.1mm / FYLS-0805BUGC</t>
   </si>
   <si>
-    <t>03.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>FYLS-0805BURC</t>
   </si>
   <si>
     <t>0805 Красный 80mcd 130° 631nm h=1.1mm / FYLS-0805BURC</t>
   </si>
   <si>
     <t>FYLS-0805BUWC</t>
   </si>
   <si>
     <t>0805 Белый 600mcd 130° CCT:7000K h=1.1mm / FYLS-0805BUWC</t>
   </si>
   <si>
     <t>FYLS-0805BUYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 120mcd 130° 592nm h=1.1mm / FYLS-0805BUYC</t>
   </si>
   <si>
     <t>FYLS-0805BYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 15mcd 140° 590nm h=1.1mm / FYLS-0805BYC</t>
   </si>
@@ -1099,801 +1099,801 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>63232</v>
+        <v>69635</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>20499</v>
+        <v>16208</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
       <c r="N11" s="15">
-        <v>8715</v>
+        <v>1031</v>
       </c>
       <c r="O11" s="15">
-        <v>50400</v>
+        <v>47250</v>
       </c>
       <c r="P11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>113256</v>
+        <v>97812</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>1910</v>
+        <v>2348</v>
       </c>
       <c r="O13" s="15">
-        <v>12810</v>
+        <v>15750</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>13043</v>
+        <v>10721</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>2906</v>
+        <v>3599</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>5858</v>
+        <v>4463</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>73188</v>
+        <v>54484</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>77251</v>
+        <v>78300</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>177</v>
+        <v>216</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>3320</v>
+        <v>3003</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>6783</v>
+        <v>4143</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>2648</v>
+        <v>3082</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>17239</v>
+        <v>17586</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>6560</v>
+        <v>5840</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>4000</v>
       </c>
       <c r="K25" s="15">
         <v>0.03908</v>
       </c>
       <c r="L25" s="15">
         <v>0.0233</v>
       </c>
       <c r="M25" s="15">
         <v>0.0218</v>
       </c>
       <c r="N25" s="15">
-        <v>13234</v>
+        <v>4903</v>
       </c>
       <c r="O25" s="15">
-        <v>14000</v>
+        <v>14200</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>56216</v>
+        <v>46338</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
       <c r="N27" s="15">
-        <v>839</v>
+        <v>656</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
@@ -1929,137 +1929,137 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>2881</v>
+        <v>3397</v>
       </c>
       <c r="O29" s="15">
-        <v>8041</v>
+        <v>9480</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>44573</v>
+        <v>42469</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>2492</v>
+        <v>3376</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>