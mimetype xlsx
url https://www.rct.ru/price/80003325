--- v6 (2026-03-10)
+++ v7 (2026-03-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -121,51 +121,51 @@
   <si>
     <t>FYLS-0805BGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 15mcd 130° 570nm h=1.1mm / FYLS-0805BGC</t>
   </si>
   <si>
     <t>LED0805</t>
   </si>
   <si>
     <t>FORYARD</t>
   </si>
   <si>
     <t>FYLS-0805BUBC</t>
   </si>
   <si>
     <t>0805 Синий 120mcd 130° 468nm h=1.1mm / FYLS-0805BUBC</t>
   </si>
   <si>
     <t>FYLS-0805BUGC</t>
   </si>
   <si>
     <t>0805 Жёлто-зелёный 40mcd 130° 570nm h=1.1mm / FYLS-0805BUGC</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>09.05.2026</t>
   </si>
   <si>
     <t>FYLS-0805BURC</t>
   </si>
   <si>
     <t>0805 Красный 80mcd 130° 631nm h=1.1mm / FYLS-0805BURC</t>
   </si>
   <si>
     <t>FYLS-0805BUWC</t>
   </si>
   <si>
     <t>0805 Белый 600mcd 130° CCT:7000K h=1.1mm / FYLS-0805BUWC</t>
   </si>
   <si>
     <t>FYLS-0805BUYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 120mcd 130° 592nm h=1.1mm / FYLS-0805BUYC</t>
   </si>
   <si>
     <t>FYLS-0805BYC</t>
   </si>
   <si>
     <t>0805 Жёлтый 15mcd 140° 590nm h=1.1mm / FYLS-0805BYC</t>
   </si>
@@ -1099,674 +1099,672 @@
       </c>
       <c r="E9" s="15">
         <v>10000017883</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>3000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04867</v>
       </c>
       <c r="L9" s="15">
         <v>0.0255</v>
       </c>
       <c r="M9" s="15">
         <v>0.023</v>
       </c>
       <c r="N9" s="15">
-        <v>69635</v>
+        <v>56829</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018344</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>3000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04186</v>
       </c>
       <c r="L10" s="15">
         <v>0.0266</v>
       </c>
       <c r="M10" s="15">
         <v>0.024</v>
       </c>
       <c r="N10" s="15">
-        <v>16208</v>
+        <v>20975</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15">
         <v>10000018282</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>3000</v>
       </c>
       <c r="K11" s="15">
         <v>0.03908</v>
       </c>
       <c r="L11" s="15">
         <v>0.0249</v>
       </c>
       <c r="M11" s="15">
         <v>0.022</v>
       </c>
-      <c r="N11" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N11" s="15"/>
       <c r="O11" s="15">
-        <v>47250</v>
+        <v>32926</v>
       </c>
       <c r="P11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15">
         <v>10000017882</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>3000</v>
       </c>
       <c r="K12" s="15">
         <v>0.03635</v>
       </c>
       <c r="L12" s="15">
         <v>0.025</v>
       </c>
       <c r="M12" s="15">
         <v>0.0213</v>
       </c>
       <c r="N12" s="15">
-        <v>97812</v>
+        <v>56734</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E13" s="15">
         <v>10080002654</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>3000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04186</v>
       </c>
       <c r="L13" s="15">
         <v>0.0266</v>
       </c>
       <c r="M13" s="15">
         <v>0.024</v>
       </c>
       <c r="N13" s="15">
-        <v>2348</v>
+        <v>2724</v>
       </c>
       <c r="O13" s="15">
-        <v>15750</v>
+        <v>18270</v>
       </c>
       <c r="P13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E14" s="15">
         <v>10000018301</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>3000</v>
       </c>
       <c r="K14" s="15">
         <v>0.03865</v>
       </c>
       <c r="L14" s="15">
         <v>0.026</v>
       </c>
       <c r="M14" s="15">
         <v>0.022</v>
       </c>
       <c r="N14" s="15">
-        <v>10721</v>
+        <v>14838</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E15" s="15">
         <v>10000017884</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>3000</v>
       </c>
       <c r="K15" s="15">
         <v>0.04121</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.021</v>
       </c>
       <c r="N15" s="15">
-        <v>3599</v>
+        <v>2732</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15">
         <v>10000014328</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>4000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04752</v>
       </c>
       <c r="L16" s="15">
         <v>0.0265</v>
       </c>
       <c r="M16" s="15">
         <v>0.0235</v>
       </c>
       <c r="N16" s="15">
-        <v>4463</v>
+        <v>5649</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E17" s="15">
         <v>10000014327</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>4000</v>
       </c>
       <c r="K17" s="15">
         <v>0.05235</v>
       </c>
       <c r="L17" s="15">
         <v>0.0243</v>
       </c>
       <c r="M17" s="15">
         <v>0.021</v>
       </c>
       <c r="N17" s="15">
-        <v>54484</v>
+        <v>73188</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E18" s="15">
         <v>10080006135</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.04186</v>
       </c>
       <c r="L18" s="15">
         <v>0.028</v>
       </c>
       <c r="M18" s="15">
         <v>0.023</v>
       </c>
       <c r="N18" s="15">
-        <v>78300</v>
+        <v>89472</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.04746</v>
       </c>
       <c r="L19" s="15">
         <v>0.0303</v>
       </c>
       <c r="M19" s="15">
         <v>0.027</v>
       </c>
       <c r="N19" s="15">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15">
         <v>0.0356</v>
       </c>
       <c r="L20" s="15">
         <v>0.02986</v>
       </c>
       <c r="M20" s="15">
         <v>0.026</v>
       </c>
       <c r="N20" s="15">
-        <v>3003</v>
+        <v>2379</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10080002655</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04327</v>
       </c>
       <c r="L21" s="15">
         <v>0.03131</v>
       </c>
       <c r="M21" s="15">
         <v>0.024</v>
       </c>
       <c r="N21" s="15">
-        <v>4143</v>
+        <v>2457</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0399</v>
       </c>
       <c r="L22" s="15">
         <v>0.0266</v>
       </c>
       <c r="M22" s="15">
         <v>0.024</v>
       </c>
       <c r="N22" s="15">
-        <v>3082</v>
+        <v>3255</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E23" s="15">
         <v>10000018308</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03893</v>
       </c>
       <c r="L23" s="15">
         <v>0.0256</v>
       </c>
       <c r="M23" s="15">
         <v>0.0224</v>
       </c>
       <c r="N23" s="15">
-        <v>17586</v>
+        <v>19768</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E24" s="15">
         <v>10080049082</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.037</v>
       </c>
       <c r="L24" s="15">
         <v>0.02616</v>
       </c>
       <c r="M24" s="15">
         <v>0.02272</v>
       </c>
       <c r="N24" s="15">
-        <v>5840</v>
+        <v>5200</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E25" s="15">
         <v>10000018272</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
@@ -1808,93 +1806,91 @@
       </c>
       <c r="E26" s="15">
         <v>10000018302</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>4000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03908</v>
       </c>
       <c r="L26" s="15">
         <v>0.0242</v>
       </c>
       <c r="M26" s="15">
         <v>0.022</v>
       </c>
       <c r="N26" s="15">
-        <v>46338</v>
+        <v>39719</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E27" s="15">
         <v>10080038881</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>4000</v>
       </c>
       <c r="K27" s="15">
         <v>0.0648</v>
       </c>
       <c r="L27" s="15">
         <v>0.04688</v>
       </c>
       <c r="M27" s="15">
         <v>0.04091</v>
       </c>
-      <c r="N27" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N27" s="15"/>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>73</v>
       </c>
       <c r="E28" s="15">
         <v>10080037822</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
@@ -1929,137 +1925,137 @@
       </c>
       <c r="E29" s="15">
         <v>10000012898</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03962</v>
       </c>
       <c r="L29" s="15">
         <v>0.02801</v>
       </c>
       <c r="M29" s="15">
         <v>0.02433</v>
       </c>
       <c r="N29" s="15">
-        <v>3397</v>
+        <v>3053</v>
       </c>
       <c r="O29" s="15">
-        <v>9480</v>
+        <v>8520</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>35</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E30" s="15">
         <v>10080002656</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03908</v>
       </c>
       <c r="L30" s="15">
         <v>0.0245</v>
       </c>
       <c r="M30" s="15">
         <v>0.022</v>
       </c>
       <c r="N30" s="15">
-        <v>42469</v>
+        <v>43910</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>78</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>79</v>
       </c>
       <c r="E31" s="15">
         <v>10000018326</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.035</v>
       </c>
       <c r="L31" s="15">
         <v>0.022</v>
       </c>
       <c r="M31" s="15">
         <v>0.02</v>
       </c>
       <c r="N31" s="15">
-        <v>3376</v>
+        <v>3336</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14"/>
       <c r="C32" s="15"/>
       <c r="D32" s="15"/>
       <c r="E32" s="15"/>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="15"/>
       <c r="K32" s="15"/>
       <c r="L32" s="15"/>
       <c r="M32" s="15"/>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
     </row>
   </sheetData>