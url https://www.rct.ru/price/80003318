--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="432">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -290,53 +290,50 @@
     <t>FYLS-0603PGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.8mm / FYLS-0603PGC</t>
   </si>
   <si>
     <t xml:space="preserve">KPT-1608ZGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PURC</t>
   </si>
   <si>
     <t>0603 Красный ультра 225-450mcd 130° 632nm h=0.8mm / FYLS-0603PURC</t>
   </si>
   <si>
     <t>UT-00091182</t>
   </si>
   <si>
     <t>FYLS-0603PUYC</t>
   </si>
   <si>
     <t xml:space="preserve">0603 Жёлтый 300mcd 130° 590nm h=0.8mm / FYLS-0603PUYC </t>
   </si>
   <si>
     <t>UT-00132576</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.01.2026</t>
   </si>
   <si>
     <t>FYLS-0603SRC</t>
   </si>
   <si>
     <t>0603 Красный 15mcd 130° 643nm h=0.8mm / FYLS-0603SRC</t>
   </si>
   <si>
     <t>FYLS-0603UBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.8mm / FYLS-0603UBC ( L-C191LBCT )</t>
   </si>
   <si>
     <t>FYLS-0603UEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 100mcd 130° 625nm h=0.8mm / FYLS-0603UEC</t>
   </si>
   <si>
     <t>FYLS-0603UGC</t>
   </si>
   <si>
     <t>0603 Жёлто-зелёный 40mcd 130° 570nm h=0.8mm / FYLS-0603UGC</t>
   </si>
@@ -2113,338 +2110,338 @@
       </c>
       <c r="E10" s="15">
         <v>10080059909</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03958</v>
       </c>
       <c r="L10" s="15">
         <v>0.02798</v>
       </c>
       <c r="M10" s="15">
         <v>0.0243</v>
       </c>
       <c r="N10" s="15">
-        <v>9904</v>
+        <v>11237</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080059910</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>4000</v>
       </c>
       <c r="K11" s="15">
         <v>0.043</v>
       </c>
       <c r="L11" s="15">
         <v>0.028</v>
       </c>
       <c r="M11" s="15">
         <v>0.025</v>
       </c>
       <c r="N11" s="15">
-        <v>2977</v>
+        <v>2712</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080059912</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>5000</v>
       </c>
       <c r="K12" s="15">
         <v>0.044</v>
       </c>
       <c r="L12" s="15">
         <v>0.028</v>
       </c>
       <c r="M12" s="15">
         <v>0.025</v>
       </c>
       <c r="N12" s="15">
-        <v>7359</v>
+        <v>5454</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080059911</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.044</v>
       </c>
       <c r="L13" s="15">
         <v>0.028</v>
       </c>
       <c r="M13" s="15">
         <v>0.025</v>
       </c>
       <c r="N13" s="15">
-        <v>981</v>
+        <v>758</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080059913</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.044</v>
       </c>
       <c r="L14" s="15">
         <v>0.028</v>
       </c>
       <c r="M14" s="15">
         <v>0.025</v>
       </c>
       <c r="N14" s="15">
-        <v>51589</v>
+        <v>49702</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080059914</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>5000</v>
       </c>
       <c r="K15" s="15">
         <v>0.036</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.022</v>
       </c>
       <c r="N15" s="15">
-        <v>3590</v>
+        <v>7996</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080059915</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
         <v>0.04</v>
       </c>
       <c r="L16" s="15">
         <v>0.0271</v>
       </c>
       <c r="M16" s="15">
         <v>0.0247</v>
       </c>
       <c r="N16" s="15">
-        <v>15094</v>
+        <v>13666</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080059916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>5000</v>
       </c>
       <c r="K17" s="15">
         <v>0.036</v>
       </c>
       <c r="L17" s="15">
         <v>0.0245</v>
       </c>
       <c r="M17" s="15">
         <v>0.02245</v>
       </c>
       <c r="N17" s="15">
-        <v>30530</v>
+        <v>30175</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
@@ -2521,215 +2518,215 @@
       </c>
       <c r="E20" s="15">
         <v>10000018334</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>4000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03633</v>
       </c>
       <c r="L20" s="15">
         <v>0.024</v>
       </c>
       <c r="M20" s="15">
         <v>0.0215</v>
       </c>
       <c r="N20" s="15">
-        <v>3173</v>
+        <v>3374</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="15">
         <v>10080026065</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.03344</v>
       </c>
       <c r="L21" s="15">
         <v>0.0222</v>
       </c>
       <c r="M21" s="15">
         <v>0.0203</v>
       </c>
       <c r="N21" s="15">
-        <v>27537</v>
+        <v>30730</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>62</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>63</v>
       </c>
       <c r="E22" s="15">
         <v>10080006301</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0346</v>
       </c>
       <c r="L22" s="15">
         <v>0.0231</v>
       </c>
       <c r="M22" s="15">
         <v>0.021</v>
       </c>
       <c r="N22" s="15">
-        <v>60059</v>
+        <v>68891</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>65</v>
       </c>
       <c r="E23" s="15">
         <v>10000030393</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03436</v>
       </c>
       <c r="L23" s="15">
         <v>0.02429</v>
       </c>
       <c r="M23" s="15">
         <v>0.02109</v>
       </c>
       <c r="N23" s="15">
-        <v>26840</v>
+        <v>32120</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>67</v>
       </c>
       <c r="E24" s="15">
         <v>10000018341</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0222</v>
       </c>
       <c r="L24" s="15">
         <v>0.0211</v>
       </c>
       <c r="M24" s="15">
         <v>0.0192</v>
       </c>
       <c r="N24" s="15">
-        <v>264</v>
+        <v>339</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
@@ -2765,5156 +2762,5148 @@
       </c>
       <c r="E26" s="15" t="s">
         <v>73</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03882</v>
       </c>
       <c r="L26" s="15">
         <v>0.0209</v>
       </c>
       <c r="M26" s="15">
         <v>0.019</v>
       </c>
       <c r="N26" s="15">
-        <v>32655</v>
+        <v>28389</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>74</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>76</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03882</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.02</v>
       </c>
       <c r="N27" s="15">
-        <v>28057</v>
+        <v>35484</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>3000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03952</v>
       </c>
       <c r="L28" s="15">
         <v>0.024</v>
       </c>
       <c r="M28" s="15">
         <v>0.021</v>
       </c>
       <c r="N28" s="15">
-        <v>32868</v>
+        <v>33264</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10000017890</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04867</v>
       </c>
       <c r="L29" s="15">
         <v>0.0278</v>
       </c>
       <c r="M29" s="15">
         <v>0.025</v>
       </c>
       <c r="N29" s="15">
-        <v>42680</v>
+        <v>41710</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080003682</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15" t="s">
         <v>85</v>
       </c>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03633</v>
       </c>
       <c r="L30" s="15">
         <v>0.0242</v>
       </c>
       <c r="M30" s="15">
         <v>0.0219</v>
       </c>
       <c r="N30" s="15">
-        <v>9933</v>
+        <v>7267</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>88</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04223</v>
       </c>
       <c r="L31" s="15">
         <v>0.02985</v>
       </c>
       <c r="M31" s="15">
         <v>0.02592</v>
       </c>
       <c r="N31" s="15">
-        <v>37328</v>
+        <v>38442</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>4000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04409</v>
       </c>
       <c r="L32" s="15">
         <v>0.0285</v>
       </c>
       <c r="M32" s="15">
         <v>0.0259</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15">
-        <v>2600</v>
-[...3 lines deleted...]
-      </c>
+        <v>2760</v>
+      </c>
+      <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E33" s="15">
         <v>10000017888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>4000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04867</v>
       </c>
       <c r="L33" s="15">
         <v>0.027</v>
       </c>
       <c r="M33" s="15">
         <v>0.0246</v>
       </c>
       <c r="N33" s="15">
-        <v>1487</v>
+        <v>1417</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E34" s="15">
         <v>10000030275</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03</v>
       </c>
       <c r="L34" s="15">
         <v>0.022</v>
       </c>
       <c r="M34" s="15">
         <v>0.019</v>
       </c>
       <c r="N34" s="15">
-        <v>5730</v>
+        <v>5411</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E35" s="15">
         <v>10000030274</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>4000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03716</v>
       </c>
       <c r="L35" s="15">
         <v>0.0266</v>
       </c>
       <c r="M35" s="15">
         <v>0.024</v>
       </c>
       <c r="N35" s="15">
-        <v>3705</v>
+        <v>3888</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E36" s="15">
         <v>10000018286</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>4000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03436</v>
       </c>
       <c r="L36" s="15">
         <v>0.02429</v>
       </c>
       <c r="M36" s="15">
         <v>0.02109</v>
       </c>
       <c r="N36" s="15">
-        <v>86357</v>
+        <v>75038</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E37" s="15">
         <v>10080000636</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>4000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03</v>
       </c>
       <c r="L37" s="15">
         <v>0.02</v>
       </c>
       <c r="M37" s="15">
         <v>0.0183</v>
       </c>
       <c r="N37" s="15">
-        <v>60875</v>
+        <v>54212</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02827</v>
       </c>
       <c r="L38" s="15">
         <v>0.02371</v>
       </c>
       <c r="M38" s="15">
         <v>0.0228</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="E39" s="15">
         <v>10080000635</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0294</v>
       </c>
       <c r="L39" s="15">
         <v>0.0196</v>
       </c>
       <c r="M39" s="15">
         <v>0.017</v>
       </c>
       <c r="N39" s="15">
-        <v>35437</v>
+        <v>39085</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E40" s="15">
         <v>10000018279</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03654</v>
       </c>
       <c r="L40" s="15">
         <v>0.022</v>
       </c>
       <c r="M40" s="15">
         <v>0.02</v>
       </c>
       <c r="N40" s="15">
-        <v>38281</v>
+        <v>51603</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>57</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
         <v>0.04804</v>
       </c>
       <c r="L41" s="15">
         <v>0.04495</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>4000</v>
       </c>
       <c r="K42" s="15">
         <v>0.03432</v>
       </c>
       <c r="L42" s="15">
         <v>0.03432</v>
       </c>
       <c r="M42" s="15">
         <v>0.03432</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.105</v>
       </c>
       <c r="L43" s="15">
         <v>0.105</v>
       </c>
       <c r="M43" s="15">
         <v>0.105</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="C44" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="C44" s="15" t="s">
+      <c r="D44" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E44" s="15">
         <v>10000017883</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>3000</v>
       </c>
       <c r="K44" s="15">
         <v>0.04867</v>
       </c>
       <c r="L44" s="15">
         <v>0.0255</v>
       </c>
       <c r="M44" s="15">
         <v>0.023</v>
       </c>
       <c r="N44" s="15">
-        <v>68835</v>
+        <v>66434</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E45" s="15">
         <v>10000018344</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04186</v>
       </c>
       <c r="L45" s="15">
         <v>0.0266</v>
       </c>
       <c r="M45" s="15">
         <v>0.024</v>
       </c>
       <c r="N45" s="15">
-        <v>14692</v>
+        <v>21436</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E46" s="15">
         <v>10000018282</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>3000</v>
       </c>
       <c r="K46" s="15">
         <v>0.03908</v>
       </c>
       <c r="L46" s="15">
         <v>0.0249</v>
       </c>
       <c r="M46" s="15">
         <v>0.022</v>
       </c>
       <c r="N46" s="15">
-        <v>15895</v>
+        <v>8092</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E47" s="15">
         <v>10000017882</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>3000</v>
       </c>
       <c r="K47" s="15">
         <v>0.03635</v>
       </c>
       <c r="L47" s="15">
         <v>0.025</v>
       </c>
       <c r="M47" s="15">
         <v>0.0213</v>
       </c>
       <c r="N47" s="15">
-        <v>134895</v>
+        <v>96807</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E48" s="15">
         <v>10080002654</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>3000</v>
       </c>
       <c r="K48" s="15">
         <v>0.04186</v>
       </c>
       <c r="L48" s="15">
         <v>0.0266</v>
       </c>
       <c r="M48" s="15">
         <v>0.024</v>
       </c>
       <c r="N48" s="15">
-        <v>2536</v>
+        <v>1910</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E49" s="15">
         <v>10000018301</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>3000</v>
       </c>
       <c r="K49" s="15">
         <v>0.03865</v>
       </c>
       <c r="L49" s="15">
         <v>0.026</v>
       </c>
       <c r="M49" s="15">
         <v>0.022</v>
       </c>
       <c r="N49" s="15">
-        <v>18539</v>
+        <v>16658</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E50" s="15">
         <v>10000017884</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.04121</v>
       </c>
       <c r="L50" s="15">
         <v>0.024</v>
       </c>
       <c r="M50" s="15">
         <v>0.021</v>
       </c>
       <c r="N50" s="15">
-        <v>3556</v>
+        <v>2906</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E51" s="15">
         <v>10000014328</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>4000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04752</v>
       </c>
       <c r="L51" s="15">
         <v>0.0265</v>
       </c>
       <c r="M51" s="15">
         <v>0.0235</v>
       </c>
       <c r="N51" s="15">
-        <v>4286</v>
+        <v>5235</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E52" s="15">
         <v>10000014327</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05235</v>
       </c>
       <c r="L52" s="15">
         <v>0.0243</v>
       </c>
       <c r="M52" s="15">
         <v>0.021</v>
       </c>
       <c r="N52" s="15">
-        <v>69694</v>
+        <v>62397</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E53" s="15">
         <v>10080006135</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>4000</v>
       </c>
       <c r="K53" s="15">
         <v>0.04186</v>
       </c>
       <c r="L53" s="15">
         <v>0.028</v>
       </c>
       <c r="M53" s="15">
         <v>0.023</v>
       </c>
       <c r="N53" s="15">
-        <v>86968</v>
+        <v>69575</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>4000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04746</v>
       </c>
       <c r="L54" s="15">
         <v>0.0303</v>
       </c>
       <c r="M54" s="15">
         <v>0.027</v>
       </c>
       <c r="N54" s="15">
-        <v>5479</v>
+        <v>4915</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>146</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.0356</v>
       </c>
       <c r="L55" s="15">
         <v>0.02986</v>
       </c>
       <c r="M55" s="15">
         <v>0.026</v>
       </c>
       <c r="N55" s="15">
-        <v>2440</v>
+        <v>2840</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E56" s="15">
         <v>10080002655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04327</v>
       </c>
       <c r="L56" s="15">
         <v>0.03131</v>
       </c>
       <c r="M56" s="15">
         <v>0.024</v>
       </c>
       <c r="N56" s="15">
-        <v>7502</v>
+        <v>6988</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0399</v>
       </c>
       <c r="L57" s="15">
         <v>0.0266</v>
       </c>
       <c r="M57" s="15">
         <v>0.024</v>
       </c>
       <c r="N57" s="15">
-        <v>3255</v>
+        <v>3342</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E58" s="15">
         <v>10000018308</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="J58" s="15">
         <v>4000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03893</v>
       </c>
       <c r="L58" s="15">
         <v>0.0256</v>
       </c>
       <c r="M58" s="15">
         <v>0.0224</v>
       </c>
       <c r="N58" s="15">
-        <v>22236</v>
+        <v>19738</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E59" s="15">
         <v>10080049082</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>4000</v>
       </c>
       <c r="K59" s="15">
         <v>0.037</v>
       </c>
       <c r="L59" s="15">
         <v>0.02616</v>
       </c>
       <c r="M59" s="15">
         <v>0.02272</v>
       </c>
       <c r="N59" s="15">
-        <v>6240</v>
+        <v>5040</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E60" s="15">
         <v>10000018272</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>4000</v>
       </c>
       <c r="K60" s="15">
         <v>0.03908</v>
       </c>
       <c r="L60" s="15">
         <v>0.0233</v>
       </c>
       <c r="M60" s="15">
         <v>0.0218</v>
       </c>
       <c r="N60" s="15">
-        <v>45796</v>
+        <v>50844</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E61" s="15">
         <v>10000018302</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.03908</v>
       </c>
       <c r="L61" s="15">
         <v>0.0242</v>
       </c>
       <c r="M61" s="15">
         <v>0.022</v>
       </c>
       <c r="N61" s="15">
-        <v>57090</v>
+        <v>58433</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E62" s="15">
         <v>10080038881</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0648</v>
       </c>
       <c r="L62" s="15">
         <v>0.04688</v>
       </c>
       <c r="M62" s="15">
         <v>0.04091</v>
       </c>
       <c r="N62" s="15">
-        <v>3196</v>
+        <v>3003</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E63" s="15">
         <v>10080037822</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.0648</v>
       </c>
       <c r="L63" s="15">
         <v>0.0469</v>
       </c>
       <c r="M63" s="15">
         <v>0.0409</v>
       </c>
       <c r="N63" s="15">
         <v>20</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E64" s="15">
         <v>10000012898</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03962</v>
       </c>
       <c r="L64" s="15">
         <v>0.02801</v>
       </c>
       <c r="M64" s="15">
         <v>0.02433</v>
       </c>
       <c r="N64" s="15">
-        <v>3698</v>
+        <v>3440</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E65" s="15">
         <v>10080002656</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
         <v>0.03908</v>
       </c>
       <c r="L65" s="15">
         <v>0.0245</v>
       </c>
       <c r="M65" s="15">
         <v>0.022</v>
       </c>
       <c r="N65" s="15">
-        <v>58140</v>
+        <v>40950</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10000018326</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.035</v>
       </c>
       <c r="L66" s="15">
         <v>0.022</v>
       </c>
       <c r="M66" s="15">
         <v>0.02</v>
       </c>
       <c r="N66" s="15">
-        <v>3457</v>
+        <v>3095</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="C67" s="15" t="s">
+      <c r="D67" s="15" t="s">
         <v>174</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>3000</v>
       </c>
       <c r="K67" s="15">
         <v>0.041</v>
       </c>
       <c r="L67" s="15">
         <v>0.041</v>
       </c>
       <c r="M67" s="15">
         <v>0.041</v>
       </c>
       <c r="N67" s="15">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>3000</v>
       </c>
       <c r="K68" s="15">
         <v>0.031</v>
       </c>
       <c r="L68" s="15">
         <v>0.031</v>
       </c>
       <c r="M68" s="15">
         <v>0.031</v>
       </c>
       <c r="N68" s="15">
         <v>37</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>3000</v>
       </c>
       <c r="K69" s="15">
         <v>0.06112</v>
       </c>
       <c r="L69" s="15">
         <v>0.05126</v>
       </c>
       <c r="M69" s="15">
         <v>0.04929</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>3000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="E70" s="15">
         <v>10080038398</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>3000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04</v>
       </c>
       <c r="L70" s="15">
         <v>0.04</v>
       </c>
       <c r="M70" s="15">
         <v>0.04</v>
       </c>
       <c r="N70" s="15">
-        <v>5146</v>
+        <v>5548</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>186</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1</v>
       </c>
       <c r="K71" s="15">
         <v>0.0532</v>
       </c>
       <c r="L71" s="15">
         <v>0.04822</v>
       </c>
       <c r="M71" s="15">
         <v>0.0449</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>189</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.024</v>
       </c>
       <c r="L72" s="15">
         <v>0.024</v>
       </c>
       <c r="M72" s="15">
         <v>0.024</v>
       </c>
       <c r="N72" s="15">
-        <v>2993</v>
+        <v>2297</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="E73" s="15">
         <v>10080027076</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
         <v>0.04156</v>
       </c>
       <c r="L73" s="15">
         <v>0.0266</v>
       </c>
       <c r="M73" s="15">
         <v>0.024</v>
       </c>
       <c r="N73" s="15">
-        <v>2203</v>
+        <v>2592</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E74" s="15">
         <v>10000018309</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="J74" s="15">
         <v>3000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0335</v>
       </c>
       <c r="L74" s="15">
         <v>0.02</v>
       </c>
       <c r="M74" s="15">
         <v>0.022</v>
       </c>
       <c r="N74" s="15">
-        <v>34753</v>
+        <v>38272</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
         <v>0.035</v>
       </c>
       <c r="L75" s="15">
         <v>0.0221</v>
       </c>
       <c r="M75" s="15">
         <v>0.0205</v>
       </c>
       <c r="N75" s="15">
-        <v>40554</v>
+        <v>59480</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="E76" s="15">
         <v>10000018291</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>3000</v>
       </c>
       <c r="K76" s="15">
         <v>0.04</v>
       </c>
       <c r="L76" s="15">
         <v>0.027</v>
       </c>
       <c r="M76" s="15">
         <v>0.0246</v>
       </c>
       <c r="N76" s="15">
-        <v>6069</v>
+        <v>4856</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E77" s="15">
         <v>10080031785</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>3000</v>
       </c>
       <c r="K77" s="15">
         <v>0.05348</v>
       </c>
       <c r="L77" s="15">
         <v>0.0387</v>
       </c>
       <c r="M77" s="15">
         <v>0.03376</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15">
-        <v>1890</v>
-[...3 lines deleted...]
-      </c>
+        <v>2640</v>
+      </c>
+      <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E78" s="15">
         <v>10000018337</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.035</v>
       </c>
       <c r="L78" s="15">
         <v>0.024</v>
       </c>
       <c r="M78" s="15">
         <v>0.021</v>
       </c>
       <c r="N78" s="15">
-        <v>34241</v>
+        <v>34794</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="C79" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="C79" s="15" t="s">
+      <c r="D79" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E79" s="15">
         <v>10080006298</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>3000</v>
       </c>
       <c r="K79" s="15">
         <v>0.07536</v>
       </c>
       <c r="L79" s="15">
         <v>0.05453</v>
       </c>
       <c r="M79" s="15">
         <v>0.04758</v>
       </c>
       <c r="N79" s="15">
         <v>23741</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="E80" s="15">
         <v>10080037798</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.052</v>
       </c>
       <c r="L80" s="15">
         <v>0.0356</v>
       </c>
       <c r="M80" s="15">
         <v>0.03195</v>
       </c>
       <c r="N80" s="15">
-        <v>13373</v>
+        <v>13544</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06979</v>
       </c>
       <c r="L81" s="15">
         <v>0.0454</v>
       </c>
       <c r="M81" s="15">
         <v>0.0412</v>
       </c>
       <c r="N81" s="15">
-        <v>10543</v>
+        <v>12770</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="E82" s="15">
         <v>10080075711</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.06979</v>
       </c>
       <c r="L82" s="15">
         <v>0.0432</v>
       </c>
       <c r="M82" s="15">
         <v>0.0393</v>
       </c>
       <c r="N82" s="15">
-        <v>6101</v>
+        <v>5754</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E83" s="15">
         <v>10000018348</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06224</v>
       </c>
       <c r="L83" s="15">
         <v>0.042</v>
       </c>
       <c r="M83" s="15">
         <v>0.037</v>
       </c>
       <c r="N83" s="15">
-        <v>30491</v>
+        <v>23543</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E84" s="15">
         <v>10000018327</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.06486</v>
       </c>
       <c r="L84" s="15">
         <v>0.041</v>
       </c>
       <c r="M84" s="15">
         <v>0.0383</v>
       </c>
       <c r="N84" s="15">
-        <v>1166</v>
+        <v>1358</v>
       </c>
       <c r="O84" s="15">
-        <v>6030</v>
-[...3 lines deleted...]
-      </c>
+        <v>7020</v>
+      </c>
+      <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E85" s="15">
         <v>10080006299</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.06441</v>
       </c>
       <c r="L85" s="15">
         <v>0.04</v>
       </c>
       <c r="M85" s="15">
         <v>0.0367</v>
       </c>
       <c r="N85" s="15">
-        <v>19669</v>
+        <v>21740</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03421</v>
       </c>
       <c r="L86" s="15">
         <v>0.02869</v>
       </c>
       <c r="M86" s="15">
         <v>0.02759</v>
       </c>
       <c r="N86" s="15">
         <v>40</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>229</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
         <v>0.09017</v>
       </c>
       <c r="L87" s="15">
         <v>0.07561</v>
       </c>
       <c r="M87" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
+        <v>231</v>
+      </c>
+      <c r="C88" s="15" t="s">
         <v>232</v>
       </c>
-      <c r="C88" s="15" t="s">
+      <c r="D88" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>3000</v>
       </c>
       <c r="K88" s="15">
         <v>0.10574</v>
       </c>
       <c r="L88" s="15">
         <v>0.08867</v>
       </c>
       <c r="M88" s="15">
         <v>0.08527</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>235</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>236</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
         <v>0.07048</v>
       </c>
       <c r="L89" s="15">
         <v>0.05911</v>
       </c>
       <c r="M89" s="15">
         <v>0.05684</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>239</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>3000</v>
       </c>
       <c r="K90" s="15">
         <v>0.03573</v>
       </c>
       <c r="L90" s="15">
         <v>0.02997</v>
       </c>
       <c r="M90" s="15">
         <v>0.02881</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="E91" s="15">
         <v>10000017887</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="J91" s="15">
         <v>3000</v>
       </c>
       <c r="K91" s="15">
         <v>0.04399</v>
       </c>
       <c r="L91" s="15">
         <v>0.028</v>
       </c>
       <c r="M91" s="15">
         <v>0.0255</v>
       </c>
       <c r="N91" s="15">
-        <v>8733</v>
+        <v>8895</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E92" s="15">
         <v>10000030280</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04876</v>
       </c>
       <c r="L92" s="15">
         <v>0.0317</v>
       </c>
       <c r="M92" s="15">
         <v>0.0289</v>
       </c>
       <c r="N92" s="15">
-        <v>879</v>
+        <v>780</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
       <c r="E93" s="15">
         <v>10080006300</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
         <v>0.0466</v>
       </c>
       <c r="L93" s="15">
         <v>0.029</v>
       </c>
       <c r="M93" s="15">
         <v>0.0264</v>
       </c>
       <c r="N93" s="15">
-        <v>20136</v>
+        <v>21639</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E94" s="15">
         <v>10000030277</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.04466</v>
       </c>
       <c r="L94" s="15">
         <v>0.0266</v>
       </c>
       <c r="M94" s="15">
         <v>0.025</v>
       </c>
       <c r="N94" s="15">
-        <v>1961</v>
+        <v>2216</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E95" s="15">
         <v>10000017885</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04</v>
       </c>
       <c r="L95" s="15">
         <v>0.028</v>
       </c>
       <c r="M95" s="15">
         <v>0.0264</v>
       </c>
       <c r="N95" s="15">
-        <v>10004</v>
+        <v>6732</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="E96" s="15">
         <v>10000018351</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04</v>
       </c>
       <c r="L96" s="15">
         <v>0.0286</v>
       </c>
       <c r="M96" s="15">
         <v>0.026</v>
       </c>
       <c r="N96" s="15">
-        <v>949</v>
+        <v>757</v>
       </c>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E97" s="15">
         <v>10000030278</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
         <v>0.035</v>
       </c>
       <c r="L97" s="15">
         <v>0.022</v>
       </c>
       <c r="M97" s="15">
         <v>0.021</v>
       </c>
       <c r="N97" s="15">
-        <v>5776</v>
+        <v>6427</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>258</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="E98" s="15">
         <v>10000018267</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04186</v>
       </c>
       <c r="L98" s="15">
         <v>0.026</v>
       </c>
       <c r="M98" s="15">
         <v>0.023</v>
       </c>
       <c r="N98" s="15">
-        <v>13198</v>
+        <v>12470</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="E99" s="15">
         <v>10000020785</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.035</v>
       </c>
       <c r="L99" s="15">
         <v>0.024</v>
       </c>
       <c r="M99" s="15">
         <v>0.022</v>
       </c>
       <c r="N99" s="15">
-        <v>60770</v>
+        <v>44327</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
       <c r="E100" s="15">
         <v>10000030279</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.023</v>
       </c>
       <c r="L100" s="15">
         <v>0.023</v>
       </c>
       <c r="M100" s="15">
         <v>0.023</v>
       </c>
       <c r="N100" s="15">
-        <v>23115</v>
+        <v>19367</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
       <c r="E101" s="15">
         <v>10000018311</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.035</v>
       </c>
       <c r="L101" s="15">
         <v>0.0239</v>
       </c>
       <c r="M101" s="15">
         <v>0.0228</v>
       </c>
       <c r="N101" s="15">
-        <v>30698</v>
+        <v>36837</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>267</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>268</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>3000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04927</v>
       </c>
       <c r="L102" s="15">
         <v>0.04311</v>
       </c>
       <c r="M102" s="15">
         <v>0</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="D103" s="15" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="E103" s="15">
         <v>10000023505</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
         <v>0.11382</v>
       </c>
       <c r="L103" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M103" s="15">
         <v>0.07086000000000001</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
       <c r="E104" s="15">
         <v>10080002657</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L104" s="15">
         <v>0.049</v>
       </c>
       <c r="M104" s="15">
         <v>0.0456</v>
       </c>
       <c r="N104" s="15">
-        <v>32762</v>
+        <v>29029</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D105" s="15" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E105" s="15">
         <v>10000023504</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L105" s="15">
         <v>0.047</v>
       </c>
       <c r="M105" s="15">
         <v>0.043</v>
       </c>
       <c r="N105" s="15">
-        <v>6138</v>
+        <v>7989</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>276</v>
+      </c>
+      <c r="D106" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="E106" s="15">
         <v>10000018269</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.045</v>
       </c>
       <c r="L106" s="15">
         <v>0.045</v>
       </c>
       <c r="M106" s="15">
         <v>0.045</v>
       </c>
       <c r="N106" s="15">
-        <v>2760</v>
+        <v>3276</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C107" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="D107" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="D107" s="15" t="s">
+      <c r="E107" s="15" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>3000</v>
       </c>
       <c r="K107" s="15">
         <v>0.08859</v>
       </c>
       <c r="L107" s="15">
         <v>0.0743</v>
       </c>
       <c r="M107" s="15">
         <v>0.07145</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="C108" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="D108" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="D108" s="15" t="s">
+      <c r="E108" s="15" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.15765</v>
       </c>
       <c r="L108" s="15">
         <v>0.14288</v>
       </c>
       <c r="M108" s="15">
         <v>0.13302</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>284</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="H109" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="I109" s="15" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>289</v>
       </c>
       <c r="J109" s="15">
         <v>4000</v>
       </c>
       <c r="K109" s="15">
         <v>0.12421</v>
       </c>
       <c r="L109" s="15">
         <v>0.10418</v>
       </c>
       <c r="M109" s="15">
         <v>0.10018</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="D110" s="15" t="s">
+      <c r="E110" s="15" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>4000</v>
       </c>
       <c r="K110" s="15">
         <v>0.12421</v>
       </c>
       <c r="L110" s="15">
         <v>0.10418</v>
       </c>
       <c r="M110" s="15">
         <v>0.10018</v>
       </c>
       <c r="N110" s="15">
         <v>10</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>293</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>294</v>
       </c>
-      <c r="D111" s="15" t="s">
+      <c r="E111" s="15" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>4000</v>
       </c>
       <c r="K111" s="15">
         <v>0.12421</v>
       </c>
       <c r="L111" s="15">
         <v>0.10418</v>
       </c>
       <c r="M111" s="15">
         <v>0.10018</v>
       </c>
       <c r="N111" s="15">
         <v>10</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="C112" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="C112" s="15" t="s">
+      <c r="D112" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="D112" s="15" t="s">
+      <c r="E112" s="15" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>4000</v>
       </c>
       <c r="K112" s="15">
         <v>0.06448</v>
       </c>
       <c r="L112" s="15">
         <v>0.04666</v>
       </c>
       <c r="M112" s="15">
         <v>0.04071</v>
       </c>
       <c r="N112" s="15">
-        <v>38537</v>
+        <v>37620</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>301</v>
+      </c>
+      <c r="D113" s="15" t="s">
         <v>302</v>
       </c>
-      <c r="D113" s="15" t="s">
+      <c r="E113" s="15" t="s">
         <v>303</v>
-      </c>
-[...1 lines deleted...]
-        <v>304</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2000</v>
       </c>
       <c r="K113" s="15">
         <v>0.04806</v>
       </c>
       <c r="L113" s="15">
         <v>0.04031</v>
       </c>
       <c r="M113" s="15">
         <v>0.03875</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>20000</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>304</v>
+      </c>
+      <c r="D114" s="15" t="s">
         <v>305</v>
       </c>
-      <c r="D114" s="15" t="s">
+      <c r="E114" s="15" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>2000</v>
       </c>
       <c r="K114" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L114" s="15">
         <v>0.05717</v>
       </c>
       <c r="M114" s="15">
         <v>0.05497</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>20000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>308</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L115" s="15">
         <v>0.05717</v>
       </c>
       <c r="M115" s="15">
         <v>0.05497</v>
       </c>
       <c r="N115" s="15">
         <v>20</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15">
         <v>20000</v>
       </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>312</v>
       </c>
       <c r="E116" s="15">
         <v>10080034991</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03318</v>
       </c>
       <c r="L116" s="15">
         <v>0.02401</v>
       </c>
       <c r="M116" s="15">
         <v>0.02095</v>
       </c>
       <c r="N116" s="15">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
       <c r="E117" s="15">
         <v>10080034990</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.03127</v>
       </c>
       <c r="L117" s="15">
         <v>0.02035</v>
       </c>
       <c r="M117" s="15">
         <v>0.0185</v>
       </c>
       <c r="N117" s="15">
-        <v>1455</v>
+        <v>1358</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>314</v>
+      </c>
+      <c r="D118" s="15" t="s">
         <v>315</v>
       </c>
-      <c r="D118" s="15" t="s">
+      <c r="E118" s="15" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>318</v>
+        <v>317</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>4000</v>
       </c>
       <c r="K118" s="15">
         <v>0.03333</v>
       </c>
       <c r="L118" s="15">
         <v>0.02412</v>
       </c>
       <c r="M118" s="15">
         <v>0.02104</v>
       </c>
       <c r="N118" s="15">
-        <v>8280</v>
+        <v>9480</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
+        <v>318</v>
+      </c>
+      <c r="C119" s="15" t="s">
         <v>319</v>
       </c>
-      <c r="C119" s="15" t="s">
+      <c r="D119" s="15" t="s">
         <v>320</v>
       </c>
-      <c r="D119" s="15" t="s">
+      <c r="E119" s="15" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.065</v>
       </c>
       <c r="L119" s="15">
         <v>0.0435</v>
       </c>
       <c r="M119" s="15">
         <v>0.0396</v>
       </c>
       <c r="N119" s="15">
-        <v>4480</v>
+        <v>5376</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C120" s="15" t="s">
+        <v>323</v>
+      </c>
+      <c r="D120" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="D120" s="15" t="s">
+      <c r="E120" s="15" t="s">
         <v>325</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.05227</v>
       </c>
       <c r="L120" s="15">
         <v>0.04384</v>
       </c>
       <c r="M120" s="15">
         <v>0.04215</v>
       </c>
-      <c r="N120" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>4000</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>326</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>327</v>
       </c>
-      <c r="D121" s="15" t="s">
+      <c r="E121" s="15" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
         <v>0.02697</v>
       </c>
       <c r="L121" s="15">
         <v>0.02262</v>
       </c>
       <c r="M121" s="15">
         <v>0.02175</v>
       </c>
       <c r="N121" s="15">
         <v>100</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
         <v>0.02728</v>
       </c>
       <c r="L122" s="15">
         <v>0.02288</v>
       </c>
       <c r="M122" s="15">
         <v>0.022</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>4000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="E123" s="15">
         <v>10080034684</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.06169</v>
       </c>
       <c r="L123" s="15">
         <v>0.04423</v>
       </c>
       <c r="M123" s="15">
         <v>0.03841</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>334</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E124" s="15">
         <v>10080034685</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.031</v>
       </c>
       <c r="L124" s="15">
         <v>0.031</v>
       </c>
       <c r="M124" s="15">
         <v>0.031</v>
       </c>
       <c r="N124" s="15">
-        <v>553</v>
+        <v>481</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C125" s="15" t="s">
+        <v>336</v>
+      </c>
+      <c r="D125" s="15" t="s">
         <v>337</v>
       </c>
-      <c r="D125" s="15" t="s">
+      <c r="E125" s="15" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.02638</v>
       </c>
       <c r="L125" s="15">
         <v>0.02638</v>
       </c>
       <c r="M125" s="15">
         <v>0.02638</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>339</v>
+      </c>
+      <c r="D126" s="15" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="E126" s="15">
         <v>10000029709</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>2000</v>
       </c>
       <c r="K126" s="15">
         <v>0.03234</v>
       </c>
       <c r="L126" s="15">
         <v>0.02286</v>
       </c>
       <c r="M126" s="15">
         <v>0.01985</v>
       </c>
       <c r="N126" s="15">
-        <v>30907</v>
+        <v>29910</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>342</v>
       </c>
-      <c r="D127" s="15" t="s">
+      <c r="E127" s="15" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.03478</v>
       </c>
       <c r="L127" s="15">
         <v>0.02917</v>
       </c>
       <c r="M127" s="15">
         <v>0.02805</v>
       </c>
       <c r="N127" s="15">
         <v>40</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>344</v>
+      </c>
+      <c r="D128" s="15" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="E128" s="15">
         <v>10080002651</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0611</v>
       </c>
       <c r="L128" s="15">
         <v>0.0432</v>
       </c>
       <c r="M128" s="15">
         <v>0.03751</v>
       </c>
       <c r="N128" s="15">
-        <v>28259</v>
+        <v>29389</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C129" s="15" t="s">
+        <v>346</v>
+      </c>
+      <c r="D129" s="15" t="s">
         <v>347</v>
       </c>
-      <c r="D129" s="15" t="s">
+      <c r="E129" s="15" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
         <v>0.07418</v>
       </c>
       <c r="L129" s="15">
         <v>0.05244</v>
       </c>
       <c r="M129" s="15">
         <v>0.04554</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>350</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.03077</v>
       </c>
       <c r="L130" s="15">
         <v>0.02581</v>
       </c>
       <c r="M130" s="15">
         <v>0.02481</v>
       </c>
       <c r="N130" s="15">
         <v>100</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="E131" s="15">
         <v>10080001183</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.038</v>
       </c>
       <c r="L131" s="15">
         <v>0.027</v>
       </c>
       <c r="M131" s="15">
         <v>0.0252</v>
       </c>
       <c r="N131" s="15">
-        <v>1770</v>
+        <v>1907</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
       <c r="E132" s="15">
         <v>10000023503</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2000</v>
       </c>
       <c r="K132" s="15">
         <v>0.03281</v>
       </c>
       <c r="L132" s="15">
         <v>0.02</v>
       </c>
       <c r="M132" s="15">
         <v>0.019</v>
       </c>
       <c r="N132" s="15">
-        <v>46982</v>
+        <v>46387</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>356</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
       <c r="E133" s="15">
         <v>10000023502</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
         <v>0.09607</v>
       </c>
       <c r="L133" s="15">
         <v>0.09361</v>
       </c>
       <c r="M133" s="15">
         <v>0.09114</v>
       </c>
       <c r="N133" s="15">
         <v>3</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="E134" s="15">
         <v>10000023501</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.03917</v>
       </c>
       <c r="L134" s="15">
         <v>0.0259</v>
       </c>
       <c r="M134" s="15">
         <v>0.022</v>
       </c>
       <c r="N134" s="15">
-        <v>80372</v>
+        <v>72244</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
       <c r="E135" s="15">
         <v>10080037521</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2000</v>
       </c>
       <c r="K135" s="15">
         <v>0.035</v>
       </c>
       <c r="L135" s="15">
         <v>0.035</v>
       </c>
       <c r="M135" s="15">
         <v>0.035</v>
       </c>
       <c r="N135" s="15">
-        <v>23716</v>
+        <v>19566</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>362</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>363</v>
       </c>
-      <c r="D136" s="15" t="s">
+      <c r="E136" s="15" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2000</v>
       </c>
       <c r="K136" s="15">
         <v>0.06119</v>
       </c>
       <c r="L136" s="15">
         <v>0.04326</v>
       </c>
       <c r="M136" s="15">
         <v>0.03757</v>
       </c>
       <c r="N136" s="15">
-        <v>6699</v>
+        <v>5852</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>365</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
       <c r="E137" s="15">
         <v>10000023500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="J137" s="15">
         <v>2000</v>
       </c>
       <c r="K137" s="15">
         <v>0.0335</v>
       </c>
       <c r="L137" s="15">
         <v>0.018</v>
       </c>
       <c r="M137" s="15">
         <v>0.0165</v>
       </c>
       <c r="N137" s="15">
-        <v>26896</v>
+        <v>20992</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="E138" s="15">
         <v>10080009739</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
         <v>0.03784</v>
       </c>
       <c r="L138" s="15">
         <v>0.01962</v>
       </c>
       <c r="M138" s="15">
         <v>0.0179</v>
       </c>
       <c r="N138" s="15">
-        <v>300</v>
+        <v>260</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="E139" s="15">
         <v>10000023499</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2000</v>
       </c>
       <c r="K139" s="15">
         <v>0.04004</v>
       </c>
       <c r="L139" s="15">
         <v>0.02897</v>
       </c>
       <c r="M139" s="15">
         <v>0.02528</v>
       </c>
       <c r="N139" s="15">
-        <v>36120</v>
+        <v>31080</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>372</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>373</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1</v>
       </c>
       <c r="K140" s="15">
         <v>0.12</v>
       </c>
       <c r="L140" s="15">
         <v>0.12</v>
       </c>
       <c r="M140" s="15">
         <v>0.12</v>
       </c>
       <c r="N140" s="15">
         <v>5</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>376</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.066</v>
       </c>
       <c r="L141" s="15">
         <v>0.04416</v>
       </c>
       <c r="M141" s="15">
         <v>0.0405</v>
       </c>
       <c r="N141" s="15">
-        <v>3404</v>
+        <v>3542</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="D142" s="15" t="s">
+      <c r="E142" s="15" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>3000</v>
       </c>
       <c r="K142" s="15">
         <v>0.05153</v>
       </c>
       <c r="L142" s="15">
         <v>0.04294</v>
       </c>
       <c r="M142" s="15">
         <v>0.04123</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>383</v>
       </c>
-      <c r="D143" s="15" t="s">
+      <c r="E143" s="15" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>5000</v>
       </c>
       <c r="K143" s="15">
         <v>0.0703</v>
       </c>
       <c r="L143" s="15">
         <v>0.05895</v>
       </c>
       <c r="M143" s="15">
         <v>0.05669</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
+        <v>385</v>
+      </c>
+      <c r="C144" s="15" t="s">
         <v>386</v>
       </c>
-      <c r="C144" s="15" t="s">
+      <c r="D144" s="15" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="E144" s="15">
         <v>10080029091</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.075</v>
       </c>
       <c r="L144" s="15">
         <v>0.0533</v>
       </c>
       <c r="M144" s="15">
         <v>0.05</v>
       </c>
       <c r="N144" s="15">
-        <v>5217</v>
+        <v>6200</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>389</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="E145" s="15">
         <v>10080002269</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L145" s="15">
         <v>0.0593</v>
       </c>
       <c r="M145" s="15">
         <v>0.0539</v>
       </c>
       <c r="N145" s="15">
-        <v>34980</v>
+        <v>34514</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>392</v>
       </c>
-      <c r="D146" s="15" t="s">
+      <c r="E146" s="15" t="s">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>394</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L146" s="15">
         <v>0.0593</v>
       </c>
       <c r="M146" s="15">
         <v>0.0539</v>
       </c>
       <c r="N146" s="15">
-        <v>1276</v>
+        <v>1136</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>394</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="E147" s="15">
         <v>10080029089</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
         <v>0.09084</v>
       </c>
       <c r="L147" s="15">
         <v>0.0598</v>
       </c>
       <c r="M147" s="15">
         <v>0.054</v>
       </c>
       <c r="N147" s="15">
-        <v>17266</v>
+        <v>16102</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E148" s="15">
         <v>10080002653</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
         <v>0.08</v>
       </c>
       <c r="L148" s="15">
         <v>0.0463</v>
       </c>
       <c r="M148" s="15">
         <v>0.044</v>
       </c>
       <c r="N148" s="15">
         <v>39</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E149" s="15">
         <v>10080001497</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
         <v>0.075</v>
       </c>
       <c r="L149" s="15">
         <v>0.05</v>
       </c>
       <c r="M149" s="15">
         <v>0.046</v>
       </c>
       <c r="N149" s="15">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="E150" s="15">
         <v>10080009740</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
         <v>0.06</v>
       </c>
       <c r="L150" s="15">
         <v>0.045</v>
       </c>
       <c r="M150" s="15">
         <v>0.04</v>
       </c>
       <c r="N150" s="15">
-        <v>730</v>
+        <v>810</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>402</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="E151" s="15">
         <v>10080029090</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>389</v>
+        <v>388</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L151" s="15">
         <v>0.055</v>
       </c>
       <c r="M151" s="15">
         <v>0.05</v>
       </c>
       <c r="N151" s="15">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14"/>
       <c r="C152" s="15"/>
       <c r="D152" s="15"/>
       <c r="E152" s="15"/>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15"/>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15"/>
       <c r="L152" s="15"/>
       <c r="M152" s="15"/>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
     </row>
   </sheetData>
@@ -7957,317 +7946,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>410</v>
+        <v>409</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>412</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>413</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>415</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>419</v>
+        <v>418</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>