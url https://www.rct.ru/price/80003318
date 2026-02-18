--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="431">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,65 +181,71 @@
   <si>
     <t>0402 Белый 600mcd 130° CCT:7000K h=0.35mm / FYLS-0402UWC</t>
   </si>
   <si>
     <t>FYLS-0402UYC</t>
   </si>
   <si>
     <t>0402 Жёлтый 120mcd 130° 592nm h=0.35mm / FYLS-0402UYC</t>
   </si>
   <si>
     <t>Светодиоды / светодиоды, фотодиоды FORYARD / SMD / светодиоды 0603, 0605</t>
   </si>
   <si>
     <t>FYLS-0602UGC</t>
   </si>
   <si>
     <t>0602 Зелёный 570nm 25mcd 130° H=1.0мм / FYLS-0602UGC</t>
   </si>
   <si>
     <t>UT-00145706</t>
   </si>
   <si>
     <t>LED0602</t>
   </si>
   <si>
+    <t>23.02.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603BPGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.6mm / FYLS-0603BPGC</t>
   </si>
   <si>
     <t>LED0603</t>
   </si>
   <si>
     <t>FYLS-0603BUBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.6mm / FYLS-0603BUBC</t>
   </si>
   <si>
+    <t>03.06.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603BUEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 110mcd 130° 625nm h=0.6mm / FYLS-0603BUEC</t>
   </si>
   <si>
     <t>FYLS-0603BUGC</t>
   </si>
   <si>
     <t>0603 Жёлто-зелёный 40mcd 130° 570nm h=0.6mm / FYLS-0603BUGC</t>
   </si>
   <si>
     <t>FYLS-0603BURC</t>
   </si>
   <si>
     <t>0603 Красный 80mcd 130° 631nm h=0.6mm / FYLS-0603BURC</t>
   </si>
   <si>
     <t>FYLS-0603BUWC</t>
   </si>
   <si>
     <t>0603 Белый 600mcd 130° CCT:7000K h=0.6mm / FYLS-0603BUWC</t>
   </si>
   <si>
     <t>FYLS-0603FKURC</t>
@@ -283,50 +289,53 @@
   <si>
     <t>0603 Жёлто-зелёный 20mcd 130° 568nm h=0.8mm / FYLS-0603GC</t>
   </si>
   <si>
     <t xml:space="preserve">KPH-1608SGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.8mm / FYLS-0603PGC</t>
   </si>
   <si>
     <t xml:space="preserve">KPT-1608ZGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PURC</t>
   </si>
   <si>
     <t>0603 Красный ультра 225-450mcd 130° 632nm h=0.8mm / FYLS-0603PURC</t>
   </si>
   <si>
     <t>UT-00091182</t>
   </si>
   <si>
+    <t>21.03.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603PUYC</t>
   </si>
   <si>
     <t xml:space="preserve">0603 Жёлтый 300mcd 130° 590nm h=0.8mm / FYLS-0603PUYC </t>
   </si>
   <si>
     <t>UT-00132576</t>
   </si>
   <si>
     <t>FYLS-0603SRC</t>
   </si>
   <si>
     <t>0603 Красный 15mcd 130° 643nm h=0.8mm / FYLS-0603SRC</t>
   </si>
   <si>
     <t>FYLS-0603UBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.8mm / FYLS-0603UBC ( L-C191LBCT )</t>
   </si>
   <si>
     <t>FYLS-0603UEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 100mcd 130° 625nm h=0.8mm / FYLS-0603UEC</t>
@@ -782,50 +791,53 @@
     <t>1206 Красный 15mcd 140° 643nm h=1,1mm / FYLS-1206HRC</t>
   </si>
   <si>
     <t xml:space="preserve">KP-3216EC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-1206PGC</t>
   </si>
   <si>
     <t>1206 Изумрудный 360mcd 140° 525nm h=1,1mm / FYLS-1206PGC</t>
   </si>
   <si>
     <t>FYLS-1206SRC</t>
   </si>
   <si>
     <t>1206 Красный 15mcd 140° 643nm h=1,1mm / FYLS-1206SRC</t>
   </si>
   <si>
     <t xml:space="preserve">FYLS-1206DRC FORYARD, </t>
   </si>
   <si>
     <t>FYLS-1206UBC</t>
   </si>
   <si>
     <t>1206 Синий 120mcd 140° 468nm h=1,1mm / FYLS-1206UBC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">APT3216QBC/D KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-1206UEC</t>
   </si>
   <si>
     <t>1206 Оранжевый 100mcd 140° 620nm h=1,1mm / FYLS-1206UEC</t>
   </si>
   <si>
     <t>FYLS-1206UGC</t>
   </si>
   <si>
     <t>1206 Жёлто-зелёный 45mcd 140° 570nm h=1,1mm / FYLS-1206UGC</t>
   </si>
   <si>
     <t>FYLS-1206URC</t>
   </si>
   <si>
     <t>1206 Красный 80mcd 140° 631nm h=1,1mm / FYLS-1206URC</t>
   </si>
   <si>
     <t>FYLS-1206UWC</t>
   </si>
   <si>
     <t>1206 Белый 500mcd 140° CCT:7000K h=1,1mm / FYLS-1206UWC</t>
   </si>
@@ -2110,5800 +2122,5868 @@
       </c>
       <c r="E10" s="15">
         <v>10080059909</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03958</v>
       </c>
       <c r="L10" s="15">
         <v>0.02798</v>
       </c>
       <c r="M10" s="15">
         <v>0.0243</v>
       </c>
       <c r="N10" s="15">
-        <v>11237</v>
+        <v>12059</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080059910</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>4000</v>
       </c>
       <c r="K11" s="15">
         <v>0.043</v>
       </c>
       <c r="L11" s="15">
         <v>0.028</v>
       </c>
       <c r="M11" s="15">
         <v>0.025</v>
       </c>
       <c r="N11" s="15">
-        <v>2712</v>
+        <v>2646</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080059912</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>5000</v>
       </c>
       <c r="K12" s="15">
         <v>0.044</v>
       </c>
       <c r="L12" s="15">
         <v>0.028</v>
       </c>
       <c r="M12" s="15">
         <v>0.025</v>
       </c>
       <c r="N12" s="15">
-        <v>5454</v>
+        <v>5195</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080059911</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.044</v>
       </c>
       <c r="L13" s="15">
         <v>0.028</v>
       </c>
       <c r="M13" s="15">
         <v>0.025</v>
       </c>
       <c r="N13" s="15">
-        <v>758</v>
+        <v>869</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080059913</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.044</v>
       </c>
       <c r="L14" s="15">
         <v>0.028</v>
       </c>
       <c r="M14" s="15">
         <v>0.025</v>
       </c>
       <c r="N14" s="15">
-        <v>49702</v>
+        <v>23131</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080059914</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>5000</v>
       </c>
       <c r="K15" s="15">
         <v>0.036</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.022</v>
       </c>
       <c r="N15" s="15">
-        <v>7996</v>
+        <v>6397</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080059915</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.04</v>
+        <v>0.021</v>
       </c>
       <c r="L16" s="15">
-        <v>0.0271</v>
+        <v>0.021</v>
       </c>
       <c r="M16" s="15">
-        <v>0.0247</v>
+        <v>0.021</v>
       </c>
       <c r="N16" s="15">
-        <v>13666</v>
+        <v>13462</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080059916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>5000</v>
       </c>
       <c r="K17" s="15">
-        <v>0.036</v>
+        <v>0.02245</v>
       </c>
       <c r="L17" s="15">
-        <v>0.0245</v>
+        <v>0.02245</v>
       </c>
       <c r="M17" s="15">
         <v>0.02245</v>
       </c>
       <c r="N17" s="15">
-        <v>30175</v>
+        <v>25915</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03151</v>
       </c>
       <c r="L18" s="15">
         <v>0.02643</v>
       </c>
       <c r="M18" s="15">
         <v>0.02541</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
-      <c r="P18" s="15"/>
+      <c r="P18" s="15" t="s">
+        <v>55</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000018404</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03633</v>
       </c>
       <c r="L19" s="15">
         <v>0.023</v>
       </c>
       <c r="M19" s="15">
         <v>0.0215</v>
       </c>
       <c r="N19" s="15">
-        <v>21113</v>
+        <v>18881</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E20" s="15">
         <v>10000018334</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>4000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03633</v>
       </c>
       <c r="L20" s="15">
         <v>0.024</v>
       </c>
       <c r="M20" s="15">
         <v>0.0215</v>
       </c>
       <c r="N20" s="15">
-        <v>3374</v>
-[...2 lines deleted...]
-      <c r="P20" s="15"/>
+        <v>3373</v>
+      </c>
+      <c r="O20" s="15">
+        <v>6960</v>
+      </c>
+      <c r="P20" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080026065</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
-        <v>0.03344</v>
+        <v>0.018</v>
       </c>
       <c r="L21" s="15">
-        <v>0.0222</v>
+        <v>0.018</v>
       </c>
       <c r="M21" s="15">
-        <v>0.0203</v>
+        <v>0.018</v>
       </c>
       <c r="N21" s="15">
-        <v>30730</v>
+        <v>26605</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080006301</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0346</v>
       </c>
       <c r="L22" s="15">
         <v>0.0231</v>
       </c>
       <c r="M22" s="15">
         <v>0.021</v>
       </c>
       <c r="N22" s="15">
-        <v>68891</v>
+        <v>68779</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10000030393</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03436</v>
       </c>
       <c r="L23" s="15">
         <v>0.02429</v>
       </c>
       <c r="M23" s="15">
         <v>0.02109</v>
       </c>
       <c r="N23" s="15">
-        <v>32120</v>
+        <v>31871</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10000018341</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0222</v>
       </c>
       <c r="L24" s="15">
         <v>0.0211</v>
       </c>
       <c r="M24" s="15">
         <v>0.0192</v>
       </c>
       <c r="N24" s="15">
-        <v>339</v>
-[...2 lines deleted...]
-      <c r="P24" s="15"/>
+        <v>275</v>
+      </c>
+      <c r="O24" s="15">
+        <v>5840</v>
+      </c>
+      <c r="P24" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.04479</v>
       </c>
       <c r="L25" s="15">
         <v>0.03241</v>
       </c>
       <c r="M25" s="15">
         <v>0.02828</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03882</v>
       </c>
       <c r="L26" s="15">
         <v>0.0209</v>
       </c>
       <c r="M26" s="15">
         <v>0.019</v>
       </c>
       <c r="N26" s="15">
-        <v>28389</v>
+        <v>34841</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03882</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.02</v>
       </c>
       <c r="N27" s="15">
-        <v>35484</v>
+        <v>27232</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>3000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03952</v>
       </c>
       <c r="L28" s="15">
         <v>0.024</v>
       </c>
       <c r="M28" s="15">
         <v>0.021</v>
       </c>
       <c r="N28" s="15">
-        <v>33264</v>
+        <v>32868</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10000017890</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.04867</v>
+        <v>0.021</v>
       </c>
       <c r="L29" s="15">
-        <v>0.0278</v>
+        <v>0.021</v>
       </c>
       <c r="M29" s="15">
-        <v>0.025</v>
+        <v>0.021</v>
       </c>
       <c r="N29" s="15">
-        <v>41710</v>
+        <v>31525</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003682</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03633</v>
       </c>
       <c r="L30" s="15">
         <v>0.0242</v>
       </c>
       <c r="M30" s="15">
         <v>0.0219</v>
       </c>
       <c r="N30" s="15">
-        <v>7267</v>
-[...2 lines deleted...]
-      <c r="P30" s="15"/>
+        <v>207</v>
+      </c>
+      <c r="O30" s="15">
+        <v>26560</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04223</v>
       </c>
       <c r="L31" s="15">
         <v>0.02985</v>
       </c>
       <c r="M31" s="15">
         <v>0.02592</v>
       </c>
       <c r="N31" s="15">
-        <v>38442</v>
+        <v>819</v>
       </c>
       <c r="O31" s="15"/>
-      <c r="P31" s="15"/>
+      <c r="P31" s="15" t="s">
+        <v>91</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>4000</v>
       </c>
       <c r="K32" s="15">
-        <v>0.04409</v>
+        <v>0.03339</v>
       </c>
       <c r="L32" s="15">
-        <v>0.0285</v>
+        <v>0.02946</v>
       </c>
       <c r="M32" s="15">
-        <v>0.0259</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.02651</v>
+      </c>
+      <c r="N32" s="15">
+        <v>3320</v>
+      </c>
+      <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E33" s="15">
         <v>10000017888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>4000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04867</v>
       </c>
       <c r="L33" s="15">
         <v>0.027</v>
       </c>
       <c r="M33" s="15">
         <v>0.0246</v>
       </c>
       <c r="N33" s="15">
-        <v>1417</v>
-[...2 lines deleted...]
-      <c r="P33" s="15"/>
+        <v>256</v>
+      </c>
+      <c r="O33" s="15">
+        <v>17000</v>
+      </c>
+      <c r="P33" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10000030275</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03</v>
       </c>
       <c r="L34" s="15">
         <v>0.022</v>
       </c>
       <c r="M34" s="15">
         <v>0.019</v>
       </c>
       <c r="N34" s="15">
-        <v>5411</v>
+        <v>3380</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10000030274</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>4000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03716</v>
       </c>
       <c r="L35" s="15">
         <v>0.0266</v>
       </c>
       <c r="M35" s="15">
         <v>0.024</v>
       </c>
       <c r="N35" s="15">
-        <v>3888</v>
+        <v>4780</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10000018286</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>4000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03436</v>
       </c>
       <c r="L36" s="15">
         <v>0.02429</v>
       </c>
       <c r="M36" s="15">
         <v>0.02109</v>
       </c>
       <c r="N36" s="15">
-        <v>75038</v>
+        <v>2531</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080000636</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>4000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03</v>
       </c>
       <c r="L37" s="15">
         <v>0.02</v>
       </c>
       <c r="M37" s="15">
         <v>0.0183</v>
       </c>
       <c r="N37" s="15">
-        <v>54212</v>
+        <v>23158</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02827</v>
       </c>
       <c r="L38" s="15">
         <v>0.02371</v>
       </c>
       <c r="M38" s="15">
         <v>0.0228</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080000635</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0294</v>
       </c>
       <c r="L39" s="15">
         <v>0.0196</v>
       </c>
       <c r="M39" s="15">
         <v>0.017</v>
       </c>
       <c r="N39" s="15">
-        <v>39085</v>
+        <v>37497</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10000018279</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03654</v>
       </c>
       <c r="L40" s="15">
         <v>0.022</v>
       </c>
       <c r="M40" s="15">
         <v>0.02</v>
       </c>
       <c r="N40" s="15">
-        <v>51603</v>
+        <v>20522</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
         <v>0.04804</v>
       </c>
       <c r="L41" s="15">
         <v>0.04495</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>4000</v>
       </c>
       <c r="K42" s="15">
         <v>0.03432</v>
       </c>
       <c r="L42" s="15">
         <v>0.03432</v>
       </c>
       <c r="M42" s="15">
         <v>0.03432</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.105</v>
       </c>
       <c r="L43" s="15">
         <v>0.105</v>
       </c>
       <c r="M43" s="15">
         <v>0.105</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E44" s="15">
         <v>10000017883</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>3000</v>
       </c>
       <c r="K44" s="15">
         <v>0.04867</v>
       </c>
       <c r="L44" s="15">
         <v>0.0255</v>
       </c>
       <c r="M44" s="15">
         <v>0.023</v>
       </c>
       <c r="N44" s="15">
-        <v>66434</v>
+        <v>63232</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="E45" s="15">
         <v>10000018344</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04186</v>
       </c>
       <c r="L45" s="15">
         <v>0.0266</v>
       </c>
       <c r="M45" s="15">
         <v>0.024</v>
       </c>
       <c r="N45" s="15">
-        <v>21436</v>
+        <v>20499</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E46" s="15">
         <v>10000018282</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>3000</v>
       </c>
       <c r="K46" s="15">
         <v>0.03908</v>
       </c>
       <c r="L46" s="15">
         <v>0.0249</v>
       </c>
       <c r="M46" s="15">
         <v>0.022</v>
       </c>
       <c r="N46" s="15">
-        <v>8092</v>
-[...2 lines deleted...]
-      <c r="P46" s="15"/>
+        <v>8715</v>
+      </c>
+      <c r="O46" s="15">
+        <v>50400</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E47" s="15">
         <v>10000017882</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>3000</v>
       </c>
       <c r="K47" s="15">
         <v>0.03635</v>
       </c>
       <c r="L47" s="15">
         <v>0.025</v>
       </c>
       <c r="M47" s="15">
         <v>0.0213</v>
       </c>
       <c r="N47" s="15">
-        <v>96807</v>
+        <v>113256</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E48" s="15">
         <v>10080002654</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>3000</v>
       </c>
       <c r="K48" s="15">
         <v>0.04186</v>
       </c>
       <c r="L48" s="15">
         <v>0.0266</v>
       </c>
       <c r="M48" s="15">
         <v>0.024</v>
       </c>
       <c r="N48" s="15">
         <v>1910</v>
       </c>
-      <c r="O48" s="15"/>
-      <c r="P48" s="15"/>
+      <c r="O48" s="15">
+        <v>12810</v>
+      </c>
+      <c r="P48" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E49" s="15">
         <v>10000018301</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>3000</v>
       </c>
       <c r="K49" s="15">
         <v>0.03865</v>
       </c>
       <c r="L49" s="15">
         <v>0.026</v>
       </c>
       <c r="M49" s="15">
         <v>0.022</v>
       </c>
       <c r="N49" s="15">
-        <v>16658</v>
+        <v>13043</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E50" s="15">
         <v>10000017884</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.04121</v>
       </c>
       <c r="L50" s="15">
         <v>0.024</v>
       </c>
       <c r="M50" s="15">
         <v>0.021</v>
       </c>
       <c r="N50" s="15">
         <v>2906</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E51" s="15">
         <v>10000014328</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>4000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04752</v>
       </c>
       <c r="L51" s="15">
         <v>0.0265</v>
       </c>
       <c r="M51" s="15">
         <v>0.0235</v>
       </c>
       <c r="N51" s="15">
-        <v>5235</v>
+        <v>5858</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E52" s="15">
         <v>10000014327</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05235</v>
       </c>
       <c r="L52" s="15">
         <v>0.0243</v>
       </c>
       <c r="M52" s="15">
         <v>0.021</v>
       </c>
       <c r="N52" s="15">
-        <v>62397</v>
+        <v>73188</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E53" s="15">
         <v>10080006135</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>4000</v>
       </c>
       <c r="K53" s="15">
         <v>0.04186</v>
       </c>
       <c r="L53" s="15">
         <v>0.028</v>
       </c>
       <c r="M53" s="15">
         <v>0.023</v>
       </c>
       <c r="N53" s="15">
-        <v>69575</v>
+        <v>77251</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>4000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04746</v>
       </c>
       <c r="L54" s="15">
         <v>0.0303</v>
       </c>
       <c r="M54" s="15">
         <v>0.027</v>
       </c>
       <c r="N54" s="15">
-        <v>4915</v>
+        <v>177</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.0356</v>
       </c>
       <c r="L55" s="15">
         <v>0.02986</v>
       </c>
       <c r="M55" s="15">
         <v>0.026</v>
       </c>
       <c r="N55" s="15">
-        <v>2840</v>
+        <v>3320</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="E56" s="15">
         <v>10080002655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04327</v>
       </c>
       <c r="L56" s="15">
         <v>0.03131</v>
       </c>
       <c r="M56" s="15">
         <v>0.024</v>
       </c>
       <c r="N56" s="15">
-        <v>6988</v>
+        <v>6783</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0399</v>
       </c>
       <c r="L57" s="15">
         <v>0.0266</v>
       </c>
       <c r="M57" s="15">
         <v>0.024</v>
       </c>
       <c r="N57" s="15">
-        <v>3342</v>
+        <v>2648</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E58" s="15">
         <v>10000018308</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="J58" s="15">
         <v>4000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03893</v>
       </c>
       <c r="L58" s="15">
         <v>0.0256</v>
       </c>
       <c r="M58" s="15">
         <v>0.0224</v>
       </c>
       <c r="N58" s="15">
-        <v>19738</v>
+        <v>17239</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E59" s="15">
         <v>10080049082</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>4000</v>
       </c>
       <c r="K59" s="15">
         <v>0.037</v>
       </c>
       <c r="L59" s="15">
         <v>0.02616</v>
       </c>
       <c r="M59" s="15">
         <v>0.02272</v>
       </c>
       <c r="N59" s="15">
-        <v>5040</v>
+        <v>6560</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E60" s="15">
         <v>10000018272</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>4000</v>
       </c>
       <c r="K60" s="15">
         <v>0.03908</v>
       </c>
       <c r="L60" s="15">
         <v>0.0233</v>
       </c>
       <c r="M60" s="15">
         <v>0.0218</v>
       </c>
       <c r="N60" s="15">
-        <v>50844</v>
-[...2 lines deleted...]
-      <c r="P60" s="15"/>
+        <v>13234</v>
+      </c>
+      <c r="O60" s="15">
+        <v>14000</v>
+      </c>
+      <c r="P60" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E61" s="15">
         <v>10000018302</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.03908</v>
       </c>
       <c r="L61" s="15">
         <v>0.0242</v>
       </c>
       <c r="M61" s="15">
         <v>0.022</v>
       </c>
       <c r="N61" s="15">
-        <v>58433</v>
+        <v>56216</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080038881</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0648</v>
       </c>
       <c r="L62" s="15">
         <v>0.04688</v>
       </c>
       <c r="M62" s="15">
         <v>0.04091</v>
       </c>
       <c r="N62" s="15">
-        <v>3003</v>
+        <v>839</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E63" s="15">
         <v>10080037822</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.0648</v>
       </c>
       <c r="L63" s="15">
         <v>0.0469</v>
       </c>
       <c r="M63" s="15">
         <v>0.0409</v>
       </c>
       <c r="N63" s="15">
         <v>20</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10000012898</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03962</v>
       </c>
       <c r="L64" s="15">
         <v>0.02801</v>
       </c>
       <c r="M64" s="15">
         <v>0.02433</v>
       </c>
       <c r="N64" s="15">
-        <v>3440</v>
-[...2 lines deleted...]
-      <c r="P64" s="15"/>
+        <v>2881</v>
+      </c>
+      <c r="O64" s="15">
+        <v>8041</v>
+      </c>
+      <c r="P64" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E65" s="15">
         <v>10080002656</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
         <v>0.03908</v>
       </c>
       <c r="L65" s="15">
         <v>0.0245</v>
       </c>
       <c r="M65" s="15">
         <v>0.022</v>
       </c>
       <c r="N65" s="15">
-        <v>40950</v>
+        <v>44573</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E66" s="15">
         <v>10000018326</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.035</v>
       </c>
       <c r="L66" s="15">
         <v>0.022</v>
       </c>
       <c r="M66" s="15">
         <v>0.02</v>
       </c>
       <c r="N66" s="15">
-        <v>3095</v>
+        <v>2492</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>3000</v>
       </c>
       <c r="K67" s="15">
         <v>0.041</v>
       </c>
       <c r="L67" s="15">
         <v>0.041</v>
       </c>
       <c r="M67" s="15">
         <v>0.041</v>
       </c>
       <c r="N67" s="15">
-        <v>474</v>
+        <v>415</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>3000</v>
       </c>
       <c r="K68" s="15">
         <v>0.031</v>
       </c>
       <c r="L68" s="15">
         <v>0.031</v>
       </c>
       <c r="M68" s="15">
         <v>0.031</v>
       </c>
       <c r="N68" s="15">
         <v>37</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>3000</v>
       </c>
       <c r="K69" s="15">
         <v>0.06112</v>
       </c>
       <c r="L69" s="15">
         <v>0.05126</v>
       </c>
       <c r="M69" s="15">
         <v>0.04929</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>3000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="E70" s="15">
         <v>10080038398</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>3000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04</v>
       </c>
       <c r="L70" s="15">
         <v>0.04</v>
       </c>
       <c r="M70" s="15">
         <v>0.04</v>
       </c>
       <c r="N70" s="15">
-        <v>5548</v>
+        <v>6915</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1</v>
       </c>
       <c r="K71" s="15">
         <v>0.0532</v>
       </c>
       <c r="L71" s="15">
         <v>0.04822</v>
       </c>
       <c r="M71" s="15">
         <v>0.0449</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.024</v>
       </c>
       <c r="L72" s="15">
         <v>0.024</v>
       </c>
       <c r="M72" s="15">
         <v>0.024</v>
       </c>
       <c r="N72" s="15">
-        <v>2297</v>
+        <v>2099</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="E73" s="15">
         <v>10080027076</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
         <v>0.04156</v>
       </c>
       <c r="L73" s="15">
         <v>0.0266</v>
       </c>
       <c r="M73" s="15">
         <v>0.024</v>
       </c>
       <c r="N73" s="15">
-        <v>2592</v>
+        <v>2009</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E74" s="15">
         <v>10000018309</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="J74" s="15">
         <v>3000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0335</v>
       </c>
       <c r="L74" s="15">
         <v>0.02</v>
       </c>
       <c r="M74" s="15">
         <v>0.022</v>
       </c>
       <c r="N74" s="15">
-        <v>38272</v>
+        <v>23772</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
         <v>0.035</v>
       </c>
       <c r="L75" s="15">
         <v>0.0221</v>
       </c>
       <c r="M75" s="15">
         <v>0.0205</v>
       </c>
       <c r="N75" s="15">
-        <v>59480</v>
+        <v>27129</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10000018291</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>3000</v>
       </c>
       <c r="K76" s="15">
         <v>0.04</v>
       </c>
       <c r="L76" s="15">
         <v>0.027</v>
       </c>
       <c r="M76" s="15">
         <v>0.0246</v>
       </c>
       <c r="N76" s="15">
-        <v>4856</v>
+        <v>4250</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10080031785</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>3000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.05348</v>
+        <v>0.03346</v>
       </c>
       <c r="L77" s="15">
-        <v>0.0387</v>
+        <v>0.02952</v>
       </c>
       <c r="M77" s="15">
-        <v>0.03376</v>
-[...4 lines deleted...]
-      </c>
+        <v>0.02657</v>
+      </c>
+      <c r="N77" s="15">
+        <v>2550</v>
+      </c>
+      <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E78" s="15">
         <v>10000018337</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.035</v>
       </c>
       <c r="L78" s="15">
         <v>0.024</v>
       </c>
       <c r="M78" s="15">
         <v>0.021</v>
       </c>
       <c r="N78" s="15">
-        <v>34794</v>
+        <v>12034</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="E79" s="15">
         <v>10080006298</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>3000</v>
       </c>
       <c r="K79" s="15">
         <v>0.07536</v>
       </c>
       <c r="L79" s="15">
         <v>0.05453</v>
       </c>
       <c r="M79" s="15">
         <v>0.04758</v>
       </c>
       <c r="N79" s="15">
-        <v>23741</v>
+        <v>26629</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080037798</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.052</v>
       </c>
       <c r="L80" s="15">
         <v>0.0356</v>
       </c>
       <c r="M80" s="15">
         <v>0.03195</v>
       </c>
       <c r="N80" s="15">
-        <v>13544</v>
+        <v>13178</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06979</v>
       </c>
       <c r="L81" s="15">
         <v>0.0454</v>
       </c>
       <c r="M81" s="15">
         <v>0.0412</v>
       </c>
       <c r="N81" s="15">
-        <v>12770</v>
+        <v>11730</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="E82" s="15">
         <v>10080075711</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.06979</v>
       </c>
       <c r="L82" s="15">
         <v>0.0432</v>
       </c>
       <c r="M82" s="15">
         <v>0.0393</v>
       </c>
       <c r="N82" s="15">
-        <v>5754</v>
+        <v>4922</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E83" s="15">
         <v>10000018348</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06224</v>
       </c>
       <c r="L83" s="15">
         <v>0.042</v>
       </c>
       <c r="M83" s="15">
         <v>0.037</v>
       </c>
       <c r="N83" s="15">
-        <v>23543</v>
+        <v>33578</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E84" s="15">
         <v>10000018327</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
-        <v>0.06486</v>
+        <v>0.05219</v>
       </c>
       <c r="L84" s="15">
-        <v>0.041</v>
+        <v>0.04605</v>
       </c>
       <c r="M84" s="15">
-        <v>0.0383</v>
+        <v>0.04145</v>
       </c>
       <c r="N84" s="15">
-        <v>1358</v>
+        <v>355</v>
       </c>
       <c r="O84" s="15">
-        <v>7020</v>
-[...1 lines deleted...]
-      <c r="P84" s="15"/>
+        <v>1800</v>
+      </c>
+      <c r="P84" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E85" s="15">
         <v>10080006299</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.06441</v>
       </c>
       <c r="L85" s="15">
         <v>0.04</v>
       </c>
       <c r="M85" s="15">
         <v>0.0367</v>
       </c>
       <c r="N85" s="15">
-        <v>21740</v>
+        <v>16134</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03421</v>
       </c>
       <c r="L86" s="15">
         <v>0.02869</v>
       </c>
       <c r="M86" s="15">
         <v>0.02759</v>
       </c>
       <c r="N86" s="15">
         <v>40</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
         <v>0.09017</v>
       </c>
       <c r="L87" s="15">
         <v>0.07561</v>
       </c>
       <c r="M87" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>3000</v>
       </c>
       <c r="K88" s="15">
         <v>0.10574</v>
       </c>
       <c r="L88" s="15">
         <v>0.08867</v>
       </c>
       <c r="M88" s="15">
         <v>0.08527</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
         <v>0.07048</v>
       </c>
       <c r="L89" s="15">
         <v>0.05911</v>
       </c>
       <c r="M89" s="15">
         <v>0.05684</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>3000</v>
       </c>
       <c r="K90" s="15">
         <v>0.03573</v>
       </c>
       <c r="L90" s="15">
         <v>0.02997</v>
       </c>
       <c r="M90" s="15">
         <v>0.02881</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="E91" s="15">
         <v>10000017887</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="15" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="J91" s="15">
         <v>3000</v>
       </c>
       <c r="K91" s="15">
         <v>0.04399</v>
       </c>
       <c r="L91" s="15">
         <v>0.028</v>
       </c>
       <c r="M91" s="15">
         <v>0.0255</v>
       </c>
       <c r="N91" s="15">
-        <v>8895</v>
+        <v>3121</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="E92" s="15">
         <v>10000030280</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
         <v>0.04876</v>
       </c>
       <c r="L92" s="15">
         <v>0.0317</v>
       </c>
       <c r="M92" s="15">
         <v>0.0289</v>
       </c>
       <c r="N92" s="15">
-        <v>780</v>
+        <v>509</v>
       </c>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E93" s="15">
         <v>10080006300</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
         <v>0.0466</v>
       </c>
       <c r="L93" s="15">
         <v>0.029</v>
       </c>
       <c r="M93" s="15">
         <v>0.0264</v>
       </c>
       <c r="N93" s="15">
-        <v>21639</v>
+        <v>22552</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E94" s="15">
         <v>10000030277</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.04466</v>
       </c>
       <c r="L94" s="15">
         <v>0.0266</v>
       </c>
       <c r="M94" s="15">
         <v>0.025</v>
       </c>
-      <c r="N94" s="15">
-[...3 lines deleted...]
-      <c r="P94" s="15"/>
+      <c r="N94" s="15"/>
+      <c r="O94" s="15">
+        <v>18480</v>
+      </c>
+      <c r="P94" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="E95" s="15">
         <v>10000017885</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.04</v>
       </c>
       <c r="L95" s="15">
         <v>0.028</v>
       </c>
       <c r="M95" s="15">
         <v>0.0264</v>
       </c>
       <c r="N95" s="15">
-        <v>6732</v>
+        <v>231</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E96" s="15">
         <v>10000018351</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I96" s="15"/>
+      <c r="I96" s="15" t="s">
+        <v>259</v>
+      </c>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04</v>
       </c>
       <c r="L96" s="15">
         <v>0.0286</v>
       </c>
       <c r="M96" s="15">
         <v>0.026</v>
       </c>
-      <c r="N96" s="15">
-[...3 lines deleted...]
-      <c r="P96" s="15"/>
+      <c r="N96" s="15"/>
+      <c r="O96" s="15">
+        <v>19800</v>
+      </c>
+      <c r="P96" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="E97" s="15">
         <v>10000030278</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
         <v>0.035</v>
       </c>
       <c r="L97" s="15">
         <v>0.022</v>
       </c>
       <c r="M97" s="15">
         <v>0.021</v>
       </c>
       <c r="N97" s="15">
-        <v>6427</v>
+        <v>4881</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="E98" s="15">
         <v>10000018267</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04186</v>
       </c>
       <c r="L98" s="15">
         <v>0.026</v>
       </c>
       <c r="M98" s="15">
         <v>0.023</v>
       </c>
       <c r="N98" s="15">
-        <v>12470</v>
+        <v>4188</v>
       </c>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="E99" s="15">
         <v>10000020785</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.035</v>
       </c>
       <c r="L99" s="15">
         <v>0.024</v>
       </c>
       <c r="M99" s="15">
         <v>0.022</v>
       </c>
       <c r="N99" s="15">
-        <v>44327</v>
-[...2 lines deleted...]
-      <c r="P99" s="15"/>
+        <v>26455</v>
+      </c>
+      <c r="O99" s="15">
+        <v>50400</v>
+      </c>
+      <c r="P99" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E100" s="15">
         <v>10000030279</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.023</v>
       </c>
       <c r="L100" s="15">
         <v>0.023</v>
       </c>
       <c r="M100" s="15">
         <v>0.023</v>
       </c>
       <c r="N100" s="15">
-        <v>19367</v>
+        <v>18780</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="E101" s="15">
         <v>10000018311</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.035</v>
       </c>
       <c r="L101" s="15">
         <v>0.0239</v>
       </c>
       <c r="M101" s="15">
         <v>0.0228</v>
       </c>
       <c r="N101" s="15">
-        <v>36837</v>
+        <v>38388</v>
       </c>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>3000</v>
       </c>
       <c r="K102" s="15">
         <v>0.04927</v>
       </c>
       <c r="L102" s="15">
         <v>0.04311</v>
       </c>
       <c r="M102" s="15">
         <v>0</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E103" s="15">
         <v>10000023505</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
         <v>0.11382</v>
       </c>
       <c r="L103" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M103" s="15">
         <v>0.07086000000000001</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="E104" s="15">
         <v>10080002657</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L104" s="15">
         <v>0.049</v>
       </c>
       <c r="M104" s="15">
         <v>0.0456</v>
       </c>
       <c r="N104" s="15">
-        <v>29029</v>
+        <v>28852</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E105" s="15">
         <v>10000023504</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L105" s="15">
         <v>0.047</v>
       </c>
       <c r="M105" s="15">
         <v>0.043</v>
       </c>
       <c r="N105" s="15">
-        <v>7989</v>
+        <v>505</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E106" s="15">
         <v>10000018269</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.045</v>
       </c>
       <c r="L106" s="15">
         <v>0.045</v>
       </c>
       <c r="M106" s="15">
         <v>0.045</v>
       </c>
       <c r="N106" s="15">
-        <v>3276</v>
+        <v>2225</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>3000</v>
       </c>
       <c r="K107" s="15">
         <v>0.08859</v>
       </c>
       <c r="L107" s="15">
         <v>0.0743</v>
       </c>
       <c r="M107" s="15">
         <v>0.07145</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="E108" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.15765</v>
       </c>
       <c r="L108" s="15">
         <v>0.14288</v>
       </c>
       <c r="M108" s="15">
         <v>0.13302</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="J109" s="15">
         <v>4000</v>
       </c>
       <c r="K109" s="15">
         <v>0.12421</v>
       </c>
       <c r="L109" s="15">
         <v>0.10418</v>
       </c>
       <c r="M109" s="15">
         <v>0.10018</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>4000</v>
       </c>
       <c r="K110" s="15">
         <v>0.12421</v>
       </c>
       <c r="L110" s="15">
         <v>0.10418</v>
       </c>
       <c r="M110" s="15">
         <v>0.10018</v>
       </c>
       <c r="N110" s="15">
         <v>10</v>
       </c>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15">
         <v>4000</v>
       </c>
       <c r="K111" s="15">
         <v>0.12421</v>
       </c>
       <c r="L111" s="15">
         <v>0.10418</v>
       </c>
       <c r="M111" s="15">
         <v>0.10018</v>
       </c>
       <c r="N111" s="15">
         <v>10</v>
       </c>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>4000</v>
       </c>
       <c r="K112" s="15">
         <v>0.06448</v>
       </c>
       <c r="L112" s="15">
         <v>0.04666</v>
       </c>
       <c r="M112" s="15">
         <v>0.04071</v>
       </c>
       <c r="N112" s="15">
-        <v>37620</v>
+        <v>36433</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>2000</v>
       </c>
       <c r="K113" s="15">
         <v>0.04806</v>
       </c>
       <c r="L113" s="15">
         <v>0.04031</v>
       </c>
       <c r="M113" s="15">
         <v>0.03875</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15">
         <v>20000</v>
       </c>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>2000</v>
       </c>
       <c r="K114" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L114" s="15">
         <v>0.05717</v>
       </c>
       <c r="M114" s="15">
         <v>0.05497</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15">
         <v>20000</v>
       </c>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L115" s="15">
         <v>0.05717</v>
       </c>
       <c r="M115" s="15">
         <v>0.05497</v>
       </c>
       <c r="N115" s="15">
         <v>20</v>
       </c>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15">
         <v>20000</v>
       </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E116" s="15">
         <v>10080034991</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
         <v>0.03318</v>
       </c>
       <c r="L116" s="15">
         <v>0.02401</v>
       </c>
       <c r="M116" s="15">
         <v>0.02095</v>
       </c>
       <c r="N116" s="15">
-        <v>1247</v>
+        <v>820</v>
       </c>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="E117" s="15">
         <v>10080034990</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.03127</v>
       </c>
       <c r="L117" s="15">
         <v>0.02035</v>
       </c>
       <c r="M117" s="15">
         <v>0.0185</v>
       </c>
       <c r="N117" s="15">
         <v>1358</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>4000</v>
       </c>
       <c r="K118" s="15">
         <v>0.03333</v>
       </c>
       <c r="L118" s="15">
         <v>0.02412</v>
       </c>
       <c r="M118" s="15">
         <v>0.02104</v>
       </c>
       <c r="N118" s="15">
-        <v>9480</v>
+        <v>10680</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.065</v>
       </c>
       <c r="L119" s="15">
         <v>0.0435</v>
       </c>
       <c r="M119" s="15">
         <v>0.0396</v>
       </c>
       <c r="N119" s="15">
-        <v>5376</v>
+        <v>3968</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>2000</v>
       </c>
       <c r="K120" s="15">
         <v>0.05227</v>
       </c>
       <c r="L120" s="15">
         <v>0.04384</v>
       </c>
       <c r="M120" s="15">
         <v>0.04215</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15">
         <v>4000</v>
       </c>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
         <v>0.02697</v>
       </c>
       <c r="L121" s="15">
         <v>0.02262</v>
       </c>
       <c r="M121" s="15">
         <v>0.02175</v>
       </c>
       <c r="N121" s="15">
         <v>100</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
         <v>0.02728</v>
       </c>
       <c r="L122" s="15">
         <v>0.02288</v>
       </c>
       <c r="M122" s="15">
         <v>0.022</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>4000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="E123" s="15">
         <v>10080034684</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.06169</v>
       </c>
       <c r="L123" s="15">
         <v>0.04423</v>
       </c>
       <c r="M123" s="15">
         <v>0.03841</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="E124" s="15">
         <v>10080034685</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.031</v>
       </c>
       <c r="L124" s="15">
         <v>0.031</v>
       </c>
       <c r="M124" s="15">
         <v>0.031</v>
       </c>
       <c r="N124" s="15">
-        <v>481</v>
+        <v>545</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.02638</v>
       </c>
       <c r="L125" s="15">
         <v>0.02638</v>
       </c>
       <c r="M125" s="15">
         <v>0.02638</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="E126" s="15">
         <v>10000029709</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>2000</v>
       </c>
       <c r="K126" s="15">
         <v>0.03234</v>
       </c>
       <c r="L126" s="15">
         <v>0.02286</v>
       </c>
       <c r="M126" s="15">
         <v>0.01985</v>
       </c>
       <c r="N126" s="15">
-        <v>29910</v>
+        <v>31904</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.03478</v>
       </c>
       <c r="L127" s="15">
         <v>0.02917</v>
       </c>
       <c r="M127" s="15">
         <v>0.02805</v>
       </c>
       <c r="N127" s="15">
         <v>40</v>
       </c>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="E128" s="15">
         <v>10080002651</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
         <v>0.0611</v>
       </c>
       <c r="L128" s="15">
         <v>0.0432</v>
       </c>
       <c r="M128" s="15">
         <v>0.03751</v>
       </c>
       <c r="N128" s="15">
-        <v>29389</v>
+        <v>23759</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
         <v>0.07418</v>
       </c>
       <c r="L129" s="15">
         <v>0.05244</v>
       </c>
       <c r="M129" s="15">
         <v>0.04554</v>
       </c>
       <c r="N129" s="15"/>
-      <c r="O129" s="15"/>
-      <c r="P129" s="15"/>
+      <c r="O129" s="15">
+        <v>4200</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.03077</v>
       </c>
       <c r="L130" s="15">
         <v>0.02581</v>
       </c>
       <c r="M130" s="15">
         <v>0.02481</v>
       </c>
       <c r="N130" s="15">
         <v>100</v>
       </c>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="E131" s="15">
         <v>10080001183</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.038</v>
       </c>
       <c r="L131" s="15">
         <v>0.027</v>
       </c>
       <c r="M131" s="15">
         <v>0.0252</v>
       </c>
       <c r="N131" s="15">
-        <v>1907</v>
+        <v>1961</v>
       </c>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="E132" s="15">
         <v>10000023503</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2000</v>
       </c>
       <c r="K132" s="15">
         <v>0.03281</v>
       </c>
       <c r="L132" s="15">
         <v>0.02</v>
       </c>
       <c r="M132" s="15">
         <v>0.019</v>
       </c>
       <c r="N132" s="15">
-        <v>46387</v>
+        <v>47576</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="E133" s="15">
         <v>10000023502</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
         <v>0.09607</v>
       </c>
       <c r="L133" s="15">
         <v>0.09361</v>
       </c>
       <c r="M133" s="15">
         <v>0.09114</v>
       </c>
       <c r="N133" s="15">
         <v>3</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="E134" s="15">
         <v>10000023501</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.03917</v>
       </c>
       <c r="L134" s="15">
         <v>0.0259</v>
       </c>
       <c r="M134" s="15">
         <v>0.022</v>
       </c>
       <c r="N134" s="15">
-        <v>72244</v>
-[...2 lines deleted...]
-      <c r="P134" s="15"/>
+        <v>49372</v>
+      </c>
+      <c r="O134" s="15">
+        <v>13601</v>
+      </c>
+      <c r="P134" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="E135" s="15">
         <v>10080037521</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2000</v>
       </c>
       <c r="K135" s="15">
         <v>0.035</v>
       </c>
       <c r="L135" s="15">
         <v>0.035</v>
       </c>
       <c r="M135" s="15">
         <v>0.035</v>
       </c>
       <c r="N135" s="15">
-        <v>19566</v>
+        <v>19955</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2000</v>
       </c>
       <c r="K136" s="15">
         <v>0.06119</v>
       </c>
       <c r="L136" s="15">
         <v>0.04326</v>
       </c>
       <c r="M136" s="15">
         <v>0.03757</v>
       </c>
       <c r="N136" s="15">
-        <v>5852</v>
+        <v>6083</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E137" s="15">
         <v>10000023500</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I137" s="15" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="J137" s="15">
         <v>2000</v>
       </c>
       <c r="K137" s="15">
         <v>0.0335</v>
       </c>
       <c r="L137" s="15">
         <v>0.018</v>
       </c>
       <c r="M137" s="15">
         <v>0.0165</v>
       </c>
       <c r="N137" s="15">
-        <v>20992</v>
-[...2 lines deleted...]
-      <c r="P137" s="15"/>
+        <v>24272</v>
+      </c>
+      <c r="O137" s="15">
+        <v>7400</v>
+      </c>
+      <c r="P137" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="E138" s="15">
         <v>10080009739</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
         <v>0.03784</v>
       </c>
       <c r="L138" s="15">
         <v>0.01962</v>
       </c>
       <c r="M138" s="15">
         <v>0.0179</v>
       </c>
       <c r="N138" s="15">
-        <v>260</v>
-[...2 lines deleted...]
-      <c r="P138" s="15"/>
+        <v>53</v>
+      </c>
+      <c r="O138" s="15">
+        <v>1680</v>
+      </c>
+      <c r="P138" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="E139" s="15">
         <v>10000023499</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15">
         <v>2000</v>
       </c>
       <c r="K139" s="15">
         <v>0.04004</v>
       </c>
       <c r="L139" s="15">
         <v>0.02897</v>
       </c>
       <c r="M139" s="15">
         <v>0.02528</v>
       </c>
       <c r="N139" s="15">
-        <v>31080</v>
+        <v>22680</v>
       </c>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>1</v>
       </c>
       <c r="K140" s="15">
         <v>0.12</v>
       </c>
       <c r="L140" s="15">
         <v>0.12</v>
       </c>
       <c r="M140" s="15">
         <v>0.12</v>
       </c>
       <c r="N140" s="15">
         <v>5</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>5000</v>
       </c>
       <c r="K141" s="15">
         <v>0.066</v>
       </c>
       <c r="L141" s="15">
         <v>0.04416</v>
       </c>
       <c r="M141" s="15">
         <v>0.0405</v>
       </c>
       <c r="N141" s="15">
-        <v>3542</v>
+        <v>4140</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>3000</v>
       </c>
       <c r="K142" s="15">
         <v>0.05153</v>
       </c>
       <c r="L142" s="15">
         <v>0.04294</v>
       </c>
       <c r="M142" s="15">
         <v>0.04123</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>5000</v>
       </c>
       <c r="K143" s="15">
         <v>0.0703</v>
       </c>
       <c r="L143" s="15">
         <v>0.05895</v>
       </c>
       <c r="M143" s="15">
         <v>0.05669</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="E144" s="15">
         <v>10080029091</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1000</v>
       </c>
       <c r="K144" s="15">
         <v>0.075</v>
       </c>
       <c r="L144" s="15">
         <v>0.0533</v>
       </c>
       <c r="M144" s="15">
         <v>0.05</v>
       </c>
       <c r="N144" s="15">
-        <v>6200</v>
+        <v>5519</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="E145" s="15">
         <v>10080002269</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1000</v>
       </c>
       <c r="K145" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L145" s="15">
         <v>0.0593</v>
       </c>
       <c r="M145" s="15">
         <v>0.0539</v>
       </c>
       <c r="N145" s="15">
-        <v>34514</v>
+        <v>30548</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="E146" s="15" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L146" s="15">
         <v>0.0593</v>
       </c>
       <c r="M146" s="15">
         <v>0.0539</v>
       </c>
       <c r="N146" s="15">
-        <v>1136</v>
-[...2 lines deleted...]
-      <c r="P146" s="15"/>
+        <v>1059</v>
+      </c>
+      <c r="O146" s="15">
+        <v>1360</v>
+      </c>
+      <c r="P146" s="15" t="s">
+        <v>61</v>
+      </c>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="E147" s="15">
         <v>10080029089</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
         <v>0.09084</v>
       </c>
       <c r="L147" s="15">
         <v>0.0598</v>
       </c>
       <c r="M147" s="15">
         <v>0.054</v>
       </c>
       <c r="N147" s="15">
-        <v>16102</v>
+        <v>15440</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="E148" s="15">
         <v>10080002653</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
         <v>0.08</v>
       </c>
       <c r="L148" s="15">
         <v>0.0463</v>
       </c>
       <c r="M148" s="15">
         <v>0.044</v>
       </c>
       <c r="N148" s="15">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="E149" s="15">
         <v>10080001497</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
         <v>0.075</v>
       </c>
       <c r="L149" s="15">
         <v>0.05</v>
       </c>
       <c r="M149" s="15">
         <v>0.046</v>
       </c>
       <c r="N149" s="15">
-        <v>510</v>
+        <v>366</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="E150" s="15">
         <v>10080009740</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
         <v>0.06</v>
       </c>
       <c r="L150" s="15">
         <v>0.045</v>
       </c>
       <c r="M150" s="15">
         <v>0.04</v>
       </c>
       <c r="N150" s="15">
-        <v>810</v>
+        <v>760</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="E151" s="15">
         <v>10080029090</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L151" s="15">
         <v>0.055</v>
       </c>
       <c r="M151" s="15">
         <v>0.05</v>
       </c>
       <c r="N151" s="15">
-        <v>408</v>
+        <v>429</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14"/>
       <c r="C152" s="15"/>
       <c r="D152" s="15"/>
       <c r="E152" s="15"/>
       <c r="F152" s="15"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15"/>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15"/>
       <c r="L152" s="15"/>
       <c r="M152" s="15"/>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
     </row>
   </sheetData>
@@ -7946,317 +8026,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>