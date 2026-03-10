--- v2 (2026-02-18)
+++ v3 (2026-03-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,69 +181,66 @@
   <si>
     <t>0402 Белый 600mcd 130° CCT:7000K h=0.35mm / FYLS-0402UWC</t>
   </si>
   <si>
     <t>FYLS-0402UYC</t>
   </si>
   <si>
     <t>0402 Жёлтый 120mcd 130° 592nm h=0.35mm / FYLS-0402UYC</t>
   </si>
   <si>
     <t>Светодиоды / светодиоды, фотодиоды FORYARD / SMD / светодиоды 0603, 0605</t>
   </si>
   <si>
     <t>FYLS-0602UGC</t>
   </si>
   <si>
     <t>0602 Зелёный 570nm 25mcd 130° H=1.0мм / FYLS-0602UGC</t>
   </si>
   <si>
     <t>UT-00145706</t>
   </si>
   <si>
     <t>LED0602</t>
   </si>
   <si>
-    <t>23.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>FYLS-0603BPGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.6mm / FYLS-0603BPGC</t>
   </si>
   <si>
     <t>LED0603</t>
   </si>
   <si>
     <t>FYLS-0603BUBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.6mm / FYLS-0603BUBC</t>
   </si>
   <si>
-    <t>03.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>FYLS-0603BUEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 110mcd 130° 625nm h=0.6mm / FYLS-0603BUEC</t>
   </si>
   <si>
     <t>FYLS-0603BUGC</t>
   </si>
   <si>
     <t>0603 Жёлто-зелёный 40mcd 130° 570nm h=0.6mm / FYLS-0603BUGC</t>
   </si>
   <si>
     <t>FYLS-0603BURC</t>
   </si>
   <si>
     <t>0603 Красный 80mcd 130° 631nm h=0.6mm / FYLS-0603BURC</t>
   </si>
   <si>
     <t>FYLS-0603BUWC</t>
   </si>
   <si>
     <t>0603 Белый 600mcd 130° CCT:7000K h=0.6mm / FYLS-0603BUWC</t>
   </si>
@@ -289,51 +286,51 @@
   <si>
     <t>0603 Жёлто-зелёный 20mcd 130° 568nm h=0.8mm / FYLS-0603GC</t>
   </si>
   <si>
     <t xml:space="preserve">KPH-1608SGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.8mm / FYLS-0603PGC</t>
   </si>
   <si>
     <t xml:space="preserve">KPT-1608ZGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PURC</t>
   </si>
   <si>
     <t>0603 Красный ультра 225-450mcd 130° 632nm h=0.8mm / FYLS-0603PURC</t>
   </si>
   <si>
     <t>UT-00091182</t>
   </si>
   <si>
-    <t>21.03.2026</t>
+    <t>28.03.2026</t>
   </si>
   <si>
     <t>FYLS-0603PUYC</t>
   </si>
   <si>
     <t xml:space="preserve">0603 Жёлтый 300mcd 130° 590nm h=0.8mm / FYLS-0603PUYC </t>
   </si>
   <si>
     <t>UT-00132576</t>
   </si>
   <si>
     <t>FYLS-0603SRC</t>
   </si>
   <si>
     <t>0603 Красный 15mcd 130° 643nm h=0.8mm / FYLS-0603SRC</t>
   </si>
   <si>
     <t>FYLS-0603UBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.8mm / FYLS-0603UBC ( L-C191LBCT )</t>
   </si>
   <si>
     <t>FYLS-0603UEC</t>
   </si>
@@ -707,50 +704,68 @@
     <t>1206 Жёлто-зелёный 130mcd 30° 570nm h=1,4mm / FYLS-1206BUGC</t>
   </si>
   <si>
     <t>FYLS-1206BURC</t>
   </si>
   <si>
     <t>1206 Красный 350mcd 30° 631nm h=1,4mm / FYLS-1206BURC</t>
   </si>
   <si>
     <t>FYLS-1206BUYC</t>
   </si>
   <si>
     <t>1206 Жёлтый 270mcd 30° 592nm h=1,4mm / FYLS-1206BUYC</t>
   </si>
   <si>
     <t>FYLS-1206DRC</t>
   </si>
   <si>
     <t>1206 (3.20x1.60x1.10 мм), красный цвет, угол обзора 140°, длина волны излучения 640 нм / FYLS-1206DRC</t>
   </si>
   <si>
     <t>UT-00150934</t>
   </si>
   <si>
     <t xml:space="preserve">FYLS-1206SRC FORYARD, </t>
+  </si>
+  <si>
+    <t>FYLS-1206EKURC-RM</t>
+  </si>
+  <si>
+    <t>1206 Красный 645nm 72mcd 140° h=1.1mm / FYLS-1206EKURC-RM</t>
+  </si>
+  <si>
+    <t>UT-00118837</t>
+  </si>
+  <si>
+    <t>FYLS-1206EKUYC-RM</t>
+  </si>
+  <si>
+    <t>1206 Красный/Жёлтый 622nm/590nm 57mcd/90mcd 130° h=1.1mm / FYLS-1206EKUYC-RM</t>
+  </si>
+  <si>
+    <t>UT-00155652</t>
   </si>
   <si>
     <t>FYLS-1206EPURPGC-RM</t>
   </si>
   <si>
     <t>1206 Красный / Зелёный 622nm / 521.5nm 360 / 650 mcd 130º / FYLS-1206EPURPGC-RM</t>
   </si>
   <si>
     <t>UT-00123700</t>
   </si>
   <si>
     <t>Светодиоды / светодиоды, фотодиоды FORYARD / SMD / светодиоды 1210 (двухцветные, RGB)</t>
   </si>
   <si>
     <t>FYLS-1206ERGBC-CA-RM</t>
   </si>
   <si>
     <t>1206 RGB 625/525/570nm 300/580/90 mcd 140º / FYLS-1206ERGBC-CA-RM</t>
   </si>
   <si>
     <t>UT-00123699</t>
   </si>
   <si>
     <t>FYLS-1206ERGBC-CC-RM</t>
   </si>
@@ -1827,51 +1842,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R152"/>
+  <dimension ref="A1:R154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2122,5891 +2137,5969 @@
       </c>
       <c r="E10" s="15">
         <v>10080059909</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03958</v>
       </c>
       <c r="L10" s="15">
         <v>0.02798</v>
       </c>
       <c r="M10" s="15">
         <v>0.0243</v>
       </c>
       <c r="N10" s="15">
-        <v>12059</v>
+        <v>7137</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080059910</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>4000</v>
       </c>
       <c r="K11" s="15">
         <v>0.043</v>
       </c>
       <c r="L11" s="15">
         <v>0.028</v>
       </c>
       <c r="M11" s="15">
         <v>0.025</v>
       </c>
       <c r="N11" s="15">
-        <v>2646</v>
+        <v>2547</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080059912</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>5000</v>
       </c>
       <c r="K12" s="15">
         <v>0.044</v>
       </c>
       <c r="L12" s="15">
         <v>0.028</v>
       </c>
       <c r="M12" s="15">
         <v>0.025</v>
       </c>
       <c r="N12" s="15">
-        <v>5195</v>
+        <v>5628</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080059911</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.044</v>
       </c>
       <c r="L13" s="15">
         <v>0.028</v>
       </c>
       <c r="M13" s="15">
         <v>0.025</v>
       </c>
       <c r="N13" s="15">
-        <v>869</v>
+        <v>921</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080059913</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.044</v>
       </c>
       <c r="L14" s="15">
         <v>0.028</v>
       </c>
       <c r="M14" s="15">
         <v>0.025</v>
       </c>
       <c r="N14" s="15">
-        <v>23131</v>
+        <v>25444</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080059914</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>5000</v>
       </c>
       <c r="K15" s="15">
         <v>0.036</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.022</v>
       </c>
       <c r="N15" s="15">
-        <v>6397</v>
+        <v>7197</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080059915</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
         <v>0.021</v>
       </c>
       <c r="L16" s="15">
         <v>0.021</v>
       </c>
       <c r="M16" s="15">
         <v>0.021</v>
       </c>
       <c r="N16" s="15">
-        <v>13462</v>
+        <v>17133</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080059916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>5000</v>
       </c>
       <c r="K17" s="15">
         <v>0.02245</v>
       </c>
       <c r="L17" s="15">
         <v>0.02245</v>
       </c>
       <c r="M17" s="15">
         <v>0.02245</v>
       </c>
       <c r="N17" s="15">
-        <v>25915</v>
+        <v>23848</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
-        <v>0.03151</v>
+        <v>0.03158</v>
       </c>
       <c r="L18" s="15">
-        <v>0.02643</v>
+        <v>0.02737</v>
       </c>
       <c r="M18" s="15">
-        <v>0.02541</v>
+        <v>0.02631</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
-      <c r="P18" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>55</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000018404</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03633</v>
       </c>
       <c r="L19" s="15">
         <v>0.023</v>
       </c>
       <c r="M19" s="15">
         <v>0.0215</v>
       </c>
       <c r="N19" s="15">
-        <v>18881</v>
+        <v>17061</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E20" s="15">
         <v>10000018334</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>4000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03633</v>
       </c>
       <c r="L20" s="15">
         <v>0.024</v>
       </c>
       <c r="M20" s="15">
         <v>0.0215</v>
       </c>
       <c r="N20" s="15">
-        <v>3373</v>
+        <v>2830</v>
       </c>
       <c r="O20" s="15">
-        <v>6960</v>
+        <v>5840</v>
       </c>
       <c r="P20" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080026065</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.018</v>
       </c>
       <c r="L21" s="15">
         <v>0.018</v>
       </c>
       <c r="M21" s="15">
         <v>0.018</v>
       </c>
       <c r="N21" s="15">
-        <v>26605</v>
+        <v>31767</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080006301</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0346</v>
       </c>
       <c r="L22" s="15">
         <v>0.0231</v>
       </c>
       <c r="M22" s="15">
         <v>0.021</v>
       </c>
       <c r="N22" s="15">
-        <v>68779</v>
+        <v>67414</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10000030393</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03436</v>
       </c>
       <c r="L23" s="15">
         <v>0.02429</v>
       </c>
       <c r="M23" s="15">
         <v>0.02109</v>
       </c>
       <c r="N23" s="15">
-        <v>31871</v>
+        <v>28815</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10000018341</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0222</v>
       </c>
       <c r="L24" s="15">
         <v>0.0211</v>
       </c>
       <c r="M24" s="15">
         <v>0.0192</v>
       </c>
       <c r="N24" s="15">
-        <v>275</v>
+        <v>67</v>
       </c>
       <c r="O24" s="15">
-        <v>5840</v>
+        <v>5040</v>
       </c>
       <c r="P24" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.04479</v>
       </c>
       <c r="L25" s="15">
         <v>0.03241</v>
       </c>
       <c r="M25" s="15">
         <v>0.02828</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03882</v>
       </c>
       <c r="L26" s="15">
         <v>0.0209</v>
       </c>
       <c r="M26" s="15">
         <v>0.019</v>
       </c>
       <c r="N26" s="15">
-        <v>34841</v>
+        <v>36131</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03882</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.02</v>
       </c>
       <c r="N27" s="15">
-        <v>27232</v>
+        <v>33834</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>3000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03952</v>
       </c>
       <c r="L28" s="15">
         <v>0.024</v>
       </c>
       <c r="M28" s="15">
         <v>0.021</v>
       </c>
       <c r="N28" s="15">
-        <v>32868</v>
+        <v>27655</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10000017890</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.021</v>
       </c>
       <c r="L29" s="15">
         <v>0.021</v>
       </c>
       <c r="M29" s="15">
         <v>0.021</v>
       </c>
       <c r="N29" s="15">
-        <v>31525</v>
+        <v>30070</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003682</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03633</v>
       </c>
       <c r="L30" s="15">
         <v>0.0242</v>
       </c>
       <c r="M30" s="15">
         <v>0.0219</v>
       </c>
       <c r="N30" s="15">
-        <v>207</v>
+        <v>197</v>
       </c>
       <c r="O30" s="15">
-        <v>26560</v>
+        <v>25280</v>
       </c>
       <c r="P30" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04223</v>
       </c>
       <c r="L31" s="15">
         <v>0.02985</v>
       </c>
       <c r="M31" s="15">
         <v>0.02592</v>
       </c>
       <c r="N31" s="15">
-        <v>819</v>
+        <v>1064</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>4000</v>
       </c>
       <c r="K32" s="15">
         <v>0.03339</v>
       </c>
       <c r="L32" s="15">
         <v>0.02946</v>
       </c>
       <c r="M32" s="15">
         <v>0.02651</v>
       </c>
       <c r="N32" s="15">
-        <v>3320</v>
+        <v>3120</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>94</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="E33" s="15">
         <v>10000017888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>4000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04867</v>
       </c>
       <c r="L33" s="15">
         <v>0.027</v>
       </c>
       <c r="M33" s="15">
         <v>0.0246</v>
       </c>
       <c r="N33" s="15">
-        <v>256</v>
+        <v>210</v>
       </c>
       <c r="O33" s="15">
-        <v>17000</v>
+        <v>14000</v>
       </c>
       <c r="P33" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10000030275</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03</v>
       </c>
       <c r="L34" s="15">
         <v>0.022</v>
       </c>
       <c r="M34" s="15">
         <v>0.019</v>
       </c>
       <c r="N34" s="15">
-        <v>3380</v>
+        <v>4619</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10000030274</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>4000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03716</v>
       </c>
       <c r="L35" s="15">
         <v>0.0266</v>
       </c>
       <c r="M35" s="15">
         <v>0.024</v>
       </c>
       <c r="N35" s="15">
-        <v>4780</v>
+        <v>3888</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10000018286</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>4000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03436</v>
       </c>
       <c r="L36" s="15">
         <v>0.02429</v>
       </c>
       <c r="M36" s="15">
         <v>0.02109</v>
       </c>
       <c r="N36" s="15">
-        <v>2531</v>
+        <v>2135</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080000636</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>4000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03</v>
       </c>
       <c r="L37" s="15">
         <v>0.02</v>
       </c>
       <c r="M37" s="15">
         <v>0.0183</v>
       </c>
       <c r="N37" s="15">
-        <v>23158</v>
+        <v>447</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02827</v>
       </c>
       <c r="L38" s="15">
         <v>0.02371</v>
       </c>
       <c r="M38" s="15">
         <v>0.0228</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>107</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E39" s="15">
         <v>10080000635</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0294</v>
       </c>
       <c r="L39" s="15">
         <v>0.0196</v>
       </c>
       <c r="M39" s="15">
         <v>0.017</v>
       </c>
       <c r="N39" s="15">
-        <v>37497</v>
+        <v>22801</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10000018279</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03654</v>
       </c>
       <c r="L40" s="15">
         <v>0.022</v>
       </c>
       <c r="M40" s="15">
         <v>0.02</v>
       </c>
       <c r="N40" s="15">
-        <v>20522</v>
+        <v>28370</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
         <v>0.04804</v>
       </c>
       <c r="L41" s="15">
         <v>0.04495</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>4000</v>
       </c>
       <c r="K42" s="15">
         <v>0.03432</v>
       </c>
       <c r="L42" s="15">
         <v>0.03432</v>
       </c>
       <c r="M42" s="15">
         <v>0.03432</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.105</v>
       </c>
       <c r="L43" s="15">
         <v>0.105</v>
       </c>
       <c r="M43" s="15">
         <v>0.105</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="C44" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="C44" s="15" t="s">
+      <c r="D44" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E44" s="15">
         <v>10000017883</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>3000</v>
       </c>
       <c r="K44" s="15">
         <v>0.04867</v>
       </c>
       <c r="L44" s="15">
         <v>0.0255</v>
       </c>
       <c r="M44" s="15">
         <v>0.023</v>
       </c>
       <c r="N44" s="15">
-        <v>63232</v>
+        <v>69635</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E45" s="15">
         <v>10000018344</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04186</v>
       </c>
       <c r="L45" s="15">
         <v>0.0266</v>
       </c>
       <c r="M45" s="15">
         <v>0.024</v>
       </c>
       <c r="N45" s="15">
-        <v>20499</v>
+        <v>16208</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E46" s="15">
         <v>10000018282</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>3000</v>
       </c>
       <c r="K46" s="15">
         <v>0.03908</v>
       </c>
       <c r="L46" s="15">
         <v>0.0249</v>
       </c>
       <c r="M46" s="15">
         <v>0.022</v>
       </c>
       <c r="N46" s="15">
-        <v>8715</v>
+        <v>1031</v>
       </c>
       <c r="O46" s="15">
-        <v>50400</v>
+        <v>47250</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E47" s="15">
         <v>10000017882</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>3000</v>
       </c>
       <c r="K47" s="15">
         <v>0.03635</v>
       </c>
       <c r="L47" s="15">
         <v>0.025</v>
       </c>
       <c r="M47" s="15">
         <v>0.0213</v>
       </c>
       <c r="N47" s="15">
-        <v>113256</v>
+        <v>97812</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E48" s="15">
         <v>10080002654</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>3000</v>
       </c>
       <c r="K48" s="15">
         <v>0.04186</v>
       </c>
       <c r="L48" s="15">
         <v>0.0266</v>
       </c>
       <c r="M48" s="15">
         <v>0.024</v>
       </c>
       <c r="N48" s="15">
-        <v>1910</v>
+        <v>2348</v>
       </c>
       <c r="O48" s="15">
-        <v>12810</v>
+        <v>15750</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E49" s="15">
         <v>10000018301</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>3000</v>
       </c>
       <c r="K49" s="15">
         <v>0.03865</v>
       </c>
       <c r="L49" s="15">
         <v>0.026</v>
       </c>
       <c r="M49" s="15">
         <v>0.022</v>
       </c>
       <c r="N49" s="15">
-        <v>13043</v>
+        <v>10721</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E50" s="15">
         <v>10000017884</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.04121</v>
       </c>
       <c r="L50" s="15">
         <v>0.024</v>
       </c>
       <c r="M50" s="15">
         <v>0.021</v>
       </c>
       <c r="N50" s="15">
-        <v>2906</v>
+        <v>3599</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E51" s="15">
         <v>10000014328</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>4000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04752</v>
       </c>
       <c r="L51" s="15">
         <v>0.0265</v>
       </c>
       <c r="M51" s="15">
         <v>0.0235</v>
       </c>
       <c r="N51" s="15">
-        <v>5858</v>
+        <v>4463</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="E52" s="15">
         <v>10000014327</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05235</v>
       </c>
       <c r="L52" s="15">
         <v>0.0243</v>
       </c>
       <c r="M52" s="15">
         <v>0.021</v>
       </c>
       <c r="N52" s="15">
-        <v>73188</v>
+        <v>54484</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="E53" s="15">
         <v>10080006135</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>4000</v>
       </c>
       <c r="K53" s="15">
         <v>0.04186</v>
       </c>
       <c r="L53" s="15">
         <v>0.028</v>
       </c>
       <c r="M53" s="15">
         <v>0.023</v>
       </c>
       <c r="N53" s="15">
-        <v>77251</v>
+        <v>78300</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>145</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>4000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04746</v>
       </c>
       <c r="L54" s="15">
         <v>0.0303</v>
       </c>
       <c r="M54" s="15">
         <v>0.027</v>
       </c>
       <c r="N54" s="15">
-        <v>177</v>
+        <v>216</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.0356</v>
       </c>
       <c r="L55" s="15">
         <v>0.02986</v>
       </c>
       <c r="M55" s="15">
         <v>0.026</v>
       </c>
       <c r="N55" s="15">
-        <v>3320</v>
+        <v>3003</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="E56" s="15">
         <v>10080002655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04327</v>
       </c>
       <c r="L56" s="15">
         <v>0.03131</v>
       </c>
       <c r="M56" s="15">
         <v>0.024</v>
       </c>
       <c r="N56" s="15">
-        <v>6783</v>
+        <v>4143</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0399</v>
       </c>
       <c r="L57" s="15">
         <v>0.0266</v>
       </c>
       <c r="M57" s="15">
         <v>0.024</v>
       </c>
       <c r="N57" s="15">
-        <v>2648</v>
+        <v>3082</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E58" s="15">
         <v>10000018308</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="J58" s="15">
         <v>4000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03893</v>
       </c>
       <c r="L58" s="15">
         <v>0.0256</v>
       </c>
       <c r="M58" s="15">
         <v>0.0224</v>
       </c>
       <c r="N58" s="15">
-        <v>17239</v>
+        <v>17586</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="E59" s="15">
         <v>10080049082</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>4000</v>
       </c>
       <c r="K59" s="15">
         <v>0.037</v>
       </c>
       <c r="L59" s="15">
         <v>0.02616</v>
       </c>
       <c r="M59" s="15">
         <v>0.02272</v>
       </c>
       <c r="N59" s="15">
-        <v>6560</v>
+        <v>5840</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="E60" s="15">
         <v>10000018272</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>4000</v>
       </c>
       <c r="K60" s="15">
         <v>0.03908</v>
       </c>
       <c r="L60" s="15">
         <v>0.0233</v>
       </c>
       <c r="M60" s="15">
         <v>0.0218</v>
       </c>
       <c r="N60" s="15">
-        <v>13234</v>
+        <v>4903</v>
       </c>
       <c r="O60" s="15">
-        <v>14000</v>
+        <v>14200</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="E61" s="15">
         <v>10000018302</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.03908</v>
       </c>
       <c r="L61" s="15">
         <v>0.0242</v>
       </c>
       <c r="M61" s="15">
         <v>0.022</v>
       </c>
       <c r="N61" s="15">
-        <v>56216</v>
+        <v>46338</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="E62" s="15">
         <v>10080038881</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0648</v>
       </c>
       <c r="L62" s="15">
         <v>0.04688</v>
       </c>
       <c r="M62" s="15">
         <v>0.04091</v>
       </c>
       <c r="N62" s="15">
-        <v>839</v>
+        <v>656</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E63" s="15">
         <v>10080037822</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.0648</v>
       </c>
       <c r="L63" s="15">
         <v>0.0469</v>
       </c>
       <c r="M63" s="15">
         <v>0.0409</v>
       </c>
       <c r="N63" s="15">
         <v>20</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E64" s="15">
         <v>10000012898</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03962</v>
       </c>
       <c r="L64" s="15">
         <v>0.02801</v>
       </c>
       <c r="M64" s="15">
         <v>0.02433</v>
       </c>
       <c r="N64" s="15">
-        <v>2881</v>
+        <v>3397</v>
       </c>
       <c r="O64" s="15">
-        <v>8041</v>
+        <v>9480</v>
       </c>
       <c r="P64" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E65" s="15">
         <v>10080002656</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
         <v>0.03908</v>
       </c>
       <c r="L65" s="15">
         <v>0.0245</v>
       </c>
       <c r="M65" s="15">
         <v>0.022</v>
       </c>
       <c r="N65" s="15">
-        <v>44573</v>
+        <v>42469</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E66" s="15">
         <v>10000018326</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.035</v>
       </c>
       <c r="L66" s="15">
         <v>0.022</v>
       </c>
       <c r="M66" s="15">
         <v>0.02</v>
       </c>
       <c r="N66" s="15">
-        <v>2492</v>
+        <v>3376</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="C67" s="15" t="s">
         <v>175</v>
       </c>
-      <c r="C67" s="15" t="s">
+      <c r="D67" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>3000</v>
       </c>
       <c r="K67" s="15">
         <v>0.041</v>
       </c>
       <c r="L67" s="15">
         <v>0.041</v>
       </c>
       <c r="M67" s="15">
         <v>0.041</v>
       </c>
       <c r="N67" s="15">
-        <v>415</v>
+        <v>474</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>181</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>3000</v>
       </c>
       <c r="K68" s="15">
         <v>0.031</v>
       </c>
       <c r="L68" s="15">
         <v>0.031</v>
       </c>
       <c r="M68" s="15">
         <v>0.031</v>
       </c>
       <c r="N68" s="15">
         <v>37</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>3000</v>
       </c>
       <c r="K69" s="15">
         <v>0.06112</v>
       </c>
       <c r="L69" s="15">
         <v>0.05126</v>
       </c>
       <c r="M69" s="15">
         <v>0.04929</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>3000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="E70" s="15">
         <v>10080038398</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>3000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04</v>
       </c>
       <c r="L70" s="15">
         <v>0.04</v>
       </c>
       <c r="M70" s="15">
         <v>0.04</v>
       </c>
       <c r="N70" s="15">
-        <v>6915</v>
+        <v>5387</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1</v>
       </c>
       <c r="K71" s="15">
         <v>0.0532</v>
       </c>
       <c r="L71" s="15">
         <v>0.04822</v>
       </c>
       <c r="M71" s="15">
         <v>0.0449</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.024</v>
       </c>
       <c r="L72" s="15">
         <v>0.024</v>
       </c>
       <c r="M72" s="15">
         <v>0.024</v>
       </c>
       <c r="N72" s="15">
-        <v>2099</v>
+        <v>2290</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="E73" s="15">
         <v>10080027076</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
         <v>0.04156</v>
       </c>
       <c r="L73" s="15">
         <v>0.0266</v>
       </c>
       <c r="M73" s="15">
         <v>0.024</v>
       </c>
       <c r="N73" s="15">
-        <v>2009</v>
+        <v>2203</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E74" s="15">
         <v>10000018309</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="J74" s="15">
         <v>3000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0335</v>
       </c>
       <c r="L74" s="15">
         <v>0.02</v>
       </c>
       <c r="M74" s="15">
         <v>0.022</v>
       </c>
       <c r="N74" s="15">
-        <v>23772</v>
+        <v>17684</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
         <v>0.035</v>
       </c>
       <c r="L75" s="15">
         <v>0.0221</v>
       </c>
       <c r="M75" s="15">
         <v>0.0205</v>
       </c>
       <c r="N75" s="15">
-        <v>27129</v>
+        <v>27939</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="E76" s="15">
         <v>10000018291</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>3000</v>
       </c>
       <c r="K76" s="15">
         <v>0.04</v>
       </c>
       <c r="L76" s="15">
         <v>0.027</v>
       </c>
       <c r="M76" s="15">
         <v>0.0246</v>
       </c>
       <c r="N76" s="15">
-        <v>4250</v>
+        <v>3495</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="E77" s="15">
         <v>10080031785</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>3000</v>
       </c>
       <c r="K77" s="15">
         <v>0.03346</v>
       </c>
       <c r="L77" s="15">
         <v>0.02952</v>
       </c>
       <c r="M77" s="15">
         <v>0.02657</v>
       </c>
       <c r="N77" s="15">
-        <v>2550</v>
+        <v>2100</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E78" s="15">
         <v>10000018337</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.035</v>
       </c>
       <c r="L78" s="15">
         <v>0.024</v>
       </c>
       <c r="M78" s="15">
         <v>0.021</v>
       </c>
       <c r="N78" s="15">
-        <v>12034</v>
+        <v>12823</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="C79" s="15" t="s">
         <v>210</v>
       </c>
-      <c r="C79" s="15" t="s">
+      <c r="D79" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E79" s="15">
         <v>10080006298</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>3000</v>
       </c>
       <c r="K79" s="15">
         <v>0.07536</v>
       </c>
       <c r="L79" s="15">
         <v>0.05453</v>
       </c>
       <c r="M79" s="15">
         <v>0.04758</v>
       </c>
       <c r="N79" s="15">
-        <v>26629</v>
+        <v>25345</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="E80" s="15">
         <v>10080037798</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.052</v>
       </c>
       <c r="L80" s="15">
         <v>0.0356</v>
       </c>
       <c r="M80" s="15">
         <v>0.03195</v>
       </c>
       <c r="N80" s="15">
-        <v>13178</v>
+        <v>10982</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>216</v>
       </c>
-      <c r="D81" s="15" t="s">
+      <c r="E81" s="15" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06979</v>
       </c>
       <c r="L81" s="15">
         <v>0.0454</v>
       </c>
       <c r="M81" s="15">
         <v>0.0412</v>
       </c>
       <c r="N81" s="15">
-        <v>11730</v>
+        <v>12621</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="E82" s="15">
         <v>10080075711</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.06979</v>
       </c>
       <c r="L82" s="15">
         <v>0.0432</v>
       </c>
       <c r="M82" s="15">
         <v>0.0393</v>
       </c>
       <c r="N82" s="15">
-        <v>4922</v>
+        <v>4368</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E83" s="15">
         <v>10000018348</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06224</v>
       </c>
       <c r="L83" s="15">
         <v>0.042</v>
       </c>
       <c r="M83" s="15">
         <v>0.037</v>
       </c>
       <c r="N83" s="15">
-        <v>33578</v>
+        <v>30876</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E84" s="15">
         <v>10000018327</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.05219</v>
       </c>
       <c r="L84" s="15">
         <v>0.04605</v>
       </c>
       <c r="M84" s="15">
         <v>0.04145</v>
       </c>
       <c r="N84" s="15">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="O84" s="15">
-        <v>1800</v>
+        <v>1830</v>
       </c>
       <c r="P84" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="E85" s="15">
         <v>10080006299</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.06441</v>
       </c>
       <c r="L85" s="15">
         <v>0.04</v>
       </c>
       <c r="M85" s="15">
         <v>0.0367</v>
       </c>
       <c r="N85" s="15">
-        <v>16134</v>
+        <v>5271</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03421</v>
       </c>
       <c r="L86" s="15">
         <v>0.02869</v>
       </c>
       <c r="M86" s="15">
         <v>0.02759</v>
       </c>
       <c r="N86" s="15">
         <v>40</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>231</v>
       </c>
-      <c r="D87" s="15" t="s">
+      <c r="E87" s="15" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
-        <v>0.09017</v>
+        <v>0.03602</v>
       </c>
       <c r="L87" s="15">
-        <v>0.07561</v>
+        <v>0.03121</v>
       </c>
       <c r="M87" s="15">
-        <v>0.07272000000000001</v>
+        <v>0.03001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="C88" s="15" t="s">
+        <v>233</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>234</v>
       </c>
-      <c r="C88" s="15" t="s">
+      <c r="E88" s="15" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>3000</v>
       </c>
       <c r="K88" s="15">
-        <v>0.10574</v>
+        <v>0.03602</v>
       </c>
       <c r="L88" s="15">
-        <v>0.08867</v>
+        <v>0.03121</v>
       </c>
       <c r="M88" s="15">
-        <v>0.08527</v>
+        <v>0.03001</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.07048</v>
+        <v>0.09017</v>
       </c>
       <c r="L89" s="15">
-        <v>0.05911</v>
+        <v>0.07561</v>
       </c>
       <c r="M89" s="15">
-        <v>0.05684</v>
+        <v>0.07272000000000001</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>3000</v>
       </c>
       <c r="K90" s="15">
-        <v>0.03573</v>
+        <v>0.10574</v>
       </c>
       <c r="L90" s="15">
-        <v>0.02997</v>
+        <v>0.08867</v>
       </c>
       <c r="M90" s="15">
-        <v>0.02881</v>
+        <v>0.08527</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>210</v>
+        <v>239</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>243</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="D91" s="15" t="s">
+      <c r="E91" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000017887</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I91" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>3000</v>
       </c>
       <c r="K91" s="15">
-        <v>0.04399</v>
+        <v>0.07048</v>
       </c>
       <c r="L91" s="15">
-        <v>0.028</v>
+        <v>0.05911</v>
       </c>
       <c r="M91" s="15">
-        <v>0.0255</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05684</v>
+      </c>
+      <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D92" s="15" t="s">
+      <c r="E92" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000030280</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
-        <v>0.04876</v>
+        <v>0.03573</v>
       </c>
       <c r="L92" s="15">
-        <v>0.0317</v>
+        <v>0.02997</v>
       </c>
       <c r="M92" s="15">
-        <v>0.0289</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02881</v>
+      </c>
+      <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>249</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>250</v>
       </c>
       <c r="E93" s="15">
-        <v>10080006300</v>
+        <v>10000017887</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="15" t="s">
         <v>251</v>
       </c>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.0466</v>
+        <v>0.04399</v>
       </c>
       <c r="L93" s="15">
-        <v>0.029</v>
+        <v>0.028</v>
       </c>
       <c r="M93" s="15">
-        <v>0.0264</v>
+        <v>0.0255</v>
       </c>
       <c r="N93" s="15">
-        <v>22552</v>
+        <v>3396</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>252</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>253</v>
       </c>
       <c r="E94" s="15">
-        <v>10000030277</v>
+        <v>10000030280</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
-        <v>0.04466</v>
+        <v>0.04876</v>
       </c>
       <c r="L94" s="15">
-        <v>0.0266</v>
+        <v>0.0317</v>
       </c>
       <c r="M94" s="15">
-        <v>0.025</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.0289</v>
+      </c>
+      <c r="N94" s="15">
+        <v>497</v>
+      </c>
+      <c r="O94" s="15"/>
+      <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C95" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E95" s="15">
-        <v>10000017885</v>
+        <v>10080006300</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
         <v>256</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
-        <v>0.04</v>
+        <v>0.0466</v>
       </c>
       <c r="L95" s="15">
-        <v>0.028</v>
+        <v>0.029</v>
       </c>
       <c r="M95" s="15">
         <v>0.0264</v>
       </c>
       <c r="N95" s="15">
-        <v>231</v>
+        <v>20461</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C96" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E96" s="15">
-        <v>10000018351</v>
+        <v>10000030277</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I96" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
-        <v>0.04</v>
+        <v>0.04466</v>
       </c>
       <c r="L96" s="15">
-        <v>0.0286</v>
+        <v>0.0266</v>
       </c>
       <c r="M96" s="15">
-        <v>0.026</v>
+        <v>0.025</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15">
-        <v>19800</v>
+        <v>13650</v>
       </c>
       <c r="P96" s="15" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>260</v>
       </c>
-      <c r="D97" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97" s="15">
-        <v>10000030278</v>
+        <v>10000017885</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I97" s="15"/>
+      <c r="I97" s="15" t="s">
+        <v>261</v>
+      </c>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
-        <v>0.035</v>
+        <v>0.04</v>
       </c>
       <c r="L97" s="15">
-        <v>0.022</v>
+        <v>0.028</v>
       </c>
       <c r="M97" s="15">
-        <v>0.021</v>
+        <v>0.0264</v>
       </c>
       <c r="N97" s="15">
-        <v>4881</v>
+        <v>239</v>
       </c>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C98" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D98" s="15" t="s">
         <v>263</v>
       </c>
       <c r="E98" s="15">
-        <v>10000018267</v>
+        <v>10000018351</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I98" s="15"/>
+      <c r="I98" s="15" t="s">
+        <v>264</v>
+      </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
-        <v>0.04186</v>
+        <v>0.04</v>
       </c>
       <c r="L98" s="15">
+        <v>0.0286</v>
+      </c>
+      <c r="M98" s="15">
         <v>0.026</v>
       </c>
-      <c r="M98" s="15">
-[...6 lines deleted...]
-      <c r="P98" s="15"/>
+      <c r="N98" s="15"/>
+      <c r="O98" s="15">
+        <v>25800</v>
+      </c>
+      <c r="P98" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="E99" s="15">
-        <v>10000020785</v>
+        <v>10000030278</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.035</v>
       </c>
       <c r="L99" s="15">
-        <v>0.024</v>
+        <v>0.022</v>
       </c>
       <c r="M99" s="15">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
       <c r="N99" s="15">
-        <v>26455</v>
-[...6 lines deleted...]
-      </c>
+        <v>7159</v>
+      </c>
+      <c r="O99" s="15"/>
+      <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E100" s="15">
-        <v>10000030279</v>
+        <v>10000018267</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
-        <v>0.023</v>
+        <v>0.04186</v>
       </c>
       <c r="L100" s="15">
-        <v>0.023</v>
+        <v>0.026</v>
       </c>
       <c r="M100" s="15">
         <v>0.023</v>
       </c>
       <c r="N100" s="15">
-        <v>18780</v>
+        <v>3309</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E101" s="15">
-        <v>10000018311</v>
+        <v>10000020785</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.035</v>
       </c>
       <c r="L101" s="15">
-        <v>0.0239</v>
+        <v>0.024</v>
       </c>
       <c r="M101" s="15">
-        <v>0.0228</v>
+        <v>0.022</v>
       </c>
       <c r="N101" s="15">
-        <v>38388</v>
-[...2 lines deleted...]
-      <c r="P101" s="15"/>
+        <v>15206</v>
+      </c>
+      <c r="O101" s="15">
+        <v>46800</v>
+      </c>
+      <c r="P101" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="E102" s="15" t="s">
         <v>272</v>
+      </c>
+      <c r="E102" s="15">
+        <v>10000030279</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>3000</v>
       </c>
       <c r="K102" s="15">
-        <v>0.04927</v>
+        <v>0.023</v>
       </c>
       <c r="L102" s="15">
-        <v>0.04311</v>
+        <v>0.023</v>
       </c>
       <c r="M102" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N102" s="15"/>
+        <v>0.023</v>
+      </c>
+      <c r="N102" s="15">
+        <v>15120</v>
+      </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="C103" s="15" t="s">
         <v>273</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>274</v>
       </c>
       <c r="E103" s="15">
-        <v>10000023505</v>
+        <v>10000018311</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>275</v>
+        <v>212</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
-        <v>0.11382</v>
+        <v>0.035</v>
       </c>
       <c r="L103" s="15">
-        <v>0.08160000000000001</v>
+        <v>0.0239</v>
       </c>
       <c r="M103" s="15">
-        <v>0.07086000000000001</v>
-[...1 lines deleted...]
-      <c r="N103" s="15"/>
+        <v>0.0228</v>
+      </c>
+      <c r="N103" s="15">
+        <v>37525</v>
+      </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>234</v>
+        <v>209</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="D104" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D104" s="15" t="s">
+      <c r="E104" s="15" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080002657</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>275</v>
+        <v>212</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
-        <v>0.07000000000000001</v>
+        <v>0.04927</v>
       </c>
       <c r="L104" s="15">
-        <v>0.049</v>
+        <v>0.04311</v>
       </c>
       <c r="M104" s="15">
-        <v>0.0456</v>
-[...3 lines deleted...]
-      </c>
+        <v>0</v>
+      </c>
+      <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C105" s="15" t="s">
         <v>278</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>279</v>
       </c>
       <c r="E105" s="15">
-        <v>10000023504</v>
+        <v>10000023505</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
-        <v>0.07000000000000001</v>
+        <v>0.11382</v>
       </c>
       <c r="L105" s="15">
-        <v>0.047</v>
+        <v>0.08160000000000001</v>
       </c>
       <c r="M105" s="15">
-        <v>0.043</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.07086000000000001</v>
+      </c>
+      <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="E106" s="15">
-        <v>10000018269</v>
+        <v>10080002657</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
-        <v>0.045</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="L106" s="15">
-        <v>0.045</v>
+        <v>0.049</v>
       </c>
       <c r="M106" s="15">
-        <v>0.045</v>
+        <v>0.0456</v>
       </c>
       <c r="N106" s="15">
-        <v>2225</v>
+        <v>23981</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="E107" s="15" t="s">
         <v>284</v>
+      </c>
+      <c r="E107" s="15">
+        <v>10000023504</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>3000</v>
       </c>
       <c r="K107" s="15">
-        <v>0.08859</v>
+        <v>0.07000000000000001</v>
       </c>
       <c r="L107" s="15">
-        <v>0.0743</v>
+        <v>0.047</v>
       </c>
       <c r="M107" s="15">
-        <v>0.07145</v>
-[...1 lines deleted...]
-      <c r="N107" s="15"/>
+        <v>0.043</v>
+      </c>
+      <c r="N107" s="15">
+        <v>572</v>
+      </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="C108" s="15" t="s">
         <v>285</v>
       </c>
       <c r="D108" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="E108" s="15" t="s">
-        <v>287</v>
+      <c r="E108" s="15">
+        <v>10000018269</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
-        <v>0.15765</v>
+        <v>0.045</v>
       </c>
       <c r="L108" s="15">
-        <v>0.14288</v>
+        <v>0.045</v>
       </c>
       <c r="M108" s="15">
-        <v>0.13302</v>
-[...1 lines deleted...]
-      <c r="N108" s="15"/>
+        <v>0.045</v>
+      </c>
+      <c r="N108" s="15">
+        <v>2359</v>
+      </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="D109" s="15" t="s">
+      <c r="E109" s="15" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>291</v>
+        <v>280</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I109" s="15"/>
       <c r="J109" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K109" s="15">
-        <v>0.12421</v>
+        <v>0.08859</v>
       </c>
       <c r="L109" s="15">
-        <v>0.10418</v>
+        <v>0.0743</v>
       </c>
       <c r="M109" s="15">
-        <v>0.10018</v>
+        <v>0.07145</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>26</v>
+        <v>239</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>296</v>
+        <v>280</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
-        <v>4000</v>
+        <v>3000</v>
       </c>
       <c r="K110" s="15">
-        <v>0.12421</v>
+        <v>0.15765</v>
       </c>
       <c r="L110" s="15">
-        <v>0.10418</v>
+        <v>0.14288</v>
       </c>
       <c r="M110" s="15">
-        <v>0.10018</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.13302</v>
+      </c>
+      <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
         <v>296</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I111" s="15"/>
+      <c r="I111" s="15" t="s">
+        <v>297</v>
+      </c>
       <c r="J111" s="15">
         <v>4000</v>
       </c>
       <c r="K111" s="15">
         <v>0.12421</v>
       </c>
       <c r="L111" s="15">
         <v>0.10418</v>
       </c>
       <c r="M111" s="15">
         <v>0.10018</v>
       </c>
-      <c r="N111" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C112" s="15" t="s">
+        <v>298</v>
+      </c>
+      <c r="D112" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="E112" s="15" t="s">
         <v>300</v>
-      </c>
-[...7 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>4000</v>
       </c>
       <c r="K112" s="15">
-        <v>0.06448</v>
+        <v>0.12421</v>
       </c>
       <c r="L112" s="15">
-        <v>0.04666</v>
+        <v>0.10418</v>
       </c>
       <c r="M112" s="15">
-        <v>0.04071</v>
+        <v>0.10018</v>
       </c>
       <c r="N112" s="15">
-        <v>36433</v>
+        <v>10</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
-        <v>300</v>
+        <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>304</v>
+        <v>301</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K113" s="15">
-        <v>0.04806</v>
+        <v>0.12421</v>
       </c>
       <c r="L113" s="15">
-        <v>0.04031</v>
+        <v>0.10418</v>
       </c>
       <c r="M113" s="15">
-        <v>0.03875</v>
-[...1 lines deleted...]
-      <c r="N113" s="15"/>
+        <v>0.10018</v>
+      </c>
+      <c r="N113" s="15">
+        <v>10</v>
+      </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
-      <c r="Q113" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K114" s="15">
-        <v>0.06816999999999999</v>
+        <v>0.06448</v>
       </c>
       <c r="L114" s="15">
-        <v>0.05717</v>
+        <v>0.04666</v>
       </c>
       <c r="M114" s="15">
-        <v>0.05497</v>
-[...1 lines deleted...]
-      <c r="N114" s="15"/>
+        <v>0.04071</v>
+      </c>
+      <c r="N114" s="15">
+        <v>30152</v>
+      </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
-      <c r="Q114" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C115" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="D115" s="15" t="s">
         <v>311</v>
       </c>
-      <c r="D115" s="15" t="s">
+      <c r="E115" s="15" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
-        <v>0.06816999999999999</v>
+        <v>0.04806</v>
       </c>
       <c r="L115" s="15">
-        <v>0.05717</v>
+        <v>0.04031</v>
       </c>
       <c r="M115" s="15">
-        <v>0.05497</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.03875</v>
+      </c>
+      <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15">
         <v>20000</v>
       </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D116" s="15" t="s">
+      <c r="E116" s="15" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034991</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
-        <v>0.03318</v>
+        <v>0.06816999999999999</v>
       </c>
       <c r="L116" s="15">
-        <v>0.02401</v>
+        <v>0.05717</v>
       </c>
       <c r="M116" s="15">
-        <v>0.02095</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05497</v>
+      </c>
+      <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
-      <c r="Q116" s="15"/>
+      <c r="Q116" s="15">
+        <v>20000</v>
+      </c>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C117" s="15" t="s">
         <v>316</v>
       </c>
       <c r="D117" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="E117" s="15">
-        <v>10080034990</v>
+      <c r="E117" s="15" t="s">
+        <v>318</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
-        <v>0.03127</v>
+        <v>0.06816999999999999</v>
       </c>
       <c r="L117" s="15">
-        <v>0.02035</v>
+        <v>0.05717</v>
       </c>
       <c r="M117" s="15">
-        <v>0.0185</v>
+        <v>0.05497</v>
       </c>
       <c r="N117" s="15">
-        <v>1358</v>
+        <v>20</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
-      <c r="Q117" s="15"/>
+      <c r="Q117" s="15">
+        <v>20000</v>
+      </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>26</v>
+        <v>305</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="E118" s="15" t="s">
         <v>320</v>
+      </c>
+      <c r="E118" s="15">
+        <v>10080034991</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>4000</v>
+        <v>2000</v>
       </c>
       <c r="K118" s="15">
-        <v>0.03333</v>
+        <v>0.03318</v>
       </c>
       <c r="L118" s="15">
-        <v>0.02412</v>
+        <v>0.02401</v>
       </c>
       <c r="M118" s="15">
-        <v>0.02104</v>
+        <v>0.02095</v>
       </c>
       <c r="N118" s="15">
-        <v>10680</v>
+        <v>660</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="C119" s="15" t="s">
+        <v>321</v>
+      </c>
+      <c r="D119" s="15" t="s">
         <v>322</v>
       </c>
-      <c r="C119" s="15" t="s">
-[...6 lines deleted...]
-        <v>325</v>
+      <c r="E119" s="15">
+        <v>10080034990</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
-        <v>0.065</v>
+        <v>0.03127</v>
       </c>
       <c r="L119" s="15">
-        <v>0.0435</v>
+        <v>0.02035</v>
       </c>
       <c r="M119" s="15">
-        <v>0.0396</v>
+        <v>0.0185</v>
       </c>
       <c r="N119" s="15">
-        <v>3968</v>
+        <v>1335</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
-        <v>322</v>
+        <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
         <v>326</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
-        <v>2000</v>
+        <v>4000</v>
       </c>
       <c r="K120" s="15">
-        <v>0.05227</v>
+        <v>0.03333</v>
       </c>
       <c r="L120" s="15">
-        <v>0.04384</v>
+        <v>0.02412</v>
       </c>
       <c r="M120" s="15">
-        <v>0.04215</v>
-[...1 lines deleted...]
-      <c r="N120" s="15"/>
+        <v>0.02104</v>
+      </c>
+      <c r="N120" s="15">
+        <v>7560</v>
+      </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
-      <c r="Q120" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>328</v>
+      </c>
+      <c r="D121" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="E121" s="15" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
-        <v>0.02697</v>
+        <v>0.065</v>
       </c>
       <c r="L121" s="15">
-        <v>0.02262</v>
+        <v>0.0435</v>
       </c>
       <c r="M121" s="15">
-        <v>0.02175</v>
+        <v>0.0396</v>
       </c>
       <c r="N121" s="15">
-        <v>100</v>
+        <v>4032</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C122" s="15" t="s">
+        <v>332</v>
+      </c>
+      <c r="D122" s="15" t="s">
         <v>333</v>
       </c>
-      <c r="D122" s="15" t="s">
+      <c r="E122" s="15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
-        <v>0.02728</v>
+        <v>0.05227</v>
       </c>
       <c r="L122" s="15">
-        <v>0.02288</v>
+        <v>0.04384</v>
       </c>
       <c r="M122" s="15">
-        <v>0.022</v>
+        <v>0.04215</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15">
         <v>4000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D123" s="15" t="s">
+      <c r="E123" s="15" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080034684</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
-        <v>0.06169</v>
+        <v>0.02697</v>
       </c>
       <c r="L123" s="15">
-        <v>0.04423</v>
+        <v>0.02262</v>
       </c>
       <c r="M123" s="15">
-        <v>0.03841</v>
-[...1 lines deleted...]
-      <c r="N123" s="15"/>
+        <v>0.02175</v>
+      </c>
+      <c r="N123" s="15">
+        <v>100</v>
+      </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C124" s="15" t="s">
         <v>338</v>
       </c>
       <c r="D124" s="15" t="s">
         <v>339</v>
       </c>
-      <c r="E124" s="15">
-        <v>10080034685</v>
+      <c r="E124" s="15" t="s">
+        <v>340</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
-        <v>0.031</v>
+        <v>0.02728</v>
       </c>
       <c r="L124" s="15">
-        <v>0.031</v>
+        <v>0.02288</v>
       </c>
       <c r="M124" s="15">
-        <v>0.031</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.022</v>
+      </c>
+      <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
-      <c r="Q124" s="15"/>
+      <c r="Q124" s="15">
+        <v>4000</v>
+      </c>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="E125" s="15" t="s">
         <v>342</v>
+      </c>
+      <c r="E125" s="15">
+        <v>10080034684</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
-        <v>0.02638</v>
+        <v>0.06169</v>
       </c>
       <c r="L125" s="15">
-        <v>0.02638</v>
+        <v>0.04423</v>
       </c>
       <c r="M125" s="15">
-        <v>0.02638</v>
+        <v>0.03841</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C126" s="15" t="s">
         <v>343</v>
       </c>
       <c r="D126" s="15" t="s">
         <v>344</v>
       </c>
       <c r="E126" s="15">
-        <v>10000029709</v>
+        <v>10080034685</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>2000</v>
       </c>
       <c r="K126" s="15">
-        <v>0.03234</v>
+        <v>0.031</v>
       </c>
       <c r="L126" s="15">
-        <v>0.02286</v>
+        <v>0.031</v>
       </c>
       <c r="M126" s="15">
-        <v>0.01985</v>
+        <v>0.031</v>
       </c>
       <c r="N126" s="15">
-        <v>31904</v>
+        <v>513</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C127" s="15" t="s">
         <v>345</v>
       </c>
       <c r="D127" s="15" t="s">
         <v>346</v>
       </c>
       <c r="E127" s="15" t="s">
         <v>347</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
-        <v>0.03478</v>
+        <v>0.02638</v>
       </c>
       <c r="L127" s="15">
-        <v>0.02917</v>
+        <v>0.02638</v>
       </c>
       <c r="M127" s="15">
-        <v>0.02805</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.02638</v>
+      </c>
+      <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>348</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>349</v>
       </c>
       <c r="E128" s="15">
-        <v>10080002651</v>
+        <v>10000029709</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
-        <v>0.0611</v>
+        <v>0.03234</v>
       </c>
       <c r="L128" s="15">
-        <v>0.0432</v>
+        <v>0.02286</v>
       </c>
       <c r="M128" s="15">
-        <v>0.03751</v>
+        <v>0.01985</v>
       </c>
       <c r="N128" s="15">
-        <v>23759</v>
+        <v>36889</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>350</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>351</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>352</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
-        <v>0.07418</v>
+        <v>0.03478</v>
       </c>
       <c r="L129" s="15">
-        <v>0.05244</v>
+        <v>0.02917</v>
       </c>
       <c r="M129" s="15">
-        <v>0.04554</v>
-[...7 lines deleted...]
-      </c>
+        <v>0.02805</v>
+      </c>
+      <c r="N129" s="15">
+        <v>40</v>
+      </c>
+      <c r="O129" s="15"/>
+      <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C130" s="15" t="s">
         <v>353</v>
       </c>
       <c r="D130" s="15" t="s">
         <v>354</v>
       </c>
-      <c r="E130" s="15" t="s">
-        <v>355</v>
+      <c r="E130" s="15">
+        <v>10080002651</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
-        <v>0.03077</v>
+        <v>0.0611</v>
       </c>
       <c r="L130" s="15">
-        <v>0.02581</v>
+        <v>0.0432</v>
       </c>
       <c r="M130" s="15">
-        <v>0.02481</v>
+        <v>0.03751</v>
       </c>
       <c r="N130" s="15">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="O130" s="15"/>
+        <v>22736</v>
+      </c>
+      <c r="O130" s="15">
+        <v>69600</v>
+      </c>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>356</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080001183</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
-        <v>0.038</v>
+        <v>0.07418</v>
       </c>
       <c r="L131" s="15">
-        <v>0.027</v>
+        <v>0.05244</v>
       </c>
       <c r="M131" s="15">
-        <v>0.0252</v>
-[...5 lines deleted...]
-      <c r="P131" s="15"/>
+        <v>0.04554</v>
+      </c>
+      <c r="N131" s="15"/>
+      <c r="O131" s="15">
+        <v>1220</v>
+      </c>
+      <c r="P131" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C132" s="15" t="s">
         <v>358</v>
       </c>
       <c r="D132" s="15" t="s">
         <v>359</v>
       </c>
-      <c r="E132" s="15">
-        <v>10000023503</v>
+      <c r="E132" s="15" t="s">
+        <v>360</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2000</v>
       </c>
       <c r="K132" s="15">
-        <v>0.03281</v>
+        <v>0.03077</v>
       </c>
       <c r="L132" s="15">
-        <v>0.02</v>
+        <v>0.02581</v>
       </c>
       <c r="M132" s="15">
-        <v>0.019</v>
+        <v>0.02481</v>
       </c>
       <c r="N132" s="15">
-        <v>47576</v>
+        <v>100</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E133" s="15">
-        <v>10000023502</v>
+        <v>10080001183</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
-        <v>0.09607</v>
+        <v>0.038</v>
       </c>
       <c r="L133" s="15">
-        <v>0.09361</v>
+        <v>0.027</v>
       </c>
       <c r="M133" s="15">
-        <v>0.09114</v>
+        <v>0.0252</v>
       </c>
       <c r="N133" s="15">
-        <v>3</v>
+        <v>2070</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E134" s="15">
-        <v>10000023501</v>
+        <v>10000023503</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
-        <v>0.03917</v>
+        <v>0.03281</v>
       </c>
       <c r="L134" s="15">
-        <v>0.0259</v>
+        <v>0.02</v>
       </c>
       <c r="M134" s="15">
-        <v>0.022</v>
+        <v>0.019</v>
       </c>
       <c r="N134" s="15">
-        <v>49372</v>
-[...6 lines deleted...]
-      </c>
+        <v>41035</v>
+      </c>
+      <c r="O134" s="15"/>
+      <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E135" s="15">
-        <v>10080037521</v>
+        <v>10000023502</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2000</v>
       </c>
       <c r="K135" s="15">
-        <v>0.035</v>
+        <v>0.09607</v>
       </c>
       <c r="L135" s="15">
-        <v>0.035</v>
+        <v>0.09361</v>
       </c>
       <c r="M135" s="15">
-        <v>0.035</v>
+        <v>0.09114</v>
       </c>
       <c r="N135" s="15">
-        <v>19955</v>
+        <v>3</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="E136" s="15" t="s">
         <v>368</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10000023501</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2000</v>
       </c>
       <c r="K136" s="15">
-        <v>0.06119</v>
+        <v>0.03917</v>
       </c>
       <c r="L136" s="15">
-        <v>0.04326</v>
+        <v>0.0259</v>
       </c>
       <c r="M136" s="15">
-        <v>0.03757</v>
+        <v>0.022</v>
       </c>
       <c r="N136" s="15">
-        <v>6083</v>
-[...2 lines deleted...]
-      <c r="P136" s="15"/>
+        <v>41811</v>
+      </c>
+      <c r="O136" s="15">
+        <v>12200</v>
+      </c>
+      <c r="P136" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C137" s="15" t="s">
         <v>369</v>
       </c>
       <c r="D137" s="15" t="s">
         <v>370</v>
       </c>
       <c r="E137" s="15">
-        <v>10000023500</v>
+        <v>10080037521</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I137" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2000</v>
       </c>
       <c r="K137" s="15">
-        <v>0.0335</v>
+        <v>0.035</v>
       </c>
       <c r="L137" s="15">
-        <v>0.018</v>
+        <v>0.035</v>
       </c>
       <c r="M137" s="15">
-        <v>0.0165</v>
+        <v>0.035</v>
       </c>
       <c r="N137" s="15">
-        <v>24272</v>
-[...6 lines deleted...]
-      </c>
+        <v>23770</v>
+      </c>
+      <c r="O137" s="15"/>
+      <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>371</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>372</v>
       </c>
-      <c r="D138" s="15" t="s">
+      <c r="E138" s="15" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080009739</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
-        <v>0.03784</v>
+        <v>0.06119</v>
       </c>
       <c r="L138" s="15">
-        <v>0.01962</v>
+        <v>0.04326</v>
       </c>
       <c r="M138" s="15">
-        <v>0.0179</v>
+        <v>0.03757</v>
       </c>
       <c r="N138" s="15">
-        <v>53</v>
-[...6 lines deleted...]
-      </c>
+        <v>6314</v>
+      </c>
+      <c r="O138" s="15"/>
+      <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C139" s="15" t="s">
         <v>374</v>
       </c>
       <c r="D139" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E139" s="15">
-        <v>10000023499</v>
+        <v>10000023500</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>31</v>
       </c>
-      <c r="I139" s="15"/>
+      <c r="I139" s="15" t="s">
+        <v>376</v>
+      </c>
       <c r="J139" s="15">
         <v>2000</v>
       </c>
       <c r="K139" s="15">
-        <v>0.04004</v>
+        <v>0.0335</v>
       </c>
       <c r="L139" s="15">
-        <v>0.02897</v>
+        <v>0.018</v>
       </c>
       <c r="M139" s="15">
-        <v>0.02528</v>
+        <v>0.0165</v>
       </c>
       <c r="N139" s="15">
-        <v>22680</v>
-[...2 lines deleted...]
-      <c r="P139" s="15"/>
+        <v>28536</v>
+      </c>
+      <c r="O139" s="15">
+        <v>8700</v>
+      </c>
+      <c r="P139" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="E140" s="15" t="s">
         <v>378</v>
+      </c>
+      <c r="E140" s="15">
+        <v>10080009739</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
-        <v>1</v>
+        <v>2000</v>
       </c>
       <c r="K140" s="15">
-        <v>0.12</v>
+        <v>0.03784</v>
       </c>
       <c r="L140" s="15">
-        <v>0.12</v>
+        <v>0.01962</v>
       </c>
       <c r="M140" s="15">
-        <v>0.12</v>
+        <v>0.0179</v>
       </c>
       <c r="N140" s="15">
-        <v>5</v>
-[...2 lines deleted...]
-      <c r="P140" s="15"/>
+        <v>53</v>
+      </c>
+      <c r="O140" s="15">
+        <v>1480</v>
+      </c>
+      <c r="P140" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>26</v>
+        <v>327</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>379</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>380</v>
       </c>
-      <c r="E141" s="15" t="s">
-        <v>381</v>
+      <c r="E141" s="15">
+        <v>10000023499</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>382</v>
+        <v>331</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
-        <v>5000</v>
+        <v>2000</v>
       </c>
       <c r="K141" s="15">
-        <v>0.066</v>
+        <v>0.04004</v>
       </c>
       <c r="L141" s="15">
-        <v>0.04416</v>
+        <v>0.02897</v>
       </c>
       <c r="M141" s="15">
-        <v>0.0405</v>
+        <v>0.02528</v>
       </c>
       <c r="N141" s="15">
-        <v>4140</v>
+        <v>22960</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>26</v>
+        <v>327</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>381</v>
+      </c>
+      <c r="D142" s="15" t="s">
+        <v>382</v>
+      </c>
+      <c r="E142" s="15" t="s">
         <v>383</v>
-      </c>
-[...4 lines deleted...]
-        <v>385</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>382</v>
+        <v>331</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
-        <v>3000</v>
+        <v>1</v>
       </c>
       <c r="K142" s="15">
-        <v>0.05153</v>
+        <v>0.12</v>
       </c>
       <c r="L142" s="15">
-        <v>0.04294</v>
+        <v>0.12</v>
       </c>
       <c r="M142" s="15">
-        <v>0.04123</v>
-[...1 lines deleted...]
-      <c r="N142" s="15"/>
+        <v>0.12</v>
+      </c>
+      <c r="N142" s="15">
+        <v>5</v>
+      </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="D143" s="15" t="s">
+        <v>385</v>
+      </c>
+      <c r="E143" s="15" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
-        <v>5000</v>
+        <v>1000</v>
       </c>
       <c r="K143" s="15">
-        <v>0.0703</v>
+        <v>0.066</v>
       </c>
       <c r="L143" s="15">
-        <v>0.05895</v>
+        <v>0.04416</v>
       </c>
       <c r="M143" s="15">
-        <v>0.05669</v>
-[...1 lines deleted...]
-      <c r="N143" s="15"/>
+        <v>0.0405</v>
+      </c>
+      <c r="N143" s="15">
+        <v>2760</v>
+      </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C144" s="15" t="s">
+        <v>388</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>389</v>
       </c>
-      <c r="C144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>390</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080029091</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
-        <v>1000</v>
+        <v>3000</v>
       </c>
       <c r="K144" s="15">
-        <v>0.075</v>
+        <v>0.05153</v>
       </c>
       <c r="L144" s="15">
-        <v>0.0533</v>
+        <v>0.04294</v>
       </c>
       <c r="M144" s="15">
-        <v>0.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.04123</v>
+      </c>
+      <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
-        <v>389</v>
+        <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>391</v>
+      </c>
+      <c r="D145" s="15" t="s">
+        <v>392</v>
+      </c>
+      <c r="E145" s="15" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080002269</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
-        <v>1000</v>
+        <v>5000</v>
       </c>
       <c r="K145" s="15">
-        <v>0.08890000000000001</v>
+        <v>0.0703</v>
       </c>
       <c r="L145" s="15">
-        <v>0.0593</v>
+        <v>0.05895</v>
       </c>
       <c r="M145" s="15">
-        <v>0.0539</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.05669</v>
+      </c>
+      <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C146" s="15" t="s">
         <v>395</v>
       </c>
       <c r="D146" s="15" t="s">
         <v>396</v>
       </c>
-      <c r="E146" s="15" t="s">
-        <v>397</v>
+      <c r="E146" s="15">
+        <v>10080029091</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
-        <v>0.08890000000000001</v>
+        <v>0.075</v>
       </c>
       <c r="L146" s="15">
-        <v>0.0593</v>
+        <v>0.0533</v>
       </c>
       <c r="M146" s="15">
-        <v>0.0539</v>
+        <v>0.05</v>
       </c>
       <c r="N146" s="15">
-        <v>1059</v>
-[...6 lines deleted...]
-      </c>
+        <v>5217</v>
+      </c>
+      <c r="O146" s="15"/>
+      <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C147" s="15" t="s">
         <v>398</v>
       </c>
       <c r="D147" s="15" t="s">
         <v>399</v>
       </c>
       <c r="E147" s="15">
-        <v>10080029089</v>
+        <v>10080002269</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
-        <v>0.09084</v>
+        <v>0.08890000000000001</v>
       </c>
       <c r="L147" s="15">
-        <v>0.0598</v>
+        <v>0.0593</v>
       </c>
       <c r="M147" s="15">
-        <v>0.054</v>
+        <v>0.0539</v>
       </c>
       <c r="N147" s="15">
-        <v>15440</v>
+        <v>32919</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C148" s="15" t="s">
         <v>400</v>
       </c>
       <c r="D148" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="E148" s="15">
-        <v>10080002653</v>
+      <c r="E148" s="15" t="s">
+        <v>402</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
-        <v>0.08</v>
+        <v>0.08890000000000001</v>
       </c>
       <c r="L148" s="15">
-        <v>0.0463</v>
+        <v>0.0593</v>
       </c>
       <c r="M148" s="15">
-        <v>0.044</v>
+        <v>0.0539</v>
       </c>
       <c r="N148" s="15">
-        <v>9</v>
-[...2 lines deleted...]
-      <c r="P148" s="15"/>
+        <v>1401</v>
+      </c>
+      <c r="O148" s="15">
+        <v>1800</v>
+      </c>
+      <c r="P148" s="15" t="s">
+        <v>60</v>
+      </c>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E149" s="15">
-        <v>10080001497</v>
+        <v>10080029089</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
-        <v>0.075</v>
+        <v>0.09084</v>
       </c>
       <c r="L149" s="15">
-        <v>0.05</v>
+        <v>0.0598</v>
       </c>
       <c r="M149" s="15">
-        <v>0.046</v>
+        <v>0.054</v>
       </c>
       <c r="N149" s="15">
-        <v>366</v>
+        <v>15634</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E150" s="15">
-        <v>10080009740</v>
+        <v>10080002653</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
-        <v>0.06</v>
+        <v>0.08</v>
       </c>
       <c r="L150" s="15">
-        <v>0.045</v>
+        <v>0.0463</v>
       </c>
       <c r="M150" s="15">
-        <v>0.04</v>
+        <v>0.044</v>
       </c>
       <c r="N150" s="15">
-        <v>760</v>
+        <v>14</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E151" s="15">
-        <v>10080029090</v>
+        <v>10080001497</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
-        <v>0.07000000000000001</v>
+        <v>0.075</v>
       </c>
       <c r="L151" s="15">
-        <v>0.055</v>
+        <v>0.05</v>
       </c>
       <c r="M151" s="15">
-        <v>0.05</v>
+        <v>0.046</v>
       </c>
       <c r="N151" s="15">
-        <v>429</v>
+        <v>378</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
-      <c r="B152" s="14"/>
-[...2 lines deleted...]
-      <c r="E152" s="15"/>
+      <c r="B152" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="C152" s="15" t="s">
+        <v>409</v>
+      </c>
+      <c r="D152" s="15" t="s">
+        <v>410</v>
+      </c>
+      <c r="E152" s="15">
+        <v>10080009740</v>
+      </c>
       <c r="F152" s="15"/>
-      <c r="G152" s="15"/>
-      <c r="H152" s="15"/>
+      <c r="G152" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="H152" s="15" t="s">
+        <v>31</v>
+      </c>
       <c r="I152" s="15"/>
-      <c r="J152" s="15"/>
-[...3 lines deleted...]
-      <c r="N152" s="15"/>
+      <c r="J152" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K152" s="15">
+        <v>0.06</v>
+      </c>
+      <c r="L152" s="15">
+        <v>0.045</v>
+      </c>
+      <c r="M152" s="15">
+        <v>0.04</v>
+      </c>
+      <c r="N152" s="15">
+        <v>830</v>
+      </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
+      <c r="R152"/>
+    </row>
+    <row r="153" spans="1:18">
+      <c r="B153" s="14" t="s">
+        <v>394</v>
+      </c>
+      <c r="C153" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D153" s="15" t="s">
+        <v>412</v>
+      </c>
+      <c r="E153" s="15">
+        <v>10080029090</v>
+      </c>
+      <c r="F153" s="15"/>
+      <c r="G153" s="15" t="s">
+        <v>397</v>
+      </c>
+      <c r="H153" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="I153" s="15"/>
+      <c r="J153" s="15">
+        <v>1000</v>
+      </c>
+      <c r="K153" s="15">
+        <v>0.07000000000000001</v>
+      </c>
+      <c r="L153" s="15">
+        <v>0.055</v>
+      </c>
+      <c r="M153" s="15">
+        <v>0.05</v>
+      </c>
+      <c r="N153" s="15">
+        <v>348</v>
+      </c>
+      <c r="O153" s="15"/>
+      <c r="P153" s="15"/>
+      <c r="Q153" s="15"/>
+      <c r="R153"/>
+    </row>
+    <row r="154" spans="1:18">
+      <c r="B154" s="14"/>
+      <c r="C154" s="15"/>
+      <c r="D154" s="15"/>
+      <c r="E154" s="15"/>
+      <c r="F154" s="15"/>
+      <c r="G154" s="15"/>
+      <c r="H154" s="15"/>
+      <c r="I154" s="15"/>
+      <c r="J154" s="15"/>
+      <c r="K154" s="15"/>
+      <c r="L154" s="15"/>
+      <c r="M154" s="15"/>
+      <c r="N154" s="15"/>
+      <c r="O154" s="15"/>
+      <c r="P154" s="15"/>
+      <c r="Q154" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -8026,317 +8119,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>