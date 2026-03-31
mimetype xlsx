--- v3 (2026-03-10)
+++ v4 (2026-03-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="444">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -181,66 +181,69 @@
   <si>
     <t>0402 Белый 600mcd 130° CCT:7000K h=0.35mm / FYLS-0402UWC</t>
   </si>
   <si>
     <t>FYLS-0402UYC</t>
   </si>
   <si>
     <t>0402 Жёлтый 120mcd 130° 592nm h=0.35mm / FYLS-0402UYC</t>
   </si>
   <si>
     <t>Светодиоды / светодиоды, фотодиоды FORYARD / SMD / светодиоды 0603, 0605</t>
   </si>
   <si>
     <t>FYLS-0602UGC</t>
   </si>
   <si>
     <t>0602 Зелёный 570nm 25mcd 130° H=1.0мм / FYLS-0602UGC</t>
   </si>
   <si>
     <t>UT-00145706</t>
   </si>
   <si>
     <t>LED0602</t>
   </si>
   <si>
+    <t>21.05.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603BPGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.6mm / FYLS-0603BPGC</t>
   </si>
   <si>
     <t>LED0603</t>
   </si>
   <si>
     <t>FYLS-0603BUBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.6mm / FYLS-0603BUBC</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>09.05.2026</t>
   </si>
   <si>
     <t>FYLS-0603BUEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 110mcd 130° 625nm h=0.6mm / FYLS-0603BUEC</t>
   </si>
   <si>
     <t>FYLS-0603BUGC</t>
   </si>
   <si>
     <t>0603 Жёлто-зелёный 40mcd 130° 570nm h=0.6mm / FYLS-0603BUGC</t>
   </si>
   <si>
     <t>FYLS-0603BURC</t>
   </si>
   <si>
     <t>0603 Красный 80mcd 130° 631nm h=0.6mm / FYLS-0603BURC</t>
   </si>
   <si>
     <t>FYLS-0603BUWC</t>
   </si>
   <si>
     <t>0603 Белый 600mcd 130° CCT:7000K h=0.6mm / FYLS-0603BUWC</t>
   </si>
@@ -286,113 +289,119 @@
   <si>
     <t>0603 Жёлто-зелёный 20mcd 130° 568nm h=0.8mm / FYLS-0603GC</t>
   </si>
   <si>
     <t xml:space="preserve">KPH-1608SGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PGC</t>
   </si>
   <si>
     <t>0603 Изумрудный 360mcd 130° 525nm h=0.8mm / FYLS-0603PGC</t>
   </si>
   <si>
     <t xml:space="preserve">KPT-1608ZGC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-0603PURC</t>
   </si>
   <si>
     <t>0603 Красный ультра 225-450mcd 130° 632nm h=0.8mm / FYLS-0603PURC</t>
   </si>
   <si>
     <t>UT-00091182</t>
   </si>
   <si>
-    <t>28.03.2026</t>
+    <t>20.05.2026</t>
   </si>
   <si>
     <t>FYLS-0603PUYC</t>
   </si>
   <si>
     <t xml:space="preserve">0603 Жёлтый 300mcd 130° 590nm h=0.8mm / FYLS-0603PUYC </t>
   </si>
   <si>
     <t>UT-00132576</t>
   </si>
   <si>
     <t>FYLS-0603SRC</t>
   </si>
   <si>
     <t>0603 Красный 15mcd 130° 643nm h=0.8mm / FYLS-0603SRC</t>
   </si>
   <si>
     <t>FYLS-0603UBC</t>
   </si>
   <si>
     <t>0603 Синий 120mcd 130° 468nm h=0.8mm / FYLS-0603UBC ( L-C191LBCT )</t>
   </si>
   <si>
     <t>FYLS-0603UEC</t>
   </si>
   <si>
     <t>0603 Оранжевый 100mcd 130° 625nm h=0.8mm / FYLS-0603UEC</t>
   </si>
   <si>
     <t>FYLS-0603UGC</t>
   </si>
   <si>
     <t>0603 Жёлто-зелёный 40mcd 130° 570nm h=0.8mm / FYLS-0603UGC</t>
   </si>
   <si>
+    <t>01.05.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603URC</t>
   </si>
   <si>
     <t>0603 Красный 80mcd 130° 631nm h=0.8mm / FYLS-0603URC</t>
   </si>
   <si>
     <t>FYLS-0603URC-2mA</t>
   </si>
   <si>
     <t>0603 Красный 15mcd 130° 631nm h=0.8mm, ток 2mA / FYLS-0603URC-2mA</t>
   </si>
   <si>
     <t>UT-00149175</t>
   </si>
   <si>
     <t>FYLS-0603UWC</t>
   </si>
   <si>
     <t>0603 Белый 600mcd 130° CCT:7000K h=0.8mm / FYLS-0603UWC</t>
   </si>
   <si>
     <t>FYLS-0603UYC</t>
   </si>
   <si>
     <t>0603 Жёлтый 120mcd 130° 592nm h=0.8mm / FYLS-0603UYC</t>
   </si>
   <si>
+    <t>07.07.2026</t>
+  </si>
+  <si>
     <t>FYLS-0603YC</t>
   </si>
   <si>
     <t>0603 Жёлтый 8mcd 130° 590nm h=0.8mm / FYLS-0603YC</t>
   </si>
   <si>
     <t>10-00073429</t>
   </si>
   <si>
     <t>FYLS-0605SGC</t>
   </si>
   <si>
     <t>0605 двухцв. Красный/Зелёный 10/14mcd 120° 645/568nm h=0.4mm / FYLS-0605SGC</t>
   </si>
   <si>
     <t>UT-00132409</t>
   </si>
   <si>
     <t>LED0605</t>
   </si>
   <si>
     <t>FYLS-0605URUBC</t>
   </si>
   <si>
     <t>0605 двухцв. Красный/Синий 80/30mcd 130° 631/568nm h=0.4mm / FYLS-0605URUBC</t>
@@ -800,50 +809,53 @@
     <t>1206 Красный 10mcd 140° 650nm h=1,1mm / FYLS-1206HC</t>
   </si>
   <si>
     <t>FYLS-1206HRC</t>
   </si>
   <si>
     <t>1206 Красный 15mcd 140° 643nm h=1,1mm / FYLS-1206HRC</t>
   </si>
   <si>
     <t xml:space="preserve">KP-3216EC KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-1206PGC</t>
   </si>
   <si>
     <t>1206 Изумрудный 360mcd 140° 525nm h=1,1mm / FYLS-1206PGC</t>
   </si>
   <si>
     <t>FYLS-1206SRC</t>
   </si>
   <si>
     <t>1206 Красный 15mcd 140° 643nm h=1,1mm / FYLS-1206SRC</t>
   </si>
   <si>
     <t xml:space="preserve">FYLS-1206DRC FORYARD, </t>
+  </si>
+  <si>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>FYLS-1206UBC</t>
   </si>
   <si>
     <t>1206 Синий 120mcd 140° 468nm h=1,1mm / FYLS-1206UBC</t>
   </si>
   <si>
     <t xml:space="preserve">APT3216QBC/D KINGBRIGHT, </t>
   </si>
   <si>
     <t>FYLS-1206UEC</t>
   </si>
   <si>
     <t>1206 Оранжевый 100mcd 140° 620nm h=1,1mm / FYLS-1206UEC</t>
   </si>
   <si>
     <t>FYLS-1206UGC</t>
   </si>
   <si>
     <t>1206 Жёлто-зелёный 45mcd 140° 570nm h=1,1mm / FYLS-1206UGC</t>
   </si>
   <si>
     <t>FYLS-1206URC</t>
   </si>
@@ -2137,5946 +2149,5954 @@
       </c>
       <c r="E10" s="15">
         <v>10080059909</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>5000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03958</v>
       </c>
       <c r="L10" s="15">
         <v>0.02798</v>
       </c>
       <c r="M10" s="15">
         <v>0.0243</v>
       </c>
       <c r="N10" s="15">
-        <v>7137</v>
+        <v>7746</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="15">
         <v>10080059910</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>4000</v>
       </c>
       <c r="K11" s="15">
         <v>0.043</v>
       </c>
       <c r="L11" s="15">
         <v>0.028</v>
       </c>
       <c r="M11" s="15">
         <v>0.025</v>
       </c>
       <c r="N11" s="15">
-        <v>2547</v>
+        <v>2216</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15">
         <v>10080059912</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>5000</v>
       </c>
       <c r="K12" s="15">
         <v>0.044</v>
       </c>
       <c r="L12" s="15">
         <v>0.028</v>
       </c>
       <c r="M12" s="15">
         <v>0.025</v>
       </c>
       <c r="N12" s="15">
-        <v>5628</v>
+        <v>7619</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="15">
         <v>10080059911</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>5000</v>
       </c>
       <c r="K13" s="15">
         <v>0.044</v>
       </c>
       <c r="L13" s="15">
         <v>0.028</v>
       </c>
       <c r="M13" s="15">
         <v>0.025</v>
       </c>
       <c r="N13" s="15">
-        <v>921</v>
+        <v>786</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E14" s="15">
         <v>10080059913</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>5000</v>
       </c>
       <c r="K14" s="15">
         <v>0.044</v>
       </c>
       <c r="L14" s="15">
         <v>0.028</v>
       </c>
       <c r="M14" s="15">
         <v>0.025</v>
       </c>
       <c r="N14" s="15">
-        <v>25444</v>
+        <v>19950</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E15" s="15">
         <v>10080059914</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>5000</v>
       </c>
       <c r="K15" s="15">
         <v>0.036</v>
       </c>
       <c r="L15" s="15">
         <v>0.024</v>
       </c>
       <c r="M15" s="15">
         <v>0.022</v>
       </c>
       <c r="N15" s="15">
-        <v>7197</v>
+        <v>7996</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E16" s="15">
         <v>10080059915</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
         <v>0.021</v>
       </c>
       <c r="L16" s="15">
         <v>0.021</v>
       </c>
       <c r="M16" s="15">
         <v>0.021</v>
       </c>
       <c r="N16" s="15">
-        <v>17133</v>
+        <v>17337</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10080059916</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>5000</v>
       </c>
       <c r="K17" s="15">
         <v>0.02245</v>
       </c>
       <c r="L17" s="15">
         <v>0.02245</v>
       </c>
       <c r="M17" s="15">
         <v>0.02245</v>
       </c>
       <c r="N17" s="15">
-        <v>23848</v>
+        <v>29544</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>54</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>4000</v>
       </c>
       <c r="K18" s="15">
         <v>0.03158</v>
       </c>
       <c r="L18" s="15">
         <v>0.02737</v>
       </c>
       <c r="M18" s="15">
         <v>0.02631</v>
       </c>
       <c r="N18" s="15"/>
-      <c r="O18" s="15"/>
-      <c r="P18" s="15"/>
+      <c r="O18" s="15">
+        <v>3200</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>55</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E19" s="15">
         <v>10000018404</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>4000</v>
       </c>
       <c r="K19" s="15">
         <v>0.03633</v>
       </c>
       <c r="L19" s="15">
         <v>0.023</v>
       </c>
       <c r="M19" s="15">
         <v>0.0215</v>
       </c>
       <c r="N19" s="15">
-        <v>17061</v>
+        <v>60</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E20" s="15">
         <v>10000018334</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>4000</v>
       </c>
       <c r="K20" s="15">
         <v>0.03633</v>
       </c>
       <c r="L20" s="15">
         <v>0.024</v>
       </c>
       <c r="M20" s="15">
         <v>0.0215</v>
       </c>
       <c r="N20" s="15">
-        <v>2830</v>
+        <v>3334</v>
       </c>
       <c r="O20" s="15">
-        <v>5840</v>
+        <v>6880</v>
       </c>
       <c r="P20" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="E21" s="15">
         <v>10080026065</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>4000</v>
       </c>
       <c r="K21" s="15">
         <v>0.018</v>
       </c>
       <c r="L21" s="15">
         <v>0.018</v>
       </c>
       <c r="M21" s="15">
         <v>0.018</v>
       </c>
       <c r="N21" s="15">
-        <v>31767</v>
+        <v>27399</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="E22" s="15">
         <v>10080006301</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>4000</v>
       </c>
       <c r="K22" s="15">
         <v>0.0346</v>
       </c>
       <c r="L22" s="15">
         <v>0.0231</v>
       </c>
       <c r="M22" s="15">
         <v>0.021</v>
       </c>
       <c r="N22" s="15">
-        <v>67414</v>
+        <v>53433</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E23" s="15">
         <v>10000030393</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>4000</v>
       </c>
       <c r="K23" s="15">
         <v>0.03436</v>
       </c>
       <c r="L23" s="15">
         <v>0.02429</v>
       </c>
       <c r="M23" s="15">
         <v>0.02109</v>
       </c>
       <c r="N23" s="15">
-        <v>28815</v>
+        <v>32307</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E24" s="15">
         <v>10000018341</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>4000</v>
       </c>
       <c r="K24" s="15">
         <v>0.0222</v>
       </c>
       <c r="L24" s="15">
         <v>0.0211</v>
       </c>
       <c r="M24" s="15">
         <v>0.0192</v>
       </c>
       <c r="N24" s="15">
         <v>67</v>
       </c>
       <c r="O24" s="15">
         <v>5040</v>
       </c>
       <c r="P24" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>2000</v>
       </c>
       <c r="K25" s="15">
         <v>0.04479</v>
       </c>
       <c r="L25" s="15">
         <v>0.03241</v>
       </c>
       <c r="M25" s="15">
         <v>0.02828</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>2000</v>
       </c>
       <c r="K26" s="15">
         <v>0.03882</v>
       </c>
       <c r="L26" s="15">
         <v>0.0209</v>
       </c>
       <c r="M26" s="15">
         <v>0.019</v>
       </c>
       <c r="N26" s="15">
-        <v>36131</v>
+        <v>37422</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>2000</v>
       </c>
       <c r="K27" s="15">
         <v>0.03882</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.02</v>
       </c>
       <c r="N27" s="15">
-        <v>33834</v>
+        <v>32596</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>3000</v>
       </c>
       <c r="K28" s="15">
         <v>0.03952</v>
       </c>
       <c r="L28" s="15">
         <v>0.024</v>
       </c>
       <c r="M28" s="15">
         <v>0.021</v>
       </c>
       <c r="N28" s="15">
-        <v>27655</v>
+        <v>33976</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E29" s="15">
         <v>10000017890</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I29" s="15" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J29" s="15">
         <v>4000</v>
       </c>
       <c r="K29" s="15">
         <v>0.021</v>
       </c>
       <c r="L29" s="15">
         <v>0.021</v>
       </c>
       <c r="M29" s="15">
         <v>0.021</v>
       </c>
       <c r="N29" s="15">
-        <v>30070</v>
+        <v>33452</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E30" s="15">
         <v>10080003682</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I30" s="15" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J30" s="15">
         <v>4000</v>
       </c>
       <c r="K30" s="15">
         <v>0.03633</v>
       </c>
       <c r="L30" s="15">
         <v>0.0242</v>
       </c>
       <c r="M30" s="15">
         <v>0.0219</v>
       </c>
-      <c r="N30" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N30" s="15"/>
       <c r="O30" s="15">
-        <v>25280</v>
+        <v>27245</v>
       </c>
       <c r="P30" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>4000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04223</v>
       </c>
       <c r="L31" s="15">
         <v>0.02985</v>
       </c>
       <c r="M31" s="15">
         <v>0.02592</v>
       </c>
       <c r="N31" s="15">
-        <v>1064</v>
+        <v>893</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>4000</v>
       </c>
       <c r="K32" s="15">
         <v>0.03339</v>
       </c>
       <c r="L32" s="15">
         <v>0.02946</v>
       </c>
       <c r="M32" s="15">
         <v>0.02651</v>
       </c>
       <c r="N32" s="15">
-        <v>3120</v>
+        <v>2480</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E33" s="15">
         <v>10000017888</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>4000</v>
       </c>
       <c r="K33" s="15">
         <v>0.04867</v>
       </c>
       <c r="L33" s="15">
         <v>0.027</v>
       </c>
       <c r="M33" s="15">
         <v>0.0246</v>
       </c>
       <c r="N33" s="15">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="O33" s="15">
-        <v>14000</v>
+        <v>14400</v>
       </c>
       <c r="P33" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E34" s="15">
         <v>10000030275</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>4000</v>
       </c>
       <c r="K34" s="15">
         <v>0.03</v>
       </c>
       <c r="L34" s="15">
         <v>0.022</v>
       </c>
       <c r="M34" s="15">
         <v>0.019</v>
       </c>
       <c r="N34" s="15">
-        <v>4619</v>
+        <v>4489</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10000030274</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>4000</v>
       </c>
       <c r="K35" s="15">
         <v>0.03716</v>
       </c>
       <c r="L35" s="15">
         <v>0.0266</v>
       </c>
       <c r="M35" s="15">
         <v>0.024</v>
       </c>
       <c r="N35" s="15">
-        <v>3888</v>
+        <v>5418</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10000018286</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>4000</v>
       </c>
       <c r="K36" s="15">
         <v>0.03436</v>
       </c>
       <c r="L36" s="15">
         <v>0.02429</v>
       </c>
       <c r="M36" s="15">
         <v>0.02109</v>
       </c>
       <c r="N36" s="15">
-        <v>2135</v>
+        <v>2502</v>
       </c>
       <c r="O36" s="15"/>
-      <c r="P36" s="15"/>
+      <c r="P36" s="15" t="s">
+        <v>103</v>
+      </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E37" s="15">
         <v>10080000636</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>4000</v>
       </c>
       <c r="K37" s="15">
         <v>0.03</v>
       </c>
       <c r="L37" s="15">
         <v>0.02</v>
       </c>
       <c r="M37" s="15">
         <v>0.0183</v>
       </c>
       <c r="N37" s="15">
-        <v>447</v>
+        <v>4632</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>4000</v>
       </c>
       <c r="K38" s="15">
         <v>0.02827</v>
       </c>
       <c r="L38" s="15">
         <v>0.02371</v>
       </c>
       <c r="M38" s="15">
         <v>0.0228</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E39" s="15">
         <v>10080000635</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>4000</v>
       </c>
       <c r="K39" s="15">
         <v>0.0294</v>
       </c>
       <c r="L39" s="15">
         <v>0.0196</v>
       </c>
       <c r="M39" s="15">
         <v>0.017</v>
       </c>
       <c r="N39" s="15">
-        <v>22801</v>
+        <v>23443</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E40" s="15">
         <v>10000018279</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>4000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03654</v>
       </c>
       <c r="L40" s="15">
         <v>0.022</v>
       </c>
       <c r="M40" s="15">
         <v>0.02</v>
       </c>
       <c r="N40" s="15">
-        <v>28370</v>
+        <v>800</v>
       </c>
       <c r="O40" s="15"/>
-      <c r="P40" s="15"/>
+      <c r="P40" s="15" t="s">
+        <v>113</v>
+      </c>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>4000</v>
       </c>
       <c r="K41" s="15">
         <v>0.04804</v>
       </c>
       <c r="L41" s="15">
         <v>0.04495</v>
       </c>
       <c r="M41" s="15">
         <v>0</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>4000</v>
       </c>
       <c r="K42" s="15">
         <v>0.03432</v>
       </c>
       <c r="L42" s="15">
         <v>0.03432</v>
       </c>
       <c r="M42" s="15">
         <v>0.03432</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I43" s="15" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="J43" s="15"/>
       <c r="K43" s="15">
         <v>0.105</v>
       </c>
       <c r="L43" s="15">
         <v>0.105</v>
       </c>
       <c r="M43" s="15">
         <v>0.105</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E44" s="15">
         <v>10000017883</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>3000</v>
       </c>
       <c r="K44" s="15">
         <v>0.04867</v>
       </c>
       <c r="L44" s="15">
         <v>0.0255</v>
       </c>
       <c r="M44" s="15">
         <v>0.023</v>
       </c>
       <c r="N44" s="15">
-        <v>69635</v>
+        <v>56829</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="E45" s="15">
         <v>10000018344</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>3000</v>
       </c>
       <c r="K45" s="15">
         <v>0.04186</v>
       </c>
       <c r="L45" s="15">
         <v>0.0266</v>
       </c>
       <c r="M45" s="15">
         <v>0.024</v>
       </c>
       <c r="N45" s="15">
-        <v>16208</v>
+        <v>20975</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="E46" s="15">
         <v>10000018282</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>3000</v>
       </c>
       <c r="K46" s="15">
         <v>0.03908</v>
       </c>
       <c r="L46" s="15">
         <v>0.0249</v>
       </c>
       <c r="M46" s="15">
         <v>0.022</v>
       </c>
-      <c r="N46" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>47250</v>
+        <v>32926</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="E47" s="15">
         <v>10000017882</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>3000</v>
       </c>
       <c r="K47" s="15">
         <v>0.03635</v>
       </c>
       <c r="L47" s="15">
         <v>0.025</v>
       </c>
       <c r="M47" s="15">
         <v>0.0213</v>
       </c>
       <c r="N47" s="15">
-        <v>97812</v>
+        <v>56734</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="E48" s="15">
         <v>10080002654</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>3000</v>
       </c>
       <c r="K48" s="15">
         <v>0.04186</v>
       </c>
       <c r="L48" s="15">
         <v>0.0266</v>
       </c>
       <c r="M48" s="15">
         <v>0.024</v>
       </c>
       <c r="N48" s="15">
-        <v>2348</v>
+        <v>2724</v>
       </c>
       <c r="O48" s="15">
-        <v>15750</v>
+        <v>18270</v>
       </c>
       <c r="P48" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="E49" s="15">
         <v>10000018301</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>3000</v>
       </c>
       <c r="K49" s="15">
         <v>0.03865</v>
       </c>
       <c r="L49" s="15">
         <v>0.026</v>
       </c>
       <c r="M49" s="15">
         <v>0.022</v>
       </c>
       <c r="N49" s="15">
-        <v>10721</v>
+        <v>14838</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="E50" s="15">
         <v>10000017884</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>3000</v>
       </c>
       <c r="K50" s="15">
         <v>0.04121</v>
       </c>
       <c r="L50" s="15">
         <v>0.024</v>
       </c>
       <c r="M50" s="15">
         <v>0.021</v>
       </c>
       <c r="N50" s="15">
-        <v>3599</v>
+        <v>2732</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E51" s="15">
         <v>10000014328</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>4000</v>
       </c>
       <c r="K51" s="15">
         <v>0.04752</v>
       </c>
       <c r="L51" s="15">
         <v>0.0265</v>
       </c>
       <c r="M51" s="15">
         <v>0.0235</v>
       </c>
       <c r="N51" s="15">
-        <v>4463</v>
+        <v>5649</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E52" s="15">
         <v>10000014327</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>4000</v>
       </c>
       <c r="K52" s="15">
         <v>0.05235</v>
       </c>
       <c r="L52" s="15">
         <v>0.0243</v>
       </c>
       <c r="M52" s="15">
         <v>0.021</v>
       </c>
       <c r="N52" s="15">
-        <v>54484</v>
+        <v>73188</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="E53" s="15">
         <v>10080006135</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>4000</v>
       </c>
       <c r="K53" s="15">
         <v>0.04186</v>
       </c>
       <c r="L53" s="15">
         <v>0.028</v>
       </c>
       <c r="M53" s="15">
         <v>0.023</v>
       </c>
       <c r="N53" s="15">
-        <v>78300</v>
+        <v>89472</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>4000</v>
       </c>
       <c r="K54" s="15">
         <v>0.04746</v>
       </c>
       <c r="L54" s="15">
         <v>0.0303</v>
       </c>
       <c r="M54" s="15">
         <v>0.027</v>
       </c>
       <c r="N54" s="15">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.0356</v>
       </c>
       <c r="L55" s="15">
         <v>0.02986</v>
       </c>
       <c r="M55" s="15">
         <v>0.026</v>
       </c>
       <c r="N55" s="15">
-        <v>3003</v>
+        <v>2379</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E56" s="15">
         <v>10080002655</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>4000</v>
       </c>
       <c r="K56" s="15">
         <v>0.04327</v>
       </c>
       <c r="L56" s="15">
         <v>0.03131</v>
       </c>
       <c r="M56" s="15">
         <v>0.024</v>
       </c>
       <c r="N56" s="15">
-        <v>4143</v>
+        <v>2457</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>4000</v>
       </c>
       <c r="K57" s="15">
         <v>0.0399</v>
       </c>
       <c r="L57" s="15">
         <v>0.0266</v>
       </c>
       <c r="M57" s="15">
         <v>0.024</v>
       </c>
       <c r="N57" s="15">
-        <v>3082</v>
+        <v>3255</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="E58" s="15">
         <v>10000018308</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I58" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="J58" s="15">
         <v>4000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03893</v>
       </c>
       <c r="L58" s="15">
         <v>0.0256</v>
       </c>
       <c r="M58" s="15">
         <v>0.0224</v>
       </c>
       <c r="N58" s="15">
-        <v>17586</v>
+        <v>19768</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="E59" s="15">
         <v>10080049082</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>4000</v>
       </c>
       <c r="K59" s="15">
         <v>0.037</v>
       </c>
       <c r="L59" s="15">
         <v>0.02616</v>
       </c>
       <c r="M59" s="15">
         <v>0.02272</v>
       </c>
       <c r="N59" s="15">
-        <v>5840</v>
+        <v>5200</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="E60" s="15">
         <v>10000018272</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>4000</v>
       </c>
       <c r="K60" s="15">
         <v>0.03908</v>
       </c>
       <c r="L60" s="15">
         <v>0.0233</v>
       </c>
       <c r="M60" s="15">
         <v>0.0218</v>
       </c>
       <c r="N60" s="15">
         <v>4903</v>
       </c>
       <c r="O60" s="15">
         <v>14200</v>
       </c>
       <c r="P60" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="E61" s="15">
         <v>10000018302</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>4000</v>
       </c>
       <c r="K61" s="15">
         <v>0.03908</v>
       </c>
       <c r="L61" s="15">
         <v>0.0242</v>
       </c>
       <c r="M61" s="15">
         <v>0.022</v>
       </c>
       <c r="N61" s="15">
-        <v>46338</v>
+        <v>39719</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E62" s="15">
         <v>10080038881</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>4000</v>
       </c>
       <c r="K62" s="15">
         <v>0.0648</v>
       </c>
       <c r="L62" s="15">
         <v>0.04688</v>
       </c>
       <c r="M62" s="15">
         <v>0.04091</v>
       </c>
-      <c r="N62" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="E63" s="15">
         <v>10080037822</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15"/>
       <c r="K63" s="15">
         <v>0.0648</v>
       </c>
       <c r="L63" s="15">
         <v>0.0469</v>
       </c>
       <c r="M63" s="15">
         <v>0.0409</v>
       </c>
       <c r="N63" s="15">
         <v>20</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="E64" s="15">
         <v>10000012898</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>4000</v>
       </c>
       <c r="K64" s="15">
         <v>0.03962</v>
       </c>
       <c r="L64" s="15">
         <v>0.02801</v>
       </c>
       <c r="M64" s="15">
         <v>0.02433</v>
       </c>
       <c r="N64" s="15">
-        <v>3397</v>
+        <v>3053</v>
       </c>
       <c r="O64" s="15">
-        <v>9480</v>
+        <v>8520</v>
       </c>
       <c r="P64" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E65" s="15">
         <v>10080002656</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>4000</v>
       </c>
       <c r="K65" s="15">
         <v>0.03908</v>
       </c>
       <c r="L65" s="15">
         <v>0.0245</v>
       </c>
       <c r="M65" s="15">
         <v>0.022</v>
       </c>
       <c r="N65" s="15">
-        <v>42469</v>
+        <v>43910</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E66" s="15">
         <v>10000018326</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>4000</v>
       </c>
       <c r="K66" s="15">
         <v>0.035</v>
       </c>
       <c r="L66" s="15">
         <v>0.022</v>
       </c>
       <c r="M66" s="15">
         <v>0.02</v>
       </c>
       <c r="N66" s="15">
-        <v>3376</v>
+        <v>3336</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>3000</v>
       </c>
       <c r="K67" s="15">
         <v>0.041</v>
       </c>
       <c r="L67" s="15">
         <v>0.041</v>
       </c>
       <c r="M67" s="15">
         <v>0.041</v>
       </c>
       <c r="N67" s="15">
-        <v>474</v>
+        <v>431</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>3000</v>
       </c>
       <c r="K68" s="15">
         <v>0.031</v>
       </c>
       <c r="L68" s="15">
         <v>0.031</v>
       </c>
       <c r="M68" s="15">
         <v>0.031</v>
       </c>
       <c r="N68" s="15">
         <v>37</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>3000</v>
       </c>
       <c r="K69" s="15">
         <v>0.06112</v>
       </c>
       <c r="L69" s="15">
         <v>0.05126</v>
       </c>
       <c r="M69" s="15">
         <v>0.04929</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>3000</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="E70" s="15">
         <v>10080038398</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>3000</v>
       </c>
       <c r="K70" s="15">
         <v>0.04</v>
       </c>
       <c r="L70" s="15">
         <v>0.04</v>
       </c>
       <c r="M70" s="15">
         <v>0.04</v>
       </c>
       <c r="N70" s="15">
-        <v>5387</v>
+        <v>5066</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1</v>
       </c>
       <c r="K71" s="15">
         <v>0.0532</v>
       </c>
       <c r="L71" s="15">
         <v>0.04822</v>
       </c>
       <c r="M71" s="15">
         <v>0.0449</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>3000</v>
       </c>
       <c r="K72" s="15">
         <v>0.024</v>
       </c>
       <c r="L72" s="15">
         <v>0.024</v>
       </c>
       <c r="M72" s="15">
         <v>0.024</v>
       </c>
       <c r="N72" s="15">
-        <v>2290</v>
+        <v>2481</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E73" s="15">
         <v>10080027076</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>3000</v>
       </c>
       <c r="K73" s="15">
         <v>0.04156</v>
       </c>
       <c r="L73" s="15">
         <v>0.0266</v>
       </c>
       <c r="M73" s="15">
         <v>0.024</v>
       </c>
       <c r="N73" s="15">
-        <v>2203</v>
+        <v>2916</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="E74" s="15">
         <v>10000018309</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="J74" s="15">
         <v>3000</v>
       </c>
       <c r="K74" s="15">
         <v>0.0335</v>
       </c>
       <c r="L74" s="15">
         <v>0.02</v>
       </c>
       <c r="M74" s="15">
         <v>0.022</v>
       </c>
       <c r="N74" s="15">
-        <v>17684</v>
+        <v>19714</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="J75" s="15">
         <v>3000</v>
       </c>
       <c r="K75" s="15">
         <v>0.035</v>
       </c>
       <c r="L75" s="15">
         <v>0.0221</v>
       </c>
       <c r="M75" s="15">
         <v>0.0205</v>
       </c>
       <c r="N75" s="15">
-        <v>27939</v>
+        <v>33202</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E76" s="15">
         <v>10000018291</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>3000</v>
       </c>
       <c r="K76" s="15">
         <v>0.04</v>
       </c>
       <c r="L76" s="15">
         <v>0.027</v>
       </c>
       <c r="M76" s="15">
         <v>0.0246</v>
       </c>
       <c r="N76" s="15">
-        <v>3495</v>
+        <v>3967</v>
       </c>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="E77" s="15">
         <v>10080031785</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>3000</v>
       </c>
       <c r="K77" s="15">
         <v>0.03346</v>
       </c>
       <c r="L77" s="15">
         <v>0.02952</v>
       </c>
       <c r="M77" s="15">
         <v>0.02657</v>
       </c>
       <c r="N77" s="15">
-        <v>2100</v>
+        <v>1920</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="E78" s="15">
         <v>10000018337</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I78" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="J78" s="15">
         <v>3000</v>
       </c>
       <c r="K78" s="15">
         <v>0.035</v>
       </c>
       <c r="L78" s="15">
         <v>0.024</v>
       </c>
       <c r="M78" s="15">
         <v>0.021</v>
       </c>
       <c r="N78" s="15">
-        <v>12823</v>
+        <v>14401</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="E79" s="15">
         <v>10080006298</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>3000</v>
       </c>
       <c r="K79" s="15">
         <v>0.07536</v>
       </c>
       <c r="L79" s="15">
         <v>0.05453</v>
       </c>
       <c r="M79" s="15">
         <v>0.04758</v>
       </c>
       <c r="N79" s="15">
-        <v>25345</v>
+        <v>28553</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="E80" s="15">
         <v>10080037798</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15">
         <v>3000</v>
       </c>
       <c r="K80" s="15">
         <v>0.052</v>
       </c>
       <c r="L80" s="15">
         <v>0.0356</v>
       </c>
       <c r="M80" s="15">
         <v>0.03195</v>
       </c>
       <c r="N80" s="15">
-        <v>10982</v>
+        <v>7082</v>
       </c>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>3000</v>
       </c>
       <c r="K81" s="15">
         <v>0.06979</v>
       </c>
       <c r="L81" s="15">
         <v>0.0454</v>
       </c>
       <c r="M81" s="15">
         <v>0.0412</v>
       </c>
       <c r="N81" s="15">
-        <v>12621</v>
+        <v>12176</v>
       </c>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="E82" s="15">
         <v>10080075711</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>3000</v>
       </c>
       <c r="K82" s="15">
         <v>0.06979</v>
       </c>
       <c r="L82" s="15">
         <v>0.0432</v>
       </c>
       <c r="M82" s="15">
         <v>0.0393</v>
       </c>
       <c r="N82" s="15">
-        <v>4368</v>
+        <v>4298</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E83" s="15">
         <v>10000018348</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>3000</v>
       </c>
       <c r="K83" s="15">
         <v>0.06224</v>
       </c>
       <c r="L83" s="15">
         <v>0.042</v>
       </c>
       <c r="M83" s="15">
         <v>0.037</v>
       </c>
       <c r="N83" s="15">
-        <v>30876</v>
+        <v>29719</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="E84" s="15">
         <v>10000018327</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>3000</v>
       </c>
       <c r="K84" s="15">
         <v>0.05219</v>
       </c>
       <c r="L84" s="15">
         <v>0.04605</v>
       </c>
       <c r="M84" s="15">
         <v>0.04145</v>
       </c>
       <c r="N84" s="15">
-        <v>361</v>
+        <v>456</v>
       </c>
       <c r="O84" s="15">
-        <v>1830</v>
+        <v>2310</v>
       </c>
       <c r="P84" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E85" s="15">
         <v>10080006299</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>3000</v>
       </c>
       <c r="K85" s="15">
         <v>0.06441</v>
       </c>
       <c r="L85" s="15">
         <v>0.04</v>
       </c>
       <c r="M85" s="15">
         <v>0.0367</v>
       </c>
       <c r="N85" s="15">
-        <v>5271</v>
+        <v>4290</v>
       </c>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I86" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="J86" s="15">
         <v>3000</v>
       </c>
       <c r="K86" s="15">
         <v>0.03421</v>
       </c>
       <c r="L86" s="15">
         <v>0.02869</v>
       </c>
       <c r="M86" s="15">
         <v>0.02759</v>
       </c>
       <c r="N86" s="15">
         <v>40</v>
       </c>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>3000</v>
       </c>
       <c r="K87" s="15">
         <v>0.03602</v>
       </c>
       <c r="L87" s="15">
         <v>0.03121</v>
       </c>
       <c r="M87" s="15">
         <v>0.03001</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>3000</v>
       </c>
       <c r="K88" s="15">
         <v>0.03602</v>
       </c>
       <c r="L88" s="15">
         <v>0.03121</v>
       </c>
       <c r="M88" s="15">
         <v>0.03001</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>3000</v>
       </c>
       <c r="K89" s="15">
         <v>0.09017</v>
       </c>
       <c r="L89" s="15">
         <v>0.07561</v>
       </c>
       <c r="M89" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>3000</v>
       </c>
       <c r="K90" s="15">
         <v>0.10574</v>
       </c>
       <c r="L90" s="15">
         <v>0.08867</v>
       </c>
       <c r="M90" s="15">
         <v>0.08527</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>3000</v>
       </c>
       <c r="K91" s="15">
         <v>0.07048</v>
       </c>
       <c r="L91" s="15">
         <v>0.05911</v>
       </c>
       <c r="M91" s="15">
         <v>0.05684</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>3000</v>
       </c>
       <c r="K92" s="15">
         <v>0.03573</v>
       </c>
       <c r="L92" s="15">
         <v>0.02997</v>
       </c>
       <c r="M92" s="15">
         <v>0.02881</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="E93" s="15">
         <v>10000017887</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I93" s="15" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="J93" s="15">
         <v>3000</v>
       </c>
       <c r="K93" s="15">
         <v>0.04399</v>
       </c>
       <c r="L93" s="15">
         <v>0.028</v>
       </c>
       <c r="M93" s="15">
         <v>0.0255</v>
       </c>
       <c r="N93" s="15">
-        <v>3396</v>
+        <v>2792</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="E94" s="15">
         <v>10000030280</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>3000</v>
       </c>
       <c r="K94" s="15">
         <v>0.04876</v>
       </c>
       <c r="L94" s="15">
         <v>0.0317</v>
       </c>
       <c r="M94" s="15">
         <v>0.0289</v>
       </c>
       <c r="N94" s="15">
-        <v>497</v>
+        <v>454</v>
       </c>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="E95" s="15">
         <v>10080006300</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="J95" s="15">
         <v>3000</v>
       </c>
       <c r="K95" s="15">
         <v>0.0466</v>
       </c>
       <c r="L95" s="15">
         <v>0.029</v>
       </c>
       <c r="M95" s="15">
         <v>0.0264</v>
       </c>
       <c r="N95" s="15">
-        <v>20461</v>
+        <v>21647</v>
       </c>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="E96" s="15">
         <v>10000030277</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>3000</v>
       </c>
       <c r="K96" s="15">
         <v>0.04466</v>
       </c>
       <c r="L96" s="15">
         <v>0.0266</v>
       </c>
       <c r="M96" s="15">
         <v>0.025</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15">
-        <v>13650</v>
+        <v>17850</v>
       </c>
       <c r="P96" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="E97" s="15">
         <v>10000017885</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="J97" s="15">
         <v>3000</v>
       </c>
       <c r="K97" s="15">
         <v>0.04</v>
       </c>
       <c r="L97" s="15">
         <v>0.028</v>
       </c>
       <c r="M97" s="15">
         <v>0.0264</v>
       </c>
       <c r="N97" s="15">
-        <v>239</v>
+        <v>294</v>
       </c>
       <c r="O97" s="15"/>
-      <c r="P97" s="15"/>
+      <c r="P97" s="15" t="s">
+        <v>265</v>
+      </c>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="E98" s="15">
         <v>10000018351</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="J98" s="15">
         <v>3000</v>
       </c>
       <c r="K98" s="15">
         <v>0.04</v>
       </c>
       <c r="L98" s="15">
         <v>0.0286</v>
       </c>
       <c r="M98" s="15">
         <v>0.026</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15">
-        <v>25800</v>
+        <v>22500</v>
       </c>
       <c r="P98" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="E99" s="15">
         <v>10000030278</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>3000</v>
       </c>
       <c r="K99" s="15">
         <v>0.035</v>
       </c>
       <c r="L99" s="15">
         <v>0.022</v>
       </c>
       <c r="M99" s="15">
         <v>0.021</v>
       </c>
       <c r="N99" s="15">
-        <v>7159</v>
+        <v>5858</v>
       </c>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="E100" s="15">
         <v>10000018267</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>3000</v>
       </c>
       <c r="K100" s="15">
         <v>0.04186</v>
       </c>
       <c r="L100" s="15">
         <v>0.026</v>
       </c>
       <c r="M100" s="15">
         <v>0.023</v>
       </c>
       <c r="N100" s="15">
-        <v>3309</v>
+        <v>1173</v>
       </c>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E101" s="15">
         <v>10000020785</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>3000</v>
       </c>
       <c r="K101" s="15">
         <v>0.035</v>
       </c>
       <c r="L101" s="15">
         <v>0.024</v>
       </c>
       <c r="M101" s="15">
         <v>0.022</v>
       </c>
       <c r="N101" s="15">
-        <v>15206</v>
+        <v>2133</v>
       </c>
       <c r="O101" s="15">
-        <v>46800</v>
+        <v>51300</v>
       </c>
       <c r="P101" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="E102" s="15">
         <v>10000030279</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>3000</v>
       </c>
       <c r="K102" s="15">
         <v>0.023</v>
       </c>
       <c r="L102" s="15">
         <v>0.023</v>
       </c>
       <c r="M102" s="15">
         <v>0.023</v>
       </c>
       <c r="N102" s="15">
-        <v>15120</v>
+        <v>20243</v>
       </c>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E103" s="15">
         <v>10000018311</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>3000</v>
       </c>
       <c r="K103" s="15">
         <v>0.035</v>
       </c>
       <c r="L103" s="15">
         <v>0.0239</v>
       </c>
       <c r="M103" s="15">
         <v>0.0228</v>
       </c>
       <c r="N103" s="15">
-        <v>37525</v>
+        <v>25719</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>3000</v>
       </c>
       <c r="K104" s="15">
         <v>0.04927</v>
       </c>
       <c r="L104" s="15">
         <v>0.04311</v>
       </c>
       <c r="M104" s="15">
         <v>0</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E105" s="15">
         <v>10000023505</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>3000</v>
       </c>
       <c r="K105" s="15">
         <v>0.11382</v>
       </c>
       <c r="L105" s="15">
         <v>0.08160000000000001</v>
       </c>
       <c r="M105" s="15">
         <v>0.07086000000000001</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="E106" s="15">
         <v>10080002657</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>3000</v>
       </c>
       <c r="K106" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L106" s="15">
         <v>0.049</v>
       </c>
       <c r="M106" s="15">
         <v>0.0456</v>
       </c>
       <c r="N106" s="15">
-        <v>23981</v>
+        <v>23232</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="E107" s="15">
         <v>10000023504</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>3000</v>
       </c>
       <c r="K107" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L107" s="15">
         <v>0.047</v>
       </c>
       <c r="M107" s="15">
         <v>0.043</v>
       </c>
       <c r="N107" s="15">
-        <v>572</v>
+        <v>594</v>
       </c>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E108" s="15">
         <v>10000018269</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15">
         <v>3000</v>
       </c>
       <c r="K108" s="15">
         <v>0.045</v>
       </c>
       <c r="L108" s="15">
         <v>0.045</v>
       </c>
       <c r="M108" s="15">
         <v>0.045</v>
       </c>
       <c r="N108" s="15">
-        <v>2359</v>
+        <v>1391</v>
       </c>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="E109" s="15" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>3000</v>
       </c>
       <c r="K109" s="15">
         <v>0.08859</v>
       </c>
       <c r="L109" s="15">
         <v>0.0743</v>
       </c>
       <c r="M109" s="15">
         <v>0.07145</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="E110" s="15" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>3000</v>
       </c>
       <c r="K110" s="15">
         <v>0.15765</v>
       </c>
       <c r="L110" s="15">
         <v>0.14288</v>
       </c>
       <c r="M110" s="15">
         <v>0.13302</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="E111" s="15" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I111" s="15" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="J111" s="15">
         <v>4000</v>
       </c>
       <c r="K111" s="15">
         <v>0.12421</v>
       </c>
       <c r="L111" s="15">
         <v>0.10418</v>
       </c>
       <c r="M111" s="15">
         <v>0.10018</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15">
         <v>4000</v>
       </c>
       <c r="K112" s="15">
         <v>0.12421</v>
       </c>
       <c r="L112" s="15">
         <v>0.10418</v>
       </c>
       <c r="M112" s="15">
         <v>0.10018</v>
       </c>
       <c r="N112" s="15">
         <v>10</v>
       </c>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15">
         <v>4000</v>
       </c>
       <c r="K113" s="15">
         <v>0.12421</v>
       </c>
       <c r="L113" s="15">
         <v>0.10418</v>
       </c>
       <c r="M113" s="15">
         <v>0.10018</v>
       </c>
       <c r="N113" s="15">
         <v>10</v>
       </c>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15">
         <v>4000</v>
       </c>
       <c r="K114" s="15">
         <v>0.06448</v>
       </c>
       <c r="L114" s="15">
         <v>0.04666</v>
       </c>
       <c r="M114" s="15">
         <v>0.04071</v>
       </c>
       <c r="N114" s="15">
-        <v>30152</v>
+        <v>26383</v>
       </c>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15">
         <v>2000</v>
       </c>
       <c r="K115" s="15">
         <v>0.04806</v>
       </c>
       <c r="L115" s="15">
         <v>0.04031</v>
       </c>
       <c r="M115" s="15">
         <v>0.03875</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15">
         <v>20000</v>
       </c>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="E116" s="15" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15">
         <v>2000</v>
       </c>
       <c r="K116" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L116" s="15">
         <v>0.05717</v>
       </c>
       <c r="M116" s="15">
         <v>0.05497</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15">
         <v>20000</v>
       </c>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>2000</v>
       </c>
       <c r="K117" s="15">
         <v>0.06816999999999999</v>
       </c>
       <c r="L117" s="15">
         <v>0.05717</v>
       </c>
       <c r="M117" s="15">
         <v>0.05497</v>
       </c>
       <c r="N117" s="15">
         <v>20</v>
       </c>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15">
         <v>20000</v>
       </c>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="E118" s="15">
         <v>10080034991</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>2000</v>
       </c>
       <c r="K118" s="15">
         <v>0.03318</v>
       </c>
       <c r="L118" s="15">
         <v>0.02401</v>
       </c>
       <c r="M118" s="15">
         <v>0.02095</v>
       </c>
       <c r="N118" s="15">
-        <v>660</v>
+        <v>760</v>
       </c>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E119" s="15">
         <v>10080034990</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>2000</v>
       </c>
       <c r="K119" s="15">
         <v>0.03127</v>
       </c>
       <c r="L119" s="15">
         <v>0.02035</v>
       </c>
       <c r="M119" s="15">
         <v>0.0185</v>
       </c>
       <c r="N119" s="15">
-        <v>1335</v>
+        <v>1728</v>
       </c>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E120" s="15" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15">
         <v>4000</v>
       </c>
       <c r="K120" s="15">
         <v>0.03333</v>
       </c>
       <c r="L120" s="15">
         <v>0.02412</v>
       </c>
       <c r="M120" s="15">
         <v>0.02104</v>
       </c>
       <c r="N120" s="15">
         <v>7560</v>
       </c>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>2000</v>
       </c>
       <c r="K121" s="15">
         <v>0.065</v>
       </c>
       <c r="L121" s="15">
         <v>0.0435</v>
       </c>
       <c r="M121" s="15">
         <v>0.0396</v>
       </c>
       <c r="N121" s="15">
-        <v>4032</v>
+        <v>5376</v>
       </c>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>2000</v>
       </c>
       <c r="K122" s="15">
         <v>0.05227</v>
       </c>
       <c r="L122" s="15">
         <v>0.04384</v>
       </c>
       <c r="M122" s="15">
         <v>0.04215</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
-      <c r="P122" s="15"/>
+      <c r="P122" s="15" t="s">
+        <v>103</v>
+      </c>
       <c r="Q122" s="15">
         <v>4000</v>
       </c>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="E123" s="15" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>2000</v>
       </c>
       <c r="K123" s="15">
         <v>0.02697</v>
       </c>
       <c r="L123" s="15">
         <v>0.02262</v>
       </c>
       <c r="M123" s="15">
         <v>0.02175</v>
       </c>
       <c r="N123" s="15">
         <v>100</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>2000</v>
       </c>
       <c r="K124" s="15">
         <v>0.02728</v>
       </c>
       <c r="L124" s="15">
         <v>0.02288</v>
       </c>
       <c r="M124" s="15">
         <v>0.022</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15">
         <v>4000</v>
       </c>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="E125" s="15">
         <v>10080034684</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>2000</v>
       </c>
       <c r="K125" s="15">
         <v>0.06169</v>
       </c>
       <c r="L125" s="15">
         <v>0.04423</v>
       </c>
       <c r="M125" s="15">
         <v>0.03841</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
       <c r="E126" s="15">
         <v>10080034685</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>2000</v>
       </c>
       <c r="K126" s="15">
         <v>0.031</v>
       </c>
       <c r="L126" s="15">
         <v>0.031</v>
       </c>
       <c r="M126" s="15">
         <v>0.031</v>
       </c>
       <c r="N126" s="15">
-        <v>513</v>
+        <v>545</v>
       </c>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>347</v>
+        <v>351</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>2000</v>
       </c>
       <c r="K127" s="15">
         <v>0.02638</v>
       </c>
       <c r="L127" s="15">
         <v>0.02638</v>
       </c>
       <c r="M127" s="15">
         <v>0.02638</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="E128" s="15">
         <v>10000029709</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H128" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15">
         <v>2000</v>
       </c>
       <c r="K128" s="15">
         <v>0.03234</v>
       </c>
       <c r="L128" s="15">
         <v>0.02286</v>
       </c>
       <c r="M128" s="15">
         <v>0.01985</v>
       </c>
       <c r="N128" s="15">
-        <v>36889</v>
+        <v>33098</v>
       </c>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15">
         <v>2000</v>
       </c>
       <c r="K129" s="15">
         <v>0.03478</v>
       </c>
       <c r="L129" s="15">
         <v>0.02917</v>
       </c>
       <c r="M129" s="15">
         <v>0.02805</v>
       </c>
       <c r="N129" s="15">
         <v>40</v>
       </c>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="E130" s="15">
         <v>10080002651</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15">
         <v>2000</v>
       </c>
       <c r="K130" s="15">
         <v>0.0611</v>
       </c>
       <c r="L130" s="15">
         <v>0.0432</v>
       </c>
       <c r="M130" s="15">
         <v>0.03751</v>
       </c>
       <c r="N130" s="15">
-        <v>22736</v>
+        <v>15680</v>
       </c>
       <c r="O130" s="15">
-        <v>69600</v>
-[...1 lines deleted...]
-      <c r="P130" s="15"/>
+        <v>48000</v>
+      </c>
+      <c r="P130" s="15" t="s">
+        <v>265</v>
+      </c>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>357</v>
+        <v>361</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H131" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15">
         <v>2000</v>
       </c>
       <c r="K131" s="15">
         <v>0.07418</v>
       </c>
       <c r="L131" s="15">
         <v>0.05244</v>
       </c>
       <c r="M131" s="15">
         <v>0.04554</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15">
-        <v>1220</v>
+        <v>3900</v>
       </c>
       <c r="P131" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>2000</v>
       </c>
       <c r="K132" s="15">
         <v>0.03077</v>
       </c>
       <c r="L132" s="15">
         <v>0.02581</v>
       </c>
       <c r="M132" s="15">
         <v>0.02481</v>
       </c>
       <c r="N132" s="15">
         <v>100</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="E133" s="15">
         <v>10080001183</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>2000</v>
       </c>
       <c r="K133" s="15">
         <v>0.038</v>
       </c>
       <c r="L133" s="15">
         <v>0.027</v>
       </c>
       <c r="M133" s="15">
         <v>0.0252</v>
       </c>
       <c r="N133" s="15">
-        <v>2070</v>
+        <v>2179</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="E134" s="15">
         <v>10000023503</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>2000</v>
       </c>
       <c r="K134" s="15">
         <v>0.03281</v>
       </c>
       <c r="L134" s="15">
         <v>0.02</v>
       </c>
       <c r="M134" s="15">
         <v>0.019</v>
       </c>
       <c r="N134" s="15">
-        <v>41035</v>
+        <v>44008</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="E135" s="15">
         <v>10000023502</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>2000</v>
       </c>
       <c r="K135" s="15">
         <v>0.09607</v>
       </c>
       <c r="L135" s="15">
         <v>0.09361</v>
       </c>
       <c r="M135" s="15">
         <v>0.09114</v>
       </c>
       <c r="N135" s="15">
         <v>3</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="E136" s="15">
         <v>10000023501</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>2000</v>
       </c>
       <c r="K136" s="15">
         <v>0.03917</v>
       </c>
       <c r="L136" s="15">
         <v>0.0259</v>
       </c>
       <c r="M136" s="15">
         <v>0.022</v>
       </c>
       <c r="N136" s="15">
-        <v>41811</v>
+        <v>48080</v>
       </c>
       <c r="O136" s="15">
-        <v>12200</v>
+        <v>15400</v>
       </c>
       <c r="P136" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="E137" s="15">
         <v>10080037521</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>2000</v>
       </c>
       <c r="K137" s="15">
         <v>0.035</v>
       </c>
       <c r="L137" s="15">
         <v>0.035</v>
       </c>
       <c r="M137" s="15">
         <v>0.035</v>
       </c>
       <c r="N137" s="15">
-        <v>23770</v>
+        <v>18194</v>
       </c>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>371</v>
+        <v>375</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>372</v>
+        <v>376</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>2000</v>
       </c>
       <c r="K138" s="15">
         <v>0.06119</v>
       </c>
       <c r="L138" s="15">
         <v>0.04326</v>
       </c>
       <c r="M138" s="15">
         <v>0.03757</v>
       </c>
       <c r="N138" s="15">
-        <v>6314</v>
+        <v>5621</v>
       </c>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="E139" s="15">
         <v>10000023500</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I139" s="15" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
       <c r="J139" s="15">
         <v>2000</v>
       </c>
       <c r="K139" s="15">
         <v>0.0335</v>
       </c>
       <c r="L139" s="15">
         <v>0.018</v>
       </c>
       <c r="M139" s="15">
         <v>0.0165</v>
       </c>
       <c r="N139" s="15">
-        <v>28536</v>
+        <v>23616</v>
       </c>
       <c r="O139" s="15">
-        <v>8700</v>
+        <v>7200</v>
       </c>
       <c r="P139" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="E140" s="15">
         <v>10080009739</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>2000</v>
       </c>
       <c r="K140" s="15">
         <v>0.03784</v>
       </c>
       <c r="L140" s="15">
         <v>0.01962</v>
       </c>
       <c r="M140" s="15">
         <v>0.0179</v>
       </c>
       <c r="N140" s="15">
         <v>53</v>
       </c>
       <c r="O140" s="15">
-        <v>1480</v>
+        <v>1400</v>
       </c>
       <c r="P140" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="E141" s="15">
         <v>10000023499</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>2000</v>
       </c>
       <c r="K141" s="15">
         <v>0.04004</v>
       </c>
       <c r="L141" s="15">
         <v>0.02897</v>
       </c>
       <c r="M141" s="15">
         <v>0.02528</v>
       </c>
       <c r="N141" s="15">
-        <v>22960</v>
+        <v>18460</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="E142" s="15" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>1</v>
       </c>
       <c r="K142" s="15">
         <v>0.12</v>
       </c>
       <c r="L142" s="15">
         <v>0.12</v>
       </c>
       <c r="M142" s="15">
         <v>0.12</v>
       </c>
       <c r="N142" s="15">
         <v>5</v>
       </c>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>1000</v>
       </c>
       <c r="K143" s="15">
         <v>0.066</v>
       </c>
       <c r="L143" s="15">
         <v>0.04416</v>
       </c>
       <c r="M143" s="15">
         <v>0.0405</v>
       </c>
       <c r="N143" s="15">
-        <v>2760</v>
+        <v>3910</v>
       </c>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>3000</v>
       </c>
       <c r="K144" s="15">
         <v>0.05153</v>
       </c>
       <c r="L144" s="15">
         <v>0.04294</v>
       </c>
       <c r="M144" s="15">
         <v>0.04123</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="E145" s="15" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>5000</v>
       </c>
       <c r="K145" s="15">
         <v>0.0703</v>
       </c>
       <c r="L145" s="15">
         <v>0.05895</v>
       </c>
       <c r="M145" s="15">
         <v>0.05669</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="E146" s="15">
         <v>10080029091</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15">
         <v>1000</v>
       </c>
       <c r="K146" s="15">
         <v>0.075</v>
       </c>
       <c r="L146" s="15">
         <v>0.0533</v>
       </c>
       <c r="M146" s="15">
         <v>0.05</v>
       </c>
       <c r="N146" s="15">
-        <v>5217</v>
+        <v>5519</v>
       </c>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="E147" s="15">
         <v>10080002269</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>1000</v>
       </c>
       <c r="K147" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L147" s="15">
         <v>0.0593</v>
       </c>
       <c r="M147" s="15">
         <v>0.0539</v>
       </c>
       <c r="N147" s="15">
-        <v>32919</v>
+        <v>25766</v>
       </c>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="E148" s="15" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>1000</v>
       </c>
       <c r="K148" s="15">
         <v>0.08890000000000001</v>
       </c>
       <c r="L148" s="15">
         <v>0.0593</v>
       </c>
       <c r="M148" s="15">
         <v>0.0539</v>
       </c>
       <c r="N148" s="15">
-        <v>1401</v>
+        <v>1245</v>
       </c>
       <c r="O148" s="15">
-        <v>1800</v>
+        <v>1600</v>
       </c>
       <c r="P148" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="E149" s="15">
         <v>10080029089</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>1000</v>
       </c>
       <c r="K149" s="15">
         <v>0.09084</v>
       </c>
       <c r="L149" s="15">
         <v>0.0598</v>
       </c>
       <c r="M149" s="15">
         <v>0.054</v>
       </c>
       <c r="N149" s="15">
-        <v>15634</v>
+        <v>15247</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="E150" s="15">
         <v>10080002653</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>1000</v>
       </c>
       <c r="K150" s="15">
         <v>0.08</v>
       </c>
       <c r="L150" s="15">
         <v>0.0463</v>
       </c>
       <c r="M150" s="15">
         <v>0.044</v>
       </c>
       <c r="N150" s="15">
         <v>14</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="E151" s="15">
         <v>10080001497</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1000</v>
       </c>
       <c r="K151" s="15">
         <v>0.075</v>
       </c>
       <c r="L151" s="15">
         <v>0.05</v>
       </c>
       <c r="M151" s="15">
         <v>0.046</v>
       </c>
       <c r="N151" s="15">
-        <v>378</v>
+        <v>534</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="E152" s="15">
         <v>10080009740</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1000</v>
       </c>
       <c r="K152" s="15">
         <v>0.06</v>
       </c>
       <c r="L152" s="15">
         <v>0.045</v>
       </c>
       <c r="M152" s="15">
         <v>0.04</v>
       </c>
       <c r="N152" s="15">
-        <v>830</v>
+        <v>760</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
-        <v>394</v>
+        <v>398</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="E153" s="15">
         <v>10080029090</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15">
         <v>1000</v>
       </c>
       <c r="K153" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L153" s="15">
         <v>0.055</v>
       </c>
       <c r="M153" s="15">
         <v>0.05</v>
       </c>
       <c r="N153" s="15">
-        <v>348</v>
+        <v>446</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14"/>
       <c r="C154" s="15"/>
       <c r="D154" s="15"/>
       <c r="E154" s="15"/>
       <c r="F154" s="15"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15"/>
       <c r="I154" s="15"/>
       <c r="J154" s="15"/>
       <c r="K154" s="15"/>
       <c r="L154" s="15"/>
       <c r="M154" s="15"/>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
     </row>
   </sheetData>
@@ -8119,317 +8139,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>