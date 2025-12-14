--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>850</v>
+        <v>810</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>