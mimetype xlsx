--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>395</v>
+        <v>370</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>810</v>
+        <v>620</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>