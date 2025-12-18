--- v2 (2025-12-16)
+++ v3 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2089,51 +2089,51 @@
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>620</v>
+        <v>790</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>