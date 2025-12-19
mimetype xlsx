--- v3 (2025-12-18)
+++ v4 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>370</v>
+        <v>320</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>790</v>
+        <v>640</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>