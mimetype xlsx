--- v4 (2025-12-19)
+++ v5 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>320</v>
+        <v>415</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>640</v>
+        <v>670</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>