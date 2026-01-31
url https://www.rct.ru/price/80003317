--- v5 (2026-01-10)
+++ v6 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>670</v>
+        <v>720</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>