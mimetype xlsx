--- v6 (2026-01-31)
+++ v7 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>420</v>
+        <v>330</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>720</v>
+        <v>820</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>