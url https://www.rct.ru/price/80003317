--- v7 (2026-02-21)
+++ v8 (2026-03-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2048,92 +2048,92 @@
       </c>
       <c r="E33" s="15">
         <v>10080010953</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.2</v>
       </c>
       <c r="L33" s="15">
         <v>0.2</v>
       </c>
       <c r="M33" s="15">
         <v>0.2</v>
       </c>
       <c r="N33" s="15">
-        <v>330</v>
+        <v>390</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D34" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="15">
         <v>10080063377</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>80</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>500</v>
       </c>
       <c r="K34" s="15">
         <v>0.64775</v>
       </c>
       <c r="L34" s="15">
         <v>0.419</v>
       </c>
       <c r="M34" s="15">
         <v>0.38</v>
       </c>
       <c r="N34" s="15">
-        <v>820</v>
+        <v>810</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E35" s="15">
         <v>10080003522</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="15"/>