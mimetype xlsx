--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1199,51 +1199,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000023515</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
         <v>0.14</v>
       </c>
       <c r="L12" s="15">
         <v>0.094</v>
       </c>
       <c r="M12" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>139</v>
+        <v>113</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000023514</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1314,51 +1314,51 @@
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>60</v>
       </c>
       <c r="K15" s="15">
         <v>0.135</v>
       </c>
       <c r="L15" s="15">
         <v>0.098</v>
       </c>
       <c r="M15" s="15">
         <v>0.09</v>
       </c>
       <c r="N15" s="15">
-        <v>134</v>
+        <v>123</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1390,51 +1390,51 @@
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10080003519</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>60</v>
       </c>
       <c r="K17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>511</v>
+        <v>400</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080003520</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1468,129 +1468,129 @@
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080000174</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>60</v>
       </c>
       <c r="K19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>752</v>
+        <v>731</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10000018907</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>60</v>
       </c>
       <c r="K20" s="15">
         <v>0.1</v>
       </c>
       <c r="L20" s="15">
         <v>0.08</v>
       </c>
       <c r="M20" s="15">
         <v>0.075</v>
       </c>
       <c r="N20" s="15">
-        <v>8511</v>
+        <v>7831</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10000018397</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>60</v>
       </c>
       <c r="K21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10000018400</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1659,90 +1659,90 @@
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10000018896</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>60</v>
       </c>
       <c r="K24" s="15">
         <v>0.11538</v>
       </c>
       <c r="L24" s="15">
         <v>0.08348</v>
       </c>
       <c r="M24" s="15">
         <v>0.07284</v>
       </c>
       <c r="N24" s="15">
-        <v>6759</v>
+        <v>8871</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10000019193</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>60</v>
       </c>
       <c r="K25" s="15">
         <v>0.11</v>
       </c>
       <c r="L25" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08</v>
       </c>
       <c r="N25" s="15">
-        <v>2799</v>
+        <v>2350</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10000018399</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -1850,90 +1850,90 @@
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15">
         <v>10000018401</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N29" s="15">
-        <v>310</v>
+        <v>405</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="15">
         <v>10080002649</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.082</v>
       </c>
       <c r="L30" s="15">
         <v>0.082</v>
       </c>
       <c r="M30" s="15">
         <v>0.082</v>
       </c>
       <c r="N30" s="15">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>