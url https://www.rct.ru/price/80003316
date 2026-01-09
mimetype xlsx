--- v1 (2025-12-14)
+++ v2 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1199,51 +1199,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000023515</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
         <v>0.14</v>
       </c>
       <c r="L12" s="15">
         <v>0.094</v>
       </c>
       <c r="M12" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000023514</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1314,51 +1314,51 @@
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>60</v>
       </c>
       <c r="K15" s="15">
         <v>0.135</v>
       </c>
       <c r="L15" s="15">
         <v>0.098</v>
       </c>
       <c r="M15" s="15">
         <v>0.09</v>
       </c>
       <c r="N15" s="15">
-        <v>123</v>
+        <v>107</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1390,51 +1390,51 @@
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10080003519</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>60</v>
       </c>
       <c r="K17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080003520</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1498,99 +1498,99 @@
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10000018907</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>60</v>
       </c>
       <c r="K20" s="15">
-        <v>0.1</v>
+        <v>0.07199999999999999</v>
       </c>
       <c r="L20" s="15">
-        <v>0.08</v>
+        <v>0.07199999999999999</v>
       </c>
       <c r="M20" s="15">
-        <v>0.075</v>
+        <v>0.07199999999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>7831</v>
+        <v>8511</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10000018397</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>60</v>
       </c>
       <c r="K21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>256</v>
+        <v>231</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10000018400</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1659,90 +1659,90 @@
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10000018896</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>60</v>
       </c>
       <c r="K24" s="15">
         <v>0.11538</v>
       </c>
       <c r="L24" s="15">
         <v>0.08348</v>
       </c>
       <c r="M24" s="15">
         <v>0.07284</v>
       </c>
       <c r="N24" s="15">
-        <v>8871</v>
+        <v>8554</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10000019193</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>60</v>
       </c>
       <c r="K25" s="15">
         <v>0.11</v>
       </c>
       <c r="L25" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08</v>
       </c>
       <c r="N25" s="15">
-        <v>2350</v>
+        <v>2177</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10000018399</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -1850,90 +1850,90 @@
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15">
         <v>10000018401</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N29" s="15">
-        <v>405</v>
+        <v>320</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="15">
         <v>10080002649</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.082</v>
       </c>
       <c r="L30" s="15">
         <v>0.082</v>
       </c>
       <c r="M30" s="15">
         <v>0.082</v>
       </c>
       <c r="N30" s="15">
-        <v>124</v>
+        <v>147</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>