--- v2 (2026-01-09)
+++ v3 (2026-02-02)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>02.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1199,51 +1199,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000023515</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
         <v>0.14</v>
       </c>
       <c r="L12" s="15">
         <v>0.094</v>
       </c>
       <c r="M12" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>99</v>
+        <v>145</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000023514</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1314,51 +1314,51 @@
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>60</v>
       </c>
       <c r="K15" s="15">
         <v>0.135</v>
       </c>
       <c r="L15" s="15">
         <v>0.098</v>
       </c>
       <c r="M15" s="15">
         <v>0.09</v>
       </c>
       <c r="N15" s="15">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1390,51 +1390,51 @@
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10080003519</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>60</v>
       </c>
       <c r="K17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>411</v>
+        <v>353</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080003520</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1468,129 +1468,129 @@
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080000174</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>60</v>
       </c>
       <c r="K19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>731</v>
+        <v>802</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10000018907</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>60</v>
       </c>
       <c r="K20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>8511</v>
+        <v>9299</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10000018397</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>60</v>
       </c>
       <c r="K21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10000018400</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1659,90 +1659,90 @@
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10000018896</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>60</v>
       </c>
       <c r="K24" s="15">
         <v>0.11538</v>
       </c>
       <c r="L24" s="15">
         <v>0.08348</v>
       </c>
       <c r="M24" s="15">
         <v>0.07284</v>
       </c>
       <c r="N24" s="15">
-        <v>8554</v>
+        <v>8190</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10000019193</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>60</v>
       </c>
       <c r="K25" s="15">
         <v>0.11</v>
       </c>
       <c r="L25" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08</v>
       </c>
       <c r="N25" s="15">
-        <v>2177</v>
+        <v>2488</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10000018399</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -1850,51 +1850,51 @@
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15">
         <v>10000018401</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N29" s="15">
-        <v>320</v>
+        <v>370</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="15">
         <v>10080002649</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>