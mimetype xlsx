--- v3 (2026-02-02)
+++ v4 (2026-02-23)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>02.02.2026</t>
+    <t>23.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1199,51 +1199,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000023515</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
         <v>0.14</v>
       </c>
       <c r="L12" s="15">
         <v>0.094</v>
       </c>
       <c r="M12" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>145</v>
+        <v>108</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000023514</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1314,51 +1314,51 @@
       <c r="D15" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>60</v>
       </c>
       <c r="K15" s="15">
         <v>0.135</v>
       </c>
       <c r="L15" s="15">
         <v>0.098</v>
       </c>
       <c r="M15" s="15">
         <v>0.09</v>
       </c>
       <c r="N15" s="15">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
@@ -1390,51 +1390,51 @@
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10080003519</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>60</v>
       </c>
       <c r="K17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>353</v>
+        <v>411</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080003520</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
@@ -1468,129 +1468,129 @@
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080000174</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>60</v>
       </c>
       <c r="K19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>802</v>
+        <v>782</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10000018907</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>60</v>
       </c>
       <c r="K20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>9299</v>
+        <v>7161</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10000018397</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>60</v>
       </c>
       <c r="K21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>238</v>
+        <v>306</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10000018400</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1698,51 +1698,51 @@
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10000019193</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>60</v>
       </c>
       <c r="K25" s="15">
         <v>0.11</v>
       </c>
       <c r="L25" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08</v>
       </c>
       <c r="N25" s="15">
-        <v>2488</v>
+        <v>2073</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10000018399</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -1850,90 +1850,90 @@
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15">
         <v>10000018401</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N29" s="15">
-        <v>370</v>
+        <v>405</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="15">
         <v>10080002649</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.082</v>
       </c>
       <c r="L30" s="15">
         <v>0.082</v>
       </c>
       <c r="M30" s="15">
         <v>0.082</v>
       </c>
       <c r="N30" s="15">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>