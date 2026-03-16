--- v4 (2026-02-23)
+++ v5 (2026-03-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>23.02.2026</t>
+    <t>16.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1082,51 +1082,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>60</v>
       </c>
       <c r="K9" s="15">
         <v>0.075</v>
       </c>
       <c r="L9" s="15">
         <v>0.075</v>
       </c>
       <c r="M9" s="15">
         <v>0.075</v>
       </c>
       <c r="N9" s="15">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10080003518</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1199,51 +1199,51 @@
       <c r="D12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="E12" s="15">
         <v>10000023515</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>60</v>
       </c>
       <c r="K12" s="15">
         <v>0.14</v>
       </c>
       <c r="L12" s="15">
         <v>0.094</v>
       </c>
       <c r="M12" s="15">
         <v>0.08599999999999999</v>
       </c>
       <c r="N12" s="15">
-        <v>108</v>
+        <v>124</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="15">
         <v>10000023514</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
@@ -1390,207 +1390,207 @@
       <c r="D17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E17" s="15">
         <v>10080003519</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>60</v>
       </c>
       <c r="K17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M17" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N17" s="15">
-        <v>411</v>
+        <v>476</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10080003520</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>60</v>
       </c>
       <c r="K18" s="15">
         <v>0.095</v>
       </c>
       <c r="L18" s="15">
         <v>0.083</v>
       </c>
       <c r="M18" s="15">
         <v>0.08</v>
       </c>
       <c r="N18" s="15">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="15">
         <v>10080000174</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>60</v>
       </c>
       <c r="K19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M19" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N19" s="15">
-        <v>782</v>
+        <v>853</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10000018907</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>60</v>
       </c>
       <c r="K20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M20" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N20" s="15">
-        <v>7161</v>
+        <v>9085</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10000018397</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>60</v>
       </c>
       <c r="K21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M21" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N21" s="15">
-        <v>306</v>
+        <v>224</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10000018400</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
@@ -1659,90 +1659,90 @@
       <c r="D24" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10000018896</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>60</v>
       </c>
       <c r="K24" s="15">
         <v>0.11538</v>
       </c>
       <c r="L24" s="15">
         <v>0.08348</v>
       </c>
       <c r="M24" s="15">
         <v>0.07284</v>
       </c>
       <c r="N24" s="15">
-        <v>8190</v>
+        <v>8883</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10000019193</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>60</v>
       </c>
       <c r="K25" s="15">
         <v>0.11</v>
       </c>
       <c r="L25" s="15">
         <v>0.08500000000000001</v>
       </c>
       <c r="M25" s="15">
         <v>0.08</v>
       </c>
       <c r="N25" s="15">
-        <v>2073</v>
+        <v>2157</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10000018399</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
@@ -1850,90 +1850,90 @@
       <c r="D29" s="15" t="s">
         <v>72</v>
       </c>
       <c r="E29" s="15">
         <v>10000018401</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>60</v>
       </c>
       <c r="K29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="L29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="M29" s="15">
         <v>0.07199999999999999</v>
       </c>
       <c r="N29" s="15">
-        <v>405</v>
+        <v>320</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>74</v>
       </c>
       <c r="E30" s="15">
         <v>10080002649</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>60</v>
       </c>
       <c r="K30" s="15">
         <v>0.082</v>
       </c>
       <c r="L30" s="15">
         <v>0.082</v>
       </c>
       <c r="M30" s="15">
         <v>0.082</v>
       </c>
       <c r="N30" s="15">
-        <v>130</v>
+        <v>114</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14"/>
       <c r="C31" s="15"/>
       <c r="D31" s="15"/>
       <c r="E31" s="15"/>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15"/>
       <c r="L31" s="15"/>
       <c r="M31" s="15"/>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
     </row>
   </sheetData>