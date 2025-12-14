--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1005,242 +1005,242 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080012031</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04692</v>
       </c>
       <c r="L9" s="15">
         <v>0.03364</v>
       </c>
       <c r="M9" s="15">
         <v>0.02922</v>
       </c>
       <c r="N9" s="15">
-        <v>389</v>
+        <v>538</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10000018396</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03</v>
       </c>
       <c r="L10" s="15">
         <v>0.0204</v>
       </c>
       <c r="M10" s="15">
         <v>0.019</v>
       </c>
       <c r="N10" s="15">
-        <v>13987</v>
+        <v>12017</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080074965</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.02033</v>
       </c>
       <c r="M11" s="15">
         <v>0.019</v>
       </c>
       <c r="N11" s="15">
-        <v>1200</v>
+        <v>1580</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080076342</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L12" s="15">
         <v>0.054</v>
       </c>
       <c r="M12" s="15">
         <v>0.05</v>
       </c>
       <c r="N12" s="15">
-        <v>2368</v>
+        <v>2038</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080076341</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.05</v>
       </c>
       <c r="M13" s="15">
         <v>0.045</v>
       </c>
       <c r="N13" s="15">
-        <v>2699</v>
+        <v>2639</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080074967</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05</v>
       </c>
       <c r="M14" s="15">
         <v>0.045</v>
       </c>
       <c r="N14" s="15">
-        <v>4306</v>
+        <v>4161</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080076343</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
@@ -1270,164 +1270,164 @@
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080072841</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L16" s="15">
         <v>0.043</v>
       </c>
       <c r="M16" s="15">
         <v>0.039</v>
       </c>
       <c r="N16" s="15">
-        <v>690</v>
+        <v>874</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080074966</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.065</v>
       </c>
       <c r="L17" s="15">
         <v>0.045</v>
       </c>
       <c r="M17" s="15">
         <v>0.038</v>
       </c>
       <c r="N17" s="15">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080074968</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.066</v>
       </c>
       <c r="L18" s="15">
         <v>0.048</v>
       </c>
       <c r="M18" s="15">
         <v>0.045</v>
       </c>
       <c r="N18" s="15">
-        <v>1327</v>
+        <v>1416</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10000030242</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.06660000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.049</v>
       </c>
       <c r="M19" s="15">
         <v>0.045</v>
       </c>
       <c r="N19" s="15">
-        <v>1018</v>
+        <v>902</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
   </sheetData>