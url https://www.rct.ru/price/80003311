--- v1 (2025-12-14)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1005,429 +1005,429 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080012031</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04692</v>
       </c>
       <c r="L9" s="15">
         <v>0.03364</v>
       </c>
       <c r="M9" s="15">
         <v>0.02922</v>
       </c>
       <c r="N9" s="15">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10000018396</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03</v>
       </c>
       <c r="L10" s="15">
         <v>0.0204</v>
       </c>
       <c r="M10" s="15">
         <v>0.019</v>
       </c>
       <c r="N10" s="15">
-        <v>12017</v>
+        <v>15563</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080074965</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.02033</v>
       </c>
       <c r="M11" s="15">
         <v>0.019</v>
       </c>
       <c r="N11" s="15">
-        <v>1580</v>
+        <v>1220</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080076342</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L12" s="15">
         <v>0.054</v>
       </c>
       <c r="M12" s="15">
         <v>0.05</v>
       </c>
       <c r="N12" s="15">
-        <v>2038</v>
+        <v>1829</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080076341</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.05</v>
       </c>
       <c r="M13" s="15">
         <v>0.045</v>
       </c>
       <c r="N13" s="15">
-        <v>2639</v>
+        <v>2189</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080074967</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05</v>
       </c>
       <c r="M14" s="15">
         <v>0.045</v>
       </c>
       <c r="N14" s="15">
-        <v>4161</v>
+        <v>4064</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080076343</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.065</v>
       </c>
       <c r="L15" s="15">
         <v>0.041</v>
       </c>
       <c r="M15" s="15">
         <v>0.038</v>
       </c>
       <c r="N15" s="15">
-        <v>2041</v>
+        <v>2400</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080072841</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L16" s="15">
         <v>0.043</v>
       </c>
       <c r="M16" s="15">
         <v>0.039</v>
       </c>
       <c r="N16" s="15">
-        <v>874</v>
+        <v>1012</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080074966</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.065</v>
       </c>
       <c r="L17" s="15">
         <v>0.045</v>
       </c>
       <c r="M17" s="15">
         <v>0.038</v>
       </c>
       <c r="N17" s="15">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080074968</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.066</v>
       </c>
       <c r="L18" s="15">
         <v>0.048</v>
       </c>
       <c r="M18" s="15">
         <v>0.045</v>
       </c>
       <c r="N18" s="15">
-        <v>1416</v>
+        <v>1524</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10000030242</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.06660000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.049</v>
       </c>
       <c r="M19" s="15">
         <v>0.045</v>
       </c>
       <c r="N19" s="15">
-        <v>902</v>
+        <v>992</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
   </sheetData>