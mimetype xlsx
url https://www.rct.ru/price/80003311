--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>02.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1005,51 +1005,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080012031</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04692</v>
       </c>
       <c r="L9" s="15">
         <v>0.03364</v>
       </c>
       <c r="M9" s="15">
         <v>0.02922</v>
       </c>
       <c r="N9" s="15">
-        <v>531</v>
+        <v>473</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10000018396</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
@@ -1083,351 +1083,351 @@
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080074965</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.02033</v>
       </c>
       <c r="M11" s="15">
         <v>0.019</v>
       </c>
       <c r="N11" s="15">
-        <v>1220</v>
+        <v>1600</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080076342</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L12" s="15">
         <v>0.054</v>
       </c>
       <c r="M12" s="15">
         <v>0.05</v>
       </c>
       <c r="N12" s="15">
-        <v>1829</v>
+        <v>2398</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080076341</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.05</v>
       </c>
       <c r="M13" s="15">
         <v>0.045</v>
       </c>
       <c r="N13" s="15">
-        <v>2189</v>
+        <v>1829</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080074967</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05</v>
       </c>
       <c r="M14" s="15">
         <v>0.045</v>
       </c>
       <c r="N14" s="15">
-        <v>4064</v>
+        <v>3484</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080076343</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.065</v>
       </c>
       <c r="L15" s="15">
         <v>0.041</v>
       </c>
       <c r="M15" s="15">
         <v>0.038</v>
       </c>
       <c r="N15" s="15">
-        <v>2400</v>
+        <v>1860</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080072841</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L16" s="15">
         <v>0.043</v>
       </c>
       <c r="M16" s="15">
         <v>0.039</v>
       </c>
       <c r="N16" s="15">
-        <v>1012</v>
+        <v>851</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080074966</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15"/>
       <c r="K17" s="15">
         <v>0.065</v>
       </c>
       <c r="L17" s="15">
         <v>0.045</v>
       </c>
       <c r="M17" s="15">
         <v>0.038</v>
       </c>
       <c r="N17" s="15">
-        <v>89</v>
+        <v>39</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>46</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080074968</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.066</v>
       </c>
       <c r="L18" s="15">
         <v>0.048</v>
       </c>
       <c r="M18" s="15">
         <v>0.045</v>
       </c>
       <c r="N18" s="15">
-        <v>1524</v>
+        <v>1380</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10000030242</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.06660000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.049</v>
       </c>
       <c r="M19" s="15">
         <v>0.045</v>
       </c>
       <c r="N19" s="15">
-        <v>992</v>
+        <v>1095</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
   </sheetData>