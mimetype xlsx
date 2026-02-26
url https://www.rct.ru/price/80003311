--- v3 (2026-02-02)
+++ v4 (2026-02-26)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>02.02.2026</t>
+    <t>26.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1005,205 +1005,205 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080012031</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04692</v>
       </c>
       <c r="L9" s="15">
         <v>0.03364</v>
       </c>
       <c r="M9" s="15">
         <v>0.02922</v>
       </c>
       <c r="N9" s="15">
-        <v>473</v>
+        <v>538</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10000018396</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03</v>
       </c>
       <c r="L10" s="15">
         <v>0.0204</v>
       </c>
       <c r="M10" s="15">
         <v>0.019</v>
       </c>
       <c r="N10" s="15">
-        <v>15563</v>
+        <v>14381</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080074965</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.02033</v>
       </c>
       <c r="M11" s="15">
         <v>0.019</v>
       </c>
       <c r="N11" s="15">
-        <v>1600</v>
+        <v>1320</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080076342</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L12" s="15">
         <v>0.054</v>
       </c>
       <c r="M12" s="15">
         <v>0.05</v>
       </c>
       <c r="N12" s="15">
-        <v>2398</v>
+        <v>2428</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080076341</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.05</v>
       </c>
       <c r="M13" s="15">
         <v>0.045</v>
       </c>
       <c r="N13" s="15">
-        <v>1829</v>
+        <v>1919</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080074967</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
@@ -1233,88 +1233,88 @@
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080076343</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.065</v>
       </c>
       <c r="L15" s="15">
         <v>0.041</v>
       </c>
       <c r="M15" s="15">
         <v>0.038</v>
       </c>
       <c r="N15" s="15">
-        <v>1860</v>
+        <v>2520</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080072841</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L16" s="15">
         <v>0.043</v>
       </c>
       <c r="M16" s="15">
         <v>0.039</v>
       </c>
       <c r="N16" s="15">
-        <v>851</v>
+        <v>828</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080074966</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1346,88 +1346,88 @@
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080074968</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.066</v>
       </c>
       <c r="L18" s="15">
         <v>0.048</v>
       </c>
       <c r="M18" s="15">
         <v>0.045</v>
       </c>
       <c r="N18" s="15">
-        <v>1380</v>
+        <v>1524</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10000030242</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.06660000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.049</v>
       </c>
       <c r="M19" s="15">
         <v>0.045</v>
       </c>
       <c r="N19" s="15">
-        <v>1095</v>
+        <v>1121</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
   </sheetData>