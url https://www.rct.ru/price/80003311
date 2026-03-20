--- v4 (2026-02-26)
+++ v5 (2026-03-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>26.02.2026</t>
+    <t>20.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1005,316 +1005,318 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15">
         <v>10080012031</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>0.04692</v>
       </c>
       <c r="L9" s="15">
         <v>0.03364</v>
       </c>
       <c r="M9" s="15">
         <v>0.02922</v>
       </c>
       <c r="N9" s="15">
-        <v>538</v>
+        <v>415</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="E10" s="15">
         <v>10000018396</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.03</v>
       </c>
       <c r="L10" s="15">
         <v>0.0204</v>
       </c>
       <c r="M10" s="15">
         <v>0.019</v>
       </c>
       <c r="N10" s="15">
-        <v>14381</v>
+        <v>15169</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>32</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="15">
         <v>10080074965</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>1000</v>
       </c>
       <c r="K11" s="15">
         <v>0.035</v>
       </c>
       <c r="L11" s="15">
         <v>0.02033</v>
       </c>
       <c r="M11" s="15">
         <v>0.019</v>
       </c>
       <c r="N11" s="15">
-        <v>1320</v>
+        <v>1600</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="15">
         <v>10080076342</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>1000</v>
       </c>
       <c r="K12" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L12" s="15">
         <v>0.054</v>
       </c>
       <c r="M12" s="15">
         <v>0.05</v>
       </c>
       <c r="N12" s="15">
-        <v>2428</v>
+        <v>1983</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15"/>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="15">
         <v>10080076341</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I13" s="15"/>
-      <c r="J13" s="15"/>
+      <c r="J13" s="15">
+        <v>1000</v>
+      </c>
       <c r="K13" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L13" s="15">
         <v>0.05</v>
       </c>
       <c r="M13" s="15">
         <v>0.045</v>
       </c>
       <c r="N13" s="15">
-        <v>1919</v>
+        <v>2626</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="15">
         <v>10080074967</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15"/>
       <c r="K14" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05</v>
       </c>
       <c r="M14" s="15">
         <v>0.045</v>
       </c>
       <c r="N14" s="15">
-        <v>3484</v>
+        <v>3774</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>40</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>41</v>
       </c>
       <c r="E15" s="15">
         <v>10080076343</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15"/>
       <c r="K15" s="15">
         <v>0.065</v>
       </c>
       <c r="L15" s="15">
         <v>0.041</v>
       </c>
       <c r="M15" s="15">
         <v>0.038</v>
       </c>
       <c r="N15" s="15">
-        <v>2520</v>
+        <v>2092</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>42</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>43</v>
       </c>
       <c r="E16" s="15">
         <v>10080072841</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15"/>
       <c r="K16" s="15">
         <v>0.07000000000000001</v>
       </c>
       <c r="L16" s="15">
         <v>0.043</v>
       </c>
       <c r="M16" s="15">
         <v>0.039</v>
       </c>
       <c r="N16" s="15">
-        <v>828</v>
+        <v>725</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>44</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="15">
         <v>10080074966</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
@@ -1346,88 +1348,88 @@
       <c r="D18" s="15" t="s">
         <v>47</v>
       </c>
       <c r="E18" s="15">
         <v>10080074968</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.066</v>
       </c>
       <c r="L18" s="15">
         <v>0.048</v>
       </c>
       <c r="M18" s="15">
         <v>0.045</v>
       </c>
       <c r="N18" s="15">
-        <v>1524</v>
+        <v>1577</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E19" s="15">
         <v>10000030242</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.06660000000000001</v>
       </c>
       <c r="L19" s="15">
         <v>0.049</v>
       </c>
       <c r="M19" s="15">
         <v>0.045</v>
       </c>
       <c r="N19" s="15">
-        <v>1121</v>
+        <v>773</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14"/>
       <c r="C20" s="15"/>
       <c r="D20" s="15"/>
       <c r="E20" s="15"/>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="15"/>
       <c r="K20" s="15"/>
       <c r="L20" s="15"/>
       <c r="M20" s="15"/>
       <c r="N20" s="15"/>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
     </row>
   </sheetData>