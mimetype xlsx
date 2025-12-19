--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>04.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -143,53 +143,50 @@
     <t>Змм Красный, прозрачный 30mcd 30° / FYL-3004HT1L</t>
   </si>
   <si>
     <t>10-00073058</t>
   </si>
   <si>
     <t>FYL-3004SRC1L</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 100mcd 30° / FYL-3004SRC1L</t>
   </si>
   <si>
     <t>10-00073059</t>
   </si>
   <si>
     <t>FYL-3004SRD1L</t>
   </si>
   <si>
     <t>Змм Красный, матовый 50mcd 40° / FYL-3004SRD1L</t>
   </si>
   <si>
     <t>FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>3 мм Жёлто-зеленый, прозрачный 900mcd 35° / FYL-3004SUGC1L</t>
-  </si>
-[...1 lines deleted...]
-    <t>22.01.2026</t>
   </si>
   <si>
     <t>FYL-3004SURC1D</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1800mcd 625nm 40° / FYL-3004SURC1D</t>
   </si>
   <si>
     <t>UT-00120225</t>
   </si>
   <si>
     <t>FYL-3004UBC1L</t>
   </si>
   <si>
     <t>3 мм Синий, прозрачный 2000mcd 35° / FYL-3004UBC1L</t>
   </si>
   <si>
     <t>FYL-3004UGC1L</t>
   </si>
   <si>
     <t>Змм Жёлто-зеленый, прозрачный 800mcd 30° / FYL-3004UGC1L</t>
   </si>
   <si>
     <t>FYL-3004URC1L</t>
   </si>
@@ -1467,51 +1464,51 @@
       </c>
       <c r="E10" s="15">
         <v>10000018378</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04912</v>
       </c>
       <c r="L10" s="15">
         <v>0.03554</v>
       </c>
       <c r="M10" s="15">
         <v>0.031</v>
       </c>
       <c r="N10" s="15">
-        <v>8376</v>
+        <v>8795</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
@@ -1584,2599 +1581,2585 @@
       </c>
       <c r="E13" s="15">
         <v>10080003511</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04418</v>
       </c>
       <c r="L13" s="15">
         <v>0.03124</v>
       </c>
       <c r="M13" s="15">
         <v>0.02713</v>
       </c>
       <c r="N13" s="15">
-        <v>127200</v>
+        <v>139920</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080002632</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05269</v>
       </c>
       <c r="M14" s="15">
         <v>0.04598</v>
       </c>
       <c r="N14" s="15">
-        <v>1518</v>
+        <v>1615</v>
       </c>
       <c r="O14" s="15">
-        <v>1560</v>
-[...3 lines deleted...]
-      </c>
+        <v>1660</v>
+      </c>
+      <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>43</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>1000</v>
       </c>
       <c r="K15" s="15">
         <v>0.08198</v>
       </c>
       <c r="L15" s="15">
         <v>0.06877</v>
       </c>
       <c r="M15" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="N15" s="15">
         <v>5</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080002631</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.07506</v>
       </c>
       <c r="L16" s="15">
         <v>0.05431</v>
       </c>
       <c r="M16" s="15">
         <v>0.04739</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10000030299</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07506</v>
       </c>
       <c r="L17" s="15">
         <v>0.05431</v>
       </c>
       <c r="M17" s="15">
         <v>0.04739</v>
       </c>
       <c r="N17" s="15">
-        <v>10811</v>
+        <v>11326</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10000030297</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.05269</v>
       </c>
       <c r="M18" s="15">
         <v>0.04598</v>
       </c>
       <c r="N18" s="15">
-        <v>11617</v>
+        <v>7519</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000030298</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.073</v>
       </c>
       <c r="L19" s="15">
         <v>0.05281</v>
       </c>
       <c r="M19" s="15">
         <v>0.04609</v>
       </c>
       <c r="N19" s="15">
-        <v>6078</v>
+        <v>7191</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080006289</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.07879</v>
       </c>
       <c r="L20" s="15">
         <v>0.05699</v>
       </c>
       <c r="M20" s="15">
         <v>0.05337</v>
       </c>
       <c r="N20" s="15">
-        <v>810</v>
+        <v>660</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000018360</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04418</v>
       </c>
       <c r="L21" s="15">
         <v>0.03124</v>
       </c>
       <c r="M21" s="15">
         <v>0.02713</v>
       </c>
       <c r="N21" s="15">
-        <v>11570</v>
+        <v>10920</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.011</v>
       </c>
       <c r="L22" s="15">
         <v>0.011</v>
       </c>
       <c r="M22" s="15">
         <v>0.011</v>
       </c>
       <c r="N22" s="15">
         <v>10</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="C23" s="15" t="s">
         <v>62</v>
       </c>
-      <c r="C23" s="15" t="s">
+      <c r="D23" s="15" t="s">
         <v>63</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>0.02759</v>
       </c>
       <c r="L23" s="15">
         <v>0.02501</v>
       </c>
       <c r="M23" s="15">
         <v>0.02328</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.02759</v>
       </c>
       <c r="L24" s="15">
         <v>0.02501</v>
       </c>
       <c r="M24" s="15">
         <v>0.02328</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C25" s="15" t="s">
         <v>69</v>
       </c>
-      <c r="C25" s="15" t="s">
+      <c r="D25" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.14583</v>
       </c>
       <c r="L25" s="15">
         <v>0.13216</v>
       </c>
       <c r="M25" s="15">
         <v>0.12305</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.18475</v>
       </c>
       <c r="L26" s="15">
         <v>0.14657</v>
       </c>
       <c r="M26" s="15">
         <v>0.13302</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="E27" s="15">
         <v>10000018403</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.035</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.019</v>
       </c>
       <c r="N27" s="15">
-        <v>35815</v>
+        <v>38850</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E28" s="15">
         <v>10000021326</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.035</v>
       </c>
       <c r="L28" s="15">
         <v>0.022</v>
       </c>
       <c r="M28" s="15">
         <v>0.019</v>
       </c>
       <c r="N28" s="15">
-        <v>2113</v>
+        <v>1000</v>
       </c>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="E29" s="15">
         <v>10000016388</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04156</v>
       </c>
       <c r="L29" s="15">
         <v>0.02938</v>
       </c>
       <c r="M29" s="15">
         <v>0.02552</v>
       </c>
       <c r="N29" s="15">
-        <v>38602</v>
+        <v>40120</v>
       </c>
       <c r="O29" s="15">
-        <v>33500</v>
-[...3 lines deleted...]
-      </c>
+        <v>35000</v>
+      </c>
+      <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="E30" s="15">
         <v>10080061804</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05483</v>
       </c>
       <c r="L30" s="15">
         <v>0.04598</v>
       </c>
       <c r="M30" s="15">
         <v>0.04423</v>
       </c>
       <c r="N30" s="15">
-        <v>5174</v>
+        <v>4898</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E31" s="15">
         <v>10000016387</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04156</v>
       </c>
       <c r="L31" s="15">
         <v>0.02938</v>
       </c>
       <c r="M31" s="15">
         <v>0.02552</v>
       </c>
       <c r="N31" s="15">
-        <v>33237</v>
+        <v>26096</v>
       </c>
       <c r="O31" s="15">
-        <v>44500</v>
-[...3 lines deleted...]
-      </c>
+        <v>36000</v>
+      </c>
+      <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E32" s="15">
         <v>10000023573</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04073</v>
       </c>
       <c r="L32" s="15">
         <v>0.02947</v>
       </c>
       <c r="M32" s="15">
         <v>0.02571</v>
       </c>
       <c r="N32" s="15">
-        <v>11384</v>
+        <v>8186</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11366</v>
       </c>
       <c r="L33" s="15">
         <v>0.09533</v>
       </c>
       <c r="M33" s="15">
         <v>0.09166000000000001</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="E34" s="15">
         <v>10080012914</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.07504</v>
       </c>
       <c r="L34" s="15">
         <v>0.05429</v>
       </c>
       <c r="M34" s="15">
         <v>0.04737</v>
       </c>
       <c r="N34" s="15">
-        <v>25051</v>
+        <v>25654</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.08465</v>
       </c>
       <c r="L35" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M35" s="15">
         <v>0.06826</v>
       </c>
       <c r="N35" s="15">
         <v>5</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08465</v>
       </c>
       <c r="L36" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M36" s="15">
         <v>0.06826</v>
       </c>
       <c r="N36" s="15">
         <v>10</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E37" s="15">
         <v>10080017436</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.08033</v>
       </c>
       <c r="L37" s="15">
         <v>0.05812</v>
       </c>
       <c r="M37" s="15">
         <v>0.05072</v>
       </c>
       <c r="N37" s="15">
-        <v>51200</v>
+        <v>69600</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E38" s="15">
         <v>10000021399</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04156</v>
       </c>
       <c r="L38" s="15">
         <v>0.02938</v>
       </c>
       <c r="M38" s="15">
         <v>0.02552</v>
       </c>
       <c r="N38" s="15">
-        <v>13534</v>
+        <v>13932</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E39" s="15">
         <v>10000017876</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04073</v>
       </c>
       <c r="L39" s="15">
         <v>0.02947</v>
       </c>
       <c r="M39" s="15">
         <v>0.02571</v>
       </c>
       <c r="N39" s="15">
-        <v>17588</v>
+        <v>24036</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E40" s="15">
         <v>10000023547</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03</v>
       </c>
       <c r="L40" s="15">
         <v>0.023</v>
       </c>
       <c r="M40" s="15">
         <v>0.019</v>
       </c>
       <c r="N40" s="15">
-        <v>12840</v>
+        <v>11703</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E41" s="15">
         <v>10000022800</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.045</v>
       </c>
       <c r="L41" s="15">
         <v>0.036</v>
       </c>
       <c r="M41" s="15">
         <v>0.031</v>
       </c>
       <c r="N41" s="15">
-        <v>9424</v>
+        <v>12222</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E42" s="15">
         <v>10080003512</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.054</v>
       </c>
       <c r="L42" s="15">
         <v>0.037</v>
       </c>
       <c r="M42" s="15">
         <v>0.0345</v>
       </c>
       <c r="N42" s="15">
-        <v>51208</v>
+        <v>45618</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08198</v>
       </c>
       <c r="L43" s="15">
         <v>0.06877</v>
       </c>
       <c r="M43" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.055</v>
       </c>
       <c r="L44" s="15">
         <v>0.037</v>
       </c>
       <c r="M44" s="15">
         <v>0.0341</v>
       </c>
       <c r="N44" s="15">
-        <v>16219</v>
+        <v>14192</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="E45" s="15">
         <v>10080000576</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.055</v>
       </c>
       <c r="L45" s="15">
         <v>0.037</v>
       </c>
       <c r="M45" s="15">
         <v>0.0341</v>
       </c>
       <c r="N45" s="15">
-        <v>12742</v>
+        <v>13129</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E46" s="15">
         <v>10000020900</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07506</v>
       </c>
       <c r="L46" s="15">
         <v>0.05431</v>
       </c>
       <c r="M46" s="15">
         <v>0.04739</v>
       </c>
       <c r="N46" s="15">
-        <v>12106</v>
+        <v>17464</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="E47" s="15">
         <v>10080008975</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07348</v>
       </c>
       <c r="L47" s="15">
         <v>0.0497</v>
       </c>
       <c r="M47" s="15">
         <v>0.045</v>
       </c>
       <c r="N47" s="15">
-        <v>2260</v>
+        <v>2372</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080006290</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.065</v>
       </c>
       <c r="L48" s="15">
         <v>0.05</v>
       </c>
       <c r="M48" s="15">
         <v>0.045</v>
       </c>
       <c r="N48" s="15">
-        <v>2015</v>
+        <v>2065</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="E49" s="15">
         <v>10000018366</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.045</v>
       </c>
       <c r="L49" s="15">
         <v>0.035</v>
       </c>
       <c r="M49" s="15">
         <v>0.031</v>
       </c>
       <c r="N49" s="15">
-        <v>942</v>
+        <v>984</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="E50" s="15">
         <v>10080006297</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.04746</v>
       </c>
       <c r="M50" s="15">
         <v>0.04142</v>
       </c>
       <c r="N50" s="15">
-        <v>1984</v>
+        <v>8343</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.04746</v>
       </c>
       <c r="M51" s="15">
         <v>0.04142</v>
       </c>
       <c r="N51" s="15">
-        <v>3850</v>
+        <v>3000</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="E52" s="15">
         <v>10000018357</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07326000000000001</v>
       </c>
       <c r="L52" s="15">
         <v>0.0664</v>
       </c>
       <c r="M52" s="15">
         <v>0.06181</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E53" s="15">
         <v>10000011594</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.07826</v>
       </c>
       <c r="L53" s="15">
         <v>0.05533</v>
       </c>
       <c r="M53" s="15">
         <v>0.04805</v>
       </c>
       <c r="N53" s="15">
-        <v>32109</v>
+        <v>22120</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="E54" s="15">
         <v>10080017738</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.04858</v>
       </c>
       <c r="M54" s="15">
         <v>0.04239</v>
       </c>
       <c r="N54" s="15">
-        <v>34776</v>
+        <v>32327</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1</v>
       </c>
       <c r="K55" s="15">
         <v>0.19706</v>
       </c>
       <c r="L55" s="15">
         <v>0.1786</v>
       </c>
       <c r="M55" s="15">
         <v>0.16628</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.061</v>
       </c>
       <c r="L56" s="15">
         <v>0.061</v>
       </c>
       <c r="M56" s="15">
         <v>0.061</v>
       </c>
       <c r="N56" s="15">
-        <v>8526</v>
+        <v>7825</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E57" s="15">
         <v>10000022007</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03</v>
       </c>
       <c r="L57" s="15">
         <v>0.0212</v>
       </c>
       <c r="M57" s="15">
         <v>0.0198</v>
       </c>
       <c r="N57" s="15">
-        <v>1272</v>
+        <v>1341</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E58" s="15">
         <v>10000017877</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03973</v>
       </c>
       <c r="L58" s="15">
         <v>0.02875</v>
       </c>
       <c r="M58" s="15">
         <v>0.02508</v>
       </c>
       <c r="N58" s="15">
-        <v>90594</v>
+        <v>78732</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="E59" s="15">
         <v>10080061803</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.0251</v>
       </c>
       <c r="L59" s="15">
         <v>0.0251</v>
       </c>
       <c r="M59" s="15">
         <v>0.0251</v>
       </c>
       <c r="N59" s="15">
         <v>10</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="C60" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="C60" s="15" t="s">
+      <c r="D60" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="E60" s="15">
         <v>10000030289</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07554</v>
       </c>
       <c r="L60" s="15">
         <v>0.0509</v>
       </c>
       <c r="M60" s="15">
         <v>0.046</v>
       </c>
       <c r="N60" s="15">
-        <v>45614</v>
+        <v>58549</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E61" s="15">
         <v>10000030288</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.07554</v>
       </c>
       <c r="L61" s="15">
         <v>0.05465</v>
       </c>
       <c r="M61" s="15">
         <v>0.04769</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>42000</v>
-[...3 lines deleted...]
-      </c>
+        <v>45560</v>
+      </c>
+      <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
       <c r="E62" s="15">
         <v>10080002634</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.07554</v>
       </c>
       <c r="L62" s="15">
         <v>0.05465</v>
       </c>
       <c r="M62" s="15">
         <v>0.04769</v>
       </c>
       <c r="N62" s="15">
-        <v>7003</v>
+        <v>9549</v>
       </c>
       <c r="O62" s="15">
-        <v>6600</v>
-[...3 lines deleted...]
-      </c>
+        <v>9000</v>
+      </c>
+      <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="E63" s="15">
         <v>10000018411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.08087999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.05718</v>
       </c>
       <c r="M63" s="15">
         <v>0.04966</v>
       </c>
       <c r="N63" s="15">
-        <v>5460</v>
+        <v>6090</v>
       </c>
       <c r="O63" s="15">
-        <v>7800</v>
-[...3 lines deleted...]
-      </c>
+        <v>8700</v>
+      </c>
+      <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E64" s="15">
         <v>10080059749</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09088</v>
       </c>
       <c r="L64" s="15">
         <v>0.063</v>
       </c>
       <c r="M64" s="15">
         <v>0.057</v>
       </c>
       <c r="N64" s="15">
-        <v>17530</v>
+        <v>19283</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E65" s="15">
         <v>10080041226</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.034</v>
       </c>
       <c r="L65" s="15">
         <v>0.024</v>
       </c>
       <c r="M65" s="15">
         <v>0.021</v>
       </c>
       <c r="N65" s="15">
-        <v>686</v>
+        <v>576</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.065</v>
       </c>
       <c r="L66" s="15">
         <v>0.056</v>
       </c>
       <c r="M66" s="15">
         <v>0.051</v>
       </c>
       <c r="N66" s="15">
-        <v>9592</v>
+        <v>7194</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.12158</v>
       </c>
       <c r="L67" s="15">
         <v>0.10195</v>
       </c>
       <c r="M67" s="15">
         <v>0.09804</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05</v>
       </c>
       <c r="L68" s="15">
         <v>0.04</v>
       </c>
       <c r="M68" s="15">
         <v>0.035</v>
       </c>
       <c r="N68" s="15">
-        <v>3885</v>
+        <v>3255</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.08465</v>
       </c>
       <c r="L69" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M69" s="15">
         <v>0.06826</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E70" s="15">
         <v>10080006080</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.0399</v>
       </c>
       <c r="L70" s="15">
         <v>0.0266</v>
       </c>
       <c r="M70" s="15">
         <v>0.02415</v>
       </c>
       <c r="N70" s="15">
-        <v>2382</v>
+        <v>3533</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E71" s="15">
         <v>10080006292</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.07771</v>
       </c>
       <c r="L71" s="15">
         <v>0.05622</v>
       </c>
       <c r="M71" s="15">
         <v>0.04906</v>
       </c>
       <c r="N71" s="15">
-        <v>962</v>
+        <v>801</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="E72" s="15">
         <v>10080006293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.066</v>
       </c>
       <c r="L72" s="15">
         <v>0.044</v>
       </c>
       <c r="M72" s="15">
         <v>0.04</v>
       </c>
       <c r="N72" s="15">
-        <v>32232</v>
+        <v>26520</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E73" s="15">
         <v>10080006294</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.08312</v>
       </c>
       <c r="L73" s="15">
         <v>0.06015</v>
       </c>
       <c r="M73" s="15">
         <v>0.05247</v>
       </c>
       <c r="N73" s="15">
-        <v>271</v>
+        <v>234</v>
       </c>
       <c r="O73" s="15">
-        <v>860</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08686000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.06227</v>
       </c>
       <c r="M74" s="15">
         <v>0.05408</v>
       </c>
       <c r="N74" s="15">
-        <v>4388</v>
+        <v>3854</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="E75" s="15">
         <v>10080038474</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04284</v>
       </c>
       <c r="L75" s="15">
         <v>0.04112</v>
       </c>
       <c r="M75" s="15">
         <v>0.03941</v>
       </c>
       <c r="N75" s="15">
-        <v>425</v>
+        <v>528</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>
@@ -4219,317 +4202,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>197</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>