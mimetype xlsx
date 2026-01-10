--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1423,92 +1423,92 @@
       </c>
       <c r="E9" s="15">
         <v>10000030296</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04232</v>
       </c>
       <c r="L9" s="15">
         <v>0.03062</v>
       </c>
       <c r="M9" s="15">
         <v>0.02672</v>
       </c>
       <c r="N9" s="15">
-        <v>17831</v>
+        <v>17136</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018378</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04912</v>
       </c>
       <c r="L10" s="15">
         <v>0.03554</v>
       </c>
       <c r="M10" s="15">
         <v>0.031</v>
       </c>
       <c r="N10" s="15">
-        <v>8795</v>
+        <v>6911</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
@@ -1581,95 +1581,95 @@
       </c>
       <c r="E13" s="15">
         <v>10080003511</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04418</v>
       </c>
       <c r="L13" s="15">
         <v>0.03124</v>
       </c>
       <c r="M13" s="15">
         <v>0.02713</v>
       </c>
       <c r="N13" s="15">
-        <v>139920</v>
+        <v>103350</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080002632</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L14" s="15">
         <v>0.05269</v>
       </c>
       <c r="M14" s="15">
         <v>0.04598</v>
       </c>
       <c r="N14" s="15">
-        <v>1615</v>
+        <v>1440</v>
       </c>
       <c r="O14" s="15">
-        <v>1660</v>
+        <v>1480</v>
       </c>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
@@ -1706,254 +1706,258 @@
       </c>
       <c r="E16" s="15">
         <v>10080002631</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.07506</v>
       </c>
       <c r="L16" s="15">
         <v>0.05431</v>
       </c>
       <c r="M16" s="15">
         <v>0.04739</v>
       </c>
       <c r="N16" s="15"/>
-      <c r="O16" s="15"/>
+      <c r="O16" s="15">
+        <v>12900</v>
+      </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E17" s="15">
         <v>10000030299</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07506</v>
       </c>
       <c r="L17" s="15">
         <v>0.05431</v>
       </c>
       <c r="M17" s="15">
         <v>0.04739</v>
       </c>
       <c r="N17" s="15">
-        <v>11326</v>
+        <v>10039</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10000030297</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.05269</v>
       </c>
       <c r="M18" s="15">
         <v>0.04598</v>
       </c>
       <c r="N18" s="15">
-        <v>7519</v>
-[...1 lines deleted...]
-      <c r="O18" s="15"/>
+        <v>6332</v>
+      </c>
+      <c r="O18" s="15">
+        <v>6400</v>
+      </c>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E19" s="15">
         <v>10000030298</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.073</v>
       </c>
       <c r="L19" s="15">
         <v>0.05281</v>
       </c>
       <c r="M19" s="15">
         <v>0.04609</v>
       </c>
       <c r="N19" s="15">
-        <v>7191</v>
+        <v>5479</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E20" s="15">
         <v>10080006289</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.07879</v>
       </c>
       <c r="L20" s="15">
         <v>0.05699</v>
       </c>
       <c r="M20" s="15">
         <v>0.05337</v>
       </c>
       <c r="N20" s="15">
-        <v>660</v>
+        <v>750</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="15">
         <v>10000018360</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04418</v>
       </c>
       <c r="L21" s="15">
         <v>0.03124</v>
       </c>
       <c r="M21" s="15">
         <v>0.02713</v>
       </c>
       <c r="N21" s="15">
-        <v>10920</v>
+        <v>9490</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
@@ -2147,262 +2151,266 @@
       </c>
       <c r="E27" s="15">
         <v>10000018403</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.035</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.019</v>
       </c>
       <c r="N27" s="15">
-        <v>38850</v>
+        <v>34761</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E28" s="15">
         <v>10000021326</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.035</v>
       </c>
       <c r="L28" s="15">
         <v>0.022</v>
       </c>
       <c r="M28" s="15">
         <v>0.019</v>
       </c>
       <c r="N28" s="15">
-        <v>1000</v>
-[...1 lines deleted...]
-      <c r="O28" s="15"/>
+        <v>1212</v>
+      </c>
+      <c r="O28" s="15">
+        <v>8000</v>
+      </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E29" s="15">
         <v>10000016388</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.04156</v>
       </c>
       <c r="L29" s="15">
         <v>0.02938</v>
       </c>
       <c r="M29" s="15">
         <v>0.02552</v>
       </c>
       <c r="N29" s="15">
-        <v>40120</v>
+        <v>41551</v>
       </c>
       <c r="O29" s="15">
-        <v>35000</v>
+        <v>86000</v>
       </c>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="15">
         <v>10080061804</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05483</v>
       </c>
       <c r="L30" s="15">
         <v>0.04598</v>
       </c>
       <c r="M30" s="15">
         <v>0.04423</v>
       </c>
       <c r="N30" s="15">
-        <v>4898</v>
+        <v>5726</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E31" s="15">
         <v>10000016387</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.04156</v>
       </c>
       <c r="L31" s="15">
         <v>0.02938</v>
       </c>
       <c r="M31" s="15">
         <v>0.02552</v>
       </c>
       <c r="N31" s="15">
-        <v>26096</v>
+        <v>20637</v>
       </c>
       <c r="O31" s="15">
-        <v>36000</v>
+        <v>38400</v>
       </c>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E32" s="15">
         <v>10000023573</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04073</v>
       </c>
       <c r="L32" s="15">
         <v>0.02947</v>
       </c>
       <c r="M32" s="15">
         <v>0.02571</v>
       </c>
       <c r="N32" s="15">
-        <v>8186</v>
-[...1 lines deleted...]
-      <c r="O32" s="15"/>
+        <v>9721</v>
+      </c>
+      <c r="O32" s="15">
+        <v>7600</v>
+      </c>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
@@ -2436,53 +2444,55 @@
       </c>
       <c r="E34" s="15">
         <v>10080012914</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.07504</v>
       </c>
       <c r="L34" s="15">
         <v>0.05429</v>
       </c>
       <c r="M34" s="15">
         <v>0.04737</v>
       </c>
       <c r="N34" s="15">
-        <v>25654</v>
-[...1 lines deleted...]
-      <c r="O34" s="15"/>
+        <v>21982</v>
+      </c>
+      <c r="O34" s="15">
+        <v>7300</v>
+      </c>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>92</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>93</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
@@ -2559,133 +2569,133 @@
       </c>
       <c r="E37" s="15">
         <v>10080017436</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.08033</v>
       </c>
       <c r="L37" s="15">
         <v>0.05812</v>
       </c>
       <c r="M37" s="15">
         <v>0.05072</v>
       </c>
       <c r="N37" s="15">
-        <v>69600</v>
+        <v>48788</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E38" s="15">
         <v>10000021399</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04156</v>
       </c>
       <c r="L38" s="15">
         <v>0.02938</v>
       </c>
       <c r="M38" s="15">
         <v>0.02552</v>
       </c>
       <c r="N38" s="15">
-        <v>13932</v>
+        <v>12738</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E39" s="15">
         <v>10000017876</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04073</v>
       </c>
       <c r="L39" s="15">
         <v>0.02947</v>
       </c>
       <c r="M39" s="15">
         <v>0.02571</v>
       </c>
       <c r="N39" s="15">
-        <v>24036</v>
+        <v>19665</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E40" s="15">
         <v>10000023547</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
@@ -2725,92 +2735,92 @@
         <v>10000022800</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.045</v>
       </c>
       <c r="L41" s="15">
         <v>0.036</v>
       </c>
       <c r="M41" s="15">
         <v>0.031</v>
       </c>
       <c r="N41" s="15">
-        <v>12222</v>
+        <v>9866</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>109</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>110</v>
       </c>
       <c r="E42" s="15">
         <v>10080003512</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.054</v>
       </c>
       <c r="L42" s="15">
         <v>0.037</v>
       </c>
       <c r="M42" s="15">
         <v>0.0345</v>
       </c>
       <c r="N42" s="15">
-        <v>45618</v>
+        <v>49173</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>113</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2848,340 +2858,340 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.055</v>
       </c>
       <c r="L44" s="15">
         <v>0.037</v>
       </c>
       <c r="M44" s="15">
         <v>0.0341</v>
       </c>
       <c r="N44" s="15">
-        <v>14192</v>
+        <v>12349</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>117</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>118</v>
       </c>
       <c r="E45" s="15">
         <v>10080000576</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.055</v>
       </c>
       <c r="L45" s="15">
         <v>0.037</v>
       </c>
       <c r="M45" s="15">
         <v>0.0341</v>
       </c>
       <c r="N45" s="15">
-        <v>13129</v>
+        <v>12312</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E46" s="15">
         <v>10000020900</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07506</v>
       </c>
       <c r="L46" s="15">
         <v>0.05431</v>
       </c>
       <c r="M46" s="15">
         <v>0.04739</v>
       </c>
       <c r="N46" s="15">
-        <v>17464</v>
+        <v>14736</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E47" s="15">
         <v>10080008975</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07348</v>
       </c>
       <c r="L47" s="15">
         <v>0.0497</v>
       </c>
       <c r="M47" s="15">
         <v>0.045</v>
       </c>
       <c r="N47" s="15">
-        <v>2372</v>
+        <v>2232</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>123</v>
       </c>
       <c r="E48" s="15">
         <v>10080006290</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.065</v>
       </c>
       <c r="L48" s="15">
         <v>0.05</v>
       </c>
       <c r="M48" s="15">
         <v>0.045</v>
       </c>
       <c r="N48" s="15">
-        <v>2065</v>
+        <v>1741</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E49" s="15">
         <v>10000018366</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.045</v>
       </c>
       <c r="L49" s="15">
         <v>0.035</v>
       </c>
       <c r="M49" s="15">
         <v>0.031</v>
       </c>
       <c r="N49" s="15">
-        <v>984</v>
+        <v>970</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E50" s="15">
         <v>10080006297</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.04746</v>
       </c>
       <c r="M50" s="15">
         <v>0.04142</v>
       </c>
       <c r="N50" s="15">
-        <v>8343</v>
+        <v>8073</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>129</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>130</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.04746</v>
       </c>
       <c r="M51" s="15">
         <v>0.04142</v>
       </c>
       <c r="N51" s="15">
-        <v>3000</v>
+        <v>4450</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>132</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>133</v>
       </c>
       <c r="E52" s="15">
         <v>10000018357</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3215,92 +3225,92 @@
       </c>
       <c r="E53" s="15">
         <v>10000011594</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.07826</v>
       </c>
       <c r="L53" s="15">
         <v>0.05533</v>
       </c>
       <c r="M53" s="15">
         <v>0.04805</v>
       </c>
       <c r="N53" s="15">
-        <v>22120</v>
+        <v>24897</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E54" s="15">
         <v>10080017738</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.04858</v>
       </c>
       <c r="M54" s="15">
         <v>0.04239</v>
       </c>
       <c r="N54" s="15">
-        <v>32327</v>
+        <v>33797</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
@@ -3336,133 +3346,133 @@
       </c>
       <c r="E56" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.061</v>
       </c>
       <c r="L56" s="15">
         <v>0.061</v>
       </c>
       <c r="M56" s="15">
         <v>0.061</v>
       </c>
       <c r="N56" s="15">
-        <v>7825</v>
+        <v>8308</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>144</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>145</v>
       </c>
       <c r="E57" s="15">
         <v>10000022007</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03</v>
       </c>
       <c r="L57" s="15">
         <v>0.0212</v>
       </c>
       <c r="M57" s="15">
         <v>0.0198</v>
       </c>
       <c r="N57" s="15">
-        <v>1341</v>
+        <v>1409</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E58" s="15">
         <v>10000017877</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03973</v>
       </c>
       <c r="L58" s="15">
         <v>0.02875</v>
       </c>
       <c r="M58" s="15">
         <v>0.02508</v>
       </c>
       <c r="N58" s="15">
-        <v>78732</v>
+        <v>78442</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E59" s="15">
         <v>10080061803</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
@@ -3498,260 +3508,260 @@
       </c>
       <c r="E60" s="15">
         <v>10000030289</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07554</v>
       </c>
       <c r="L60" s="15">
         <v>0.0509</v>
       </c>
       <c r="M60" s="15">
         <v>0.046</v>
       </c>
       <c r="N60" s="15">
-        <v>58549</v>
+        <v>52422</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>153</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>154</v>
       </c>
       <c r="E61" s="15">
         <v>10000030288</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.07554</v>
       </c>
       <c r="L61" s="15">
         <v>0.05465</v>
       </c>
       <c r="M61" s="15">
         <v>0.04769</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>45560</v>
+        <v>68640</v>
       </c>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E62" s="15">
         <v>10080002634</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.07554</v>
       </c>
       <c r="L62" s="15">
         <v>0.05465</v>
       </c>
       <c r="M62" s="15">
         <v>0.04769</v>
       </c>
       <c r="N62" s="15">
-        <v>9549</v>
+        <v>8064</v>
       </c>
       <c r="O62" s="15">
-        <v>9000</v>
+        <v>7600</v>
       </c>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E63" s="15">
         <v>10000018411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.08087999999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.05718</v>
       </c>
       <c r="M63" s="15">
         <v>0.04966</v>
       </c>
       <c r="N63" s="15">
-        <v>6090</v>
+        <v>5390</v>
       </c>
       <c r="O63" s="15">
-        <v>8700</v>
+        <v>7700</v>
       </c>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E64" s="15">
         <v>10080059749</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09088</v>
       </c>
       <c r="L64" s="15">
         <v>0.063</v>
       </c>
       <c r="M64" s="15">
         <v>0.057</v>
       </c>
       <c r="N64" s="15">
-        <v>19283</v>
+        <v>13586</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E65" s="15">
         <v>10080041226</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.034</v>
       </c>
       <c r="L65" s="15">
         <v>0.024</v>
       </c>
       <c r="M65" s="15">
         <v>0.021</v>
       </c>
       <c r="N65" s="15">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>165</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
@@ -3828,51 +3838,51 @@
       </c>
       <c r="E68" s="15" t="s">
         <v>171</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05</v>
       </c>
       <c r="L68" s="15">
         <v>0.04</v>
       </c>
       <c r="M68" s="15">
         <v>0.035</v>
       </c>
       <c r="N68" s="15">
-        <v>3255</v>
+        <v>3780</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>172</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
@@ -3908,258 +3918,258 @@
       </c>
       <c r="E70" s="15">
         <v>10080006080</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.0399</v>
       </c>
       <c r="L70" s="15">
         <v>0.0266</v>
       </c>
       <c r="M70" s="15">
         <v>0.02415</v>
       </c>
       <c r="N70" s="15">
-        <v>3533</v>
+        <v>2580</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E71" s="15">
         <v>10080006292</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.07771</v>
       </c>
       <c r="L71" s="15">
         <v>0.05622</v>
       </c>
       <c r="M71" s="15">
         <v>0.04906</v>
       </c>
       <c r="N71" s="15">
-        <v>801</v>
+        <v>834</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E72" s="15">
         <v>10080006293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.066</v>
       </c>
       <c r="L72" s="15">
         <v>0.044</v>
       </c>
       <c r="M72" s="15">
         <v>0.04</v>
       </c>
       <c r="N72" s="15">
-        <v>26520</v>
+        <v>33456</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>68</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E73" s="15">
         <v>10080006294</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.08312</v>
       </c>
       <c r="L73" s="15">
         <v>0.06015</v>
       </c>
       <c r="M73" s="15">
         <v>0.05247</v>
       </c>
       <c r="N73" s="15">
-        <v>234</v>
+        <v>268</v>
       </c>
       <c r="O73" s="15">
-        <v>740</v>
+        <v>850</v>
       </c>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08686000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.06227</v>
       </c>
       <c r="M74" s="15">
         <v>0.05408</v>
       </c>
       <c r="N74" s="15">
-        <v>3854</v>
+        <v>5040</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>186</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>187</v>
       </c>
       <c r="E75" s="15">
         <v>10080038474</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04284</v>
       </c>
       <c r="L75" s="15">
         <v>0.04112</v>
       </c>
       <c r="M75" s="15">
         <v>0.03941</v>
       </c>
       <c r="N75" s="15">
-        <v>528</v>
+        <v>501</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>