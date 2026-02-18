--- v2 (2026-01-10)
+++ v3 (2026-02-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>18.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,50 +160,53 @@
   <si>
     <t>Змм Красный, матовый 50mcd 40° / FYL-3004SRD1L</t>
   </si>
   <si>
     <t>FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>3 мм Жёлто-зеленый, прозрачный 900mcd 35° / FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>FYL-3004SURC1D</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1800mcd 625nm 40° / FYL-3004SURC1D</t>
   </si>
   <si>
     <t>UT-00120225</t>
   </si>
   <si>
     <t>FYL-3004UBC1L</t>
   </si>
   <si>
     <t>3 мм Синий, прозрачный 2000mcd 35° / FYL-3004UBC1L</t>
   </si>
   <si>
+    <t>03.06.2026</t>
+  </si>
+  <si>
     <t>FYL-3004UGC1L</t>
   </si>
   <si>
     <t>Змм Жёлто-зеленый, прозрачный 800mcd 30° / FYL-3004UGC1L</t>
   </si>
   <si>
     <t>FYL-3004URC1L</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1500mcd 35° / FYL-3004URC1L</t>
   </si>
   <si>
     <t>FYL-3004UYC1L</t>
   </si>
   <si>
     <t>Змм Желтый, прозрачный 1700mcd 35° / FYL-3004UYC1L</t>
   </si>
   <si>
     <t>FYL-3004UYD1L</t>
   </si>
   <si>
     <t>Змм Желтый, матовый 800mcd 45° / FYL-3004UYD1L</t>
   </si>
   <si>
     <t>FYL-3004YD1L</t>
@@ -239,50 +242,53 @@
     <t>Змм Красный, матовый 10mcd 40° / FYL-3012HD1A</t>
   </si>
   <si>
     <t>10-00073069</t>
   </si>
   <si>
     <t>Светодиоды / светодиоды, фотодиоды FORYARD / круглые 3мм / 3 мм с бортиком выводы 25,4 мм</t>
   </si>
   <si>
     <t>FYL-3014BD1A</t>
   </si>
   <si>
     <t>3мм Синий, матовый 1100mcd 40° / FYL-3014BD1A FYL-3014BD</t>
   </si>
   <si>
     <t>10-00073079</t>
   </si>
   <si>
     <t>FYL-3014UBW1A</t>
   </si>
   <si>
     <t>3мм Синий, матовый 1300mcd 40° / FYL-3014BW1A FYL-3014UBW1A</t>
   </si>
   <si>
     <t>10-00073080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FYL-3014UBW1A FORYARD, </t>
   </si>
   <si>
     <t>FYL-3014ED1A</t>
   </si>
   <si>
     <t>Змм Оранжевый матовый 25mcd 50°, 625nm / FYL-3014ED1A</t>
   </si>
   <si>
     <t>FYL-3014GC1A</t>
   </si>
   <si>
     <t>Змм Жёлто-зелёный, прозрачный 120mcd 30° / FYL-3014GC1A</t>
   </si>
   <si>
     <t>FYL-3014GD1A</t>
   </si>
   <si>
     <t>Змм Жёлто-зелёный, матовый 40mcd 40° / FYL-3014GD1A</t>
   </si>
   <si>
     <t>FYL-3014GD1G</t>
   </si>
   <si>
     <t>3 мм Жёлто-зелёный, 40mcd 40° / FYL-3014GD1G</t>
   </si>
@@ -1423,92 +1429,92 @@
       </c>
       <c r="E9" s="15">
         <v>10000030296</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04232</v>
       </c>
       <c r="L9" s="15">
         <v>0.03062</v>
       </c>
       <c r="M9" s="15">
         <v>0.02672</v>
       </c>
       <c r="N9" s="15">
-        <v>17136</v>
+        <v>16676</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018378</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04912</v>
       </c>
       <c r="L10" s="15">
         <v>0.03554</v>
       </c>
       <c r="M10" s="15">
         <v>0.031</v>
       </c>
       <c r="N10" s="15">
-        <v>6911</v>
+        <v>9109</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
@@ -1581,96 +1587,94 @@
       </c>
       <c r="E13" s="15">
         <v>10080003511</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04418</v>
       </c>
       <c r="L13" s="15">
         <v>0.03124</v>
       </c>
       <c r="M13" s="15">
         <v>0.02713</v>
       </c>
       <c r="N13" s="15">
-        <v>103350</v>
+        <v>98580</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080002632</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
-        <v>0.07283000000000001</v>
+        <v>0.0593</v>
       </c>
       <c r="L14" s="15">
-        <v>0.05269</v>
+        <v>0.05232</v>
       </c>
       <c r="M14" s="15">
-        <v>0.04598</v>
+        <v>0.04709</v>
       </c>
       <c r="N14" s="15">
-        <v>1440</v>
-[...3 lines deleted...]
-      </c>
+        <v>2610</v>
+      </c>
+      <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15"/>
@@ -1707,2469 +1711,2485 @@
       <c r="E16" s="15">
         <v>10080002631</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.07506</v>
       </c>
       <c r="L16" s="15">
         <v>0.05431</v>
       </c>
       <c r="M16" s="15">
         <v>0.04739</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>12900</v>
-[...1 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>11850</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10000030299</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07506</v>
       </c>
       <c r="L17" s="15">
         <v>0.05431</v>
       </c>
       <c r="M17" s="15">
         <v>0.04739</v>
       </c>
       <c r="N17" s="15">
-        <v>10039</v>
+        <v>9653</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10000030297</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.05269</v>
       </c>
       <c r="M18" s="15">
         <v>0.04598</v>
       </c>
       <c r="N18" s="15">
-        <v>6332</v>
+        <v>3115</v>
       </c>
       <c r="O18" s="15">
-        <v>6400</v>
-[...1 lines deleted...]
-      <c r="P18" s="15"/>
+        <v>8000</v>
+      </c>
+      <c r="P18" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000030298</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.073</v>
       </c>
       <c r="L19" s="15">
         <v>0.05281</v>
       </c>
       <c r="M19" s="15">
         <v>0.04609</v>
       </c>
       <c r="N19" s="15">
-        <v>5479</v>
+        <v>5650</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080006289</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.07879</v>
       </c>
       <c r="L20" s="15">
         <v>0.05699</v>
       </c>
       <c r="M20" s="15">
         <v>0.05337</v>
       </c>
       <c r="N20" s="15">
-        <v>750</v>
+        <v>820</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000018360</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04418</v>
       </c>
       <c r="L21" s="15">
         <v>0.03124</v>
       </c>
       <c r="M21" s="15">
         <v>0.02713</v>
       </c>
       <c r="N21" s="15">
-        <v>9490</v>
+        <v>6722</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>1000</v>
       </c>
       <c r="K22" s="15">
         <v>0.011</v>
       </c>
       <c r="L22" s="15">
         <v>0.011</v>
       </c>
       <c r="M22" s="15">
         <v>0.011</v>
       </c>
       <c r="N22" s="15">
         <v>10</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>1</v>
       </c>
       <c r="K23" s="15">
         <v>0.02759</v>
       </c>
       <c r="L23" s="15">
         <v>0.02501</v>
       </c>
       <c r="M23" s="15">
         <v>0.02328</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>0.02759</v>
       </c>
       <c r="L24" s="15">
         <v>0.02501</v>
       </c>
       <c r="M24" s="15">
         <v>0.02328</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>1000</v>
       </c>
       <c r="K25" s="15">
         <v>0.14583</v>
       </c>
       <c r="L25" s="15">
         <v>0.13216</v>
       </c>
       <c r="M25" s="15">
         <v>0.12305</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I26" s="15"/>
+      <c r="I26" s="15" t="s">
+        <v>76</v>
+      </c>
       <c r="J26" s="15">
         <v>500</v>
       </c>
       <c r="K26" s="15">
         <v>0.18475</v>
       </c>
       <c r="L26" s="15">
         <v>0.14657</v>
       </c>
       <c r="M26" s="15">
         <v>0.13302</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E27" s="15">
         <v>10000018403</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.035</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.019</v>
       </c>
       <c r="N27" s="15">
-        <v>34761</v>
+        <v>40895</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E28" s="15">
         <v>10000021326</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.035</v>
       </c>
       <c r="L28" s="15">
         <v>0.022</v>
       </c>
       <c r="M28" s="15">
         <v>0.019</v>
       </c>
       <c r="N28" s="15">
-        <v>1212</v>
+        <v>560</v>
       </c>
       <c r="O28" s="15">
-        <v>8000</v>
-[...1 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>6300</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10000016388</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
-        <v>0.04156</v>
+        <v>0.03228</v>
       </c>
       <c r="L29" s="15">
-        <v>0.02938</v>
+        <v>0.02849</v>
       </c>
       <c r="M29" s="15">
-        <v>0.02552</v>
+        <v>0.02564</v>
       </c>
       <c r="N29" s="15">
-        <v>41551</v>
+        <v>19564</v>
       </c>
       <c r="O29" s="15">
-        <v>86000</v>
-[...1 lines deleted...]
-      <c r="P29" s="15"/>
+        <v>31000</v>
+      </c>
+      <c r="P29" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080061804</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05483</v>
       </c>
       <c r="L30" s="15">
         <v>0.04598</v>
       </c>
       <c r="M30" s="15">
         <v>0.04423</v>
       </c>
       <c r="N30" s="15">
         <v>5726</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10000016387</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
-        <v>0.04156</v>
+        <v>0.03228</v>
       </c>
       <c r="L31" s="15">
-        <v>0.02938</v>
+        <v>0.02849</v>
       </c>
       <c r="M31" s="15">
-        <v>0.02552</v>
+        <v>0.02564</v>
       </c>
       <c r="N31" s="15">
-        <v>20637</v>
+        <v>44986</v>
       </c>
       <c r="O31" s="15">
-        <v>38400</v>
-[...1 lines deleted...]
-      <c r="P31" s="15"/>
+        <v>7900</v>
+      </c>
+      <c r="P31" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10000023573</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04073</v>
       </c>
       <c r="L32" s="15">
         <v>0.02947</v>
       </c>
       <c r="M32" s="15">
         <v>0.02571</v>
       </c>
       <c r="N32" s="15">
-        <v>9721</v>
+        <v>9465</v>
       </c>
       <c r="O32" s="15">
-        <v>7600</v>
-[...1 lines deleted...]
-      <c r="P32" s="15"/>
+        <v>7400</v>
+      </c>
+      <c r="P32" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>1000</v>
       </c>
       <c r="K33" s="15">
         <v>0.11366</v>
       </c>
       <c r="L33" s="15">
         <v>0.09533</v>
       </c>
       <c r="M33" s="15">
         <v>0.09166000000000001</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10080012914</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.07504</v>
       </c>
       <c r="L34" s="15">
         <v>0.05429</v>
       </c>
       <c r="M34" s="15">
         <v>0.04737</v>
       </c>
       <c r="N34" s="15">
-        <v>21982</v>
+        <v>24282</v>
       </c>
       <c r="O34" s="15">
-        <v>7300</v>
-[...1 lines deleted...]
-      <c r="P34" s="15"/>
+        <v>8200</v>
+      </c>
+      <c r="P34" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>1000</v>
       </c>
       <c r="K35" s="15">
         <v>0.08465</v>
       </c>
       <c r="L35" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M35" s="15">
         <v>0.06826</v>
       </c>
       <c r="N35" s="15">
         <v>5</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>1000</v>
       </c>
       <c r="K36" s="15">
         <v>0.08465</v>
       </c>
       <c r="L36" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M36" s="15">
         <v>0.06826</v>
       </c>
       <c r="N36" s="15">
         <v>10</v>
       </c>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E37" s="15">
         <v>10080017436</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.08033</v>
       </c>
       <c r="L37" s="15">
         <v>0.05812</v>
       </c>
       <c r="M37" s="15">
         <v>0.05072</v>
       </c>
       <c r="N37" s="15">
-        <v>48788</v>
+        <v>49588</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10000021399</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04156</v>
       </c>
       <c r="L38" s="15">
         <v>0.02938</v>
       </c>
       <c r="M38" s="15">
         <v>0.02552</v>
       </c>
       <c r="N38" s="15">
-        <v>12738</v>
+        <v>4211</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10000017876</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04073</v>
       </c>
       <c r="L39" s="15">
         <v>0.02947</v>
       </c>
       <c r="M39" s="15">
         <v>0.02571</v>
       </c>
       <c r="N39" s="15">
-        <v>19665</v>
+        <v>20484</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10000023547</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03</v>
       </c>
       <c r="L40" s="15">
         <v>0.023</v>
       </c>
       <c r="M40" s="15">
         <v>0.019</v>
       </c>
       <c r="N40" s="15">
-        <v>11703</v>
+        <v>14628</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10000022800</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.045</v>
       </c>
       <c r="L41" s="15">
         <v>0.036</v>
       </c>
       <c r="M41" s="15">
         <v>0.031</v>
       </c>
       <c r="N41" s="15">
-        <v>9866</v>
+        <v>12222</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E42" s="15">
         <v>10080003512</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.054</v>
       </c>
       <c r="L42" s="15">
         <v>0.037</v>
       </c>
       <c r="M42" s="15">
         <v>0.0345</v>
       </c>
       <c r="N42" s="15">
-        <v>49173</v>
+        <v>30213</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08198</v>
       </c>
       <c r="L43" s="15">
         <v>0.06877</v>
       </c>
       <c r="M43" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.055</v>
       </c>
       <c r="L44" s="15">
         <v>0.037</v>
       </c>
       <c r="M44" s="15">
         <v>0.0341</v>
       </c>
       <c r="N44" s="15">
-        <v>12349</v>
+        <v>13086</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="E45" s="15">
         <v>10080000576</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.055</v>
       </c>
       <c r="L45" s="15">
         <v>0.037</v>
       </c>
       <c r="M45" s="15">
         <v>0.0341</v>
       </c>
       <c r="N45" s="15">
-        <v>12312</v>
+        <v>14235</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E46" s="15">
         <v>10000020900</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07506</v>
       </c>
       <c r="L46" s="15">
         <v>0.05431</v>
       </c>
       <c r="M46" s="15">
         <v>0.04739</v>
       </c>
       <c r="N46" s="15">
-        <v>14736</v>
+        <v>7902</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E47" s="15">
         <v>10080008975</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07348</v>
       </c>
       <c r="L47" s="15">
         <v>0.0497</v>
       </c>
       <c r="M47" s="15">
         <v>0.045</v>
       </c>
       <c r="N47" s="15">
-        <v>2232</v>
+        <v>1550</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E48" s="15">
         <v>10080006290</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I48" s="15"/>
+      <c r="I48" s="15" t="s">
+        <v>76</v>
+      </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.065</v>
       </c>
       <c r="L48" s="15">
         <v>0.05</v>
       </c>
       <c r="M48" s="15">
         <v>0.045</v>
       </c>
       <c r="N48" s="15">
-        <v>1741</v>
+        <v>1493</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E49" s="15">
         <v>10000018366</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.045</v>
       </c>
       <c r="L49" s="15">
         <v>0.035</v>
       </c>
       <c r="M49" s="15">
         <v>0.031</v>
       </c>
       <c r="N49" s="15">
-        <v>970</v>
+        <v>998</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E50" s="15">
         <v>10080006297</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.04746</v>
       </c>
       <c r="M50" s="15">
         <v>0.04142</v>
       </c>
       <c r="N50" s="15">
-        <v>8073</v>
+        <v>11572</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.04746</v>
       </c>
       <c r="M51" s="15">
         <v>0.04142</v>
       </c>
       <c r="N51" s="15">
-        <v>4450</v>
+        <v>2070</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10000018357</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07326000000000001</v>
       </c>
       <c r="L52" s="15">
         <v>0.0664</v>
       </c>
       <c r="M52" s="15">
         <v>0.06181</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E53" s="15">
         <v>10000011594</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.07826</v>
       </c>
       <c r="L53" s="15">
         <v>0.05533</v>
       </c>
       <c r="M53" s="15">
         <v>0.04805</v>
       </c>
       <c r="N53" s="15">
-        <v>24897</v>
+        <v>18309</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080017738</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.04858</v>
       </c>
       <c r="M54" s="15">
         <v>0.04239</v>
       </c>
       <c r="N54" s="15">
-        <v>33797</v>
+        <v>29096</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1</v>
       </c>
       <c r="K55" s="15">
         <v>0.19706</v>
       </c>
       <c r="L55" s="15">
         <v>0.1786</v>
       </c>
       <c r="M55" s="15">
         <v>0.16628</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.061</v>
       </c>
       <c r="L56" s="15">
         <v>0.061</v>
       </c>
       <c r="M56" s="15">
         <v>0.061</v>
       </c>
       <c r="N56" s="15">
-        <v>8308</v>
+        <v>8077</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000022007</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03</v>
       </c>
       <c r="L57" s="15">
         <v>0.0212</v>
       </c>
       <c r="M57" s="15">
         <v>0.0198</v>
       </c>
       <c r="N57" s="15">
-        <v>1409</v>
+        <v>1375</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10000017877</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03973</v>
       </c>
       <c r="L58" s="15">
         <v>0.02875</v>
       </c>
       <c r="M58" s="15">
         <v>0.02508</v>
       </c>
       <c r="N58" s="15">
-        <v>78442</v>
+        <v>79745</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E59" s="15">
         <v>10080061803</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.0251</v>
       </c>
       <c r="L59" s="15">
         <v>0.0251</v>
       </c>
       <c r="M59" s="15">
         <v>0.0251</v>
       </c>
       <c r="N59" s="15">
         <v>10</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E60" s="15">
         <v>10000030289</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07554</v>
       </c>
       <c r="L60" s="15">
         <v>0.0509</v>
       </c>
       <c r="M60" s="15">
         <v>0.046</v>
       </c>
       <c r="N60" s="15">
-        <v>52422</v>
+        <v>39089</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E61" s="15">
         <v>10000030288</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.07554</v>
+        <v>0.06139</v>
       </c>
       <c r="L61" s="15">
-        <v>0.05465</v>
+        <v>0.05417</v>
       </c>
       <c r="M61" s="15">
-        <v>0.04769</v>
-[...1 lines deleted...]
-      <c r="N61" s="15"/>
+        <v>0.04875</v>
+      </c>
+      <c r="N61" s="15">
+        <v>37833</v>
+      </c>
       <c r="O61" s="15">
-        <v>68640</v>
-[...1 lines deleted...]
-      <c r="P61" s="15"/>
+        <v>7300</v>
+      </c>
+      <c r="P61" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080002634</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
-        <v>0.07554</v>
+        <v>0.06139</v>
       </c>
       <c r="L62" s="15">
-        <v>0.05465</v>
+        <v>0.05417</v>
       </c>
       <c r="M62" s="15">
-        <v>0.04769</v>
+        <v>0.04875</v>
       </c>
       <c r="N62" s="15">
-        <v>8064</v>
-[...3 lines deleted...]
-      </c>
+        <v>15458</v>
+      </c>
+      <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10000018411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
-        <v>0.08087999999999999</v>
+        <v>0.06346</v>
       </c>
       <c r="L63" s="15">
-        <v>0.05718</v>
+        <v>0.056</v>
       </c>
       <c r="M63" s="15">
-        <v>0.04966</v>
+        <v>0.0504</v>
       </c>
       <c r="N63" s="15">
-        <v>5390</v>
-[...3 lines deleted...]
-      </c>
+        <v>13090</v>
+      </c>
+      <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="E64" s="15">
         <v>10080059749</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09088</v>
       </c>
       <c r="L64" s="15">
         <v>0.063</v>
       </c>
       <c r="M64" s="15">
         <v>0.057</v>
       </c>
       <c r="N64" s="15">
-        <v>13586</v>
+        <v>13805</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E65" s="15">
         <v>10080041226</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.034</v>
       </c>
       <c r="L65" s="15">
         <v>0.024</v>
       </c>
       <c r="M65" s="15">
         <v>0.021</v>
       </c>
       <c r="N65" s="15">
-        <v>584</v>
+        <v>525</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.065</v>
       </c>
       <c r="L66" s="15">
         <v>0.056</v>
       </c>
       <c r="M66" s="15">
         <v>0.051</v>
       </c>
       <c r="N66" s="15">
-        <v>7194</v>
+        <v>9952</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.12158</v>
       </c>
       <c r="L67" s="15">
         <v>0.10195</v>
       </c>
       <c r="M67" s="15">
         <v>0.09804</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05</v>
       </c>
       <c r="L68" s="15">
         <v>0.04</v>
       </c>
       <c r="M68" s="15">
         <v>0.035</v>
       </c>
       <c r="N68" s="15">
-        <v>3780</v>
+        <v>3255</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.08465</v>
       </c>
       <c r="L69" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M69" s="15">
         <v>0.06826</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E70" s="15">
         <v>10080006080</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.0399</v>
       </c>
       <c r="L70" s="15">
         <v>0.0266</v>
       </c>
       <c r="M70" s="15">
         <v>0.02415</v>
       </c>
       <c r="N70" s="15">
-        <v>2580</v>
+        <v>3374</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E71" s="15">
         <v>10080006292</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.07771</v>
       </c>
       <c r="L71" s="15">
         <v>0.05622</v>
       </c>
       <c r="M71" s="15">
         <v>0.04906</v>
       </c>
       <c r="N71" s="15">
-        <v>834</v>
+        <v>801</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E72" s="15">
         <v>10080006293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.066</v>
       </c>
       <c r="L72" s="15">
         <v>0.044</v>
       </c>
       <c r="M72" s="15">
         <v>0.04</v>
       </c>
       <c r="N72" s="15">
-        <v>33456</v>
+        <v>26112</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="E73" s="15">
         <v>10080006294</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
-        <v>0.08312</v>
+        <v>0.06139</v>
       </c>
       <c r="L73" s="15">
-        <v>0.06015</v>
+        <v>0.05417</v>
       </c>
       <c r="M73" s="15">
-        <v>0.05247</v>
+        <v>0.04875</v>
       </c>
       <c r="N73" s="15">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>921</v>
+      </c>
+      <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08686000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.06227</v>
       </c>
       <c r="M74" s="15">
         <v>0.05408</v>
       </c>
       <c r="N74" s="15">
-        <v>5040</v>
+        <v>4447</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080038474</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04284</v>
       </c>
       <c r="L75" s="15">
         <v>0.04112</v>
       </c>
       <c r="M75" s="15">
         <v>0.03941</v>
       </c>
       <c r="N75" s="15">
-        <v>501</v>
+        <v>425</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>
@@ -4212,317 +4232,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>