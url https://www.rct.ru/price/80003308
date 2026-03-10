--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.02.2026</t>
+    <t>10.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t>Змм Красный, матовый 50mcd 40° / FYL-3004SRD1L</t>
   </si>
   <si>
     <t>FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>3 мм Жёлто-зеленый, прозрачный 900mcd 35° / FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>FYL-3004SURC1D</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1800mcd 625nm 40° / FYL-3004SURC1D</t>
   </si>
   <si>
     <t>UT-00120225</t>
   </si>
   <si>
     <t>FYL-3004UBC1L</t>
   </si>
   <si>
     <t>3 мм Синий, прозрачный 2000mcd 35° / FYL-3004UBC1L</t>
   </si>
   <si>
-    <t>03.06.2026</t>
+    <t>11.06.2026</t>
   </si>
   <si>
     <t>FYL-3004UGC1L</t>
   </si>
   <si>
     <t>Змм Жёлто-зеленый, прозрачный 800mcd 30° / FYL-3004UGC1L</t>
   </si>
   <si>
     <t>FYL-3004URC1L</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1500mcd 35° / FYL-3004URC1L</t>
   </si>
   <si>
     <t>FYL-3004UYC1L</t>
   </si>
   <si>
     <t>Змм Желтый, прозрачный 1700mcd 35° / FYL-3004UYC1L</t>
   </si>
   <si>
     <t>FYL-3004UYD1L</t>
   </si>
   <si>
     <t>Змм Желтый, матовый 800mcd 45° / FYL-3004UYD1L</t>
   </si>
@@ -1429,51 +1429,51 @@
       </c>
       <c r="E9" s="15">
         <v>10000030296</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04232</v>
       </c>
       <c r="L9" s="15">
         <v>0.03062</v>
       </c>
       <c r="M9" s="15">
         <v>0.02672</v>
       </c>
       <c r="N9" s="15">
-        <v>16676</v>
+        <v>18841</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018378</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
@@ -1587,92 +1587,92 @@
       </c>
       <c r="E13" s="15">
         <v>10080003511</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04418</v>
       </c>
       <c r="L13" s="15">
         <v>0.03124</v>
       </c>
       <c r="M13" s="15">
         <v>0.02713</v>
       </c>
       <c r="N13" s="15">
-        <v>98580</v>
+        <v>127200</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080002632</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.0593</v>
       </c>
       <c r="L14" s="15">
         <v>0.05232</v>
       </c>
       <c r="M14" s="15">
         <v>0.04709</v>
       </c>
       <c r="N14" s="15">
-        <v>2610</v>
+        <v>2803</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -1711,261 +1711,261 @@
       <c r="E16" s="15">
         <v>10080002631</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.07506</v>
       </c>
       <c r="L16" s="15">
         <v>0.05431</v>
       </c>
       <c r="M16" s="15">
         <v>0.04739</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>11850</v>
+        <v>9750</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10000030299</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07506</v>
       </c>
       <c r="L17" s="15">
         <v>0.05431</v>
       </c>
       <c r="M17" s="15">
         <v>0.04739</v>
       </c>
       <c r="N17" s="15">
-        <v>9653</v>
+        <v>10940</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10000030297</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.05269</v>
       </c>
       <c r="M18" s="15">
         <v>0.04598</v>
       </c>
       <c r="N18" s="15">
-        <v>3115</v>
+        <v>3225</v>
       </c>
       <c r="O18" s="15">
-        <v>8000</v>
+        <v>8300</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000030298</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.073</v>
       </c>
       <c r="L19" s="15">
         <v>0.05281</v>
       </c>
       <c r="M19" s="15">
         <v>0.04609</v>
       </c>
       <c r="N19" s="15">
-        <v>5650</v>
+        <v>6432</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080006289</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.07879</v>
       </c>
       <c r="L20" s="15">
         <v>0.05699</v>
       </c>
       <c r="M20" s="15">
         <v>0.05337</v>
       </c>
       <c r="N20" s="15">
-        <v>820</v>
+        <v>790</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000018360</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04418</v>
       </c>
       <c r="L21" s="15">
         <v>0.03124</v>
       </c>
       <c r="M21" s="15">
         <v>0.02713</v>
       </c>
       <c r="N21" s="15">
-        <v>6722</v>
+        <v>4500</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
@@ -2161,271 +2161,271 @@
       </c>
       <c r="E27" s="15">
         <v>10000018403</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.035</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.019</v>
       </c>
       <c r="N27" s="15">
-        <v>40895</v>
+        <v>39936</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15">
         <v>10000021326</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.035</v>
       </c>
       <c r="L28" s="15">
         <v>0.022</v>
       </c>
       <c r="M28" s="15">
         <v>0.019</v>
       </c>
       <c r="N28" s="15">
-        <v>560</v>
+        <v>587</v>
       </c>
       <c r="O28" s="15">
-        <v>6300</v>
+        <v>6600</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10000016388</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03228</v>
       </c>
       <c r="L29" s="15">
         <v>0.02849</v>
       </c>
       <c r="M29" s="15">
         <v>0.02564</v>
       </c>
       <c r="N29" s="15">
-        <v>19564</v>
+        <v>23976</v>
       </c>
       <c r="O29" s="15">
-        <v>31000</v>
+        <v>40500</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080061804</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05483</v>
       </c>
       <c r="L30" s="15">
         <v>0.04598</v>
       </c>
       <c r="M30" s="15">
         <v>0.04423</v>
       </c>
       <c r="N30" s="15">
-        <v>5726</v>
+        <v>5657</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10000016387</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03228</v>
       </c>
       <c r="L31" s="15">
         <v>0.02849</v>
       </c>
       <c r="M31" s="15">
         <v>0.02564</v>
       </c>
       <c r="N31" s="15">
-        <v>44986</v>
+        <v>17562</v>
       </c>
       <c r="O31" s="15">
-        <v>7900</v>
+        <v>8600</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10000023573</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04073</v>
       </c>
       <c r="L32" s="15">
         <v>0.02947</v>
       </c>
       <c r="M32" s="15">
         <v>0.02571</v>
       </c>
       <c r="N32" s="15">
-        <v>9465</v>
+        <v>10488</v>
       </c>
       <c r="O32" s="15">
-        <v>7400</v>
+        <v>8200</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
@@ -2462,54 +2462,54 @@
       </c>
       <c r="E34" s="15">
         <v>10080012914</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.07504</v>
       </c>
       <c r="L34" s="15">
         <v>0.05429</v>
       </c>
       <c r="M34" s="15">
         <v>0.04737</v>
       </c>
       <c r="N34" s="15">
-        <v>24282</v>
+        <v>23950</v>
       </c>
       <c r="O34" s="15">
-        <v>8200</v>
+        <v>9000</v>
       </c>
       <c r="P34" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
@@ -2589,258 +2589,258 @@
       </c>
       <c r="E37" s="15">
         <v>10080017436</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.08033</v>
       </c>
       <c r="L37" s="15">
         <v>0.05812</v>
       </c>
       <c r="M37" s="15">
         <v>0.05072</v>
       </c>
       <c r="N37" s="15">
-        <v>49588</v>
+        <v>53587</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10000021399</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04156</v>
       </c>
       <c r="L38" s="15">
         <v>0.02938</v>
       </c>
       <c r="M38" s="15">
         <v>0.02552</v>
       </c>
       <c r="N38" s="15">
-        <v>4211</v>
+        <v>4571</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>104</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E39" s="15">
         <v>10000017876</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04073</v>
       </c>
       <c r="L39" s="15">
         <v>0.02947</v>
       </c>
       <c r="M39" s="15">
         <v>0.02571</v>
       </c>
       <c r="N39" s="15">
-        <v>20484</v>
+        <v>21021</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>106</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>107</v>
       </c>
       <c r="E40" s="15">
         <v>10000023547</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03</v>
       </c>
       <c r="L40" s="15">
         <v>0.023</v>
       </c>
       <c r="M40" s="15">
         <v>0.019</v>
       </c>
       <c r="N40" s="15">
-        <v>14628</v>
+        <v>12515</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="15">
         <v>10000022800</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
         <v>110</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.045</v>
       </c>
       <c r="L41" s="15">
         <v>0.036</v>
       </c>
       <c r="M41" s="15">
         <v>0.031</v>
       </c>
       <c r="N41" s="15">
-        <v>12222</v>
+        <v>12798</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>111</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>112</v>
       </c>
       <c r="E42" s="15">
         <v>10080003512</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.054</v>
       </c>
       <c r="L42" s="15">
         <v>0.037</v>
       </c>
       <c r="M42" s="15">
         <v>0.0345</v>
       </c>
       <c r="N42" s="15">
-        <v>30213</v>
+        <v>33148</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="15" t="s">
         <v>113</v>
       </c>
       <c r="D43" s="15" t="s">
         <v>114</v>
       </c>
       <c r="E43" s="15" t="s">
         <v>115</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
@@ -2878,342 +2878,342 @@
       </c>
       <c r="E44" s="15" t="s">
         <v>118</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.055</v>
       </c>
       <c r="L44" s="15">
         <v>0.037</v>
       </c>
       <c r="M44" s="15">
         <v>0.0341</v>
       </c>
       <c r="N44" s="15">
-        <v>13086</v>
+        <v>12901</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E45" s="15">
         <v>10080000576</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.055</v>
       </c>
       <c r="L45" s="15">
         <v>0.037</v>
       </c>
       <c r="M45" s="15">
         <v>0.0341</v>
       </c>
       <c r="N45" s="15">
-        <v>14235</v>
+        <v>13273</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E46" s="15">
         <v>10000020900</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07506</v>
       </c>
       <c r="L46" s="15">
         <v>0.05431</v>
       </c>
       <c r="M46" s="15">
         <v>0.04739</v>
       </c>
       <c r="N46" s="15">
-        <v>7902</v>
+        <v>3559</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>123</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E47" s="15">
         <v>10080008975</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07348</v>
       </c>
       <c r="L47" s="15">
         <v>0.0497</v>
       </c>
       <c r="M47" s="15">
         <v>0.045</v>
       </c>
       <c r="N47" s="15">
-        <v>1550</v>
+        <v>1601</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E48" s="15">
         <v>10080006290</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.065</v>
       </c>
       <c r="L48" s="15">
         <v>0.05</v>
       </c>
       <c r="M48" s="15">
         <v>0.045</v>
       </c>
       <c r="N48" s="15">
-        <v>1493</v>
+        <v>1990</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E49" s="15">
         <v>10000018366</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.045</v>
       </c>
       <c r="L49" s="15">
         <v>0.035</v>
       </c>
       <c r="M49" s="15">
         <v>0.031</v>
       </c>
       <c r="N49" s="15">
-        <v>998</v>
+        <v>1026</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>129</v>
       </c>
       <c r="E50" s="15">
         <v>10080006297</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
         <v>130</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.04746</v>
       </c>
       <c r="M50" s="15">
         <v>0.04142</v>
       </c>
       <c r="N50" s="15">
-        <v>11572</v>
+        <v>403</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>131</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>132</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>133</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.04746</v>
       </c>
       <c r="M51" s="15">
         <v>0.04142</v>
       </c>
       <c r="N51" s="15">
-        <v>2070</v>
+        <v>630</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C52" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D52" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E52" s="15">
         <v>10000018357</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
@@ -3247,92 +3247,92 @@
       </c>
       <c r="E53" s="15">
         <v>10000011594</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.07826</v>
       </c>
       <c r="L53" s="15">
         <v>0.05533</v>
       </c>
       <c r="M53" s="15">
         <v>0.04805</v>
       </c>
       <c r="N53" s="15">
-        <v>18309</v>
+        <v>23801</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C54" s="15" t="s">
         <v>138</v>
       </c>
       <c r="D54" s="15" t="s">
         <v>139</v>
       </c>
       <c r="E54" s="15">
         <v>10080017738</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.04858</v>
       </c>
       <c r="M54" s="15">
         <v>0.04239</v>
       </c>
       <c r="N54" s="15">
-        <v>29096</v>
+        <v>24998</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C55" s="15" t="s">
         <v>140</v>
       </c>
       <c r="D55" s="15" t="s">
         <v>141</v>
       </c>
       <c r="E55" s="15" t="s">
         <v>142</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
@@ -3368,133 +3368,133 @@
       </c>
       <c r="E56" s="15" t="s">
         <v>145</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.061</v>
       </c>
       <c r="L56" s="15">
         <v>0.061</v>
       </c>
       <c r="M56" s="15">
         <v>0.061</v>
       </c>
       <c r="N56" s="15">
-        <v>8077</v>
+        <v>9577</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E57" s="15">
         <v>10000022007</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03</v>
       </c>
       <c r="L57" s="15">
         <v>0.0212</v>
       </c>
       <c r="M57" s="15">
         <v>0.0198</v>
       </c>
       <c r="N57" s="15">
-        <v>1375</v>
+        <v>1426</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C58" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D58" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E58" s="15">
         <v>10000017877</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03973</v>
       </c>
       <c r="L58" s="15">
         <v>0.02875</v>
       </c>
       <c r="M58" s="15">
         <v>0.02508</v>
       </c>
       <c r="N58" s="15">
-        <v>79745</v>
+        <v>60662</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>150</v>
       </c>
       <c r="D59" s="15" t="s">
         <v>151</v>
       </c>
       <c r="E59" s="15">
         <v>10080061803</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
@@ -3530,301 +3530,301 @@
       </c>
       <c r="E60" s="15">
         <v>10000030289</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07554</v>
       </c>
       <c r="L60" s="15">
         <v>0.0509</v>
       </c>
       <c r="M60" s="15">
         <v>0.046</v>
       </c>
       <c r="N60" s="15">
-        <v>39089</v>
+        <v>49983</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>155</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>156</v>
       </c>
       <c r="E61" s="15">
         <v>10000030288</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.06139</v>
       </c>
       <c r="L61" s="15">
         <v>0.05417</v>
       </c>
       <c r="M61" s="15">
         <v>0.04875</v>
       </c>
       <c r="N61" s="15">
-        <v>37833</v>
+        <v>32132</v>
       </c>
       <c r="O61" s="15">
-        <v>7300</v>
+        <v>6200</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>157</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E62" s="15">
         <v>10080002634</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.06139</v>
       </c>
       <c r="L62" s="15">
         <v>0.05417</v>
       </c>
       <c r="M62" s="15">
         <v>0.04875</v>
       </c>
       <c r="N62" s="15">
-        <v>15458</v>
+        <v>17560</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="15" t="s">
         <v>160</v>
       </c>
       <c r="E63" s="15">
         <v>10000018411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.06346</v>
       </c>
       <c r="L63" s="15">
         <v>0.056</v>
       </c>
       <c r="M63" s="15">
         <v>0.0504</v>
       </c>
       <c r="N63" s="15">
-        <v>13090</v>
+        <v>14790</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>161</v>
       </c>
       <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
       <c r="E64" s="15">
         <v>10080059749</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09088</v>
       </c>
       <c r="L64" s="15">
         <v>0.063</v>
       </c>
       <c r="M64" s="15">
         <v>0.057</v>
       </c>
       <c r="N64" s="15">
-        <v>13805</v>
+        <v>17530</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>163</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>164</v>
       </c>
       <c r="E65" s="15">
         <v>10080041226</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.034</v>
       </c>
       <c r="L65" s="15">
         <v>0.024</v>
       </c>
       <c r="M65" s="15">
         <v>0.021</v>
       </c>
       <c r="N65" s="15">
-        <v>525</v>
+        <v>559</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>165</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>166</v>
       </c>
       <c r="E66" s="15" t="s">
         <v>167</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.065</v>
       </c>
       <c r="L66" s="15">
         <v>0.056</v>
       </c>
       <c r="M66" s="15">
         <v>0.051</v>
       </c>
       <c r="N66" s="15">
-        <v>9952</v>
+        <v>8873</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>168</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>169</v>
       </c>
       <c r="E67" s="15" t="s">
         <v>170</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
@@ -3860,51 +3860,51 @@
       </c>
       <c r="E68" s="15" t="s">
         <v>173</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05</v>
       </c>
       <c r="L68" s="15">
         <v>0.04</v>
       </c>
       <c r="M68" s="15">
         <v>0.035</v>
       </c>
       <c r="N68" s="15">
-        <v>3255</v>
+        <v>4568</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>176</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
@@ -3940,256 +3940,256 @@
       </c>
       <c r="E70" s="15">
         <v>10080006080</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.0399</v>
       </c>
       <c r="L70" s="15">
         <v>0.0266</v>
       </c>
       <c r="M70" s="15">
         <v>0.02415</v>
       </c>
       <c r="N70" s="15">
-        <v>3374</v>
+        <v>3057</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E71" s="15">
         <v>10080006292</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.07771</v>
       </c>
       <c r="L71" s="15">
         <v>0.05622</v>
       </c>
       <c r="M71" s="15">
         <v>0.04906</v>
       </c>
       <c r="N71" s="15">
-        <v>801</v>
+        <v>779</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>181</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E72" s="15">
         <v>10080006293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.066</v>
       </c>
       <c r="L72" s="15">
         <v>0.044</v>
       </c>
       <c r="M72" s="15">
         <v>0.04</v>
       </c>
       <c r="N72" s="15">
-        <v>26112</v>
+        <v>27105</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D73" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E73" s="15">
         <v>10080006294</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.06139</v>
       </c>
       <c r="L73" s="15">
         <v>0.05417</v>
       </c>
       <c r="M73" s="15">
         <v>0.04875</v>
       </c>
       <c r="N73" s="15">
-        <v>921</v>
+        <v>895</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>185</v>
       </c>
       <c r="D74" s="15" t="s">
         <v>186</v>
       </c>
       <c r="E74" s="15" t="s">
         <v>187</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08686000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.06227</v>
       </c>
       <c r="M74" s="15">
         <v>0.05408</v>
       </c>
       <c r="N74" s="15">
-        <v>4447</v>
+        <v>4507</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>152</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>188</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>189</v>
       </c>
       <c r="E75" s="15">
         <v>10080038474</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04284</v>
       </c>
       <c r="L75" s="15">
         <v>0.04112</v>
       </c>
       <c r="M75" s="15">
         <v>0.03941</v>
       </c>
       <c r="N75" s="15">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>