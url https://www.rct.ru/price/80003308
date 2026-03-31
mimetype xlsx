--- v4 (2026-03-10)
+++ v5 (2026-03-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="218">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>10.03.2026</t>
+    <t>31.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,51 +160,51 @@
   <si>
     <t>Змм Красный, матовый 50mcd 40° / FYL-3004SRD1L</t>
   </si>
   <si>
     <t>FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>3 мм Жёлто-зеленый, прозрачный 900mcd 35° / FYL-3004SUGC1L</t>
   </si>
   <si>
     <t>FYL-3004SURC1D</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1800mcd 625nm 40° / FYL-3004SURC1D</t>
   </si>
   <si>
     <t>UT-00120225</t>
   </si>
   <si>
     <t>FYL-3004UBC1L</t>
   </si>
   <si>
     <t>3 мм Синий, прозрачный 2000mcd 35° / FYL-3004UBC1L</t>
   </si>
   <si>
-    <t>11.06.2026</t>
+    <t>09.05.2026</t>
   </si>
   <si>
     <t>FYL-3004UGC1L</t>
   </si>
   <si>
     <t>Змм Жёлто-зеленый, прозрачный 800mcd 30° / FYL-3004UGC1L</t>
   </si>
   <si>
     <t>FYL-3004URC1L</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 1500mcd 35° / FYL-3004URC1L</t>
   </si>
   <si>
     <t>FYL-3004UYC1L</t>
   </si>
   <si>
     <t>Змм Желтый, прозрачный 1700mcd 35° / FYL-3004UYC1L</t>
   </si>
   <si>
     <t>FYL-3004UYD1L</t>
   </si>
   <si>
     <t>Змм Желтый, матовый 800mcd 45° / FYL-3004UYD1L</t>
   </si>
@@ -326,50 +326,53 @@
     <t>Змм Зелёный, прозрачный 7500mcd 520nm 40° / FYL-3014PGC1G</t>
   </si>
   <si>
     <t>UT-00118741</t>
   </si>
   <si>
     <t>FYL-3014PGC1Z</t>
   </si>
   <si>
     <t>Змм Зелёный, прозрачный 4750mcd 520nm 50° / FYL-3014PGC1Z</t>
   </si>
   <si>
     <t>UT-00120227</t>
   </si>
   <si>
     <t>FYL-3014PURC1A</t>
   </si>
   <si>
     <t>Змм Красный, прозрачный 6000mcd 30° / FYL-3014PURC1A</t>
   </si>
   <si>
     <t>FYL-3014SRC1A</t>
   </si>
   <si>
     <t>3мм Красный, прозрачный 200mcd 30° / FYL-3014SRC1A</t>
+  </si>
+  <si>
+    <t>02.08.2026</t>
   </si>
   <si>
     <t>FYL-3014SRD1A</t>
   </si>
   <si>
     <t>3мм Красный, матовый 80mcd 40° / FYL-3014SRD1A</t>
   </si>
   <si>
     <t>FYL-3014SRW1A</t>
   </si>
   <si>
     <t>3мм Красный, матовый 100mcd 40° / FYL-3014SRW1A</t>
   </si>
   <si>
     <t>FYL-3014SUGC1A</t>
   </si>
   <si>
     <t>3мм Жёлто-зеленый, прозрачный 600mcd 30° / FYL-3014SUGC1A</t>
   </si>
   <si>
     <t xml:space="preserve">FYL-3014UGC FORYARD, </t>
   </si>
   <si>
     <t>FYL-3014SURC1A</t>
   </si>
@@ -1429,92 +1432,92 @@
       </c>
       <c r="E9" s="15">
         <v>10000030296</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>1000</v>
       </c>
       <c r="K9" s="15">
         <v>0.04232</v>
       </c>
       <c r="L9" s="15">
         <v>0.03062</v>
       </c>
       <c r="M9" s="15">
         <v>0.02672</v>
       </c>
       <c r="N9" s="15">
-        <v>18841</v>
+        <v>13220</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15">
         <v>10000018378</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>1000</v>
       </c>
       <c r="K10" s="15">
         <v>0.04912</v>
       </c>
       <c r="L10" s="15">
         <v>0.03554</v>
       </c>
       <c r="M10" s="15">
         <v>0.031</v>
       </c>
       <c r="N10" s="15">
-        <v>9109</v>
+        <v>7976</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>33</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>30</v>
@@ -1587,92 +1590,92 @@
       </c>
       <c r="E13" s="15">
         <v>10080003511</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15"/>
       <c r="J13" s="15">
         <v>1000</v>
       </c>
       <c r="K13" s="15">
         <v>0.04418</v>
       </c>
       <c r="L13" s="15">
         <v>0.03124</v>
       </c>
       <c r="M13" s="15">
         <v>0.02713</v>
       </c>
       <c r="N13" s="15">
-        <v>127200</v>
+        <v>96990</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E14" s="15">
         <v>10080002632</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>1000</v>
       </c>
       <c r="K14" s="15">
         <v>0.0593</v>
       </c>
       <c r="L14" s="15">
         <v>0.05232</v>
       </c>
       <c r="M14" s="15">
         <v>0.04709</v>
       </c>
       <c r="N14" s="15">
-        <v>2803</v>
+        <v>2935</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>44</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -1711,261 +1714,261 @@
       <c r="E16" s="15">
         <v>10080002631</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>1000</v>
       </c>
       <c r="K16" s="15">
         <v>0.07506</v>
       </c>
       <c r="L16" s="15">
         <v>0.05431</v>
       </c>
       <c r="M16" s="15">
         <v>0.04739</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>9750</v>
+        <v>9900</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10000030299</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>1000</v>
       </c>
       <c r="K17" s="15">
         <v>0.07506</v>
       </c>
       <c r="L17" s="15">
         <v>0.05431</v>
       </c>
       <c r="M17" s="15">
         <v>0.04739</v>
       </c>
       <c r="N17" s="15">
-        <v>10940</v>
+        <v>8881</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10000030297</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>1000</v>
       </c>
       <c r="K18" s="15">
         <v>0.07283000000000001</v>
       </c>
       <c r="L18" s="15">
         <v>0.05269</v>
       </c>
       <c r="M18" s="15">
         <v>0.04598</v>
       </c>
       <c r="N18" s="15">
-        <v>3225</v>
+        <v>585</v>
       </c>
       <c r="O18" s="15">
-        <v>8300</v>
+        <v>6600</v>
       </c>
       <c r="P18" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E19" s="15">
         <v>10000030298</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>1000</v>
       </c>
       <c r="K19" s="15">
         <v>0.073</v>
       </c>
       <c r="L19" s="15">
         <v>0.05281</v>
       </c>
       <c r="M19" s="15">
         <v>0.04609</v>
       </c>
       <c r="N19" s="15">
-        <v>6432</v>
+        <v>6089</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E20" s="15">
         <v>10080006289</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>1000</v>
       </c>
       <c r="K20" s="15">
         <v>0.07879</v>
       </c>
       <c r="L20" s="15">
         <v>0.05699</v>
       </c>
       <c r="M20" s="15">
         <v>0.05337</v>
       </c>
       <c r="N20" s="15">
-        <v>790</v>
+        <v>760</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="15">
         <v>10000018360</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1000</v>
       </c>
       <c r="K21" s="15">
         <v>0.04418</v>
       </c>
       <c r="L21" s="15">
         <v>0.03124</v>
       </c>
       <c r="M21" s="15">
         <v>0.02713</v>
       </c>
       <c r="N21" s="15">
-        <v>4500</v>
+        <v>4894</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E22" s="15" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="15" t="s">
         <v>30</v>
@@ -2161,271 +2164,271 @@
       </c>
       <c r="E27" s="15">
         <v>10000018403</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>1000</v>
       </c>
       <c r="K27" s="15">
         <v>0.035</v>
       </c>
       <c r="L27" s="15">
         <v>0.022</v>
       </c>
       <c r="M27" s="15">
         <v>0.019</v>
       </c>
       <c r="N27" s="15">
-        <v>39936</v>
+        <v>31496</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="15">
         <v>10000021326</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>1000</v>
       </c>
       <c r="K28" s="15">
         <v>0.035</v>
       </c>
       <c r="L28" s="15">
         <v>0.022</v>
       </c>
       <c r="M28" s="15">
         <v>0.019</v>
       </c>
       <c r="N28" s="15">
-        <v>587</v>
+        <v>720</v>
       </c>
       <c r="O28" s="15">
-        <v>6600</v>
+        <v>8101</v>
       </c>
       <c r="P28" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>81</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="15">
         <v>10000016388</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>1000</v>
       </c>
       <c r="K29" s="15">
         <v>0.03228</v>
       </c>
       <c r="L29" s="15">
         <v>0.02849</v>
       </c>
       <c r="M29" s="15">
         <v>0.02564</v>
       </c>
       <c r="N29" s="15">
-        <v>23976</v>
+        <v>2516</v>
       </c>
       <c r="O29" s="15">
-        <v>40500</v>
+        <v>34000</v>
       </c>
       <c r="P29" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C30" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D30" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E30" s="15">
         <v>10080061804</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.05483</v>
       </c>
       <c r="L30" s="15">
         <v>0.04598</v>
       </c>
       <c r="M30" s="15">
         <v>0.04423</v>
       </c>
       <c r="N30" s="15">
-        <v>5657</v>
+        <v>6071</v>
       </c>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C31" s="15" t="s">
         <v>85</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>86</v>
       </c>
       <c r="E31" s="15">
         <v>10000016387</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15">
         <v>1000</v>
       </c>
       <c r="K31" s="15">
         <v>0.03228</v>
       </c>
       <c r="L31" s="15">
         <v>0.02849</v>
       </c>
       <c r="M31" s="15">
         <v>0.02564</v>
       </c>
       <c r="N31" s="15">
-        <v>17562</v>
+        <v>12514</v>
       </c>
       <c r="O31" s="15">
-        <v>8600</v>
+        <v>8800</v>
       </c>
       <c r="P31" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>87</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E32" s="15">
         <v>10000023573</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>1000</v>
       </c>
       <c r="K32" s="15">
         <v>0.04073</v>
       </c>
       <c r="L32" s="15">
         <v>0.02947</v>
       </c>
       <c r="M32" s="15">
         <v>0.02571</v>
       </c>
       <c r="N32" s="15">
-        <v>10488</v>
+        <v>8314</v>
       </c>
       <c r="O32" s="15">
-        <v>8200</v>
+        <v>6500</v>
       </c>
       <c r="P32" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q32" s="15"/>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="15" t="s">
         <v>89</v>
       </c>
       <c r="D33" s="15" t="s">
         <v>90</v>
       </c>
       <c r="E33" s="15" t="s">
         <v>91</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="15" t="s">
@@ -2461,56 +2464,52 @@
         <v>93</v>
       </c>
       <c r="E34" s="15">
         <v>10080012914</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>1000</v>
       </c>
       <c r="K34" s="15">
         <v>0.07504</v>
       </c>
       <c r="L34" s="15">
         <v>0.05429</v>
       </c>
       <c r="M34" s="15">
         <v>0.04737</v>
       </c>
-      <c r="N34" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="N34" s="15"/>
+      <c r="O34" s="15"/>
       <c r="P34" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C35" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D35" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E35" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="15" t="s">
         <v>30</v>
@@ -2589,1607 +2588,1607 @@
       </c>
       <c r="E37" s="15">
         <v>10080017436</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>1000</v>
       </c>
       <c r="K37" s="15">
         <v>0.08033</v>
       </c>
       <c r="L37" s="15">
         <v>0.05812</v>
       </c>
       <c r="M37" s="15">
         <v>0.05072</v>
       </c>
       <c r="N37" s="15">
-        <v>53587</v>
+        <v>57586</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C38" s="15" t="s">
         <v>102</v>
       </c>
       <c r="D38" s="15" t="s">
         <v>103</v>
       </c>
       <c r="E38" s="15">
         <v>10000021399</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>1000</v>
       </c>
       <c r="K38" s="15">
         <v>0.04156</v>
       </c>
       <c r="L38" s="15">
         <v>0.02938</v>
       </c>
       <c r="M38" s="15">
         <v>0.02552</v>
       </c>
-      <c r="N38" s="15">
-[...3 lines deleted...]
-      <c r="P38" s="15"/>
+      <c r="N38" s="15"/>
+      <c r="O38" s="15">
+        <v>4155</v>
+      </c>
+      <c r="P38" s="15" t="s">
+        <v>104</v>
+      </c>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E39" s="15">
         <v>10000017876</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>1000</v>
       </c>
       <c r="K39" s="15">
         <v>0.04073</v>
       </c>
       <c r="L39" s="15">
         <v>0.02947</v>
       </c>
       <c r="M39" s="15">
         <v>0.02571</v>
       </c>
       <c r="N39" s="15">
         <v>21021</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E40" s="15">
         <v>10000023547</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>1000</v>
       </c>
       <c r="K40" s="15">
         <v>0.03</v>
       </c>
       <c r="L40" s="15">
         <v>0.023</v>
       </c>
       <c r="M40" s="15">
         <v>0.019</v>
       </c>
       <c r="N40" s="15">
-        <v>12515</v>
+        <v>9435</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E41" s="15">
         <v>10000022800</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="J41" s="15">
         <v>1000</v>
       </c>
       <c r="K41" s="15">
         <v>0.045</v>
       </c>
       <c r="L41" s="15">
         <v>0.036</v>
       </c>
       <c r="M41" s="15">
         <v>0.031</v>
       </c>
       <c r="N41" s="15">
-        <v>12798</v>
+        <v>11180</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="E42" s="15">
         <v>10080003512</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>1000</v>
       </c>
       <c r="K42" s="15">
         <v>0.054</v>
       </c>
       <c r="L42" s="15">
         <v>0.037</v>
       </c>
       <c r="M42" s="15">
         <v>0.0345</v>
       </c>
       <c r="N42" s="15">
-        <v>33148</v>
+        <v>14744</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>1000</v>
       </c>
       <c r="K43" s="15">
         <v>0.08198</v>
       </c>
       <c r="L43" s="15">
         <v>0.06877</v>
       </c>
       <c r="M43" s="15">
         <v>0.06612999999999999</v>
       </c>
       <c r="N43" s="15">
         <v>10</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1000</v>
       </c>
       <c r="K44" s="15">
         <v>0.055</v>
       </c>
       <c r="L44" s="15">
         <v>0.037</v>
       </c>
       <c r="M44" s="15">
         <v>0.0341</v>
       </c>
       <c r="N44" s="15">
-        <v>12901</v>
+        <v>16219</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E45" s="15">
         <v>10080000576</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>1000</v>
       </c>
       <c r="K45" s="15">
         <v>0.055</v>
       </c>
       <c r="L45" s="15">
         <v>0.037</v>
       </c>
       <c r="M45" s="15">
         <v>0.0341</v>
       </c>
       <c r="N45" s="15">
-        <v>13273</v>
+        <v>17313</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E46" s="15">
         <v>10000020900</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>1000</v>
       </c>
       <c r="K46" s="15">
         <v>0.07506</v>
       </c>
       <c r="L46" s="15">
         <v>0.05431</v>
       </c>
       <c r="M46" s="15">
         <v>0.04739</v>
       </c>
       <c r="N46" s="15">
-        <v>3559</v>
+        <v>3654</v>
       </c>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="E47" s="15">
         <v>10080008975</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>1000</v>
       </c>
       <c r="K47" s="15">
         <v>0.07348</v>
       </c>
       <c r="L47" s="15">
         <v>0.0497</v>
       </c>
       <c r="M47" s="15">
         <v>0.045</v>
       </c>
       <c r="N47" s="15">
-        <v>1601</v>
+        <v>1294</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E48" s="15">
         <v>10080006290</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15" t="s">
         <v>76</v>
       </c>
       <c r="J48" s="15">
         <v>1000</v>
       </c>
       <c r="K48" s="15">
         <v>0.065</v>
       </c>
       <c r="L48" s="15">
         <v>0.05</v>
       </c>
       <c r="M48" s="15">
         <v>0.045</v>
       </c>
       <c r="N48" s="15">
-        <v>1990</v>
+        <v>1592</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="E49" s="15">
         <v>10000018366</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>1000</v>
       </c>
       <c r="K49" s="15">
         <v>0.045</v>
       </c>
       <c r="L49" s="15">
         <v>0.035</v>
       </c>
       <c r="M49" s="15">
         <v>0.031</v>
       </c>
       <c r="N49" s="15">
-        <v>1026</v>
+        <v>1082</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E50" s="15">
         <v>10080006297</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L50" s="15">
         <v>0.04746</v>
       </c>
       <c r="M50" s="15">
         <v>0.04142</v>
       </c>
       <c r="N50" s="15">
-        <v>403</v>
+        <v>287</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>1000</v>
       </c>
       <c r="K51" s="15">
         <v>0.06560000000000001</v>
       </c>
       <c r="L51" s="15">
         <v>0.04746</v>
       </c>
       <c r="M51" s="15">
         <v>0.04142</v>
       </c>
       <c r="N51" s="15">
-        <v>630</v>
+        <v>600</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E52" s="15">
         <v>10000018357</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15"/>
       <c r="K52" s="15">
         <v>0.07326000000000001</v>
       </c>
       <c r="L52" s="15">
         <v>0.0664</v>
       </c>
       <c r="M52" s="15">
         <v>0.06181</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E53" s="15">
         <v>10000011594</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1000</v>
       </c>
       <c r="K53" s="15">
         <v>0.07826</v>
       </c>
       <c r="L53" s="15">
         <v>0.05533</v>
       </c>
       <c r="M53" s="15">
         <v>0.04805</v>
       </c>
       <c r="N53" s="15">
-        <v>23801</v>
+        <v>24407</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E54" s="15">
         <v>10080017738</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1000</v>
       </c>
       <c r="K54" s="15">
         <v>0.06714000000000001</v>
       </c>
       <c r="L54" s="15">
         <v>0.04858</v>
       </c>
       <c r="M54" s="15">
         <v>0.04239</v>
       </c>
       <c r="N54" s="15">
-        <v>24998</v>
+        <v>31965</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>1</v>
       </c>
       <c r="K55" s="15">
         <v>0.19706</v>
       </c>
       <c r="L55" s="15">
         <v>0.1786</v>
       </c>
       <c r="M55" s="15">
         <v>0.16628</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>1000</v>
       </c>
       <c r="K56" s="15">
         <v>0.061</v>
       </c>
       <c r="L56" s="15">
         <v>0.061</v>
       </c>
       <c r="M56" s="15">
         <v>0.061</v>
       </c>
       <c r="N56" s="15">
-        <v>9577</v>
+        <v>8539</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E57" s="15">
         <v>10000022007</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>1000</v>
       </c>
       <c r="K57" s="15">
         <v>0.03</v>
       </c>
       <c r="L57" s="15">
         <v>0.0212</v>
       </c>
       <c r="M57" s="15">
         <v>0.0198</v>
       </c>
       <c r="N57" s="15">
-        <v>1426</v>
+        <v>1237</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E58" s="15">
         <v>10000017877</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>1000</v>
       </c>
       <c r="K58" s="15">
         <v>0.03973</v>
       </c>
       <c r="L58" s="15">
         <v>0.02875</v>
       </c>
       <c r="M58" s="15">
         <v>0.02508</v>
       </c>
       <c r="N58" s="15">
-        <v>60662</v>
+        <v>55656</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E59" s="15">
         <v>10080061803</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.0251</v>
       </c>
       <c r="L59" s="15">
         <v>0.0251</v>
       </c>
       <c r="M59" s="15">
         <v>0.0251</v>
       </c>
       <c r="N59" s="15">
         <v>10</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E60" s="15">
         <v>10000030289</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>1000</v>
       </c>
       <c r="K60" s="15">
         <v>0.07554</v>
       </c>
       <c r="L60" s="15">
         <v>0.0509</v>
       </c>
       <c r="M60" s="15">
         <v>0.046</v>
       </c>
       <c r="N60" s="15">
-        <v>49983</v>
+        <v>43526</v>
       </c>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E61" s="15">
         <v>10000030288</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>1000</v>
       </c>
       <c r="K61" s="15">
         <v>0.06139</v>
       </c>
       <c r="L61" s="15">
         <v>0.05417</v>
       </c>
       <c r="M61" s="15">
         <v>0.04875</v>
       </c>
       <c r="N61" s="15">
-        <v>32132</v>
+        <v>39346</v>
       </c>
       <c r="O61" s="15">
-        <v>6200</v>
+        <v>8700</v>
       </c>
       <c r="P61" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="E62" s="15">
         <v>10080002634</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>1000</v>
       </c>
       <c r="K62" s="15">
         <v>0.06139</v>
       </c>
       <c r="L62" s="15">
         <v>0.05417</v>
       </c>
       <c r="M62" s="15">
         <v>0.04875</v>
       </c>
       <c r="N62" s="15">
-        <v>17560</v>
+        <v>13885</v>
       </c>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E63" s="15">
         <v>10000018411</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>1000</v>
       </c>
       <c r="K63" s="15">
         <v>0.06346</v>
       </c>
       <c r="L63" s="15">
         <v>0.056</v>
       </c>
       <c r="M63" s="15">
         <v>0.0504</v>
       </c>
       <c r="N63" s="15">
-        <v>14790</v>
+        <v>14280</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E64" s="15">
         <v>10080059749</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>1000</v>
       </c>
       <c r="K64" s="15">
         <v>0.09088</v>
       </c>
       <c r="L64" s="15">
         <v>0.063</v>
       </c>
       <c r="M64" s="15">
         <v>0.057</v>
       </c>
       <c r="N64" s="15">
-        <v>17530</v>
+        <v>14430</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E65" s="15">
         <v>10080041226</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>1000</v>
       </c>
       <c r="K65" s="15">
         <v>0.034</v>
       </c>
       <c r="L65" s="15">
         <v>0.024</v>
       </c>
       <c r="M65" s="15">
         <v>0.021</v>
       </c>
       <c r="N65" s="15">
-        <v>559</v>
+        <v>584</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>1000</v>
       </c>
       <c r="K66" s="15">
         <v>0.065</v>
       </c>
       <c r="L66" s="15">
         <v>0.056</v>
       </c>
       <c r="M66" s="15">
         <v>0.051</v>
       </c>
       <c r="N66" s="15">
-        <v>8873</v>
+        <v>10192</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>1000</v>
       </c>
       <c r="K67" s="15">
         <v>0.12158</v>
       </c>
       <c r="L67" s="15">
         <v>0.10195</v>
       </c>
       <c r="M67" s="15">
         <v>0.09804</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>1000</v>
       </c>
       <c r="K68" s="15">
         <v>0.05</v>
       </c>
       <c r="L68" s="15">
         <v>0.04</v>
       </c>
       <c r="M68" s="15">
         <v>0.035</v>
       </c>
       <c r="N68" s="15">
-        <v>4568</v>
+        <v>3780</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>1000</v>
       </c>
       <c r="K69" s="15">
         <v>0.08465</v>
       </c>
       <c r="L69" s="15">
         <v>0.07099999999999999</v>
       </c>
       <c r="M69" s="15">
         <v>0.06826</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="E70" s="15">
         <v>10080006080</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>1000</v>
       </c>
       <c r="K70" s="15">
         <v>0.0399</v>
       </c>
       <c r="L70" s="15">
         <v>0.0266</v>
       </c>
       <c r="M70" s="15">
         <v>0.02415</v>
       </c>
       <c r="N70" s="15">
-        <v>3057</v>
+        <v>3454</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E71" s="15">
         <v>10080006292</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>1000</v>
       </c>
       <c r="K71" s="15">
         <v>0.07771</v>
       </c>
       <c r="L71" s="15">
         <v>0.05622</v>
       </c>
       <c r="M71" s="15">
         <v>0.04906</v>
       </c>
       <c r="N71" s="15">
-        <v>779</v>
+        <v>922</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E72" s="15">
         <v>10080006293</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>1000</v>
       </c>
       <c r="K72" s="15">
         <v>0.066</v>
       </c>
       <c r="L72" s="15">
         <v>0.044</v>
       </c>
       <c r="M72" s="15">
         <v>0.04</v>
       </c>
-      <c r="N72" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>69</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E73" s="15">
         <v>10080006294</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>1000</v>
       </c>
       <c r="K73" s="15">
         <v>0.06139</v>
       </c>
       <c r="L73" s="15">
         <v>0.05417</v>
       </c>
       <c r="M73" s="15">
         <v>0.04875</v>
       </c>
       <c r="N73" s="15">
-        <v>895</v>
+        <v>1171</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>1000</v>
       </c>
       <c r="K74" s="15">
         <v>0.08686000000000001</v>
       </c>
       <c r="L74" s="15">
         <v>0.06227</v>
       </c>
       <c r="M74" s="15">
         <v>0.05408</v>
       </c>
       <c r="N74" s="15">
-        <v>4507</v>
+        <v>4447</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E75" s="15">
         <v>10080038474</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>1000</v>
       </c>
       <c r="K75" s="15">
         <v>0.04284</v>
       </c>
       <c r="L75" s="15">
         <v>0.04112</v>
       </c>
       <c r="M75" s="15">
         <v>0.03941</v>
       </c>
       <c r="N75" s="15">
-        <v>439</v>
+        <v>418</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14"/>
       <c r="C76" s="15"/>
       <c r="D76" s="15"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
     </row>
   </sheetData>
@@ -4232,317 +4231,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>