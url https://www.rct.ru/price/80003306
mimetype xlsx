--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1055,92 +1055,92 @@
       </c>
       <c r="E10" s="15">
         <v>10080002642</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.12321</v>
       </c>
       <c r="L10" s="15">
         <v>0.08914</v>
       </c>
       <c r="M10" s="15">
         <v>0.07779</v>
       </c>
       <c r="N10" s="15">
-        <v>1050</v>
+        <v>1088</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080002643</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.17262</v>
       </c>
       <c r="L11" s="15">
         <v>0.13</v>
       </c>
       <c r="M11" s="15">
         <v>0.11</v>
       </c>
       <c r="N11" s="15">
-        <v>1938</v>
+        <v>1658</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1252,133 +1252,133 @@
       </c>
       <c r="E15" s="15">
         <v>10080002645</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>250</v>
       </c>
       <c r="K15" s="15">
         <v>0.14567</v>
       </c>
       <c r="L15" s="15">
         <v>0.10539</v>
       </c>
       <c r="M15" s="15">
         <v>0.09197</v>
       </c>
       <c r="N15" s="15">
-        <v>456</v>
+        <v>538</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080002644</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.17</v>
       </c>
       <c r="L16" s="15">
         <v>0.14</v>
       </c>
       <c r="M16" s="15">
         <v>0.12</v>
       </c>
       <c r="N16" s="15">
-        <v>721</v>
+        <v>691</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080002646</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.25155</v>
       </c>
       <c r="L17" s="15">
         <v>0.18199</v>
       </c>
       <c r="M17" s="15">
         <v>0.15881</v>
       </c>
       <c r="N17" s="15">
-        <v>1716</v>
+        <v>1890</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080002661</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>