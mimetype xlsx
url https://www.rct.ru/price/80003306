--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1055,92 +1055,92 @@
       </c>
       <c r="E10" s="15">
         <v>10080002642</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.12321</v>
       </c>
       <c r="L10" s="15">
         <v>0.08914</v>
       </c>
       <c r="M10" s="15">
         <v>0.07779</v>
       </c>
       <c r="N10" s="15">
-        <v>1088</v>
+        <v>800</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080002643</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.17262</v>
       </c>
       <c r="L11" s="15">
         <v>0.13</v>
       </c>
       <c r="M11" s="15">
         <v>0.11</v>
       </c>
       <c r="N11" s="15">
-        <v>1658</v>
+        <v>2244</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1293,92 +1293,92 @@
       </c>
       <c r="E16" s="15">
         <v>10080002644</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.17</v>
       </c>
       <c r="L16" s="15">
         <v>0.14</v>
       </c>
       <c r="M16" s="15">
         <v>0.12</v>
       </c>
       <c r="N16" s="15">
-        <v>691</v>
+        <v>794</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080002646</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.25155</v>
       </c>
       <c r="L17" s="15">
         <v>0.18199</v>
       </c>
       <c r="M17" s="15">
         <v>0.15881</v>
       </c>
       <c r="N17" s="15">
-        <v>1890</v>
+        <v>1955</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080002661</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>