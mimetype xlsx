--- v2 (2025-12-18)
+++ v3 (2026-02-02)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>02.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1054,93 +1054,91 @@
         <v>33</v>
       </c>
       <c r="E10" s="15">
         <v>10080002642</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>250</v>
       </c>
       <c r="K10" s="15">
         <v>0.12321</v>
       </c>
       <c r="L10" s="15">
         <v>0.08914</v>
       </c>
       <c r="M10" s="15">
         <v>0.07779</v>
       </c>
-      <c r="N10" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N10" s="15"/>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15"/>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15">
         <v>10080002643</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.17262</v>
       </c>
       <c r="L11" s="15">
         <v>0.13</v>
       </c>
       <c r="M11" s="15">
         <v>0.11</v>
       </c>
       <c r="N11" s="15">
-        <v>2244</v>
+        <v>389</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1252,133 +1250,133 @@
       </c>
       <c r="E15" s="15">
         <v>10080002645</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>250</v>
       </c>
       <c r="K15" s="15">
         <v>0.14567</v>
       </c>
       <c r="L15" s="15">
         <v>0.10539</v>
       </c>
       <c r="M15" s="15">
         <v>0.09197</v>
       </c>
       <c r="N15" s="15">
-        <v>538</v>
+        <v>572</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080002644</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.17</v>
       </c>
       <c r="L16" s="15">
         <v>0.14</v>
       </c>
       <c r="M16" s="15">
         <v>0.12</v>
       </c>
       <c r="N16" s="15">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080002646</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.25155</v>
       </c>
       <c r="L17" s="15">
         <v>0.18199</v>
       </c>
       <c r="M17" s="15">
         <v>0.15881</v>
       </c>
       <c r="N17" s="15">
-        <v>1955</v>
+        <v>1803</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080002661</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>