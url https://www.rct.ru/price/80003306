--- v3 (2026-02-02)
+++ v4 (2026-02-24)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>02.02.2026</t>
+    <t>24.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1094,51 +1094,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080002643</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.17262</v>
       </c>
       <c r="L11" s="15">
         <v>0.13</v>
       </c>
       <c r="M11" s="15">
         <v>0.11</v>
       </c>
       <c r="N11" s="15">
-        <v>389</v>
+        <v>295</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1250,133 +1250,133 @@
       </c>
       <c r="E15" s="15">
         <v>10080002645</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>250</v>
       </c>
       <c r="K15" s="15">
         <v>0.14567</v>
       </c>
       <c r="L15" s="15">
         <v>0.10539</v>
       </c>
       <c r="M15" s="15">
         <v>0.09197</v>
       </c>
       <c r="N15" s="15">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080002644</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.17</v>
       </c>
       <c r="L16" s="15">
         <v>0.14</v>
       </c>
       <c r="M16" s="15">
         <v>0.12</v>
       </c>
       <c r="N16" s="15">
-        <v>786</v>
+        <v>833</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080002646</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.25155</v>
       </c>
       <c r="L17" s="15">
         <v>0.18199</v>
       </c>
       <c r="M17" s="15">
         <v>0.15881</v>
       </c>
       <c r="N17" s="15">
-        <v>1803</v>
+        <v>1564</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080002661</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>