--- v4 (2026-02-24)
+++ v5 (2026-03-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>24.02.2026</t>
+    <t>18.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1094,51 +1094,51 @@
       </c>
       <c r="E11" s="15">
         <v>10080002643</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H11" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I11" s="15"/>
       <c r="J11" s="15">
         <v>200</v>
       </c>
       <c r="K11" s="15">
         <v>0.17262</v>
       </c>
       <c r="L11" s="15">
         <v>0.13</v>
       </c>
       <c r="M11" s="15">
         <v>0.11</v>
       </c>
       <c r="N11" s="15">
-        <v>295</v>
+        <v>254</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15"/>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H12" s="15" t="s">
         <v>31</v>
@@ -1250,134 +1250,132 @@
       </c>
       <c r="E15" s="15">
         <v>10080002645</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>250</v>
       </c>
       <c r="K15" s="15">
         <v>0.14567</v>
       </c>
       <c r="L15" s="15">
         <v>0.10539</v>
       </c>
       <c r="M15" s="15">
         <v>0.09197</v>
       </c>
       <c r="N15" s="15">
-        <v>565</v>
+        <v>497</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="15">
         <v>10080002644</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H16" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>200</v>
       </c>
       <c r="K16" s="15">
         <v>0.17</v>
       </c>
       <c r="L16" s="15">
         <v>0.14</v>
       </c>
       <c r="M16" s="15">
         <v>0.12</v>
       </c>
       <c r="N16" s="15">
-        <v>833</v>
+        <v>822</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E17" s="15">
         <v>10080002646</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>31</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>200</v>
       </c>
       <c r="K17" s="15">
         <v>0.25155</v>
       </c>
       <c r="L17" s="15">
         <v>0.18199</v>
       </c>
       <c r="M17" s="15">
         <v>0.15881</v>
       </c>
-      <c r="N17" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N17" s="15"/>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>52</v>
       </c>
       <c r="E18" s="15">
         <v>10080002661</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>31</v>
       </c>