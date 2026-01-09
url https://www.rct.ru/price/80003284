--- v0 (2025-12-05)
+++ v1 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,51 +1115,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>90</v>
       </c>
       <c r="K9" s="15">
         <v>0.37688</v>
       </c>
       <c r="L9" s="15">
         <v>0.35472</v>
       </c>
       <c r="M9" s="15">
         <v>0.33255</v>
       </c>
       <c r="N9" s="15">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1485,90 +1485,90 @@
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.77594</v>
       </c>
       <c r="L19" s="15">
         <v>0.66509</v>
       </c>
       <c r="M19" s="15">
         <v>0.60967</v>
       </c>
       <c r="N19" s="15">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>8</v>
       </c>
       <c r="K20" s="15">
         <v>0.88679</v>
       </c>
       <c r="L20" s="15">
         <v>0.77594</v>
       </c>
       <c r="M20" s="15">
         <v>0.66509</v>
       </c>
       <c r="N20" s="15">
-        <v>180</v>
+        <v>194</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1</v>
@@ -1672,51 +1672,51 @@
         <v>81</v>
       </c>
       <c r="D24" s="15"/>
       <c r="E24" s="15" t="s">
         <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>1</v>
       </c>
       <c r="K24" s="15">
         <v>4.43</v>
       </c>
       <c r="L24" s="15">
         <v>3.6</v>
       </c>
       <c r="M24" s="15">
         <v>3.21</v>
       </c>
       <c r="N24" s="15">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
         <v>83</v>
       </c>
       <c r="D25" s="15" t="s">
         <v>84</v>
       </c>
       <c r="E25" s="15" t="s">
         <v>85</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>