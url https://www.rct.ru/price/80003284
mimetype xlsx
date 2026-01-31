--- v1 (2026-01-09)
+++ v2 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,51 +1115,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>90</v>
       </c>
       <c r="K9" s="15">
         <v>0.37688</v>
       </c>
       <c r="L9" s="15">
         <v>0.35472</v>
       </c>
       <c r="M9" s="15">
         <v>0.33255</v>
       </c>
       <c r="N9" s="15">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1485,90 +1485,90 @@
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.77594</v>
       </c>
       <c r="L19" s="15">
         <v>0.66509</v>
       </c>
       <c r="M19" s="15">
         <v>0.60967</v>
       </c>
       <c r="N19" s="15">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>8</v>
       </c>
       <c r="K20" s="15">
         <v>0.88679</v>
       </c>
       <c r="L20" s="15">
         <v>0.77594</v>
       </c>
       <c r="M20" s="15">
         <v>0.66509</v>
       </c>
       <c r="N20" s="15">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1</v>