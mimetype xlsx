--- v2 (2026-01-31)
+++ v3 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,51 +1115,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>90</v>
       </c>
       <c r="K9" s="15">
         <v>0.37688</v>
       </c>
       <c r="L9" s="15">
         <v>0.35472</v>
       </c>
       <c r="M9" s="15">
         <v>0.33255</v>
       </c>
       <c r="N9" s="15">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1485,90 +1485,90 @@
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.77594</v>
       </c>
       <c r="L19" s="15">
         <v>0.66509</v>
       </c>
       <c r="M19" s="15">
         <v>0.60967</v>
       </c>
       <c r="N19" s="15">
-        <v>191</v>
+        <v>220</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>8</v>
       </c>
       <c r="K20" s="15">
         <v>0.88679</v>
       </c>
       <c r="L20" s="15">
         <v>0.77594</v>
       </c>
       <c r="M20" s="15">
         <v>0.66509</v>
       </c>
       <c r="N20" s="15">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1</v>