--- v3 (2026-02-20)
+++ v4 (2026-03-12)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="113">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1115,51 +1115,51 @@
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15">
         <v>90</v>
       </c>
       <c r="K9" s="15">
         <v>0.37688</v>
       </c>
       <c r="L9" s="15">
         <v>0.35472</v>
       </c>
       <c r="M9" s="15">
         <v>0.33255</v>
       </c>
       <c r="N9" s="15">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>34</v>
       </c>
       <c r="I10" s="15" t="s">
@@ -1485,90 +1485,90 @@
       </c>
       <c r="C19" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15" t="s">
         <v>69</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15"/>
       <c r="K19" s="15">
         <v>0.77594</v>
       </c>
       <c r="L19" s="15">
         <v>0.66509</v>
       </c>
       <c r="M19" s="15">
         <v>0.60967</v>
       </c>
       <c r="N19" s="15">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>8</v>
       </c>
       <c r="K20" s="15">
         <v>0.88679</v>
       </c>
       <c r="L20" s="15">
         <v>0.77594</v>
       </c>
       <c r="M20" s="15">
         <v>0.66509</v>
       </c>
       <c r="N20" s="15">
-        <v>197</v>
+        <v>228</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D21" s="15"/>
       <c r="E21" s="15" t="s">
         <v>74</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>1</v>