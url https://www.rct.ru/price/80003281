--- v0 (2025-12-05)
+++ v1 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1305,322 +1305,322 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>3576</v>
+        <v>4807</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15">
-        <v>1660</v>
+        <v>566</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1097</v>
+        <v>1116</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>202</v>
+        <v>173</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>4579</v>
+        <v>3636</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>4372</v>
+        <v>3819</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>5386</v>
+        <v>5976</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>810</v>
+        <v>960</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1688,132 +1688,132 @@
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.99</v>
       </c>
       <c r="L25" s="15">
         <v>1.67</v>
       </c>
       <c r="M25" s="15">
         <v>1.61</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>2600</v>
+        <v>2960</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>5187</v>
+        <v>4974</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>4512</v>
+        <v>4864</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>