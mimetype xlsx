--- v1 (2025-12-16)
+++ v2 (2025-12-18)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1305,322 +1305,322 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>4807</v>
+        <v>3869</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15">
-        <v>566</v>
+        <v>751</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1116</v>
+        <v>1408</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>3636</v>
+        <v>4790</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>3819</v>
+        <v>4071</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>5976</v>
+        <v>6342</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>960</v>
+        <v>923</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1730,90 +1730,90 @@
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>4974</v>
+        <v>5756</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>4864</v>
+        <v>4441</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>