--- v2 (2025-12-18)
+++ v3 (2025-12-19)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>19.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1305,322 +1305,322 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>3869</v>
+        <v>5217</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15">
-        <v>751</v>
+        <v>566</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1408</v>
+        <v>1170</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>4790</v>
+        <v>5020</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>4071</v>
+        <v>4221</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>6342</v>
+        <v>5354</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>923</v>
+        <v>898</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1688,132 +1688,132 @@
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.99</v>
       </c>
       <c r="L25" s="15">
         <v>1.67</v>
       </c>
       <c r="M25" s="15">
         <v>1.61</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>2960</v>
+        <v>2440</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>5756</v>
+        <v>5258</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>4441</v>
+        <v>5922</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>