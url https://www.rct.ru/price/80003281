--- v3 (2025-12-19)
+++ v4 (2026-01-09)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>19.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1305,322 +1305,322 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>5217</v>
+        <v>4924</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15">
-        <v>566</v>
+        <v>803</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1170</v>
+        <v>1426</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>237</v>
+        <v>186</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>5020</v>
+        <v>4386</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>4221</v>
+        <v>3920</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>5354</v>
+        <v>4596</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>898</v>
+        <v>1122</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1688,132 +1688,132 @@
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.99</v>
       </c>
       <c r="L25" s="15">
         <v>1.67</v>
       </c>
       <c r="M25" s="15">
         <v>1.61</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>2440</v>
+        <v>2400</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>5258</v>
+        <v>5756</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>5922</v>
+        <v>4321</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>