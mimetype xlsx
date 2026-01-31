--- v4 (2026-01-09)
+++ v5 (2026-01-31)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -208,51 +208,51 @@
   <si>
     <t>TRR1C05S00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05S00-R</t>
   </si>
   <si>
     <t>TRR1C12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C12D00-R</t>
   </si>
   <si>
     <t>TRR1C24D00</t>
   </si>
   <si>
     <t>Реле TRR1C24D00</t>
   </si>
   <si>
     <t>TRR2A05D00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05D00-R </t>
   </si>
   <si>
-    <t>20.03.2026</t>
+    <t>13.02.2026</t>
   </si>
   <si>
     <t>TRR2A05S00-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05S00-R</t>
   </si>
   <si>
     <t xml:space="preserve">TRR-2A-05S-00-R TTI, </t>
   </si>
   <si>
     <t>TRR2A05S00D-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7), с диодом / TRR2A05S00D-R</t>
   </si>
   <si>
     <t>TRW3-5VDC-SKP-AAD</t>
   </si>
   <si>
     <t>Реле TRW3-5VDC-SKP-AAD</t>
   </si>
   <si>
     <t>TRW3-6VDC-SKP-AAD</t>
   </si>
@@ -1305,322 +1305,324 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>4924</v>
+        <v>4513</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15">
-        <v>803</v>
-[...1 lines deleted...]
-      <c r="O16" s="15"/>
+        <v>19</v>
+      </c>
+      <c r="O16" s="15">
+        <v>4980</v>
+      </c>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1426</v>
+        <v>1353</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>4386</v>
+        <v>4616</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>3920</v>
+        <v>3618</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>54</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>4596</v>
+        <v>5571</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>56</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>1122</v>
+        <v>860</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1688,132 +1690,132 @@
         <v>63</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.99</v>
       </c>
       <c r="L25" s="15">
         <v>1.67</v>
       </c>
       <c r="M25" s="15">
         <v>1.61</v>
       </c>
       <c r="N25" s="15"/>
       <c r="O25" s="15">
-        <v>2400</v>
+        <v>3040</v>
       </c>
       <c r="P25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>5756</v>
+        <v>4904</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>4321</v>
+        <v>5839</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>