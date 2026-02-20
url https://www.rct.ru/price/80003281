--- v5 (2026-01-31)
+++ v6 (2026-02-20)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,99 +160,99 @@
   <si>
     <t xml:space="preserve">NT75-2-C-Z-8-DC5V-0.41-5.0 FORWARD, NT75-2-C-S-8-DC5V-0.41-5.0 FORWARD, HK115FD-DC5V-SG HKE, </t>
   </si>
   <si>
     <t>TRND-12VDC-SA-A</t>
   </si>
   <si>
     <t>Реле TRND-12VDC-SA-A</t>
   </si>
   <si>
     <t>10-00071231</t>
   </si>
   <si>
     <t>TRR1A05D00-R</t>
   </si>
   <si>
     <t>TRR1A05F00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC / TRR1A05F00-R </t>
   </si>
   <si>
     <t xml:space="preserve">TRR-1A-05F-00-R TS, TRR-1A-05F-00D-R TS, </t>
   </si>
   <si>
+    <t>04.06.2026</t>
+  </si>
+  <si>
     <t>TRR1A05S00-R</t>
   </si>
   <si>
     <t>TRR1A12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1A12D00-R</t>
   </si>
   <si>
     <t>TRR1A24D00-R</t>
   </si>
   <si>
     <t>TRR1B05D00D-R</t>
   </si>
   <si>
     <t>Реле TRR1B05D00D-R</t>
   </si>
   <si>
     <t>TRR1C05D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05D00-R</t>
   </si>
   <si>
     <t>TRR1C05S00-R</t>
   </si>
   <si>
     <t>Реле TRR1C05S00-R</t>
   </si>
   <si>
     <t>TRR1C12D00-R</t>
   </si>
   <si>
     <t>Реле TRR1C12D00-R</t>
   </si>
   <si>
     <t>TRR1C24D00</t>
   </si>
   <si>
     <t>Реле TRR1C24D00</t>
   </si>
   <si>
     <t>TRR2A05D00-R</t>
   </si>
   <si>
     <t xml:space="preserve">DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05D00-R </t>
-  </si>
-[...1 lines deleted...]
-    <t>13.02.2026</t>
   </si>
   <si>
     <t>TRR2A05S00-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7) / TRR2A05S00-R</t>
   </si>
   <si>
     <t xml:space="preserve">TRR-2A-05S-00-R TTI, </t>
   </si>
   <si>
     <t>TRR2A05S00D-R</t>
   </si>
   <si>
     <t>DC5V 0.5A 100VDC, DIP (1,3,5,7), с диодом / TRR2A05S00D-R</t>
   </si>
   <si>
     <t>TRW3-5VDC-SKP-AAD</t>
   </si>
   <si>
     <t>Реле TRW3-5VDC-SKP-AAD</t>
   </si>
   <si>
     <t>TRW3-6VDC-SKP-AAD</t>
   </si>
@@ -1305,517 +1305,515 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>4513</v>
+        <v>3693</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
-      <c r="N16" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>4980</v>
-[...1 lines deleted...]
-      <c r="P16" s="15"/>
+        <v>4500</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1353</v>
+        <v>1390</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>179</v>
+        <v>144</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>4616</v>
+        <v>5020</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>3618</v>
+        <v>3819</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>5571</v>
+        <v>4238</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>860</v>
+        <v>848</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15"/>
       <c r="K23" s="15">
         <v>3.68</v>
       </c>
       <c r="L23" s="15">
         <v>3.07</v>
       </c>
       <c r="M23" s="15">
         <v>2.94</v>
       </c>
       <c r="N23" s="15"/>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15"/>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E24" s="15">
         <v>10080056958</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>25</v>
       </c>
       <c r="K24" s="15">
         <v>3.7</v>
       </c>
       <c r="L24" s="15">
         <v>2.98</v>
       </c>
       <c r="M24" s="15">
         <v>2.86</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
-        <v>1.99</v>
+        <v>1.85</v>
       </c>
       <c r="L25" s="15">
-        <v>1.67</v>
+        <v>1.61</v>
       </c>
       <c r="M25" s="15">
-        <v>1.61</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.54</v>
+      </c>
+      <c r="N25" s="15">
+        <v>3208</v>
+      </c>
+      <c r="O25" s="15"/>
+      <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>4904</v>
+        <v>4936</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>5839</v>
+        <v>6114</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>