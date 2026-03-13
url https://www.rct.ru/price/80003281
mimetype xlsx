--- v6 (2026-02-20)
+++ v7 (2026-03-13)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -1305,324 +1305,324 @@
         <v>44</v>
       </c>
       <c r="D15" s="15"/>
       <c r="E15" s="15">
         <v>10080009066</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="15"/>
       <c r="J15" s="15">
         <v>25</v>
       </c>
       <c r="K15" s="15">
         <v>1.25</v>
       </c>
       <c r="L15" s="15">
         <v>1.09</v>
       </c>
       <c r="M15" s="15">
         <v>1.04</v>
       </c>
       <c r="N15" s="15">
-        <v>3693</v>
+        <v>3810</v>
       </c>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15"/>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E16" s="15">
         <v>10080010237</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>47</v>
       </c>
       <c r="J16" s="15">
         <v>25</v>
       </c>
       <c r="K16" s="15">
         <v>1.4</v>
       </c>
       <c r="L16" s="15">
         <v>1.22</v>
       </c>
       <c r="M16" s="15">
         <v>1.17</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>4500</v>
+        <v>4860</v>
       </c>
       <c r="P16" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q16" s="15"/>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="15"/>
       <c r="E17" s="15">
         <v>10080026934</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>25</v>
       </c>
       <c r="K17" s="15">
         <v>1.67</v>
       </c>
       <c r="L17" s="15">
         <v>1.4</v>
       </c>
       <c r="M17" s="15">
         <v>1.35</v>
       </c>
       <c r="N17" s="15">
-        <v>1390</v>
+        <v>1371</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15"/>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E18" s="15">
         <v>10000022548</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>25</v>
       </c>
       <c r="K18" s="15">
         <v>1.08</v>
       </c>
       <c r="L18" s="15">
         <v>0.93609</v>
       </c>
       <c r="M18" s="15">
         <v>0.9000899999999999</v>
       </c>
       <c r="N18" s="15">
-        <v>144</v>
+        <v>77</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>52</v>
       </c>
       <c r="D19" s="15"/>
       <c r="E19" s="15">
         <v>10080012852</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>25</v>
       </c>
       <c r="K19" s="15">
         <v>1.62</v>
       </c>
       <c r="L19" s="15">
         <v>1.4</v>
       </c>
       <c r="M19" s="15">
         <v>1.35</v>
       </c>
       <c r="N19" s="15">
-        <v>5020</v>
+        <v>3924</v>
       </c>
       <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15"/>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E20" s="15">
         <v>10080034177</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>25</v>
       </c>
       <c r="K20" s="15">
         <v>2.72</v>
       </c>
       <c r="L20" s="15">
         <v>2.28</v>
       </c>
       <c r="M20" s="15">
         <v>2.19</v>
       </c>
       <c r="N20" s="15">
-        <v>3819</v>
+        <v>3267</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>56</v>
       </c>
       <c r="E21" s="15">
         <v>10080026935</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>25</v>
       </c>
       <c r="K21" s="15">
         <v>3.43</v>
       </c>
       <c r="L21" s="15">
         <v>2.88</v>
       </c>
       <c r="M21" s="15">
         <v>2.77</v>
       </c>
       <c r="N21" s="15">
-        <v>4238</v>
+        <v>2924</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
         <v>57</v>
       </c>
       <c r="D22" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E22" s="15">
         <v>10080044826</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>25</v>
       </c>
       <c r="K22" s="15">
         <v>6.05</v>
       </c>
       <c r="L22" s="15">
         <v>5.07</v>
       </c>
       <c r="M22" s="15">
         <v>4.88</v>
       </c>
       <c r="N22" s="15">
-        <v>848</v>
+        <v>997</v>
       </c>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="15">
         <v>10080072241</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="15"/>
@@ -1689,131 +1689,131 @@
       <c r="D25" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E25" s="15">
         <v>10080009167</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>25</v>
       </c>
       <c r="K25" s="15">
         <v>1.85</v>
       </c>
       <c r="L25" s="15">
         <v>1.61</v>
       </c>
       <c r="M25" s="15">
         <v>1.54</v>
       </c>
       <c r="N25" s="15">
-        <v>3208</v>
+        <v>3283</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E26" s="15">
         <v>10080015935</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I26" s="15" t="s">
         <v>67</v>
       </c>
       <c r="J26" s="15">
         <v>27</v>
       </c>
       <c r="K26" s="15">
         <v>3.09</v>
       </c>
       <c r="L26" s="15">
         <v>2.59</v>
       </c>
       <c r="M26" s="15">
         <v>2.49</v>
       </c>
       <c r="N26" s="15">
-        <v>4936</v>
+        <v>4799</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E27" s="15">
         <v>10080044825</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>25</v>
       </c>
       <c r="K27" s="15">
         <v>3.39</v>
       </c>
       <c r="L27" s="15">
         <v>2.85</v>
       </c>
       <c r="M27" s="15">
         <v>2.74</v>
       </c>
       <c r="N27" s="15">
-        <v>6114</v>
+        <v>5221</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E28" s="15">
         <v>10080009897</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="15"/>