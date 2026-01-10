--- v0 (2025-12-18)
+++ v1 (2026-01-10)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -205,51 +205,51 @@
   <si>
     <t>10-00069167</t>
   </si>
   <si>
     <t>CN-43JL7-10R</t>
   </si>
   <si>
     <t>CAY16-100J4 (CN-43JL7-10R) 10 Ом 5%</t>
   </si>
   <si>
     <t>10-00069170</t>
   </si>
   <si>
     <t>CN-43JL7-100R</t>
   </si>
   <si>
     <t>CAY16-101J4 (CN-43JL7-100R) 100 Ом 5%</t>
   </si>
   <si>
     <t>RC-ML08W101JT</t>
   </si>
   <si>
     <t>CAY16-101J4 (CN-43JL7-100R) 100 Ом 5% RC-ML08W101JT</t>
   </si>
   <si>
-    <t>12.01.2026</t>
+    <t>23.01.2026</t>
   </si>
   <si>
     <t>CN-43JL7-1K</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5%</t>
   </si>
   <si>
     <t>4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% 4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>UT-00091180</t>
   </si>
   <si>
     <t>UNI OHM</t>
   </si>
   <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% RC-ML08W102JT</t>
   </si>
@@ -1925,57 +1925,57 @@
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="15" t="s">
         <v>51</v>
       </c>
       <c r="E16" s="15">
         <v>10080051062</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I16" s="15"/>
       <c r="J16" s="15">
         <v>5000</v>
       </c>
       <c r="K16" s="15">
-        <v>0.0061</v>
+        <v>0.00401</v>
       </c>
       <c r="L16" s="15">
-        <v>0.00441</v>
+        <v>0.00347</v>
       </c>
       <c r="M16" s="15">
-        <v>0.00385</v>
+        <v>0.00334</v>
       </c>
       <c r="N16" s="15">
         <v>5000</v>
       </c>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15"/>
       <c r="R16" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="15" t="s">
         <v>54</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="15"/>
@@ -2085,57 +2085,57 @@
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080051063</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>5000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.00446</v>
+        <v>0.00429</v>
       </c>
       <c r="L20" s="15">
-        <v>0.00386</v>
+        <v>0.00372</v>
       </c>
       <c r="M20" s="15">
-        <v>0.00371</v>
+        <v>0.00358</v>
       </c>
       <c r="N20" s="15">
         <v>5000</v>
       </c>
       <c r="O20" s="15">
         <v>15000</v>
       </c>
       <c r="P20" s="15" t="s">
         <v>63</v>
       </c>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>65</v>
       </c>
@@ -2208,57 +2208,57 @@
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080051064</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>5000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.00623</v>
+        <v>0.00399</v>
       </c>
       <c r="L23" s="15">
-        <v>0.00451</v>
+        <v>0.00346</v>
       </c>
       <c r="M23" s="15">
-        <v>0.00393</v>
+        <v>0.00333</v>
       </c>
       <c r="N23" s="15">
         <v>10000</v>
       </c>
       <c r="O23" s="15">
         <v>15000</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>72</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>73</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>74</v>
       </c>
@@ -2301,51 +2301,51 @@
       <c r="D25" s="15" t="s">
         <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080051908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>5000</v>
       </c>
       <c r="K25" s="15">
         <v>0.00426</v>
       </c>
       <c r="L25" s="15">
         <v>0.00369</v>
       </c>
       <c r="M25" s="15">
         <v>0.00355</v>
       </c>
       <c r="N25" s="15">
-        <v>25000</v>
+        <v>35000</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="15">
         <v>10000011521</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>49</v>
@@ -2844,57 +2844,57 @@
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D39" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E39" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
-        <v>0.00488</v>
+        <v>0.00399</v>
       </c>
       <c r="L39" s="15">
-        <v>0.00431</v>
+        <v>0.00346</v>
       </c>
       <c r="M39" s="15">
-        <v>0.00379</v>
+        <v>0.00333</v>
       </c>
       <c r="N39" s="15">
         <v>5000</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
         <v>110</v>
       </c>
       <c r="D40" s="15" t="s">
         <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080006076</v>
       </c>
       <c r="F40" s="15"/>
@@ -2924,57 +2924,57 @@
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
         <v>112</v>
       </c>
       <c r="D41" s="15" t="s">
         <v>113</v>
       </c>
       <c r="E41" s="15">
         <v>10080051067</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
-        <v>0.00699</v>
+        <v>0.00404</v>
       </c>
       <c r="L41" s="15">
-        <v>0.00501</v>
+        <v>0.0035</v>
       </c>
       <c r="M41" s="15">
-        <v>0.00435</v>
+        <v>0.00336</v>
       </c>
       <c r="N41" s="15">
         <v>10000</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
         <v>114</v>
       </c>
       <c r="D42" s="15" t="s">
         <v>115</v>
       </c>
       <c r="E42" s="15" t="s">
         <v>116</v>
       </c>
       <c r="F42" s="15"/>
@@ -3043,60 +3043,60 @@
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>119</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>120</v>
       </c>
       <c r="E44" s="15">
         <v>10080058438</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
-        <v>0.00673</v>
+        <v>0.00399</v>
       </c>
       <c r="L44" s="15">
-        <v>0.0049</v>
+        <v>0.00346</v>
       </c>
       <c r="M44" s="15">
-        <v>0.00444</v>
+        <v>0.00333</v>
       </c>
       <c r="N44" s="15">
-        <v>10000</v>
+        <v>5000</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
         <v>121</v>
       </c>
       <c r="D45" s="15" t="s">
         <v>122</v>
       </c>
       <c r="E45" s="15" t="s">
         <v>123</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>69</v>
@@ -3123,57 +3123,57 @@
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>125</v>
       </c>
       <c r="E46" s="15">
         <v>10080051068</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
-        <v>0.00623</v>
+        <v>0.00399</v>
       </c>
       <c r="L46" s="15">
-        <v>0.00451</v>
+        <v>0.00346</v>
       </c>
       <c r="M46" s="15">
-        <v>0.00393</v>
+        <v>0.00333</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
         <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
         <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
@@ -3279,57 +3279,57 @@
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
         <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
         <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080051909</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.00623</v>
+        <v>0.00431</v>
       </c>
       <c r="L50" s="15">
-        <v>0.00451</v>
+        <v>0.00373</v>
       </c>
       <c r="M50" s="15">
-        <v>0.00393</v>
+        <v>0.00359</v>
       </c>
       <c r="N50" s="15">
         <v>10000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080063370</v>
       </c>
       <c r="F51" s="15"/>
@@ -3519,57 +3519,57 @@
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
         <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
         <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080053866</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
-        <v>0.0061</v>
+        <v>0.0042</v>
       </c>
       <c r="L56" s="15">
-        <v>0.00441</v>
+        <v>0.00364</v>
       </c>
       <c r="M56" s="15">
-        <v>0.00385</v>
+        <v>0.0035</v>
       </c>
       <c r="N56" s="15">
         <v>5000</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
         <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
         <v>149</v>
       </c>
       <c r="E57" s="15" t="s">
         <v>150</v>
       </c>
       <c r="F57" s="15"/>
@@ -3714,57 +3714,57 @@
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
         <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10080051069</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>5000</v>
       </c>
       <c r="K61" s="15">
-        <v>0.00488</v>
+        <v>0.00431</v>
       </c>
       <c r="L61" s="15">
-        <v>0.00431</v>
+        <v>0.00373</v>
       </c>
       <c r="M61" s="15">
-        <v>0.00379</v>
+        <v>0.00359</v>
       </c>
       <c r="N61" s="15">
         <v>5000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
         <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10000018600</v>
       </c>
       <c r="F62" s="15"/>
@@ -3872,57 +3872,57 @@
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>169</v>
       </c>
       <c r="D65" s="15" t="s">
         <v>170</v>
       </c>
       <c r="E65" s="15">
         <v>10080067837</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>5000</v>
       </c>
       <c r="K65" s="15">
-        <v>0.00623</v>
+        <v>0.00408</v>
       </c>
       <c r="L65" s="15">
-        <v>0.00451</v>
+        <v>0.00354</v>
       </c>
       <c r="M65" s="15">
-        <v>0.00393</v>
+        <v>0.0034</v>
       </c>
       <c r="N65" s="15">
         <v>15000</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
         <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080012127</v>
       </c>
       <c r="F66" s="15"/>
@@ -3952,60 +3952,60 @@
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
         <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080065981</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
-        <v>0.00623</v>
+        <v>0.00401</v>
       </c>
       <c r="L67" s="15">
-        <v>0.00451</v>
+        <v>0.00347</v>
       </c>
       <c r="M67" s="15">
-        <v>0.00393</v>
+        <v>0.00334</v>
       </c>
       <c r="N67" s="15">
-        <v>35000</v>
+        <v>30000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080003333</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
@@ -4032,57 +4032,57 @@
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
         <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080070143</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
-        <v>0.00488</v>
+        <v>0.00413</v>
       </c>
       <c r="L69" s="15">
-        <v>0.00431</v>
+        <v>0.00358</v>
       </c>
       <c r="M69" s="15">
-        <v>0.00379</v>
+        <v>0.00344</v>
       </c>
       <c r="N69" s="15">
         <v>15000</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>181</v>
       </c>
       <c r="F70" s="15"/>
@@ -4112,60 +4112,60 @@
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080058439</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
-        <v>0.00699</v>
+        <v>0.0041</v>
       </c>
       <c r="L71" s="15">
-        <v>0.00506</v>
+        <v>0.00355</v>
       </c>
       <c r="M71" s="15">
-        <v>0.00442</v>
+        <v>0.00341</v>
       </c>
       <c r="N71" s="15">
-        <v>25000</v>
+        <v>35000</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
@@ -4344,57 +4344,57 @@
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
         <v>198</v>
       </c>
       <c r="D77" s="15" t="s">
         <v>199</v>
       </c>
       <c r="E77" s="15">
         <v>10080063857</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
-        <v>0.00623</v>
+        <v>0.00431</v>
       </c>
       <c r="L77" s="15">
-        <v>0.00451</v>
+        <v>0.00373</v>
       </c>
       <c r="M77" s="15">
-        <v>0.00393</v>
+        <v>0.00359</v>
       </c>
       <c r="N77" s="15">
         <v>5000</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
         <v>200</v>
       </c>
       <c r="D78" s="15" t="s">
         <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000011522</v>
       </c>
       <c r="F78" s="15"/>
@@ -4424,60 +4424,60 @@
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>202</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080051070</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
-        <v>0.00614</v>
+        <v>0.00402</v>
       </c>
       <c r="L79" s="15">
-        <v>0.00444</v>
+        <v>0.00348</v>
       </c>
       <c r="M79" s="15">
-        <v>0.00388</v>
+        <v>0.00335</v>
       </c>
       <c r="N79" s="15">
-        <v>50000</v>
+        <v>45000</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>204</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>205</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>206</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
@@ -4541,98 +4541,98 @@
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
         <v>209</v>
       </c>
       <c r="D82" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E82" s="15">
         <v>10080051071</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
-        <v>0.00666</v>
+        <v>0.00408</v>
       </c>
       <c r="L82" s="15">
-        <v>0.00484</v>
+        <v>0.00354</v>
       </c>
       <c r="M82" s="15">
-        <v>0.00438</v>
+        <v>0.0034</v>
       </c>
       <c r="N82" s="15">
         <v>5000</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
         <v>211</v>
       </c>
       <c r="D83" s="15" t="s">
         <v>212</v>
       </c>
       <c r="E83" s="15">
         <v>10080051383</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
-        <v>0.00702</v>
+        <v>0.00423</v>
       </c>
       <c r="L83" s="15">
-        <v>0.00507</v>
+        <v>0.00367</v>
       </c>
       <c r="M83" s="15">
-        <v>0.00443</v>
+        <v>0.00353</v>
       </c>
       <c r="N83" s="15">
         <v>5000</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
         <v>213</v>
       </c>
       <c r="D84" s="15" t="s">
         <v>214</v>
       </c>
       <c r="E84" s="15" t="s">
         <v>215</v>
       </c>
       <c r="F84" s="15"/>
@@ -4820,57 +4820,57 @@
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
         <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
         <v>226</v>
       </c>
       <c r="E89" s="15" t="s">
         <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
-        <v>0.00612</v>
+        <v>0.0042</v>
       </c>
       <c r="L89" s="15">
-        <v>0.00443</v>
+        <v>0.00364</v>
       </c>
       <c r="M89" s="15">
-        <v>0.00386</v>
+        <v>0.0035</v>
       </c>
       <c r="N89" s="15">
         <v>5000</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
         <v>228</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>229</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>230</v>
       </c>
       <c r="F90" s="15"/>
@@ -4982,57 +4982,57 @@
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
         <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>236</v>
       </c>
       <c r="E93" s="15" t="s">
         <v>237</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
-        <v>0.00358</v>
+        <v>0.00413</v>
       </c>
       <c r="L93" s="15">
         <v>0.00358</v>
       </c>
       <c r="M93" s="15">
-        <v>0.00358</v>
+        <v>0.00344</v>
       </c>
       <c r="N93" s="15">
         <v>5000</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
         <v>238</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>239</v>
       </c>
       <c r="E94" s="15">
         <v>10080045648</v>
       </c>
       <c r="F94" s="15"/>
@@ -5379,51 +5379,51 @@
       </c>
       <c r="C103" s="15" t="s">
         <v>260</v>
       </c>
       <c r="D103" s="15"/>
       <c r="E103" s="15" t="s">
         <v>261</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15"/>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>4000</v>
       </c>
       <c r="K103" s="15">
         <v>0.0525</v>
       </c>
       <c r="L103" s="15">
         <v>0.0525</v>
       </c>
       <c r="M103" s="15">
         <v>0.0525</v>
       </c>
       <c r="N103" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
         <v>262</v>
       </c>
       <c r="D104" s="15"/>
       <c r="E104" s="15" t="s">
         <v>263</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15"/>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>4000</v>
@@ -5453,51 +5453,51 @@
       </c>
       <c r="C105" s="15" t="s">
         <v>264</v>
       </c>
       <c r="D105" s="15"/>
       <c r="E105" s="15" t="s">
         <v>265</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15"/>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>4000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0525</v>
       </c>
       <c r="L105" s="15">
         <v>0.0525</v>
       </c>
       <c r="M105" s="15">
         <v>0.0525</v>
       </c>
       <c r="N105" s="15">
-        <v>20000</v>
+        <v>16000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>266</v>
       </c>
       <c r="D106" s="15"/>
       <c r="E106" s="15" t="s">
         <v>267</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15"/>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>4000</v>