--- v1 (2026-01-10)
+++ v2 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -203,53 +203,50 @@
     <t>0603*4 1 кОм 1% / CAY16-1001F4LF 1 кОм 1%</t>
   </si>
   <si>
     <t>10-00069167</t>
   </si>
   <si>
     <t>CN-43JL7-10R</t>
   </si>
   <si>
     <t>CAY16-100J4 (CN-43JL7-10R) 10 Ом 5%</t>
   </si>
   <si>
     <t>10-00069170</t>
   </si>
   <si>
     <t>CN-43JL7-100R</t>
   </si>
   <si>
     <t>CAY16-101J4 (CN-43JL7-100R) 100 Ом 5%</t>
   </si>
   <si>
     <t>RC-ML08W101JT</t>
   </si>
   <si>
     <t>CAY16-101J4 (CN-43JL7-100R) 100 Ом 5% RC-ML08W101JT</t>
-  </si>
-[...1 lines deleted...]
-    <t>23.01.2026</t>
   </si>
   <si>
     <t>CN-43JL7-1K</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5%</t>
   </si>
   <si>
     <t>4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% 4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>UT-00091180</t>
   </si>
   <si>
     <t>UNI OHM</t>
   </si>
   <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% RC-ML08W102JT</t>
   </si>
@@ -2097,3444 +2094,3442 @@
       <c r="E20" s="15">
         <v>10080051063</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>5000</v>
       </c>
       <c r="K20" s="15">
         <v>0.00429</v>
       </c>
       <c r="L20" s="15">
         <v>0.00372</v>
       </c>
       <c r="M20" s="15">
         <v>0.00358</v>
       </c>
       <c r="N20" s="15">
         <v>5000</v>
       </c>
       <c r="O20" s="15">
-        <v>15000</v>
-[...3 lines deleted...]
-      </c>
+        <v>10000</v>
+      </c>
+      <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>63</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="E21" s="15">
         <v>10000018712</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>5000</v>
       </c>
       <c r="K21" s="15">
         <v>0.00699</v>
       </c>
       <c r="L21" s="15">
         <v>0.00501</v>
       </c>
       <c r="M21" s="15">
         <v>0.00435</v>
       </c>
       <c r="N21" s="15"/>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15"/>
       <c r="R21" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>5000</v>
       </c>
       <c r="K22" s="15">
         <v>0.00957</v>
       </c>
       <c r="L22" s="15">
         <v>0.00797</v>
       </c>
       <c r="M22" s="15">
         <v>0.00766</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15"/>
       <c r="R22" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="E23" s="15">
         <v>10080051064</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>5000</v>
       </c>
       <c r="K23" s="15">
         <v>0.00399</v>
       </c>
       <c r="L23" s="15">
         <v>0.00346</v>
       </c>
       <c r="M23" s="15">
         <v>0.00333</v>
       </c>
       <c r="N23" s="15">
         <v>10000</v>
       </c>
       <c r="O23" s="15">
         <v>15000</v>
       </c>
       <c r="P23" s="15" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="E24" s="15">
         <v>10000008839</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>5000</v>
       </c>
       <c r="K24" s="15">
         <v>0.00699</v>
       </c>
       <c r="L24" s="15">
         <v>0.00501</v>
       </c>
       <c r="M24" s="15">
         <v>0.00435</v>
       </c>
       <c r="N24" s="15"/>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15"/>
       <c r="R24" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E25" s="15">
         <v>10080051908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>5000</v>
       </c>
       <c r="K25" s="15">
         <v>0.00426</v>
       </c>
       <c r="L25" s="15">
         <v>0.00369</v>
       </c>
       <c r="M25" s="15">
         <v>0.00355</v>
       </c>
       <c r="N25" s="15">
-        <v>35000</v>
+        <v>30000</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="E26" s="15">
         <v>10000011521</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>5000</v>
       </c>
       <c r="K26" s="15">
         <v>0.00699</v>
       </c>
       <c r="L26" s="15">
         <v>0.00501</v>
       </c>
       <c r="M26" s="15">
         <v>0.00435</v>
       </c>
       <c r="N26" s="15"/>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E27" s="15">
         <v>10080051065</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I27" s="15"/>
       <c r="J27" s="15">
         <v>5000</v>
       </c>
       <c r="K27" s="15">
         <v>0.00699</v>
       </c>
       <c r="L27" s="15">
         <v>0.00501</v>
       </c>
       <c r="M27" s="15">
         <v>0.00435</v>
       </c>
       <c r="N27" s="15">
         <v>5000</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E28" s="15">
         <v>10080003334</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I28" s="15"/>
       <c r="J28" s="15">
         <v>5000</v>
       </c>
       <c r="K28" s="15">
         <v>0.00699</v>
       </c>
       <c r="L28" s="15">
         <v>0.00501</v>
       </c>
       <c r="M28" s="15">
         <v>0.00435</v>
       </c>
       <c r="N28" s="15"/>
       <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15">
         <v>5000</v>
       </c>
       <c r="K29" s="15">
         <v>0.00612</v>
       </c>
       <c r="L29" s="15">
         <v>0.00443</v>
       </c>
       <c r="M29" s="15">
         <v>0.00386</v>
       </c>
       <c r="N29" s="15">
         <v>5000</v>
       </c>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>5000</v>
       </c>
       <c r="K30" s="15">
         <v>0.00699</v>
       </c>
       <c r="L30" s="15">
         <v>0.00501</v>
       </c>
       <c r="M30" s="15">
         <v>0.00435</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15"/>
       <c r="R30" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.00594</v>
       </c>
       <c r="L31" s="15">
         <v>0.00426</v>
       </c>
       <c r="M31" s="15">
         <v>0.0037</v>
       </c>
       <c r="N31" s="15"/>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="E32" s="15">
         <v>10080031822</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>5000</v>
       </c>
       <c r="K32" s="15">
         <v>0.00699</v>
       </c>
       <c r="L32" s="15">
         <v>0.00501</v>
       </c>
       <c r="M32" s="15">
         <v>0.00435</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15"/>
       <c r="R32" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>93</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="E33" s="15">
         <v>10080051066</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>5000</v>
       </c>
       <c r="K33" s="15">
         <v>0.00612</v>
       </c>
       <c r="L33" s="15">
         <v>0.00443</v>
       </c>
       <c r="M33" s="15">
         <v>0.00386</v>
       </c>
       <c r="N33" s="15">
         <v>5000</v>
       </c>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15"/>
       <c r="R33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>5000</v>
       </c>
       <c r="K34" s="15">
         <v>0.00699</v>
       </c>
       <c r="L34" s="15">
         <v>0.00501</v>
       </c>
       <c r="M34" s="15">
         <v>0.00435</v>
       </c>
       <c r="N34" s="15"/>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>98</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="E35" s="15">
         <v>10080003332</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.00699</v>
       </c>
       <c r="L35" s="15">
         <v>0.00501</v>
       </c>
       <c r="M35" s="15">
         <v>0.00435</v>
       </c>
       <c r="N35" s="15">
         <v>15000</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E36" s="15">
         <v>10080006139</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15">
         <v>5000</v>
       </c>
       <c r="K36" s="15">
         <v>0.00699</v>
       </c>
       <c r="L36" s="15">
         <v>0.00501</v>
       </c>
       <c r="M36" s="15">
         <v>0.00435</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="E37" s="15">
         <v>10080009416</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>5000</v>
       </c>
       <c r="K37" s="15">
         <v>0.00699</v>
       </c>
       <c r="L37" s="15">
         <v>0.00501</v>
       </c>
       <c r="M37" s="15">
         <v>0.00435</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E38" s="15">
         <v>10080009218</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>5000</v>
       </c>
       <c r="K38" s="15">
         <v>0.00699</v>
       </c>
       <c r="L38" s="15">
         <v>0.00501</v>
       </c>
       <c r="M38" s="15">
         <v>0.00435</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>106</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>107</v>
       </c>
-      <c r="D39" s="15" t="s">
+      <c r="E39" s="15" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15">
         <v>5000</v>
       </c>
       <c r="K39" s="15">
         <v>0.00399</v>
       </c>
       <c r="L39" s="15">
         <v>0.00346</v>
       </c>
       <c r="M39" s="15">
         <v>0.00333</v>
       </c>
       <c r="N39" s="15">
         <v>5000</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="E40" s="15">
         <v>10080006076</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>5000</v>
       </c>
       <c r="K40" s="15">
         <v>0.00699</v>
       </c>
       <c r="L40" s="15">
         <v>0.00501</v>
       </c>
       <c r="M40" s="15">
         <v>0.00435</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="E41" s="15">
         <v>10080051067</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15">
         <v>5000</v>
       </c>
       <c r="K41" s="15">
         <v>0.00404</v>
       </c>
       <c r="L41" s="15">
         <v>0.0035</v>
       </c>
       <c r="M41" s="15">
         <v>0.00336</v>
       </c>
       <c r="N41" s="15">
         <v>10000</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>5000</v>
       </c>
       <c r="K42" s="15">
         <v>0.00699</v>
       </c>
       <c r="L42" s="15">
         <v>0.00501</v>
       </c>
       <c r="M42" s="15">
         <v>0.00435</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E43" s="15">
         <v>10080033132</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>5000</v>
       </c>
       <c r="K43" s="15">
         <v>0.00699</v>
       </c>
       <c r="L43" s="15">
         <v>0.00501</v>
       </c>
       <c r="M43" s="15">
         <v>0.00435</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E44" s="15">
         <v>10080058438</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>5000</v>
       </c>
       <c r="K44" s="15">
         <v>0.00399</v>
       </c>
       <c r="L44" s="15">
         <v>0.00346</v>
       </c>
       <c r="M44" s="15">
         <v>0.00333</v>
       </c>
       <c r="N44" s="15">
         <v>5000</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D45" s="15" t="s">
+      <c r="E45" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>5000</v>
       </c>
       <c r="K45" s="15">
         <v>0.00957</v>
       </c>
       <c r="L45" s="15">
         <v>0.00797</v>
       </c>
       <c r="M45" s="15">
         <v>0.00766</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E46" s="15">
         <v>10080051068</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.00399</v>
       </c>
       <c r="L46" s="15">
         <v>0.00346</v>
       </c>
       <c r="M46" s="15">
         <v>0.00333</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
         <v>0.00594</v>
       </c>
       <c r="L47" s="15">
         <v>0.00426</v>
       </c>
       <c r="M47" s="15">
         <v>0.0037</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E48" s="15">
         <v>10080002692</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00699</v>
       </c>
       <c r="L48" s="15">
         <v>0.00501</v>
       </c>
       <c r="M48" s="15">
         <v>0.00435</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E49" s="15">
         <v>10000023237</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>5000</v>
       </c>
       <c r="K49" s="15">
         <v>0.00699</v>
       </c>
       <c r="L49" s="15">
         <v>0.00501</v>
       </c>
       <c r="M49" s="15">
         <v>0.00435</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080051909</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.00431</v>
       </c>
       <c r="L50" s="15">
         <v>0.00373</v>
       </c>
       <c r="M50" s="15">
         <v>0.00359</v>
       </c>
       <c r="N50" s="15">
         <v>10000</v>
       </c>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080063370</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
         <v>0.00699</v>
       </c>
       <c r="L51" s="15">
         <v>0.00501</v>
       </c>
       <c r="M51" s="15">
         <v>0.00435</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10000018714</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.00699</v>
       </c>
       <c r="L52" s="15">
         <v>0.00501</v>
       </c>
       <c r="M52" s="15">
         <v>0.00435</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080051910</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.00612</v>
       </c>
       <c r="L53" s="15">
         <v>0.00443</v>
       </c>
       <c r="M53" s="15">
         <v>0.00386</v>
       </c>
       <c r="N53" s="15">
         <v>5000</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10080006138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.00699</v>
       </c>
       <c r="L54" s="15">
         <v>0.00501</v>
       </c>
       <c r="M54" s="15">
         <v>0.00435</v>
       </c>
       <c r="N54" s="15">
         <v>10000</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E55" s="15">
         <v>10080006140</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>5000</v>
       </c>
       <c r="K55" s="15">
         <v>0.00699</v>
       </c>
       <c r="L55" s="15">
         <v>0.00501</v>
       </c>
       <c r="M55" s="15">
         <v>0.00435</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080053866</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0042</v>
       </c>
       <c r="L56" s="15">
         <v>0.00364</v>
       </c>
       <c r="M56" s="15">
         <v>0.0035</v>
       </c>
       <c r="N56" s="15">
         <v>5000</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>5000</v>
       </c>
       <c r="K57" s="15">
         <v>0.00699</v>
       </c>
       <c r="L57" s="15">
         <v>0.00501</v>
       </c>
       <c r="M57" s="15">
         <v>0.00435</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>5000</v>
       </c>
       <c r="K58" s="15">
         <v>0.00699</v>
       </c>
       <c r="L58" s="15">
         <v>0.00501</v>
       </c>
       <c r="M58" s="15">
         <v>0.00435</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.00699</v>
       </c>
       <c r="L59" s="15">
         <v>0.00501</v>
       </c>
       <c r="M59" s="15">
         <v>0.00435</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>5000</v>
       </c>
       <c r="K60" s="15">
         <v>0.00699</v>
       </c>
       <c r="L60" s="15">
         <v>0.00501</v>
       </c>
       <c r="M60" s="15">
         <v>0.00435</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10080051069</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>5000</v>
       </c>
       <c r="K61" s="15">
         <v>0.00431</v>
       </c>
       <c r="L61" s="15">
         <v>0.00373</v>
       </c>
       <c r="M61" s="15">
         <v>0.00359</v>
       </c>
       <c r="N61" s="15">
         <v>5000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10000018600</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.00699</v>
       </c>
       <c r="L62" s="15">
         <v>0.00501</v>
       </c>
       <c r="M62" s="15">
         <v>0.00435</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.00699</v>
       </c>
       <c r="L63" s="15">
         <v>0.00501</v>
       </c>
       <c r="M63" s="15">
         <v>0.00435</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
       <c r="E64" s="15">
         <v>10000018601</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.00699</v>
       </c>
       <c r="L64" s="15">
         <v>0.00501</v>
       </c>
       <c r="M64" s="15">
         <v>0.00435</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="E65" s="15">
         <v>10080067837</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>5000</v>
       </c>
       <c r="K65" s="15">
         <v>0.00408</v>
       </c>
       <c r="L65" s="15">
         <v>0.00354</v>
       </c>
       <c r="M65" s="15">
         <v>0.0034</v>
       </c>
       <c r="N65" s="15">
         <v>15000</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080012127</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00699</v>
       </c>
       <c r="L66" s="15">
         <v>0.00501</v>
       </c>
       <c r="M66" s="15">
         <v>0.00435</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080065981</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00401</v>
       </c>
       <c r="L67" s="15">
         <v>0.00347</v>
       </c>
       <c r="M67" s="15">
         <v>0.00334</v>
       </c>
       <c r="N67" s="15">
         <v>30000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080003333</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.00699</v>
       </c>
       <c r="L68" s="15">
         <v>0.00501</v>
       </c>
       <c r="M68" s="15">
         <v>0.00435</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080070143</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00413</v>
       </c>
       <c r="L69" s="15">
         <v>0.00358</v>
       </c>
       <c r="M69" s="15">
         <v>0.00344</v>
       </c>
       <c r="N69" s="15">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.00699</v>
       </c>
       <c r="L70" s="15">
         <v>0.00501</v>
       </c>
       <c r="M70" s="15">
         <v>0.00435</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080058439</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0041</v>
       </c>
       <c r="L71" s="15">
         <v>0.00355</v>
       </c>
       <c r="M71" s="15">
         <v>0.00341</v>
       </c>
       <c r="N71" s="15">
-        <v>35000</v>
+        <v>30000</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>5000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00594</v>
       </c>
       <c r="L72" s="15">
         <v>0.00426</v>
       </c>
       <c r="M72" s="15">
         <v>0.0037</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.00594</v>
       </c>
       <c r="L73" s="15">
         <v>0.00426</v>
       </c>
       <c r="M73" s="15">
         <v>0.0037</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
       <c r="E74" s="15">
         <v>10080009574</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.00699</v>
       </c>
       <c r="L74" s="15">
         <v>0.00501</v>
       </c>
       <c r="M74" s="15">
         <v>0.00435</v>
       </c>
       <c r="N74" s="15">
-        <v>55000</v>
+        <v>45000</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D75" s="15" t="s">
         <v>192</v>
       </c>
-      <c r="D75" s="15" t="s">
+      <c r="E75" s="15" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.00699</v>
       </c>
       <c r="L75" s="15">
         <v>0.00501</v>
       </c>
       <c r="M75" s="15">
         <v>0.00435</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D76" s="15" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E76" s="15">
         <v>10080044373</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.00699</v>
       </c>
       <c r="L76" s="15">
         <v>0.00501</v>
       </c>
       <c r="M76" s="15">
         <v>0.00435</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D77" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="E77" s="15">
         <v>10080063857</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.00431</v>
       </c>
       <c r="L77" s="15">
         <v>0.00373</v>
       </c>
       <c r="M77" s="15">
         <v>0.00359</v>
       </c>
       <c r="N77" s="15">
         <v>5000</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000011522</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.00699</v>
       </c>
       <c r="L78" s="15">
         <v>0.00501</v>
       </c>
       <c r="M78" s="15">
         <v>0.00435</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080051070</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
         <v>0.00402</v>
       </c>
       <c r="L79" s="15">
         <v>0.00348</v>
       </c>
       <c r="M79" s="15">
         <v>0.00335</v>
       </c>
       <c r="N79" s="15">
-        <v>45000</v>
+        <v>35000</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D80" s="15" t="s">
         <v>204</v>
       </c>
-      <c r="D80" s="15" t="s">
+      <c r="E80" s="15" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>0.00699</v>
       </c>
       <c r="L80" s="15">
         <v>0.00501</v>
       </c>
       <c r="M80" s="15">
         <v>0.00435</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D81" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="E81" s="15">
         <v>10000011520</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
         <v>0.00699</v>
       </c>
       <c r="L81" s="15">
         <v>0.00501</v>
       </c>
       <c r="M81" s="15">
         <v>0.00435</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D82" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="E82" s="15">
         <v>10080051071</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00408</v>
       </c>
       <c r="L82" s="15">
         <v>0.00354</v>
       </c>
       <c r="M82" s="15">
         <v>0.0034</v>
       </c>
       <c r="N82" s="15">
         <v>5000</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D83" s="15" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="E83" s="15">
         <v>10080051383</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00423</v>
       </c>
       <c r="L83" s="15">
         <v>0.00367</v>
       </c>
       <c r="M83" s="15">
         <v>0.00353</v>
       </c>
       <c r="N83" s="15">
         <v>5000</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D84" s="15" t="s">
         <v>213</v>
       </c>
-      <c r="D84" s="15" t="s">
+      <c r="E84" s="15" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.00699</v>
       </c>
       <c r="L84" s="15">
         <v>0.00501</v>
       </c>
       <c r="M84" s="15">
         <v>0.00435</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D85" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="E85" s="15">
         <v>10080006077</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.00699</v>
       </c>
       <c r="L85" s="15">
         <v>0.00501</v>
       </c>
       <c r="M85" s="15">
         <v>0.00435</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D86" s="15" t="s">
         <v>218</v>
       </c>
-      <c r="D86" s="15" t="s">
+      <c r="E86" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00699</v>
       </c>
       <c r="L86" s="15">
         <v>0.00501</v>
       </c>
       <c r="M86" s="15">
         <v>0.00435</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D87" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="E87" s="15">
         <v>10080051072</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00699</v>
       </c>
       <c r="L87" s="15">
         <v>0.00501</v>
       </c>
       <c r="M87" s="15">
         <v>0.00435</v>
       </c>
       <c r="N87" s="15">
         <v>10000</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="D88" s="15" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080033158</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00699</v>
       </c>
       <c r="L88" s="15">
         <v>0.00501</v>
       </c>
       <c r="M88" s="15">
         <v>0.00435</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D89" s="15" t="s">
         <v>225</v>
       </c>
-      <c r="D89" s="15" t="s">
+      <c r="E89" s="15" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.0042</v>
       </c>
       <c r="L89" s="15">
         <v>0.00364</v>
       </c>
       <c r="M89" s="15">
         <v>0.0035</v>
       </c>
       <c r="N89" s="15">
         <v>5000</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>228</v>
       </c>
-      <c r="D90" s="15" t="s">
+      <c r="E90" s="15" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00699</v>
       </c>
       <c r="L90" s="15">
         <v>0.00501</v>
       </c>
       <c r="M90" s="15">
         <v>0.00435</v>
       </c>
       <c r="N90" s="15">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D91" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="E91" s="15">
         <v>10000018713</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00699</v>
       </c>
       <c r="L91" s="15">
         <v>0.00501</v>
       </c>
       <c r="M91" s="15">
         <v>0.00435</v>
       </c>
       <c r="N91" s="15">
         <v>10000</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D92" s="15" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
       <c r="E92" s="15">
         <v>10000018602</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00699</v>
       </c>
       <c r="L92" s="15">
         <v>0.00501</v>
       </c>
       <c r="M92" s="15">
         <v>0.00435</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D93" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D93" s="15" t="s">
+      <c r="E93" s="15" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00413</v>
       </c>
       <c r="L93" s="15">
         <v>0.00358</v>
       </c>
       <c r="M93" s="15">
         <v>0.00344</v>
       </c>
       <c r="N93" s="15">
         <v>5000</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>237</v>
+      </c>
+      <c r="D94" s="15" t="s">
         <v>238</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="E94" s="15">
         <v>10080045648</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>10000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00654</v>
       </c>
       <c r="L94" s="15">
         <v>0.00537</v>
       </c>
       <c r="M94" s="15">
         <v>0.00515</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="D95" s="15" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="E95" s="15">
         <v>10080045647</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>10000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00654</v>
       </c>
       <c r="L95" s="15">
         <v>0.00537</v>
       </c>
       <c r="M95" s="15">
         <v>0.00515</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D96" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="D96" s="15" t="s">
+      <c r="E96" s="15" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>5000</v>
       </c>
       <c r="K96" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.00716</v>
       </c>
       <c r="M96" s="15">
         <v>0.00689</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D97" s="15" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E97" s="15">
         <v>10080047334</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>10000</v>
       </c>
       <c r="K97" s="15">
         <v>0.01051</v>
       </c>
       <c r="L97" s="15">
         <v>0.008750000000000001</v>
       </c>
       <c r="M97" s="15">
         <v>0.008410000000000001</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
+        <v>246</v>
+      </c>
+      <c r="D98" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="D98" s="15" t="s">
+      <c r="E98" s="15" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>10000</v>
       </c>
       <c r="K98" s="15">
         <v>0.01116</v>
       </c>
       <c r="L98" s="15">
         <v>0.00936</v>
       </c>
       <c r="M98" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="D99" s="15" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="E99" s="15">
         <v>10080070209</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>10000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00872</v>
       </c>
       <c r="L99" s="15">
         <v>0.00669</v>
       </c>
       <c r="M99" s="15">
         <v>0.00669</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="D100" s="15" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E100" s="15">
         <v>10080073983</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00868</v>
       </c>
       <c r="L100" s="15">
         <v>0.00723</v>
       </c>
       <c r="M100" s="15">
         <v>0.00695</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D101" s="15" t="s">
         <v>254</v>
       </c>
-      <c r="D101" s="15" t="s">
+      <c r="E101" s="15" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00739</v>
       </c>
       <c r="L101" s="15">
         <v>0.00739</v>
       </c>
       <c r="M101" s="15">
         <v>0.00739</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D102" s="15" t="s">
         <v>257</v>
       </c>
-      <c r="D102" s="15" t="s">
+      <c r="E102" s="15" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01068</v>
       </c>
       <c r="L102" s="15">
         <v>0.00895</v>
       </c>
       <c r="M102" s="15">
         <v>0.0086</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D103" s="15"/>
       <c r="E103" s="15" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15"/>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>4000</v>
       </c>
       <c r="K103" s="15">
         <v>0.0525</v>
       </c>
       <c r="L103" s="15">
         <v>0.0525</v>
       </c>
       <c r="M103" s="15">
         <v>0.0525</v>
       </c>
       <c r="N103" s="15">
-        <v>12000</v>
+        <v>8000</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D104" s="15"/>
       <c r="E104" s="15" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15"/>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>4000</v>
       </c>
       <c r="K104" s="15">
         <v>0.0525</v>
       </c>
       <c r="L104" s="15">
         <v>0.0525</v>
       </c>
       <c r="M104" s="15">
         <v>0.0525</v>
       </c>
       <c r="N104" s="15">
         <v>8000</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D105" s="15"/>
       <c r="E105" s="15" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15"/>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>4000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0525</v>
       </c>
       <c r="L105" s="15">
         <v>0.0525</v>
       </c>
       <c r="M105" s="15">
         <v>0.0525</v>
       </c>
       <c r="N105" s="15">
         <v>16000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D106" s="15"/>
       <c r="E106" s="15" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15"/>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>4000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0525</v>
       </c>
       <c r="L106" s="15">
         <v>0.0525</v>
       </c>
       <c r="M106" s="15">
         <v>0.0525</v>
       </c>
       <c r="N106" s="15">
-        <v>16000</v>
+        <v>12000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
@@ -5579,317 +5574,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>270</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>273</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>276</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>278</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>279</v>
+        <v>278</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>286</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>287</v>
-      </c>
-[...1 lines deleted...]
-        <v>288</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>