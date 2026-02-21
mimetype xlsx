--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>CN-43JL7-1K</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5%</t>
   </si>
   <si>
     <t>4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% 4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>UT-00091180</t>
   </si>
   <si>
     <t>UNI OHM</t>
   </si>
   <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% RC-ML08W102JT</t>
   </si>
   <si>
-    <t>09.04.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>CN-43JL7-10K</t>
   </si>
   <si>
     <t>0603*4 / CAY16-103J4 (CN-43JL7-10K) 10 кОм 5%</t>
   </si>
   <si>
     <t>RC-ML08W103JT</t>
   </si>
   <si>
     <t>0603*4 / CAY16-103J4 (CN-43JL7-10K) 10 кОм 5% RC-ML08W103JT</t>
   </si>
   <si>
     <t>CN-43JL7-100K</t>
   </si>
   <si>
     <t>CAY16-104J4 (CN-43JL7-100K) 100кОм 5%</t>
   </si>
   <si>
     <t>RC-ML08W104JT</t>
   </si>
   <si>
     <t>CAY16-104J4 (CN-43JL7-100K) 100кОм 5% RC-ML08W104JT</t>
   </si>
@@ -2082,64 +2082,62 @@
       </c>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>61</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080051063</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>5000</v>
       </c>
       <c r="K20" s="15">
-        <v>0.00429</v>
+        <v>0.00435</v>
       </c>
       <c r="L20" s="15">
-        <v>0.00372</v>
+        <v>0.00377</v>
       </c>
       <c r="M20" s="15">
-        <v>0.00358</v>
+        <v>0.00363</v>
       </c>
       <c r="N20" s="15">
-        <v>5000</v>
-[...3 lines deleted...]
-      </c>
+        <v>20000</v>
+      </c>
+      <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10000018712</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I21" s="15"/>
@@ -2203,57 +2201,57 @@
       </c>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
         <v>69</v>
       </c>
       <c r="D23" s="15" t="s">
         <v>70</v>
       </c>
       <c r="E23" s="15">
         <v>10080051064</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>5000</v>
       </c>
       <c r="K23" s="15">
-        <v>0.00399</v>
+        <v>0.00405</v>
       </c>
       <c r="L23" s="15">
-        <v>0.00346</v>
+        <v>0.00351</v>
       </c>
       <c r="M23" s="15">
-        <v>0.00333</v>
+        <v>0.00338</v>
       </c>
       <c r="N23" s="15">
         <v>10000</v>
       </c>
       <c r="O23" s="15">
         <v>15000</v>
       </c>
       <c r="P23" s="15" t="s">
         <v>71</v>
       </c>
       <c r="Q23" s="15"/>
       <c r="R23" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
         <v>72</v>
       </c>
       <c r="D24" s="15" t="s">
         <v>73</v>
       </c>
@@ -3956,51 +3954,51 @@
       <c r="D67" s="15" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="15">
         <v>10080065981</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00401</v>
       </c>
       <c r="L67" s="15">
         <v>0.00347</v>
       </c>
       <c r="M67" s="15">
         <v>0.00334</v>
       </c>
       <c r="N67" s="15">
-        <v>30000</v>
+        <v>25000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>174</v>
       </c>
       <c r="D68" s="15" t="s">
         <v>175</v>
       </c>
       <c r="E68" s="15">
         <v>10080003333</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
@@ -4036,51 +4034,51 @@
       <c r="D69" s="15" t="s">
         <v>177</v>
       </c>
       <c r="E69" s="15">
         <v>10080070143</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00413</v>
       </c>
       <c r="L69" s="15">
         <v>0.00358</v>
       </c>
       <c r="M69" s="15">
         <v>0.00344</v>
       </c>
       <c r="N69" s="15">
-        <v>10000</v>
+        <v>15000</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>178</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>180</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
@@ -4116,51 +4114,51 @@
       <c r="D71" s="15" t="s">
         <v>182</v>
       </c>
       <c r="E71" s="15">
         <v>10080058439</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0041</v>
       </c>
       <c r="L71" s="15">
         <v>0.00355</v>
       </c>
       <c r="M71" s="15">
         <v>0.00341</v>
       </c>
       <c r="N71" s="15">
-        <v>30000</v>
+        <v>25000</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>183</v>
       </c>
       <c r="D72" s="15" t="s">
         <v>184</v>
       </c>
       <c r="E72" s="15" t="s">
         <v>185</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
@@ -4229,51 +4227,51 @@
       <c r="D74" s="15" t="s">
         <v>190</v>
       </c>
       <c r="E74" s="15">
         <v>10080009574</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.00699</v>
       </c>
       <c r="L74" s="15">
         <v>0.00501</v>
       </c>
       <c r="M74" s="15">
         <v>0.00435</v>
       </c>
       <c r="N74" s="15">
-        <v>45000</v>
+        <v>50000</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>191</v>
       </c>
       <c r="D75" s="15" t="s">
         <v>192</v>
       </c>
       <c r="E75" s="15" t="s">
         <v>193</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
         <v>194</v>
@@ -4428,51 +4426,51 @@
       <c r="D79" s="15" t="s">
         <v>202</v>
       </c>
       <c r="E79" s="15">
         <v>10080051070</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
         <v>0.00402</v>
       </c>
       <c r="L79" s="15">
         <v>0.00348</v>
       </c>
       <c r="M79" s="15">
         <v>0.00335</v>
       </c>
       <c r="N79" s="15">
-        <v>35000</v>
+        <v>40000</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>203</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>204</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>205</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
@@ -4865,51 +4863,51 @@
       <c r="D90" s="15" t="s">
         <v>228</v>
       </c>
       <c r="E90" s="15" t="s">
         <v>229</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00699</v>
       </c>
       <c r="L90" s="15">
         <v>0.00501</v>
       </c>
       <c r="M90" s="15">
         <v>0.00435</v>
       </c>
       <c r="N90" s="15">
-        <v>15000</v>
+        <v>25000</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
         <v>230</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>231</v>
       </c>
       <c r="E91" s="15">
         <v>10000018713</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>49</v>
@@ -5448,51 +5446,51 @@
       </c>
       <c r="C105" s="15" t="s">
         <v>263</v>
       </c>
       <c r="D105" s="15"/>
       <c r="E105" s="15" t="s">
         <v>264</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15"/>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>4000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0525</v>
       </c>
       <c r="L105" s="15">
         <v>0.0525</v>
       </c>
       <c r="M105" s="15">
         <v>0.0525</v>
       </c>
       <c r="N105" s="15">
-        <v>16000</v>
+        <v>20000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
         <v>265</v>
       </c>
       <c r="D106" s="15"/>
       <c r="E106" s="15" t="s">
         <v>266</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15"/>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>4000</v>