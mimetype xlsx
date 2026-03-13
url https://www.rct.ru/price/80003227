--- v3 (2026-02-21)
+++ v4 (2026-03-13)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="295">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -229,51 +229,51 @@
   <si>
     <t>CN-43JL7-1K</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5%</t>
   </si>
   <si>
     <t>4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% 4D03WGJ0102T5E</t>
   </si>
   <si>
     <t>UT-00091180</t>
   </si>
   <si>
     <t>UNI OHM</t>
   </si>
   <si>
     <t>RC-ML08W102JT</t>
   </si>
   <si>
     <t>CAY16-102J4 (CN-43JL7-1K) 1 кОм 5% RC-ML08W102JT</t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>CN-43JL7-10K</t>
   </si>
   <si>
     <t>0603*4 / CAY16-103J4 (CN-43JL7-10K) 10 кОм 5%</t>
   </si>
   <si>
     <t>RC-ML08W103JT</t>
   </si>
   <si>
     <t>0603*4 / CAY16-103J4 (CN-43JL7-10K) 10 кОм 5% RC-ML08W103JT</t>
   </si>
   <si>
     <t>CN-43JL7-100K</t>
   </si>
   <si>
     <t>CAY16-104J4 (CN-43JL7-100K) 100кОм 5%</t>
   </si>
   <si>
     <t>RC-ML08W104JT</t>
   </si>
   <si>
     <t>CAY16-104J4 (CN-43JL7-100K) 100кОм 5% RC-ML08W104JT</t>
   </si>
@@ -389,50 +389,53 @@
     <t>CN-43JL7-22R</t>
   </si>
   <si>
     <t>CAY16-220J4 (CN-43JL7-22R) 22 Ом 5%</t>
   </si>
   <si>
     <t>RC-ML08W220JT</t>
   </si>
   <si>
     <t>CAY16-220J4 (CN-43JL7-22R) 22 Ом 5% RC-ML08W220JT</t>
   </si>
   <si>
     <t>4D03WGJ0221T5E</t>
   </si>
   <si>
     <t>CAY16-221J4 (CN-43JL7-220R) 220 Ом 5% 4D03WGJ0221T5E</t>
   </si>
   <si>
     <t>UT-00091179</t>
   </si>
   <si>
     <t>RC-ML08W221JT</t>
   </si>
   <si>
     <t>CAY16-221J4 (CN-43JL7-220R) 220 Ом 5% RC-ML08W221JT</t>
+  </si>
+  <si>
+    <t>22.07.2026</t>
   </si>
   <si>
     <t>CAY16-221J4LF</t>
   </si>
   <si>
     <t>Чип Резистор CAY16-221J4LF</t>
   </si>
   <si>
     <t>10-00069140</t>
   </si>
   <si>
     <t xml:space="preserve">CN-43JL7-220R VIKING, </t>
   </si>
   <si>
     <t>CAY16-222J4 (CN-43 2.2 кОм 5%)</t>
   </si>
   <si>
     <t>Чип Резистор CAY16-222J4 (CN-43 2.2 кОм 5%)</t>
   </si>
   <si>
     <t>CN-43JL7-2K2</t>
   </si>
   <si>
     <t>CAY16-222J4 (CN-43JL7-2K2) 2.2 kОм 5%</t>
   </si>
@@ -2011,51 +2014,51 @@
       <c r="D18" s="15" t="s">
         <v>57</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I18" s="15"/>
       <c r="J18" s="15">
         <v>5000</v>
       </c>
       <c r="K18" s="15">
         <v>0.00699</v>
       </c>
       <c r="L18" s="15">
         <v>0.00501</v>
       </c>
       <c r="M18" s="15">
         <v>0.00435</v>
       </c>
       <c r="N18" s="15">
-        <v>15000</v>
+        <v>10000</v>
       </c>
       <c r="O18" s="15"/>
       <c r="P18" s="15"/>
       <c r="Q18" s="15"/>
       <c r="R18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>59</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>60</v>
       </c>
       <c r="E19" s="15">
         <v>10000023236</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>49</v>
@@ -2091,51 +2094,51 @@
       <c r="D20" s="15" t="s">
         <v>62</v>
       </c>
       <c r="E20" s="15">
         <v>10080051063</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>5000</v>
       </c>
       <c r="K20" s="15">
         <v>0.00435</v>
       </c>
       <c r="L20" s="15">
         <v>0.00377</v>
       </c>
       <c r="M20" s="15">
         <v>0.00363</v>
       </c>
       <c r="N20" s="15">
-        <v>20000</v>
+        <v>15000</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15"/>
       <c r="R20" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
         <v>63</v>
       </c>
       <c r="D21" s="15" t="s">
         <v>64</v>
       </c>
       <c r="E21" s="15">
         <v>10000018712</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>49</v>
@@ -2294,51 +2297,51 @@
       <c r="D25" s="15" t="s">
         <v>75</v>
       </c>
       <c r="E25" s="15">
         <v>10080051908</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>5000</v>
       </c>
       <c r="K25" s="15">
         <v>0.00426</v>
       </c>
       <c r="L25" s="15">
         <v>0.00369</v>
       </c>
       <c r="M25" s="15">
         <v>0.00355</v>
       </c>
       <c r="N25" s="15">
-        <v>30000</v>
+        <v>20000</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
         <v>76</v>
       </c>
       <c r="D26" s="15" t="s">
         <v>77</v>
       </c>
       <c r="E26" s="15">
         <v>10000011521</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>49</v>
@@ -2688,51 +2691,51 @@
       <c r="D35" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E35" s="15">
         <v>10080003332</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15">
         <v>5000</v>
       </c>
       <c r="K35" s="15">
         <v>0.00699</v>
       </c>
       <c r="L35" s="15">
         <v>0.00501</v>
       </c>
       <c r="M35" s="15">
         <v>0.00435</v>
       </c>
       <c r="N35" s="15">
-        <v>15000</v>
+        <v>20000</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>100</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>101</v>
       </c>
       <c r="E36" s="15">
         <v>10080006139</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>49</v>
@@ -3125,2409 +3128,2411 @@
       <c r="D46" s="15" t="s">
         <v>124</v>
       </c>
       <c r="E46" s="15">
         <v>10080051068</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>5000</v>
       </c>
       <c r="K46" s="15">
         <v>0.00399</v>
       </c>
       <c r="L46" s="15">
         <v>0.00346</v>
       </c>
       <c r="M46" s="15">
         <v>0.00333</v>
       </c>
       <c r="N46" s="15"/>
-      <c r="O46" s="15"/>
-      <c r="P46" s="15"/>
+      <c r="O46" s="15">
+        <v>5000</v>
+      </c>
+      <c r="P46" s="15" t="s">
+        <v>125</v>
+      </c>
       <c r="Q46" s="15"/>
       <c r="R46" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J47" s="15">
         <v>5000</v>
       </c>
       <c r="K47" s="15">
         <v>0.00594</v>
       </c>
       <c r="L47" s="15">
         <v>0.00426</v>
       </c>
       <c r="M47" s="15">
         <v>0.0037</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E48" s="15">
         <v>10080002692</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>5000</v>
       </c>
       <c r="K48" s="15">
         <v>0.00699</v>
       </c>
       <c r="L48" s="15">
         <v>0.00501</v>
       </c>
       <c r="M48" s="15">
         <v>0.00435</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E49" s="15">
         <v>10000023237</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>5000</v>
       </c>
       <c r="K49" s="15">
         <v>0.00699</v>
       </c>
       <c r="L49" s="15">
         <v>0.00501</v>
       </c>
       <c r="M49" s="15">
         <v>0.00435</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E50" s="15">
         <v>10080051909</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>5000</v>
       </c>
       <c r="K50" s="15">
         <v>0.00431</v>
       </c>
       <c r="L50" s="15">
         <v>0.00373</v>
       </c>
       <c r="M50" s="15">
         <v>0.00359</v>
       </c>
-      <c r="N50" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E51" s="15">
         <v>10080063370</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>5000</v>
       </c>
       <c r="K51" s="15">
         <v>0.00699</v>
       </c>
       <c r="L51" s="15">
         <v>0.00501</v>
       </c>
       <c r="M51" s="15">
         <v>0.00435</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E52" s="15">
         <v>10000018714</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>5000</v>
       </c>
       <c r="K52" s="15">
         <v>0.00699</v>
       </c>
       <c r="L52" s="15">
         <v>0.00501</v>
       </c>
       <c r="M52" s="15">
         <v>0.00435</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E53" s="15">
         <v>10080051910</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>5000</v>
       </c>
       <c r="K53" s="15">
         <v>0.00612</v>
       </c>
       <c r="L53" s="15">
         <v>0.00443</v>
       </c>
       <c r="M53" s="15">
         <v>0.00386</v>
       </c>
       <c r="N53" s="15">
         <v>5000</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E54" s="15">
         <v>10080006138</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>5000</v>
       </c>
       <c r="K54" s="15">
         <v>0.00699</v>
       </c>
       <c r="L54" s="15">
         <v>0.00501</v>
       </c>
       <c r="M54" s="15">
         <v>0.00435</v>
       </c>
       <c r="N54" s="15">
         <v>10000</v>
       </c>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E55" s="15">
         <v>10080006140</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>5000</v>
       </c>
       <c r="K55" s="15">
         <v>0.00699</v>
       </c>
       <c r="L55" s="15">
         <v>0.00501</v>
       </c>
       <c r="M55" s="15">
         <v>0.00435</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E56" s="15">
         <v>10080053866</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>5000</v>
       </c>
       <c r="K56" s="15">
         <v>0.0042</v>
       </c>
       <c r="L56" s="15">
         <v>0.00364</v>
       </c>
       <c r="M56" s="15">
         <v>0.0035</v>
       </c>
       <c r="N56" s="15">
         <v>5000</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>5000</v>
       </c>
       <c r="K57" s="15">
         <v>0.00699</v>
       </c>
       <c r="L57" s="15">
         <v>0.00501</v>
       </c>
       <c r="M57" s="15">
         <v>0.00435</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>5000</v>
       </c>
       <c r="K58" s="15">
         <v>0.00699</v>
       </c>
       <c r="L58" s="15">
         <v>0.00501</v>
       </c>
       <c r="M58" s="15">
         <v>0.00435</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>0.00699</v>
       </c>
       <c r="L59" s="15">
         <v>0.00501</v>
       </c>
       <c r="M59" s="15">
         <v>0.00435</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>5000</v>
       </c>
       <c r="K60" s="15">
         <v>0.00699</v>
       </c>
       <c r="L60" s="15">
         <v>0.00501</v>
       </c>
       <c r="M60" s="15">
         <v>0.00435</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E61" s="15">
         <v>10080051069</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>5000</v>
       </c>
       <c r="K61" s="15">
         <v>0.00431</v>
       </c>
       <c r="L61" s="15">
         <v>0.00373</v>
       </c>
       <c r="M61" s="15">
         <v>0.00359</v>
       </c>
       <c r="N61" s="15">
         <v>5000</v>
       </c>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E62" s="15">
         <v>10000018600</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>5000</v>
       </c>
       <c r="K62" s="15">
         <v>0.00699</v>
       </c>
       <c r="L62" s="15">
         <v>0.00501</v>
       </c>
       <c r="M62" s="15">
         <v>0.00435</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>5000</v>
       </c>
       <c r="K63" s="15">
         <v>0.00699</v>
       </c>
       <c r="L63" s="15">
         <v>0.00501</v>
       </c>
       <c r="M63" s="15">
         <v>0.00435</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E64" s="15">
         <v>10000018601</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>5000</v>
       </c>
       <c r="K64" s="15">
         <v>0.00699</v>
       </c>
       <c r="L64" s="15">
         <v>0.00501</v>
       </c>
       <c r="M64" s="15">
         <v>0.00435</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E65" s="15">
         <v>10080067837</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>5000</v>
       </c>
       <c r="K65" s="15">
         <v>0.00408</v>
       </c>
       <c r="L65" s="15">
         <v>0.00354</v>
       </c>
       <c r="M65" s="15">
         <v>0.0034</v>
       </c>
       <c r="N65" s="15">
         <v>15000</v>
       </c>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E66" s="15">
         <v>10080012127</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>5000</v>
       </c>
       <c r="K66" s="15">
         <v>0.00699</v>
       </c>
       <c r="L66" s="15">
         <v>0.00501</v>
       </c>
       <c r="M66" s="15">
         <v>0.00435</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E67" s="15">
         <v>10080065981</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>5000</v>
       </c>
       <c r="K67" s="15">
         <v>0.00401</v>
       </c>
       <c r="L67" s="15">
         <v>0.00347</v>
       </c>
       <c r="M67" s="15">
         <v>0.00334</v>
       </c>
       <c r="N67" s="15">
-        <v>25000</v>
+        <v>30000</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E68" s="15">
         <v>10080003333</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>5000</v>
       </c>
       <c r="K68" s="15">
         <v>0.00699</v>
       </c>
       <c r="L68" s="15">
         <v>0.00501</v>
       </c>
       <c r="M68" s="15">
         <v>0.00435</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E69" s="15">
         <v>10080070143</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>5000</v>
       </c>
       <c r="K69" s="15">
         <v>0.00413</v>
       </c>
       <c r="L69" s="15">
         <v>0.00358</v>
       </c>
       <c r="M69" s="15">
         <v>0.00344</v>
       </c>
       <c r="N69" s="15">
         <v>15000</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>5000</v>
       </c>
       <c r="K70" s="15">
         <v>0.00699</v>
       </c>
       <c r="L70" s="15">
         <v>0.00501</v>
       </c>
       <c r="M70" s="15">
         <v>0.00435</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E71" s="15">
         <v>10080058439</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>5000</v>
       </c>
       <c r="K71" s="15">
         <v>0.0041</v>
       </c>
       <c r="L71" s="15">
         <v>0.00355</v>
       </c>
       <c r="M71" s="15">
         <v>0.00341</v>
       </c>
       <c r="N71" s="15">
-        <v>25000</v>
+        <v>30000</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>5000</v>
       </c>
       <c r="K72" s="15">
         <v>0.00594</v>
       </c>
       <c r="L72" s="15">
         <v>0.00426</v>
       </c>
       <c r="M72" s="15">
         <v>0.0037</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>0.00594</v>
       </c>
       <c r="L73" s="15">
         <v>0.00426</v>
       </c>
       <c r="M73" s="15">
         <v>0.0037</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="E74" s="15">
         <v>10080009574</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>5000</v>
       </c>
       <c r="K74" s="15">
         <v>0.00699</v>
       </c>
       <c r="L74" s="15">
         <v>0.00501</v>
       </c>
       <c r="M74" s="15">
         <v>0.00435</v>
       </c>
       <c r="N74" s="15">
-        <v>50000</v>
+        <v>55000</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15">
         <v>5000</v>
       </c>
       <c r="K75" s="15">
         <v>0.00699</v>
       </c>
       <c r="L75" s="15">
         <v>0.00501</v>
       </c>
       <c r="M75" s="15">
         <v>0.00435</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E76" s="15">
         <v>10080044373</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15">
         <v>5000</v>
       </c>
       <c r="K76" s="15">
         <v>0.00699</v>
       </c>
       <c r="L76" s="15">
         <v>0.00501</v>
       </c>
       <c r="M76" s="15">
         <v>0.00435</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E77" s="15">
         <v>10080063857</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>5000</v>
       </c>
       <c r="K77" s="15">
         <v>0.00431</v>
       </c>
       <c r="L77" s="15">
         <v>0.00373</v>
       </c>
       <c r="M77" s="15">
         <v>0.00359</v>
       </c>
       <c r="N77" s="15">
         <v>5000</v>
       </c>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="E78" s="15">
         <v>10000011522</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>5000</v>
       </c>
       <c r="K78" s="15">
         <v>0.00699</v>
       </c>
       <c r="L78" s="15">
         <v>0.00501</v>
       </c>
       <c r="M78" s="15">
         <v>0.00435</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E79" s="15">
         <v>10080051070</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>5000</v>
       </c>
       <c r="K79" s="15">
         <v>0.00402</v>
       </c>
       <c r="L79" s="15">
         <v>0.00348</v>
       </c>
       <c r="M79" s="15">
         <v>0.00335</v>
       </c>
       <c r="N79" s="15">
-        <v>40000</v>
+        <v>50000</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>0.00699</v>
       </c>
       <c r="L80" s="15">
         <v>0.00501</v>
       </c>
       <c r="M80" s="15">
         <v>0.00435</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E81" s="15">
         <v>10000011520</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>5000</v>
       </c>
       <c r="K81" s="15">
         <v>0.00699</v>
       </c>
       <c r="L81" s="15">
         <v>0.00501</v>
       </c>
       <c r="M81" s="15">
         <v>0.00435</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E82" s="15">
         <v>10080051071</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>5000</v>
       </c>
       <c r="K82" s="15">
         <v>0.00408</v>
       </c>
       <c r="L82" s="15">
         <v>0.00354</v>
       </c>
       <c r="M82" s="15">
         <v>0.0034</v>
       </c>
       <c r="N82" s="15">
         <v>5000</v>
       </c>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E83" s="15">
         <v>10080051383</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>5000</v>
       </c>
       <c r="K83" s="15">
         <v>0.00423</v>
       </c>
       <c r="L83" s="15">
         <v>0.00367</v>
       </c>
       <c r="M83" s="15">
         <v>0.00353</v>
       </c>
       <c r="N83" s="15">
         <v>5000</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>5000</v>
       </c>
       <c r="K84" s="15">
         <v>0.00699</v>
       </c>
       <c r="L84" s="15">
         <v>0.00501</v>
       </c>
       <c r="M84" s="15">
         <v>0.00435</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="E85" s="15">
         <v>10080006077</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>5000</v>
       </c>
       <c r="K85" s="15">
         <v>0.00699</v>
       </c>
       <c r="L85" s="15">
         <v>0.00501</v>
       </c>
       <c r="M85" s="15">
         <v>0.00435</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>5000</v>
       </c>
       <c r="K86" s="15">
         <v>0.00699</v>
       </c>
       <c r="L86" s="15">
         <v>0.00501</v>
       </c>
       <c r="M86" s="15">
         <v>0.00435</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E87" s="15">
         <v>10080051072</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>5000</v>
       </c>
       <c r="K87" s="15">
         <v>0.00699</v>
       </c>
       <c r="L87" s="15">
         <v>0.00501</v>
       </c>
       <c r="M87" s="15">
         <v>0.00435</v>
       </c>
       <c r="N87" s="15">
         <v>10000</v>
       </c>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E88" s="15">
         <v>10080033158</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>5000</v>
       </c>
       <c r="K88" s="15">
         <v>0.00699</v>
       </c>
       <c r="L88" s="15">
         <v>0.00501</v>
       </c>
       <c r="M88" s="15">
         <v>0.00435</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>5000</v>
       </c>
       <c r="K89" s="15">
         <v>0.0042</v>
       </c>
       <c r="L89" s="15">
         <v>0.00364</v>
       </c>
       <c r="M89" s="15">
         <v>0.0035</v>
       </c>
       <c r="N89" s="15">
         <v>5000</v>
       </c>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>5000</v>
       </c>
       <c r="K90" s="15">
         <v>0.00699</v>
       </c>
       <c r="L90" s="15">
         <v>0.00501</v>
       </c>
       <c r="M90" s="15">
         <v>0.00435</v>
       </c>
       <c r="N90" s="15">
-        <v>25000</v>
+        <v>20000</v>
       </c>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E91" s="15">
         <v>10000018713</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>5000</v>
       </c>
       <c r="K91" s="15">
         <v>0.00699</v>
       </c>
       <c r="L91" s="15">
         <v>0.00501</v>
       </c>
       <c r="M91" s="15">
         <v>0.00435</v>
       </c>
       <c r="N91" s="15">
         <v>10000</v>
       </c>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E92" s="15">
         <v>10000018602</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>5000</v>
       </c>
       <c r="K92" s="15">
         <v>0.00699</v>
       </c>
       <c r="L92" s="15">
         <v>0.00501</v>
       </c>
       <c r="M92" s="15">
         <v>0.00435</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>5000</v>
       </c>
       <c r="K93" s="15">
         <v>0.00413</v>
       </c>
       <c r="L93" s="15">
         <v>0.00358</v>
       </c>
       <c r="M93" s="15">
         <v>0.00344</v>
       </c>
       <c r="N93" s="15">
         <v>5000</v>
       </c>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="E94" s="15">
         <v>10080045648</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>10000</v>
       </c>
       <c r="K94" s="15">
         <v>0.00654</v>
       </c>
       <c r="L94" s="15">
         <v>0.00537</v>
       </c>
       <c r="M94" s="15">
         <v>0.00515</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E95" s="15">
         <v>10080045647</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15" t="s">
         <v>49</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>10000</v>
       </c>
       <c r="K95" s="15">
         <v>0.00654</v>
       </c>
       <c r="L95" s="15">
         <v>0.00537</v>
       </c>
       <c r="M95" s="15">
         <v>0.00515</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15" t="s">
         <v>52</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>5000</v>
       </c>
       <c r="K96" s="15">
         <v>0.008540000000000001</v>
       </c>
       <c r="L96" s="15">
         <v>0.00716</v>
       </c>
       <c r="M96" s="15">
         <v>0.00689</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E97" s="15">
         <v>10080047334</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>10000</v>
       </c>
       <c r="K97" s="15">
         <v>0.01051</v>
       </c>
       <c r="L97" s="15">
         <v>0.008750000000000001</v>
       </c>
       <c r="M97" s="15">
         <v>0.008410000000000001</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15">
         <v>10000</v>
       </c>
       <c r="K98" s="15">
         <v>0.01116</v>
       </c>
       <c r="L98" s="15">
         <v>0.00936</v>
       </c>
       <c r="M98" s="15">
         <v>0.008999999999999999</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E99" s="15">
         <v>10080070209</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15">
         <v>10000</v>
       </c>
       <c r="K99" s="15">
         <v>0.00872</v>
       </c>
       <c r="L99" s="15">
         <v>0.00669</v>
       </c>
       <c r="M99" s="15">
         <v>0.00669</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E100" s="15">
         <v>10080073983</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>5000</v>
       </c>
       <c r="K100" s="15">
         <v>0.00868</v>
       </c>
       <c r="L100" s="15">
         <v>0.00723</v>
       </c>
       <c r="M100" s="15">
         <v>0.00695</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>5000</v>
       </c>
       <c r="K101" s="15">
         <v>0.00739</v>
       </c>
       <c r="L101" s="15">
         <v>0.00739</v>
       </c>
       <c r="M101" s="15">
         <v>0.00739</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>5000</v>
       </c>
       <c r="K102" s="15">
         <v>0.01068</v>
       </c>
       <c r="L102" s="15">
         <v>0.00895</v>
       </c>
       <c r="M102" s="15">
         <v>0.0086</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="D103" s="15"/>
       <c r="E103" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15"/>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>4000</v>
       </c>
       <c r="K103" s="15">
         <v>0.0525</v>
       </c>
       <c r="L103" s="15">
         <v>0.0525</v>
       </c>
       <c r="M103" s="15">
         <v>0.0525</v>
       </c>
       <c r="N103" s="15">
-        <v>8000</v>
+        <v>12000</v>
       </c>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D104" s="15"/>
       <c r="E104" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15"/>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>4000</v>
       </c>
       <c r="K104" s="15">
         <v>0.0525</v>
       </c>
       <c r="L104" s="15">
         <v>0.0525</v>
       </c>
       <c r="M104" s="15">
         <v>0.0525</v>
       </c>
       <c r="N104" s="15">
         <v>8000</v>
       </c>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D105" s="15"/>
       <c r="E105" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15"/>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>4000</v>
       </c>
       <c r="K105" s="15">
         <v>0.0525</v>
       </c>
       <c r="L105" s="15">
         <v>0.0525</v>
       </c>
       <c r="M105" s="15">
         <v>0.0525</v>
       </c>
       <c r="N105" s="15">
         <v>20000</v>
       </c>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D106" s="15"/>
       <c r="E106" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15"/>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>4000</v>
       </c>
       <c r="K106" s="15">
         <v>0.0525</v>
       </c>
       <c r="L106" s="15">
         <v>0.0525</v>
       </c>
       <c r="M106" s="15">
         <v>0.0525</v>
       </c>
       <c r="N106" s="15">
-        <v>12000</v>
+        <v>16000</v>
       </c>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14"/>
       <c r="C107" s="15"/>
       <c r="D107" s="15"/>
       <c r="E107" s="15"/>
       <c r="F107" s="15"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15"/>
       <c r="L107" s="15"/>
       <c r="M107" s="15"/>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
@@ -5572,317 +5577,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>