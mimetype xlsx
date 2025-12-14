--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>12.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2478,51 +2478,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>2.1</v>
       </c>
       <c r="L14" s="15">
         <v>1.76</v>
       </c>
       <c r="M14" s="15">
         <v>1.69</v>
       </c>
       <c r="N14" s="15">
-        <v>316</v>
+        <v>360</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -3777,61 +3777,61 @@
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
-        <v>1.66</v>
+        <v>1.71</v>
       </c>
       <c r="L48" s="15">
-        <v>1.39</v>
+        <v>1.43</v>
       </c>
       <c r="M48" s="15">
-        <v>1.34</v>
+        <v>1.38</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="P48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H49" s="15" t="s">
@@ -4605,51 +4605,51 @@
       <c r="D69" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>2.2</v>
       </c>
       <c r="L69" s="15">
         <v>2.2</v>
       </c>
       <c r="M69" s="15">
         <v>2.2</v>
       </c>
       <c r="N69" s="15">
-        <v>385</v>
+        <v>420</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
@@ -4960,51 +4960,51 @@
       </c>
       <c r="E78" s="15">
         <v>10080006106</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>227</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>4.44</v>
       </c>
       <c r="L78" s="15">
         <v>4.44</v>
       </c>
       <c r="M78" s="15">
         <v>4.44</v>
       </c>
       <c r="N78" s="15">
-        <v>711</v>
+        <v>655</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>222</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
@@ -5224,57 +5224,57 @@
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
         <v>254</v>
       </c>
       <c r="D85" s="15" t="s">
         <v>255</v>
       </c>
       <c r="E85" s="15" t="s">
         <v>256</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>10</v>
       </c>
       <c r="K85" s="15">
-        <v>2.64</v>
+        <v>1.82</v>
       </c>
       <c r="L85" s="15">
-        <v>2.21</v>
+        <v>1.82</v>
       </c>
       <c r="M85" s="15">
-        <v>2.13</v>
+        <v>1.82</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
         <v>257</v>
       </c>
       <c r="D86" s="15" t="s">
         <v>258</v>
       </c>
       <c r="E86" s="15" t="s">
         <v>259</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
@@ -6857,57 +6857,57 @@
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>382</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>81.04000000000001</v>
+        <v>83.55</v>
       </c>
       <c r="L128" s="15">
-        <v>67.97</v>
+        <v>70.08</v>
       </c>
       <c r="M128" s="15">
-        <v>65.34999999999999</v>
+        <v>67.38</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15" t="s">
         <v>383</v>
       </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>322</v>
@@ -7326,51 +7326,51 @@
       </c>
       <c r="E140" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>326</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>15</v>
       </c>
       <c r="K140" s="15">
         <v>6.33</v>
       </c>
       <c r="L140" s="15">
         <v>6.05</v>
       </c>
       <c r="M140" s="15">
         <v>6.05</v>
       </c>
       <c r="N140" s="15">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>417</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>418</v>
       </c>
       <c r="E141" s="15">
         <v>10080000262</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>419</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>