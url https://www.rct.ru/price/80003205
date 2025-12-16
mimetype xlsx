--- v1 (2025-12-14)
+++ v2 (2025-12-16)
@@ -25,51 +25,51 @@
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>12.12.2025</t>
+    <t>16.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -2478,51 +2478,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>2.1</v>
       </c>
       <c r="L14" s="15">
         <v>1.76</v>
       </c>
       <c r="M14" s="15">
         <v>1.69</v>
       </c>
       <c r="N14" s="15">
-        <v>360</v>
+        <v>264</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -3777,61 +3777,61 @@
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
-        <v>1.71</v>
+        <v>1.67</v>
       </c>
       <c r="L48" s="15">
-        <v>1.43</v>
+        <v>1.4</v>
       </c>
       <c r="M48" s="15">
-        <v>1.38</v>
+        <v>1.35</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>280</v>
+        <v>236</v>
       </c>
       <c r="P48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H49" s="15" t="s">
@@ -4605,51 +4605,51 @@
       <c r="D69" s="15" t="s">
         <v>206</v>
       </c>
       <c r="E69" s="15" t="s">
         <v>207</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>2.2</v>
       </c>
       <c r="L69" s="15">
         <v>2.2</v>
       </c>
       <c r="M69" s="15">
         <v>2.2</v>
       </c>
       <c r="N69" s="15">
-        <v>420</v>
+        <v>335</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>208</v>
       </c>
       <c r="D70" s="15" t="s">
         <v>209</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>210</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>179</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
@@ -4960,51 +4960,51 @@
       </c>
       <c r="E78" s="15">
         <v>10080006106</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
         <v>227</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>4.44</v>
       </c>
       <c r="L78" s="15">
         <v>4.44</v>
       </c>
       <c r="M78" s="15">
         <v>4.44</v>
       </c>
       <c r="N78" s="15">
-        <v>655</v>
+        <v>730</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
         <v>236</v>
       </c>
       <c r="D79" s="15" t="s">
         <v>237</v>
       </c>
       <c r="E79" s="15" t="s">
         <v>238</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>222</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
@@ -6857,57 +6857,57 @@
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
         <v>380</v>
       </c>
       <c r="D128" s="15" t="s">
         <v>381</v>
       </c>
       <c r="E128" s="15" t="s">
         <v>382</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>83.55</v>
+        <v>81.63</v>
       </c>
       <c r="L128" s="15">
-        <v>70.08</v>
+        <v>68.47</v>
       </c>
       <c r="M128" s="15">
-        <v>67.38</v>
+        <v>65.83</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15" t="s">
         <v>383</v>
       </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
         <v>384</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
         <v>322</v>
@@ -7326,51 +7326,51 @@
       </c>
       <c r="E140" s="15" t="s">
         <v>416</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
         <v>326</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>15</v>
       </c>
       <c r="K140" s="15">
         <v>6.33</v>
       </c>
       <c r="L140" s="15">
         <v>6.05</v>
       </c>
       <c r="M140" s="15">
         <v>6.05</v>
       </c>
       <c r="N140" s="15">
-        <v>172</v>
+        <v>160</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
         <v>417</v>
       </c>
       <c r="D141" s="15" t="s">
         <v>418</v>
       </c>
       <c r="E141" s="15">
         <v>10080000262</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>419</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>