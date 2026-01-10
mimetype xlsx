--- v2 (2025-12-16)
+++ v3 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>16.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -479,50 +479,53 @@
     <t>фикс вход 24V, выход 5V 200mA, изоляция 1000VDC, 1W / B2405D-1WR3</t>
   </si>
   <si>
     <t>UT-00140132</t>
   </si>
   <si>
     <t>CONV DIP 12.7x10</t>
   </si>
   <si>
     <t>B2405LS-1WR2</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR2 снято с производства</t>
   </si>
   <si>
     <t>10-00009796</t>
   </si>
   <si>
     <t>B2405LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR3</t>
   </si>
   <si>
     <t>UT-00120094</t>
+  </si>
+  <si>
+    <t>12.01.2026</t>
   </si>
   <si>
     <t>B2405S-1W</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V, изоляция 1000VDC, 1W / B2405S-1W</t>
   </si>
   <si>
     <t xml:space="preserve">AM1S-2405SZ AIMTEC, </t>
   </si>
   <si>
     <t>B2405S-1WR3</t>
   </si>
   <si>
     <t>вход: 24VDC; выход: 5.0VDC 200mA 1W; изол. 1500VDC / B2405S-1WR3</t>
   </si>
   <si>
     <t>UT-00143596</t>
   </si>
   <si>
     <t>B2405S-2WR3</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V, изоляция 1500VDC, 2W / B2405S-2WR3</t>
   </si>
@@ -2469,60 +2472,60 @@
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
-        <v>2.1</v>
+        <v>1.6</v>
       </c>
       <c r="L14" s="15">
-        <v>1.76</v>
+        <v>1.45</v>
       </c>
       <c r="M14" s="15">
-        <v>1.69</v>
+        <v>1.37</v>
       </c>
       <c r="N14" s="15">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -3777,61 +3780,61 @@
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
         <v>141</v>
       </c>
       <c r="D48" s="15" t="s">
         <v>142</v>
       </c>
       <c r="E48" s="15" t="s">
         <v>143</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>25</v>
       </c>
       <c r="K48" s="15">
-        <v>1.67</v>
+        <v>1.34</v>
       </c>
       <c r="L48" s="15">
-        <v>1.4</v>
+        <v>1.16</v>
       </c>
       <c r="M48" s="15">
-        <v>1.35</v>
+        <v>1.11</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15">
-        <v>236</v>
+        <v>210</v>
       </c>
       <c r="P48" s="15" t="s">
         <v>144</v>
       </c>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H49" s="15" t="s">
@@ -3908,4382 +3911,4386 @@
       <c r="E51" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>10</v>
       </c>
       <c r="K51" s="15">
         <v>1.49</v>
       </c>
       <c r="L51" s="15">
         <v>1.25</v>
       </c>
       <c r="M51" s="15">
         <v>1.21</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
-      <c r="P51" s="15"/>
+      <c r="P51" s="15" t="s">
+        <v>155</v>
+      </c>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E52" s="15">
         <v>10080001483</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J52" s="15">
         <v>10</v>
       </c>
       <c r="K52" s="15">
         <v>2.54</v>
       </c>
       <c r="L52" s="15">
         <v>2.13</v>
       </c>
       <c r="M52" s="15">
         <v>2.05</v>
       </c>
       <c r="N52" s="15">
         <v>1</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>10</v>
       </c>
       <c r="K53" s="15">
         <v>1.33</v>
       </c>
       <c r="L53" s="15">
         <v>1.12</v>
       </c>
       <c r="M53" s="15">
         <v>1.08</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>25</v>
       </c>
       <c r="K54" s="15">
         <v>2.66</v>
       </c>
       <c r="L54" s="15">
         <v>2.23</v>
       </c>
       <c r="M54" s="15">
         <v>2.14</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>38</v>
       </c>
       <c r="K55" s="15">
         <v>1.85</v>
       </c>
       <c r="L55" s="15">
         <v>1.55</v>
       </c>
       <c r="M55" s="15">
         <v>1.49</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>10</v>
       </c>
       <c r="K56" s="15">
         <v>1.33</v>
       </c>
       <c r="L56" s="15">
         <v>1.11</v>
       </c>
       <c r="M56" s="15">
         <v>1.07</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>2.23</v>
       </c>
       <c r="L57" s="15">
         <v>1.87</v>
       </c>
       <c r="M57" s="15">
         <v>1.8</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E58" s="15">
         <v>10080000643</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15"/>
       <c r="K58" s="15">
         <v>3.05</v>
       </c>
       <c r="L58" s="15">
         <v>2.94</v>
       </c>
       <c r="M58" s="15">
         <v>2.82</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>38</v>
       </c>
       <c r="K59" s="15">
         <v>1.88</v>
       </c>
       <c r="L59" s="15">
         <v>1.63</v>
       </c>
       <c r="M59" s="15">
         <v>1.56</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
         <v>148</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>14</v>
       </c>
       <c r="K60" s="15">
         <v>1.73</v>
       </c>
       <c r="L60" s="15">
         <v>1.45</v>
       </c>
       <c r="M60" s="15">
         <v>1.4</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>26</v>
       </c>
       <c r="K61" s="15">
         <v>2.36</v>
       </c>
       <c r="L61" s="15">
         <v>1.98</v>
       </c>
       <c r="M61" s="15">
         <v>1.9</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>25</v>
       </c>
       <c r="K62" s="15">
         <v>2.17</v>
       </c>
       <c r="L62" s="15">
         <v>1.82</v>
       </c>
       <c r="M62" s="15">
         <v>1.75</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E63" s="15">
         <v>10080003052</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
         <v>3.9</v>
       </c>
       <c r="L63" s="15">
         <v>3.9</v>
       </c>
       <c r="M63" s="15">
         <v>3.9</v>
       </c>
       <c r="N63" s="15">
         <v>20</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15"/>
       <c r="K64" s="15">
         <v>2.81</v>
       </c>
       <c r="L64" s="15">
         <v>2.36</v>
       </c>
       <c r="M64" s="15">
         <v>2.27</v>
       </c>
       <c r="N64" s="15"/>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>25</v>
       </c>
       <c r="K65" s="15">
         <v>4.63</v>
       </c>
       <c r="L65" s="15">
         <v>3.89</v>
       </c>
       <c r="M65" s="15">
         <v>3.74</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E66" s="15">
         <v>10080036782</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
         <v>9.07</v>
       </c>
       <c r="L66" s="15">
         <v>6.35</v>
       </c>
       <c r="M66" s="15">
         <v>5.9</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15"/>
       <c r="K67" s="15">
         <v>1.2</v>
       </c>
       <c r="L67" s="15">
         <v>1.2</v>
       </c>
       <c r="M67" s="15">
         <v>1.2</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
-      <c r="P67" s="15"/>
+      <c r="P67" s="15" t="s">
+        <v>3</v>
+      </c>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E68" s="15">
         <v>10080001661</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>3.88</v>
       </c>
       <c r="L68" s="15">
         <v>3.74</v>
       </c>
       <c r="M68" s="15">
         <v>3.59</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>2.2</v>
       </c>
       <c r="L69" s="15">
         <v>2.2</v>
       </c>
       <c r="M69" s="15">
         <v>2.2</v>
       </c>
       <c r="N69" s="15">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>500</v>
       </c>
       <c r="K70" s="15">
         <v>2.67</v>
       </c>
       <c r="L70" s="15">
         <v>2.24</v>
       </c>
       <c r="M70" s="15">
         <v>2.16</v>
       </c>
       <c r="N70" s="15"/>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>2.48</v>
       </c>
       <c r="L71" s="15">
         <v>2.08</v>
       </c>
       <c r="M71" s="15">
         <v>2</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15">
         <v>6.98</v>
       </c>
       <c r="L72" s="15">
         <v>5.82</v>
       </c>
       <c r="M72" s="15">
         <v>0</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>10</v>
       </c>
       <c r="K73" s="15">
         <v>2.43</v>
       </c>
       <c r="L73" s="15">
         <v>2.04</v>
       </c>
       <c r="M73" s="15">
         <v>1.96</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E74" s="15">
         <v>10080002924</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="J74" s="15">
         <v>10</v>
       </c>
       <c r="K74" s="15">
         <v>4.2</v>
       </c>
       <c r="L74" s="15">
         <v>4.2</v>
       </c>
       <c r="M74" s="15">
         <v>4.2</v>
       </c>
       <c r="N74" s="15">
         <v>9</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="E75" s="15" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15">
         <v>5.31</v>
       </c>
       <c r="L75" s="15">
         <v>4.45</v>
       </c>
       <c r="M75" s="15">
         <v>4.28</v>
       </c>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="E76" s="15">
         <v>10080001550</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J76" s="15">
         <v>12</v>
       </c>
       <c r="K76" s="15">
         <v>7.2</v>
       </c>
       <c r="L76" s="15">
         <v>5.04</v>
       </c>
       <c r="M76" s="15">
         <v>4.68</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E77" s="15">
         <v>10080038020</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15"/>
       <c r="J77" s="15">
         <v>25</v>
       </c>
       <c r="K77" s="15">
         <v>6.86</v>
       </c>
       <c r="L77" s="15">
         <v>4.8</v>
       </c>
       <c r="M77" s="15">
         <v>4.46</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E78" s="15">
         <v>10080006106</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>21</v>
       </c>
       <c r="K78" s="15">
         <v>4.44</v>
       </c>
       <c r="L78" s="15">
         <v>4.44</v>
       </c>
       <c r="M78" s="15">
         <v>4.44</v>
       </c>
       <c r="N78" s="15">
-        <v>730</v>
+        <v>683</v>
       </c>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E79" s="15" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15"/>
       <c r="K79" s="15">
         <v>2.99</v>
       </c>
       <c r="L79" s="15">
         <v>2.59</v>
       </c>
       <c r="M79" s="15">
         <v>2.49</v>
       </c>
       <c r="N79" s="15"/>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>3.31</v>
       </c>
       <c r="L80" s="15">
         <v>3.31</v>
       </c>
       <c r="M80" s="15">
         <v>3.31</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15">
         <v>25</v>
       </c>
       <c r="K81" s="15">
         <v>9.02</v>
       </c>
       <c r="L81" s="15">
         <v>7.57</v>
       </c>
       <c r="M81" s="15">
         <v>7.28</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E82" s="15">
         <v>10080000281</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J82" s="15"/>
       <c r="K82" s="15">
         <v>4.09</v>
       </c>
       <c r="L82" s="15">
         <v>3.93</v>
       </c>
       <c r="M82" s="15">
         <v>3.78</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E83" s="15">
         <v>10080005737</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15"/>
       <c r="J83" s="15">
         <v>7</v>
       </c>
       <c r="K83" s="15">
         <v>4.94</v>
       </c>
       <c r="L83" s="15">
         <v>4.94</v>
       </c>
       <c r="M83" s="15">
         <v>4.94</v>
       </c>
       <c r="N83" s="15">
         <v>49</v>
       </c>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E84" s="15" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>25</v>
       </c>
       <c r="K84" s="15">
         <v>2.22</v>
       </c>
       <c r="L84" s="15">
         <v>1.86</v>
       </c>
       <c r="M84" s="15">
         <v>1.79</v>
       </c>
       <c r="N84" s="15"/>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>10</v>
       </c>
       <c r="K85" s="15">
         <v>1.82</v>
       </c>
       <c r="L85" s="15">
         <v>1.82</v>
       </c>
       <c r="M85" s="15">
         <v>1.82</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>10</v>
       </c>
       <c r="K86" s="15">
         <v>2.47</v>
       </c>
       <c r="L86" s="15">
         <v>2.44</v>
       </c>
       <c r="M86" s="15">
         <v>2.34</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15"/>
       <c r="K87" s="15">
         <v>3.25</v>
       </c>
       <c r="L87" s="15">
         <v>2.73</v>
       </c>
       <c r="M87" s="15">
         <v>2.62</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15">
         <v>25</v>
       </c>
       <c r="K88" s="15">
         <v>2.3</v>
       </c>
       <c r="L88" s="15">
         <v>2.3</v>
       </c>
       <c r="M88" s="15">
         <v>2.3</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E89" s="15">
         <v>10080001544</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15"/>
       <c r="K89" s="15">
         <v>4.56</v>
       </c>
       <c r="L89" s="15">
         <v>4.39</v>
       </c>
       <c r="M89" s="15">
         <v>4.22</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E90" s="15" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15">
         <v>60</v>
       </c>
       <c r="K90" s="15">
         <v>4.39</v>
       </c>
       <c r="L90" s="15">
         <v>3.68</v>
       </c>
       <c r="M90" s="15">
         <v>3.54</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>44</v>
       </c>
       <c r="K91" s="15">
         <v>2.16</v>
       </c>
       <c r="L91" s="15">
         <v>1.81</v>
       </c>
       <c r="M91" s="15">
         <v>1.74</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>60</v>
       </c>
       <c r="K92" s="15">
         <v>3.96</v>
       </c>
       <c r="L92" s="15">
         <v>3.32</v>
       </c>
       <c r="M92" s="15">
         <v>3.19</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>43</v>
       </c>
       <c r="K93" s="15">
         <v>2.04</v>
       </c>
       <c r="L93" s="15">
         <v>1.71</v>
       </c>
       <c r="M93" s="15">
         <v>1.64</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E94" s="15">
         <v>10080000278</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="J94" s="15"/>
       <c r="K94" s="15">
         <v>7.46</v>
       </c>
       <c r="L94" s="15">
         <v>7.19</v>
       </c>
       <c r="M94" s="15">
         <v>6.91</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E95" s="15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15"/>
       <c r="J95" s="15">
         <v>44</v>
       </c>
       <c r="K95" s="15">
         <v>2.01</v>
       </c>
       <c r="L95" s="15">
         <v>1.74</v>
       </c>
       <c r="M95" s="15">
         <v>1.67</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>15</v>
       </c>
       <c r="K96" s="15">
         <v>5.4</v>
       </c>
       <c r="L96" s="15">
         <v>4.53</v>
       </c>
       <c r="M96" s="15">
         <v>4.36</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="E97" s="15">
         <v>10080000277</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J97" s="15"/>
       <c r="K97" s="15">
         <v>6.33</v>
       </c>
       <c r="L97" s="15">
         <v>6.1</v>
       </c>
       <c r="M97" s="15">
         <v>5.86</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E98" s="15" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15"/>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>1.83</v>
       </c>
       <c r="L98" s="15">
         <v>1.54</v>
       </c>
       <c r="M98" s="15">
         <v>1.48</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>1.49</v>
       </c>
       <c r="L99" s="15">
         <v>1.49</v>
       </c>
       <c r="M99" s="15">
         <v>1.49</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15">
         <v>400</v>
       </c>
       <c r="K100" s="15">
         <v>1.33</v>
       </c>
       <c r="L100" s="15">
         <v>1.12</v>
       </c>
       <c r="M100" s="15">
         <v>1.07</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>15</v>
       </c>
       <c r="K101" s="15">
         <v>5.4</v>
       </c>
       <c r="L101" s="15">
         <v>4.53</v>
       </c>
       <c r="M101" s="15">
         <v>4.36</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>44</v>
       </c>
       <c r="K102" s="15">
         <v>1.84</v>
       </c>
       <c r="L102" s="15">
         <v>1.59</v>
       </c>
       <c r="M102" s="15">
         <v>1.53</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>15</v>
       </c>
       <c r="K103" s="15">
         <v>5.4</v>
       </c>
       <c r="L103" s="15">
         <v>4.53</v>
       </c>
       <c r="M103" s="15">
         <v>4.36</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>374</v>
       </c>
       <c r="K104" s="15">
         <v>1.18</v>
       </c>
       <c r="L104" s="15">
         <v>0.98582</v>
       </c>
       <c r="M104" s="15">
         <v>0.9479</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15"/>
       <c r="K105" s="15">
         <v>11.49</v>
       </c>
       <c r="L105" s="15">
         <v>9.130000000000001</v>
       </c>
       <c r="M105" s="15">
         <v>8.789999999999999</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15">
         <v>126</v>
       </c>
       <c r="K106" s="15">
         <v>7.92</v>
       </c>
       <c r="L106" s="15">
         <v>6.64</v>
       </c>
       <c r="M106" s="15">
         <v>6.39</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E107" s="15">
         <v>10080006112</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H107" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15"/>
       <c r="K107" s="15">
         <v>13.72</v>
       </c>
       <c r="L107" s="15">
         <v>13.21</v>
       </c>
       <c r="M107" s="15">
         <v>12.71</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E108" s="15">
         <v>10080002469</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>16.5</v>
       </c>
       <c r="L108" s="15">
         <v>15.89</v>
       </c>
       <c r="M108" s="15">
         <v>15.28</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="E109" s="15">
         <v>10080002408</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15">
         <v>6</v>
       </c>
       <c r="K109" s="15">
         <v>13.28</v>
       </c>
       <c r="L109" s="15">
         <v>12.79</v>
       </c>
       <c r="M109" s="15">
         <v>12.29</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E110" s="15">
         <v>10080006104</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15"/>
       <c r="K110" s="15">
         <v>13.26</v>
       </c>
       <c r="L110" s="15">
         <v>12.77</v>
       </c>
       <c r="M110" s="15">
         <v>12.28</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="E111" s="15">
         <v>10080006113</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>13.72</v>
       </c>
       <c r="L111" s="15">
         <v>13.21</v>
       </c>
       <c r="M111" s="15">
         <v>12.71</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E112" s="15" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>5.57</v>
       </c>
       <c r="L112" s="15">
         <v>4.64</v>
       </c>
       <c r="M112" s="15">
         <v>4.46</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>4.8</v>
       </c>
       <c r="L113" s="15">
         <v>4.03</v>
       </c>
       <c r="M113" s="15">
         <v>3.87</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>28.07</v>
       </c>
       <c r="L114" s="15">
         <v>19.65</v>
       </c>
       <c r="M114" s="15">
         <v>18.25</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E115" s="15">
         <v>10000022756</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>16.7</v>
       </c>
       <c r="L115" s="15">
         <v>16.08</v>
       </c>
       <c r="M115" s="15">
         <v>15.47</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E116" s="15">
         <v>10080000283</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>16.7</v>
       </c>
       <c r="L116" s="15">
         <v>16.08</v>
       </c>
       <c r="M116" s="15">
         <v>15.47</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E117" s="15" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15">
         <v>15</v>
       </c>
       <c r="K117" s="15">
         <v>10.5</v>
       </c>
       <c r="L117" s="15">
         <v>8.81</v>
       </c>
       <c r="M117" s="15">
         <v>8.470000000000001</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>20</v>
       </c>
       <c r="K118" s="15">
         <v>9.9</v>
       </c>
       <c r="L118" s="15">
         <v>8.300000000000001</v>
       </c>
       <c r="M118" s="15">
         <v>7.98</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E119" s="15">
         <v>10080003353</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15"/>
       <c r="K119" s="15">
         <v>25.77</v>
       </c>
       <c r="L119" s="15">
         <v>24.81</v>
       </c>
       <c r="M119" s="15">
         <v>23.86</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E120" s="15">
         <v>10080000285</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15">
         <v>23.1</v>
       </c>
       <c r="L120" s="15">
         <v>22.24</v>
       </c>
       <c r="M120" s="15">
         <v>21.39</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="E121" s="15" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15">
         <v>19</v>
       </c>
       <c r="K121" s="15">
         <v>17.24</v>
       </c>
       <c r="L121" s="15">
         <v>14.46</v>
       </c>
       <c r="M121" s="15">
         <v>13.9</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="E122" s="15">
         <v>10080003354</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15"/>
       <c r="K122" s="15">
         <v>25.77</v>
       </c>
       <c r="L122" s="15">
         <v>24.81</v>
       </c>
       <c r="M122" s="15">
         <v>23.86</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="E123" s="15">
         <v>10080003357</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15">
         <v>7</v>
       </c>
       <c r="K123" s="15">
         <v>18.86</v>
       </c>
       <c r="L123" s="15">
         <v>18.04</v>
       </c>
       <c r="M123" s="15">
         <v>18.04</v>
       </c>
       <c r="N123" s="15">
         <v>6</v>
       </c>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="E124" s="15" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>10</v>
       </c>
       <c r="K124" s="15">
         <v>5.2</v>
       </c>
       <c r="L124" s="15">
         <v>5.2</v>
       </c>
       <c r="M124" s="15">
         <v>5.2</v>
       </c>
       <c r="N124" s="15"/>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>10</v>
       </c>
       <c r="K125" s="15">
         <v>14.14</v>
       </c>
       <c r="L125" s="15">
         <v>14.14</v>
       </c>
       <c r="M125" s="15">
         <v>14.14</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E126" s="15">
         <v>10080003356</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>7</v>
       </c>
       <c r="K126" s="15">
         <v>25.77</v>
       </c>
       <c r="L126" s="15">
         <v>24.81</v>
       </c>
       <c r="M126" s="15">
         <v>23.86</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E127" s="15" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15"/>
       <c r="K127" s="15">
         <v>61.31</v>
       </c>
       <c r="L127" s="15">
         <v>61.31</v>
       </c>
       <c r="M127" s="15">
         <v>61.31</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>81.63</v>
+        <v>65.34999999999999</v>
       </c>
       <c r="L128" s="15">
-        <v>68.47</v>
+        <v>56.64</v>
       </c>
       <c r="M128" s="15">
-        <v>65.83</v>
+        <v>54.46</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="L129" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="M129" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>25.72</v>
       </c>
       <c r="L130" s="15">
         <v>21.57</v>
       </c>
       <c r="M130" s="15">
         <v>20.74</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15"/>
       <c r="K131" s="15">
         <v>22.97</v>
       </c>
       <c r="L131" s="15">
         <v>19.27</v>
       </c>
       <c r="M131" s="15">
         <v>18.53</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E132" s="15">
         <v>10080000284</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15">
         <v>6</v>
       </c>
       <c r="K132" s="15">
         <v>11.5</v>
       </c>
       <c r="L132" s="15">
         <v>11</v>
       </c>
       <c r="M132" s="15">
         <v>11</v>
       </c>
       <c r="N132" s="15">
         <v>10</v>
       </c>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E133" s="15">
         <v>10080000280</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>6</v>
       </c>
       <c r="K133" s="15">
         <v>11.48</v>
       </c>
       <c r="L133" s="15">
         <v>10.98</v>
       </c>
       <c r="M133" s="15">
         <v>10.98</v>
       </c>
       <c r="N133" s="15">
         <v>15</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E134" s="15" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>5</v>
       </c>
       <c r="K134" s="15">
         <v>5.41</v>
       </c>
       <c r="L134" s="15">
         <v>5.18</v>
       </c>
       <c r="M134" s="15">
         <v>5.18</v>
       </c>
       <c r="N134" s="15">
         <v>52</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="E135" s="15">
         <v>10080002348</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>7</v>
       </c>
       <c r="K135" s="15">
         <v>15.98</v>
       </c>
       <c r="L135" s="15">
         <v>15.28</v>
       </c>
       <c r="M135" s="15">
         <v>15.28</v>
       </c>
       <c r="N135" s="15">
         <v>10</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="E136" s="15" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15"/>
       <c r="K136" s="15">
         <v>7.82</v>
       </c>
       <c r="L136" s="15">
         <v>6.56</v>
       </c>
       <c r="M136" s="15">
         <v>6.3</v>
       </c>
       <c r="N136" s="15"/>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15">
         <v>6</v>
       </c>
       <c r="K137" s="15">
         <v>10.08</v>
       </c>
       <c r="L137" s="15">
         <v>10.08</v>
       </c>
       <c r="M137" s="15">
         <v>10.08</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15"/>
       <c r="K138" s="15">
         <v>9.640000000000001</v>
       </c>
       <c r="L138" s="15">
         <v>8.09</v>
       </c>
       <c r="M138" s="15">
         <v>7.78</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15"/>
       <c r="K139" s="15">
         <v>7.39</v>
       </c>
       <c r="L139" s="15">
         <v>7.39</v>
       </c>
       <c r="M139" s="15">
         <v>7.39</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15">
         <v>15</v>
       </c>
       <c r="K140" s="15">
         <v>6.33</v>
       </c>
       <c r="L140" s="15">
         <v>6.05</v>
       </c>
       <c r="M140" s="15">
         <v>6.05</v>
       </c>
       <c r="N140" s="15">
-        <v>160</v>
+        <v>200</v>
       </c>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E141" s="15">
         <v>10080000262</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15"/>
       <c r="K141" s="15">
         <v>28.46</v>
       </c>
       <c r="L141" s="15">
         <v>27.4</v>
       </c>
       <c r="M141" s="15">
         <v>26.35</v>
       </c>
       <c r="N141" s="15"/>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="E142" s="15">
         <v>10080060572</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15">
         <v>10</v>
       </c>
       <c r="K142" s="15">
         <v>45.62</v>
       </c>
       <c r="L142" s="15">
         <v>36.79</v>
       </c>
       <c r="M142" s="15">
         <v>35.32</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E143" s="15" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15"/>
       <c r="K143" s="15">
         <v>139.85</v>
       </c>
       <c r="L143" s="15">
         <v>117.3</v>
       </c>
       <c r="M143" s="15">
         <v>112.79</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="E144" s="15">
         <v>10080001531</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15">
         <v>1</v>
       </c>
       <c r="K144" s="15">
         <v>5.58</v>
       </c>
       <c r="L144" s="15">
         <v>5.34</v>
       </c>
       <c r="M144" s="15">
         <v>5.34</v>
       </c>
       <c r="N144" s="15">
         <v>2</v>
       </c>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E145" s="15">
         <v>10080001532</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15"/>
       <c r="K145" s="15">
         <v>7.33</v>
       </c>
       <c r="L145" s="15">
         <v>0</v>
       </c>
       <c r="M145" s="15">
         <v>0</v>
       </c>
       <c r="N145" s="15"/>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E146" s="15">
         <v>10080070981</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>9.6</v>
       </c>
       <c r="L146" s="15">
         <v>8</v>
       </c>
       <c r="M146" s="15">
         <v>7.68</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E147" s="15">
         <v>10080033629</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15">
         <v>22</v>
       </c>
       <c r="K147" s="15">
         <v>8.93</v>
       </c>
       <c r="L147" s="15">
         <v>7.49</v>
       </c>
       <c r="M147" s="15">
         <v>7.2</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="E148" s="15">
         <v>10080002337</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>8</v>
       </c>
       <c r="K148" s="15">
         <v>7.58</v>
       </c>
       <c r="L148" s="15">
         <v>7.58</v>
       </c>
       <c r="M148" s="15">
         <v>7.58</v>
       </c>
       <c r="N148" s="15">
         <v>18</v>
       </c>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E149" s="15" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>22</v>
       </c>
       <c r="K149" s="15">
         <v>6.35</v>
       </c>
       <c r="L149" s="15">
         <v>5.33</v>
       </c>
       <c r="M149" s="15">
         <v>5.12</v>
       </c>
       <c r="N149" s="15"/>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E150" s="15">
         <v>10080003383</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>6</v>
       </c>
       <c r="K150" s="15">
         <v>10.75</v>
       </c>
       <c r="L150" s="15">
         <v>10.29</v>
       </c>
       <c r="M150" s="15">
         <v>10.29</v>
       </c>
       <c r="N150" s="15">
         <v>10</v>
       </c>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E151" s="15">
         <v>10080000345</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>1</v>
       </c>
       <c r="K151" s="15">
         <v>11.05</v>
       </c>
       <c r="L151" s="15">
         <v>10.64</v>
       </c>
       <c r="M151" s="15">
         <v>10.23</v>
       </c>
       <c r="N151" s="15"/>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E152" s="15" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15"/>
       <c r="K152" s="15">
         <v>2.3</v>
       </c>
       <c r="L152" s="15">
         <v>2.2</v>
       </c>
       <c r="M152" s="15">
         <v>2.2</v>
       </c>
       <c r="N152" s="15">
         <v>5</v>
       </c>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E153" s="15">
         <v>10080004759</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J153" s="15">
         <v>8</v>
       </c>
       <c r="K153" s="15">
         <v>11.09</v>
       </c>
       <c r="L153" s="15">
         <v>10.68</v>
       </c>
       <c r="M153" s="15">
         <v>10.27</v>
       </c>
       <c r="N153" s="15"/>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E154" s="15">
         <v>10080006107</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15"/>
       <c r="J154" s="15"/>
       <c r="K154" s="15">
         <v>8.640000000000001</v>
       </c>
       <c r="L154" s="15">
         <v>8.32</v>
       </c>
       <c r="M154" s="15">
         <v>8</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E155" s="15" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15">
         <v>22</v>
       </c>
       <c r="K155" s="15">
         <v>3.93</v>
       </c>
       <c r="L155" s="15">
         <v>3.93</v>
       </c>
       <c r="M155" s="15">
         <v>3.93</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="E156" s="15">
         <v>10080006114</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>8</v>
       </c>
       <c r="K156" s="15">
         <v>8.77</v>
       </c>
       <c r="L156" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M156" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E157" s="15">
         <v>10080002888</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15"/>
       <c r="K157" s="15">
         <v>13.91</v>
       </c>
       <c r="L157" s="15">
         <v>13.39</v>
       </c>
       <c r="M157" s="15">
         <v>12.88</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="E158" s="15">
         <v>10080002259</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>8.77</v>
       </c>
       <c r="L158" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M158" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="E159" s="15">
         <v>10080006105</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>8.77</v>
       </c>
       <c r="L159" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M159" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E160" s="15">
         <v>10080000642</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="J160" s="15">
         <v>8</v>
       </c>
       <c r="K160" s="15">
         <v>6.61</v>
       </c>
       <c r="L160" s="15">
         <v>6.33</v>
       </c>
       <c r="M160" s="15">
         <v>6.33</v>
       </c>
       <c r="N160" s="15">
         <v>4</v>
       </c>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E161" s="15">
         <v>10080000282</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15"/>
       <c r="J161" s="15">
         <v>8</v>
       </c>
       <c r="K161" s="15">
         <v>9.84</v>
       </c>
       <c r="L161" s="15">
         <v>9.470000000000001</v>
       </c>
       <c r="M161" s="15">
         <v>9.109999999999999</v>
       </c>
       <c r="N161" s="15"/>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E162" s="15">
         <v>10080038941</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>7</v>
       </c>
       <c r="K162" s="15">
         <v>13.11</v>
       </c>
       <c r="L162" s="15">
         <v>10.75</v>
       </c>
       <c r="M162" s="15">
         <v>10.31</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E163" s="15" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>10</v>
       </c>
       <c r="K163" s="15">
         <v>5.54</v>
       </c>
       <c r="L163" s="15">
         <v>4.65</v>
       </c>
       <c r="M163" s="15">
         <v>4.47</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15"/>
       <c r="J164" s="15">
         <v>22</v>
       </c>
       <c r="K164" s="15">
         <v>5.36</v>
       </c>
       <c r="L164" s="15">
         <v>4.49</v>
       </c>
       <c r="M164" s="15">
         <v>4.32</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14"/>
@@ -8343,317 +8350,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>