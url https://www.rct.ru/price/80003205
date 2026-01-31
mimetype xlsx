--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -400,173 +400,176 @@
   <si>
     <t>фикс вход 5V выход 24V изоляция 1500VDC 1W версия R3 / B0524S-1WR3</t>
   </si>
   <si>
     <t>UT-00105073</t>
   </si>
   <si>
     <t>B1203S-1W</t>
   </si>
   <si>
     <t>фикс вход 12V, выход 3.3V, изоляция 1000VDC, 1W / B1203S-1W</t>
   </si>
   <si>
     <t xml:space="preserve">B1203S-1W DELUS, </t>
   </si>
   <si>
     <t>B1205S-1WR3</t>
   </si>
   <si>
     <t>фикс вход 12V выход 5V изоляция 1500VDC 1WT / B1205S-1WR3</t>
   </si>
   <si>
     <t>UT-00139278</t>
   </si>
   <si>
+    <t>B1205XT-1WR3</t>
+  </si>
+  <si>
+    <t>фикс вход 12V выход 5V изоляция 1500VDC 1WT SMT / B1205XT-1WR3</t>
+  </si>
+  <si>
+    <t>UT-00154823</t>
+  </si>
+  <si>
+    <t>CONV SMD 12.7x11.2</t>
+  </si>
+  <si>
     <t>B1209S-1W</t>
   </si>
   <si>
     <t>фикс вход 12V, выход 9V, изоляция 1000VDC, 1W / B1209S-1W</t>
   </si>
   <si>
     <t xml:space="preserve">NME1209SC MURATA, </t>
   </si>
   <si>
     <t>B1212XT-2WR3</t>
   </si>
   <si>
     <t>фикс вход 12V выход 12V изоляция 1500VDC 2WT / B1212XT-2WR3</t>
   </si>
   <si>
     <t>UT-00116683</t>
   </si>
   <si>
     <t>SMD-8</t>
   </si>
   <si>
     <t>B1505XT-1WR2</t>
   </si>
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR2</t>
   </si>
   <si>
     <t>UT-00091931</t>
   </si>
   <si>
     <t>B1505XT-1WR3</t>
   </si>
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR3</t>
   </si>
   <si>
     <t>UT-00105942</t>
   </si>
   <si>
     <t>B1515LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 15V выход 15V изоляция 1500VDC 1WT / B1515LS-1WR3</t>
   </si>
   <si>
     <t>UT-00106390</t>
   </si>
   <si>
-    <t>10.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>B2405D-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V 200mA, изоляция 1000VDC, 1W / B2405D-1WR3</t>
   </si>
   <si>
     <t>UT-00140132</t>
   </si>
   <si>
     <t>CONV DIP 12.7x10</t>
   </si>
   <si>
     <t>B2405LS-1WR2</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR2 снято с производства</t>
   </si>
   <si>
     <t>10-00009796</t>
   </si>
   <si>
     <t>B2405LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR3</t>
   </si>
   <si>
     <t>UT-00120094</t>
   </si>
   <si>
-    <t>12.01.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>B2405S-1W</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V, изоляция 1000VDC, 1W / B2405S-1W</t>
   </si>
   <si>
     <t xml:space="preserve">AM1S-2405SZ AIMTEC, </t>
   </si>
   <si>
     <t>B2405S-1WR3</t>
   </si>
   <si>
     <t>вход: 24VDC; выход: 5.0VDC 200mA 1W; изол. 1500VDC / B2405S-1WR3</t>
   </si>
   <si>
     <t>UT-00143596</t>
   </si>
   <si>
     <t>B2405S-2WR3</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V, изоляция 1500VDC, 2W / B2405S-2WR3</t>
   </si>
   <si>
     <t>UT-00138412</t>
   </si>
   <si>
     <t>B2405XT-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405XT-1WR3</t>
   </si>
   <si>
     <t>UT-00137441</t>
   </si>
   <si>
-    <t>CONV SMD 12.7x11.2</t>
-[...1 lines deleted...]
-  <si>
     <t>B2409S-1WR3</t>
   </si>
   <si>
     <t>вход: 24VDC; выход: 9.0VDC 111mA 1W; изол. 1500VDC / B2409S-1WR3</t>
   </si>
   <si>
     <t>UT-00143754</t>
   </si>
   <si>
     <t>B2409S-2WR3</t>
   </si>
   <si>
     <t>вход: 24VDC; выход: 9.0VDC 222mA 2W; изол. 1500VDC / B2409S-2WR3</t>
   </si>
   <si>
     <t>UT-00143749</t>
   </si>
   <si>
     <t>B2412S-1W</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 12V, изоляция 1000VDC, 1W / B2412S-1W</t>
   </si>
   <si>
     <t>B2415XT-1WR3</t>
@@ -1168,53 +1171,50 @@
   <si>
     <t>URB4812D-10W</t>
   </si>
   <si>
     <t>вход 4:1 48V, выход 12V, изоляция 1500VDC, 10W, стабилиз. / URB4812D-10W</t>
   </si>
   <si>
     <t>URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>вход: 43-160VDC; выход: 24VDC 6250mA 150W / URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>UT-00095824</t>
   </si>
   <si>
     <t>URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>вход: 66-160VDC; выход: 24VDC 4167mA 100W / URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>UT-00105841</t>
   </si>
   <si>
-    <t>09.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>URF2405P-6WR3</t>
   </si>
   <si>
     <t>вход: 24VDC (9-36VDC); выход: 5VDC 1200mA 6W; изол. 3000VDC / URF2405P-6WR3</t>
   </si>
   <si>
     <t>UT-00093919</t>
   </si>
   <si>
     <t>VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48 (36~75 VDC); выход: 5.0V 20A 100W; изол. 1500VDC; DIP (58.42x22.86x12.7mm) / VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>UT-00139060</t>
   </si>
   <si>
     <t>VCB4828EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48VDC (36~75 VDC); выход: 28VDC 3.57A 100W; DIP8 58.42*22.86*12.7mm / VCB4828EBO-100WFR3</t>
   </si>
   <si>
     <t>UT-00140026</t>
@@ -1436,50 +1436,53 @@
     <t>вход 2:1 24V, выход 5V, изоляция 1500VDC, 2W, стабилиз. / WRB2405CS-2W</t>
   </si>
   <si>
     <t xml:space="preserve">NDL2405SC MURATA, </t>
   </si>
   <si>
     <t>WRB2405CS-3W</t>
   </si>
   <si>
     <t>вход 2:1 24V, выход 5V, изоляция 1500VDC, 3W, стабилиз. / WRB2405CS-3W</t>
   </si>
   <si>
     <t>WRB2412ZP-3WR2</t>
   </si>
   <si>
     <t>Источник питания WRB2412ZP-3WR2</t>
   </si>
   <si>
     <t>WRB4805S-1WR2</t>
   </si>
   <si>
     <t>вход: 48VDC (36~75 VDC); выход: 5.0VDC 200mA 1W; SIP / WRB4805S-1WR2</t>
   </si>
   <si>
     <t>UT-00147158</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WRB4805S-1WR2 MORNSUN, </t>
   </si>
   <si>
     <t>UT-00149119</t>
   </si>
   <si>
     <t>ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Электронные компоненты</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">Адрес:</t>
     </r>
     <r>
       <rPr>
@@ -2028,51 +2031,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gainta.com/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://biometric.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.foryard-led.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.semtech.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ferrite.rct.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gas-sensor.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://connector.su/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://&#1082;&#1083;&#1077;&#1084;&#1084;&#1085;&#1080;&#1082;.&#1088;&#1092;/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sanhe.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.jointbox.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rct.ru/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:R165"/>
+  <dimension ref="A1:R166"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane xSplit="7" ySplit="7" topLeftCell="H8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.140625" customWidth="true" style="0"/>
     <col min="2" max="2" width="19.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="40.42578125" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.7109375" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="23" customWidth="true" style="0"/>
     <col min="7" max="7" width="12.5703125" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.5703125" customWidth="true" style="0"/>
     <col min="9" max="9" width="21.42578125" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.42578125" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.28515625" customWidth="true" style="0"/>
     <col min="12" max="12" width="12.28515625" customWidth="true" style="0"/>
     <col min="13" max="13" width="12.28515625" customWidth="true" style="0"/>
     <col min="14" max="14" width="12.7109375" customWidth="true" style="0"/>
     <col min="15" max="15" width="12.7109375" customWidth="true" style="0"/>
@@ -2481,51 +2484,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>1.6</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.37</v>
       </c>
       <c r="N14" s="15">
-        <v>276</v>
+        <v>316</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -3609,4728 +3612,4763 @@
       <c r="K43" s="15">
         <v>1.31</v>
       </c>
       <c r="L43" s="15">
         <v>1.1</v>
       </c>
       <c r="M43" s="15">
         <v>1.05</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
         <v>128</v>
       </c>
       <c r="D44" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="E44" s="15">
-        <v>10080000557</v>
+      <c r="E44" s="15" t="s">
+        <v>130</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I44" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J44" s="15"/>
+      <c r="I44" s="15"/>
+      <c r="J44" s="15">
+        <v>38</v>
+      </c>
       <c r="K44" s="15">
-        <v>2.6</v>
+        <v>1.83</v>
       </c>
       <c r="L44" s="15">
-        <v>0</v>
+        <v>1.59</v>
       </c>
       <c r="M44" s="15">
-        <v>0</v>
+        <v>1.53</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="E45" s="15" t="s">
         <v>133</v>
+      </c>
+      <c r="E45" s="15">
+        <v>10080000557</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="H45" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I45" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="H45" s="15" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="J45" s="15"/>
       <c r="K45" s="15">
-        <v>3.27</v>
+        <v>2.6</v>
       </c>
       <c r="L45" s="15">
-        <v>2.74</v>
+        <v>0</v>
       </c>
       <c r="M45" s="15">
-        <v>2.64</v>
+        <v>0</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
         <v>135</v>
       </c>
       <c r="D46" s="15" t="s">
         <v>136</v>
       </c>
       <c r="E46" s="15" t="s">
         <v>137</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>38</v>
       </c>
       <c r="K46" s="15">
-        <v>3.16</v>
+        <v>3.27</v>
       </c>
       <c r="L46" s="15">
-        <v>2.63</v>
+        <v>2.74</v>
       </c>
       <c r="M46" s="15">
-        <v>2.53</v>
+        <v>2.64</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>38</v>
       </c>
       <c r="K47" s="15">
-        <v>2.62</v>
+        <v>3.16</v>
       </c>
       <c r="L47" s="15">
-        <v>2.19</v>
+        <v>2.63</v>
       </c>
       <c r="M47" s="15">
-        <v>2.11</v>
+        <v>2.53</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K48" s="15">
-        <v>1.34</v>
+        <v>2.62</v>
       </c>
       <c r="L48" s="15">
-        <v>1.16</v>
+        <v>2.19</v>
       </c>
       <c r="M48" s="15">
-        <v>1.11</v>
+        <v>2.11</v>
       </c>
       <c r="N48" s="15"/>
-      <c r="O48" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O48" s="15"/>
+      <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
         <v>145</v>
       </c>
       <c r="D49" s="15" t="s">
         <v>146</v>
       </c>
       <c r="E49" s="15" t="s">
         <v>147</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
-        <v>148</v>
+        <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K49" s="15">
-        <v>1.76</v>
+        <v>1.36</v>
       </c>
       <c r="L49" s="15">
-        <v>1.47</v>
+        <v>1.18</v>
       </c>
       <c r="M49" s="15">
-        <v>1.42</v>
+        <v>1.14</v>
       </c>
       <c r="N49" s="15"/>
-      <c r="O49" s="15"/>
+      <c r="O49" s="15">
+        <v>18</v>
+      </c>
       <c r="P49" s="15"/>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>149</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>150</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>29</v>
+        <v>151</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="K50" s="15">
-        <v>1.35</v>
+        <v>1.76</v>
       </c>
       <c r="L50" s="15">
-        <v>1.35</v>
+        <v>1.47</v>
       </c>
       <c r="M50" s="15">
-        <v>1.35</v>
+        <v>1.42</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
         <v>152</v>
       </c>
       <c r="D51" s="15" t="s">
         <v>153</v>
       </c>
       <c r="E51" s="15" t="s">
         <v>154</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K51" s="15">
-        <v>1.49</v>
+        <v>1.35</v>
       </c>
       <c r="L51" s="15">
-        <v>1.25</v>
+        <v>1.35</v>
       </c>
       <c r="M51" s="15">
-        <v>1.21</v>
+        <v>1.35</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
-      <c r="P51" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>10080001483</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I52" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>10</v>
       </c>
       <c r="K52" s="15">
-        <v>2.54</v>
+        <v>1.44</v>
       </c>
       <c r="L52" s="15">
-        <v>2.13</v>
+        <v>1.25</v>
       </c>
       <c r="M52" s="15">
-        <v>2.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.2</v>
+      </c>
+      <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D53" s="15" t="s">
-[...3 lines deleted...]
-        <v>161</v>
+      <c r="E53" s="15">
+        <v>10080001483</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I53" s="15"/>
+      <c r="I53" s="15" t="s">
+        <v>160</v>
+      </c>
       <c r="J53" s="15">
         <v>10</v>
       </c>
       <c r="K53" s="15">
-        <v>1.33</v>
+        <v>2.54</v>
       </c>
       <c r="L53" s="15">
-        <v>1.12</v>
+        <v>2.13</v>
       </c>
       <c r="M53" s="15">
-        <v>1.08</v>
-[...1 lines deleted...]
-      <c r="N53" s="15"/>
+        <v>2.05</v>
+      </c>
+      <c r="N53" s="15">
+        <v>1</v>
+      </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="K54" s="15">
-        <v>2.66</v>
+        <v>1.33</v>
       </c>
       <c r="L54" s="15">
-        <v>2.23</v>
+        <v>1.12</v>
       </c>
       <c r="M54" s="15">
-        <v>2.14</v>
+        <v>1.08</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D55" s="15" t="s">
+      <c r="E55" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
-        <v>168</v>
+        <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K55" s="15">
-        <v>1.85</v>
+        <v>2.66</v>
       </c>
       <c r="L55" s="15">
-        <v>1.55</v>
+        <v>2.23</v>
       </c>
       <c r="M55" s="15">
-        <v>1.49</v>
+        <v>2.14</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E56" s="15" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
-        <v>10</v>
+        <v>38</v>
       </c>
       <c r="K56" s="15">
-        <v>1.33</v>
+        <v>1.85</v>
       </c>
       <c r="L56" s="15">
-        <v>1.11</v>
+        <v>1.55</v>
       </c>
       <c r="M56" s="15">
-        <v>1.07</v>
+        <v>1.49</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="E57" s="15" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
-        <v>2.23</v>
+        <v>1.33</v>
       </c>
       <c r="L57" s="15">
-        <v>1.87</v>
+        <v>1.11</v>
       </c>
       <c r="M57" s="15">
-        <v>1.8</v>
+        <v>1.07</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="E58" s="15" t="s">
         <v>175</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080000643</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
-      <c r="J58" s="15"/>
+      <c r="J58" s="15">
+        <v>10</v>
+      </c>
       <c r="K58" s="15">
-        <v>3.05</v>
+        <v>2.23</v>
       </c>
       <c r="L58" s="15">
-        <v>2.94</v>
+        <v>1.87</v>
       </c>
       <c r="M58" s="15">
-        <v>2.82</v>
+        <v>1.8</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>177</v>
       </c>
-      <c r="D59" s="15" t="s">
-[...3 lines deleted...]
-        <v>179</v>
+      <c r="E59" s="15">
+        <v>10080000643</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
-        <v>180</v>
+        <v>64</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
-      <c r="J59" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J59" s="15"/>
       <c r="K59" s="15">
-        <v>1.88</v>
+        <v>3.05</v>
       </c>
       <c r="L59" s="15">
-        <v>1.63</v>
+        <v>2.94</v>
       </c>
       <c r="M59" s="15">
-        <v>1.56</v>
+        <v>2.82</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>148</v>
+        <v>181</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="K60" s="15">
-        <v>1.73</v>
+        <v>1.88</v>
       </c>
       <c r="L60" s="15">
-        <v>1.45</v>
+        <v>1.63</v>
       </c>
       <c r="M60" s="15">
-        <v>1.4</v>
+        <v>1.56</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="E61" s="15" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>187</v>
+        <v>151</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="K61" s="15">
-        <v>2.36</v>
+        <v>1.73</v>
       </c>
       <c r="L61" s="15">
-        <v>1.98</v>
+        <v>1.45</v>
       </c>
       <c r="M61" s="15">
-        <v>1.9</v>
+        <v>1.4</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>29</v>
+        <v>188</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="K62" s="15">
-        <v>2.17</v>
+        <v>2.36</v>
       </c>
       <c r="L62" s="15">
-        <v>1.82</v>
+        <v>1.98</v>
       </c>
       <c r="M62" s="15">
-        <v>1.75</v>
+        <v>1.9</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>191</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003052</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K63" s="15">
-        <v>3.9</v>
+        <v>2.17</v>
       </c>
       <c r="L63" s="15">
-        <v>3.9</v>
+        <v>1.82</v>
       </c>
       <c r="M63" s="15">
-        <v>3.9</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.75</v>
+      </c>
+      <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D64" s="15" t="s">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="E64" s="15">
+        <v>10080003052</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
-      <c r="J64" s="15"/>
+      <c r="J64" s="15">
+        <v>10</v>
+      </c>
       <c r="K64" s="15">
-        <v>2.81</v>
+        <v>3.9</v>
       </c>
       <c r="L64" s="15">
-        <v>2.36</v>
+        <v>3.9</v>
       </c>
       <c r="M64" s="15">
-        <v>2.27</v>
-[...1 lines deleted...]
-      <c r="N64" s="15"/>
+        <v>3.9</v>
+      </c>
+      <c r="N64" s="15">
+        <v>20</v>
+      </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E65" s="15" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
-      <c r="J65" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J65" s="15"/>
       <c r="K65" s="15">
-        <v>4.63</v>
+        <v>2.81</v>
       </c>
       <c r="L65" s="15">
-        <v>3.89</v>
+        <v>2.36</v>
       </c>
       <c r="M65" s="15">
-        <v>3.74</v>
+        <v>2.27</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080036782</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
-        <v>9.07</v>
+        <v>4.63</v>
       </c>
       <c r="L66" s="15">
-        <v>6.35</v>
+        <v>3.89</v>
       </c>
       <c r="M66" s="15">
-        <v>5.9</v>
+        <v>3.74</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>201</v>
       </c>
-      <c r="D67" s="15" t="s">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="E67" s="15">
+        <v>10080036782</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
-      <c r="J67" s="15"/>
+      <c r="J67" s="15">
+        <v>25</v>
+      </c>
       <c r="K67" s="15">
-        <v>1.2</v>
+        <v>9.07</v>
       </c>
       <c r="L67" s="15">
-        <v>1.2</v>
+        <v>6.35</v>
       </c>
       <c r="M67" s="15">
-        <v>1.2</v>
+        <v>5.9</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
-      <c r="P67" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="E68" s="15" t="s">
         <v>204</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080001661</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
-        <v>3.88</v>
+        <v>1.3</v>
       </c>
       <c r="L68" s="15">
-        <v>3.74</v>
+        <v>1.13</v>
       </c>
       <c r="M68" s="15">
-        <v>3.59</v>
+        <v>1.09</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D69" s="15" t="s">
-[...3 lines deleted...]
-        <v>208</v>
+      <c r="E69" s="15">
+        <v>10080001661</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
-        <v>2.2</v>
+        <v>3.88</v>
       </c>
       <c r="L69" s="15">
-        <v>2.2</v>
+        <v>3.74</v>
       </c>
       <c r="M69" s="15">
-        <v>2.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.59</v>
+      </c>
+      <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="E70" s="15" t="s">
         <v>209</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
-        <v>180</v>
+        <v>44</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
-      <c r="J70" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J70" s="15"/>
       <c r="K70" s="15">
-        <v>2.67</v>
+        <v>2.2</v>
       </c>
       <c r="L70" s="15">
-        <v>2.24</v>
+        <v>2.2</v>
       </c>
       <c r="M70" s="15">
-        <v>2.16</v>
-[...1 lines deleted...]
-      <c r="N70" s="15"/>
+        <v>2.2</v>
+      </c>
+      <c r="N70" s="15">
+        <v>300</v>
+      </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>212</v>
-      </c>
-[...4 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>29</v>
+        <v>181</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
-        <v>10</v>
+        <v>500</v>
       </c>
       <c r="K71" s="15">
-        <v>2.48</v>
+        <v>2.67</v>
       </c>
       <c r="L71" s="15">
-        <v>2.08</v>
+        <v>2.24</v>
       </c>
       <c r="M71" s="15">
-        <v>2</v>
+        <v>2.16</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
-      <c r="J72" s="15"/>
+      <c r="J72" s="15">
+        <v>10</v>
+      </c>
       <c r="K72" s="15">
-        <v>6.98</v>
+        <v>2.48</v>
       </c>
       <c r="L72" s="15">
-        <v>5.82</v>
+        <v>2.08</v>
       </c>
       <c r="M72" s="15">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>218</v>
-      </c>
-[...4 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
-      <c r="J73" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J73" s="15"/>
       <c r="K73" s="15">
-        <v>2.43</v>
+        <v>6.98</v>
       </c>
       <c r="L73" s="15">
-        <v>2.04</v>
+        <v>5.82</v>
       </c>
       <c r="M73" s="15">
-        <v>1.96</v>
+        <v>0</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="E74" s="15" t="s">
         <v>221</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080002924</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
-        <v>223</v>
+        <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I74" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>10</v>
       </c>
       <c r="K74" s="15">
-        <v>4.2</v>
+        <v>2.43</v>
       </c>
       <c r="L74" s="15">
-        <v>4.2</v>
+        <v>2.04</v>
       </c>
       <c r="M74" s="15">
-        <v>4.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.96</v>
+      </c>
+      <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>223</v>
+      </c>
+      <c r="E75" s="15">
+        <v>10080002924</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I75" s="15"/>
-      <c r="J75" s="15"/>
+      <c r="I75" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="J75" s="15">
+        <v>10</v>
+      </c>
       <c r="K75" s="15">
-        <v>5.31</v>
+        <v>4.2</v>
       </c>
       <c r="L75" s="15">
-        <v>4.45</v>
+        <v>4.2</v>
       </c>
       <c r="M75" s="15">
-        <v>4.28</v>
-[...1 lines deleted...]
-      <c r="N75" s="15"/>
+        <v>4.2</v>
+      </c>
+      <c r="N75" s="15">
+        <v>9</v>
+      </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>10080001550</v>
+        <v>227</v>
+      </c>
+      <c r="E76" s="15" t="s">
+        <v>228</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I76" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I76" s="15"/>
+      <c r="J76" s="15"/>
       <c r="K76" s="15">
-        <v>7.2</v>
+        <v>5.31</v>
       </c>
       <c r="L76" s="15">
-        <v>5.04</v>
+        <v>4.45</v>
       </c>
       <c r="M76" s="15">
-        <v>4.68</v>
+        <v>4.28</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="E77" s="15">
-        <v>10080038020</v>
+        <v>10080001550</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I77" s="15"/>
+      <c r="I77" s="15" t="s">
+        <v>233</v>
+      </c>
       <c r="J77" s="15">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="K77" s="15">
-        <v>6.86</v>
+        <v>7.2</v>
       </c>
       <c r="L77" s="15">
-        <v>4.8</v>
+        <v>5.04</v>
       </c>
       <c r="M77" s="15">
-        <v>4.46</v>
+        <v>4.68</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
+        <v>234</v>
+      </c>
+      <c r="D78" s="15" t="s">
         <v>235</v>
       </c>
-      <c r="D78" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="15">
-        <v>10080006106</v>
+        <v>10080038020</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="K78" s="15">
-        <v>4.44</v>
+        <v>6.86</v>
       </c>
       <c r="L78" s="15">
-        <v>4.44</v>
+        <v>4.8</v>
       </c>
       <c r="M78" s="15">
-        <v>4.44</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.46</v>
+      </c>
+      <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="D79" s="15" t="s">
         <v>237</v>
       </c>
-      <c r="D79" s="15" t="s">
-[...3 lines deleted...]
-        <v>239</v>
+      <c r="E79" s="15">
+        <v>10080006106</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
-      <c r="J79" s="15"/>
+      <c r="J79" s="15">
+        <v>21</v>
+      </c>
       <c r="K79" s="15">
-        <v>2.99</v>
+        <v>4.44</v>
       </c>
       <c r="L79" s="15">
-        <v>2.59</v>
+        <v>4.44</v>
       </c>
       <c r="M79" s="15">
-        <v>2.49</v>
-[...1 lines deleted...]
-      <c r="N79" s="15"/>
+        <v>4.44</v>
+      </c>
+      <c r="N79" s="15">
+        <v>645</v>
+      </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
+        <v>238</v>
+      </c>
+      <c r="D80" s="15" t="s">
+        <v>239</v>
+      </c>
+      <c r="E80" s="15" t="s">
         <v>240</v>
-      </c>
-[...4 lines deleted...]
-        <v>242</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
-        <v>3.31</v>
+        <v>2.99</v>
       </c>
       <c r="L80" s="15">
-        <v>3.31</v>
+        <v>2.59</v>
       </c>
       <c r="M80" s="15">
-        <v>3.31</v>
+        <v>2.49</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
+        <v>241</v>
+      </c>
+      <c r="D81" s="15" t="s">
+        <v>242</v>
+      </c>
+      <c r="E81" s="15" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>245</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
-      <c r="J81" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J81" s="15"/>
       <c r="K81" s="15">
-        <v>9.02</v>
+        <v>3.31</v>
       </c>
       <c r="L81" s="15">
-        <v>7.57</v>
+        <v>3.31</v>
       </c>
       <c r="M81" s="15">
-        <v>7.28</v>
+        <v>3.31</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="D82" s="15" t="s">
+        <v>245</v>
+      </c>
+      <c r="E82" s="15" t="s">
         <v>246</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080000281</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>29</v>
+        <v>224</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I82" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J82" s="15"/>
+      <c r="I82" s="15"/>
+      <c r="J82" s="15">
+        <v>25</v>
+      </c>
       <c r="K82" s="15">
-        <v>4.09</v>
+        <v>9.02</v>
       </c>
       <c r="L82" s="15">
-        <v>3.93</v>
+        <v>7.57</v>
       </c>
       <c r="M82" s="15">
-        <v>3.78</v>
+        <v>7.28</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E83" s="15">
-        <v>10080005737</v>
+        <v>10080000281</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
-        <v>251</v>
+        <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I83" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I83" s="15" t="s">
+        <v>249</v>
+      </c>
+      <c r="J83" s="15"/>
       <c r="K83" s="15">
-        <v>4.94</v>
+        <v>4.09</v>
       </c>
       <c r="L83" s="15">
-        <v>4.94</v>
+        <v>3.93</v>
       </c>
       <c r="M83" s="15">
-        <v>4.94</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.78</v>
+      </c>
+      <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>253</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>251</v>
+      </c>
+      <c r="E84" s="15">
+        <v>10080005737</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="K84" s="15">
-        <v>2.22</v>
+        <v>4.94</v>
       </c>
       <c r="L84" s="15">
-        <v>1.86</v>
+        <v>4.94</v>
       </c>
       <c r="M84" s="15">
-        <v>1.79</v>
-[...1 lines deleted...]
-      <c r="N84" s="15"/>
+        <v>4.94</v>
+      </c>
+      <c r="N84" s="15">
+        <v>49</v>
+      </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
+        <v>253</v>
+      </c>
+      <c r="D85" s="15" t="s">
+        <v>254</v>
+      </c>
+      <c r="E85" s="15" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="K85" s="15">
-        <v>1.82</v>
+        <v>2.22</v>
       </c>
       <c r="L85" s="15">
-        <v>1.82</v>
+        <v>1.86</v>
       </c>
       <c r="M85" s="15">
-        <v>1.82</v>
+        <v>1.79</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D86" s="15" t="s">
+        <v>257</v>
+      </c>
+      <c r="E86" s="15" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>260</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>10</v>
       </c>
       <c r="K86" s="15">
-        <v>2.47</v>
+        <v>1.82</v>
       </c>
       <c r="L86" s="15">
-        <v>2.44</v>
+        <v>1.82</v>
       </c>
       <c r="M86" s="15">
-        <v>2.34</v>
+        <v>1.82</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="D87" s="15" t="s">
+        <v>260</v>
+      </c>
+      <c r="E87" s="15" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
-        <v>44</v>
+        <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
-      <c r="J87" s="15"/>
+      <c r="J87" s="15">
+        <v>10</v>
+      </c>
       <c r="K87" s="15">
-        <v>3.25</v>
+        <v>2.47</v>
       </c>
       <c r="L87" s="15">
-        <v>2.73</v>
+        <v>2.44</v>
       </c>
       <c r="M87" s="15">
-        <v>2.62</v>
+        <v>2.34</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
+        <v>262</v>
+      </c>
+      <c r="D88" s="15" t="s">
+        <v>263</v>
+      </c>
+      <c r="E88" s="15" t="s">
         <v>264</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
-      <c r="J88" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J88" s="15"/>
       <c r="K88" s="15">
-        <v>2.3</v>
+        <v>3.25</v>
       </c>
       <c r="L88" s="15">
-        <v>2.3</v>
+        <v>2.73</v>
       </c>
       <c r="M88" s="15">
-        <v>2.3</v>
+        <v>2.62</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
+        <v>265</v>
+      </c>
+      <c r="D89" s="15" t="s">
+        <v>266</v>
+      </c>
+      <c r="E89" s="15" t="s">
         <v>267</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080001544</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
-      <c r="J89" s="15"/>
+      <c r="J89" s="15">
+        <v>25</v>
+      </c>
       <c r="K89" s="15">
-        <v>4.56</v>
+        <v>2.3</v>
       </c>
       <c r="L89" s="15">
-        <v>4.39</v>
+        <v>2.3</v>
       </c>
       <c r="M89" s="15">
-        <v>4.22</v>
+        <v>2.3</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D90" s="15" t="s">
         <v>269</v>
       </c>
-      <c r="D90" s="15" t="s">
-[...3 lines deleted...]
-        <v>271</v>
+      <c r="E90" s="15">
+        <v>10080001544</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
-        <v>272</v>
+        <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
-      <c r="J90" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J90" s="15"/>
       <c r="K90" s="15">
+        <v>4.56</v>
+      </c>
+      <c r="L90" s="15">
         <v>4.39</v>
       </c>
-      <c r="L90" s="15">
-[...1 lines deleted...]
-      </c>
       <c r="M90" s="15">
-        <v>3.54</v>
+        <v>4.22</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D91" s="15" t="s">
+        <v>271</v>
+      </c>
+      <c r="E91" s="15" t="s">
+        <v>272</v>
+      </c>
+      <c r="F91" s="15"/>
+      <c r="G91" s="15" t="s">
         <v>273</v>
       </c>
-      <c r="D91" s="15" t="s">
-[...6 lines deleted...]
-      <c r="G91" s="15"/>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="K91" s="15">
-        <v>2.16</v>
+        <v>4.39</v>
       </c>
       <c r="L91" s="15">
-        <v>1.81</v>
+        <v>3.68</v>
       </c>
       <c r="M91" s="15">
-        <v>1.74</v>
+        <v>3.54</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
+        <v>274</v>
+      </c>
+      <c r="D92" s="15" t="s">
+        <v>275</v>
+      </c>
+      <c r="E92" s="15" t="s">
         <v>276</v>
       </c>
-      <c r="D92" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F92" s="15"/>
-      <c r="G92" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="K92" s="15">
-        <v>3.96</v>
+        <v>2.16</v>
       </c>
       <c r="L92" s="15">
-        <v>3.32</v>
+        <v>1.81</v>
       </c>
       <c r="M92" s="15">
-        <v>3.19</v>
+        <v>1.74</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
+        <v>277</v>
+      </c>
+      <c r="D93" s="15" t="s">
+        <v>278</v>
+      </c>
+      <c r="E93" s="15" t="s">
         <v>279</v>
-      </c>
-[...4 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>64</v>
+        <v>273</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="K93" s="15">
-        <v>2.04</v>
+        <v>3.96</v>
       </c>
       <c r="L93" s="15">
-        <v>1.71</v>
+        <v>3.32</v>
       </c>
       <c r="M93" s="15">
-        <v>1.64</v>
+        <v>3.19</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
+        <v>280</v>
+      </c>
+      <c r="D94" s="15" t="s">
+        <v>281</v>
+      </c>
+      <c r="E94" s="15" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080000278</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
-        <v>272</v>
+        <v>64</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I94" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J94" s="15"/>
+      <c r="I94" s="15"/>
+      <c r="J94" s="15">
+        <v>43</v>
+      </c>
       <c r="K94" s="15">
-        <v>7.46</v>
+        <v>2.04</v>
       </c>
       <c r="L94" s="15">
-        <v>7.19</v>
+        <v>1.71</v>
       </c>
       <c r="M94" s="15">
-        <v>6.91</v>
+        <v>1.64</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>284</v>
+      </c>
+      <c r="E95" s="15">
+        <v>10080000278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I95" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I95" s="15" t="s">
+        <v>285</v>
+      </c>
+      <c r="J95" s="15"/>
       <c r="K95" s="15">
-        <v>2.01</v>
+        <v>7.46</v>
       </c>
       <c r="L95" s="15">
-        <v>1.74</v>
+        <v>7.19</v>
       </c>
       <c r="M95" s="15">
-        <v>1.67</v>
+        <v>6.91</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
+        <v>286</v>
+      </c>
+      <c r="D96" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="E96" s="15" t="s">
         <v>288</v>
-      </c>
-[...4 lines deleted...]
-        <v>290</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="K96" s="15">
-        <v>5.4</v>
+        <v>2.01</v>
       </c>
       <c r="L96" s="15">
-        <v>4.53</v>
+        <v>1.74</v>
       </c>
       <c r="M96" s="15">
-        <v>4.36</v>
+        <v>1.67</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>293</v>
-[...2 lines deleted...]
-        <v>10080000277</v>
+        <v>290</v>
+      </c>
+      <c r="E97" s="15" t="s">
+        <v>291</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>64</v>
+        <v>292</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I97" s="15" t="s">
-[...2 lines deleted...]
-      <c r="J97" s="15"/>
+      <c r="I97" s="15"/>
+      <c r="J97" s="15">
+        <v>15</v>
+      </c>
       <c r="K97" s="15">
-        <v>6.33</v>
+        <v>5.4</v>
       </c>
       <c r="L97" s="15">
-        <v>6.1</v>
+        <v>4.53</v>
       </c>
       <c r="M97" s="15">
-        <v>5.86</v>
+        <v>4.36</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>294</v>
+      </c>
+      <c r="E98" s="15">
+        <v>10080000277</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I98" s="15"/>
+      <c r="I98" s="15" t="s">
+        <v>295</v>
+      </c>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
-        <v>1.83</v>
+        <v>6.33</v>
       </c>
       <c r="L98" s="15">
-        <v>1.54</v>
+        <v>6.1</v>
       </c>
       <c r="M98" s="15">
-        <v>1.48</v>
+        <v>5.86</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
+        <v>296</v>
+      </c>
+      <c r="D99" s="15" t="s">
+        <v>297</v>
+      </c>
+      <c r="E99" s="15" t="s">
         <v>298</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
-        <v>1.49</v>
+        <v>1.83</v>
       </c>
       <c r="L99" s="15">
-        <v>1.49</v>
+        <v>1.54</v>
       </c>
       <c r="M99" s="15">
-        <v>1.49</v>
+        <v>1.48</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
+        <v>299</v>
+      </c>
+      <c r="D100" s="15" t="s">
+        <v>300</v>
+      </c>
+      <c r="E100" s="15" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
-        <v>304</v>
+        <v>64</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
-      <c r="J100" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J100" s="15"/>
       <c r="K100" s="15">
-        <v>1.33</v>
+        <v>1.49</v>
       </c>
       <c r="L100" s="15">
-        <v>1.12</v>
+        <v>1.49</v>
       </c>
       <c r="M100" s="15">
-        <v>1.07</v>
+        <v>1.49</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>291</v>
+        <v>305</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
-        <v>15</v>
+        <v>400</v>
       </c>
       <c r="K101" s="15">
-        <v>5.4</v>
+        <v>1.33</v>
       </c>
       <c r="L101" s="15">
-        <v>4.53</v>
+        <v>1.12</v>
       </c>
       <c r="M101" s="15">
-        <v>4.36</v>
+        <v>1.07</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
+        <v>306</v>
+      </c>
+      <c r="D102" s="15" t="s">
+        <v>307</v>
+      </c>
+      <c r="E102" s="15" t="s">
         <v>308</v>
-      </c>
-[...4 lines deleted...]
-        <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="K102" s="15">
-        <v>1.84</v>
+        <v>5.4</v>
       </c>
       <c r="L102" s="15">
-        <v>1.59</v>
+        <v>4.53</v>
       </c>
       <c r="M102" s="15">
-        <v>1.53</v>
+        <v>4.36</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
+        <v>309</v>
+      </c>
+      <c r="D103" s="15" t="s">
+        <v>310</v>
+      </c>
+      <c r="E103" s="15" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="K103" s="15">
-        <v>5.4</v>
+        <v>1.84</v>
       </c>
       <c r="L103" s="15">
-        <v>4.53</v>
+        <v>1.59</v>
       </c>
       <c r="M103" s="15">
-        <v>4.36</v>
+        <v>1.53</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
+        <v>312</v>
+      </c>
+      <c r="D104" s="15" t="s">
+        <v>313</v>
+      </c>
+      <c r="E104" s="15" t="s">
         <v>314</v>
       </c>
-      <c r="D104" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F104" s="15"/>
-      <c r="G104" s="15"/>
+      <c r="G104" s="15" t="s">
+        <v>292</v>
+      </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
-        <v>374</v>
+        <v>15</v>
       </c>
       <c r="K104" s="15">
-        <v>1.18</v>
+        <v>5.4</v>
       </c>
       <c r="L104" s="15">
-        <v>0.98582</v>
+        <v>4.53</v>
       </c>
       <c r="M104" s="15">
-        <v>0.9479</v>
+        <v>4.36</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D105" s="15" t="s">
+        <v>316</v>
+      </c>
+      <c r="E105" s="15" t="s">
         <v>317</v>
       </c>
-      <c r="D105" s="15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F105" s="15"/>
-      <c r="G105" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
-      <c r="J105" s="15"/>
+      <c r="J105" s="15">
+        <v>374</v>
+      </c>
       <c r="K105" s="15">
-        <v>11.49</v>
+        <v>1.18</v>
       </c>
       <c r="L105" s="15">
-        <v>9.130000000000001</v>
+        <v>0.98582</v>
       </c>
       <c r="M105" s="15">
-        <v>8.789999999999999</v>
+        <v>0.9479</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
+        <v>318</v>
+      </c>
+      <c r="D106" s="15" t="s">
+        <v>319</v>
+      </c>
+      <c r="E106" s="15" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>323</v>
+        <v>273</v>
       </c>
       <c r="H106" s="15" t="s">
-        <v>324</v>
+        <v>30</v>
       </c>
       <c r="I106" s="15"/>
-      <c r="J106" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J106" s="15"/>
       <c r="K106" s="15">
-        <v>7.92</v>
+        <v>11.49</v>
       </c>
       <c r="L106" s="15">
-        <v>6.64</v>
+        <v>9.130000000000001</v>
       </c>
       <c r="M106" s="15">
-        <v>6.39</v>
+        <v>8.789999999999999</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>326</v>
-[...2 lines deleted...]
-        <v>10080006112</v>
+        <v>322</v>
+      </c>
+      <c r="E107" s="15" t="s">
+        <v>323</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>30</v>
+        <v>325</v>
       </c>
       <c r="I107" s="15"/>
-      <c r="J107" s="15"/>
+      <c r="J107" s="15">
+        <v>126</v>
+      </c>
       <c r="K107" s="15">
-        <v>13.72</v>
+        <v>7.92</v>
       </c>
       <c r="L107" s="15">
-        <v>13.21</v>
+        <v>6.64</v>
       </c>
       <c r="M107" s="15">
-        <v>12.71</v>
+        <v>6.39</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="E108" s="15">
-        <v>10080002469</v>
+        <v>10080006112</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
-        <v>16.5</v>
+        <v>13.72</v>
       </c>
       <c r="L108" s="15">
-        <v>15.89</v>
+        <v>13.21</v>
       </c>
       <c r="M108" s="15">
-        <v>15.28</v>
+        <v>12.71</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
+        <v>329</v>
+      </c>
+      <c r="D109" s="15" t="s">
         <v>330</v>
       </c>
-      <c r="D109" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E109" s="15">
-        <v>10080002408</v>
+        <v>10080002469</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
-      <c r="J109" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J109" s="15"/>
       <c r="K109" s="15">
-        <v>13.28</v>
+        <v>16.5</v>
       </c>
       <c r="L109" s="15">
-        <v>12.79</v>
+        <v>15.89</v>
       </c>
       <c r="M109" s="15">
-        <v>12.29</v>
+        <v>15.28</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
+        <v>331</v>
+      </c>
+      <c r="D110" s="15" t="s">
         <v>332</v>
       </c>
-      <c r="D110" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E110" s="15">
-        <v>10080006104</v>
+        <v>10080002408</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
-      <c r="J110" s="15"/>
+      <c r="J110" s="15">
+        <v>6</v>
+      </c>
       <c r="K110" s="15">
-        <v>13.26</v>
+        <v>13.28</v>
       </c>
       <c r="L110" s="15">
-        <v>12.77</v>
+        <v>12.79</v>
       </c>
       <c r="M110" s="15">
-        <v>12.28</v>
+        <v>12.29</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
+        <v>333</v>
+      </c>
+      <c r="D111" s="15" t="s">
         <v>334</v>
       </c>
-      <c r="D111" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E111" s="15">
-        <v>10080006113</v>
+        <v>10080006104</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
-        <v>13.72</v>
+        <v>13.26</v>
       </c>
       <c r="L111" s="15">
-        <v>13.21</v>
+        <v>12.77</v>
       </c>
       <c r="M111" s="15">
-        <v>12.71</v>
+        <v>12.28</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
+        <v>335</v>
+      </c>
+      <c r="D112" s="15" t="s">
         <v>336</v>
       </c>
-      <c r="D112" s="15" t="s">
-[...3 lines deleted...]
-        <v>338</v>
+      <c r="E112" s="15">
+        <v>10080006113</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>223</v>
+        <v>328</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
-        <v>5.57</v>
+        <v>13.72</v>
       </c>
       <c r="L112" s="15">
-        <v>4.64</v>
+        <v>13.21</v>
       </c>
       <c r="M112" s="15">
-        <v>4.46</v>
+        <v>12.71</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
+        <v>337</v>
+      </c>
+      <c r="D113" s="15" t="s">
+        <v>338</v>
+      </c>
+      <c r="E113" s="15" t="s">
         <v>339</v>
-      </c>
-[...4 lines deleted...]
-        <v>341</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
-        <v>4.8</v>
+        <v>5.57</v>
       </c>
       <c r="L113" s="15">
-        <v>4.03</v>
+        <v>4.64</v>
       </c>
       <c r="M113" s="15">
-        <v>3.87</v>
+        <v>4.46</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
+        <v>340</v>
+      </c>
+      <c r="D114" s="15" t="s">
+        <v>341</v>
+      </c>
+      <c r="E114" s="15" t="s">
         <v>342</v>
-      </c>
-[...4 lines deleted...]
-        <v>344</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>345</v>
+        <v>224</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
-        <v>28.07</v>
+        <v>4.8</v>
       </c>
       <c r="L114" s="15">
-        <v>19.65</v>
+        <v>4.03</v>
       </c>
       <c r="M114" s="15">
-        <v>18.25</v>
+        <v>3.87</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>347</v>
-[...2 lines deleted...]
-        <v>10000022756</v>
+        <v>344</v>
+      </c>
+      <c r="E115" s="15" t="s">
+        <v>345</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
-        <v>16.7</v>
+        <v>28.07</v>
       </c>
       <c r="L115" s="15">
-        <v>16.08</v>
+        <v>19.65</v>
       </c>
       <c r="M115" s="15">
-        <v>15.47</v>
+        <v>18.25</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
+        <v>347</v>
+      </c>
+      <c r="D116" s="15" t="s">
         <v>348</v>
       </c>
-      <c r="D116" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E116" s="15">
-        <v>10080000283</v>
+        <v>10000022756</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>16.7</v>
       </c>
       <c r="L116" s="15">
         <v>16.08</v>
       </c>
       <c r="M116" s="15">
         <v>15.47</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
+        <v>349</v>
+      </c>
+      <c r="D117" s="15" t="s">
         <v>350</v>
       </c>
-      <c r="D117" s="15" t="s">
-[...3 lines deleted...]
-        <v>352</v>
+      <c r="E117" s="15">
+        <v>10080000283</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
-      <c r="J117" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J117" s="15"/>
       <c r="K117" s="15">
-        <v>10.5</v>
+        <v>16.7</v>
       </c>
       <c r="L117" s="15">
-        <v>8.81</v>
+        <v>16.08</v>
       </c>
       <c r="M117" s="15">
-        <v>8.470000000000001</v>
+        <v>15.47</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
+        <v>351</v>
+      </c>
+      <c r="D118" s="15" t="s">
+        <v>352</v>
+      </c>
+      <c r="E118" s="15" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>355</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="K118" s="15">
-        <v>9.9</v>
+        <v>10.5</v>
       </c>
       <c r="L118" s="15">
-        <v>8.300000000000001</v>
+        <v>8.81</v>
       </c>
       <c r="M118" s="15">
-        <v>7.98</v>
+        <v>8.470000000000001</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
+        <v>354</v>
+      </c>
+      <c r="D119" s="15" t="s">
+        <v>355</v>
+      </c>
+      <c r="E119" s="15" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003353</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>358</v>
+        <v>328</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
-      <c r="J119" s="15"/>
+      <c r="J119" s="15">
+        <v>20</v>
+      </c>
       <c r="K119" s="15">
-        <v>25.77</v>
+        <v>9.9</v>
       </c>
       <c r="L119" s="15">
-        <v>24.81</v>
+        <v>8.300000000000001</v>
       </c>
       <c r="M119" s="15">
-        <v>23.86</v>
+        <v>7.98</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="E120" s="15">
-        <v>10080000285</v>
+        <v>10080003353</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15">
-        <v>23.1</v>
+        <v>25.77</v>
       </c>
       <c r="L120" s="15">
-        <v>22.24</v>
+        <v>24.81</v>
       </c>
       <c r="M120" s="15">
-        <v>21.39</v>
+        <v>23.86</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
+        <v>360</v>
+      </c>
+      <c r="D121" s="15" t="s">
         <v>361</v>
       </c>
-      <c r="D121" s="15" t="s">
-[...3 lines deleted...]
-        <v>363</v>
+      <c r="E121" s="15">
+        <v>10080000285</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>364</v>
+        <v>328</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
-      <c r="J121" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J121" s="15"/>
       <c r="K121" s="15">
-        <v>17.24</v>
+        <v>23.1</v>
       </c>
       <c r="L121" s="15">
-        <v>14.46</v>
+        <v>22.24</v>
       </c>
       <c r="M121" s="15">
-        <v>13.9</v>
+        <v>21.39</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>10080003354</v>
+        <v>363</v>
+      </c>
+      <c r="E122" s="15" t="s">
+        <v>364</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
-      <c r="J122" s="15"/>
+      <c r="J122" s="15">
+        <v>19</v>
+      </c>
       <c r="K122" s="15">
-        <v>25.77</v>
+        <v>17.24</v>
       </c>
       <c r="L122" s="15">
-        <v>24.81</v>
+        <v>14.46</v>
       </c>
       <c r="M122" s="15">
-        <v>23.86</v>
+        <v>13.9</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
+        <v>366</v>
+      </c>
+      <c r="D123" s="15" t="s">
         <v>367</v>
       </c>
-      <c r="D123" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123" s="15">
-        <v>10080003357</v>
+        <v>10080003354</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15"/>
-      <c r="J123" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J123" s="15"/>
       <c r="K123" s="15">
-        <v>18.86</v>
+        <v>25.77</v>
       </c>
       <c r="L123" s="15">
-        <v>18.04</v>
+        <v>24.81</v>
       </c>
       <c r="M123" s="15">
-        <v>18.04</v>
-[...3 lines deleted...]
-      </c>
+        <v>23.86</v>
+      </c>
+      <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
+        <v>368</v>
+      </c>
+      <c r="D124" s="15" t="s">
         <v>369</v>
       </c>
-      <c r="D124" s="15" t="s">
-[...3 lines deleted...]
-        <v>371</v>
+      <c r="E124" s="15">
+        <v>10080003357</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>372</v>
+        <v>359</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K124" s="15">
-        <v>5.2</v>
+        <v>18.86</v>
       </c>
       <c r="L124" s="15">
-        <v>5.2</v>
+        <v>18.04</v>
       </c>
       <c r="M124" s="15">
-        <v>5.2</v>
-[...1 lines deleted...]
-      <c r="N124" s="15"/>
+        <v>18.04</v>
+      </c>
+      <c r="N124" s="15">
+        <v>6</v>
+      </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>364</v>
+        <v>373</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>10</v>
       </c>
       <c r="K125" s="15">
-        <v>14.14</v>
+        <v>5.2</v>
       </c>
       <c r="L125" s="15">
-        <v>14.14</v>
+        <v>5.2</v>
       </c>
       <c r="M125" s="15">
-        <v>14.14</v>
+        <v>5.2</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
+        <v>374</v>
+      </c>
+      <c r="D126" s="15" t="s">
+        <v>375</v>
+      </c>
+      <c r="E126" s="15" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>10080003356</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="K126" s="15">
-        <v>25.77</v>
+        <v>14.14</v>
       </c>
       <c r="L126" s="15">
-        <v>24.81</v>
+        <v>14.14</v>
       </c>
       <c r="M126" s="15">
-        <v>23.86</v>
+        <v>14.14</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
+        <v>377</v>
+      </c>
+      <c r="D127" s="15" t="s">
         <v>378</v>
       </c>
-      <c r="D127" s="15" t="s">
-[...3 lines deleted...]
-        <v>380</v>
+      <c r="E127" s="15">
+        <v>10080003356</v>
       </c>
       <c r="F127" s="15"/>
-      <c r="G127" s="15"/>
+      <c r="G127" s="15" t="s">
+        <v>359</v>
+      </c>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
-      <c r="J127" s="15"/>
+      <c r="J127" s="15">
+        <v>7</v>
+      </c>
       <c r="K127" s="15">
-        <v>61.31</v>
+        <v>25.77</v>
       </c>
       <c r="L127" s="15">
-        <v>61.31</v>
+        <v>24.81</v>
       </c>
       <c r="M127" s="15">
-        <v>61.31</v>
+        <v>23.86</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
+        <v>379</v>
+      </c>
+      <c r="D128" s="15" t="s">
+        <v>380</v>
+      </c>
+      <c r="E128" s="15" t="s">
         <v>381</v>
-      </c>
-[...4 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
-        <v>65.34999999999999</v>
+        <v>61.31</v>
       </c>
       <c r="L128" s="15">
-        <v>56.64</v>
+        <v>61.31</v>
       </c>
       <c r="M128" s="15">
-        <v>54.46</v>
+        <v>61.31</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
-      <c r="P128" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="F129" s="15"/>
-      <c r="G129" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15">
-        <v>9.539999999999999</v>
+        <v>64.06999999999999</v>
       </c>
       <c r="L129" s="15">
-        <v>9.539999999999999</v>
+        <v>55.52</v>
       </c>
       <c r="M129" s="15">
-        <v>9.539999999999999</v>
+        <v>53.39</v>
       </c>
       <c r="N129" s="15"/>
       <c r="O129" s="15"/>
       <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="F130" s="15"/>
-      <c r="G130" s="15"/>
+      <c r="G130" s="15" t="s">
+        <v>324</v>
+      </c>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
-        <v>25.72</v>
+        <v>9.539999999999999</v>
       </c>
       <c r="L130" s="15">
-        <v>21.57</v>
+        <v>9.539999999999999</v>
       </c>
       <c r="M130" s="15">
-        <v>20.74</v>
+        <v>9.539999999999999</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15"/>
       <c r="K131" s="15">
-        <v>22.97</v>
+        <v>25.72</v>
       </c>
       <c r="L131" s="15">
-        <v>19.27</v>
+        <v>21.57</v>
       </c>
       <c r="M131" s="15">
-        <v>18.53</v>
+        <v>20.74</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-        <v>10080000284</v>
+        <v>392</v>
+      </c>
+      <c r="E132" s="15" t="s">
+        <v>393</v>
       </c>
       <c r="F132" s="15"/>
-      <c r="G132" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
-      <c r="J132" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J132" s="15"/>
       <c r="K132" s="15">
-        <v>11.5</v>
+        <v>22.97</v>
       </c>
       <c r="L132" s="15">
-        <v>11</v>
+        <v>19.27</v>
       </c>
       <c r="M132" s="15">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>18.53</v>
+      </c>
+      <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="E133" s="15">
-        <v>10080000280</v>
+        <v>10080000284</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>6</v>
       </c>
       <c r="K133" s="15">
-        <v>11.48</v>
+        <v>11.5</v>
       </c>
       <c r="L133" s="15">
-        <v>10.98</v>
+        <v>11</v>
       </c>
       <c r="M133" s="15">
-        <v>10.98</v>
+        <v>11</v>
       </c>
       <c r="N133" s="15">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>397</v>
+      </c>
+      <c r="E134" s="15">
+        <v>10080000280</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>372</v>
+        <v>328</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="K134" s="15">
-        <v>5.41</v>
+        <v>11.48</v>
       </c>
       <c r="L134" s="15">
-        <v>5.18</v>
+        <v>10.98</v>
       </c>
       <c r="M134" s="15">
-        <v>5.18</v>
+        <v>10.98</v>
       </c>
       <c r="N134" s="15">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>402</v>
-[...2 lines deleted...]
-        <v>10080002348</v>
+        <v>399</v>
+      </c>
+      <c r="E135" s="15" t="s">
+        <v>400</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>358</v>
+        <v>373</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="K135" s="15">
-        <v>15.98</v>
+        <v>5.41</v>
       </c>
       <c r="L135" s="15">
-        <v>15.28</v>
+        <v>5.18</v>
       </c>
       <c r="M135" s="15">
-        <v>15.28</v>
+        <v>5.18</v>
       </c>
       <c r="N135" s="15">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>402</v>
+      </c>
+      <c r="E136" s="15">
+        <v>10080002348</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>327</v>
+        <v>359</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15"/>
-      <c r="J136" s="15"/>
+      <c r="J136" s="15">
+        <v>7</v>
+      </c>
       <c r="K136" s="15">
-        <v>7.82</v>
+        <v>15.98</v>
       </c>
       <c r="L136" s="15">
-        <v>6.56</v>
+        <v>15.28</v>
       </c>
       <c r="M136" s="15">
-        <v>6.3</v>
-[...1 lines deleted...]
-      <c r="N136" s="15"/>
+        <v>15.28</v>
+      </c>
+      <c r="N136" s="15">
+        <v>10</v>
+      </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>364</v>
+        <v>328</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
-      <c r="J137" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J137" s="15"/>
       <c r="K137" s="15">
-        <v>10.08</v>
+        <v>7.82</v>
       </c>
       <c r="L137" s="15">
-        <v>10.08</v>
+        <v>6.56</v>
       </c>
       <c r="M137" s="15">
-        <v>10.08</v>
+        <v>6.3</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
-      <c r="J138" s="15"/>
+      <c r="J138" s="15">
+        <v>6</v>
+      </c>
       <c r="K138" s="15">
-        <v>9.640000000000001</v>
+        <v>10.08</v>
       </c>
       <c r="L138" s="15">
-        <v>8.09</v>
+        <v>10.08</v>
       </c>
       <c r="M138" s="15">
-        <v>7.78</v>
+        <v>10.08</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="F139" s="15"/>
-      <c r="G139" s="15"/>
+      <c r="G139" s="15" t="s">
+        <v>365</v>
+      </c>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15"/>
       <c r="K139" s="15">
-        <v>7.39</v>
+        <v>9.640000000000001</v>
       </c>
       <c r="L139" s="15">
-        <v>7.39</v>
+        <v>8.09</v>
       </c>
       <c r="M139" s="15">
-        <v>7.39</v>
+        <v>7.78</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>415</v>
+        <v>412</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="F140" s="15"/>
-      <c r="G140" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
-      <c r="J140" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J140" s="15"/>
       <c r="K140" s="15">
-        <v>6.33</v>
+        <v>7.39</v>
       </c>
       <c r="L140" s="15">
-        <v>6.05</v>
+        <v>7.39</v>
       </c>
       <c r="M140" s="15">
-        <v>6.05</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.39</v>
+      </c>
+      <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>419</v>
-[...2 lines deleted...]
-        <v>10080000262</v>
+        <v>416</v>
+      </c>
+      <c r="E141" s="15" t="s">
+        <v>417</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>420</v>
+        <v>328</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
-      <c r="J141" s="15"/>
+      <c r="J141" s="15">
+        <v>15</v>
+      </c>
       <c r="K141" s="15">
-        <v>28.46</v>
+        <v>6.33</v>
       </c>
       <c r="L141" s="15">
-        <v>27.4</v>
+        <v>6.05</v>
       </c>
       <c r="M141" s="15">
-        <v>26.35</v>
-[...1 lines deleted...]
-      <c r="N141" s="15"/>
+        <v>6.05</v>
+      </c>
+      <c r="N141" s="15">
+        <v>193</v>
+      </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="E142" s="15">
-        <v>10080060572</v>
+        <v>10080000262</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15"/>
-      <c r="J142" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J142" s="15"/>
       <c r="K142" s="15">
-        <v>45.62</v>
+        <v>28.46</v>
       </c>
       <c r="L142" s="15">
-        <v>36.79</v>
+        <v>27.4</v>
       </c>
       <c r="M142" s="15">
-        <v>35.32</v>
+        <v>26.35</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>422</v>
+      </c>
+      <c r="E143" s="15">
+        <v>10080060572</v>
       </c>
       <c r="F143" s="15"/>
-      <c r="G143" s="15"/>
+      <c r="G143" s="15" t="s">
+        <v>423</v>
+      </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
-      <c r="J143" s="15"/>
+      <c r="J143" s="15">
+        <v>10</v>
+      </c>
       <c r="K143" s="15">
-        <v>139.85</v>
+        <v>45.62</v>
       </c>
       <c r="L143" s="15">
-        <v>117.3</v>
+        <v>36.79</v>
       </c>
       <c r="M143" s="15">
-        <v>112.79</v>
+        <v>35.32</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>10080001531</v>
+        <v>425</v>
+      </c>
+      <c r="E144" s="15" t="s">
+        <v>426</v>
       </c>
       <c r="F144" s="15"/>
-      <c r="G144" s="15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
-      <c r="J144" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J144" s="15"/>
       <c r="K144" s="15">
-        <v>5.58</v>
+        <v>139.85</v>
       </c>
       <c r="L144" s="15">
-        <v>5.34</v>
+        <v>117.3</v>
       </c>
       <c r="M144" s="15">
-        <v>5.34</v>
-[...3 lines deleted...]
-      </c>
+        <v>112.79</v>
+      </c>
+      <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>430</v>
+        <v>427</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="E145" s="15">
-        <v>10080001532</v>
+        <v>10080001531</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15"/>
-      <c r="J145" s="15"/>
+      <c r="J145" s="15">
+        <v>1</v>
+      </c>
       <c r="K145" s="15">
-        <v>7.33</v>
+        <v>5.58</v>
       </c>
       <c r="L145" s="15">
-        <v>0</v>
+        <v>5.34</v>
       </c>
       <c r="M145" s="15">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="N145" s="15"/>
+        <v>5.34</v>
+      </c>
+      <c r="N145" s="15">
+        <v>2</v>
+      </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="E146" s="15">
-        <v>10080070981</v>
+        <v>10080001532</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
-        <v>9.6</v>
+        <v>7.33</v>
       </c>
       <c r="L146" s="15">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="M146" s="15">
-        <v>7.68</v>
+        <v>0</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="E147" s="15">
-        <v>10080033629</v>
+        <v>10080070981</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
-      <c r="J147" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J147" s="15"/>
       <c r="K147" s="15">
-        <v>8.93</v>
+        <v>9.6</v>
       </c>
       <c r="L147" s="15">
-        <v>7.49</v>
+        <v>8</v>
       </c>
       <c r="M147" s="15">
-        <v>7.2</v>
+        <v>7.68</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
       <c r="E148" s="15">
-        <v>10080002337</v>
+        <v>10080033629</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="K148" s="15">
-        <v>7.58</v>
+        <v>8.93</v>
       </c>
       <c r="L148" s="15">
-        <v>7.58</v>
+        <v>7.49</v>
       </c>
       <c r="M148" s="15">
-        <v>7.58</v>
-[...3 lines deleted...]
-      </c>
+        <v>7.2</v>
+      </c>
+      <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>440</v>
+        <v>437</v>
+      </c>
+      <c r="E149" s="15">
+        <v>10080002337</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>372</v>
+        <v>429</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="K149" s="15">
-        <v>6.35</v>
+        <v>7.58</v>
       </c>
       <c r="L149" s="15">
-        <v>5.33</v>
+        <v>7.58</v>
       </c>
       <c r="M149" s="15">
-        <v>5.12</v>
-[...1 lines deleted...]
-      <c r="N149" s="15"/>
+        <v>7.58</v>
+      </c>
+      <c r="N149" s="15">
+        <v>18</v>
+      </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-        <v>10080003383</v>
+        <v>439</v>
+      </c>
+      <c r="E150" s="15" t="s">
+        <v>440</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>327</v>
+        <v>373</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="K150" s="15">
-        <v>10.75</v>
+        <v>6.35</v>
       </c>
       <c r="L150" s="15">
-        <v>10.29</v>
+        <v>5.33</v>
       </c>
       <c r="M150" s="15">
-        <v>10.29</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.12</v>
+      </c>
+      <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="E151" s="15">
-        <v>10080000345</v>
+        <v>10080003383</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>429</v>
+        <v>328</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="K151" s="15">
-        <v>11.05</v>
+        <v>10.75</v>
       </c>
       <c r="L151" s="15">
-        <v>10.64</v>
+        <v>10.29</v>
       </c>
       <c r="M151" s="15">
-        <v>10.23</v>
-[...1 lines deleted...]
-      <c r="N151" s="15"/>
+        <v>10.29</v>
+      </c>
+      <c r="N151" s="15">
+        <v>10</v>
+      </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>446</v>
-[...2 lines deleted...]
-        <v>447</v>
+        <v>444</v>
+      </c>
+      <c r="E152" s="15">
+        <v>10080000345</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>228</v>
+        <v>429</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
-      <c r="J152" s="15"/>
+      <c r="J152" s="15">
+        <v>1</v>
+      </c>
       <c r="K152" s="15">
-        <v>2.3</v>
+        <v>11.05</v>
       </c>
       <c r="L152" s="15">
-        <v>2.2</v>
+        <v>10.64</v>
       </c>
       <c r="M152" s="15">
-        <v>2.2</v>
-[...3 lines deleted...]
-      </c>
+        <v>10.23</v>
+      </c>
+      <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>449</v>
-[...2 lines deleted...]
-        <v>10080004759</v>
+        <v>446</v>
+      </c>
+      <c r="E153" s="15" t="s">
+        <v>447</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>429</v>
+        <v>229</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I153" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I153" s="15"/>
+      <c r="J153" s="15"/>
       <c r="K153" s="15">
-        <v>11.09</v>
+        <v>2.3</v>
       </c>
       <c r="L153" s="15">
-        <v>10.68</v>
+        <v>2.2</v>
       </c>
       <c r="M153" s="15">
-        <v>10.27</v>
-[...1 lines deleted...]
-      <c r="N153" s="15"/>
+        <v>2.2</v>
+      </c>
+      <c r="N153" s="15">
+        <v>5</v>
+      </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="E154" s="15">
-        <v>10080006107</v>
+        <v>10080004759</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I154" s="15"/>
-      <c r="J154" s="15"/>
+      <c r="I154" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="J154" s="15">
+        <v>8</v>
+      </c>
       <c r="K154" s="15">
-        <v>8.640000000000001</v>
+        <v>11.09</v>
       </c>
       <c r="L154" s="15">
-        <v>8.32</v>
+        <v>10.68</v>
       </c>
       <c r="M154" s="15">
-        <v>8</v>
+        <v>10.27</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>454</v>
-[...2 lines deleted...]
-        <v>455</v>
+        <v>452</v>
+      </c>
+      <c r="E155" s="15">
+        <v>10080006107</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>372</v>
+        <v>429</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
-      <c r="J155" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="J155" s="15"/>
       <c r="K155" s="15">
-        <v>3.93</v>
+        <v>8.640000000000001</v>
       </c>
       <c r="L155" s="15">
-        <v>3.93</v>
+        <v>8.32</v>
       </c>
       <c r="M155" s="15">
-        <v>3.93</v>
+        <v>8</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>10080006114</v>
+        <v>454</v>
+      </c>
+      <c r="E156" s="15" t="s">
+        <v>455</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>429</v>
+        <v>373</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="K156" s="15">
-        <v>8.77</v>
+        <v>3.93</v>
       </c>
       <c r="L156" s="15">
-        <v>8.449999999999999</v>
+        <v>3.93</v>
       </c>
       <c r="M156" s="15">
-        <v>8.119999999999999</v>
+        <v>3.93</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="E157" s="15">
-        <v>10080002888</v>
+        <v>10080006114</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>327</v>
+        <v>429</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
-      <c r="J157" s="15"/>
+      <c r="J157" s="15">
+        <v>8</v>
+      </c>
       <c r="K157" s="15">
-        <v>13.91</v>
+        <v>8.77</v>
       </c>
       <c r="L157" s="15">
-        <v>13.39</v>
+        <v>8.449999999999999</v>
       </c>
       <c r="M157" s="15">
-        <v>12.88</v>
+        <v>8.119999999999999</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
       <c r="E158" s="15">
-        <v>10080002259</v>
+        <v>10080002888</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>429</v>
+        <v>328</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
-        <v>8.77</v>
+        <v>13.91</v>
       </c>
       <c r="L158" s="15">
-        <v>8.449999999999999</v>
+        <v>13.39</v>
       </c>
       <c r="M158" s="15">
-        <v>8.119999999999999</v>
+        <v>12.88</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="E159" s="15">
-        <v>10080006105</v>
+        <v>10080002259</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>8.77</v>
       </c>
       <c r="L159" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M159" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E160" s="15">
-        <v>10080000642</v>
+        <v>10080006105</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I160" s="15" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I160" s="15"/>
+      <c r="J160" s="15"/>
       <c r="K160" s="15">
-        <v>6.61</v>
+        <v>8.77</v>
       </c>
       <c r="L160" s="15">
-        <v>6.33</v>
+        <v>8.449999999999999</v>
       </c>
       <c r="M160" s="15">
-        <v>6.33</v>
-[...3 lines deleted...]
-      </c>
+        <v>8.119999999999999</v>
+      </c>
+      <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>468</v>
+        <v>465</v>
       </c>
       <c r="E161" s="15">
-        <v>10080000282</v>
+        <v>10080000642</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I161" s="15"/>
+      <c r="I161" s="15" t="s">
+        <v>466</v>
+      </c>
       <c r="J161" s="15">
         <v>8</v>
       </c>
       <c r="K161" s="15">
-        <v>9.84</v>
+        <v>6.61</v>
       </c>
       <c r="L161" s="15">
-        <v>9.470000000000001</v>
+        <v>6.33</v>
       </c>
       <c r="M161" s="15">
-        <v>9.109999999999999</v>
-[...1 lines deleted...]
-      <c r="N161" s="15"/>
+        <v>6.33</v>
+      </c>
+      <c r="N161" s="15">
+        <v>4</v>
+      </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="E162" s="15">
-        <v>10080038941</v>
+        <v>10080000282</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
         <v>429</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="K162" s="15">
-        <v>13.11</v>
+        <v>9.84</v>
       </c>
       <c r="L162" s="15">
-        <v>10.75</v>
+        <v>9.470000000000001</v>
       </c>
       <c r="M162" s="15">
-        <v>10.31</v>
+        <v>9.109999999999999</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>470</v>
+      </c>
+      <c r="E163" s="15">
+        <v>10080038941</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>372</v>
+        <v>429</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="K163" s="15">
-        <v>5.54</v>
+        <v>13.11</v>
       </c>
       <c r="L163" s="15">
-        <v>4.65</v>
+        <v>10.75</v>
       </c>
       <c r="M163" s="15">
-        <v>4.47</v>
+        <v>10.31</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
         <v>471</v>
       </c>
       <c r="D164" s="15" t="s">
         <v>472</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>474</v>
+        <v>473</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I164" s="15"/>
+      <c r="I164" s="15" t="s">
+        <v>474</v>
+      </c>
       <c r="J164" s="15">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="K164" s="15">
-        <v>5.36</v>
+        <v>5.54</v>
       </c>
       <c r="L164" s="15">
-        <v>4.49</v>
+        <v>4.65</v>
       </c>
       <c r="M164" s="15">
-        <v>4.32</v>
+        <v>4.47</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
-      <c r="B165" s="14"/>
-[...2 lines deleted...]
-      <c r="E165" s="15"/>
+      <c r="B165" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C165" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D165" s="15" t="s">
+        <v>472</v>
+      </c>
+      <c r="E165" s="15" t="s">
+        <v>475</v>
+      </c>
       <c r="F165" s="15"/>
-      <c r="G165" s="15"/>
-[...5 lines deleted...]
-      <c r="M165" s="15"/>
+      <c r="G165" s="15" t="s">
+        <v>373</v>
+      </c>
+      <c r="H165" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="I165" s="15" t="s">
+        <v>474</v>
+      </c>
+      <c r="J165" s="15">
+        <v>22</v>
+      </c>
+      <c r="K165" s="15">
+        <v>5.36</v>
+      </c>
+      <c r="L165" s="15">
+        <v>4.49</v>
+      </c>
+      <c r="M165" s="15">
+        <v>4.32</v>
+      </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
+      <c r="R165"/>
+    </row>
+    <row r="166" spans="1:18">
+      <c r="B166" s="14"/>
+      <c r="C166" s="15"/>
+      <c r="D166" s="15"/>
+      <c r="E166" s="15"/>
+      <c r="F166" s="15"/>
+      <c r="G166" s="15"/>
+      <c r="H166" s="15"/>
+      <c r="I166" s="15"/>
+      <c r="J166" s="15"/>
+      <c r="K166" s="15"/>
+      <c r="L166" s="15"/>
+      <c r="M166" s="15"/>
+      <c r="N166" s="15"/>
+      <c r="O166" s="15"/>
+      <c r="P166" s="15"/>
+      <c r="Q166" s="15"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <hyperlinks>
     <hyperlink ref="D5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -8350,317 +8388,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>