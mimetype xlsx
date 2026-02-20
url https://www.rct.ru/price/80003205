--- v4 (2026-01-31)
+++ v5 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -346,50 +346,53 @@
   <si>
     <t>B0512M-2WR2</t>
   </si>
   <si>
     <t>фикс вход 5V выход 12V изоляция 1500VDC 2W, R2 версия / B0512M-2WR2</t>
   </si>
   <si>
     <t>10-00009812</t>
   </si>
   <si>
     <t>B0512S-1W</t>
   </si>
   <si>
     <t>фикс вход 5V, выход 12V, изоляция 1000VDC, 1W / B0512S-1W</t>
   </si>
   <si>
     <t>B0512S-1WR3</t>
   </si>
   <si>
     <t>фикс вход 5V выход 12V изоляция 1500VDC 1W версия R3 / B0512S-1WR3</t>
   </si>
   <si>
     <t>10-00009808</t>
   </si>
   <si>
+    <t xml:space="preserve">B0512S-1WR3 Hi-Link, </t>
+  </si>
+  <si>
     <t>B0512T-1W</t>
   </si>
   <si>
     <t>фикс вход 5V, выход 12V, изоляция 1000VDC, 1W / B0512T-1W</t>
   </si>
   <si>
     <t>B0512T-2W</t>
   </si>
   <si>
     <t>фикс вход 5V, выход 12V, изоляция 1000VDC, 2W / B0512T-2W</t>
   </si>
   <si>
     <t>B0515LS-1W</t>
   </si>
   <si>
     <t>фикс вход 5V, выход 15V, изоляция 1000VDC, 1W, / B0515LS-1W</t>
   </si>
   <si>
     <t>B0515S-1WR3</t>
   </si>
   <si>
     <t>фикс вход 5V выход 15V изоляция 1500VDC 1W / B0515S-1WR3</t>
   </si>
   <si>
     <t>UT-00094963</t>
@@ -460,50 +463,53 @@
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR2</t>
   </si>
   <si>
     <t>UT-00091931</t>
   </si>
   <si>
     <t>B1505XT-1WR3</t>
   </si>
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR3</t>
   </si>
   <si>
     <t>UT-00105942</t>
   </si>
   <si>
     <t>B1515LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 15V выход 15V изоляция 1500VDC 1WT / B1515LS-1WR3</t>
   </si>
   <si>
     <t>UT-00106390</t>
   </si>
   <si>
+    <t>13.03.2026</t>
+  </si>
+  <si>
     <t>B2405D-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V 200mA, изоляция 1000VDC, 1W / B2405D-1WR3</t>
   </si>
   <si>
     <t>UT-00140132</t>
   </si>
   <si>
     <t>CONV DIP 12.7x10</t>
   </si>
   <si>
     <t>B2405LS-1WR2</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR2 снято с производства</t>
   </si>
   <si>
     <t>10-00009796</t>
   </si>
   <si>
     <t>B2405LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR3</t>
@@ -1169,50 +1175,53 @@
     <t>UT-00137898</t>
   </si>
   <si>
     <t>URB4812D-10W</t>
   </si>
   <si>
     <t>вход 4:1 48V, выход 12V, изоляция 1500VDC, 10W, стабилиз. / URB4812D-10W</t>
   </si>
   <si>
     <t>URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>вход: 43-160VDC; выход: 24VDC 6250mA 150W / URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>UT-00095824</t>
   </si>
   <si>
     <t>URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>вход: 66-160VDC; выход: 24VDC 4167mA 100W / URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>UT-00105841</t>
+  </si>
+  <si>
+    <t>15.02.2026</t>
   </si>
   <si>
     <t>URF2405P-6WR3</t>
   </si>
   <si>
     <t>вход: 24VDC (9-36VDC); выход: 5VDC 1200mA 6W; изол. 3000VDC / URF2405P-6WR3</t>
   </si>
   <si>
     <t>UT-00093919</t>
   </si>
   <si>
     <t>VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48 (36~75 VDC); выход: 5.0V 20A 100W; изол. 1500VDC; DIP (58.42x22.86x12.7mm) / VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>UT-00139060</t>
   </si>
   <si>
     <t>VCB4828EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48VDC (36~75 VDC); выход: 28VDC 3.57A 100W; DIP8 58.42*22.86*12.7mm / VCB4828EBO-100WFR3</t>
   </si>
@@ -2484,51 +2493,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>1.6</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.37</v>
       </c>
       <c r="N14" s="15">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -3316,5023 +3325,5031 @@
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D36" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E36" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I36" s="15"/>
+      <c r="I36" s="15" t="s">
+        <v>110</v>
+      </c>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>2.02</v>
       </c>
       <c r="L36" s="15">
         <v>1.69</v>
       </c>
       <c r="M36" s="15">
         <v>1.63</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15"/>
       <c r="P36" s="15"/>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E37" s="15">
         <v>10080006109</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15" t="s">
         <v>55</v>
       </c>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15">
         <v>3.12</v>
       </c>
       <c r="L37" s="15">
         <v>3</v>
       </c>
       <c r="M37" s="15">
         <v>2.89</v>
       </c>
       <c r="N37" s="15"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15"/>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E38" s="15">
         <v>10080006110</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15" t="s">
         <v>55</v>
       </c>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15">
         <v>15</v>
       </c>
       <c r="K38" s="15">
         <v>3.12</v>
       </c>
       <c r="L38" s="15">
         <v>3</v>
       </c>
       <c r="M38" s="15">
         <v>2.89</v>
       </c>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E39" s="15">
         <v>10080000372</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>3.02</v>
       </c>
       <c r="L39" s="15">
         <v>2.91</v>
       </c>
       <c r="M39" s="15">
         <v>2.79</v>
       </c>
       <c r="N39" s="15"/>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="E40" s="15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15">
         <v>43</v>
       </c>
       <c r="K40" s="15">
         <v>1.42</v>
       </c>
       <c r="L40" s="15">
         <v>1.2</v>
       </c>
       <c r="M40" s="15">
         <v>1.15</v>
       </c>
       <c r="N40" s="15"/>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>1.71</v>
       </c>
       <c r="L41" s="15">
         <v>1.43</v>
       </c>
       <c r="M41" s="15">
         <v>1.38</v>
       </c>
       <c r="N41" s="15"/>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="E42" s="15">
         <v>10080000584</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J42" s="15">
         <v>10</v>
       </c>
       <c r="K42" s="15">
         <v>3.27</v>
       </c>
       <c r="L42" s="15">
         <v>3.15</v>
       </c>
       <c r="M42" s="15">
         <v>3.03</v>
       </c>
       <c r="N42" s="15"/>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>43</v>
       </c>
       <c r="K43" s="15">
         <v>1.31</v>
       </c>
       <c r="L43" s="15">
         <v>1.1</v>
       </c>
       <c r="M43" s="15">
         <v>1.05</v>
       </c>
       <c r="N43" s="15"/>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>38</v>
       </c>
       <c r="K44" s="15">
         <v>1.83</v>
       </c>
       <c r="L44" s="15">
         <v>1.59</v>
       </c>
       <c r="M44" s="15">
         <v>1.53</v>
       </c>
       <c r="N44" s="15"/>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="E45" s="15">
         <v>10080000557</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J45" s="15"/>
       <c r="K45" s="15">
         <v>2.6</v>
       </c>
       <c r="L45" s="15">
         <v>0</v>
       </c>
       <c r="M45" s="15">
         <v>0</v>
       </c>
       <c r="N45" s="15"/>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E46" s="15" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>38</v>
       </c>
       <c r="K46" s="15">
         <v>3.27</v>
       </c>
       <c r="L46" s="15">
         <v>2.74</v>
       </c>
       <c r="M46" s="15">
         <v>2.64</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15"/>
       <c r="P46" s="15"/>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15">
         <v>38</v>
       </c>
       <c r="K47" s="15">
         <v>3.16</v>
       </c>
       <c r="L47" s="15">
         <v>2.63</v>
       </c>
       <c r="M47" s="15">
         <v>2.53</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>38</v>
       </c>
       <c r="K48" s="15">
         <v>2.62</v>
       </c>
       <c r="L48" s="15">
         <v>2.19</v>
       </c>
       <c r="M48" s="15">
         <v>2.11</v>
       </c>
       <c r="N48" s="15"/>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15"/>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>25</v>
       </c>
       <c r="K49" s="15">
         <v>1.36</v>
       </c>
       <c r="L49" s="15">
         <v>1.18</v>
       </c>
       <c r="M49" s="15">
         <v>1.14</v>
       </c>
       <c r="N49" s="15"/>
       <c r="O49" s="15">
         <v>18</v>
       </c>
-      <c r="P49" s="15"/>
+      <c r="P49" s="15" t="s">
+        <v>149</v>
+      </c>
       <c r="Q49" s="15"/>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>39</v>
       </c>
       <c r="K50" s="15">
         <v>1.76</v>
       </c>
       <c r="L50" s="15">
         <v>1.47</v>
       </c>
       <c r="M50" s="15">
         <v>1.42</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15"/>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H51" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I51" s="15"/>
       <c r="J51" s="15">
         <v>25</v>
       </c>
       <c r="K51" s="15">
         <v>1.35</v>
       </c>
       <c r="L51" s="15">
         <v>1.35</v>
       </c>
       <c r="M51" s="15">
         <v>1.35</v>
       </c>
       <c r="N51" s="15"/>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>10</v>
       </c>
       <c r="K52" s="15">
         <v>1.44</v>
       </c>
       <c r="L52" s="15">
         <v>1.25</v>
       </c>
       <c r="M52" s="15">
         <v>1.2</v>
       </c>
       <c r="N52" s="15"/>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15"/>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="E53" s="15">
         <v>10080001483</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="J53" s="15">
         <v>10</v>
       </c>
       <c r="K53" s="15">
         <v>2.54</v>
       </c>
       <c r="L53" s="15">
         <v>2.13</v>
       </c>
       <c r="M53" s="15">
         <v>2.05</v>
       </c>
       <c r="N53" s="15">
         <v>1</v>
       </c>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>10</v>
       </c>
       <c r="K54" s="15">
         <v>1.33</v>
       </c>
       <c r="L54" s="15">
         <v>1.12</v>
       </c>
       <c r="M54" s="15">
         <v>1.08</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15"/>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="E55" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15">
         <v>25</v>
       </c>
       <c r="K55" s="15">
         <v>2.66</v>
       </c>
       <c r="L55" s="15">
         <v>2.23</v>
       </c>
       <c r="M55" s="15">
         <v>2.14</v>
       </c>
       <c r="N55" s="15"/>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15">
         <v>38</v>
       </c>
       <c r="K56" s="15">
         <v>1.85</v>
       </c>
       <c r="L56" s="15">
         <v>1.55</v>
       </c>
       <c r="M56" s="15">
         <v>1.49</v>
       </c>
       <c r="N56" s="15"/>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>1.33</v>
       </c>
       <c r="L57" s="15">
         <v>1.11</v>
       </c>
       <c r="M57" s="15">
         <v>1.07</v>
       </c>
       <c r="N57" s="15"/>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15"/>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>10</v>
       </c>
       <c r="K58" s="15">
         <v>2.23</v>
       </c>
       <c r="L58" s="15">
         <v>1.87</v>
       </c>
       <c r="M58" s="15">
         <v>1.8</v>
       </c>
       <c r="N58" s="15"/>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15"/>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E59" s="15">
         <v>10080000643</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15"/>
       <c r="K59" s="15">
         <v>3.05</v>
       </c>
       <c r="L59" s="15">
         <v>2.94</v>
       </c>
       <c r="M59" s="15">
         <v>2.82</v>
       </c>
       <c r="N59" s="15"/>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15"/>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>38</v>
       </c>
       <c r="K60" s="15">
         <v>1.88</v>
       </c>
       <c r="L60" s="15">
         <v>1.63</v>
       </c>
       <c r="M60" s="15">
         <v>1.56</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15"/>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>14</v>
       </c>
       <c r="K61" s="15">
         <v>1.73</v>
       </c>
       <c r="L61" s="15">
         <v>1.45</v>
       </c>
       <c r="M61" s="15">
         <v>1.4</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15"/>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>26</v>
       </c>
       <c r="K62" s="15">
         <v>2.36</v>
       </c>
       <c r="L62" s="15">
         <v>1.98</v>
       </c>
       <c r="M62" s="15">
         <v>1.9</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15"/>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>25</v>
       </c>
       <c r="K63" s="15">
         <v>2.17</v>
       </c>
       <c r="L63" s="15">
         <v>1.82</v>
       </c>
       <c r="M63" s="15">
         <v>1.75</v>
       </c>
       <c r="N63" s="15"/>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15"/>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="E64" s="15">
         <v>10080003052</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>3.9</v>
       </c>
       <c r="L64" s="15">
         <v>3.9</v>
       </c>
       <c r="M64" s="15">
         <v>3.9</v>
       </c>
       <c r="N64" s="15">
         <v>20</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15"/>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15"/>
       <c r="K65" s="15">
         <v>2.81</v>
       </c>
       <c r="L65" s="15">
         <v>2.36</v>
       </c>
       <c r="M65" s="15">
         <v>2.27</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15"/>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>25</v>
       </c>
       <c r="K66" s="15">
         <v>4.63</v>
       </c>
       <c r="L66" s="15">
         <v>3.89</v>
       </c>
       <c r="M66" s="15">
         <v>3.74</v>
       </c>
       <c r="N66" s="15"/>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15"/>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E67" s="15">
         <v>10080036782</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>25</v>
       </c>
       <c r="K67" s="15">
         <v>9.07</v>
       </c>
       <c r="L67" s="15">
         <v>6.35</v>
       </c>
       <c r="M67" s="15">
         <v>5.9</v>
       </c>
       <c r="N67" s="15"/>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15"/>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15"/>
       <c r="K68" s="15">
         <v>1.3</v>
       </c>
       <c r="L68" s="15">
         <v>1.13</v>
       </c>
       <c r="M68" s="15">
         <v>1.09</v>
       </c>
       <c r="N68" s="15"/>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15"/>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="E69" s="15">
         <v>10080001661</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15"/>
       <c r="K69" s="15">
         <v>3.88</v>
       </c>
       <c r="L69" s="15">
         <v>3.74</v>
       </c>
       <c r="M69" s="15">
         <v>3.59</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15"/>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
         <v>2.2</v>
       </c>
       <c r="L70" s="15">
         <v>2.2</v>
       </c>
       <c r="M70" s="15">
         <v>2.2</v>
       </c>
       <c r="N70" s="15">
-        <v>300</v>
+        <v>445</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>500</v>
       </c>
       <c r="K71" s="15">
         <v>2.67</v>
       </c>
       <c r="L71" s="15">
         <v>2.24</v>
       </c>
       <c r="M71" s="15">
         <v>2.16</v>
       </c>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>2.48</v>
       </c>
       <c r="L72" s="15">
         <v>2.08</v>
       </c>
       <c r="M72" s="15">
         <v>2</v>
       </c>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15">
         <v>6.98</v>
       </c>
       <c r="L73" s="15">
         <v>5.82</v>
       </c>
       <c r="M73" s="15">
         <v>0</v>
       </c>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>10</v>
       </c>
       <c r="K74" s="15">
         <v>2.43</v>
       </c>
       <c r="L74" s="15">
         <v>2.04</v>
       </c>
       <c r="M74" s="15">
         <v>1.96</v>
       </c>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C75" s="15" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D75" s="15" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E75" s="15">
         <v>10080002924</v>
       </c>
       <c r="F75" s="15"/>
       <c r="G75" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H75" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I75" s="15" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="J75" s="15">
         <v>10</v>
       </c>
       <c r="K75" s="15">
         <v>4.2</v>
       </c>
       <c r="L75" s="15">
         <v>4.2</v>
       </c>
       <c r="M75" s="15">
         <v>4.2</v>
       </c>
       <c r="N75" s="15">
         <v>9</v>
       </c>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75"/>
     </row>
     <row r="76" spans="1:18">
       <c r="B76" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C76" s="15" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="D76" s="15" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E76" s="15" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F76" s="15"/>
       <c r="G76" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H76" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15">
         <v>5.31</v>
       </c>
       <c r="L76" s="15">
         <v>4.45</v>
       </c>
       <c r="M76" s="15">
         <v>4.28</v>
       </c>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76"/>
     </row>
     <row r="77" spans="1:18">
       <c r="B77" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C77" s="15" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D77" s="15" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="E77" s="15">
         <v>10080001550</v>
       </c>
       <c r="F77" s="15"/>
       <c r="G77" s="15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H77" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I77" s="15" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="J77" s="15">
         <v>12</v>
       </c>
       <c r="K77" s="15">
         <v>7.2</v>
       </c>
       <c r="L77" s="15">
         <v>5.04</v>
       </c>
       <c r="M77" s="15">
         <v>4.68</v>
       </c>
       <c r="N77" s="15"/>
       <c r="O77" s="15"/>
       <c r="P77" s="15"/>
       <c r="Q77" s="15"/>
       <c r="R77"/>
     </row>
     <row r="78" spans="1:18">
       <c r="B78" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C78" s="15" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D78" s="15" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="E78" s="15">
         <v>10080038020</v>
       </c>
       <c r="F78" s="15"/>
       <c r="G78" s="15" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="H78" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I78" s="15"/>
       <c r="J78" s="15">
         <v>25</v>
       </c>
       <c r="K78" s="15">
         <v>6.86</v>
       </c>
       <c r="L78" s="15">
         <v>4.8</v>
       </c>
       <c r="M78" s="15">
         <v>4.46</v>
       </c>
       <c r="N78" s="15"/>
       <c r="O78" s="15"/>
       <c r="P78" s="15"/>
       <c r="Q78" s="15"/>
       <c r="R78"/>
     </row>
     <row r="79" spans="1:18">
       <c r="B79" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C79" s="15" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D79" s="15" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E79" s="15">
         <v>10080006106</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>21</v>
       </c>
       <c r="K79" s="15">
         <v>4.44</v>
       </c>
       <c r="L79" s="15">
         <v>4.44</v>
       </c>
       <c r="M79" s="15">
         <v>4.44</v>
       </c>
       <c r="N79" s="15">
-        <v>645</v>
+        <v>683</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D80" s="15" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="E80" s="15" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I80" s="15"/>
       <c r="J80" s="15"/>
       <c r="K80" s="15">
         <v>2.99</v>
       </c>
       <c r="L80" s="15">
         <v>2.59</v>
       </c>
       <c r="M80" s="15">
         <v>2.49</v>
       </c>
       <c r="N80" s="15"/>
       <c r="O80" s="15"/>
       <c r="P80" s="15"/>
       <c r="Q80" s="15"/>
       <c r="R80"/>
     </row>
     <row r="81" spans="1:18">
       <c r="B81" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C81" s="15" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D81" s="15" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E81" s="15" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F81" s="15"/>
       <c r="G81" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H81" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I81" s="15"/>
       <c r="J81" s="15"/>
       <c r="K81" s="15">
         <v>3.31</v>
       </c>
       <c r="L81" s="15">
         <v>3.31</v>
       </c>
       <c r="M81" s="15">
         <v>3.31</v>
       </c>
       <c r="N81" s="15"/>
       <c r="O81" s="15"/>
       <c r="P81" s="15"/>
       <c r="Q81" s="15"/>
       <c r="R81"/>
     </row>
     <row r="82" spans="1:18">
       <c r="B82" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C82" s="15" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D82" s="15" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="E82" s="15" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F82" s="15"/>
       <c r="G82" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H82" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I82" s="15"/>
       <c r="J82" s="15">
         <v>25</v>
       </c>
       <c r="K82" s="15">
         <v>9.02</v>
       </c>
       <c r="L82" s="15">
         <v>7.57</v>
       </c>
       <c r="M82" s="15">
         <v>7.28</v>
       </c>
       <c r="N82" s="15"/>
       <c r="O82" s="15"/>
       <c r="P82" s="15"/>
       <c r="Q82" s="15"/>
       <c r="R82"/>
     </row>
     <row r="83" spans="1:18">
       <c r="B83" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C83" s="15" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="D83" s="15" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="E83" s="15">
         <v>10080000281</v>
       </c>
       <c r="F83" s="15"/>
       <c r="G83" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H83" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I83" s="15" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J83" s="15"/>
       <c r="K83" s="15">
         <v>4.09</v>
       </c>
       <c r="L83" s="15">
         <v>3.93</v>
       </c>
       <c r="M83" s="15">
         <v>3.78</v>
       </c>
       <c r="N83" s="15"/>
       <c r="O83" s="15"/>
       <c r="P83" s="15"/>
       <c r="Q83" s="15"/>
       <c r="R83"/>
     </row>
     <row r="84" spans="1:18">
       <c r="B84" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C84" s="15" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D84" s="15" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E84" s="15">
         <v>10080005737</v>
       </c>
       <c r="F84" s="15"/>
       <c r="G84" s="15" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H84" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I84" s="15"/>
       <c r="J84" s="15">
         <v>7</v>
       </c>
       <c r="K84" s="15">
         <v>4.94</v>
       </c>
       <c r="L84" s="15">
         <v>4.94</v>
       </c>
       <c r="M84" s="15">
         <v>4.94</v>
       </c>
       <c r="N84" s="15">
         <v>49</v>
       </c>
       <c r="O84" s="15"/>
       <c r="P84" s="15"/>
       <c r="Q84" s="15"/>
       <c r="R84"/>
     </row>
     <row r="85" spans="1:18">
       <c r="B85" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C85" s="15" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D85" s="15" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="E85" s="15" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="F85" s="15"/>
       <c r="G85" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H85" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I85" s="15"/>
       <c r="J85" s="15">
         <v>25</v>
       </c>
       <c r="K85" s="15">
         <v>2.22</v>
       </c>
       <c r="L85" s="15">
         <v>1.86</v>
       </c>
       <c r="M85" s="15">
         <v>1.79</v>
       </c>
       <c r="N85" s="15"/>
       <c r="O85" s="15"/>
       <c r="P85" s="15"/>
       <c r="Q85" s="15"/>
       <c r="R85"/>
     </row>
     <row r="86" spans="1:18">
       <c r="B86" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C86" s="15" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="D86" s="15" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="E86" s="15" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="F86" s="15"/>
       <c r="G86" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H86" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I86" s="15"/>
       <c r="J86" s="15">
         <v>10</v>
       </c>
       <c r="K86" s="15">
         <v>1.82</v>
       </c>
       <c r="L86" s="15">
         <v>1.82</v>
       </c>
       <c r="M86" s="15">
         <v>1.82</v>
       </c>
       <c r="N86" s="15"/>
       <c r="O86" s="15"/>
       <c r="P86" s="15"/>
       <c r="Q86" s="15"/>
       <c r="R86"/>
     </row>
     <row r="87" spans="1:18">
       <c r="B87" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C87" s="15" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="D87" s="15" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="E87" s="15" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="F87" s="15"/>
       <c r="G87" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H87" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I87" s="15"/>
       <c r="J87" s="15">
         <v>10</v>
       </c>
       <c r="K87" s="15">
         <v>2.47</v>
       </c>
       <c r="L87" s="15">
         <v>2.44</v>
       </c>
       <c r="M87" s="15">
         <v>2.34</v>
       </c>
       <c r="N87" s="15"/>
       <c r="O87" s="15"/>
       <c r="P87" s="15"/>
       <c r="Q87" s="15"/>
       <c r="R87"/>
     </row>
     <row r="88" spans="1:18">
       <c r="B88" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C88" s="15" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="D88" s="15" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E88" s="15" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="F88" s="15"/>
       <c r="G88" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H88" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I88" s="15"/>
       <c r="J88" s="15"/>
       <c r="K88" s="15">
         <v>3.25</v>
       </c>
       <c r="L88" s="15">
         <v>2.73</v>
       </c>
       <c r="M88" s="15">
         <v>2.62</v>
       </c>
       <c r="N88" s="15"/>
       <c r="O88" s="15"/>
       <c r="P88" s="15"/>
       <c r="Q88" s="15"/>
       <c r="R88"/>
     </row>
     <row r="89" spans="1:18">
       <c r="B89" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C89" s="15" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="D89" s="15" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E89" s="15" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F89" s="15"/>
       <c r="G89" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H89" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I89" s="15"/>
       <c r="J89" s="15">
         <v>25</v>
       </c>
       <c r="K89" s="15">
         <v>2.3</v>
       </c>
       <c r="L89" s="15">
         <v>2.3</v>
       </c>
       <c r="M89" s="15">
         <v>2.3</v>
       </c>
       <c r="N89" s="15"/>
       <c r="O89" s="15"/>
       <c r="P89" s="15"/>
       <c r="Q89" s="15"/>
       <c r="R89"/>
     </row>
     <row r="90" spans="1:18">
       <c r="B90" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C90" s="15" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D90" s="15" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="E90" s="15">
         <v>10080001544</v>
       </c>
       <c r="F90" s="15"/>
       <c r="G90" s="15" t="s">
         <v>29</v>
       </c>
       <c r="H90" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I90" s="15"/>
       <c r="J90" s="15"/>
       <c r="K90" s="15">
         <v>4.56</v>
       </c>
       <c r="L90" s="15">
         <v>4.39</v>
       </c>
       <c r="M90" s="15">
         <v>4.22</v>
       </c>
       <c r="N90" s="15"/>
       <c r="O90" s="15"/>
       <c r="P90" s="15"/>
       <c r="Q90" s="15"/>
       <c r="R90"/>
     </row>
     <row r="91" spans="1:18">
       <c r="B91" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C91" s="15" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="D91" s="15" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="E91" s="15" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="F91" s="15"/>
       <c r="G91" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H91" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I91" s="15"/>
       <c r="J91" s="15">
         <v>60</v>
       </c>
       <c r="K91" s="15">
         <v>4.39</v>
       </c>
       <c r="L91" s="15">
         <v>3.68</v>
       </c>
       <c r="M91" s="15">
         <v>3.54</v>
       </c>
       <c r="N91" s="15"/>
       <c r="O91" s="15"/>
       <c r="P91" s="15"/>
       <c r="Q91" s="15"/>
       <c r="R91"/>
     </row>
     <row r="92" spans="1:18">
       <c r="B92" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C92" s="15" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D92" s="15" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="E92" s="15" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="F92" s="15"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I92" s="15"/>
       <c r="J92" s="15">
         <v>44</v>
       </c>
       <c r="K92" s="15">
         <v>2.16</v>
       </c>
       <c r="L92" s="15">
         <v>1.81</v>
       </c>
       <c r="M92" s="15">
         <v>1.74</v>
       </c>
       <c r="N92" s="15"/>
       <c r="O92" s="15"/>
       <c r="P92" s="15"/>
       <c r="Q92" s="15"/>
       <c r="R92"/>
     </row>
     <row r="93" spans="1:18">
       <c r="B93" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C93" s="15" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="D93" s="15" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="E93" s="15" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F93" s="15"/>
       <c r="G93" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H93" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I93" s="15"/>
       <c r="J93" s="15">
         <v>60</v>
       </c>
       <c r="K93" s="15">
         <v>3.96</v>
       </c>
       <c r="L93" s="15">
         <v>3.32</v>
       </c>
       <c r="M93" s="15">
         <v>3.19</v>
       </c>
       <c r="N93" s="15"/>
       <c r="O93" s="15"/>
       <c r="P93" s="15"/>
       <c r="Q93" s="15"/>
       <c r="R93"/>
     </row>
     <row r="94" spans="1:18">
       <c r="B94" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C94" s="15" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="D94" s="15" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="E94" s="15" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="F94" s="15"/>
       <c r="G94" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H94" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I94" s="15"/>
       <c r="J94" s="15">
         <v>43</v>
       </c>
       <c r="K94" s="15">
         <v>2.04</v>
       </c>
       <c r="L94" s="15">
         <v>1.71</v>
       </c>
       <c r="M94" s="15">
         <v>1.64</v>
       </c>
       <c r="N94" s="15"/>
       <c r="O94" s="15"/>
       <c r="P94" s="15"/>
       <c r="Q94" s="15"/>
       <c r="R94"/>
     </row>
     <row r="95" spans="1:18">
       <c r="B95" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C95" s="15" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D95" s="15" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="E95" s="15">
         <v>10080000278</v>
       </c>
       <c r="F95" s="15"/>
       <c r="G95" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H95" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I95" s="15" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J95" s="15"/>
       <c r="K95" s="15">
         <v>7.46</v>
       </c>
       <c r="L95" s="15">
         <v>7.19</v>
       </c>
       <c r="M95" s="15">
         <v>6.91</v>
       </c>
       <c r="N95" s="15"/>
       <c r="O95" s="15"/>
       <c r="P95" s="15"/>
       <c r="Q95" s="15"/>
       <c r="R95"/>
     </row>
     <row r="96" spans="1:18">
       <c r="B96" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C96" s="15" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="D96" s="15" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="E96" s="15" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="F96" s="15"/>
       <c r="G96" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H96" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I96" s="15"/>
       <c r="J96" s="15">
         <v>44</v>
       </c>
       <c r="K96" s="15">
         <v>2.01</v>
       </c>
       <c r="L96" s="15">
         <v>1.74</v>
       </c>
       <c r="M96" s="15">
         <v>1.67</v>
       </c>
       <c r="N96" s="15"/>
       <c r="O96" s="15"/>
       <c r="P96" s="15"/>
       <c r="Q96" s="15"/>
       <c r="R96"/>
     </row>
     <row r="97" spans="1:18">
       <c r="B97" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C97" s="15" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D97" s="15" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="E97" s="15" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="F97" s="15"/>
       <c r="G97" s="15" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H97" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I97" s="15"/>
       <c r="J97" s="15">
         <v>15</v>
       </c>
       <c r="K97" s="15">
         <v>5.4</v>
       </c>
       <c r="L97" s="15">
         <v>4.53</v>
       </c>
       <c r="M97" s="15">
         <v>4.36</v>
       </c>
       <c r="N97" s="15"/>
       <c r="O97" s="15"/>
       <c r="P97" s="15"/>
       <c r="Q97" s="15"/>
       <c r="R97"/>
     </row>
     <row r="98" spans="1:18">
       <c r="B98" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C98" s="15" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="E98" s="15">
         <v>10080000277</v>
       </c>
       <c r="F98" s="15"/>
       <c r="G98" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H98" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I98" s="15" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J98" s="15"/>
       <c r="K98" s="15">
         <v>6.33</v>
       </c>
       <c r="L98" s="15">
         <v>6.1</v>
       </c>
       <c r="M98" s="15">
         <v>5.86</v>
       </c>
       <c r="N98" s="15"/>
       <c r="O98" s="15"/>
       <c r="P98" s="15"/>
       <c r="Q98" s="15"/>
       <c r="R98"/>
     </row>
     <row r="99" spans="1:18">
       <c r="B99" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C99" s="15" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="D99" s="15" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="E99" s="15" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F99" s="15"/>
       <c r="G99" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H99" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I99" s="15"/>
       <c r="J99" s="15"/>
       <c r="K99" s="15">
         <v>1.83</v>
       </c>
       <c r="L99" s="15">
         <v>1.54</v>
       </c>
       <c r="M99" s="15">
         <v>1.48</v>
       </c>
       <c r="N99" s="15"/>
       <c r="O99" s="15"/>
       <c r="P99" s="15"/>
       <c r="Q99" s="15"/>
       <c r="R99"/>
     </row>
     <row r="100" spans="1:18">
       <c r="B100" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C100" s="15" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="D100" s="15" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="E100" s="15" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="F100" s="15"/>
       <c r="G100" s="15" t="s">
         <v>64</v>
       </c>
       <c r="H100" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I100" s="15"/>
       <c r="J100" s="15"/>
       <c r="K100" s="15">
         <v>1.49</v>
       </c>
       <c r="L100" s="15">
         <v>1.49</v>
       </c>
       <c r="M100" s="15">
         <v>1.49</v>
       </c>
       <c r="N100" s="15"/>
       <c r="O100" s="15"/>
       <c r="P100" s="15"/>
       <c r="Q100" s="15"/>
       <c r="R100"/>
     </row>
     <row r="101" spans="1:18">
       <c r="B101" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C101" s="15" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D101" s="15" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="E101" s="15" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F101" s="15"/>
       <c r="G101" s="15" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H101" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I101" s="15"/>
       <c r="J101" s="15">
         <v>400</v>
       </c>
       <c r="K101" s="15">
         <v>1.33</v>
       </c>
       <c r="L101" s="15">
         <v>1.12</v>
       </c>
       <c r="M101" s="15">
         <v>1.07</v>
       </c>
       <c r="N101" s="15"/>
       <c r="O101" s="15"/>
       <c r="P101" s="15"/>
       <c r="Q101" s="15"/>
       <c r="R101"/>
     </row>
     <row r="102" spans="1:18">
       <c r="B102" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C102" s="15" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D102" s="15" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E102" s="15" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F102" s="15"/>
       <c r="G102" s="15" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H102" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I102" s="15"/>
       <c r="J102" s="15">
         <v>15</v>
       </c>
       <c r="K102" s="15">
         <v>5.4</v>
       </c>
       <c r="L102" s="15">
         <v>4.53</v>
       </c>
       <c r="M102" s="15">
         <v>4.36</v>
       </c>
       <c r="N102" s="15"/>
       <c r="O102" s="15"/>
       <c r="P102" s="15"/>
       <c r="Q102" s="15"/>
       <c r="R102"/>
     </row>
     <row r="103" spans="1:18">
       <c r="B103" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C103" s="15" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="D103" s="15" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="E103" s="15" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="F103" s="15"/>
       <c r="G103" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H103" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I103" s="15"/>
       <c r="J103" s="15">
         <v>44</v>
       </c>
       <c r="K103" s="15">
         <v>1.84</v>
       </c>
       <c r="L103" s="15">
         <v>1.59</v>
       </c>
       <c r="M103" s="15">
         <v>1.53</v>
       </c>
       <c r="N103" s="15"/>
       <c r="O103" s="15"/>
       <c r="P103" s="15"/>
       <c r="Q103" s="15"/>
       <c r="R103"/>
     </row>
     <row r="104" spans="1:18">
       <c r="B104" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C104" s="15" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D104" s="15" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="E104" s="15" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="F104" s="15"/>
       <c r="G104" s="15" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="H104" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I104" s="15"/>
       <c r="J104" s="15">
         <v>15</v>
       </c>
       <c r="K104" s="15">
         <v>5.4</v>
       </c>
       <c r="L104" s="15">
         <v>4.53</v>
       </c>
       <c r="M104" s="15">
         <v>4.36</v>
       </c>
       <c r="N104" s="15"/>
       <c r="O104" s="15"/>
       <c r="P104" s="15"/>
       <c r="Q104" s="15"/>
       <c r="R104"/>
     </row>
     <row r="105" spans="1:18">
       <c r="B105" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C105" s="15" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D105" s="15" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E105" s="15" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F105" s="15"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I105" s="15"/>
       <c r="J105" s="15">
         <v>374</v>
       </c>
       <c r="K105" s="15">
         <v>1.18</v>
       </c>
       <c r="L105" s="15">
         <v>0.98582</v>
       </c>
       <c r="M105" s="15">
         <v>0.9479</v>
       </c>
       <c r="N105" s="15"/>
       <c r="O105" s="15"/>
       <c r="P105" s="15"/>
       <c r="Q105" s="15"/>
       <c r="R105"/>
     </row>
     <row r="106" spans="1:18">
       <c r="B106" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C106" s="15" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E106" s="15" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="F106" s="15"/>
       <c r="G106" s="15" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H106" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I106" s="15"/>
       <c r="J106" s="15"/>
       <c r="K106" s="15">
         <v>11.49</v>
       </c>
       <c r="L106" s="15">
         <v>9.130000000000001</v>
       </c>
       <c r="M106" s="15">
         <v>8.789999999999999</v>
       </c>
       <c r="N106" s="15"/>
       <c r="O106" s="15"/>
       <c r="P106" s="15"/>
       <c r="Q106" s="15"/>
       <c r="R106"/>
     </row>
     <row r="107" spans="1:18">
       <c r="B107" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C107" s="15" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D107" s="15" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="E107" s="15" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="F107" s="15"/>
       <c r="G107" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H107" s="15" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I107" s="15"/>
       <c r="J107" s="15">
         <v>126</v>
       </c>
       <c r="K107" s="15">
         <v>7.92</v>
       </c>
       <c r="L107" s="15">
         <v>6.64</v>
       </c>
       <c r="M107" s="15">
         <v>6.39</v>
       </c>
       <c r="N107" s="15"/>
       <c r="O107" s="15"/>
       <c r="P107" s="15"/>
       <c r="Q107" s="15"/>
       <c r="R107"/>
     </row>
     <row r="108" spans="1:18">
       <c r="B108" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C108" s="15" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D108" s="15" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="E108" s="15">
         <v>10080006112</v>
       </c>
       <c r="F108" s="15"/>
       <c r="G108" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H108" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I108" s="15"/>
       <c r="J108" s="15"/>
       <c r="K108" s="15">
         <v>13.72</v>
       </c>
       <c r="L108" s="15">
         <v>13.21</v>
       </c>
       <c r="M108" s="15">
         <v>12.71</v>
       </c>
       <c r="N108" s="15"/>
       <c r="O108" s="15"/>
       <c r="P108" s="15"/>
       <c r="Q108" s="15"/>
       <c r="R108"/>
     </row>
     <row r="109" spans="1:18">
       <c r="B109" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C109" s="15" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D109" s="15" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="E109" s="15">
         <v>10080002469</v>
       </c>
       <c r="F109" s="15"/>
       <c r="G109" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H109" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I109" s="15"/>
       <c r="J109" s="15"/>
       <c r="K109" s="15">
         <v>16.5</v>
       </c>
       <c r="L109" s="15">
         <v>15.89</v>
       </c>
       <c r="M109" s="15">
         <v>15.28</v>
       </c>
       <c r="N109" s="15"/>
       <c r="O109" s="15"/>
       <c r="P109" s="15"/>
       <c r="Q109" s="15"/>
       <c r="R109"/>
     </row>
     <row r="110" spans="1:18">
       <c r="B110" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C110" s="15" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D110" s="15" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E110" s="15">
         <v>10080002408</v>
       </c>
       <c r="F110" s="15"/>
       <c r="G110" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H110" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I110" s="15"/>
       <c r="J110" s="15">
         <v>6</v>
       </c>
       <c r="K110" s="15">
         <v>13.28</v>
       </c>
       <c r="L110" s="15">
         <v>12.79</v>
       </c>
       <c r="M110" s="15">
         <v>12.29</v>
       </c>
       <c r="N110" s="15"/>
       <c r="O110" s="15"/>
       <c r="P110" s="15"/>
       <c r="Q110" s="15"/>
       <c r="R110"/>
     </row>
     <row r="111" spans="1:18">
       <c r="B111" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C111" s="15" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D111" s="15" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="E111" s="15">
         <v>10080006104</v>
       </c>
       <c r="F111" s="15"/>
       <c r="G111" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H111" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I111" s="15"/>
       <c r="J111" s="15"/>
       <c r="K111" s="15">
         <v>13.26</v>
       </c>
       <c r="L111" s="15">
         <v>12.77</v>
       </c>
       <c r="M111" s="15">
         <v>12.28</v>
       </c>
       <c r="N111" s="15"/>
       <c r="O111" s="15"/>
       <c r="P111" s="15"/>
       <c r="Q111" s="15"/>
       <c r="R111"/>
     </row>
     <row r="112" spans="1:18">
       <c r="B112" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C112" s="15" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D112" s="15" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="E112" s="15">
         <v>10080006113</v>
       </c>
       <c r="F112" s="15"/>
       <c r="G112" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H112" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I112" s="15"/>
       <c r="J112" s="15"/>
       <c r="K112" s="15">
         <v>13.72</v>
       </c>
       <c r="L112" s="15">
         <v>13.21</v>
       </c>
       <c r="M112" s="15">
         <v>12.71</v>
       </c>
       <c r="N112" s="15"/>
       <c r="O112" s="15"/>
       <c r="P112" s="15"/>
       <c r="Q112" s="15"/>
       <c r="R112"/>
     </row>
     <row r="113" spans="1:18">
       <c r="B113" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C113" s="15" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D113" s="15" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E113" s="15" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F113" s="15"/>
       <c r="G113" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H113" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I113" s="15"/>
       <c r="J113" s="15"/>
       <c r="K113" s="15">
         <v>5.57</v>
       </c>
       <c r="L113" s="15">
         <v>4.64</v>
       </c>
       <c r="M113" s="15">
         <v>4.46</v>
       </c>
       <c r="N113" s="15"/>
       <c r="O113" s="15"/>
       <c r="P113" s="15"/>
       <c r="Q113" s="15"/>
       <c r="R113"/>
     </row>
     <row r="114" spans="1:18">
       <c r="B114" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C114" s="15" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="D114" s="15" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="E114" s="15" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="F114" s="15"/>
       <c r="G114" s="15" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="H114" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I114" s="15"/>
       <c r="J114" s="15"/>
       <c r="K114" s="15">
         <v>4.8</v>
       </c>
       <c r="L114" s="15">
         <v>4.03</v>
       </c>
       <c r="M114" s="15">
         <v>3.87</v>
       </c>
       <c r="N114" s="15"/>
       <c r="O114" s="15"/>
       <c r="P114" s="15"/>
       <c r="Q114" s="15"/>
       <c r="R114"/>
     </row>
     <row r="115" spans="1:18">
       <c r="B115" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C115" s="15" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D115" s="15" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="E115" s="15" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="F115" s="15"/>
       <c r="G115" s="15" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="H115" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I115" s="15"/>
       <c r="J115" s="15"/>
       <c r="K115" s="15">
         <v>28.07</v>
       </c>
       <c r="L115" s="15">
         <v>19.65</v>
       </c>
       <c r="M115" s="15">
         <v>18.25</v>
       </c>
       <c r="N115" s="15"/>
       <c r="O115" s="15"/>
       <c r="P115" s="15"/>
       <c r="Q115" s="15"/>
       <c r="R115"/>
     </row>
     <row r="116" spans="1:18">
       <c r="B116" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C116" s="15" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D116" s="15" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="E116" s="15">
         <v>10000022756</v>
       </c>
       <c r="F116" s="15"/>
       <c r="G116" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H116" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I116" s="15"/>
       <c r="J116" s="15"/>
       <c r="K116" s="15">
         <v>16.7</v>
       </c>
       <c r="L116" s="15">
         <v>16.08</v>
       </c>
       <c r="M116" s="15">
         <v>15.47</v>
       </c>
       <c r="N116" s="15"/>
       <c r="O116" s="15"/>
       <c r="P116" s="15"/>
       <c r="Q116" s="15"/>
       <c r="R116"/>
     </row>
     <row r="117" spans="1:18">
       <c r="B117" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C117" s="15" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D117" s="15" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="E117" s="15">
         <v>10080000283</v>
       </c>
       <c r="F117" s="15"/>
       <c r="G117" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H117" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I117" s="15"/>
       <c r="J117" s="15"/>
       <c r="K117" s="15">
         <v>16.7</v>
       </c>
       <c r="L117" s="15">
         <v>16.08</v>
       </c>
       <c r="M117" s="15">
         <v>15.47</v>
       </c>
       <c r="N117" s="15"/>
       <c r="O117" s="15"/>
       <c r="P117" s="15"/>
       <c r="Q117" s="15"/>
       <c r="R117"/>
     </row>
     <row r="118" spans="1:18">
       <c r="B118" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C118" s="15" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D118" s="15" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="E118" s="15" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="F118" s="15"/>
       <c r="G118" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H118" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I118" s="15"/>
       <c r="J118" s="15">
         <v>15</v>
       </c>
       <c r="K118" s="15">
         <v>10.5</v>
       </c>
       <c r="L118" s="15">
         <v>8.81</v>
       </c>
       <c r="M118" s="15">
         <v>8.470000000000001</v>
       </c>
       <c r="N118" s="15"/>
       <c r="O118" s="15"/>
       <c r="P118" s="15"/>
       <c r="Q118" s="15"/>
       <c r="R118"/>
     </row>
     <row r="119" spans="1:18">
       <c r="B119" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C119" s="15" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D119" s="15" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="E119" s="15" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="F119" s="15"/>
       <c r="G119" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H119" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I119" s="15"/>
       <c r="J119" s="15">
         <v>20</v>
       </c>
       <c r="K119" s="15">
         <v>9.9</v>
       </c>
       <c r="L119" s="15">
         <v>8.300000000000001</v>
       </c>
       <c r="M119" s="15">
         <v>7.98</v>
       </c>
       <c r="N119" s="15"/>
       <c r="O119" s="15"/>
       <c r="P119" s="15"/>
       <c r="Q119" s="15"/>
       <c r="R119"/>
     </row>
     <row r="120" spans="1:18">
       <c r="B120" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C120" s="15" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D120" s="15" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="E120" s="15">
         <v>10080003353</v>
       </c>
       <c r="F120" s="15"/>
       <c r="G120" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H120" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I120" s="15"/>
       <c r="J120" s="15"/>
       <c r="K120" s="15">
         <v>25.77</v>
       </c>
       <c r="L120" s="15">
         <v>24.81</v>
       </c>
       <c r="M120" s="15">
         <v>23.86</v>
       </c>
       <c r="N120" s="15"/>
       <c r="O120" s="15"/>
       <c r="P120" s="15"/>
       <c r="Q120" s="15"/>
       <c r="R120"/>
     </row>
     <row r="121" spans="1:18">
       <c r="B121" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C121" s="15" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D121" s="15" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E121" s="15">
         <v>10080000285</v>
       </c>
       <c r="F121" s="15"/>
       <c r="G121" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H121" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I121" s="15"/>
       <c r="J121" s="15"/>
       <c r="K121" s="15">
         <v>23.1</v>
       </c>
       <c r="L121" s="15">
         <v>22.24</v>
       </c>
       <c r="M121" s="15">
         <v>21.39</v>
       </c>
       <c r="N121" s="15"/>
       <c r="O121" s="15"/>
       <c r="P121" s="15"/>
       <c r="Q121" s="15"/>
       <c r="R121"/>
     </row>
     <row r="122" spans="1:18">
       <c r="B122" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C122" s="15" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D122" s="15" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="E122" s="15" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="F122" s="15"/>
       <c r="G122" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H122" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I122" s="15"/>
       <c r="J122" s="15">
         <v>19</v>
       </c>
       <c r="K122" s="15">
         <v>17.24</v>
       </c>
       <c r="L122" s="15">
         <v>14.46</v>
       </c>
       <c r="M122" s="15">
         <v>13.9</v>
       </c>
       <c r="N122" s="15"/>
       <c r="O122" s="15"/>
       <c r="P122" s="15"/>
       <c r="Q122" s="15"/>
       <c r="R122"/>
     </row>
     <row r="123" spans="1:18">
       <c r="B123" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C123" s="15" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="D123" s="15" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="E123" s="15">
         <v>10080003354</v>
       </c>
       <c r="F123" s="15"/>
       <c r="G123" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H123" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I123" s="15"/>
       <c r="J123" s="15"/>
       <c r="K123" s="15">
         <v>25.77</v>
       </c>
       <c r="L123" s="15">
         <v>24.81</v>
       </c>
       <c r="M123" s="15">
         <v>23.86</v>
       </c>
       <c r="N123" s="15"/>
       <c r="O123" s="15"/>
       <c r="P123" s="15"/>
       <c r="Q123" s="15"/>
       <c r="R123"/>
     </row>
     <row r="124" spans="1:18">
       <c r="B124" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C124" s="15" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="D124" s="15" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="E124" s="15">
         <v>10080003357</v>
       </c>
       <c r="F124" s="15"/>
       <c r="G124" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H124" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I124" s="15"/>
       <c r="J124" s="15">
         <v>7</v>
       </c>
       <c r="K124" s="15">
         <v>18.86</v>
       </c>
       <c r="L124" s="15">
         <v>18.04</v>
       </c>
       <c r="M124" s="15">
         <v>18.04</v>
       </c>
       <c r="N124" s="15">
         <v>6</v>
       </c>
       <c r="O124" s="15"/>
       <c r="P124" s="15"/>
       <c r="Q124" s="15"/>
       <c r="R124"/>
     </row>
     <row r="125" spans="1:18">
       <c r="B125" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C125" s="15" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="D125" s="15" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="E125" s="15" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="F125" s="15"/>
       <c r="G125" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H125" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I125" s="15"/>
       <c r="J125" s="15">
         <v>10</v>
       </c>
       <c r="K125" s="15">
         <v>5.2</v>
       </c>
       <c r="L125" s="15">
         <v>5.2</v>
       </c>
       <c r="M125" s="15">
         <v>5.2</v>
       </c>
       <c r="N125" s="15"/>
       <c r="O125" s="15"/>
       <c r="P125" s="15"/>
       <c r="Q125" s="15"/>
       <c r="R125"/>
     </row>
     <row r="126" spans="1:18">
       <c r="B126" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C126" s="15" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D126" s="15" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="E126" s="15" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="F126" s="15"/>
       <c r="G126" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H126" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I126" s="15"/>
       <c r="J126" s="15">
         <v>10</v>
       </c>
       <c r="K126" s="15">
         <v>14.14</v>
       </c>
       <c r="L126" s="15">
         <v>14.14</v>
       </c>
       <c r="M126" s="15">
         <v>14.14</v>
       </c>
       <c r="N126" s="15"/>
       <c r="O126" s="15"/>
       <c r="P126" s="15"/>
       <c r="Q126" s="15"/>
       <c r="R126"/>
     </row>
     <row r="127" spans="1:18">
       <c r="B127" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C127" s="15" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D127" s="15" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E127" s="15">
         <v>10080003356</v>
       </c>
       <c r="F127" s="15"/>
       <c r="G127" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H127" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I127" s="15"/>
       <c r="J127" s="15">
         <v>7</v>
       </c>
       <c r="K127" s="15">
         <v>25.77</v>
       </c>
       <c r="L127" s="15">
         <v>24.81</v>
       </c>
       <c r="M127" s="15">
         <v>23.86</v>
       </c>
       <c r="N127" s="15"/>
       <c r="O127" s="15"/>
       <c r="P127" s="15"/>
       <c r="Q127" s="15"/>
       <c r="R127"/>
     </row>
     <row r="128" spans="1:18">
       <c r="B128" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C128" s="15" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="D128" s="15" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="E128" s="15" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="F128" s="15"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I128" s="15"/>
       <c r="J128" s="15"/>
       <c r="K128" s="15">
         <v>61.31</v>
       </c>
       <c r="L128" s="15">
         <v>61.31</v>
       </c>
       <c r="M128" s="15">
         <v>61.31</v>
       </c>
       <c r="N128" s="15"/>
       <c r="O128" s="15"/>
       <c r="P128" s="15"/>
       <c r="Q128" s="15"/>
       <c r="R128"/>
     </row>
     <row r="129" spans="1:18">
       <c r="B129" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C129" s="15" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="D129" s="15" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="E129" s="15" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15">
         <v>64.06999999999999</v>
       </c>
       <c r="L129" s="15">
         <v>55.52</v>
       </c>
       <c r="M129" s="15">
         <v>53.39</v>
       </c>
       <c r="N129" s="15"/>
-      <c r="O129" s="15"/>
-      <c r="P129" s="15"/>
+      <c r="O129" s="15">
+        <v>8</v>
+      </c>
+      <c r="P129" s="15" t="s">
+        <v>387</v>
+      </c>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D130" s="15" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="E130" s="15" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="L130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="M130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D131" s="15" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="E131" s="15" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15"/>
       <c r="K131" s="15">
         <v>25.72</v>
       </c>
       <c r="L131" s="15">
         <v>21.57</v>
       </c>
       <c r="M131" s="15">
         <v>20.74</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="D132" s="15" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="E132" s="15" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15"/>
       <c r="K132" s="15">
         <v>22.97</v>
       </c>
       <c r="L132" s="15">
         <v>19.27</v>
       </c>
       <c r="M132" s="15">
         <v>18.53</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D133" s="15" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="E133" s="15">
         <v>10080000284</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>6</v>
       </c>
       <c r="K133" s="15">
         <v>11.5</v>
       </c>
       <c r="L133" s="15">
         <v>11</v>
       </c>
       <c r="M133" s="15">
         <v>11</v>
       </c>
       <c r="N133" s="15">
         <v>10</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D134" s="15" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="E134" s="15">
         <v>10080000280</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>6</v>
       </c>
       <c r="K134" s="15">
         <v>11.48</v>
       </c>
       <c r="L134" s="15">
         <v>10.98</v>
       </c>
       <c r="M134" s="15">
         <v>10.98</v>
       </c>
       <c r="N134" s="15">
         <v>15</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="D135" s="15" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="E135" s="15" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>5</v>
       </c>
       <c r="K135" s="15">
         <v>5.41</v>
       </c>
       <c r="L135" s="15">
         <v>5.18</v>
       </c>
       <c r="M135" s="15">
         <v>5.18</v>
       </c>
       <c r="N135" s="15">
         <v>52</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D136" s="15" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="E136" s="15">
         <v>10080002348</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>7</v>
       </c>
       <c r="K136" s="15">
         <v>15.98</v>
       </c>
       <c r="L136" s="15">
         <v>15.28</v>
       </c>
       <c r="M136" s="15">
         <v>15.28</v>
       </c>
       <c r="N136" s="15">
         <v>10</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D137" s="15" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="E137" s="15" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15"/>
       <c r="K137" s="15">
         <v>7.82</v>
       </c>
       <c r="L137" s="15">
         <v>6.56</v>
       </c>
       <c r="M137" s="15">
         <v>6.3</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="D138" s="15" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="E138" s="15" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>6</v>
       </c>
       <c r="K138" s="15">
         <v>10.08</v>
       </c>
       <c r="L138" s="15">
         <v>10.08</v>
       </c>
       <c r="M138" s="15">
         <v>10.08</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="D139" s="15" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="E139" s="15" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15"/>
       <c r="K139" s="15">
         <v>9.640000000000001</v>
       </c>
       <c r="L139" s="15">
         <v>8.09</v>
       </c>
       <c r="M139" s="15">
         <v>7.78</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="D140" s="15" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="E140" s="15" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15"/>
       <c r="K140" s="15">
         <v>7.39</v>
       </c>
       <c r="L140" s="15">
         <v>7.39</v>
       </c>
       <c r="M140" s="15">
         <v>7.39</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D141" s="15" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="E141" s="15" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>15</v>
       </c>
       <c r="K141" s="15">
         <v>6.33</v>
       </c>
       <c r="L141" s="15">
         <v>6.05</v>
       </c>
       <c r="M141" s="15">
         <v>6.05</v>
       </c>
       <c r="N141" s="15">
-        <v>193</v>
+        <v>149</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D142" s="15" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="E142" s="15">
         <v>10080000262</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15"/>
       <c r="K142" s="15">
         <v>28.46</v>
       </c>
       <c r="L142" s="15">
         <v>27.4</v>
       </c>
       <c r="M142" s="15">
         <v>26.35</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="D143" s="15" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="E143" s="15">
         <v>10080060572</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>10</v>
       </c>
       <c r="K143" s="15">
         <v>45.62</v>
       </c>
       <c r="L143" s="15">
         <v>36.79</v>
       </c>
       <c r="M143" s="15">
         <v>35.32</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D144" s="15" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="E144" s="15" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>139.85</v>
       </c>
       <c r="L144" s="15">
         <v>117.3</v>
       </c>
       <c r="M144" s="15">
         <v>112.79</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D145" s="15" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
       <c r="E145" s="15">
         <v>10080001531</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1</v>
       </c>
       <c r="K145" s="15">
         <v>5.58</v>
       </c>
       <c r="L145" s="15">
         <v>5.34</v>
       </c>
       <c r="M145" s="15">
         <v>5.34</v>
       </c>
       <c r="N145" s="15">
         <v>2</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="D146" s="15" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="E146" s="15">
         <v>10080001532</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>7.33</v>
       </c>
       <c r="L146" s="15">
         <v>0</v>
       </c>
       <c r="M146" s="15">
         <v>0</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D147" s="15" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="E147" s="15">
         <v>10080070981</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>9.6</v>
       </c>
       <c r="L147" s="15">
         <v>8</v>
       </c>
       <c r="M147" s="15">
         <v>7.68</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="D148" s="15" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="E148" s="15">
         <v>10080033629</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>22</v>
       </c>
       <c r="K148" s="15">
         <v>8.93</v>
       </c>
       <c r="L148" s="15">
         <v>7.49</v>
       </c>
       <c r="M148" s="15">
         <v>7.2</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="D149" s="15" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="E149" s="15">
         <v>10080002337</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>8</v>
       </c>
       <c r="K149" s="15">
         <v>7.58</v>
       </c>
       <c r="L149" s="15">
         <v>7.58</v>
       </c>
       <c r="M149" s="15">
         <v>7.58</v>
       </c>
       <c r="N149" s="15">
         <v>18</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="D150" s="15" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="E150" s="15" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>22</v>
       </c>
       <c r="K150" s="15">
         <v>6.35</v>
       </c>
       <c r="L150" s="15">
         <v>5.33</v>
       </c>
       <c r="M150" s="15">
         <v>5.12</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="D151" s="15" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="E151" s="15">
         <v>10080003383</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>6</v>
       </c>
       <c r="K151" s="15">
         <v>10.75</v>
       </c>
       <c r="L151" s="15">
         <v>10.29</v>
       </c>
       <c r="M151" s="15">
         <v>10.29</v>
       </c>
       <c r="N151" s="15">
         <v>10</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D152" s="15" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="E152" s="15">
         <v>10080000345</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1</v>
       </c>
       <c r="K152" s="15">
         <v>11.05</v>
       </c>
       <c r="L152" s="15">
         <v>10.64</v>
       </c>
       <c r="M152" s="15">
         <v>10.23</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="D153" s="15" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="E153" s="15" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>2.3</v>
       </c>
       <c r="L153" s="15">
         <v>2.2</v>
       </c>
       <c r="M153" s="15">
         <v>2.2</v>
       </c>
       <c r="N153" s="15">
         <v>5</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D154" s="15" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="E154" s="15">
         <v>10080004759</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="J154" s="15">
         <v>8</v>
       </c>
       <c r="K154" s="15">
         <v>11.09</v>
       </c>
       <c r="L154" s="15">
         <v>10.68</v>
       </c>
       <c r="M154" s="15">
         <v>10.27</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D155" s="15" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="E155" s="15">
         <v>10080006107</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>8.640000000000001</v>
       </c>
       <c r="L155" s="15">
         <v>8.32</v>
       </c>
       <c r="M155" s="15">
         <v>8</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D156" s="15" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="E156" s="15" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>22</v>
       </c>
       <c r="K156" s="15">
         <v>3.93</v>
       </c>
       <c r="L156" s="15">
         <v>3.93</v>
       </c>
       <c r="M156" s="15">
         <v>3.93</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="D157" s="15" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="E157" s="15">
         <v>10080006114</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>8</v>
       </c>
       <c r="K157" s="15">
         <v>8.77</v>
       </c>
       <c r="L157" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M157" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D158" s="15" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="E158" s="15">
         <v>10080002888</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>13.91</v>
       </c>
       <c r="L158" s="15">
         <v>13.39</v>
       </c>
       <c r="M158" s="15">
         <v>12.88</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="D159" s="15" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="E159" s="15">
         <v>10080002259</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>8.77</v>
       </c>
       <c r="L159" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M159" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D160" s="15" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="E160" s="15">
         <v>10080006105</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15">
         <v>8.77</v>
       </c>
       <c r="L160" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M160" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D161" s="15" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="E161" s="15">
         <v>10080000642</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="J161" s="15">
         <v>8</v>
       </c>
       <c r="K161" s="15">
         <v>6.61</v>
       </c>
       <c r="L161" s="15">
         <v>6.33</v>
       </c>
       <c r="M161" s="15">
         <v>6.33</v>
       </c>
       <c r="N161" s="15">
         <v>4</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="D162" s="15" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="E162" s="15">
         <v>10080000282</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>8</v>
       </c>
       <c r="K162" s="15">
         <v>9.84</v>
       </c>
       <c r="L162" s="15">
         <v>9.470000000000001</v>
       </c>
       <c r="M162" s="15">
         <v>9.109999999999999</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="D163" s="15" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="E163" s="15">
         <v>10080038941</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>7</v>
       </c>
       <c r="K163" s="15">
         <v>13.11</v>
       </c>
       <c r="L163" s="15">
         <v>10.75</v>
       </c>
       <c r="M163" s="15">
         <v>10.31</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D164" s="15" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E164" s="15" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="J164" s="15">
         <v>10</v>
       </c>
       <c r="K164" s="15">
         <v>5.54</v>
       </c>
       <c r="L164" s="15">
         <v>4.65</v>
       </c>
       <c r="M164" s="15">
         <v>4.47</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D165" s="15" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="E165" s="15" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="J165" s="15">
         <v>22</v>
       </c>
       <c r="K165" s="15">
         <v>5.36</v>
       </c>
       <c r="L165" s="15">
         <v>4.49</v>
       </c>
       <c r="M165" s="15">
         <v>4.32</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14"/>
       <c r="C166" s="15"/>
       <c r="D166" s="15"/>
       <c r="E166" s="15"/>
       <c r="F166" s="15"/>
@@ -8388,317 +8405,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>