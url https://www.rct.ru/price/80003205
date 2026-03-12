--- v5 (2026-02-20)
+++ v6 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -463,51 +463,51 @@
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR2</t>
   </si>
   <si>
     <t>UT-00091931</t>
   </si>
   <si>
     <t>B1505XT-1WR3</t>
   </si>
   <si>
     <t>вход: 15VDC; выход: 5VDC 200mA 1W; изоляция 1500VDC / B1505XT-1WR3</t>
   </si>
   <si>
     <t>UT-00105942</t>
   </si>
   <si>
     <t>B1515LS-1WR3</t>
   </si>
   <si>
     <t>фикс вход 15V выход 15V изоляция 1500VDC 1WT / B1515LS-1WR3</t>
   </si>
   <si>
     <t>UT-00106390</t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>20.03.2026</t>
   </si>
   <si>
     <t>B2405D-1WR3</t>
   </si>
   <si>
     <t>фикс вход 24V, выход 5V 200mA, изоляция 1000VDC, 1W / B2405D-1WR3</t>
   </si>
   <si>
     <t>UT-00140132</t>
   </si>
   <si>
     <t>CONV DIP 12.7x10</t>
   </si>
   <si>
     <t>B2405LS-1WR2</t>
   </si>
   <si>
     <t>фикс вход 24V выход 5V изоляция 1500VDC 1WT / B2405LS-1WR2 снято с производства</t>
   </si>
   <si>
     <t>10-00009796</t>
   </si>
   <si>
     <t>B2405LS-1WR3</t>
   </si>
@@ -1175,53 +1175,50 @@
     <t>UT-00137898</t>
   </si>
   <si>
     <t>URB4812D-10W</t>
   </si>
   <si>
     <t>вход 4:1 48V, выход 12V, изоляция 1500VDC, 10W, стабилиз. / URB4812D-10W</t>
   </si>
   <si>
     <t>URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>вход: 43-160VDC; выход: 24VDC 6250mA 150W / URF1D24HB-150WR3</t>
   </si>
   <si>
     <t>UT-00095824</t>
   </si>
   <si>
     <t>URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>вход: 66-160VDC; выход: 24VDC 4167mA 100W / URF1D24QB-100WR3</t>
   </si>
   <si>
     <t>UT-00105841</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.02.2026</t>
   </si>
   <si>
     <t>URF2405P-6WR3</t>
   </si>
   <si>
     <t>вход: 24VDC (9-36VDC); выход: 5VDC 1200mA 6W; изол. 3000VDC / URF2405P-6WR3</t>
   </si>
   <si>
     <t>UT-00093919</t>
   </si>
   <si>
     <t>VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48 (36~75 VDC); выход: 5.0V 20A 100W; изол. 1500VDC; DIP (58.42x22.86x12.7mm) / VCB4805EBO-100WFR3</t>
   </si>
   <si>
     <t>UT-00139060</t>
   </si>
   <si>
     <t>VCB4828EBO-100WFR3</t>
   </si>
   <si>
     <t>вход: 48VDC (36~75 VDC); выход: 28VDC 3.57A 100W; DIP8 58.42*22.86*12.7mm / VCB4828EBO-100WFR3</t>
   </si>
@@ -2493,51 +2490,51 @@
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>400</v>
       </c>
       <c r="K14" s="15">
         <v>1.6</v>
       </c>
       <c r="L14" s="15">
         <v>1.45</v>
       </c>
       <c r="M14" s="15">
         <v>1.37</v>
       </c>
       <c r="N14" s="15">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="O14" s="15"/>
       <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="E15" s="15">
         <v>10080004249</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15" t="s">
         <v>35</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>30</v>
@@ -4661,51 +4658,51 @@
       <c r="D70" s="15" t="s">
         <v>210</v>
       </c>
       <c r="E70" s="15" t="s">
         <v>211</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15" t="s">
         <v>44</v>
       </c>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15"/>
       <c r="K70" s="15">
         <v>2.2</v>
       </c>
       <c r="L70" s="15">
         <v>2.2</v>
       </c>
       <c r="M70" s="15">
         <v>2.2</v>
       </c>
       <c r="N70" s="15">
-        <v>445</v>
+        <v>365</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>212</v>
       </c>
       <c r="D71" s="15" t="s">
         <v>213</v>
       </c>
       <c r="E71" s="15" t="s">
         <v>214</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15" t="s">
         <v>183</v>
       </c>
       <c r="H71" s="15" t="s">
         <v>30</v>
@@ -5016,51 +5013,51 @@
       </c>
       <c r="E79" s="15">
         <v>10080006106</v>
       </c>
       <c r="F79" s="15"/>
       <c r="G79" s="15" t="s">
         <v>231</v>
       </c>
       <c r="H79" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I79" s="15"/>
       <c r="J79" s="15">
         <v>21</v>
       </c>
       <c r="K79" s="15">
         <v>4.44</v>
       </c>
       <c r="L79" s="15">
         <v>4.44</v>
       </c>
       <c r="M79" s="15">
         <v>4.44</v>
       </c>
       <c r="N79" s="15">
-        <v>683</v>
+        <v>711</v>
       </c>
       <c r="O79" s="15"/>
       <c r="P79" s="15"/>
       <c r="Q79" s="15"/>
       <c r="R79"/>
     </row>
     <row r="80" spans="1:18">
       <c r="B80" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C80" s="15" t="s">
         <v>240</v>
       </c>
       <c r="D80" s="15" t="s">
         <v>241</v>
       </c>
       <c r="E80" s="15" t="s">
         <v>242</v>
       </c>
       <c r="F80" s="15"/>
       <c r="G80" s="15" t="s">
         <v>226</v>
       </c>
       <c r="H80" s="15" t="s">
         <v>30</v>
@@ -6922,1434 +6919,1430 @@
         <v>384</v>
       </c>
       <c r="D129" s="15" t="s">
         <v>385</v>
       </c>
       <c r="E129" s="15" t="s">
         <v>386</v>
       </c>
       <c r="F129" s="15"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I129" s="15"/>
       <c r="J129" s="15"/>
       <c r="K129" s="15">
         <v>64.06999999999999</v>
       </c>
       <c r="L129" s="15">
         <v>55.52</v>
       </c>
       <c r="M129" s="15">
         <v>53.39</v>
       </c>
       <c r="N129" s="15"/>
-      <c r="O129" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O129" s="15"/>
+      <c r="P129" s="15"/>
       <c r="Q129" s="15"/>
       <c r="R129"/>
     </row>
     <row r="130" spans="1:18">
       <c r="B130" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C130" s="15" t="s">
+        <v>387</v>
+      </c>
+      <c r="D130" s="15" t="s">
         <v>388</v>
       </c>
-      <c r="D130" s="15" t="s">
+      <c r="E130" s="15" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="F130" s="15"/>
       <c r="G130" s="15" t="s">
         <v>326</v>
       </c>
       <c r="H130" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I130" s="15"/>
       <c r="J130" s="15"/>
       <c r="K130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="L130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="M130" s="15">
         <v>9.539999999999999</v>
       </c>
       <c r="N130" s="15"/>
       <c r="O130" s="15"/>
       <c r="P130" s="15"/>
       <c r="Q130" s="15"/>
       <c r="R130"/>
     </row>
     <row r="131" spans="1:18">
       <c r="B131" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="15" t="s">
+        <v>390</v>
+      </c>
+      <c r="D131" s="15" t="s">
         <v>391</v>
       </c>
-      <c r="D131" s="15" t="s">
+      <c r="E131" s="15" t="s">
         <v>392</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
       <c r="F131" s="15"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I131" s="15"/>
       <c r="J131" s="15"/>
       <c r="K131" s="15">
         <v>25.72</v>
       </c>
       <c r="L131" s="15">
         <v>21.57</v>
       </c>
       <c r="M131" s="15">
         <v>20.74</v>
       </c>
       <c r="N131" s="15"/>
       <c r="O131" s="15"/>
       <c r="P131" s="15"/>
       <c r="Q131" s="15"/>
       <c r="R131"/>
     </row>
     <row r="132" spans="1:18">
       <c r="B132" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="15" t="s">
+        <v>393</v>
+      </c>
+      <c r="D132" s="15" t="s">
         <v>394</v>
       </c>
-      <c r="D132" s="15" t="s">
+      <c r="E132" s="15" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
       <c r="F132" s="15"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I132" s="15"/>
       <c r="J132" s="15"/>
       <c r="K132" s="15">
         <v>22.97</v>
       </c>
       <c r="L132" s="15">
         <v>19.27</v>
       </c>
       <c r="M132" s="15">
         <v>18.53</v>
       </c>
       <c r="N132" s="15"/>
       <c r="O132" s="15"/>
       <c r="P132" s="15"/>
       <c r="Q132" s="15"/>
       <c r="R132"/>
     </row>
     <row r="133" spans="1:18">
       <c r="B133" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="15" t="s">
+        <v>396</v>
+      </c>
+      <c r="D133" s="15" t="s">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="E133" s="15">
         <v>10080000284</v>
       </c>
       <c r="F133" s="15"/>
       <c r="G133" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H133" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I133" s="15"/>
       <c r="J133" s="15">
         <v>6</v>
       </c>
       <c r="K133" s="15">
         <v>11.5</v>
       </c>
       <c r="L133" s="15">
         <v>11</v>
       </c>
       <c r="M133" s="15">
         <v>11</v>
       </c>
       <c r="N133" s="15">
         <v>10</v>
       </c>
       <c r="O133" s="15"/>
       <c r="P133" s="15"/>
       <c r="Q133" s="15"/>
       <c r="R133"/>
     </row>
     <row r="134" spans="1:18">
       <c r="B134" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="15" t="s">
+        <v>398</v>
+      </c>
+      <c r="D134" s="15" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="E134" s="15">
         <v>10080000280</v>
       </c>
       <c r="F134" s="15"/>
       <c r="G134" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H134" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I134" s="15"/>
       <c r="J134" s="15">
         <v>6</v>
       </c>
       <c r="K134" s="15">
         <v>11.48</v>
       </c>
       <c r="L134" s="15">
         <v>10.98</v>
       </c>
       <c r="M134" s="15">
         <v>10.98</v>
       </c>
       <c r="N134" s="15">
         <v>15</v>
       </c>
       <c r="O134" s="15"/>
       <c r="P134" s="15"/>
       <c r="Q134" s="15"/>
       <c r="R134"/>
     </row>
     <row r="135" spans="1:18">
       <c r="B135" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="15" t="s">
+        <v>400</v>
+      </c>
+      <c r="D135" s="15" t="s">
         <v>401</v>
       </c>
-      <c r="D135" s="15" t="s">
+      <c r="E135" s="15" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="F135" s="15"/>
       <c r="G135" s="15" t="s">
         <v>375</v>
       </c>
       <c r="H135" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I135" s="15"/>
       <c r="J135" s="15">
         <v>5</v>
       </c>
       <c r="K135" s="15">
         <v>5.41</v>
       </c>
       <c r="L135" s="15">
         <v>5.18</v>
       </c>
       <c r="M135" s="15">
         <v>5.18</v>
       </c>
       <c r="N135" s="15">
         <v>52</v>
       </c>
       <c r="O135" s="15"/>
       <c r="P135" s="15"/>
       <c r="Q135" s="15"/>
       <c r="R135"/>
     </row>
     <row r="136" spans="1:18">
       <c r="B136" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="15" t="s">
+        <v>403</v>
+      </c>
+      <c r="D136" s="15" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E136" s="15">
         <v>10080002348</v>
       </c>
       <c r="F136" s="15"/>
       <c r="G136" s="15" t="s">
         <v>361</v>
       </c>
       <c r="H136" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I136" s="15"/>
       <c r="J136" s="15">
         <v>7</v>
       </c>
       <c r="K136" s="15">
         <v>15.98</v>
       </c>
       <c r="L136" s="15">
         <v>15.28</v>
       </c>
       <c r="M136" s="15">
         <v>15.28</v>
       </c>
       <c r="N136" s="15">
         <v>10</v>
       </c>
       <c r="O136" s="15"/>
       <c r="P136" s="15"/>
       <c r="Q136" s="15"/>
       <c r="R136"/>
     </row>
     <row r="137" spans="1:18">
       <c r="B137" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="15" t="s">
+        <v>405</v>
+      </c>
+      <c r="D137" s="15" t="s">
         <v>406</v>
       </c>
-      <c r="D137" s="15" t="s">
+      <c r="E137" s="15" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
       <c r="F137" s="15"/>
       <c r="G137" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H137" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I137" s="15"/>
       <c r="J137" s="15"/>
       <c r="K137" s="15">
         <v>7.82</v>
       </c>
       <c r="L137" s="15">
         <v>6.56</v>
       </c>
       <c r="M137" s="15">
         <v>6.3</v>
       </c>
       <c r="N137" s="15"/>
       <c r="O137" s="15"/>
       <c r="P137" s="15"/>
       <c r="Q137" s="15"/>
       <c r="R137"/>
     </row>
     <row r="138" spans="1:18">
       <c r="B138" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C138" s="15" t="s">
+        <v>408</v>
+      </c>
+      <c r="D138" s="15" t="s">
         <v>409</v>
       </c>
-      <c r="D138" s="15" t="s">
+      <c r="E138" s="15" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="F138" s="15"/>
       <c r="G138" s="15" t="s">
         <v>367</v>
       </c>
       <c r="H138" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I138" s="15"/>
       <c r="J138" s="15">
         <v>6</v>
       </c>
       <c r="K138" s="15">
         <v>10.08</v>
       </c>
       <c r="L138" s="15">
         <v>10.08</v>
       </c>
       <c r="M138" s="15">
         <v>10.08</v>
       </c>
       <c r="N138" s="15"/>
       <c r="O138" s="15"/>
       <c r="P138" s="15"/>
       <c r="Q138" s="15"/>
       <c r="R138"/>
     </row>
     <row r="139" spans="1:18">
       <c r="B139" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C139" s="15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D139" s="15" t="s">
         <v>412</v>
       </c>
-      <c r="D139" s="15" t="s">
+      <c r="E139" s="15" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F139" s="15"/>
       <c r="G139" s="15" t="s">
         <v>367</v>
       </c>
       <c r="H139" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I139" s="15"/>
       <c r="J139" s="15"/>
       <c r="K139" s="15">
         <v>9.640000000000001</v>
       </c>
       <c r="L139" s="15">
         <v>8.09</v>
       </c>
       <c r="M139" s="15">
         <v>7.78</v>
       </c>
       <c r="N139" s="15"/>
       <c r="O139" s="15"/>
       <c r="P139" s="15"/>
       <c r="Q139" s="15"/>
       <c r="R139"/>
     </row>
     <row r="140" spans="1:18">
       <c r="B140" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C140" s="15" t="s">
+        <v>414</v>
+      </c>
+      <c r="D140" s="15" t="s">
         <v>415</v>
       </c>
-      <c r="D140" s="15" t="s">
+      <c r="E140" s="15" t="s">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
       <c r="F140" s="15"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I140" s="15"/>
       <c r="J140" s="15"/>
       <c r="K140" s="15">
         <v>7.39</v>
       </c>
       <c r="L140" s="15">
         <v>7.39</v>
       </c>
       <c r="M140" s="15">
         <v>7.39</v>
       </c>
       <c r="N140" s="15"/>
       <c r="O140" s="15"/>
       <c r="P140" s="15"/>
       <c r="Q140" s="15"/>
       <c r="R140"/>
     </row>
     <row r="141" spans="1:18">
       <c r="B141" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C141" s="15" t="s">
+        <v>417</v>
+      </c>
+      <c r="D141" s="15" t="s">
         <v>418</v>
       </c>
-      <c r="D141" s="15" t="s">
+      <c r="E141" s="15" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="F141" s="15"/>
       <c r="G141" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H141" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I141" s="15"/>
       <c r="J141" s="15">
         <v>15</v>
       </c>
       <c r="K141" s="15">
         <v>6.33</v>
       </c>
       <c r="L141" s="15">
         <v>6.05</v>
       </c>
       <c r="M141" s="15">
         <v>6.05</v>
       </c>
       <c r="N141" s="15">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="O141" s="15"/>
       <c r="P141" s="15"/>
       <c r="Q141" s="15"/>
       <c r="R141"/>
     </row>
     <row r="142" spans="1:18">
       <c r="B142" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C142" s="15" t="s">
+        <v>420</v>
+      </c>
+      <c r="D142" s="15" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
       <c r="E142" s="15">
         <v>10080000262</v>
       </c>
       <c r="F142" s="15"/>
       <c r="G142" s="15" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="H142" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I142" s="15"/>
       <c r="J142" s="15"/>
       <c r="K142" s="15">
         <v>28.46</v>
       </c>
       <c r="L142" s="15">
         <v>27.4</v>
       </c>
       <c r="M142" s="15">
         <v>26.35</v>
       </c>
       <c r="N142" s="15"/>
       <c r="O142" s="15"/>
       <c r="P142" s="15"/>
       <c r="Q142" s="15"/>
       <c r="R142"/>
     </row>
     <row r="143" spans="1:18">
       <c r="B143" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C143" s="15" t="s">
+        <v>423</v>
+      </c>
+      <c r="D143" s="15" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="E143" s="15">
         <v>10080060572</v>
       </c>
       <c r="F143" s="15"/>
       <c r="G143" s="15" t="s">
-        <v>426</v>
+        <v>425</v>
       </c>
       <c r="H143" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I143" s="15"/>
       <c r="J143" s="15">
         <v>10</v>
       </c>
       <c r="K143" s="15">
         <v>45.62</v>
       </c>
       <c r="L143" s="15">
         <v>36.79</v>
       </c>
       <c r="M143" s="15">
         <v>35.32</v>
       </c>
       <c r="N143" s="15"/>
       <c r="O143" s="15"/>
       <c r="P143" s="15"/>
       <c r="Q143" s="15"/>
       <c r="R143"/>
     </row>
     <row r="144" spans="1:18">
       <c r="B144" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C144" s="15" t="s">
+        <v>426</v>
+      </c>
+      <c r="D144" s="15" t="s">
         <v>427</v>
       </c>
-      <c r="D144" s="15" t="s">
+      <c r="E144" s="15" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="F144" s="15"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I144" s="15"/>
       <c r="J144" s="15"/>
       <c r="K144" s="15">
         <v>139.85</v>
       </c>
       <c r="L144" s="15">
         <v>117.3</v>
       </c>
       <c r="M144" s="15">
         <v>112.79</v>
       </c>
       <c r="N144" s="15"/>
       <c r="O144" s="15"/>
       <c r="P144" s="15"/>
       <c r="Q144" s="15"/>
       <c r="R144"/>
     </row>
     <row r="145" spans="1:18">
       <c r="B145" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C145" s="15" t="s">
+        <v>429</v>
+      </c>
+      <c r="D145" s="15" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="E145" s="15">
         <v>10080001531</v>
       </c>
       <c r="F145" s="15"/>
       <c r="G145" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H145" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I145" s="15"/>
       <c r="J145" s="15">
         <v>1</v>
       </c>
       <c r="K145" s="15">
         <v>5.58</v>
       </c>
       <c r="L145" s="15">
         <v>5.34</v>
       </c>
       <c r="M145" s="15">
         <v>5.34</v>
       </c>
       <c r="N145" s="15">
         <v>2</v>
       </c>
       <c r="O145" s="15"/>
       <c r="P145" s="15"/>
       <c r="Q145" s="15"/>
       <c r="R145"/>
     </row>
     <row r="146" spans="1:18">
       <c r="B146" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C146" s="15" t="s">
+        <v>432</v>
+      </c>
+      <c r="D146" s="15" t="s">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>434</v>
       </c>
       <c r="E146" s="15">
         <v>10080001532</v>
       </c>
       <c r="F146" s="15"/>
       <c r="G146" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H146" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I146" s="15"/>
       <c r="J146" s="15"/>
       <c r="K146" s="15">
         <v>7.33</v>
       </c>
       <c r="L146" s="15">
         <v>0</v>
       </c>
       <c r="M146" s="15">
         <v>0</v>
       </c>
       <c r="N146" s="15"/>
       <c r="O146" s="15"/>
       <c r="P146" s="15"/>
       <c r="Q146" s="15"/>
       <c r="R146"/>
     </row>
     <row r="147" spans="1:18">
       <c r="B147" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C147" s="15" t="s">
+        <v>434</v>
+      </c>
+      <c r="D147" s="15" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
       <c r="E147" s="15">
         <v>10080070981</v>
       </c>
       <c r="F147" s="15"/>
       <c r="G147" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H147" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I147" s="15"/>
       <c r="J147" s="15"/>
       <c r="K147" s="15">
         <v>9.6</v>
       </c>
       <c r="L147" s="15">
         <v>8</v>
       </c>
       <c r="M147" s="15">
         <v>7.68</v>
       </c>
       <c r="N147" s="15"/>
       <c r="O147" s="15"/>
       <c r="P147" s="15"/>
       <c r="Q147" s="15"/>
       <c r="R147"/>
     </row>
     <row r="148" spans="1:18">
       <c r="B148" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C148" s="15" t="s">
+        <v>436</v>
+      </c>
+      <c r="D148" s="15" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E148" s="15">
         <v>10080033629</v>
       </c>
       <c r="F148" s="15"/>
       <c r="G148" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H148" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I148" s="15"/>
       <c r="J148" s="15">
         <v>22</v>
       </c>
       <c r="K148" s="15">
         <v>8.93</v>
       </c>
       <c r="L148" s="15">
         <v>7.49</v>
       </c>
       <c r="M148" s="15">
         <v>7.2</v>
       </c>
       <c r="N148" s="15"/>
       <c r="O148" s="15"/>
       <c r="P148" s="15"/>
       <c r="Q148" s="15"/>
       <c r="R148"/>
     </row>
     <row r="149" spans="1:18">
       <c r="B149" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C149" s="15" t="s">
+        <v>438</v>
+      </c>
+      <c r="D149" s="15" t="s">
         <v>439</v>
-      </c>
-[...1 lines deleted...]
-        <v>440</v>
       </c>
       <c r="E149" s="15">
         <v>10080002337</v>
       </c>
       <c r="F149" s="15"/>
       <c r="G149" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H149" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I149" s="15"/>
       <c r="J149" s="15">
         <v>8</v>
       </c>
       <c r="K149" s="15">
         <v>7.58</v>
       </c>
       <c r="L149" s="15">
         <v>7.58</v>
       </c>
       <c r="M149" s="15">
         <v>7.58</v>
       </c>
       <c r="N149" s="15">
         <v>18</v>
       </c>
       <c r="O149" s="15"/>
       <c r="P149" s="15"/>
       <c r="Q149" s="15"/>
       <c r="R149"/>
     </row>
     <row r="150" spans="1:18">
       <c r="B150" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C150" s="15" t="s">
+        <v>440</v>
+      </c>
+      <c r="D150" s="15" t="s">
         <v>441</v>
       </c>
-      <c r="D150" s="15" t="s">
+      <c r="E150" s="15" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="F150" s="15"/>
       <c r="G150" s="15" t="s">
         <v>375</v>
       </c>
       <c r="H150" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I150" s="15"/>
       <c r="J150" s="15">
         <v>22</v>
       </c>
       <c r="K150" s="15">
         <v>6.35</v>
       </c>
       <c r="L150" s="15">
         <v>5.33</v>
       </c>
       <c r="M150" s="15">
         <v>5.12</v>
       </c>
       <c r="N150" s="15"/>
       <c r="O150" s="15"/>
       <c r="P150" s="15"/>
       <c r="Q150" s="15"/>
       <c r="R150"/>
     </row>
     <row r="151" spans="1:18">
       <c r="B151" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C151" s="15" t="s">
+        <v>443</v>
+      </c>
+      <c r="D151" s="15" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="E151" s="15">
         <v>10080003383</v>
       </c>
       <c r="F151" s="15"/>
       <c r="G151" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H151" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I151" s="15"/>
       <c r="J151" s="15">
         <v>6</v>
       </c>
       <c r="K151" s="15">
         <v>10.75</v>
       </c>
       <c r="L151" s="15">
         <v>10.29</v>
       </c>
       <c r="M151" s="15">
         <v>10.29</v>
       </c>
       <c r="N151" s="15">
         <v>10</v>
       </c>
       <c r="O151" s="15"/>
       <c r="P151" s="15"/>
       <c r="Q151" s="15"/>
       <c r="R151"/>
     </row>
     <row r="152" spans="1:18">
       <c r="B152" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C152" s="15" t="s">
+        <v>445</v>
+      </c>
+      <c r="D152" s="15" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="E152" s="15">
         <v>10080000345</v>
       </c>
       <c r="F152" s="15"/>
       <c r="G152" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H152" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I152" s="15"/>
       <c r="J152" s="15">
         <v>1</v>
       </c>
       <c r="K152" s="15">
         <v>11.05</v>
       </c>
       <c r="L152" s="15">
         <v>10.64</v>
       </c>
       <c r="M152" s="15">
         <v>10.23</v>
       </c>
       <c r="N152" s="15"/>
       <c r="O152" s="15"/>
       <c r="P152" s="15"/>
       <c r="Q152" s="15"/>
       <c r="R152"/>
     </row>
     <row r="153" spans="1:18">
       <c r="B153" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C153" s="15" t="s">
+        <v>447</v>
+      </c>
+      <c r="D153" s="15" t="s">
         <v>448</v>
       </c>
-      <c r="D153" s="15" t="s">
+      <c r="E153" s="15" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="F153" s="15"/>
       <c r="G153" s="15" t="s">
         <v>231</v>
       </c>
       <c r="H153" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I153" s="15"/>
       <c r="J153" s="15"/>
       <c r="K153" s="15">
         <v>2.3</v>
       </c>
       <c r="L153" s="15">
         <v>2.2</v>
       </c>
       <c r="M153" s="15">
         <v>2.2</v>
       </c>
       <c r="N153" s="15">
         <v>5</v>
       </c>
       <c r="O153" s="15"/>
       <c r="P153" s="15"/>
       <c r="Q153" s="15"/>
       <c r="R153"/>
     </row>
     <row r="154" spans="1:18">
       <c r="B154" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C154" s="15" t="s">
+        <v>450</v>
+      </c>
+      <c r="D154" s="15" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="E154" s="15">
         <v>10080004759</v>
       </c>
       <c r="F154" s="15"/>
       <c r="G154" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H154" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I154" s="15" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="J154" s="15">
         <v>8</v>
       </c>
       <c r="K154" s="15">
         <v>11.09</v>
       </c>
       <c r="L154" s="15">
         <v>10.68</v>
       </c>
       <c r="M154" s="15">
         <v>10.27</v>
       </c>
       <c r="N154" s="15"/>
       <c r="O154" s="15"/>
       <c r="P154" s="15"/>
       <c r="Q154" s="15"/>
       <c r="R154"/>
     </row>
     <row r="155" spans="1:18">
       <c r="B155" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C155" s="15" t="s">
+        <v>453</v>
+      </c>
+      <c r="D155" s="15" t="s">
         <v>454</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
       <c r="E155" s="15">
         <v>10080006107</v>
       </c>
       <c r="F155" s="15"/>
       <c r="G155" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H155" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I155" s="15"/>
       <c r="J155" s="15"/>
       <c r="K155" s="15">
         <v>8.640000000000001</v>
       </c>
       <c r="L155" s="15">
         <v>8.32</v>
       </c>
       <c r="M155" s="15">
         <v>8</v>
       </c>
       <c r="N155" s="15"/>
       <c r="O155" s="15"/>
       <c r="P155" s="15"/>
       <c r="Q155" s="15"/>
       <c r="R155"/>
     </row>
     <row r="156" spans="1:18">
       <c r="B156" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C156" s="15" t="s">
+        <v>455</v>
+      </c>
+      <c r="D156" s="15" t="s">
         <v>456</v>
       </c>
-      <c r="D156" s="15" t="s">
+      <c r="E156" s="15" t="s">
         <v>457</v>
-      </c>
-[...1 lines deleted...]
-        <v>458</v>
       </c>
       <c r="F156" s="15"/>
       <c r="G156" s="15" t="s">
         <v>375</v>
       </c>
       <c r="H156" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I156" s="15"/>
       <c r="J156" s="15">
         <v>22</v>
       </c>
       <c r="K156" s="15">
         <v>3.93</v>
       </c>
       <c r="L156" s="15">
         <v>3.93</v>
       </c>
       <c r="M156" s="15">
         <v>3.93</v>
       </c>
       <c r="N156" s="15"/>
       <c r="O156" s="15"/>
       <c r="P156" s="15"/>
       <c r="Q156" s="15"/>
       <c r="R156"/>
     </row>
     <row r="157" spans="1:18">
       <c r="B157" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C157" s="15" t="s">
+        <v>458</v>
+      </c>
+      <c r="D157" s="15" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
       <c r="E157" s="15">
         <v>10080006114</v>
       </c>
       <c r="F157" s="15"/>
       <c r="G157" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H157" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I157" s="15"/>
       <c r="J157" s="15">
         <v>8</v>
       </c>
       <c r="K157" s="15">
         <v>8.77</v>
       </c>
       <c r="L157" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M157" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N157" s="15"/>
       <c r="O157" s="15"/>
       <c r="P157" s="15"/>
       <c r="Q157" s="15"/>
       <c r="R157"/>
     </row>
     <row r="158" spans="1:18">
       <c r="B158" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C158" s="15" t="s">
+        <v>460</v>
+      </c>
+      <c r="D158" s="15" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
       <c r="E158" s="15">
         <v>10080002888</v>
       </c>
       <c r="F158" s="15"/>
       <c r="G158" s="15" t="s">
         <v>330</v>
       </c>
       <c r="H158" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I158" s="15"/>
       <c r="J158" s="15"/>
       <c r="K158" s="15">
         <v>13.91</v>
       </c>
       <c r="L158" s="15">
         <v>13.39</v>
       </c>
       <c r="M158" s="15">
         <v>12.88</v>
       </c>
       <c r="N158" s="15"/>
       <c r="O158" s="15"/>
       <c r="P158" s="15"/>
       <c r="Q158" s="15"/>
       <c r="R158"/>
     </row>
     <row r="159" spans="1:18">
       <c r="B159" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C159" s="15" t="s">
+        <v>462</v>
+      </c>
+      <c r="D159" s="15" t="s">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>464</v>
       </c>
       <c r="E159" s="15">
         <v>10080002259</v>
       </c>
       <c r="F159" s="15"/>
       <c r="G159" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H159" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I159" s="15"/>
       <c r="J159" s="15"/>
       <c r="K159" s="15">
         <v>8.77</v>
       </c>
       <c r="L159" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M159" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N159" s="15"/>
       <c r="O159" s="15"/>
       <c r="P159" s="15"/>
       <c r="Q159" s="15"/>
       <c r="R159"/>
     </row>
     <row r="160" spans="1:18">
       <c r="B160" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C160" s="15" t="s">
+        <v>464</v>
+      </c>
+      <c r="D160" s="15" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="E160" s="15">
         <v>10080006105</v>
       </c>
       <c r="F160" s="15"/>
       <c r="G160" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H160" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I160" s="15"/>
       <c r="J160" s="15"/>
       <c r="K160" s="15">
         <v>8.77</v>
       </c>
       <c r="L160" s="15">
         <v>8.449999999999999</v>
       </c>
       <c r="M160" s="15">
         <v>8.119999999999999</v>
       </c>
       <c r="N160" s="15"/>
       <c r="O160" s="15"/>
       <c r="P160" s="15"/>
       <c r="Q160" s="15"/>
       <c r="R160"/>
     </row>
     <row r="161" spans="1:18">
       <c r="B161" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C161" s="15" t="s">
+        <v>466</v>
+      </c>
+      <c r="D161" s="15" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="E161" s="15">
         <v>10080000642</v>
       </c>
       <c r="F161" s="15"/>
       <c r="G161" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H161" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I161" s="15" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="J161" s="15">
         <v>8</v>
       </c>
       <c r="K161" s="15">
         <v>6.61</v>
       </c>
       <c r="L161" s="15">
         <v>6.33</v>
       </c>
       <c r="M161" s="15">
         <v>6.33</v>
       </c>
       <c r="N161" s="15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O161" s="15"/>
       <c r="P161" s="15"/>
       <c r="Q161" s="15"/>
       <c r="R161"/>
     </row>
     <row r="162" spans="1:18">
       <c r="B162" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C162" s="15" t="s">
+        <v>469</v>
+      </c>
+      <c r="D162" s="15" t="s">
         <v>470</v>
-      </c>
-[...1 lines deleted...]
-        <v>471</v>
       </c>
       <c r="E162" s="15">
         <v>10080000282</v>
       </c>
       <c r="F162" s="15"/>
       <c r="G162" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H162" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I162" s="15"/>
       <c r="J162" s="15">
         <v>8</v>
       </c>
       <c r="K162" s="15">
         <v>9.84</v>
       </c>
       <c r="L162" s="15">
         <v>9.470000000000001</v>
       </c>
       <c r="M162" s="15">
         <v>9.109999999999999</v>
       </c>
       <c r="N162" s="15"/>
       <c r="O162" s="15"/>
       <c r="P162" s="15"/>
       <c r="Q162" s="15"/>
       <c r="R162"/>
     </row>
     <row r="163" spans="1:18">
       <c r="B163" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C163" s="15" t="s">
+        <v>471</v>
+      </c>
+      <c r="D163" s="15" t="s">
         <v>472</v>
-      </c>
-[...1 lines deleted...]
-        <v>473</v>
       </c>
       <c r="E163" s="15">
         <v>10080038941</v>
       </c>
       <c r="F163" s="15"/>
       <c r="G163" s="15" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="H163" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I163" s="15"/>
       <c r="J163" s="15">
         <v>7</v>
       </c>
       <c r="K163" s="15">
         <v>13.11</v>
       </c>
       <c r="L163" s="15">
         <v>10.75</v>
       </c>
       <c r="M163" s="15">
         <v>10.31</v>
       </c>
       <c r="N163" s="15"/>
       <c r="O163" s="15"/>
       <c r="P163" s="15"/>
       <c r="Q163" s="15"/>
       <c r="R163"/>
     </row>
     <row r="164" spans="1:18">
       <c r="B164" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C164" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D164" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="D164" s="15" t="s">
+      <c r="E164" s="15" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="F164" s="15"/>
       <c r="G164" s="15" t="s">
         <v>375</v>
       </c>
       <c r="H164" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I164" s="15" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="J164" s="15">
         <v>10</v>
       </c>
       <c r="K164" s="15">
         <v>5.54</v>
       </c>
       <c r="L164" s="15">
         <v>4.65</v>
       </c>
       <c r="M164" s="15">
         <v>4.47</v>
       </c>
       <c r="N164" s="15"/>
       <c r="O164" s="15"/>
       <c r="P164" s="15"/>
       <c r="Q164" s="15"/>
       <c r="R164"/>
     </row>
     <row r="165" spans="1:18">
       <c r="B165" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C165" s="15" t="s">
+        <v>473</v>
+      </c>
+      <c r="D165" s="15" t="s">
         <v>474</v>
       </c>
-      <c r="D165" s="15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="15" t="s">
-        <v>478</v>
+        <v>477</v>
       </c>
       <c r="F165" s="15"/>
       <c r="G165" s="15" t="s">
         <v>375</v>
       </c>
       <c r="H165" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I165" s="15" t="s">
-        <v>477</v>
+        <v>476</v>
       </c>
       <c r="J165" s="15">
         <v>22</v>
       </c>
       <c r="K165" s="15">
         <v>5.36</v>
       </c>
       <c r="L165" s="15">
         <v>4.49</v>
       </c>
       <c r="M165" s="15">
         <v>4.32</v>
       </c>
       <c r="N165" s="15"/>
       <c r="O165" s="15"/>
       <c r="P165" s="15"/>
       <c r="Q165" s="15"/>
       <c r="R165"/>
     </row>
     <row r="166" spans="1:18">
       <c r="B166" s="14"/>
       <c r="C166" s="15"/>
       <c r="D166" s="15"/>
       <c r="E166" s="15"/>
       <c r="F166" s="15"/>
@@ -8405,317 +8398,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>480</v>
+        <v>479</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>483</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>487</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>494</v>
-      </c>
-[...1 lines deleted...]
-        <v>495</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>496</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>498</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>501</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>503</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>