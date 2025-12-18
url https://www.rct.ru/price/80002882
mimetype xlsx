--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>05.12.2025</t>
+    <t>18.12.2025</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -158,53 +158,50 @@
     <t>торцевая пластина для клеммников DSIO1.5/3 / D-DSIO1.5/3-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112921</t>
   </si>
   <si>
     <t>DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113869</t>
   </si>
   <si>
     <t xml:space="preserve">MBBE-15.6-GY GOLTEN, </t>
   </si>
   <si>
     <t>DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112745</t>
-  </si>
-[...1 lines deleted...]
-    <t>14.01.2026</t>
   </si>
   <si>
     <t>DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 10.2мм, серая / DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112959</t>
   </si>
   <si>
     <t xml:space="preserve">DFB10-02P-11-00Z(H) DEGSON, GFBS10-2-RD GOLTEN, </t>
   </si>
   <si>
     <t>DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 20P, шаг 3.5мм, серая / DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00138637</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-20P-11-00Z(H) DEGSON, </t>
   </si>
@@ -1545,2642 +1542,2640 @@
       <c r="R7" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:18">
       <c r="B9" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
-        <v>5.08</v>
+        <v>3.77</v>
       </c>
       <c r="L9" s="15">
-        <v>3.63</v>
+        <v>3.27</v>
       </c>
       <c r="M9" s="15">
-        <v>3.27</v>
+        <v>3.14</v>
       </c>
       <c r="N9" s="15">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
-        <v>5.75</v>
+        <v>3.7</v>
       </c>
       <c r="L10" s="15">
-        <v>4.15</v>
+        <v>3.21</v>
       </c>
       <c r="M10" s="15">
-        <v>3.61</v>
+        <v>3.09</v>
       </c>
       <c r="N10" s="15">
         <v>20</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15">
         <v>600</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I11" s="15" t="s">
         <v>37</v>
       </c>
       <c r="J11" s="15">
         <v>100</v>
       </c>
       <c r="K11" s="15">
-        <v>0.40981</v>
+        <v>0.25892</v>
       </c>
       <c r="L11" s="15">
-        <v>0.29544</v>
+        <v>0.22439</v>
       </c>
       <c r="M11" s="15">
-        <v>0.25731</v>
+        <v>0.21576</v>
       </c>
       <c r="N11" s="15">
         <v>3</v>
       </c>
       <c r="O11" s="15"/>
       <c r="P11" s="15"/>
       <c r="Q11" s="15">
         <v>1200</v>
       </c>
       <c r="R11"/>
     </row>
     <row r="12" spans="1:18">
       <c r="B12" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C12" s="15" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>50</v>
       </c>
       <c r="K12" s="15">
-        <v>0.49913</v>
+        <v>0.35346</v>
       </c>
       <c r="L12" s="15">
-        <v>0.35652</v>
+        <v>0.30633</v>
       </c>
       <c r="M12" s="15">
-        <v>0.32087</v>
+        <v>0.29455</v>
       </c>
       <c r="N12" s="15">
         <v>98</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>750</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
-        <v>0.51967</v>
+        <v>0.36795</v>
       </c>
       <c r="L13" s="15">
-        <v>0.37119</v>
+        <v>0.31889</v>
       </c>
       <c r="M13" s="15">
-        <v>0.33407</v>
+        <v>0.30663</v>
       </c>
       <c r="N13" s="15">
-        <v>1515</v>
+        <v>1404</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
-        <v>0.40931</v>
+        <v>0.29684</v>
       </c>
       <c r="L14" s="15">
-        <v>0.29237</v>
+        <v>0.25726</v>
       </c>
       <c r="M14" s="15">
-        <v>0.26313</v>
+        <v>0.24736</v>
       </c>
       <c r="N14" s="15"/>
-      <c r="O14" s="15">
-[...4 lines deleted...]
-      </c>
+      <c r="O14" s="15"/>
+      <c r="P14" s="15"/>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="15" t="s">
         <v>49</v>
       </c>
-      <c r="D15" s="15" t="s">
+      <c r="E15" s="15" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
-        <v>0.70944</v>
+        <v>0.52674</v>
       </c>
       <c r="L15" s="15">
-        <v>0.50675</v>
+        <v>0.45651</v>
       </c>
       <c r="M15" s="15">
-        <v>0.45607</v>
+        <v>0.43895</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>1500</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="15" t="s">
         <v>53</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="E16" s="15" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>3.61</v>
       </c>
       <c r="L16" s="15">
         <v>3.13</v>
       </c>
       <c r="M16" s="15">
         <v>3.01</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1500</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>57</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
-        <v>1.12</v>
+        <v>0.71834</v>
       </c>
       <c r="L17" s="15">
-        <v>0.80416</v>
+        <v>0.62256</v>
       </c>
       <c r="M17" s="15">
-        <v>0.70041</v>
+        <v>0.59861</v>
       </c>
       <c r="N17" s="15">
-        <v>258</v>
+        <v>305</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>1500</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>60</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="J18" s="15">
         <v>800</v>
       </c>
       <c r="K18" s="15">
-        <v>1.17</v>
+        <v>0.75464</v>
       </c>
       <c r="L18" s="15">
-        <v>0.84689</v>
+        <v>0.65402</v>
       </c>
       <c r="M18" s="15">
-        <v>0.7376200000000001</v>
+        <v>0.62886</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="Q18" s="15">
         <v>9600</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>65</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
-        <v>0.79317</v>
+        <v>0.50009</v>
       </c>
       <c r="L19" s="15">
-        <v>0.57182</v>
+        <v>0.43341</v>
       </c>
       <c r="M19" s="15">
-        <v>0.49803</v>
+        <v>0.41674</v>
       </c>
       <c r="N19" s="15"/>
-      <c r="O19" s="15"/>
+      <c r="O19" s="15">
+        <v>53</v>
+      </c>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>3000</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>68</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
-        <v>1.8</v>
+        <v>1.16</v>
       </c>
       <c r="L20" s="15">
-        <v>1.3</v>
+        <v>1.01</v>
       </c>
       <c r="M20" s="15">
-        <v>1.13</v>
+        <v>0.9671</v>
       </c>
       <c r="N20" s="15">
         <v>30</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>750</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>200</v>
       </c>
       <c r="K21" s="15">
-        <v>1.87</v>
+        <v>1.2</v>
       </c>
       <c r="L21" s="15">
-        <v>1.35</v>
+        <v>1.04</v>
       </c>
       <c r="M21" s="15">
-        <v>1.18</v>
+        <v>1</v>
       </c>
       <c r="N21" s="15">
         <v>19</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>3000</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>73</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>74</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
-        <v>1.78</v>
+        <v>1.15</v>
       </c>
       <c r="L22" s="15">
-        <v>1.28</v>
+        <v>0.99304</v>
       </c>
       <c r="M22" s="15">
-        <v>1.12</v>
+        <v>0.95485</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>750</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>77</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15"/>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
-        <v>0.37709</v>
+        <v>0.24231</v>
       </c>
       <c r="L23" s="15">
-        <v>0.27184</v>
+        <v>0.21</v>
       </c>
       <c r="M23" s="15">
-        <v>0.23677</v>
+        <v>0.20193</v>
       </c>
       <c r="N23" s="15">
         <v>18</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4800</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>79</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>80</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
-        <v>0.47169</v>
+        <v>0.30423</v>
       </c>
       <c r="L24" s="15">
-        <v>0.34006</v>
+        <v>0.26367</v>
       </c>
       <c r="M24" s="15">
-        <v>0.29618</v>
+        <v>0.25353</v>
       </c>
       <c r="N24" s="15">
         <v>28</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>3200</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>800</v>
       </c>
       <c r="K25" s="15">
         <v>0.19713</v>
       </c>
       <c r="L25" s="15">
         <v>0.09857</v>
       </c>
       <c r="M25" s="15">
         <v>0.08968</v>
       </c>
       <c r="N25" s="15">
         <v>60</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
-        <v>0.10995</v>
+        <v>0.07272000000000001</v>
       </c>
       <c r="L26" s="15">
-        <v>0.07928</v>
+        <v>0.06302000000000001</v>
       </c>
       <c r="M26" s="15">
-        <v>0.06904</v>
+        <v>0.0606</v>
       </c>
       <c r="N26" s="15">
-        <v>773</v>
+        <v>823</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="J27" s="15">
         <v>225</v>
       </c>
       <c r="K27" s="15">
         <v>0.24173</v>
       </c>
       <c r="L27" s="15">
         <v>0.2095</v>
       </c>
       <c r="M27" s="15">
         <v>0.20144</v>
       </c>
       <c r="N27" s="15">
-        <v>1591</v>
+        <v>1646</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>93</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="J28" s="15">
         <v>225</v>
       </c>
       <c r="K28" s="15">
         <v>0.24366</v>
       </c>
       <c r="L28" s="15">
         <v>0.21929</v>
       </c>
       <c r="M28" s="15">
         <v>0.20305</v>
       </c>
       <c r="N28" s="15">
-        <v>1437</v>
+        <v>572</v>
       </c>
       <c r="O28" s="15">
-        <v>3261</v>
-[...3 lines deleted...]
-      </c>
+        <v>3675</v>
+      </c>
+      <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>96</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
-        <v>26.14</v>
+        <v>16.51</v>
       </c>
       <c r="L29" s="15">
-        <v>18.84</v>
+        <v>14.31</v>
       </c>
       <c r="M29" s="15">
-        <v>16.41</v>
+        <v>13.76</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
-        <v>1.26</v>
+        <v>0.88148</v>
       </c>
       <c r="L30" s="15">
-        <v>0.89976</v>
+        <v>0.76395</v>
       </c>
       <c r="M30" s="15">
-        <v>0.8097800000000001</v>
+        <v>0.73456</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15">
         <v>4000</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
-        <v>1.32</v>
+        <v>0.92189</v>
       </c>
       <c r="L31" s="15">
-        <v>0.94101</v>
+        <v>0.79897</v>
       </c>
       <c r="M31" s="15">
-        <v>0.8469100000000001</v>
+        <v>0.76824</v>
       </c>
       <c r="N31" s="15">
-        <v>710</v>
+        <v>900</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.3705</v>
       </c>
       <c r="L32" s="15">
         <v>0.25849</v>
       </c>
       <c r="M32" s="15">
         <v>0.23264</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="P32" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="Q32" s="15">
         <v>2400</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>110</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
-        <v>2.57</v>
+        <v>1.62</v>
       </c>
       <c r="L33" s="15">
-        <v>1.85</v>
+        <v>1.4</v>
       </c>
       <c r="M33" s="15">
-        <v>1.61</v>
+        <v>1.35</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>113</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
-        <v>0.33287</v>
+        <v>0.21</v>
       </c>
       <c r="L34" s="15">
-        <v>0.23997</v>
+        <v>0.182</v>
       </c>
       <c r="M34" s="15">
-        <v>0.20901</v>
+        <v>0.175</v>
       </c>
       <c r="N34" s="15">
         <v>9</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>115</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>116</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
-        <v>0.31075</v>
+        <v>0.2003</v>
       </c>
       <c r="L35" s="15">
-        <v>0.22196</v>
+        <v>0.17359</v>
       </c>
       <c r="M35" s="15">
-        <v>0.19978</v>
+        <v>0.16691</v>
       </c>
       <c r="N35" s="15">
-        <v>265</v>
+        <v>346</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>118</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>119</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.22395</v>
       </c>
       <c r="L36" s="15">
         <v>0.19409</v>
       </c>
       <c r="M36" s="15">
         <v>0.18663</v>
       </c>
-      <c r="N36" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="N36" s="15"/>
       <c r="O36" s="15">
-        <v>1104</v>
+        <v>856</v>
       </c>
       <c r="P36" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>122</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
-        <v>0.27791</v>
+        <v>0.17639</v>
       </c>
       <c r="L37" s="15">
-        <v>0.20036</v>
+        <v>0.15287</v>
       </c>
       <c r="M37" s="15">
-        <v>0.17451</v>
+        <v>0.14699</v>
       </c>
       <c r="N37" s="15">
         <v>30</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>125</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
-        <v>1.74</v>
+        <v>1.2</v>
       </c>
       <c r="L38" s="15">
-        <v>1.24</v>
+        <v>1.04</v>
       </c>
       <c r="M38" s="15">
-        <v>1.12</v>
+        <v>0.9961</v>
       </c>
       <c r="N38" s="15">
         <v>30</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>127</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="E39" s="15">
         <v>10080028038</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.9</v>
       </c>
       <c r="L39" s="15">
         <v>0.9</v>
       </c>
       <c r="M39" s="15">
         <v>0.9</v>
       </c>
       <c r="N39" s="15">
         <v>4</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E40" s="15">
         <v>10080028681</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>3.49</v>
       </c>
       <c r="L40" s="15">
         <v>2.33</v>
       </c>
       <c r="M40" s="15">
         <v>2.17</v>
       </c>
       <c r="N40" s="15">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
-        <v>4.78</v>
+        <v>3.07</v>
       </c>
       <c r="L41" s="15">
-        <v>3.45</v>
+        <v>2.66</v>
       </c>
       <c r="M41" s="15">
-        <v>3</v>
+        <v>2.56</v>
       </c>
       <c r="N41" s="15">
-        <v>584</v>
+        <v>640</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>135</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.61437</v>
       </c>
       <c r="L42" s="15">
         <v>0.53245</v>
       </c>
       <c r="M42" s="15">
         <v>0.51198</v>
       </c>
       <c r="N42" s="15">
-        <v>629</v>
+        <v>756</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>138</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>800</v>
       </c>
       <c r="K43" s="15">
-        <v>1.1</v>
+        <v>0.78686</v>
       </c>
       <c r="L43" s="15">
-        <v>0.78656</v>
+        <v>0.68194</v>
       </c>
       <c r="M43" s="15">
-        <v>0.7079</v>
+        <v>0.65571</v>
       </c>
       <c r="N43" s="15">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>140</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>141</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1800</v>
       </c>
       <c r="K44" s="15">
-        <v>1.67</v>
+        <v>1.08</v>
       </c>
       <c r="L44" s="15">
-        <v>1.2</v>
+        <v>0.93344</v>
       </c>
       <c r="M44" s="15">
-        <v>1.05</v>
+        <v>0.89754</v>
       </c>
       <c r="N44" s="15">
-        <v>1784</v>
+        <v>980</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>143</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E45" s="15">
         <v>10080007039</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
-        <v>1.32</v>
+        <v>0.81599</v>
       </c>
       <c r="L45" s="15">
-        <v>0.94424</v>
+        <v>0.70719</v>
       </c>
       <c r="M45" s="15">
-        <v>0.81835</v>
+        <v>0.67999</v>
       </c>
       <c r="N45" s="15">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E46" s="15">
         <v>10080007038</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>10</v>
       </c>
       <c r="K46" s="15">
         <v>1.06</v>
       </c>
       <c r="L46" s="15">
         <v>0.95641</v>
       </c>
       <c r="M46" s="15">
         <v>0.88556</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>417</v>
+        <v>405</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>148</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
-        <v>0.3663</v>
+        <v>0.25913</v>
       </c>
       <c r="L47" s="15">
-        <v>0.26165</v>
+        <v>0.22458</v>
       </c>
       <c r="M47" s="15">
-        <v>0.23548</v>
+        <v>0.21594</v>
       </c>
       <c r="N47" s="15"/>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>150</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>151</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
-        <v>0.54995</v>
+        <v>0.35643</v>
       </c>
       <c r="L48" s="15">
-        <v>0.39647</v>
+        <v>0.30891</v>
       </c>
       <c r="M48" s="15">
-        <v>0.34531</v>
+        <v>0.29703</v>
       </c>
       <c r="N48" s="15">
         <v>10</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1500</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>154</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
-        <v>0.38842</v>
+        <v>0.27462</v>
       </c>
       <c r="L49" s="15">
-        <v>0.27744</v>
+        <v>0.238</v>
       </c>
       <c r="M49" s="15">
-        <v>0.2497</v>
+        <v>0.22885</v>
       </c>
       <c r="N49" s="15">
-        <v>7020</v>
+        <v>4841</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>156</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>157</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
-        <v>0.1722</v>
+        <v>0.17184</v>
       </c>
       <c r="L50" s="15">
-        <v>0.15498</v>
+        <v>0.14893</v>
       </c>
       <c r="M50" s="15">
-        <v>0.1435</v>
+        <v>0.1432</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>4000</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>159</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="I51" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.2832</v>
       </c>
       <c r="L51" s="15">
         <v>0.25488</v>
       </c>
       <c r="M51" s="15">
         <v>0.236</v>
       </c>
       <c r="N51" s="15">
-        <v>1364</v>
+        <v>1826</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="15">
-        <v>24.31</v>
+        <v>15.48</v>
       </c>
       <c r="L52" s="15">
-        <v>17.53</v>
+        <v>13.42</v>
       </c>
       <c r="M52" s="15">
-        <v>15.27</v>
+        <v>12.9</v>
       </c>
       <c r="N52" s="15">
         <v>99</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>20</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>168</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
-        <v>3247.03</v>
+        <v>2043.62</v>
       </c>
       <c r="L53" s="15">
-        <v>2340.88</v>
+        <v>1771.14</v>
       </c>
       <c r="M53" s="15">
-        <v>2038.83</v>
+        <v>1703.02</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>171</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1</v>
       </c>
       <c r="K54" s="15">
         <v>79.22</v>
       </c>
       <c r="L54" s="15">
         <v>57.11</v>
       </c>
       <c r="M54" s="15">
         <v>49.74</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>1</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10080004958</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.16321</v>
       </c>
       <c r="L55" s="15">
         <v>0.08161</v>
       </c>
       <c r="M55" s="15">
         <v>0.07413</v>
       </c>
       <c r="N55" s="15">
-        <v>180</v>
+        <v>189</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>176</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>177</v>
-      </c>
-[...1 lines deleted...]
-        <v>178</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
-        <v>0.08014</v>
+        <v>0.05663</v>
       </c>
       <c r="L56" s="15">
-        <v>0.05724</v>
+        <v>0.04908</v>
       </c>
       <c r="M56" s="15">
-        <v>0.05152</v>
+        <v>0.04719</v>
       </c>
       <c r="N56" s="15">
         <v>77</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>179</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
-        <v>1.54</v>
+        <v>0.99059</v>
       </c>
       <c r="L57" s="15">
-        <v>1.11</v>
+        <v>0.85851</v>
       </c>
       <c r="M57" s="15">
-        <v>0.96683</v>
+        <v>0.8254899999999999</v>
       </c>
       <c r="N57" s="15">
         <v>90</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>240</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>181</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>184</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
-        <v>0.4825</v>
+        <v>0.30894</v>
       </c>
       <c r="L58" s="15">
-        <v>0.34784</v>
+        <v>0.26775</v>
       </c>
       <c r="M58" s="15">
-        <v>0.30295</v>
+        <v>0.25745</v>
       </c>
       <c r="N58" s="15">
-        <v>251</v>
+        <v>208</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2400</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>185</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10</v>
       </c>
       <c r="K59" s="15">
-        <v>1</v>
+        <v>0.73922</v>
       </c>
       <c r="L59" s="15">
-        <v>0.7148099999999999</v>
+        <v>0.6406500000000001</v>
       </c>
       <c r="M59" s="15">
-        <v>0.64333</v>
+        <v>0.6160099999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>322</v>
+        <v>287</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>240</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>188</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>10</v>
       </c>
       <c r="K60" s="15">
-        <v>1.33</v>
+        <v>0.83429</v>
       </c>
       <c r="L60" s="15">
-        <v>0.95584</v>
+        <v>0.72305</v>
       </c>
       <c r="M60" s="15">
-        <v>0.8325</v>
+        <v>0.69524</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15">
         <v>240</v>
       </c>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>191</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>10</v>
       </c>
       <c r="K61" s="15">
-        <v>1.52</v>
+        <v>1.08</v>
       </c>
       <c r="L61" s="15">
-        <v>1.09</v>
+        <v>0.93553</v>
       </c>
       <c r="M61" s="15">
-        <v>0.9789</v>
+        <v>0.89955</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>240</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>193</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>194</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>10</v>
       </c>
       <c r="K62" s="15">
         <v>0.62004</v>
       </c>
       <c r="L62" s="15">
         <v>0.53737</v>
       </c>
       <c r="M62" s="15">
         <v>0.5167</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15">
         <v>240</v>
       </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>196</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
-        <v>1.14</v>
+        <v>0.7194199999999999</v>
       </c>
       <c r="L63" s="15">
-        <v>0.82495</v>
+        <v>0.62349</v>
       </c>
       <c r="M63" s="15">
-        <v>0.71849</v>
+        <v>0.59951</v>
       </c>
       <c r="N63" s="15">
         <v>25</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>240</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>199</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>0.64157</v>
       </c>
       <c r="L64" s="15">
         <v>0.55602</v>
       </c>
       <c r="M64" s="15">
         <v>0.53464</v>
       </c>
       <c r="N64" s="15">
-        <v>2794</v>
+        <v>3904</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>240</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>202</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>203</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>204</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>10</v>
       </c>
       <c r="K65" s="15">
         <v>0.64173</v>
       </c>
       <c r="L65" s="15">
         <v>0.5561700000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.53478</v>
       </c>
       <c r="N65" s="15"/>
-      <c r="O65" s="15"/>
+      <c r="O65" s="15">
+        <v>189</v>
+      </c>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>240</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>205</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>206</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
-        <v>1.2</v>
+        <v>0.76817</v>
       </c>
       <c r="L66" s="15">
-        <v>0.86161</v>
+        <v>0.66574</v>
       </c>
       <c r="M66" s="15">
-        <v>0.75042</v>
+        <v>0.64014</v>
       </c>
       <c r="N66" s="15">
         <v>100</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15">
         <v>240</v>
       </c>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>208</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>209</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
-        <v>1.4</v>
+        <v>0.8978699999999999</v>
       </c>
       <c r="L67" s="15">
-        <v>1.01</v>
+        <v>0.77815</v>
       </c>
       <c r="M67" s="15">
-        <v>0.87738</v>
+        <v>0.74823</v>
       </c>
       <c r="N67" s="15">
         <v>100</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>240</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>211</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>10</v>
       </c>
       <c r="K68" s="15">
-        <v>2.01</v>
+        <v>1.26</v>
       </c>
       <c r="L68" s="15">
-        <v>1.45</v>
+        <v>1.09</v>
       </c>
       <c r="M68" s="15">
-        <v>1.26</v>
+        <v>1.05</v>
       </c>
       <c r="N68" s="15">
         <v>3</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>240</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>214</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>215</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>10</v>
       </c>
       <c r="K69" s="15">
         <v>1.92</v>
       </c>
       <c r="L69" s="15">
         <v>1.39</v>
       </c>
       <c r="M69" s="15">
         <v>1.21</v>
       </c>
       <c r="N69" s="15"/>
-      <c r="O69" s="15"/>
+      <c r="O69" s="15">
+        <v>80</v>
+      </c>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>240</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>217</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>218</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>0.64796</v>
       </c>
       <c r="L70" s="15">
         <v>0.5615599999999999</v>
       </c>
       <c r="M70" s="15">
         <v>0.53996</v>
       </c>
       <c r="N70" s="15">
-        <v>617</v>
+        <v>469</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>220</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>221</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
-        <v>1.19</v>
+        <v>0.7649</v>
       </c>
       <c r="L71" s="15">
-        <v>0.85626</v>
+        <v>0.66291</v>
       </c>
       <c r="M71" s="15">
-        <v>0.74577</v>
+        <v>0.63741</v>
       </c>
       <c r="N71" s="15">
         <v>90</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>240</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
-        <v>1.22</v>
+        <v>0.78218</v>
       </c>
       <c r="L72" s="15">
-        <v>0.87699</v>
+        <v>0.67789</v>
       </c>
       <c r="M72" s="15">
-        <v>0.76383</v>
+        <v>0.65181</v>
       </c>
       <c r="N72" s="15">
         <v>79</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>240</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
-        <v>0.55425</v>
+        <v>0.40671</v>
       </c>
       <c r="L73" s="15">
-        <v>0.3959</v>
+        <v>0.35248</v>
       </c>
       <c r="M73" s="15">
-        <v>0.35631</v>
+        <v>0.33893</v>
       </c>
       <c r="N73" s="15">
-        <v>257</v>
+        <v>278</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15">
         <v>2750</v>
       </c>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
-        <v>0.80836</v>
+        <v>0.51279</v>
       </c>
       <c r="L74" s="15">
-        <v>0.5827599999999999</v>
+        <v>0.44442</v>
       </c>
       <c r="M74" s="15">
-        <v>0.50758</v>
+        <v>0.42733</v>
       </c>
       <c r="N74" s="15">
         <v>96</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
         <v>2750</v>
       </c>
       <c r="R74"/>
     </row>
     <row r="75" spans="1:18">
       <c r="B75" s="14"/>
       <c r="C75" s="15"/>
       <c r="D75" s="15"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
@@ -4228,317 +4223,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>236</v>
-      </c>
-[...1 lines deleted...]
-        <v>237</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>241</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>