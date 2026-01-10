--- v1 (2025-12-18)
+++ v2 (2026-01-10)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>18.12.2025</t>
+    <t>09.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,50 +160,53 @@
   <si>
     <t>UT-00112921</t>
   </si>
   <si>
     <t>DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113869</t>
   </si>
   <si>
     <t xml:space="preserve">MBBE-15.6-GY GOLTEN, </t>
   </si>
   <si>
     <t>DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112745</t>
   </si>
   <si>
+    <t>26.03.2026</t>
+  </si>
+  <si>
     <t>DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 10.2мм, серая / DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112959</t>
   </si>
   <si>
     <t xml:space="preserve">DFB10-02P-11-00Z(H) DEGSON, GFBS10-2-RD GOLTEN, </t>
   </si>
   <si>
     <t>DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 20P, шаг 3.5мм, серая / DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00138637</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-20P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DFB4-8.2-11-00Z(H)</t>
@@ -253,50 +256,53 @@
   <si>
     <t>перемычка 8P, шаг 3.5мм, серая / DFB8-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116705</t>
   </si>
   <si>
     <t>DFBS10-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 10P, шаг 5.2мм, красная / DFBS10-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117709</t>
   </si>
   <si>
     <t>DFBS2-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 5.2мм, красная / DFBS2-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117708</t>
   </si>
   <si>
+    <t xml:space="preserve">DFBS2-5.2-16-00A(H) DEGSON, </t>
+  </si>
+  <si>
     <t>DFBS3-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 3P, шаг 5.2мм, красная / DFBS3-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117710</t>
   </si>
   <si>
     <t>DG009-01P-19-00A(H)</t>
   </si>
   <si>
     <t>Держатель DG009-01P-19-00A(H)</t>
   </si>
   <si>
     <t>10-00014712</t>
   </si>
   <si>
     <t>DG013-01P-11-01A(H)</t>
   </si>
   <si>
     <t>Кронштейн DG013-01P-11-01A(H)</t>
   </si>
   <si>
     <t>10-00014714</t>
@@ -340,51 +346,51 @@
   <si>
     <t>держатель маркера / DMTH5-2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112650</t>
   </si>
   <si>
     <t>DMTH5-3-11-00Z(H)</t>
   </si>
   <si>
     <t>держатель маркера / DMTH5-3-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107318</t>
   </si>
   <si>
     <t>DS-DI-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>рассоединяющий штекер (перемычка) для TG серии, ширина 3,5мм, оранжевый / DS-DI-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116621</t>
   </si>
   <si>
-    <t>08.03.2026</t>
+    <t>19.02.2026</t>
   </si>
   <si>
     <t>DS-FU5-01P-13-00Z(H)</t>
   </si>
   <si>
     <t>держатель предохранителя 5x20 до 6.3A, для TG серии / DS-FU5-01P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116622</t>
   </si>
   <si>
     <t>DSR1.5-01P-15-00A(H)</t>
   </si>
   <si>
     <t>клипса для штекера DSP2.5, оранжевая / DSR1.5-01P-15-00A(H)</t>
   </si>
   <si>
     <t>UT-00104960</t>
   </si>
   <si>
     <t>DSR1.5-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>клипса для штекера DSP2.5, оранжевая / DSR1.5-01P-15-00Z(H)</t>
   </si>
@@ -455,50 +461,53 @@
     <t>перемычка 10P, шаг 6.2 мм, для соединения PC2.5B, PC4 / EB10-6-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117072</t>
   </si>
   <si>
     <t>EB10-8-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 10P, шаг 8.2 мм, серая / EB10-8-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112649</t>
   </si>
   <si>
     <t>FBRI10-4</t>
   </si>
   <si>
     <t>контакты шаг 4,2мм / FBRI10-4</t>
   </si>
   <si>
     <t>FBRI10-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI10-5</t>
+  </si>
+  <si>
+    <t>05.04.2026</t>
   </si>
   <si>
     <t>FBRI2-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI2-5</t>
   </si>
   <si>
     <t>UT-00100912</t>
   </si>
   <si>
     <t>FBRI3-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI3-5</t>
   </si>
   <si>
     <t>UT-00105860</t>
   </si>
   <si>
     <t>KLM3-20x8-11-00Z(H)</t>
   </si>
   <si>
     <t>держатель маркера для E-PC-1100A(H) и E-WS N / KLM3-20x8-11-00Z(H)</t>
   </si>
@@ -1551,51 +1560,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>3.77</v>
       </c>
       <c r="L9" s="15">
         <v>3.27</v>
       </c>
       <c r="M9" s="15">
         <v>3.14</v>
       </c>
       <c r="N9" s="15">
-        <v>126</v>
+        <v>90</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1717,2447 +1726,2453 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>0.36795</v>
       </c>
       <c r="L13" s="15">
         <v>0.31889</v>
       </c>
       <c r="M13" s="15">
         <v>0.30663</v>
       </c>
       <c r="N13" s="15">
-        <v>1404</v>
+        <v>1497</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.29684</v>
       </c>
       <c r="L14" s="15">
         <v>0.25726</v>
       </c>
       <c r="M14" s="15">
         <v>0.24736</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15"/>
-      <c r="P14" s="15"/>
+      <c r="P14" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J15" s="15">
         <v>100</v>
       </c>
       <c r="K15" s="15">
         <v>0.52674</v>
       </c>
       <c r="L15" s="15">
         <v>0.45651</v>
       </c>
       <c r="M15" s="15">
         <v>0.43895</v>
       </c>
       <c r="N15" s="15"/>
       <c r="O15" s="15"/>
       <c r="P15" s="15"/>
       <c r="Q15" s="15">
         <v>1500</v>
       </c>
       <c r="R15"/>
     </row>
     <row r="16" spans="1:18">
       <c r="B16" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C16" s="15" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D16" s="15" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>3.61</v>
       </c>
       <c r="L16" s="15">
         <v>3.13</v>
       </c>
       <c r="M16" s="15">
         <v>3.01</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15"/>
       <c r="P16" s="15"/>
       <c r="Q16" s="15">
         <v>1500</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.71834</v>
       </c>
       <c r="L17" s="15">
         <v>0.62256</v>
       </c>
       <c r="M17" s="15">
         <v>0.59861</v>
       </c>
       <c r="N17" s="15">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>1500</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J18" s="15">
         <v>800</v>
       </c>
       <c r="K18" s="15">
         <v>0.75464</v>
       </c>
       <c r="L18" s="15">
         <v>0.65402</v>
       </c>
       <c r="M18" s="15">
         <v>0.62886</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="Q18" s="15">
         <v>9600</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.50009</v>
       </c>
       <c r="L19" s="15">
         <v>0.43341</v>
       </c>
       <c r="M19" s="15">
         <v>0.41674</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15">
         <v>53</v>
       </c>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>3000</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>1.16</v>
       </c>
       <c r="L20" s="15">
         <v>1.01</v>
       </c>
       <c r="M20" s="15">
         <v>0.9671</v>
       </c>
       <c r="N20" s="15">
         <v>30</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>750</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>200</v>
       </c>
       <c r="K21" s="15">
         <v>1.2</v>
       </c>
       <c r="L21" s="15">
         <v>1.04</v>
       </c>
       <c r="M21" s="15">
         <v>1</v>
       </c>
       <c r="N21" s="15">
         <v>19</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>3000</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>1.15</v>
       </c>
       <c r="L22" s="15">
         <v>0.99304</v>
       </c>
       <c r="M22" s="15">
         <v>0.95485</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>750</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
-      <c r="I23" s="15"/>
+      <c r="I23" s="15" t="s">
+        <v>80</v>
+      </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.24231</v>
       </c>
       <c r="L23" s="15">
         <v>0.21</v>
       </c>
       <c r="M23" s="15">
         <v>0.20193</v>
       </c>
       <c r="N23" s="15">
         <v>18</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4800</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.30423</v>
       </c>
       <c r="L24" s="15">
         <v>0.26367</v>
       </c>
       <c r="M24" s="15">
         <v>0.25353</v>
       </c>
       <c r="N24" s="15">
         <v>28</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>3200</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>800</v>
       </c>
       <c r="K25" s="15">
         <v>0.19713</v>
       </c>
       <c r="L25" s="15">
         <v>0.09857</v>
       </c>
       <c r="M25" s="15">
         <v>0.08968</v>
       </c>
       <c r="N25" s="15">
         <v>60</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.06302000000000001</v>
       </c>
       <c r="M26" s="15">
         <v>0.0606</v>
       </c>
       <c r="N26" s="15">
-        <v>823</v>
+        <v>763</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="J27" s="15">
         <v>225</v>
       </c>
       <c r="K27" s="15">
         <v>0.24173</v>
       </c>
       <c r="L27" s="15">
         <v>0.2095</v>
       </c>
       <c r="M27" s="15">
         <v>0.20144</v>
       </c>
       <c r="N27" s="15">
-        <v>1646</v>
+        <v>1706</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="J28" s="15">
         <v>225</v>
       </c>
       <c r="K28" s="15">
         <v>0.24366</v>
       </c>
       <c r="L28" s="15">
         <v>0.21929</v>
       </c>
       <c r="M28" s="15">
         <v>0.20305</v>
       </c>
       <c r="N28" s="15">
-        <v>572</v>
+        <v>1110</v>
       </c>
       <c r="O28" s="15">
-        <v>3675</v>
+        <v>3882</v>
       </c>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>16.51</v>
       </c>
       <c r="L29" s="15">
         <v>14.31</v>
       </c>
       <c r="M29" s="15">
         <v>13.76</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.88148</v>
       </c>
       <c r="L30" s="15">
         <v>0.76395</v>
       </c>
       <c r="M30" s="15">
         <v>0.73456</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15"/>
       <c r="P30" s="15"/>
       <c r="Q30" s="15">
         <v>4000</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.92189</v>
       </c>
       <c r="L31" s="15">
         <v>0.79897</v>
       </c>
       <c r="M31" s="15">
         <v>0.76824</v>
       </c>
       <c r="N31" s="15">
-        <v>900</v>
+        <v>820</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
-        <v>0.3705</v>
+        <v>0.2891</v>
       </c>
       <c r="L32" s="15">
-        <v>0.25849</v>
+        <v>0.25055</v>
       </c>
       <c r="M32" s="15">
-        <v>0.23264</v>
+        <v>0.24091</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="P32" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="Q32" s="15">
         <v>2400</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>1.62</v>
       </c>
       <c r="L33" s="15">
         <v>1.4</v>
       </c>
       <c r="M33" s="15">
         <v>1.35</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.21</v>
       </c>
       <c r="L34" s="15">
         <v>0.182</v>
       </c>
       <c r="M34" s="15">
         <v>0.175</v>
       </c>
       <c r="N34" s="15">
         <v>9</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.2003</v>
       </c>
       <c r="L35" s="15">
         <v>0.17359</v>
       </c>
       <c r="M35" s="15">
         <v>0.16691</v>
       </c>
       <c r="N35" s="15">
-        <v>346</v>
+        <v>333</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
-        <v>0.22395</v>
+        <v>0.21279</v>
       </c>
       <c r="L36" s="15">
-        <v>0.19409</v>
+        <v>0.18442</v>
       </c>
       <c r="M36" s="15">
-        <v>0.18663</v>
+        <v>0.17733</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15">
         <v>856</v>
       </c>
       <c r="P36" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.17639</v>
       </c>
       <c r="L37" s="15">
         <v>0.15287</v>
       </c>
       <c r="M37" s="15">
         <v>0.14699</v>
       </c>
       <c r="N37" s="15">
         <v>30</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>1.2</v>
       </c>
       <c r="L38" s="15">
         <v>1.04</v>
       </c>
       <c r="M38" s="15">
         <v>0.9961</v>
       </c>
       <c r="N38" s="15">
         <v>30</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="E39" s="15">
         <v>10080028038</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.9</v>
       </c>
       <c r="L39" s="15">
         <v>0.9</v>
       </c>
       <c r="M39" s="15">
         <v>0.9</v>
       </c>
       <c r="N39" s="15">
         <v>4</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="E40" s="15">
         <v>10080028681</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>3.49</v>
       </c>
       <c r="L40" s="15">
         <v>2.33</v>
       </c>
       <c r="M40" s="15">
         <v>2.17</v>
       </c>
       <c r="N40" s="15">
         <v>6</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>3.07</v>
       </c>
       <c r="L41" s="15">
         <v>2.66</v>
       </c>
       <c r="M41" s="15">
         <v>2.56</v>
       </c>
       <c r="N41" s="15">
-        <v>640</v>
+        <v>624</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.61437</v>
       </c>
       <c r="L42" s="15">
         <v>0.53245</v>
       </c>
       <c r="M42" s="15">
         <v>0.51198</v>
       </c>
       <c r="N42" s="15">
-        <v>756</v>
+        <v>518</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>800</v>
       </c>
       <c r="K43" s="15">
         <v>0.78686</v>
       </c>
       <c r="L43" s="15">
         <v>0.68194</v>
       </c>
       <c r="M43" s="15">
         <v>0.65571</v>
       </c>
       <c r="N43" s="15">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1800</v>
       </c>
       <c r="K44" s="15">
         <v>1.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.93344</v>
       </c>
       <c r="M44" s="15">
         <v>0.89754</v>
       </c>
       <c r="N44" s="15">
-        <v>980</v>
+        <v>1404</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E45" s="15">
         <v>10080007039</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
         <v>0.81599</v>
       </c>
       <c r="L45" s="15">
         <v>0.70719</v>
       </c>
       <c r="M45" s="15">
         <v>0.67999</v>
       </c>
       <c r="N45" s="15">
-        <v>160</v>
+        <v>211</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E46" s="15">
         <v>10080007038</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>10</v>
       </c>
       <c r="K46" s="15">
         <v>1.06</v>
       </c>
       <c r="L46" s="15">
         <v>0.95641</v>
       </c>
       <c r="M46" s="15">
         <v>0.88556</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>405</v>
+        <v>523</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.25913</v>
       </c>
       <c r="L47" s="15">
         <v>0.22458</v>
       </c>
       <c r="M47" s="15">
         <v>0.21594</v>
       </c>
-      <c r="N47" s="15"/>
+      <c r="N47" s="15">
+        <v>50</v>
+      </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.35643</v>
       </c>
       <c r="L48" s="15">
         <v>0.30891</v>
       </c>
       <c r="M48" s="15">
         <v>0.29703</v>
       </c>
       <c r="N48" s="15">
         <v>10</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1500</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.27462</v>
       </c>
       <c r="L49" s="15">
         <v>0.238</v>
       </c>
       <c r="M49" s="15">
         <v>0.22885</v>
       </c>
       <c r="N49" s="15">
-        <v>4841</v>
+        <v>5527</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.17184</v>
       </c>
       <c r="L50" s="15">
         <v>0.14893</v>
       </c>
       <c r="M50" s="15">
         <v>0.1432</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>4000</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.2832</v>
       </c>
       <c r="L51" s="15">
         <v>0.25488</v>
       </c>
       <c r="M51" s="15">
         <v>0.236</v>
       </c>
       <c r="N51" s="15">
-        <v>1826</v>
+        <v>1386</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="15">
         <v>15.48</v>
       </c>
       <c r="L52" s="15">
         <v>13.42</v>
       </c>
       <c r="M52" s="15">
         <v>12.9</v>
       </c>
       <c r="N52" s="15">
         <v>99</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>20</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>2043.62</v>
       </c>
       <c r="L53" s="15">
         <v>1771.14</v>
       </c>
       <c r="M53" s="15">
         <v>1703.02</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1</v>
       </c>
       <c r="K54" s="15">
         <v>79.22</v>
       </c>
       <c r="L54" s="15">
         <v>57.11</v>
       </c>
       <c r="M54" s="15">
         <v>49.74</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>1</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E55" s="15">
         <v>10080004958</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.16321</v>
       </c>
       <c r="L55" s="15">
         <v>0.08161</v>
       </c>
       <c r="M55" s="15">
         <v>0.07413</v>
       </c>
       <c r="N55" s="15">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.05663</v>
       </c>
       <c r="L56" s="15">
         <v>0.04908</v>
       </c>
       <c r="M56" s="15">
         <v>0.04719</v>
       </c>
       <c r="N56" s="15">
         <v>77</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>0.99059</v>
       </c>
       <c r="L57" s="15">
         <v>0.85851</v>
       </c>
       <c r="M57" s="15">
         <v>0.8254899999999999</v>
       </c>
       <c r="N57" s="15">
         <v>90</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>240</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
         <v>0.30894</v>
       </c>
       <c r="L58" s="15">
         <v>0.26775</v>
       </c>
       <c r="M58" s="15">
         <v>0.25745</v>
       </c>
       <c r="N58" s="15">
-        <v>208</v>
+        <v>248</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2400</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10</v>
       </c>
       <c r="K59" s="15">
         <v>0.73922</v>
       </c>
       <c r="L59" s="15">
         <v>0.6406500000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.6160099999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>287</v>
+        <v>271</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>240</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>10</v>
       </c>
       <c r="K60" s="15">
         <v>0.83429</v>
       </c>
       <c r="L60" s="15">
         <v>0.72305</v>
       </c>
       <c r="M60" s="15">
         <v>0.69524</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15">
         <v>240</v>
       </c>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>10</v>
       </c>
       <c r="K61" s="15">
         <v>1.08</v>
       </c>
       <c r="L61" s="15">
         <v>0.93553</v>
       </c>
       <c r="M61" s="15">
         <v>0.89955</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>240</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>10</v>
       </c>
       <c r="K62" s="15">
         <v>0.62004</v>
       </c>
       <c r="L62" s="15">
         <v>0.53737</v>
       </c>
       <c r="M62" s="15">
         <v>0.5167</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15">
         <v>240</v>
       </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
         <v>0.7194199999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.62349</v>
       </c>
       <c r="M63" s="15">
         <v>0.59951</v>
       </c>
       <c r="N63" s="15">
         <v>25</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>240</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>0.64157</v>
       </c>
       <c r="L64" s="15">
         <v>0.55602</v>
       </c>
       <c r="M64" s="15">
         <v>0.53464</v>
       </c>
       <c r="N64" s="15">
-        <v>3904</v>
+        <v>3132</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>240</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>10</v>
       </c>
       <c r="K65" s="15">
         <v>0.64173</v>
       </c>
       <c r="L65" s="15">
         <v>0.5561700000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.53478</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15">
-        <v>189</v>
+        <v>499</v>
       </c>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>240</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
         <v>0.76817</v>
       </c>
       <c r="L66" s="15">
         <v>0.66574</v>
       </c>
       <c r="M66" s="15">
         <v>0.64014</v>
       </c>
       <c r="N66" s="15">
         <v>100</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15">
         <v>240</v>
       </c>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
         <v>0.8978699999999999</v>
       </c>
       <c r="L67" s="15">
         <v>0.77815</v>
       </c>
       <c r="M67" s="15">
         <v>0.74823</v>
       </c>
       <c r="N67" s="15">
         <v>100</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>240</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>10</v>
       </c>
       <c r="K68" s="15">
         <v>1.26</v>
       </c>
       <c r="L68" s="15">
         <v>1.09</v>
       </c>
       <c r="M68" s="15">
         <v>1.05</v>
       </c>
       <c r="N68" s="15">
         <v>3</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>240</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>10</v>
       </c>
       <c r="K69" s="15">
         <v>1.92</v>
       </c>
       <c r="L69" s="15">
         <v>1.39</v>
       </c>
       <c r="M69" s="15">
         <v>1.21</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
         <v>80</v>
       </c>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>240</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>0.64796</v>
       </c>
       <c r="L70" s="15">
         <v>0.5615599999999999</v>
       </c>
       <c r="M70" s="15">
         <v>0.53996</v>
       </c>
       <c r="N70" s="15">
-        <v>469</v>
+        <v>545</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>0.7649</v>
       </c>
       <c r="L71" s="15">
         <v>0.66291</v>
       </c>
       <c r="M71" s="15">
         <v>0.63741</v>
       </c>
       <c r="N71" s="15">
         <v>90</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>240</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>0.78218</v>
       </c>
       <c r="L72" s="15">
         <v>0.67789</v>
       </c>
       <c r="M72" s="15">
         <v>0.65181</v>
       </c>
       <c r="N72" s="15">
         <v>79</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>240</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.40671</v>
       </c>
       <c r="L73" s="15">
         <v>0.35248</v>
       </c>
       <c r="M73" s="15">
         <v>0.33893</v>
       </c>
       <c r="N73" s="15">
-        <v>278</v>
+        <v>352</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15">
         <v>2750</v>
       </c>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>0.51279</v>
       </c>
       <c r="L74" s="15">
         <v>0.44442</v>
       </c>
       <c r="M74" s="15">
         <v>0.42733</v>
       </c>
       <c r="N74" s="15">
         <v>96</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
@@ -4223,317 +4238,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>