--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>09.01.2026</t>
+    <t>30.01.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,99 +160,99 @@
   <si>
     <t>UT-00112921</t>
   </si>
   <si>
     <t>DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113869</t>
   </si>
   <si>
     <t xml:space="preserve">MBBE-15.6-GY GOLTEN, </t>
   </si>
   <si>
     <t>DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112745</t>
   </si>
   <si>
-    <t>26.03.2026</t>
+    <t>29.03.2026</t>
   </si>
   <si>
     <t>DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 10.2мм, серая / DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112959</t>
   </si>
   <si>
     <t xml:space="preserve">DFB10-02P-11-00Z(H) DEGSON, GFBS10-2-RD GOLTEN, </t>
   </si>
   <si>
     <t>DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 20P, шаг 3.5мм, серая / DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00138637</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-20P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
     <t>DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 4P, шаг 8 .2мм, серая / DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112944</t>
   </si>
   <si>
     <t>DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 3.5мм, серая / DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116704</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-05P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>07.02.2026</t>
+    <t>28.02.2026</t>
   </si>
   <si>
     <t>DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 5.2мм, серая / DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112956</t>
   </si>
   <si>
     <t>DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 6P, шаг 8.2мм, серая / DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112957</t>
   </si>
   <si>
     <t>DFB8-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 8P, шаг 3.5мм, серая / DFB8-3.5-11-00Z(H)</t>
   </si>
@@ -346,53 +346,50 @@
   <si>
     <t>держатель маркера / DMTH5-2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112650</t>
   </si>
   <si>
     <t>DMTH5-3-11-00Z(H)</t>
   </si>
   <si>
     <t>держатель маркера / DMTH5-3-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107318</t>
   </si>
   <si>
     <t>DS-DI-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>рассоединяющий штекер (перемычка) для TG серии, ширина 3,5мм, оранжевый / DS-DI-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116621</t>
   </si>
   <si>
-    <t>19.02.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DS-FU5-01P-13-00Z(H)</t>
   </si>
   <si>
     <t>держатель предохранителя 5x20 до 6.3A, для TG серии / DS-FU5-01P-13-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116622</t>
   </si>
   <si>
     <t>DSR1.5-01P-15-00A(H)</t>
   </si>
   <si>
     <t>клипса для штекера DSP2.5, оранжевая / DSR1.5-01P-15-00A(H)</t>
   </si>
   <si>
     <t>UT-00104960</t>
   </si>
   <si>
     <t>DSR1.5-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>клипса для штекера DSP2.5, оранжевая / DSR1.5-01P-15-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112910</t>
@@ -461,53 +458,50 @@
     <t>перемычка 10P, шаг 6.2 мм, для соединения PC2.5B, PC4 / EB10-6-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117072</t>
   </si>
   <si>
     <t>EB10-8-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 10P, шаг 8.2 мм, серая / EB10-8-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112649</t>
   </si>
   <si>
     <t>FBRI10-4</t>
   </si>
   <si>
     <t>контакты шаг 4,2мм / FBRI10-4</t>
   </si>
   <si>
     <t>FBRI10-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI10-5</t>
-  </si>
-[...1 lines deleted...]
-    <t>05.04.2026</t>
   </si>
   <si>
     <t>FBRI2-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI2-5</t>
   </si>
   <si>
     <t>UT-00100912</t>
   </si>
   <si>
     <t>FBRI3-5</t>
   </si>
   <si>
     <t>контакты шаг 5,2мм / FBRI3-5</t>
   </si>
   <si>
     <t>UT-00105860</t>
   </si>
   <si>
     <t>KLM3-20x8-11-00Z(H)</t>
   </si>
   <si>
     <t>держатель маркера для E-PC-1100A(H) и E-WS N / KLM3-20x8-11-00Z(H)</t>
   </si>
@@ -1560,51 +1554,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>3.77</v>
       </c>
       <c r="L9" s="15">
         <v>3.27</v>
       </c>
       <c r="M9" s="15">
         <v>3.14</v>
       </c>
       <c r="N9" s="15">
-        <v>90</v>
+        <v>126</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1717,60 +1711,60 @@
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
-        <v>0.36795</v>
+        <v>0.33533</v>
       </c>
       <c r="L13" s="15">
-        <v>0.31889</v>
+        <v>0.29062</v>
       </c>
       <c r="M13" s="15">
-        <v>0.30663</v>
+        <v>0.27944</v>
       </c>
       <c r="N13" s="15">
-        <v>1497</v>
+        <v>1377</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
@@ -1886,137 +1880,135 @@
       <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
       <c r="E17" s="15" t="s">
         <v>59</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.71834</v>
       </c>
       <c r="L17" s="15">
         <v>0.62256</v>
       </c>
       <c r="M17" s="15">
         <v>0.59861</v>
       </c>
       <c r="N17" s="15">
-        <v>301</v>
+        <v>231</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>1500</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
         <v>60</v>
       </c>
       <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
       <c r="E18" s="15" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
         <v>63</v>
       </c>
       <c r="J18" s="15">
         <v>800</v>
       </c>
       <c r="K18" s="15">
-        <v>0.75464</v>
+        <v>0.64649</v>
       </c>
       <c r="L18" s="15">
-        <v>0.65402</v>
+        <v>0.56029</v>
       </c>
       <c r="M18" s="15">
-        <v>0.62886</v>
+        <v>0.53874</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15" t="s">
         <v>64</v>
       </c>
       <c r="Q18" s="15">
         <v>9600</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
         <v>65</v>
       </c>
       <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
       <c r="E19" s="15" t="s">
         <v>67</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.50009</v>
       </c>
       <c r="L19" s="15">
         <v>0.43341</v>
       </c>
       <c r="M19" s="15">
         <v>0.41674</v>
       </c>
       <c r="N19" s="15"/>
-      <c r="O19" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O19" s="15"/>
       <c r="P19" s="15"/>
       <c r="Q19" s="15">
         <v>3000</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
         <v>68</v>
       </c>
       <c r="D20" s="15" t="s">
         <v>69</v>
       </c>
       <c r="E20" s="15" t="s">
         <v>70</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
@@ -2255,137 +2247,135 @@
       <c r="D26" s="15" t="s">
         <v>88</v>
       </c>
       <c r="E26" s="15" t="s">
         <v>89</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.06302000000000001</v>
       </c>
       <c r="M26" s="15">
         <v>0.0606</v>
       </c>
       <c r="N26" s="15">
-        <v>763</v>
+        <v>673</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E27" s="15" t="s">
         <v>92</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>93</v>
       </c>
       <c r="J27" s="15">
         <v>225</v>
       </c>
       <c r="K27" s="15">
         <v>0.24173</v>
       </c>
       <c r="L27" s="15">
         <v>0.2095</v>
       </c>
       <c r="M27" s="15">
         <v>0.20144</v>
       </c>
       <c r="N27" s="15">
-        <v>1706</v>
+        <v>1195</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="15" t="s">
         <v>95</v>
       </c>
       <c r="E28" s="15" t="s">
         <v>96</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>97</v>
       </c>
       <c r="J28" s="15">
         <v>225</v>
       </c>
       <c r="K28" s="15">
         <v>0.24366</v>
       </c>
       <c r="L28" s="15">
         <v>0.21929</v>
       </c>
       <c r="M28" s="15">
         <v>0.20305</v>
       </c>
       <c r="N28" s="15">
-        <v>1110</v>
-[...3 lines deleted...]
-      </c>
+        <v>4599</v>
+      </c>
+      <c r="O28" s="15"/>
       <c r="P28" s="15"/>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
         <v>98</v>
       </c>
       <c r="D29" s="15" t="s">
         <v>99</v>
       </c>
       <c r="E29" s="15" t="s">
         <v>100</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
@@ -2450,1729 +2440,1723 @@
         <v>104</v>
       </c>
       <c r="D31" s="15" t="s">
         <v>105</v>
       </c>
       <c r="E31" s="15" t="s">
         <v>106</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.92189</v>
       </c>
       <c r="L31" s="15">
         <v>0.79897</v>
       </c>
       <c r="M31" s="15">
         <v>0.76824</v>
       </c>
       <c r="N31" s="15">
-        <v>820</v>
+        <v>770</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
         <v>107</v>
       </c>
       <c r="D32" s="15" t="s">
         <v>108</v>
       </c>
       <c r="E32" s="15" t="s">
         <v>109</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2891</v>
       </c>
       <c r="L32" s="15">
         <v>0.25055</v>
       </c>
       <c r="M32" s="15">
         <v>0.24091</v>
       </c>
       <c r="N32" s="15"/>
       <c r="O32" s="15">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>2400</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>1.62</v>
       </c>
       <c r="L33" s="15">
         <v>1.4</v>
       </c>
       <c r="M33" s="15">
         <v>1.35</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>113</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>114</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.21</v>
       </c>
       <c r="L34" s="15">
         <v>0.182</v>
       </c>
       <c r="M34" s="15">
         <v>0.175</v>
       </c>
       <c r="N34" s="15">
         <v>9</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>117</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.2003</v>
       </c>
       <c r="L35" s="15">
         <v>0.17359</v>
       </c>
       <c r="M35" s="15">
         <v>0.16691</v>
       </c>
       <c r="N35" s="15">
-        <v>333</v>
+        <v>375</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>120</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.21279</v>
       </c>
       <c r="L36" s="15">
         <v>0.18442</v>
       </c>
       <c r="M36" s="15">
         <v>0.17733</v>
       </c>
       <c r="N36" s="15"/>
       <c r="O36" s="15">
-        <v>856</v>
+        <v>953</v>
       </c>
       <c r="P36" s="15" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>123</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.17639</v>
       </c>
       <c r="L37" s="15">
         <v>0.15287</v>
       </c>
       <c r="M37" s="15">
         <v>0.14699</v>
       </c>
       <c r="N37" s="15">
         <v>30</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>125</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>126</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>128</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>1.2</v>
       </c>
       <c r="L38" s="15">
         <v>1.04</v>
       </c>
       <c r="M38" s="15">
         <v>0.9961</v>
       </c>
       <c r="N38" s="15">
         <v>30</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="E39" s="15">
         <v>10080028038</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.9</v>
       </c>
       <c r="L39" s="15">
         <v>0.9</v>
       </c>
       <c r="M39" s="15">
         <v>0.9</v>
       </c>
       <c r="N39" s="15">
         <v>4</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E40" s="15">
         <v>10080028681</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>3.49</v>
       </c>
       <c r="L40" s="15">
         <v>2.33</v>
       </c>
       <c r="M40" s="15">
         <v>2.17</v>
       </c>
       <c r="N40" s="15">
         <v>6</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>132</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>3.07</v>
       </c>
       <c r="L41" s="15">
         <v>2.66</v>
       </c>
       <c r="M41" s="15">
         <v>2.56</v>
       </c>
       <c r="N41" s="15">
-        <v>624</v>
+        <v>720</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>135</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>136</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.61437</v>
       </c>
       <c r="L42" s="15">
         <v>0.53245</v>
       </c>
       <c r="M42" s="15">
         <v>0.51198</v>
       </c>
       <c r="N42" s="15">
-        <v>518</v>
+        <v>535</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>139</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>800</v>
       </c>
       <c r="K43" s="15">
         <v>0.78686</v>
       </c>
       <c r="L43" s="15">
         <v>0.68194</v>
       </c>
       <c r="M43" s="15">
         <v>0.65571</v>
       </c>
       <c r="N43" s="15">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>141</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>142</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1800</v>
       </c>
       <c r="K44" s="15">
         <v>1.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.93344</v>
       </c>
       <c r="M44" s="15">
         <v>0.89754</v>
       </c>
       <c r="N44" s="15">
-        <v>1404</v>
+        <v>1060</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E45" s="15">
         <v>10080007039</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
         <v>0.81599</v>
       </c>
       <c r="L45" s="15">
         <v>0.70719</v>
       </c>
       <c r="M45" s="15">
         <v>0.67999</v>
       </c>
       <c r="N45" s="15">
-        <v>211</v>
+        <v>174</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>146</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="E46" s="15">
         <v>10080007038</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>10</v>
       </c>
       <c r="K46" s="15">
         <v>1.06</v>
       </c>
       <c r="L46" s="15">
         <v>0.95641</v>
       </c>
       <c r="M46" s="15">
         <v>0.88556</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>523</v>
+        <v>430</v>
       </c>
       <c r="P46" s="15" t="s">
-        <v>149</v>
+        <v>48</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D47" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="E47" s="15" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.25913</v>
       </c>
       <c r="L47" s="15">
         <v>0.22458</v>
       </c>
       <c r="M47" s="15">
         <v>0.21594</v>
       </c>
       <c r="N47" s="15">
         <v>50</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="E48" s="15" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.35643</v>
       </c>
       <c r="L48" s="15">
         <v>0.30891</v>
       </c>
       <c r="M48" s="15">
         <v>0.29703</v>
       </c>
       <c r="N48" s="15">
         <v>10</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1500</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="E49" s="15" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.27462</v>
       </c>
       <c r="L49" s="15">
         <v>0.238</v>
       </c>
       <c r="M49" s="15">
         <v>0.22885</v>
       </c>
       <c r="N49" s="15">
-        <v>5527</v>
+        <v>6287</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="D50" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="E50" s="15" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.17184</v>
       </c>
       <c r="L50" s="15">
         <v>0.14893</v>
       </c>
       <c r="M50" s="15">
         <v>0.1432</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15"/>
       <c r="P50" s="15"/>
       <c r="Q50" s="15">
         <v>4000</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="D51" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="E51" s="15" t="s">
         <v>162</v>
-      </c>
-[...4 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.2832</v>
       </c>
       <c r="L51" s="15">
         <v>0.25488</v>
       </c>
       <c r="M51" s="15">
         <v>0.236</v>
       </c>
       <c r="N51" s="15">
-        <v>1386</v>
+        <v>1496</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>165</v>
+      </c>
+      <c r="D52" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="E52" s="15" t="s">
         <v>167</v>
-      </c>
-[...4 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="15">
         <v>15.48</v>
       </c>
       <c r="L52" s="15">
         <v>13.42</v>
       </c>
       <c r="M52" s="15">
         <v>12.9</v>
       </c>
       <c r="N52" s="15">
         <v>99</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>20</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D53" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="E53" s="15" t="s">
         <v>170</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>2043.62</v>
       </c>
       <c r="L53" s="15">
         <v>1771.14</v>
       </c>
       <c r="M53" s="15">
         <v>1703.02</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>171</v>
+      </c>
+      <c r="D54" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="E54" s="15" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1</v>
       </c>
       <c r="K54" s="15">
         <v>79.22</v>
       </c>
       <c r="L54" s="15">
         <v>57.11</v>
       </c>
       <c r="M54" s="15">
         <v>49.74</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>1</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E55" s="15">
         <v>10080004958</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.16321</v>
       </c>
       <c r="L55" s="15">
         <v>0.08161</v>
       </c>
       <c r="M55" s="15">
         <v>0.07413</v>
       </c>
       <c r="N55" s="15">
-        <v>204</v>
+        <v>155</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="E56" s="15" t="s">
         <v>178</v>
-      </c>
-[...4 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.05663</v>
       </c>
       <c r="L56" s="15">
         <v>0.04908</v>
       </c>
       <c r="M56" s="15">
         <v>0.04719</v>
       </c>
       <c r="N56" s="15">
         <v>77</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>179</v>
+      </c>
+      <c r="D57" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="E57" s="15" t="s">
         <v>181</v>
-      </c>
-[...4 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>0.99059</v>
       </c>
       <c r="L57" s="15">
         <v>0.85851</v>
       </c>
       <c r="M57" s="15">
         <v>0.8254899999999999</v>
       </c>
       <c r="N57" s="15">
         <v>90</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>240</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D58" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="E58" s="15" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
         <v>0.30894</v>
       </c>
       <c r="L58" s="15">
         <v>0.26775</v>
       </c>
       <c r="M58" s="15">
         <v>0.25745</v>
       </c>
       <c r="N58" s="15">
-        <v>248</v>
+        <v>179</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2400</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>185</v>
+      </c>
+      <c r="D59" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="E59" s="15" t="s">
         <v>187</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10</v>
       </c>
       <c r="K59" s="15">
         <v>0.73922</v>
       </c>
       <c r="L59" s="15">
         <v>0.6406500000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.6160099999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>271</v>
+        <v>227</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>240</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="D60" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="E60" s="15" t="s">
         <v>190</v>
-      </c>
-[...4 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>10</v>
       </c>
       <c r="K60" s="15">
         <v>0.83429</v>
       </c>
       <c r="L60" s="15">
         <v>0.72305</v>
       </c>
       <c r="M60" s="15">
         <v>0.69524</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15">
         <v>240</v>
       </c>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="D61" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="E61" s="15" t="s">
         <v>193</v>
-      </c>
-[...4 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>10</v>
       </c>
       <c r="K61" s="15">
         <v>1.08</v>
       </c>
       <c r="L61" s="15">
         <v>0.93553</v>
       </c>
       <c r="M61" s="15">
         <v>0.89955</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15"/>
       <c r="P61" s="15"/>
       <c r="Q61" s="15">
         <v>240</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>194</v>
+      </c>
+      <c r="D62" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="E62" s="15" t="s">
         <v>196</v>
-      </c>
-[...4 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>10</v>
       </c>
       <c r="K62" s="15">
         <v>0.62004</v>
       </c>
       <c r="L62" s="15">
         <v>0.53737</v>
       </c>
       <c r="M62" s="15">
         <v>0.5167</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15"/>
       <c r="P62" s="15"/>
       <c r="Q62" s="15">
         <v>240</v>
       </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="D63" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="E63" s="15" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
         <v>0.7194199999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.62349</v>
       </c>
       <c r="M63" s="15">
         <v>0.59951</v>
       </c>
       <c r="N63" s="15">
         <v>25</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>240</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>200</v>
+      </c>
+      <c r="D64" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="E64" s="15" t="s">
         <v>202</v>
-      </c>
-[...4 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>0.64157</v>
       </c>
       <c r="L64" s="15">
         <v>0.55602</v>
       </c>
       <c r="M64" s="15">
         <v>0.53464</v>
       </c>
       <c r="N64" s="15">
-        <v>3132</v>
+        <v>2815</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>240</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>203</v>
+      </c>
+      <c r="D65" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="E65" s="15" t="s">
         <v>205</v>
-      </c>
-[...4 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>10</v>
       </c>
       <c r="K65" s="15">
         <v>0.64173</v>
       </c>
       <c r="L65" s="15">
         <v>0.5561700000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.53478</v>
       </c>
       <c r="N65" s="15"/>
-      <c r="O65" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O65" s="15"/>
       <c r="P65" s="15"/>
       <c r="Q65" s="15">
         <v>240</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>206</v>
+      </c>
+      <c r="D66" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="E66" s="15" t="s">
         <v>208</v>
-      </c>
-[...4 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
         <v>0.76817</v>
       </c>
       <c r="L66" s="15">
         <v>0.66574</v>
       </c>
       <c r="M66" s="15">
         <v>0.64014</v>
       </c>
       <c r="N66" s="15">
         <v>100</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15">
         <v>240</v>
       </c>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>209</v>
+      </c>
+      <c r="D67" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="E67" s="15" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
         <v>0.8978699999999999</v>
       </c>
       <c r="L67" s="15">
         <v>0.77815</v>
       </c>
       <c r="M67" s="15">
         <v>0.74823</v>
       </c>
       <c r="N67" s="15">
         <v>100</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>240</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="D68" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="E68" s="15" t="s">
         <v>214</v>
-      </c>
-[...4 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>10</v>
       </c>
       <c r="K68" s="15">
         <v>1.26</v>
       </c>
       <c r="L68" s="15">
         <v>1.09</v>
       </c>
       <c r="M68" s="15">
         <v>1.05</v>
       </c>
       <c r="N68" s="15">
         <v>3</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>240</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>215</v>
+      </c>
+      <c r="D69" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="E69" s="15" t="s">
         <v>217</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>10</v>
       </c>
       <c r="K69" s="15">
         <v>1.92</v>
       </c>
       <c r="L69" s="15">
         <v>1.39</v>
       </c>
       <c r="M69" s="15">
         <v>1.21</v>
       </c>
       <c r="N69" s="15"/>
-      <c r="O69" s="15">
-[...1 lines deleted...]
-      </c>
+      <c r="O69" s="15"/>
       <c r="P69" s="15"/>
       <c r="Q69" s="15">
         <v>240</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="D70" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="E70" s="15" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>0.64796</v>
       </c>
       <c r="L70" s="15">
         <v>0.5615599999999999</v>
       </c>
       <c r="M70" s="15">
         <v>0.53996</v>
       </c>
       <c r="N70" s="15">
-        <v>545</v>
+        <v>191</v>
       </c>
       <c r="O70" s="15"/>
       <c r="P70" s="15"/>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="D71" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="E71" s="15" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>225</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>0.7649</v>
       </c>
       <c r="L71" s="15">
         <v>0.66291</v>
       </c>
       <c r="M71" s="15">
         <v>0.63741</v>
       </c>
       <c r="N71" s="15">
         <v>90</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>240</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D72" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="E72" s="15" t="s">
         <v>226</v>
-      </c>
-[...4 lines deleted...]
-        <v>228</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>0.78218</v>
       </c>
       <c r="L72" s="15">
         <v>0.67789</v>
       </c>
       <c r="M72" s="15">
         <v>0.65181</v>
       </c>
       <c r="N72" s="15">
         <v>79</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>240</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="D73" s="15" t="s">
+        <v>228</v>
+      </c>
+      <c r="E73" s="15" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.40671</v>
       </c>
       <c r="L73" s="15">
         <v>0.35248</v>
       </c>
       <c r="M73" s="15">
         <v>0.33893</v>
       </c>
       <c r="N73" s="15">
-        <v>352</v>
+        <v>321</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15">
         <v>2750</v>
       </c>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>230</v>
+      </c>
+      <c r="D74" s="15" t="s">
+        <v>231</v>
+      </c>
+      <c r="E74" s="15" t="s">
         <v>232</v>
-      </c>
-[...4 lines deleted...]
-        <v>234</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>0.51279</v>
       </c>
       <c r="L74" s="15">
         <v>0.44442</v>
       </c>
       <c r="M74" s="15">
         <v>0.42733</v>
       </c>
       <c r="N74" s="15">
         <v>96</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
@@ -4238,317 +4222,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>