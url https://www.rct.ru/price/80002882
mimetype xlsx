--- v3 (2026-01-30)
+++ v4 (2026-02-20)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>30.01.2026</t>
+    <t>20.02.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -187,83 +187,89 @@
   <si>
     <t>DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 10.2мм, серая / DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112959</t>
   </si>
   <si>
     <t xml:space="preserve">DFB10-02P-11-00Z(H) DEGSON, GFBS10-2-RD GOLTEN, </t>
   </si>
   <si>
     <t>DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 20P, шаг 3.5мм, серая / DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00138637</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-20P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
+    <t>02.07.2026</t>
+  </si>
+  <si>
     <t>DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 4P, шаг 8 .2мм, серая / DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112944</t>
   </si>
   <si>
     <t>DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 3.5мм, серая / DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116704</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-05P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>28.02.2026</t>
+    <t>13.03.2026</t>
   </si>
   <si>
     <t>DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 5.2мм, серая / DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112956</t>
   </si>
   <si>
+    <t>22.06.2026</t>
+  </si>
+  <si>
     <t>DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 6P, шаг 8.2мм, серая / DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112957</t>
   </si>
   <si>
     <t>DFB8-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 8P, шаг 3.5мм, серая / DFB8-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116705</t>
   </si>
   <si>
     <t>DFBS10-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 10P, шаг 5.2мм, красная / DFBS10-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117709</t>
@@ -677,50 +683,53 @@
     <t>ZSF3.5-136P-19-00A(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на принтере и плоттере Vario, для клеммников DS / ZSF3.5-136P-19-00A(H)</t>
   </si>
   <si>
     <t>UT-00101892</t>
   </si>
   <si>
     <t>ZSF3.5-136P-19-00Z(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на принтере и плоттере Vario, для клеммников DS / ZSF3.5-136P-19-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107246</t>
   </si>
   <si>
     <t>ZSF5-96P-19-00Z(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на принтере и плоттере Vario, для клеммников DS / ZSF5-96P-19-00Z(H)</t>
   </si>
   <si>
     <t>UT-00106993</t>
+  </si>
+  <si>
+    <t>25.06.2026</t>
   </si>
   <si>
     <t>ZSF6-80P-19-00Z(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на принтере и плоттере Vario, для клеммников DS / ZSF6-80P-19-00Z(H)</t>
   </si>
   <si>
     <t>UT-00107247</t>
   </si>
   <si>
     <t>ZSF8-56P-19-00Z(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на принтере и плоттере Vario, для клеммников DS / ZSF8-56P-19-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112942</t>
   </si>
   <si>
     <t>ZT12-10P-19-00Z(H)</t>
   </si>
   <si>
     <t>маркеры пустые, печать на проттере Vario, для клеммников DC, PC, DS, WS / ZT12-10P-19-00Z(H)</t>
   </si>
@@ -1554,90 +1563,90 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>3.77</v>
       </c>
       <c r="L9" s="15">
         <v>3.27</v>
       </c>
       <c r="M9" s="15">
         <v>3.14</v>
       </c>
       <c r="N9" s="15">
-        <v>126</v>
+        <v>94</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
       <c r="J10" s="15">
         <v>100</v>
       </c>
       <c r="K10" s="15">
         <v>3.7</v>
       </c>
       <c r="L10" s="15">
         <v>3.21</v>
       </c>
       <c r="M10" s="15">
         <v>3.09</v>
       </c>
       <c r="N10" s="15">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="O10" s="15"/>
       <c r="P10" s="15"/>
       <c r="Q10" s="15">
         <v>600</v>
       </c>
       <c r="R10"/>
     </row>
     <row r="11" spans="1:18">
       <c r="B11" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="15" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="15" t="s">
         <v>36</v>
       </c>
       <c r="F11" s="15"/>
       <c r="G11" s="15"/>
       <c r="H11" s="15" t="s">
         <v>30</v>
@@ -1720,90 +1729,92 @@
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>0.33533</v>
       </c>
       <c r="L13" s="15">
         <v>0.29062</v>
       </c>
       <c r="M13" s="15">
         <v>0.27944</v>
       </c>
       <c r="N13" s="15">
-        <v>1377</v>
+        <v>1334</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
-        <v>0.29684</v>
+        <v>0.27701</v>
       </c>
       <c r="L14" s="15">
-        <v>0.25726</v>
+        <v>0.24007</v>
       </c>
       <c r="M14" s="15">
-        <v>0.24736</v>
+        <v>0.23084</v>
       </c>
       <c r="N14" s="15"/>
-      <c r="O14" s="15"/>
+      <c r="O14" s="15">
+        <v>3160</v>
+      </c>
       <c r="P14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I15" s="15" t="s">
@@ -1841,2322 +1852,2362 @@
       </c>
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>3.61</v>
       </c>
       <c r="L16" s="15">
         <v>3.13</v>
       </c>
       <c r="M16" s="15">
         <v>3.01</v>
       </c>
       <c r="N16" s="15"/>
-      <c r="O16" s="15"/>
-      <c r="P16" s="15"/>
+      <c r="O16" s="15">
+        <v>144</v>
+      </c>
+      <c r="P16" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q16" s="15">
         <v>1500</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D17" s="15" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E17" s="15" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.71834</v>
       </c>
       <c r="L17" s="15">
         <v>0.62256</v>
       </c>
       <c r="M17" s="15">
         <v>0.59861</v>
       </c>
       <c r="N17" s="15">
-        <v>231</v>
+        <v>262</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>1500</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D18" s="15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J18" s="15">
         <v>800</v>
       </c>
       <c r="K18" s="15">
         <v>0.64649</v>
       </c>
       <c r="L18" s="15">
         <v>0.56029</v>
       </c>
       <c r="M18" s="15">
         <v>0.53874</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Q18" s="15">
         <v>9600</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D19" s="15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.50009</v>
       </c>
       <c r="L19" s="15">
         <v>0.43341</v>
       </c>
       <c r="M19" s="15">
         <v>0.41674</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
-      <c r="P19" s="15"/>
+      <c r="P19" s="15" t="s">
+        <v>69</v>
+      </c>
       <c r="Q19" s="15">
         <v>3000</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D20" s="15" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="E20" s="15" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>1.16</v>
       </c>
       <c r="L20" s="15">
         <v>1.01</v>
       </c>
       <c r="M20" s="15">
         <v>0.9671</v>
       </c>
       <c r="N20" s="15">
         <v>30</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>750</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D21" s="15" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>200</v>
       </c>
       <c r="K21" s="15">
         <v>1.2</v>
       </c>
       <c r="L21" s="15">
         <v>1.04</v>
       </c>
       <c r="M21" s="15">
         <v>1</v>
       </c>
       <c r="N21" s="15">
         <v>19</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>3000</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D22" s="15" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>1.15</v>
       </c>
       <c r="L22" s="15">
         <v>0.99304</v>
       </c>
       <c r="M22" s="15">
         <v>0.95485</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>750</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D23" s="15" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="E23" s="15" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.24231</v>
       </c>
       <c r="L23" s="15">
         <v>0.21</v>
       </c>
       <c r="M23" s="15">
         <v>0.20193</v>
       </c>
       <c r="N23" s="15">
         <v>18</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4800</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D24" s="15" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="E24" s="15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.30423</v>
       </c>
       <c r="L24" s="15">
         <v>0.26367</v>
       </c>
       <c r="M24" s="15">
         <v>0.25353</v>
       </c>
       <c r="N24" s="15">
         <v>28</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>3200</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D25" s="15" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E25" s="15" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>800</v>
       </c>
       <c r="K25" s="15">
         <v>0.19713</v>
       </c>
       <c r="L25" s="15">
         <v>0.09857</v>
       </c>
       <c r="M25" s="15">
         <v>0.08968</v>
       </c>
       <c r="N25" s="15">
         <v>60</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D26" s="15" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="E26" s="15" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.06302000000000001</v>
       </c>
       <c r="M26" s="15">
         <v>0.0606</v>
       </c>
       <c r="N26" s="15">
-        <v>673</v>
+        <v>833</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="D27" s="15" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="E27" s="15" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="J27" s="15">
         <v>225</v>
       </c>
       <c r="K27" s="15">
         <v>0.24173</v>
       </c>
       <c r="L27" s="15">
         <v>0.2095</v>
       </c>
       <c r="M27" s="15">
         <v>0.20144</v>
       </c>
       <c r="N27" s="15">
-        <v>1195</v>
+        <v>1129</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D28" s="15" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="E28" s="15" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="J28" s="15">
         <v>225</v>
       </c>
       <c r="K28" s="15">
-        <v>0.24366</v>
+        <v>0.22994</v>
       </c>
       <c r="L28" s="15">
-        <v>0.21929</v>
+        <v>0.19928</v>
       </c>
       <c r="M28" s="15">
-        <v>0.20305</v>
+        <v>0.19161</v>
       </c>
       <c r="N28" s="15">
-        <v>4599</v>
-[...2 lines deleted...]
-      <c r="P28" s="15"/>
+        <v>3933</v>
+      </c>
+      <c r="O28" s="15">
+        <v>1357</v>
+      </c>
+      <c r="P28" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D29" s="15" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="E29" s="15" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>16.51</v>
       </c>
       <c r="L29" s="15">
         <v>14.31</v>
       </c>
       <c r="M29" s="15">
         <v>13.76</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D30" s="15" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="E30" s="15" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.88148</v>
       </c>
       <c r="L30" s="15">
         <v>0.76395</v>
       </c>
       <c r="M30" s="15">
         <v>0.73456</v>
       </c>
       <c r="N30" s="15"/>
-      <c r="O30" s="15"/>
-      <c r="P30" s="15"/>
+      <c r="O30" s="15">
+        <v>700</v>
+      </c>
+      <c r="P30" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q30" s="15">
         <v>4000</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D31" s="15" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E31" s="15" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.92189</v>
       </c>
       <c r="L31" s="15">
         <v>0.79897</v>
       </c>
       <c r="M31" s="15">
         <v>0.76824</v>
       </c>
       <c r="N31" s="15">
-        <v>770</v>
+        <v>858</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D32" s="15" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="E32" s="15" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2891</v>
       </c>
       <c r="L32" s="15">
         <v>0.25055</v>
       </c>
       <c r="M32" s="15">
         <v>0.24091</v>
       </c>
-      <c r="N32" s="15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N32" s="15">
+        <v>122</v>
+      </c>
+      <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>2400</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D33" s="15" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="E33" s="15" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>1.62</v>
       </c>
       <c r="L33" s="15">
         <v>1.4</v>
       </c>
       <c r="M33" s="15">
         <v>1.35</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D34" s="15" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="E34" s="15" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.21</v>
       </c>
       <c r="L34" s="15">
         <v>0.182</v>
       </c>
       <c r="M34" s="15">
         <v>0.175</v>
       </c>
       <c r="N34" s="15">
         <v>9</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D35" s="15" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="E35" s="15" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.2003</v>
       </c>
       <c r="L35" s="15">
         <v>0.17359</v>
       </c>
       <c r="M35" s="15">
         <v>0.16691</v>
       </c>
       <c r="N35" s="15">
-        <v>375</v>
+        <v>354</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D36" s="15" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E36" s="15" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.21279</v>
       </c>
       <c r="L36" s="15">
         <v>0.18442</v>
       </c>
       <c r="M36" s="15">
         <v>0.17733</v>
       </c>
-      <c r="N36" s="15"/>
+      <c r="N36" s="15">
+        <v>312</v>
+      </c>
       <c r="O36" s="15">
-        <v>953</v>
+        <v>1371</v>
       </c>
       <c r="P36" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D37" s="15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="E37" s="15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.17639</v>
       </c>
       <c r="L37" s="15">
         <v>0.15287</v>
       </c>
       <c r="M37" s="15">
         <v>0.14699</v>
       </c>
       <c r="N37" s="15">
         <v>30</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D38" s="15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E38" s="15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>1.2</v>
       </c>
       <c r="L38" s="15">
         <v>1.04</v>
       </c>
       <c r="M38" s="15">
         <v>0.9961</v>
       </c>
       <c r="N38" s="15">
         <v>30</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D39" s="15" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E39" s="15">
         <v>10080028038</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.9</v>
       </c>
       <c r="L39" s="15">
         <v>0.9</v>
       </c>
       <c r="M39" s="15">
         <v>0.9</v>
       </c>
       <c r="N39" s="15">
         <v>4</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="D40" s="15" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E40" s="15">
         <v>10080028681</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>3.49</v>
       </c>
       <c r="L40" s="15">
         <v>2.33</v>
       </c>
       <c r="M40" s="15">
         <v>2.17</v>
       </c>
       <c r="N40" s="15">
         <v>6</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D41" s="15" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E41" s="15" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>3.07</v>
       </c>
       <c r="L41" s="15">
         <v>2.66</v>
       </c>
       <c r="M41" s="15">
         <v>2.56</v>
       </c>
       <c r="N41" s="15">
-        <v>720</v>
+        <v>680</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D42" s="15" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="E42" s="15" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.61437</v>
       </c>
       <c r="L42" s="15">
         <v>0.53245</v>
       </c>
       <c r="M42" s="15">
         <v>0.51198</v>
       </c>
       <c r="N42" s="15">
-        <v>535</v>
+        <v>762</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="D43" s="15" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="E43" s="15" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>800</v>
       </c>
       <c r="K43" s="15">
         <v>0.78686</v>
       </c>
       <c r="L43" s="15">
         <v>0.68194</v>
       </c>
       <c r="M43" s="15">
         <v>0.65571</v>
       </c>
       <c r="N43" s="15">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D44" s="15" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E44" s="15" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1800</v>
       </c>
       <c r="K44" s="15">
         <v>1.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.93344</v>
       </c>
       <c r="M44" s="15">
         <v>0.89754</v>
       </c>
       <c r="N44" s="15">
-        <v>1060</v>
+        <v>966</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D45" s="15" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E45" s="15">
         <v>10080007039</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
         <v>0.81599</v>
       </c>
       <c r="L45" s="15">
         <v>0.70719</v>
       </c>
       <c r="M45" s="15">
         <v>0.67999</v>
       </c>
       <c r="N45" s="15">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D46" s="15" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080007038</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>10</v>
       </c>
       <c r="K46" s="15">
         <v>1.06</v>
       </c>
       <c r="L46" s="15">
         <v>0.95641</v>
       </c>
       <c r="M46" s="15">
         <v>0.88556</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>430</v>
+        <v>1395</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D47" s="15" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="E47" s="15" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.25913</v>
       </c>
       <c r="L47" s="15">
         <v>0.22458</v>
       </c>
       <c r="M47" s="15">
         <v>0.21594</v>
       </c>
       <c r="N47" s="15">
         <v>50</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D48" s="15" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E48" s="15" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.35643</v>
       </c>
       <c r="L48" s="15">
         <v>0.30891</v>
       </c>
       <c r="M48" s="15">
         <v>0.29703</v>
       </c>
       <c r="N48" s="15">
         <v>10</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1500</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D49" s="15" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="E49" s="15" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.27462</v>
       </c>
       <c r="L49" s="15">
         <v>0.238</v>
       </c>
       <c r="M49" s="15">
         <v>0.22885</v>
       </c>
       <c r="N49" s="15">
-        <v>6287</v>
+        <v>2859</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D50" s="15" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="E50" s="15" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.17184</v>
       </c>
       <c r="L50" s="15">
         <v>0.14893</v>
       </c>
       <c r="M50" s="15">
         <v>0.1432</v>
       </c>
       <c r="N50" s="15"/>
-      <c r="O50" s="15"/>
-      <c r="P50" s="15"/>
+      <c r="O50" s="15">
+        <v>1740</v>
+      </c>
+      <c r="P50" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q50" s="15">
         <v>4000</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D51" s="15" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E51" s="15" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="I51" s="15" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.2832</v>
       </c>
       <c r="L51" s="15">
         <v>0.25488</v>
       </c>
       <c r="M51" s="15">
         <v>0.236</v>
       </c>
       <c r="N51" s="15">
-        <v>1496</v>
+        <v>1870</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D52" s="15" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="E52" s="15" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="15">
         <v>15.48</v>
       </c>
       <c r="L52" s="15">
         <v>13.42</v>
       </c>
       <c r="M52" s="15">
         <v>12.9</v>
       </c>
       <c r="N52" s="15">
         <v>99</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>20</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D53" s="15" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E53" s="15" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>2043.62</v>
       </c>
       <c r="L53" s="15">
         <v>1771.14</v>
       </c>
       <c r="M53" s="15">
         <v>1703.02</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D54" s="15" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E54" s="15" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1</v>
       </c>
       <c r="K54" s="15">
         <v>79.22</v>
       </c>
       <c r="L54" s="15">
         <v>57.11</v>
       </c>
       <c r="M54" s="15">
         <v>49.74</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>1</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D55" s="15" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E55" s="15">
         <v>10080004958</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.16321</v>
       </c>
       <c r="L55" s="15">
         <v>0.08161</v>
       </c>
       <c r="M55" s="15">
         <v>0.07413</v>
       </c>
       <c r="N55" s="15">
-        <v>155</v>
+        <v>178</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D56" s="15" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E56" s="15" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.05663</v>
       </c>
       <c r="L56" s="15">
         <v>0.04908</v>
       </c>
       <c r="M56" s="15">
         <v>0.04719</v>
       </c>
       <c r="N56" s="15">
         <v>77</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D57" s="15" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="E57" s="15" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>0.99059</v>
       </c>
       <c r="L57" s="15">
         <v>0.85851</v>
       </c>
       <c r="M57" s="15">
         <v>0.8254899999999999</v>
       </c>
       <c r="N57" s="15">
         <v>90</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>240</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D58" s="15" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="E58" s="15" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
         <v>0.30894</v>
       </c>
       <c r="L58" s="15">
         <v>0.26775</v>
       </c>
       <c r="M58" s="15">
         <v>0.25745</v>
       </c>
       <c r="N58" s="15">
-        <v>179</v>
+        <v>214</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2400</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D59" s="15" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E59" s="15" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10</v>
       </c>
       <c r="K59" s="15">
         <v>0.73922</v>
       </c>
       <c r="L59" s="15">
         <v>0.6406500000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.6160099999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>227</v>
+        <v>324</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>240</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D60" s="15" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="E60" s="15" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>10</v>
       </c>
       <c r="K60" s="15">
         <v>0.83429</v>
       </c>
       <c r="L60" s="15">
         <v>0.72305</v>
       </c>
       <c r="M60" s="15">
         <v>0.69524</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15">
         <v>240</v>
       </c>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="D61" s="15" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="E61" s="15" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>10</v>
       </c>
       <c r="K61" s="15">
         <v>1.08</v>
       </c>
       <c r="L61" s="15">
         <v>0.93553</v>
       </c>
       <c r="M61" s="15">
         <v>0.89955</v>
       </c>
       <c r="N61" s="15"/>
-      <c r="O61" s="15"/>
-      <c r="P61" s="15"/>
+      <c r="O61" s="15">
+        <v>164</v>
+      </c>
+      <c r="P61" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q61" s="15">
         <v>240</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D62" s="15" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="E62" s="15" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>10</v>
       </c>
       <c r="K62" s="15">
         <v>0.62004</v>
       </c>
       <c r="L62" s="15">
         <v>0.53737</v>
       </c>
       <c r="M62" s="15">
         <v>0.5167</v>
       </c>
       <c r="N62" s="15"/>
-      <c r="O62" s="15"/>
-      <c r="P62" s="15"/>
+      <c r="O62" s="15">
+        <v>2160</v>
+      </c>
+      <c r="P62" s="15" t="s">
+        <v>57</v>
+      </c>
       <c r="Q62" s="15">
         <v>240</v>
       </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D63" s="15" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E63" s="15" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
         <v>0.7194199999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.62349</v>
       </c>
       <c r="M63" s="15">
         <v>0.59951</v>
       </c>
       <c r="N63" s="15">
         <v>25</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>240</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D64" s="15" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="E64" s="15" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>0.64157</v>
       </c>
       <c r="L64" s="15">
         <v>0.55602</v>
       </c>
       <c r="M64" s="15">
         <v>0.53464</v>
       </c>
       <c r="N64" s="15">
-        <v>2815</v>
+        <v>3677</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>240</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D65" s="15" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="E65" s="15" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>10</v>
       </c>
       <c r="K65" s="15">
         <v>0.64173</v>
       </c>
       <c r="L65" s="15">
         <v>0.5561700000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.53478</v>
       </c>
       <c r="N65" s="15"/>
-      <c r="O65" s="15"/>
-      <c r="P65" s="15"/>
+      <c r="O65" s="15">
+        <v>660</v>
+      </c>
+      <c r="P65" s="15" t="s">
+        <v>69</v>
+      </c>
       <c r="Q65" s="15">
         <v>240</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D66" s="15" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E66" s="15" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
         <v>0.76817</v>
       </c>
       <c r="L66" s="15">
         <v>0.66574</v>
       </c>
       <c r="M66" s="15">
         <v>0.64014</v>
       </c>
       <c r="N66" s="15">
         <v>100</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15">
         <v>240</v>
       </c>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="D67" s="15" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="E67" s="15" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
         <v>0.8978699999999999</v>
       </c>
       <c r="L67" s="15">
         <v>0.77815</v>
       </c>
       <c r="M67" s="15">
         <v>0.74823</v>
       </c>
       <c r="N67" s="15">
         <v>100</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>240</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D68" s="15" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="E68" s="15" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>10</v>
       </c>
       <c r="K68" s="15">
         <v>1.26</v>
       </c>
       <c r="L68" s="15">
         <v>1.09</v>
       </c>
       <c r="M68" s="15">
         <v>1.05</v>
       </c>
       <c r="N68" s="15">
         <v>3</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>240</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="D69" s="15" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="E69" s="15" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>10</v>
       </c>
       <c r="K69" s="15">
         <v>1.92</v>
       </c>
       <c r="L69" s="15">
         <v>1.39</v>
       </c>
       <c r="M69" s="15">
         <v>1.21</v>
       </c>
       <c r="N69" s="15"/>
-      <c r="O69" s="15"/>
-      <c r="P69" s="15"/>
+      <c r="O69" s="15">
+        <v>100</v>
+      </c>
+      <c r="P69" s="15" t="s">
+        <v>69</v>
+      </c>
       <c r="Q69" s="15">
         <v>240</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="D70" s="15" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="E70" s="15" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>0.64796</v>
       </c>
       <c r="L70" s="15">
         <v>0.5615599999999999</v>
       </c>
       <c r="M70" s="15">
         <v>0.53996</v>
       </c>
       <c r="N70" s="15">
-        <v>191</v>
-[...2 lines deleted...]
-      <c r="P70" s="15"/>
+        <v>124</v>
+      </c>
+      <c r="O70" s="15">
+        <v>720</v>
+      </c>
+      <c r="P70" s="15" t="s">
+        <v>223</v>
+      </c>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="D71" s="15" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="E71" s="15" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>0.7649</v>
       </c>
       <c r="L71" s="15">
         <v>0.66291</v>
       </c>
       <c r="M71" s="15">
         <v>0.63741</v>
       </c>
       <c r="N71" s="15">
         <v>90</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>240</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D72" s="15" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="E72" s="15" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>0.78218</v>
       </c>
       <c r="L72" s="15">
         <v>0.67789</v>
       </c>
       <c r="M72" s="15">
         <v>0.65181</v>
       </c>
       <c r="N72" s="15">
         <v>79</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>240</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D73" s="15" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
       <c r="E73" s="15" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.40671</v>
       </c>
       <c r="L73" s="15">
         <v>0.35248</v>
       </c>
       <c r="M73" s="15">
         <v>0.33893</v>
       </c>
       <c r="N73" s="15">
-        <v>321</v>
+        <v>189</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15">
         <v>2750</v>
       </c>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D74" s="15" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="E74" s="15" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>0.51279</v>
       </c>
       <c r="L74" s="15">
         <v>0.44442</v>
       </c>
       <c r="M74" s="15">
         <v>0.42733</v>
       </c>
       <c r="N74" s="15">
         <v>96</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
@@ -4222,317 +4273,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H6" s="1" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>