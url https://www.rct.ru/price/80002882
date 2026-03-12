--- v4 (2026-02-20)
+++ v5 (2026-03-12)
@@ -14,62 +14,62 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Товары" sheetId="1" r:id="rId4"/>
     <sheet name="Контактная информация" sheetId="2" r:id="rId5"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>Прайс-лист ООО "РАДИОТЕХ"</t>
   </si>
   <si>
     <t>Адрес: 127015, Россия, Москва, ул. Новодмитровская, д.2, корп.2, этаж 14, офис "Радиотех".</t>
   </si>
   <si>
     <t xml:space="preserve">обновление: </t>
   </si>
   <si>
-    <t>20.02.2026</t>
+    <t>12.03.2026</t>
   </si>
   <si>
     <t>Тел.: 8-495-795-08-05</t>
   </si>
   <si>
     <t>Все цены в УЕ</t>
   </si>
   <si>
     <t>1УЕ = 1$ США ЦБ РФ + 2%</t>
   </si>
   <si>
     <t>Электронная почта: info@rct.ru</t>
   </si>
   <si>
     <t>http://www.rct.ru</t>
   </si>
   <si>
     <t>Категории</t>
   </si>
   <si>
     <t>Номенклатура</t>
   </si>
   <si>
     <t>Описание</t>
   </si>
@@ -160,102 +160,99 @@
   <si>
     <t>UT-00112921</t>
   </si>
   <si>
     <t>DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-1-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00113869</t>
   </si>
   <si>
     <t xml:space="preserve">MBBE-15.6-GY GOLTEN, </t>
   </si>
   <si>
     <t>DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>групповой маркер, серый / DBE-2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112745</t>
   </si>
   <si>
-    <t>29.03.2026</t>
+    <t>02.07.2026</t>
   </si>
   <si>
     <t>DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 10.2мм, серая / DFB2-10.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112959</t>
   </si>
   <si>
     <t xml:space="preserve">DFB10-02P-11-00Z(H) DEGSON, GFBS10-2-RD GOLTEN, </t>
   </si>
   <si>
     <t>DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 20P, шаг 3.5мм, серая / DFB20-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00138637</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-20P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>02.07.2026</t>
-[...1 lines deleted...]
-  <si>
     <t>DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 4P, шаг 8 .2мм, серая / DFB4-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112944</t>
   </si>
   <si>
     <t>DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 3.5мм, серая / DFB5-3.5-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00116704</t>
   </si>
   <si>
     <t xml:space="preserve">DFB1.5-05P-11-00Z(H) DEGSON, </t>
   </si>
   <si>
-    <t>13.03.2026</t>
+    <t>17.03.2026</t>
   </si>
   <si>
     <t>DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 5P, шаг 5.2мм, серая / DFB5-5.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112956</t>
   </si>
   <si>
     <t>22.06.2026</t>
   </si>
   <si>
     <t>DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 6P, шаг 8.2мм, серая / DFB6-8.2-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112957</t>
   </si>
   <si>
     <t>DFB8-3.5-11-00Z(H)</t>
   </si>
@@ -277,51 +274,51 @@
   <si>
     <t>DFBS2-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 2P, шаг 5.2мм, красная / DFBS2-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117708</t>
   </si>
   <si>
     <t xml:space="preserve">DFBS2-5.2-16-00A(H) DEGSON, </t>
   </si>
   <si>
     <t>DFBS3-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>перемычка 3P, шаг 5.2мм, красная / DFBS3-5.2-16-00Z(H)</t>
   </si>
   <si>
     <t>UT-00117710</t>
   </si>
   <si>
     <t>DG009-01P-19-00A(H)</t>
   </si>
   <si>
-    <t>Держатель DG009-01P-19-00A(H)</t>
+    <t>Инструмент DG009-01P-19-00A(H)</t>
   </si>
   <si>
     <t>10-00014712</t>
   </si>
   <si>
     <t>DG013-01P-11-01A(H)</t>
   </si>
   <si>
     <t>Кронштейн DG013-01P-11-01A(H)</t>
   </si>
   <si>
     <t>10-00014714</t>
   </si>
   <si>
     <t>DLM2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>маркер для концевого стопора E-PC, серый / DLM2-01P-11-00Z(H)</t>
   </si>
   <si>
     <t>UT-00112747</t>
   </si>
   <si>
     <t xml:space="preserve">DLM2-01P-17-00Z(H) DEGSON, MB-9.5-TP GOLTEN, MB-9.5-GY GOLTEN, </t>
   </si>
@@ -1563,51 +1560,51 @@
         <v>27</v>
       </c>
       <c r="D9" s="15" t="s">
         <v>28</v>
       </c>
       <c r="E9" s="15" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="15"/>
       <c r="G9" s="15"/>
       <c r="H9" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I9" s="15"/>
       <c r="J9" s="15"/>
       <c r="K9" s="15">
         <v>3.77</v>
       </c>
       <c r="L9" s="15">
         <v>3.27</v>
       </c>
       <c r="M9" s="15">
         <v>3.14</v>
       </c>
       <c r="N9" s="15">
-        <v>94</v>
+        <v>82</v>
       </c>
       <c r="O9" s="15"/>
       <c r="P9" s="15"/>
       <c r="Q9" s="15"/>
       <c r="R9"/>
     </row>
     <row r="10" spans="1:18">
       <c r="B10" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C10" s="15" t="s">
         <v>31</v>
       </c>
       <c r="D10" s="15" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="15" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="15"/>
       <c r="G10" s="15"/>
       <c r="H10" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="15"/>
@@ -1686,134 +1683,134 @@
       <c r="D12" s="15" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="15" t="s">
         <v>40</v>
       </c>
       <c r="F12" s="15"/>
       <c r="G12" s="15"/>
       <c r="H12" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I12" s="15"/>
       <c r="J12" s="15">
         <v>50</v>
       </c>
       <c r="K12" s="15">
         <v>0.35346</v>
       </c>
       <c r="L12" s="15">
         <v>0.30633</v>
       </c>
       <c r="M12" s="15">
         <v>0.29455</v>
       </c>
       <c r="N12" s="15">
-        <v>98</v>
+        <v>83</v>
       </c>
       <c r="O12" s="15"/>
       <c r="P12" s="15"/>
       <c r="Q12" s="15">
         <v>750</v>
       </c>
       <c r="R12"/>
     </row>
     <row r="13" spans="1:18">
       <c r="B13" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C13" s="15" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E13" s="15" t="s">
         <v>43</v>
       </c>
       <c r="F13" s="15"/>
       <c r="G13" s="15"/>
       <c r="H13" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>44</v>
       </c>
       <c r="J13" s="15">
         <v>50</v>
       </c>
       <c r="K13" s="15">
         <v>0.33533</v>
       </c>
       <c r="L13" s="15">
         <v>0.29062</v>
       </c>
       <c r="M13" s="15">
         <v>0.27944</v>
       </c>
       <c r="N13" s="15">
-        <v>1334</v>
+        <v>850</v>
       </c>
       <c r="O13" s="15"/>
       <c r="P13" s="15"/>
       <c r="Q13" s="15"/>
       <c r="R13"/>
     </row>
     <row r="14" spans="1:18">
       <c r="B14" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C14" s="15" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="15" t="s">
         <v>46</v>
       </c>
       <c r="E14" s="15" t="s">
         <v>47</v>
       </c>
       <c r="F14" s="15"/>
       <c r="G14" s="15"/>
       <c r="H14" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I14" s="15"/>
       <c r="J14" s="15">
         <v>100</v>
       </c>
       <c r="K14" s="15">
         <v>0.27701</v>
       </c>
       <c r="L14" s="15">
         <v>0.24007</v>
       </c>
       <c r="M14" s="15">
         <v>0.23084</v>
       </c>
       <c r="N14" s="15"/>
       <c r="O14" s="15">
-        <v>3160</v>
+        <v>3040</v>
       </c>
       <c r="P14" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q14" s="15"/>
       <c r="R14"/>
     </row>
     <row r="15" spans="1:18">
       <c r="B15" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C15" s="15" t="s">
         <v>49</v>
       </c>
       <c r="D15" s="15" t="s">
         <v>50</v>
       </c>
       <c r="E15" s="15" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="15"/>
       <c r="G15" s="15"/>
       <c r="H15" s="15" t="s">
         <v>30</v>
       </c>
@@ -1853,2361 +1850,2361 @@
       <c r="E16" s="15" t="s">
         <v>55</v>
       </c>
       <c r="F16" s="15"/>
       <c r="G16" s="15"/>
       <c r="H16" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I16" s="15" t="s">
         <v>56</v>
       </c>
       <c r="J16" s="15">
         <v>100</v>
       </c>
       <c r="K16" s="15">
         <v>3.61</v>
       </c>
       <c r="L16" s="15">
         <v>3.13</v>
       </c>
       <c r="M16" s="15">
         <v>3.01</v>
       </c>
       <c r="N16" s="15"/>
       <c r="O16" s="15">
-        <v>144</v>
+        <v>170</v>
       </c>
       <c r="P16" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q16" s="15">
         <v>1500</v>
       </c>
       <c r="R16"/>
     </row>
     <row r="17" spans="1:18">
       <c r="B17" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" s="15" t="s">
         <v>58</v>
       </c>
-      <c r="D17" s="15" t="s">
+      <c r="E17" s="15" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="15">
         <v>100</v>
       </c>
       <c r="K17" s="15">
         <v>0.71834</v>
       </c>
       <c r="L17" s="15">
         <v>0.62256</v>
       </c>
       <c r="M17" s="15">
         <v>0.59861</v>
       </c>
       <c r="N17" s="15">
-        <v>262</v>
+        <v>258</v>
       </c>
       <c r="O17" s="15"/>
       <c r="P17" s="15"/>
       <c r="Q17" s="15">
         <v>1500</v>
       </c>
       <c r="R17"/>
     </row>
     <row r="18" spans="1:18">
       <c r="B18" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C18" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D18" s="15" t="s">
         <v>61</v>
       </c>
-      <c r="D18" s="15" t="s">
+      <c r="E18" s="15" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I18" s="15" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="J18" s="15">
         <v>800</v>
       </c>
       <c r="K18" s="15">
         <v>0.64649</v>
       </c>
       <c r="L18" s="15">
         <v>0.56029</v>
       </c>
       <c r="M18" s="15">
         <v>0.53874</v>
       </c>
       <c r="N18" s="15"/>
       <c r="O18" s="15"/>
       <c r="P18" s="15" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="Q18" s="15">
         <v>9600</v>
       </c>
       <c r="R18"/>
     </row>
     <row r="19" spans="1:18">
       <c r="B19" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" s="15" t="s">
         <v>66</v>
       </c>
-      <c r="D19" s="15" t="s">
+      <c r="E19" s="15" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="F19" s="15"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I19" s="15"/>
       <c r="J19" s="15">
         <v>200</v>
       </c>
       <c r="K19" s="15">
         <v>0.50009</v>
       </c>
       <c r="L19" s="15">
         <v>0.43341</v>
       </c>
       <c r="M19" s="15">
         <v>0.41674</v>
       </c>
       <c r="N19" s="15"/>
       <c r="O19" s="15"/>
       <c r="P19" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="Q19" s="15">
         <v>3000</v>
       </c>
       <c r="R19"/>
     </row>
     <row r="20" spans="1:18">
       <c r="B20" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="15" t="s">
+        <v>69</v>
+      </c>
+      <c r="D20" s="15" t="s">
         <v>70</v>
       </c>
-      <c r="D20" s="15" t="s">
+      <c r="E20" s="15" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="F20" s="15"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I20" s="15"/>
       <c r="J20" s="15">
         <v>50</v>
       </c>
       <c r="K20" s="15">
         <v>1.16</v>
       </c>
       <c r="L20" s="15">
         <v>1.01</v>
       </c>
       <c r="M20" s="15">
         <v>0.9671</v>
       </c>
       <c r="N20" s="15">
         <v>30</v>
       </c>
       <c r="O20" s="15"/>
       <c r="P20" s="15"/>
       <c r="Q20" s="15">
         <v>750</v>
       </c>
       <c r="R20"/>
     </row>
     <row r="21" spans="1:18">
       <c r="B21" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D21" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="D21" s="15" t="s">
+      <c r="E21" s="15" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F21" s="15"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="15"/>
       <c r="J21" s="15">
         <v>200</v>
       </c>
       <c r="K21" s="15">
         <v>1.2</v>
       </c>
       <c r="L21" s="15">
         <v>1.04</v>
       </c>
       <c r="M21" s="15">
         <v>1</v>
       </c>
       <c r="N21" s="15">
         <v>19</v>
       </c>
       <c r="O21" s="15"/>
       <c r="P21" s="15"/>
       <c r="Q21" s="15">
         <v>3000</v>
       </c>
       <c r="R21"/>
     </row>
     <row r="22" spans="1:18">
       <c r="B22" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" s="15" t="s">
         <v>76</v>
       </c>
-      <c r="D22" s="15" t="s">
+      <c r="E22" s="15" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="F22" s="15"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="15"/>
       <c r="J22" s="15">
         <v>50</v>
       </c>
       <c r="K22" s="15">
         <v>1.15</v>
       </c>
       <c r="L22" s="15">
         <v>0.99304</v>
       </c>
       <c r="M22" s="15">
         <v>0.95485</v>
       </c>
       <c r="N22" s="15"/>
       <c r="O22" s="15"/>
       <c r="P22" s="15"/>
       <c r="Q22" s="15">
         <v>750</v>
       </c>
       <c r="R22"/>
     </row>
     <row r="23" spans="1:18">
       <c r="B23" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C23" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="D23" s="15" t="s">
         <v>79</v>
       </c>
-      <c r="D23" s="15" t="s">
+      <c r="E23" s="15" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F23" s="15"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="15" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J23" s="15">
         <v>400</v>
       </c>
       <c r="K23" s="15">
         <v>0.24231</v>
       </c>
       <c r="L23" s="15">
         <v>0.21</v>
       </c>
       <c r="M23" s="15">
         <v>0.20193</v>
       </c>
       <c r="N23" s="15">
         <v>18</v>
       </c>
       <c r="O23" s="15"/>
       <c r="P23" s="15"/>
       <c r="Q23" s="15">
         <v>4800</v>
       </c>
       <c r="R23"/>
     </row>
     <row r="24" spans="1:18">
       <c r="B24" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="15" t="s">
         <v>83</v>
       </c>
-      <c r="D24" s="15" t="s">
+      <c r="E24" s="15" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F24" s="15"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="15"/>
       <c r="J24" s="15">
         <v>400</v>
       </c>
       <c r="K24" s="15">
         <v>0.30423</v>
       </c>
       <c r="L24" s="15">
         <v>0.26367</v>
       </c>
       <c r="M24" s="15">
         <v>0.25353</v>
       </c>
       <c r="N24" s="15">
         <v>28</v>
       </c>
       <c r="O24" s="15"/>
       <c r="P24" s="15"/>
       <c r="Q24" s="15">
         <v>3200</v>
       </c>
       <c r="R24"/>
     </row>
     <row r="25" spans="1:18">
       <c r="B25" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C25" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="D25" s="15" t="s">
+      <c r="E25" s="15" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I25" s="15"/>
       <c r="J25" s="15">
         <v>800</v>
       </c>
       <c r="K25" s="15">
         <v>0.19713</v>
       </c>
       <c r="L25" s="15">
         <v>0.09857</v>
       </c>
       <c r="M25" s="15">
         <v>0.08968</v>
       </c>
       <c r="N25" s="15">
         <v>60</v>
       </c>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25"/>
     </row>
     <row r="26" spans="1:18">
       <c r="B26" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D26" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="D26" s="15" t="s">
+      <c r="E26" s="15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="F26" s="15"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="15"/>
       <c r="J26" s="15">
         <v>1</v>
       </c>
       <c r="K26" s="15">
         <v>0.07272000000000001</v>
       </c>
       <c r="L26" s="15">
         <v>0.06302000000000001</v>
       </c>
       <c r="M26" s="15">
         <v>0.0606</v>
       </c>
       <c r="N26" s="15">
-        <v>833</v>
+        <v>662</v>
       </c>
       <c r="O26" s="15"/>
       <c r="P26" s="15"/>
       <c r="Q26" s="15"/>
       <c r="R26"/>
     </row>
     <row r="27" spans="1:18">
       <c r="B27" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C27" s="15" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="D27" s="15" t="s">
+      <c r="E27" s="15" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F27" s="15"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I27" s="15" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="J27" s="15">
         <v>225</v>
       </c>
       <c r="K27" s="15">
         <v>0.24173</v>
       </c>
       <c r="L27" s="15">
         <v>0.2095</v>
       </c>
       <c r="M27" s="15">
         <v>0.20144</v>
       </c>
       <c r="N27" s="15">
-        <v>1129</v>
+        <v>1212</v>
       </c>
       <c r="O27" s="15"/>
       <c r="P27" s="15"/>
       <c r="Q27" s="15"/>
       <c r="R27"/>
     </row>
     <row r="28" spans="1:18">
       <c r="B28" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D28" s="15" t="s">
         <v>96</v>
       </c>
-      <c r="D28" s="15" t="s">
+      <c r="E28" s="15" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="F28" s="15"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I28" s="15" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="J28" s="15">
         <v>225</v>
       </c>
       <c r="K28" s="15">
         <v>0.22994</v>
       </c>
       <c r="L28" s="15">
         <v>0.19928</v>
       </c>
       <c r="M28" s="15">
         <v>0.19161</v>
       </c>
       <c r="N28" s="15">
-        <v>3933</v>
+        <v>3938</v>
       </c>
       <c r="O28" s="15">
-        <v>1357</v>
+        <v>1681</v>
       </c>
       <c r="P28" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q28" s="15"/>
       <c r="R28"/>
     </row>
     <row r="29" spans="1:18">
       <c r="B29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" s="15" t="s">
         <v>100</v>
       </c>
-      <c r="D29" s="15" t="s">
+      <c r="E29" s="15" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="F29" s="15"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="15"/>
       <c r="J29" s="15"/>
       <c r="K29" s="15">
         <v>16.51</v>
       </c>
       <c r="L29" s="15">
         <v>14.31</v>
       </c>
       <c r="M29" s="15">
         <v>13.76</v>
       </c>
       <c r="N29" s="15"/>
       <c r="O29" s="15"/>
       <c r="P29" s="15"/>
       <c r="Q29" s="15"/>
       <c r="R29"/>
     </row>
     <row r="30" spans="1:18">
       <c r="B30" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C30" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D30" s="15" t="s">
         <v>103</v>
       </c>
-      <c r="D30" s="15" t="s">
+      <c r="E30" s="15" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F30" s="15"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I30" s="15"/>
       <c r="J30" s="15">
         <v>1000</v>
       </c>
       <c r="K30" s="15">
         <v>0.88148</v>
       </c>
       <c r="L30" s="15">
         <v>0.76395</v>
       </c>
       <c r="M30" s="15">
         <v>0.73456</v>
       </c>
       <c r="N30" s="15"/>
       <c r="O30" s="15">
-        <v>700</v>
+        <v>610</v>
       </c>
       <c r="P30" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q30" s="15">
         <v>4000</v>
       </c>
       <c r="R30"/>
     </row>
     <row r="31" spans="1:18">
       <c r="B31" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C31" s="15" t="s">
+        <v>105</v>
+      </c>
+      <c r="D31" s="15" t="s">
         <v>106</v>
       </c>
-      <c r="D31" s="15" t="s">
+      <c r="E31" s="15" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="F31" s="15"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I31" s="15"/>
       <c r="J31" s="15"/>
       <c r="K31" s="15">
         <v>0.92189</v>
       </c>
       <c r="L31" s="15">
         <v>0.79897</v>
       </c>
       <c r="M31" s="15">
         <v>0.76824</v>
       </c>
       <c r="N31" s="15">
-        <v>858</v>
+        <v>602</v>
       </c>
       <c r="O31" s="15"/>
       <c r="P31" s="15"/>
       <c r="Q31" s="15"/>
       <c r="R31"/>
     </row>
     <row r="32" spans="1:18">
       <c r="B32" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C32" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="D32" s="15" t="s">
+      <c r="E32" s="15" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
       <c r="F32" s="15"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I32" s="15"/>
       <c r="J32" s="15">
         <v>200</v>
       </c>
       <c r="K32" s="15">
         <v>0.2891</v>
       </c>
       <c r="L32" s="15">
         <v>0.25055</v>
       </c>
       <c r="M32" s="15">
         <v>0.24091</v>
       </c>
       <c r="N32" s="15">
-        <v>122</v>
+        <v>142</v>
       </c>
       <c r="O32" s="15"/>
       <c r="P32" s="15"/>
       <c r="Q32" s="15">
         <v>2400</v>
       </c>
       <c r="R32"/>
     </row>
     <row r="33" spans="1:18">
       <c r="B33" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="D33" s="15" t="s">
         <v>112</v>
       </c>
-      <c r="D33" s="15" t="s">
+      <c r="E33" s="15" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="F33" s="15"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I33" s="15"/>
       <c r="J33" s="15">
         <v>100</v>
       </c>
       <c r="K33" s="15">
         <v>1.62</v>
       </c>
       <c r="L33" s="15">
         <v>1.4</v>
       </c>
       <c r="M33" s="15">
         <v>1.35</v>
       </c>
       <c r="N33" s="15"/>
       <c r="O33" s="15"/>
       <c r="P33" s="15"/>
       <c r="Q33" s="15">
         <v>1200</v>
       </c>
       <c r="R33"/>
     </row>
     <row r="34" spans="1:18">
       <c r="B34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C34" s="15" t="s">
+        <v>114</v>
+      </c>
+      <c r="D34" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="D34" s="15" t="s">
+      <c r="E34" s="15" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
       <c r="F34" s="15"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I34" s="15"/>
       <c r="J34" s="15">
         <v>100</v>
       </c>
       <c r="K34" s="15">
         <v>0.21</v>
       </c>
       <c r="L34" s="15">
         <v>0.182</v>
       </c>
       <c r="M34" s="15">
         <v>0.175</v>
       </c>
       <c r="N34" s="15">
         <v>9</v>
       </c>
       <c r="O34" s="15"/>
       <c r="P34" s="15"/>
       <c r="Q34" s="15"/>
       <c r="R34"/>
     </row>
     <row r="35" spans="1:18">
       <c r="B35" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="15" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="15" t="s">
         <v>118</v>
       </c>
-      <c r="D35" s="15" t="s">
+      <c r="E35" s="15" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="F35" s="15"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I35" s="15"/>
       <c r="J35" s="15"/>
       <c r="K35" s="15">
         <v>0.2003</v>
       </c>
       <c r="L35" s="15">
         <v>0.17359</v>
       </c>
       <c r="M35" s="15">
         <v>0.16691</v>
       </c>
       <c r="N35" s="15">
-        <v>354</v>
+        <v>265</v>
       </c>
       <c r="O35" s="15"/>
       <c r="P35" s="15"/>
       <c r="Q35" s="15"/>
       <c r="R35"/>
     </row>
     <row r="36" spans="1:18">
       <c r="B36" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C36" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D36" s="15" t="s">
         <v>121</v>
       </c>
-      <c r="D36" s="15" t="s">
+      <c r="E36" s="15" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="F36" s="15"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I36" s="15"/>
       <c r="J36" s="15"/>
       <c r="K36" s="15">
         <v>0.21279</v>
       </c>
       <c r="L36" s="15">
         <v>0.18442</v>
       </c>
       <c r="M36" s="15">
         <v>0.17733</v>
       </c>
       <c r="N36" s="15">
-        <v>312</v>
+        <v>343</v>
       </c>
       <c r="O36" s="15">
-        <v>1371</v>
+        <v>1610</v>
       </c>
       <c r="P36" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q36" s="15"/>
       <c r="R36"/>
     </row>
     <row r="37" spans="1:18">
       <c r="B37" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C37" s="15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D37" s="15" t="s">
         <v>124</v>
       </c>
-      <c r="D37" s="15" t="s">
+      <c r="E37" s="15" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
       <c r="F37" s="15"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I37" s="15"/>
       <c r="J37" s="15">
         <v>500</v>
       </c>
       <c r="K37" s="15">
         <v>0.17639</v>
       </c>
       <c r="L37" s="15">
         <v>0.15287</v>
       </c>
       <c r="M37" s="15">
         <v>0.14699</v>
       </c>
       <c r="N37" s="15">
         <v>30</v>
       </c>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="15">
         <v>2000</v>
       </c>
       <c r="R37"/>
     </row>
     <row r="38" spans="1:18">
       <c r="B38" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C38" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="D38" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="D38" s="15" t="s">
+      <c r="E38" s="15" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
       <c r="F38" s="15"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15">
         <v>1.2</v>
       </c>
       <c r="L38" s="15">
         <v>1.04</v>
       </c>
       <c r="M38" s="15">
         <v>0.9961</v>
       </c>
       <c r="N38" s="15">
         <v>30</v>
       </c>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="15"/>
       <c r="R38"/>
     </row>
     <row r="39" spans="1:18">
       <c r="B39" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C39" s="15" t="s">
+        <v>129</v>
+      </c>
+      <c r="D39" s="15" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="E39" s="15">
         <v>10080028038</v>
       </c>
       <c r="F39" s="15"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I39" s="15"/>
       <c r="J39" s="15"/>
       <c r="K39" s="15">
         <v>0.9</v>
       </c>
       <c r="L39" s="15">
         <v>0.9</v>
       </c>
       <c r="M39" s="15">
         <v>0.9</v>
       </c>
       <c r="N39" s="15">
         <v>4</v>
       </c>
       <c r="O39" s="15"/>
       <c r="P39" s="15"/>
       <c r="Q39" s="15"/>
       <c r="R39"/>
     </row>
     <row r="40" spans="1:18">
       <c r="B40" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C40" s="15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D40" s="15" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="E40" s="15">
         <v>10080028681</v>
       </c>
       <c r="F40" s="15"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I40" s="15"/>
       <c r="J40" s="15"/>
       <c r="K40" s="15">
         <v>3.49</v>
       </c>
       <c r="L40" s="15">
         <v>2.33</v>
       </c>
       <c r="M40" s="15">
         <v>2.17</v>
       </c>
       <c r="N40" s="15">
         <v>6</v>
       </c>
       <c r="O40" s="15"/>
       <c r="P40" s="15"/>
       <c r="Q40" s="15"/>
       <c r="R40"/>
     </row>
     <row r="41" spans="1:18">
       <c r="B41" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="15" t="s">
+        <v>133</v>
+      </c>
+      <c r="D41" s="15" t="s">
         <v>134</v>
       </c>
-      <c r="D41" s="15" t="s">
+      <c r="E41" s="15" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
       <c r="F41" s="15"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I41" s="15"/>
       <c r="J41" s="15"/>
       <c r="K41" s="15">
         <v>3.07</v>
       </c>
       <c r="L41" s="15">
         <v>2.66</v>
       </c>
       <c r="M41" s="15">
         <v>2.56</v>
       </c>
       <c r="N41" s="15">
-        <v>680</v>
+        <v>552</v>
       </c>
       <c r="O41" s="15"/>
       <c r="P41" s="15"/>
       <c r="Q41" s="15"/>
       <c r="R41"/>
     </row>
     <row r="42" spans="1:18">
       <c r="B42" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="D42" s="15" t="s">
         <v>137</v>
       </c>
-      <c r="D42" s="15" t="s">
+      <c r="E42" s="15" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="F42" s="15"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I42" s="15"/>
       <c r="J42" s="15">
         <v>50</v>
       </c>
       <c r="K42" s="15">
         <v>0.61437</v>
       </c>
       <c r="L42" s="15">
         <v>0.53245</v>
       </c>
       <c r="M42" s="15">
         <v>0.51198</v>
       </c>
       <c r="N42" s="15">
-        <v>762</v>
+        <v>635</v>
       </c>
       <c r="O42" s="15"/>
       <c r="P42" s="15"/>
       <c r="Q42" s="15"/>
       <c r="R42"/>
     </row>
     <row r="43" spans="1:18">
       <c r="B43" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C43" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="D43" s="15" t="s">
         <v>140</v>
       </c>
-      <c r="D43" s="15" t="s">
+      <c r="E43" s="15" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
       <c r="F43" s="15"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I43" s="15"/>
       <c r="J43" s="15">
         <v>800</v>
       </c>
       <c r="K43" s="15">
         <v>0.78686</v>
       </c>
       <c r="L43" s="15">
         <v>0.68194</v>
       </c>
       <c r="M43" s="15">
         <v>0.65571</v>
       </c>
       <c r="N43" s="15">
-        <v>115</v>
+        <v>102</v>
       </c>
       <c r="O43" s="15"/>
       <c r="P43" s="15"/>
       <c r="Q43" s="15"/>
       <c r="R43"/>
     </row>
     <row r="44" spans="1:18">
       <c r="B44" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="15" t="s">
+        <v>142</v>
+      </c>
+      <c r="D44" s="15" t="s">
         <v>143</v>
       </c>
-      <c r="D44" s="15" t="s">
+      <c r="E44" s="15" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="F44" s="15"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I44" s="15"/>
       <c r="J44" s="15">
         <v>1800</v>
       </c>
       <c r="K44" s="15">
         <v>1.08</v>
       </c>
       <c r="L44" s="15">
         <v>0.93344</v>
       </c>
       <c r="M44" s="15">
         <v>0.89754</v>
       </c>
       <c r="N44" s="15">
-        <v>966</v>
+        <v>1054</v>
       </c>
       <c r="O44" s="15"/>
       <c r="P44" s="15"/>
       <c r="Q44" s="15"/>
       <c r="R44"/>
     </row>
     <row r="45" spans="1:18">
       <c r="B45" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="15" t="s">
+        <v>145</v>
+      </c>
+      <c r="D45" s="15" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="E45" s="15">
         <v>10080007039</v>
       </c>
       <c r="F45" s="15"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I45" s="15"/>
       <c r="J45" s="15">
         <v>4000</v>
       </c>
       <c r="K45" s="15">
         <v>0.81599</v>
       </c>
       <c r="L45" s="15">
         <v>0.70719</v>
       </c>
       <c r="M45" s="15">
         <v>0.67999</v>
       </c>
       <c r="N45" s="15">
-        <v>147</v>
+        <v>216</v>
       </c>
       <c r="O45" s="15"/>
       <c r="P45" s="15"/>
       <c r="Q45" s="15"/>
       <c r="R45"/>
     </row>
     <row r="46" spans="1:18">
       <c r="B46" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C46" s="15" t="s">
+        <v>147</v>
+      </c>
+      <c r="D46" s="15" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E46" s="15">
         <v>10080007038</v>
       </c>
       <c r="F46" s="15"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I46" s="15"/>
       <c r="J46" s="15">
         <v>10</v>
       </c>
       <c r="K46" s="15">
         <v>1.06</v>
       </c>
       <c r="L46" s="15">
         <v>0.95641</v>
       </c>
       <c r="M46" s="15">
         <v>0.88556</v>
       </c>
       <c r="N46" s="15"/>
       <c r="O46" s="15">
-        <v>1395</v>
+        <v>1280</v>
       </c>
       <c r="P46" s="15" t="s">
         <v>48</v>
       </c>
       <c r="Q46" s="15"/>
       <c r="R46"/>
     </row>
     <row r="47" spans="1:18">
       <c r="B47" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C47" s="15" t="s">
+        <v>149</v>
+      </c>
+      <c r="D47" s="15" t="s">
         <v>150</v>
       </c>
-      <c r="D47" s="15" t="s">
+      <c r="E47" s="15" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F47" s="15"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I47" s="15"/>
       <c r="J47" s="15"/>
       <c r="K47" s="15">
         <v>0.25913</v>
       </c>
       <c r="L47" s="15">
         <v>0.22458</v>
       </c>
       <c r="M47" s="15">
         <v>0.21594</v>
       </c>
       <c r="N47" s="15">
         <v>50</v>
       </c>
       <c r="O47" s="15"/>
       <c r="P47" s="15"/>
       <c r="Q47" s="15"/>
       <c r="R47"/>
     </row>
     <row r="48" spans="1:18">
       <c r="B48" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D48" s="15" t="s">
         <v>153</v>
       </c>
-      <c r="D48" s="15" t="s">
+      <c r="E48" s="15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="F48" s="15"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I48" s="15"/>
       <c r="J48" s="15">
         <v>100</v>
       </c>
       <c r="K48" s="15">
         <v>0.35643</v>
       </c>
       <c r="L48" s="15">
         <v>0.30891</v>
       </c>
       <c r="M48" s="15">
         <v>0.29703</v>
       </c>
       <c r="N48" s="15">
         <v>10</v>
       </c>
       <c r="O48" s="15"/>
       <c r="P48" s="15"/>
       <c r="Q48" s="15">
         <v>1500</v>
       </c>
       <c r="R48"/>
     </row>
     <row r="49" spans="1:18">
       <c r="B49" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="15" t="s">
+        <v>155</v>
+      </c>
+      <c r="D49" s="15" t="s">
         <v>156</v>
       </c>
-      <c r="D49" s="15" t="s">
+      <c r="E49" s="15" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="F49" s="15"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I49" s="15"/>
       <c r="J49" s="15">
         <v>50</v>
       </c>
       <c r="K49" s="15">
         <v>0.27462</v>
       </c>
       <c r="L49" s="15">
         <v>0.238</v>
       </c>
       <c r="M49" s="15">
         <v>0.22885</v>
       </c>
       <c r="N49" s="15">
-        <v>2859</v>
+        <v>1705</v>
       </c>
       <c r="O49" s="15"/>
       <c r="P49" s="15"/>
       <c r="Q49" s="15">
         <v>1000</v>
       </c>
       <c r="R49"/>
     </row>
     <row r="50" spans="1:18">
       <c r="B50" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C50" s="15" t="s">
+        <v>158</v>
+      </c>
+      <c r="D50" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="D50" s="15" t="s">
+      <c r="E50" s="15" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="F50" s="15"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I50" s="15"/>
       <c r="J50" s="15">
         <v>1000</v>
       </c>
       <c r="K50" s="15">
         <v>0.17184</v>
       </c>
       <c r="L50" s="15">
         <v>0.14893</v>
       </c>
       <c r="M50" s="15">
         <v>0.1432</v>
       </c>
       <c r="N50" s="15"/>
       <c r="O50" s="15">
-        <v>1740</v>
+        <v>1460</v>
       </c>
       <c r="P50" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q50" s="15">
         <v>4000</v>
       </c>
       <c r="R50"/>
     </row>
     <row r="51" spans="1:18">
       <c r="B51" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="D51" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="D51" s="15" t="s">
+      <c r="E51" s="15" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
       <c r="F51" s="15"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15" t="s">
+        <v>164</v>
+      </c>
+      <c r="I51" s="15" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="J51" s="15"/>
       <c r="K51" s="15">
         <v>0.2832</v>
       </c>
       <c r="L51" s="15">
         <v>0.25488</v>
       </c>
       <c r="M51" s="15">
         <v>0.236</v>
       </c>
       <c r="N51" s="15">
-        <v>1870</v>
+        <v>1738</v>
       </c>
       <c r="O51" s="15"/>
       <c r="P51" s="15"/>
       <c r="Q51" s="15"/>
       <c r="R51"/>
     </row>
     <row r="52" spans="1:18">
       <c r="B52" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D52" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="D52" s="15" t="s">
+      <c r="E52" s="15" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="F52" s="15"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="15"/>
       <c r="J52" s="15">
         <v>1</v>
       </c>
       <c r="K52" s="15">
         <v>15.48</v>
       </c>
       <c r="L52" s="15">
         <v>13.42</v>
       </c>
       <c r="M52" s="15">
         <v>12.9</v>
       </c>
       <c r="N52" s="15">
         <v>99</v>
       </c>
       <c r="O52" s="15"/>
       <c r="P52" s="15"/>
       <c r="Q52" s="15">
         <v>20</v>
       </c>
       <c r="R52"/>
     </row>
     <row r="53" spans="1:18">
       <c r="B53" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C53" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="D53" s="15" t="s">
         <v>170</v>
       </c>
-      <c r="D53" s="15" t="s">
+      <c r="E53" s="15" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="F53" s="15"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="15"/>
       <c r="J53" s="15">
         <v>1</v>
       </c>
       <c r="K53" s="15">
         <v>2043.62</v>
       </c>
       <c r="L53" s="15">
         <v>1771.14</v>
       </c>
       <c r="M53" s="15">
         <v>1703.02</v>
       </c>
       <c r="N53" s="15"/>
       <c r="O53" s="15"/>
       <c r="P53" s="15"/>
       <c r="Q53" s="15"/>
       <c r="R53"/>
     </row>
     <row r="54" spans="1:18">
       <c r="B54" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D54" s="15" t="s">
         <v>173</v>
       </c>
-      <c r="D54" s="15" t="s">
+      <c r="E54" s="15" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
       <c r="F54" s="15"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I54" s="15"/>
       <c r="J54" s="15">
         <v>1</v>
       </c>
       <c r="K54" s="15">
         <v>79.22</v>
       </c>
       <c r="L54" s="15">
         <v>57.11</v>
       </c>
       <c r="M54" s="15">
         <v>49.74</v>
       </c>
       <c r="N54" s="15"/>
       <c r="O54" s="15"/>
       <c r="P54" s="15"/>
       <c r="Q54" s="15">
         <v>1</v>
       </c>
       <c r="R54"/>
     </row>
     <row r="55" spans="1:18">
       <c r="B55" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="15" t="s">
+        <v>175</v>
+      </c>
+      <c r="D55" s="15" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="E55" s="15">
         <v>10080004958</v>
       </c>
       <c r="F55" s="15"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I55" s="15"/>
       <c r="J55" s="15"/>
       <c r="K55" s="15">
         <v>0.16321</v>
       </c>
       <c r="L55" s="15">
         <v>0.08161</v>
       </c>
       <c r="M55" s="15">
         <v>0.07413</v>
       </c>
       <c r="N55" s="15">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="O55" s="15"/>
       <c r="P55" s="15"/>
       <c r="Q55" s="15"/>
       <c r="R55"/>
     </row>
     <row r="56" spans="1:18">
       <c r="B56" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C56" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="D56" s="15" t="s">
         <v>178</v>
       </c>
-      <c r="D56" s="15" t="s">
+      <c r="E56" s="15" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="F56" s="15"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="15"/>
       <c r="J56" s="15"/>
       <c r="K56" s="15">
         <v>0.05663</v>
       </c>
       <c r="L56" s="15">
         <v>0.04908</v>
       </c>
       <c r="M56" s="15">
         <v>0.04719</v>
       </c>
       <c r="N56" s="15">
         <v>77</v>
       </c>
       <c r="O56" s="15"/>
       <c r="P56" s="15"/>
       <c r="Q56" s="15"/>
       <c r="R56"/>
     </row>
     <row r="57" spans="1:18">
       <c r="B57" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="D57" s="15" t="s">
+      <c r="E57" s="15" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
       <c r="F57" s="15"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I57" s="15"/>
       <c r="J57" s="15">
         <v>10</v>
       </c>
       <c r="K57" s="15">
         <v>0.99059</v>
       </c>
       <c r="L57" s="15">
         <v>0.85851</v>
       </c>
       <c r="M57" s="15">
         <v>0.8254899999999999</v>
       </c>
       <c r="N57" s="15">
         <v>90</v>
       </c>
       <c r="O57" s="15"/>
       <c r="P57" s="15"/>
       <c r="Q57" s="15">
         <v>240</v>
       </c>
       <c r="R57"/>
     </row>
     <row r="58" spans="1:18">
       <c r="B58" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="D58" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="D58" s="15" t="s">
+      <c r="E58" s="15" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="F58" s="15"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I58" s="15"/>
       <c r="J58" s="15">
         <v>200</v>
       </c>
       <c r="K58" s="15">
         <v>0.30894</v>
       </c>
       <c r="L58" s="15">
         <v>0.26775</v>
       </c>
       <c r="M58" s="15">
         <v>0.25745</v>
       </c>
       <c r="N58" s="15">
-        <v>214</v>
+        <v>205</v>
       </c>
       <c r="O58" s="15"/>
       <c r="P58" s="15"/>
       <c r="Q58" s="15">
         <v>2400</v>
       </c>
       <c r="R58"/>
     </row>
     <row r="59" spans="1:18">
       <c r="B59" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C59" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D59" s="15" t="s">
         <v>187</v>
       </c>
-      <c r="D59" s="15" t="s">
+      <c r="E59" s="15" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="F59" s="15"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I59" s="15"/>
       <c r="J59" s="15">
         <v>10</v>
       </c>
       <c r="K59" s="15">
         <v>0.73922</v>
       </c>
       <c r="L59" s="15">
         <v>0.6406500000000001</v>
       </c>
       <c r="M59" s="15">
         <v>0.6160099999999999</v>
       </c>
       <c r="N59" s="15">
-        <v>324</v>
+        <v>251</v>
       </c>
       <c r="O59" s="15"/>
       <c r="P59" s="15"/>
       <c r="Q59" s="15">
         <v>240</v>
       </c>
       <c r="R59"/>
     </row>
     <row r="60" spans="1:18">
       <c r="B60" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="15" t="s">
+        <v>189</v>
+      </c>
+      <c r="D60" s="15" t="s">
         <v>190</v>
       </c>
-      <c r="D60" s="15" t="s">
+      <c r="E60" s="15" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
       <c r="F60" s="15"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I60" s="15"/>
       <c r="J60" s="15">
         <v>10</v>
       </c>
       <c r="K60" s="15">
         <v>0.83429</v>
       </c>
       <c r="L60" s="15">
         <v>0.72305</v>
       </c>
       <c r="M60" s="15">
         <v>0.69524</v>
       </c>
       <c r="N60" s="15"/>
       <c r="O60" s="15"/>
       <c r="P60" s="15"/>
       <c r="Q60" s="15">
         <v>240</v>
       </c>
       <c r="R60"/>
     </row>
     <row r="61" spans="1:18">
       <c r="B61" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="D61" s="15" t="s">
         <v>193</v>
       </c>
-      <c r="D61" s="15" t="s">
+      <c r="E61" s="15" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F61" s="15"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I61" s="15"/>
       <c r="J61" s="15">
         <v>10</v>
       </c>
       <c r="K61" s="15">
         <v>1.08</v>
       </c>
       <c r="L61" s="15">
         <v>0.93553</v>
       </c>
       <c r="M61" s="15">
         <v>0.89955</v>
       </c>
       <c r="N61" s="15"/>
       <c r="O61" s="15">
-        <v>164</v>
+        <v>126</v>
       </c>
       <c r="P61" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q61" s="15">
         <v>240</v>
       </c>
       <c r="R61"/>
     </row>
     <row r="62" spans="1:18">
       <c r="B62" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C62" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D62" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="D62" s="15" t="s">
+      <c r="E62" s="15" t="s">
         <v>197</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
       <c r="F62" s="15"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I62" s="15"/>
       <c r="J62" s="15">
         <v>10</v>
       </c>
       <c r="K62" s="15">
         <v>0.62004</v>
       </c>
       <c r="L62" s="15">
         <v>0.53737</v>
       </c>
       <c r="M62" s="15">
         <v>0.5167</v>
       </c>
       <c r="N62" s="15"/>
       <c r="O62" s="15">
-        <v>2160</v>
+        <v>1947</v>
       </c>
       <c r="P62" s="15" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="Q62" s="15">
         <v>240</v>
       </c>
       <c r="R62"/>
     </row>
     <row r="63" spans="1:18">
       <c r="B63" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D63" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="D63" s="15" t="s">
+      <c r="E63" s="15" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="F63" s="15"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I63" s="15"/>
       <c r="J63" s="15">
         <v>10</v>
       </c>
       <c r="K63" s="15">
         <v>0.7194199999999999</v>
       </c>
       <c r="L63" s="15">
         <v>0.62349</v>
       </c>
       <c r="M63" s="15">
         <v>0.59951</v>
       </c>
       <c r="N63" s="15">
         <v>25</v>
       </c>
       <c r="O63" s="15"/>
       <c r="P63" s="15"/>
       <c r="Q63" s="15">
         <v>240</v>
       </c>
       <c r="R63"/>
     </row>
     <row r="64" spans="1:18">
       <c r="B64" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="D64" s="15" t="s">
         <v>202</v>
       </c>
-      <c r="D64" s="15" t="s">
+      <c r="E64" s="15" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F64" s="15"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I64" s="15"/>
       <c r="J64" s="15">
         <v>10</v>
       </c>
       <c r="K64" s="15">
         <v>0.64157</v>
       </c>
       <c r="L64" s="15">
         <v>0.55602</v>
       </c>
       <c r="M64" s="15">
         <v>0.53464</v>
       </c>
       <c r="N64" s="15">
         <v>3677</v>
       </c>
       <c r="O64" s="15"/>
       <c r="P64" s="15"/>
       <c r="Q64" s="15">
         <v>240</v>
       </c>
       <c r="R64"/>
     </row>
     <row r="65" spans="1:18">
       <c r="B65" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C65" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="D65" s="15" t="s">
         <v>205</v>
       </c>
-      <c r="D65" s="15" t="s">
+      <c r="E65" s="15" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
       <c r="F65" s="15"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I65" s="15"/>
       <c r="J65" s="15">
         <v>10</v>
       </c>
       <c r="K65" s="15">
         <v>0.64173</v>
       </c>
       <c r="L65" s="15">
         <v>0.5561700000000001</v>
       </c>
       <c r="M65" s="15">
         <v>0.53478</v>
       </c>
       <c r="N65" s="15"/>
       <c r="O65" s="15">
-        <v>660</v>
+        <v>830</v>
       </c>
       <c r="P65" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="Q65" s="15">
         <v>240</v>
       </c>
       <c r="R65"/>
     </row>
     <row r="66" spans="1:18">
       <c r="B66" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="15" t="s">
+        <v>207</v>
+      </c>
+      <c r="D66" s="15" t="s">
         <v>208</v>
       </c>
-      <c r="D66" s="15" t="s">
+      <c r="E66" s="15" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F66" s="15"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I66" s="15"/>
       <c r="J66" s="15">
         <v>10</v>
       </c>
       <c r="K66" s="15">
         <v>0.76817</v>
       </c>
       <c r="L66" s="15">
         <v>0.66574</v>
       </c>
       <c r="M66" s="15">
         <v>0.64014</v>
       </c>
       <c r="N66" s="15">
         <v>100</v>
       </c>
       <c r="O66" s="15"/>
       <c r="P66" s="15"/>
       <c r="Q66" s="15">
         <v>240</v>
       </c>
       <c r="R66"/>
     </row>
     <row r="67" spans="1:18">
       <c r="B67" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="15" t="s">
+        <v>210</v>
+      </c>
+      <c r="D67" s="15" t="s">
         <v>211</v>
       </c>
-      <c r="D67" s="15" t="s">
+      <c r="E67" s="15" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="F67" s="15"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I67" s="15"/>
       <c r="J67" s="15">
         <v>10</v>
       </c>
       <c r="K67" s="15">
         <v>0.8978699999999999</v>
       </c>
       <c r="L67" s="15">
         <v>0.77815</v>
       </c>
       <c r="M67" s="15">
         <v>0.74823</v>
       </c>
       <c r="N67" s="15">
         <v>100</v>
       </c>
       <c r="O67" s="15"/>
       <c r="P67" s="15"/>
       <c r="Q67" s="15">
         <v>240</v>
       </c>
       <c r="R67"/>
     </row>
     <row r="68" spans="1:18">
       <c r="B68" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C68" s="15" t="s">
+        <v>213</v>
+      </c>
+      <c r="D68" s="15" t="s">
         <v>214</v>
       </c>
-      <c r="D68" s="15" t="s">
+      <c r="E68" s="15" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="F68" s="15"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I68" s="15"/>
       <c r="J68" s="15">
         <v>10</v>
       </c>
       <c r="K68" s="15">
         <v>1.26</v>
       </c>
       <c r="L68" s="15">
         <v>1.09</v>
       </c>
       <c r="M68" s="15">
         <v>1.05</v>
       </c>
       <c r="N68" s="15">
         <v>3</v>
       </c>
       <c r="O68" s="15"/>
       <c r="P68" s="15"/>
       <c r="Q68" s="15">
         <v>240</v>
       </c>
       <c r="R68"/>
     </row>
     <row r="69" spans="1:18">
       <c r="B69" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="15" t="s">
+        <v>216</v>
+      </c>
+      <c r="D69" s="15" t="s">
         <v>217</v>
       </c>
-      <c r="D69" s="15" t="s">
+      <c r="E69" s="15" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="F69" s="15"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I69" s="15"/>
       <c r="J69" s="15">
         <v>10</v>
       </c>
       <c r="K69" s="15">
         <v>1.92</v>
       </c>
       <c r="L69" s="15">
         <v>1.39</v>
       </c>
       <c r="M69" s="15">
         <v>1.21</v>
       </c>
       <c r="N69" s="15"/>
       <c r="O69" s="15">
         <v>100</v>
       </c>
       <c r="P69" s="15" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="Q69" s="15">
         <v>240</v>
       </c>
       <c r="R69"/>
     </row>
     <row r="70" spans="1:18">
       <c r="B70" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="15" t="s">
+        <v>219</v>
+      </c>
+      <c r="D70" s="15" t="s">
         <v>220</v>
       </c>
-      <c r="D70" s="15" t="s">
+      <c r="E70" s="15" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="F70" s="15"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I70" s="15"/>
       <c r="J70" s="15">
         <v>10</v>
       </c>
       <c r="K70" s="15">
         <v>0.64796</v>
       </c>
       <c r="L70" s="15">
         <v>0.5615599999999999</v>
       </c>
       <c r="M70" s="15">
         <v>0.53996</v>
       </c>
       <c r="N70" s="15">
-        <v>124</v>
+        <v>105</v>
       </c>
       <c r="O70" s="15">
-        <v>720</v>
+        <v>610</v>
       </c>
       <c r="P70" s="15" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="Q70" s="15"/>
       <c r="R70"/>
     </row>
     <row r="71" spans="1:18">
       <c r="B71" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C71" s="15" t="s">
+        <v>223</v>
+      </c>
+      <c r="D71" s="15" t="s">
         <v>224</v>
       </c>
-      <c r="D71" s="15" t="s">
+      <c r="E71" s="15" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I71" s="15"/>
       <c r="J71" s="15">
         <v>10</v>
       </c>
       <c r="K71" s="15">
         <v>0.7649</v>
       </c>
       <c r="L71" s="15">
         <v>0.66291</v>
       </c>
       <c r="M71" s="15">
         <v>0.63741</v>
       </c>
       <c r="N71" s="15">
         <v>90</v>
       </c>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15">
         <v>240</v>
       </c>
       <c r="R71"/>
     </row>
     <row r="72" spans="1:18">
       <c r="B72" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C72" s="15" t="s">
+        <v>226</v>
+      </c>
+      <c r="D72" s="15" t="s">
         <v>227</v>
       </c>
-      <c r="D72" s="15" t="s">
+      <c r="E72" s="15" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I72" s="15"/>
       <c r="J72" s="15">
         <v>10</v>
       </c>
       <c r="K72" s="15">
         <v>0.78218</v>
       </c>
       <c r="L72" s="15">
         <v>0.67789</v>
       </c>
       <c r="M72" s="15">
         <v>0.65181</v>
       </c>
       <c r="N72" s="15">
         <v>79</v>
       </c>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15">
         <v>240</v>
       </c>
       <c r="R72"/>
     </row>
     <row r="73" spans="1:18">
       <c r="B73" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C73" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="D73" s="15" t="s">
         <v>230</v>
       </c>
-      <c r="D73" s="15" t="s">
+      <c r="E73" s="15" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I73" s="15"/>
       <c r="J73" s="15">
         <v>50</v>
       </c>
       <c r="K73" s="15">
         <v>0.40671</v>
       </c>
       <c r="L73" s="15">
         <v>0.35248</v>
       </c>
       <c r="M73" s="15">
         <v>0.33893</v>
       </c>
       <c r="N73" s="15">
-        <v>189</v>
+        <v>233</v>
       </c>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15">
         <v>2750</v>
       </c>
       <c r="R73"/>
     </row>
     <row r="74" spans="1:18">
       <c r="B74" s="14" t="s">
         <v>26</v>
       </c>
       <c r="C74" s="15" t="s">
+        <v>232</v>
+      </c>
+      <c r="D74" s="15" t="s">
         <v>233</v>
       </c>
-      <c r="D74" s="15" t="s">
+      <c r="E74" s="15" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15" t="s">
         <v>30</v>
       </c>
       <c r="I74" s="15"/>
       <c r="J74" s="15">
         <v>50</v>
       </c>
       <c r="K74" s="15">
         <v>0.51279</v>
       </c>
       <c r="L74" s="15">
         <v>0.44442</v>
       </c>
       <c r="M74" s="15">
         <v>0.42733</v>
       </c>
       <c r="N74" s="15">
         <v>96</v>
       </c>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15">
@@ -4273,317 +4270,317 @@
     <col min="6" max="6" width="13.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="32.7109375" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.140625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
     </row>
     <row r="2" spans="1:15" customHeight="1" ht="23.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" s="1"/>
       <c r="B3" s="7"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" s="1"/>
       <c r="B4" s="7"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="1" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="1"/>
       <c r="B5" s="13" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="H5" s="1" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="1"/>
       <c r="B6" s="8" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="H6" s="1" t="s">
         <v>242</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="1"/>
       <c r="B7" s="8" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="12" t="s">
+        <v>244</v>
+      </c>
+      <c r="H7" s="1" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="1"/>
       <c r="B8" s="13" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H8" s="1" t="s">
         <v>248</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="1"/>
       <c r="B9" s="13" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="H9" s="1" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="1"/>
       <c r="B10" s="10" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="H10" s="1" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>254</v>
       </c>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="1"/>
       <c r="B11" s="7"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="H11" s="1" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="1"/>
       <c r="B12" s="1"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="H12" s="1" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H13" s="1" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="1"/>
       <c r="B14" s="1"/>
       <c r="C14" s="1"/>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="H14" s="1" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="1"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>